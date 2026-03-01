--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -155,96 +155,96 @@
   <si>
     <t>Simchuk Vasyl Mykhaylovych</t>
   </si>
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Levkun Valentyna Heorhiyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>27.01.22  13:07:12</t>
   </si>
   <si>
-    <t>3209Про депутатськi запити</t>
+    <t>ID - 3209,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>27.01.22  13:08:31</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>27.01.22  13:09:02</t>
   </si>
   <si>
-    <t>3211Про депутатськi запити</t>
+    <t>ID - 3211,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>27.01.22  14:48:42</t>
   </si>
   <si>
-    <t>3214Про внесення змін до місцевих програм на 2022 рік</t>
+    <t>ID - 3214,  Про внесення змін до місцевих програм на 2022 рік</t>
   </si>
   <si>
     <t>27.01.22  14:57:09</t>
   </si>
   <si>
     <t>27.01.22  14:59:55</t>
   </si>
   <si>
-    <t>3216Про внесення змін до місцевих програм на 2022 рік</t>
+    <t>ID - 3216,  Про внесення змін до місцевих програм на 2022 рік</t>
   </si>
   <si>
     <t>27.01.22  15:11:52</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>27.01.22  15:14:44</t>
   </si>
   <si>
     <t>27.01.22  15:26:11</t>
   </si>
   <si>
     <t>27.01.22  15:36:18</t>
   </si>
   <si>
     <t>27.01.22  15:38:54</t>
   </si>
   <si>
     <t>27.01.22  15:58:37</t>
   </si>
   <si>
     <t>27.01.22  16:01:21</t>
   </si>
@@ -254,66 +254,66 @@
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>27.01.22  16:04:56</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>27.01.22  16:07:10</t>
   </si>
   <si>
     <t>27.01.22  16:08:36</t>
   </si>
   <si>
     <t>27.01.22  16:14:20</t>
   </si>
   <si>
     <t>27.01.22  16:15:12</t>
   </si>
   <si>
     <t>27.01.22  16:17:06</t>
   </si>
   <si>
-    <t>3233Про затвердження передавального акту Гірницької селищної ради</t>
+    <t>ID - 3233,  Про затвердження передавального акту Гірницької селищної ради</t>
   </si>
   <si>
     <t>27.01.22  16:18:41</t>
   </si>
   <si>
     <t>27.01.22  16:23:22</t>
   </si>
   <si>
     <t>27.01.22  16:24:58</t>
   </si>
   <si>
     <t>27.01.22  16:31:55</t>
   </si>
   <si>
-    <t>3237Про надання в оренду земельних ділянок</t>
+    <t>ID - 3237,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>27.01.22  16:33:47</t>
   </si>
   <si>
     <t>27.01.22  16:35:23</t>
   </si>
   <si>
     <t>27.01.22  16:36:02</t>
   </si>
   <si>
     <t>27.01.22  16:38:41</t>
   </si>
   <si>
     <t>27.01.22  16:40:38</t>
   </si>
   <si>
     <t>27.01.22  16:42:20</t>
   </si>
   <si>
     <t>27.01.22  16:44:47</t>
   </si>
   <si>
     <t>27.01.22  16:48:12</t>
   </si>
@@ -326,51 +326,51 @@
   <si>
     <t>27.01.22  16:59:37</t>
   </si>
   <si>
     <t>27.01.22  17:01:39</t>
   </si>
   <si>
     <t>27.01.22  17:04:37</t>
   </si>
   <si>
     <t>27.01.22  17:06:48</t>
   </si>
   <si>
     <t>27.01.22  17:08:47</t>
   </si>
   <si>
     <t>27.01.22  17:10:39</t>
   </si>
   <si>
     <t>27.01.22  17:12:42</t>
   </si>
   <si>
     <t>27.01.22  17:14:20</t>
   </si>
   <si>
-    <t>3255Про розгляд клопотання комунального підприємства Спортивний комплекс «Шахтар»</t>
+    <t>ID - 3255,  Про розгляд клопотання комунального підприємства Спортивний комплекс «Шахтар»</t>
   </si>
   <si>
     <t>27.01.22  17:16:24</t>
   </si>
   <si>
     <t>27.01.22  17:18:00</t>
   </si>
   <si>
     <t>27.01.22  17:19:24</t>
   </si>
   <si>
     <t>27.01.22  17:21:07</t>
   </si>
   <si>
     <t>27.01.22  17:23:12</t>
   </si>
   <si>
     <t>27.01.22  17:24:52</t>
   </si>
   <si>
     <t>27.01.22  17:26:04</t>
   </si>
   <si>
     <t>27.01.22  17:28:08</t>
   </si>
@@ -398,237 +398,237 @@
   <si>
     <t>27.01.22  17:51:25</t>
   </si>
   <si>
     <t>27.01.22  17:53:43</t>
   </si>
   <si>
     <t>27.01.22  17:55:28</t>
   </si>
   <si>
     <t>27.01.22  17:57:48</t>
   </si>
   <si>
     <t>27.01.22  17:59:31</t>
   </si>
   <si>
     <t>27.01.22  18:02:40</t>
   </si>
   <si>
     <t>27.01.22  18:10:34</t>
   </si>
   <si>
     <t>27.01.22  18:11:22</t>
   </si>
   <si>
-    <t>3278Про надання одноразової грошової допомоги</t>
+    <t>ID - 3278,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>27.01.22  18:18:07</t>
   </si>
   <si>
     <t>27.01.22  18:19:11</t>
   </si>
   <si>
-    <t>3280Про надання одноразової грошової допомоги</t>
+    <t>ID - 3280,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>03.02.22  11:58:51</t>
   </si>
   <si>
     <t>03.02.22  12:00:10</t>
   </si>
   <si>
     <t>03.02.22  12:01:36</t>
   </si>
   <si>
     <t>03.02.22  12:03:10</t>
   </si>
   <si>
     <t>03.02.22  12:04:57</t>
   </si>
   <si>
     <t>03.02.22  12:09:47</t>
   </si>
   <si>
     <t>03.02.22  12:11:13</t>
   </si>
   <si>
     <t>03.02.22  12:14:12</t>
   </si>
   <si>
-    <t>3295Про затвердження Статуту  Червоноградської територiальної громади</t>
+    <t>ID - 3295,  Про затвердження Статуту  Червоноградської територiальної громади</t>
   </si>
   <si>
     <t>03.02.22  12:23:15</t>
   </si>
   <si>
     <t>03.02.22  12:28:55</t>
   </si>
   <si>
-    <t>3298Про розгляд клопотання громадянина Калакайло Сергія Васильовича</t>
+    <t>ID - 3298,  Про розгляд клопотання громадянина Калакайло Сергія Васильовича</t>
   </si>
   <si>
     <t>03.02.22  12:31:42</t>
   </si>
   <si>
     <t>03.02.22  12:33:42</t>
   </si>
   <si>
-    <t>3300Про продаж у власність земельної ділянки громадянину Соханю Івану Івановичу</t>
+    <t>ID - 3300,  Про продаж у власність земельної ділянки громадянину Соханю Івану Івановичу</t>
   </si>
   <si>
     <t>03.02.22  12:35:12</t>
   </si>
   <si>
     <t>03.02.22  12:36:41</t>
   </si>
   <si>
     <t>03.02.22  12:37:42</t>
   </si>
   <si>
     <t>03.02.22  12:38:47</t>
   </si>
   <si>
     <t>03.02.22  12:48:56</t>
   </si>
   <si>
-    <t>3305Про розгляд клопотань учасників бойових дій</t>
+    <t>ID - 3305,  Про розгляд клопотань учасників бойових дій</t>
   </si>
   <si>
     <t>03.02.22  12:51:44</t>
   </si>
   <si>
     <t>03.02.22  12:54:27</t>
   </si>
   <si>
-    <t>3307Про розгляд клопотання громадянина Медюка Ігоря Володимировича</t>
+    <t>ID - 3307,  Про розгляд клопотання громадянина Медюка Ігоря Володимировича</t>
   </si>
   <si>
     <t>03.02.22  12:59:53</t>
   </si>
   <si>
-    <t>3308Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
+    <t>ID - 3308,  Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>03.02.22  13:03:52</t>
   </si>
   <si>
-    <t>3309Про розгляд клопотання Товариства з обмеженою відповідальністю «Дельта»</t>
+    <t>ID - 3309,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Дельта»</t>
   </si>
   <si>
     <t>03.02.22  15:01:06</t>
   </si>
   <si>
     <t>03.02.22  15:03:59</t>
   </si>
   <si>
     <t>03.02.22  15:05:49</t>
   </si>
   <si>
     <t>03.02.22  15:07:16</t>
   </si>
   <si>
     <t>03.02.22  15:09:05</t>
   </si>
   <si>
-    <t>3315Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 3315,  Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>03.02.22  15:10:59</t>
   </si>
   <si>
     <t>03.02.22  15:13:58</t>
   </si>
   <si>
     <t>03.02.22  15:20:26</t>
   </si>
   <si>
     <t>03.02.22  15:22:19</t>
   </si>
   <si>
-    <t>3319Про розгляд клопотання Хвесика Миколи Олексійовича в с. Сілець</t>
+    <t>ID - 3319,  Про розгляд клопотання Хвесика Миколи Олексійовича в с. Сілець</t>
   </si>
   <si>
     <t>03.02.22  15:23:26</t>
   </si>
   <si>
     <t>03.02.22  15:27:12</t>
   </si>
   <si>
-    <t>3321Про погодження прийняття у комунальну власність земельних ділянок</t>
+    <t>ID - 3321,  Про погодження прийняття у комунальну власність земельних ділянок</t>
   </si>
   <si>
     <t>03.02.22  15:29:02</t>
   </si>
   <si>
     <t>03.02.22  15:31:11</t>
   </si>
   <si>
     <t>03.02.22  15:32:47</t>
   </si>
   <si>
     <t>03.02.22  15:33:20</t>
   </si>
   <si>
     <t>03.02.22  15:35:12</t>
   </si>
   <si>
-    <t>3326Правка  у назву рішення стенограмно озвучена Балком Д.І.</t>
+    <t>ID - 3326,  Правка  у назву рішення стенограмно озвучена Балком Д.І.</t>
   </si>
   <si>
     <t>03.02.22  15:35:47</t>
   </si>
   <si>
     <t>03.02.22  15:37:25</t>
   </si>
   <si>
     <t>03.02.22  15:38:46</t>
   </si>
   <si>
     <t>03.02.22  15:44:47</t>
   </si>
   <si>
     <t>03.02.22  15:48:03</t>
   </si>
   <si>
-    <t>3332Про розгляд клопотання товариства з обмеженою відповідальністю «Заготпром»</t>
+    <t>ID - 3332,  Про розгляд клопотання товариства з обмеженою відповідальністю «Заготпром»</t>
   </si>
   <si>
     <t>03.02.22  15:49:59</t>
   </si>
   <si>
     <t>03.02.22  15:51:10</t>
   </si>
   <si>
     <t>03.02.22  15:53:47</t>
   </si>
   <si>
-    <t>3335Правка стенограмно озвучена Балком Д.І. </t>
+    <t>ID - 3335,  Правка стенограмно озвучена Балком Д.І. </t>
   </si>
   <si>
     <t>03.02.22  15:54:14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1002,51 +1002,51 @@
       <c r="AQ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>54</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>3210За підтримку депутатських запитів - Пилипчук, Сімчук, Закала, Даренський,  Лозинська, Лапець, Колтакова, Запісоцький, Твардовський, Гоц</t>
+          <t>ID - 3210,  За підтримку депутатських запитів - Пилипчук, Сімчук, Закала, Даренський,  Лозинська, Лапець, Колтакова, Запісоцький, Твардовський, Гоц</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>55</v>
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3">
         <v>24</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>52</v>
@@ -1433,51 +1433,51 @@
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>3215п.1.2 викоконавцю КП Комунальник` зменшити видатки 41 000 грн з ремонту Бічна Промислова на Промислова п.2 у п.2 Програми виключити слова ` та встановлення` </t>
+          <t>ID - 3215,  п.1.2 викоконавцю КП Комунальник` зменшити видатки 41 000 грн з ремонту Бічна Промислова на Промислова п.2 у п.2 Програми виключити слова ` та встановлення` </t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>22</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -1721,51 +1721,51 @@
       <c r="AQ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>3217Про  розроблення Комплексного плану просторового розвитку території Червоноградської  міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 3217,  Про  розроблення Комплексного плану просторового розвитку території Червоноградської  міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8">
         <v>26</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -1866,51 +1866,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>3218Про затвердження положення про відділ державного архітектурно- будівельного контролю</t>
+          <t>ID - 3218,  Про затвердження положення про відділ державного архітектурно- будівельного контролю</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>49</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>27</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -2011,51 +2011,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>3221Про розроблення проекту змін до «Детального плану території житлової садибної забудови  по вул. Дубина в с. Поздимир Радехівського району Львівської області»</t>
+          <t>ID - 3221,  Про розроблення проекту змін до «Детального плану території житлової садибної забудови  по вул. Дубина в с. Поздимир Радехівського району Львівської області»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>65</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10">
         <v>24</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>52</v>
@@ -2156,51 +2156,51 @@
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>3222Про  розроблення детального плану території  за межами с. Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 3222,  Про  розроблення детального плану території  за межами с. Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>65</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>20</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2301,51 +2301,51 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>3223Про  розроблення детального плану території  в присілку  Дженджерівка у селі Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 3223,  Про  розроблення детального плану території  в присілку  Дженджерівка у селі Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12">
         <v>28</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>52</v>
@@ -2446,51 +2446,51 @@
       <c r="AQ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>3225Про внесення змін в рішення №11 від 10.12.2020 р. «Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
+          <t>ID - 3225,  Про внесення змін в рішення №11 від 10.12.2020 р. «Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>65</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13">
         <v>30</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>52</v>
@@ -2591,51 +2591,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>32261. Затвердити Положення про відділ з питань державного архітектурно - будівельного контролю Червоноградської міської рад п.2. вилучити</t>
+          <t>ID - 3226,  1. Затвердити Положення про відділ з питань державного архітектурно - будівельного контролю Червоноградської міської рад п.2. вилучити</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14">
         <v>20</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>52</v>
@@ -2736,51 +2736,51 @@
       <c r="AQ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>3227у Положенні п.2 Здійснює контроль за мешканцями (власниками) норм діючого законадавства у сфері норм користування житловиими будівлями в частині будівництва</t>
+          <t>ID - 3227,  у Положенні п.2 Здійснює контроль за мешканцями (власниками) норм діючого законадавства у сфері норм користування житловиими будівлями в частині будівництва</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>55</v>
       </c>
       <c r="E15" t="s">
         <v>73</v>
       </c>
       <c r="F15">
         <v>14</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>52</v>
@@ -2881,51 +2881,51 @@
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>74</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>3228Про затвердження положення про відділ державного архітектурно- будівельного контролю</t>
+          <t>ID - 3228,  Про затвердження положення про відділ державного архітектурно- будівельного контролю</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>65</v>
       </c>
       <c r="E16" t="s">
         <v>73</v>
       </c>
       <c r="F16">
         <v>14</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>5</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>52</v>
@@ -3026,51 +3026,51 @@
       <c r="AQ16" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>75</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>3229Про звернення Червоноградської мiської  ради Червоноградського району, щодо внесення змін до постанови Кабінету Міністрів України № 409 від 06.08.2014р. «Про встановлення державних соціальних стандартів у сфері житлово-комунального обслуговування»</t>
+          <t>ID - 3229,  Про звернення Червоноградської мiської  ради Червоноградського району, щодо внесення змін до постанови Кабінету Міністрів України № 409 від 06.08.2014р. «Про встановлення державних соціальних стандартів у сфері житлово-комунального обслуговування»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>65</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17">
         <v>31</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>52</v>
@@ -3171,51 +3171,51 @@
       <c r="AQ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>3230Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік</t>
+          <t>ID - 3230,  Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>49</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18">
         <v>29</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3316,51 +3316,51 @@
       <c r="AQ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>3231Внести зміну у п.3. Програми :   Надання одноразової грошової допомоги: - учасникам АТО (ООС), бійцям – добровольцям АТО,постраждалим учасникам Революції Гідності,  у розмірі  прожиткового мінімуму внести зміни у п.9 Програми: Забезпечення роботи психологічної приймальні для учасників АТО (ООС), бійців-добровольців АТО, постраждалих учасників Революції Гідності на базі Центру допомоги сім&amp;#39;ї та молоді інші технічні правки озвучені Ковалем В.С</t>
+          <t>ID - 3231,  Внести зміну у п.3. Програми :   Надання одноразової грошової допомоги: - учасникам АТО (ООС), бійцям – добровольцям АТО,постраждалим учасникам Революції Гідності,  у розмірі  прожиткового мінімуму внести зміни у п.9 Програми: Забезпечення роботи психологічної приймальні для учасників АТО (ООС), бійців-добровольців АТО, постраждалих учасників Революції Гідності на базі Центру допомоги сім&amp;#39;ї та молоді інші технічні правки озвучені Ковалем В.С</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19">
         <v>29</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>52</v>
@@ -3461,51 +3461,51 @@
       <c r="AQ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>79</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>3232Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік</t>
+          <t>ID - 3232,  Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20">
         <v>29</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>52</v>
@@ -3749,51 +3749,51 @@
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>82</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>3234Про затвердження Положення про Червоноградський міський територіальний центр соціального обслуговування (надання соціальних послуг) у новій редакції</t>
+          <t>ID - 3234,  Про затвердження Положення про Червоноградський міський територіальний центр соціального обслуговування (надання соціальних послуг) у новій редакції</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22">
         <v>27</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>52</v>
@@ -3894,51 +3894,51 @@
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>83</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>3235Про внесення змін в рішення сесії  від 09.12.2021р. №960 «Про надання згоди на безкоштовну передачу  у  комунальну     власність      Червоноградської міської територіальної громади, в особі Черво-ноградської міської ради, лінійного об’єкту інженерно-транспортної інфра-структури – водопониження  підробленої  та підтопленої території закритої шахти «Бендюзька» від Відокремленого підрозділу «Західна дирекція з ліквідації шахт» ДП «Об’єднана Компанія «Укрвуглереструктуризація»</t>
+          <t>ID - 3235,  Про внесення змін в рішення сесії  від 09.12.2021р. №960 «Про надання згоди на безкоштовну передачу  у  комунальну     власність      Червоноградської міської територіальної громади, в особі Черво-ноградської міської ради, лінійного об’єкту інженерно-транспортної інфра-структури – водопониження  підробленої  та підтопленої території закритої шахти «Бендюзька» від Відокремленого підрозділу «Західна дирекція з ліквідації шахт» ДП «Об’єднана Компанія «Укрвуглереструктуризація»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23">
         <v>27</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>52</v>
@@ -4039,51 +4039,51 @@
       <c r="AQ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>84</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>3236Про розгляд клопотання товариства з обмеженою відповідальністю «ФЕРОЗІТ ВІНД ЕНЕРДЖІ»</t>
+          <t>ID - 3236,  Про розгляд клопотання товариства з обмеженою відповідальністю «ФЕРОЗІТ ВІНД ЕНЕРДЖІ»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24">
         <v>29</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
@@ -4327,51 +4327,51 @@
       <c r="AQ25" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>87</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>3238Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на північ від земельної ділянки з кадастровим номером 4611800000:02:002:0014, кадастровий номер земельної ділянки 4611800000:02:002:0084</t>
+          <t>ID - 3238,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на північ від земельної ділянки з кадастровим номером 4611800000:02:002:0014, кадастровий номер земельної ділянки 4611800000:02:002:0084</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>49</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26">
         <v>28</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>52</v>
@@ -4472,51 +4472,51 @@
       <c r="AQ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>88</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>3239у п. 3.  розмір вартості  нормативної грошової оцінки земельної ділянки озвучено Балком Д.І.</t>
+          <t>ID - 3239,  у п. 3.  розмір вартості  нормативної грошової оцінки земельної ділянки озвучено Балком Д.І.</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>55</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>27</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>52</v>
@@ -4617,51 +4617,51 @@
       <c r="AQ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>89</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>3240Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на північ від земельної ділянки з кадастровим номером 4611800000:02:002:0014, кадастровий номер земельної ділянки 4611800000:02:002:0084</t>
+          <t>ID - 3240,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на північ від земельної ділянки з кадастровим номером 4611800000:02:002:0014, кадастровий номер земельної ділянки 4611800000:02:002:0084</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>58</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28">
         <v>29</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>52</v>
@@ -4762,51 +4762,51 @@
       <c r="AQ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>90</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>3241Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 62, кадастровий номер земельної ділянки 4611800000:02:002:0186</t>
+          <t>ID - 3241,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 62, кадастровий номер земельної ділянки 4611800000:02:002:0186</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>65</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29">
         <v>29</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
@@ -4907,51 +4907,51 @@
       <c r="AQ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>3242Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 62, кадастровий номер земельної ділянки 4611800000:02:002:0187</t>
+          <t>ID - 3242,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 62, кадастровий номер земельної ділянки 4611800000:02:002:0187</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>65</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30">
         <v>29</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>52</v>
@@ -5052,51 +5052,51 @@
       <c r="AQ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>3243Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Львівська, 71 «а», кадастровий номер земельної ділянки 4611800000:06:002:0061</t>
+          <t>ID - 3243,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Львівська, 71 «а», кадастровий номер земельної ділянки 4611800000:06:002:0061</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>65</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31">
         <v>28</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>52</v>
@@ -5197,51 +5197,51 @@
       <c r="AQ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>3244Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Промислова, кадастровий номер земельної ділянки 4611800000:01:011:0260</t>
+          <t>ID - 3244,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Промислова, кадастровий номер земельної ділянки 4611800000:01:011:0260</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>65</v>
       </c>
       <c r="E32" t="s">
         <v>50</v>
       </c>
       <c r="F32">
         <v>28</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>52</v>
@@ -5342,51 +5342,51 @@
       <c r="AQ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>94</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>3245Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Івасюка, кадастровий номер земельної ділянки 4611800000:02:010:0159</t>
+          <t>ID - 3245,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Івасюка, кадастровий номер земельної ділянки 4611800000:02:010:0159</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>65</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33">
         <v>27</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>52</v>
@@ -5487,51 +5487,51 @@
       <c r="AQ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>3246Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Корольова, кадастровий номер земельної ділянки 4611800000:02:002:0085</t>
+          <t>ID - 3246,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Корольова, кадастровий номер земельної ділянки 4611800000:02:002:0085</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>65</v>
       </c>
       <c r="E34" t="s">
         <v>50</v>
       </c>
       <c r="F34">
         <v>29</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>52</v>
@@ -5632,51 +5632,51 @@
       <c r="AQ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>96</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>3247Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Львівській, 44 «д», кадастровий номер земельної ділянки 4611800000:06:001:0105</t>
+          <t>ID - 3247,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Львівській, 44 «д», кадастровий номер земельної ділянки 4611800000:06:001:0105</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>65</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
         <v>28</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>52</v>
@@ -5777,51 +5777,51 @@
       <c r="AQ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>97</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>3248Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Б. Хмельницького, 24 «з» кадастровий номер земельної ділянки 4611800000:03:004:0030</t>
+          <t>ID - 3248,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Б. Хмельницького, 24 «з» кадастровий номер земельної ділянки 4611800000:03:004:0030</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>65</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
         <v>28</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>52</v>
@@ -5922,51 +5922,51 @@
       <c r="AQ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>98</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>3249Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. В. Стуса, 11 «б», кадастровий номер земельної ділянки 4611800000:02:005:0073</t>
+          <t>ID - 3249,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. В. Стуса, 11 «б», кадастровий номер земельної ділянки 4611800000:02:005:0073</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>65</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>29</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>52</v>
@@ -6067,51 +6067,51 @@
       <c r="AQ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>99</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>3250Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Корольова, 17 «а», кадастровий номер земельної ділянки 4611800000:02:003:0064</t>
+          <t>ID - 3250,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Корольова, 17 «а», кадастровий номер земельної ділянки 4611800000:02:003:0064</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>65</v>
       </c>
       <c r="E38" t="s">
         <v>50</v>
       </c>
       <c r="F38">
         <v>29</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>52</v>
@@ -6212,51 +6212,51 @@
       <c r="AQ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>100</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>3251Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Набережній, кадастровий номер земельної ділянки 4611800000:02:010:0158</t>
+          <t>ID - 3251,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Набережній, кадастровий номер земельної ділянки 4611800000:02:010:0158</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>65</v>
       </c>
       <c r="E39" t="s">
         <v>50</v>
       </c>
       <c r="F39">
         <v>26</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
@@ -6357,51 +6357,51 @@
       <c r="AQ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>101</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>3252Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Корольова, 38 «б», кадастровий номер земельної ділянки 4611800000:02:002:0056</t>
+          <t>ID - 3252,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Корольова, 38 «б», кадастровий номер земельної ділянки 4611800000:02:002:0056</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>65</v>
       </c>
       <c r="E40" t="s">
         <v>50</v>
       </c>
       <c r="F40">
         <v>27</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>52</v>
@@ -6502,51 +6502,51 @@
       <c r="AQ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>102</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>3253Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Набережній, кадастровий номер земельної ділянки 4611800000:02:004:0027</t>
+          <t>ID - 3253,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Набережній, кадастровий номер земельної ділянки 4611800000:02:004:0027</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>65</v>
       </c>
       <c r="E41" t="s">
         <v>50</v>
       </c>
       <c r="F41">
         <v>28</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>52</v>
@@ -6647,51 +6647,51 @@
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>103</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>3254Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в смт. Гірник біля дороги Р-15, кадастровий номер земельної ділянки 4611845300:02:003:0032</t>
+          <t>ID - 3254,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в смт. Гірник біля дороги Р-15, кадастровий номер земельної ділянки 4611845300:02:003:0032</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>65</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42">
         <v>28</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>52</v>
@@ -6935,51 +6935,51 @@
       <c r="AQ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>106</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>3256Про участь в конкурсах проектів місцевих ініціатив та регіонального розвитку Комплексної програми регіонального розвитку Львівщини на 2021 - 2025 роки</t>
+          <t>ID - 3256,  Про участь в конкурсах проектів місцевих ініціатив та регіонального розвитку Комплексної програми регіонального розвитку Львівщини на 2021 - 2025 роки</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>65</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>29</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>52</v>
@@ -7080,51 +7080,51 @@
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>107</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>3257Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: житловий будинок   по вул. Шкільна, 26 «а», в с. Межиріччя</t>
+          <t>ID - 3257,  Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: житловий будинок   по вул. Шкільна, 26 «а», в с. Межиріччя</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>65</v>
       </c>
       <c r="E45" t="s">
         <v>50</v>
       </c>
       <c r="F45">
         <v>28</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>52</v>
@@ -7225,51 +7225,51 @@
       <c r="AQ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>108</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>3258Про       надання       дозволу  комунальному пiдприємству `Червонограджитлокомунсервiс` на списання з  балансу  об`єктів   комунальної власностi - нежитлових  примiщень   </t>
+          <t>ID - 3258,  Про       надання       дозволу  комунальному пiдприємству `Червонограджитлокомунсервiс` на списання з  балансу  об`єктів   комунальної власностi - нежитлових  примiщень   </t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>65</v>
       </c>
       <c r="E46" t="s">
         <v>50</v>
       </c>
       <c r="F46">
         <v>27</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>52</v>
@@ -7370,51 +7370,51 @@
       <c r="AQ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>109</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>3259Про надання дозволу комунальному пiдприємству Червоноградський ринок на залучення кредиту у формi овердрафт</t>
+          <t>ID - 3259,  Про надання дозволу комунальному пiдприємству Червоноградський ринок на залучення кредиту у формi овердрафт</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>65</v>
       </c>
       <c r="E47" t="s">
         <v>50</v>
       </c>
       <c r="F47">
         <v>29</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>52</v>
@@ -7515,51 +7515,51 @@
       <c r="AQ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>110</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>3260Про списання з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень по об’єктах незавершеного будівництва </t>
+          <t>ID - 3260,  Про списання з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень по об’єктах незавершеного будівництва </t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>65</v>
       </c>
       <c r="E48" t="s">
         <v>50</v>
       </c>
       <c r="F48">
         <v>30</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>52</v>
@@ -7660,51 +7660,51 @@
       <c r="AQ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>111</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>3261Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП «Комунальник» капiтальних вкладень</t>
+          <t>ID - 3261,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП «Комунальник» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>65</v>
       </c>
       <c r="E49" t="s">
         <v>50</v>
       </c>
       <c r="F49">
         <v>30</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>52</v>
@@ -7805,51 +7805,51 @@
       <c r="AQ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>112</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>3262Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП Спортивний комплекс «Шахтар» капiтальних вкладень</t>
+          <t>ID - 3262,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП Спортивний комплекс «Шахтар» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>65</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
         <v>29</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>52</v>
@@ -7950,51 +7950,51 @@
       <c r="AQ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>113</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>3263Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 3263,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>65</v>
       </c>
       <c r="E51" t="s">
         <v>50</v>
       </c>
       <c r="F51">
         <v>29</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>52</v>
@@ -8095,51 +8095,51 @@
       <c r="AQ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>114</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>3264Про внесення змiн до рiшення від 16.12.2021 року №1029 Червоноградської мiської ради «Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
+          <t>ID - 3264,  Про внесення змiн до рiшення від 16.12.2021 року №1029 Червоноградської мiської ради «Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>49</v>
       </c>
       <c r="E52" t="s">
         <v>50</v>
       </c>
       <c r="F52">
         <v>29</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>52</v>
@@ -8240,51 +8240,51 @@
       <c r="AQ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>115</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>3265у назві і у п.1 , після слів `про внесення зміни ` вилучити текст.  п.1.1 У разі змінити реєстрації Укрпошти орендна ставка змінюється на 5% ставка оренди для пошти 1,5 % для міста, 0,5 % для сільських територій </t>
+          <t>ID - 3265,  у назві і у п.1 , після слів `про внесення зміни ` вилучити текст.  п.1.1 У разі змінити реєстрації Укрпошти орендна ставка змінюється на 5% ставка оренди для пошти 1,5 % для міста, 0,5 % для сільських територій </t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>55</v>
       </c>
       <c r="E53" t="s">
         <v>50</v>
       </c>
       <c r="F53">
         <v>22</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>52</v>
@@ -8385,51 +8385,51 @@
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>116</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>3266Про внесення змiн до рiшення від 16.12.2021 року №1029 Червоноградської мiської ради «Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
+          <t>ID - 3266,  Про внесення змiн до рiшення від 16.12.2021 року №1029 Червоноградської мiської ради «Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>58</v>
       </c>
       <c r="E54" t="s">
         <v>50</v>
       </c>
       <c r="F54">
         <v>28</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>52</v>
@@ -8530,51 +8530,51 @@
       <c r="AQ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>117</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>3267Про затвердження Статуту Комунального підприємства Спортивний комплекс ,,Шахтар” Червоноградської міської ради в новій редакції</t>
+          <t>ID - 3267,  Про затвердження Статуту Комунального підприємства Спортивний комплекс ,,Шахтар” Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>65</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55">
         <v>27</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
@@ -8675,51 +8675,51 @@
       <c r="AQ55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>118</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>3268Про затвердження Статуту комунального підприємства «Червоноградський  парк культури і відпочинку» в новiй  редакцiї</t>
+          <t>ID - 3268,  Про затвердження Статуту комунального підприємства «Червоноградський  парк культури і відпочинку» в новiй  редакцiї</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>65</v>
       </c>
       <c r="E56" t="s">
         <v>50</v>
       </c>
       <c r="F56">
         <v>29</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>52</v>
@@ -8820,51 +8820,51 @@
       <c r="AQ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>3269Про затвердження Положення про відділ освіти Червоноградської міської ради у новій редакції</t>
+          <t>ID - 3269,  Про затвердження Положення про відділ освіти Червоноградської міської ради у новій редакції</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>65</v>
       </c>
       <c r="E57" t="s">
         <v>50</v>
       </c>
       <c r="F57">
         <v>29</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
@@ -8965,51 +8965,51 @@
       <c r="AQ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>3270Про затвердження Положення про вiддiл культури Червоноградської мiської ради в новiй редакцiї</t>
+          <t>ID - 3270,  Про затвердження Положення про вiддiл культури Червоноградської мiської ради в новiй редакцiї</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>65</v>
       </c>
       <c r="E58" t="s">
         <v>50</v>
       </c>
       <c r="F58">
         <v>29</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>52</v>
@@ -9110,51 +9110,51 @@
       <c r="AQ58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>3271Про  затвердження  статуту Комунального  Підприємства «Центр первинної медико-санiтарної  допомоги м.Червонограда» в новій редакції</t>
+          <t>ID - 3271,  Про  затвердження  статуту Комунального  Підприємства «Центр первинної медико-санiтарної  допомоги м.Червонограда» в новій редакції</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>65</v>
       </c>
       <c r="E59" t="s">
         <v>50</v>
       </c>
       <c r="F59">
         <v>28</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>52</v>
@@ -9255,51 +9255,51 @@
       <c r="AQ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>122</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>3272Про надання дозволу на укладання договору фінансового лізингу для відшкодування з бюджету Червоноградської міської територіальної громади витрат на придбання техніки КП «Червоноградводоканал»</t>
+          <t>ID - 3272,  Про надання дозволу на укладання договору фінансового лізингу для відшкодування з бюджету Червоноградської міської територіальної громади витрат на придбання техніки КП «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>65</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60">
         <v>29</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
@@ -9400,51 +9400,51 @@
       <c r="AQ60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>3273Про затвердження Програми  відшкодування з бюджету Червоноградської міської територіальної громади витрат на придбання  техніки комунальному підприємству «Червоноградводоканал»</t>
+          <t>ID - 3273,  Про затвердження Програми  відшкодування з бюджету Червоноградської міської територіальної громади витрат на придбання  техніки комунальному підприємству «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>65</v>
       </c>
       <c r="E61" t="s">
         <v>50</v>
       </c>
       <c r="F61">
         <v>29</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>52</v>
@@ -9545,51 +9545,51 @@
       <c r="AQ61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>3274Про   надання дозволу комунальному     пiдприємству «Червоноградтеплокомуненерго» на   укладення   договору   на постачання природного газу з ТОВ «Газопостачальна компанія «Нафтогаз Трейдинг»</t>
+          <t>ID - 3274,  Про   надання дозволу комунальному     пiдприємству «Червоноградтеплокомуненерго» на   укладення   договору   на постачання природного газу з ТОВ «Газопостачальна компанія «Нафтогаз Трейдинг»</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>65</v>
       </c>
       <c r="E62" t="s">
         <v>50</v>
       </c>
       <c r="F62">
         <v>28</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>52</v>
@@ -9690,51 +9690,51 @@
       <c r="AQ62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>125</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>3275Про дострокове припинення повноважень депутата Червоноградської  міської ради VIIІ скликання Гаманюка Володимира Григоровича</t>
+          <t>ID - 3275,  Про дострокове припинення повноважень депутата Червоноградської  міської ради VIIІ скликання Гаманюка Володимира Григоровича</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>65</v>
       </c>
       <c r="E63" t="s">
         <v>50</v>
       </c>
       <c r="F63">
         <v>29</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
@@ -9835,51 +9835,51 @@
       <c r="AQ63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>126</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>3276Про звернення Червоноградської мiської  ради щодо недопущення ліквідації Львівської філії  ДП «Регіональні електричні мережі»</t>
+          <t>ID - 3276,  Про звернення Червоноградської мiської  ради щодо недопущення ліквідації Львівської філії  ДП «Регіональні електричні мережі»</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>65</v>
       </c>
       <c r="E64" t="s">
         <v>50</v>
       </c>
       <c r="F64">
         <v>29</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>52</v>
@@ -9980,51 +9980,51 @@
       <c r="AQ64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>127</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>3277Про звернення Червоноградської міської  ради до Президента України, Верховної Ради України, Кабінету Міністрів України, Ради національної  безпеки і оборони України щодо підтримки проекту Закону України про внесення змін до Закону України `Про Державний бюджет  України на 2022 рік` щодо збільшення видатків  на оборону та зміцнення обороноздатності держави  (6542 від 24.01.2022)</t>
+          <t>ID - 3277,  Про звернення Червоноградської міської  ради до Президента України, Верховної Ради України, Кабінету Міністрів України, Ради національної  безпеки і оборони України щодо підтримки проекту Закону України про внесення змін до Закону України `Про Державний бюджет  України на 2022 рік` щодо збільшення видатків  на оборону та зміцнення обороноздатності держави  (6542 від 24.01.2022)</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>65</v>
       </c>
       <c r="E65" t="s">
         <v>50</v>
       </c>
       <c r="F65">
         <v>28</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>52</v>
@@ -10268,51 +10268,51 @@
       <c r="AQ66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>130</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>3279Правки озвучені стенограмно Кудриком І.І.для надання допомоги згідно списку для Шепертицька, Ананько, Попарячко, Підгайна, Ярміл, Афанасєва, Абдулаєва, Абдулаєв Василь, Мандзюк, Скоропад, Шевчук, Козак, Гінцеровська, Воробій, Котвінська, Чупіна, Жернигін, Тадра, Бутинська, Романець, Маїк,   </t>
+          <t>ID - 3279,  Правки озвучені стенограмно Кудриком І.І.для надання допомоги згідно списку для Шепертицька, Ананько, Попарячко, Підгайна, Ярміл, Афанасєва, Абдулаєва, Абдулаєв Василь, Мандзюк, Скоропад, Шевчук, Козак, Гінцеровська, Воробій, Котвінська, Чупіна, Жернигін, Тадра, Бутинська, Романець, Маїк,   </t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>55</v>
       </c>
       <c r="E67" t="s">
         <v>50</v>
       </c>
       <c r="F67">
         <v>26</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
@@ -10556,51 +10556,51 @@
       <c r="AQ68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>133</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>3288Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3288,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>65</v>
       </c>
       <c r="E69" t="s">
         <v>50</v>
       </c>
       <c r="F69">
         <v>25</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>53</v>
@@ -10699,51 +10699,51 @@
       <c r="AQ69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>134</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>3289Про   затвердження      статуту комунального     пiдприємства «Червоноградводоканал» в новiй  редакції</t>
+          <t>ID - 3289,  Про   затвердження      статуту комунального     пiдприємства «Червоноградводоканал» в новiй  редакції</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>65</v>
       </c>
       <c r="E70" t="s">
         <v>50</v>
       </c>
       <c r="F70">
         <v>24</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>53</v>
@@ -10842,51 +10842,51 @@
       <c r="AQ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>135</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>3290Про внесення змiн в схему теплопостачання смт. Гiрник, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 274 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання смт. Гiрник»</t>
+          <t>ID - 3290,  Про внесення змiн в схему теплопостачання смт. Гiрник, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 274 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання смт. Гiрник»</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>65</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>24</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>53</v>
@@ -10985,51 +10985,51 @@
       <c r="AQ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>136</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>3291Про надання дозволу КП «Червонограджитло-комунсервіс» на списання з балансу  приватизованих квартир у 2021 р.</t>
+          <t>ID - 3291,  Про надання дозволу КП «Червонограджитло-комунсервіс» на списання з балансу  приватизованих квартир у 2021 р.</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>65</v>
       </c>
       <c r="E72" t="s">
         <v>50</v>
       </c>
       <c r="F72">
         <v>24</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>53</v>
@@ -11128,51 +11128,51 @@
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>137</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>3292Про безоплатну  передачу піскорозкидача РП-1300  з   балансу  КП «Комунальник» на баланс КП «Соснівкажитлокомунсервіс»</t>
+          <t>ID - 3292,  Про безоплатну  передачу піскорозкидача РП-1300  з   балансу  КП «Комунальник» на баланс КП «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>65</v>
       </c>
       <c r="E73" t="s">
         <v>50</v>
       </c>
       <c r="F73">
         <v>25</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>53</v>
@@ -11271,51 +11271,51 @@
       <c r="AQ73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>138</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>3293Про безоплатну  передачу лопати-відвалу снігоприбиральної з механічним поворотом   з   балансу  КП «Соснівкажитлокомунсервіс» на баланс КП «Комунальник»</t>
+          <t>ID - 3293,  Про безоплатну  передачу лопати-відвалу снігоприбиральної з механічним поворотом   з   балансу  КП «Соснівкажитлокомунсервіс» на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>65</v>
       </c>
       <c r="E74" t="s">
         <v>50</v>
       </c>
       <c r="F74">
         <v>25</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>53</v>
@@ -11414,51 +11414,51 @@
       <c r="AQ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>139</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>3294Про   затвердження      статуту комунального     пiдприємства «Червонограджитлокомунсервіс» в новiй  редакції</t>
+          <t>ID - 3294,  Про   затвердження      статуту комунального     пiдприємства «Червонограджитлокомунсервіс» в новiй  редакції</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>65</v>
       </c>
       <c r="E75" t="s">
         <v>50</v>
       </c>
       <c r="F75">
         <v>25</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>53</v>
@@ -11698,51 +11698,51 @@
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>142</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>3296Про звернення Червоноградської мiської  ради щодо підтримки фізичних осіб підприємців  та розгляду законопроєктів №5866,  5866-1 як невідкладних</t>
+          <t>ID - 3296,  Про звернення Червоноградської мiської  ради щодо підтримки фізичних осіб підприємців  та розгляду законопроєктів №5866,  5866-1 як невідкладних</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>65</v>
       </c>
       <c r="E77" t="s">
         <v>50</v>
       </c>
       <c r="F77">
         <v>24</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>53</v>
@@ -11982,51 +11982,51 @@
       <c r="AQ78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>145</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>3299Про затвердження технічної документації із землеустрою щодо інвентаризації земель з метою формування земельної ділянки в м. Червонограді вул. Бічна Львівська, 25</t>
+          <t>ID - 3299,  Про затвердження технічної документації із землеустрою щодо інвентаризації земель з метою формування земельної ділянки в м. Червонограді вул. Бічна Львівська, 25</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>65</v>
       </c>
       <c r="E79" t="s">
         <v>50</v>
       </c>
       <c r="F79">
         <v>23</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>53</v>
@@ -12266,51 +12266,51 @@
       <c r="AQ80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>148</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>3301Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 3301,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>65</v>
       </c>
       <c r="E81" t="s">
         <v>50</v>
       </c>
       <c r="F81">
         <v>23</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>53</v>
@@ -12409,51 +12409,51 @@
       <c r="AQ81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>149</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>3302Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
+          <t>ID - 3302,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>65</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>23</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>53</v>
@@ -12552,51 +12552,51 @@
       <c r="AQ82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>150</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>3303Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій</t>
+          <t>ID - 3303,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>65</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>24</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>53</v>
@@ -12695,51 +12695,51 @@
       <c r="AQ83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>151</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>3304Про розгляд клопотань учасників бойових дій про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок за межами села Волсвин</t>
+          <t>ID - 3304,  Про розгляд клопотань учасників бойових дій про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок за межами села Волсвин</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>65</v>
       </c>
       <c r="E84" t="s">
         <v>73</v>
       </c>
       <c r="F84">
         <v>16</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>2</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>53</v>
@@ -12979,51 +12979,51 @@
       <c r="AQ85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>154</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>3306Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою</t>
+          <t>ID - 3306,  Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>65</v>
       </c>
       <c r="E86" t="s">
         <v>73</v>
       </c>
       <c r="F86">
         <v>18</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>53</v>
@@ -13545,51 +13545,51 @@
       <c r="AQ89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>162</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>3311Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 3311,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>65</v>
       </c>
       <c r="E90" t="s">
         <v>73</v>
       </c>
       <c r="F90">
         <v>18</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>53</v>
@@ -13688,51 +13688,51 @@
       <c r="AQ90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>163</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>3312Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської міської ради народних депутатів Львівської області</t>
+          <t>ID - 3312,  Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської міської ради народних депутатів Львівської області</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>65</v>
       </c>
       <c r="E91" t="s">
         <v>50</v>
       </c>
       <c r="F91">
         <v>20</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>53</v>
@@ -13831,51 +13831,51 @@
       <c r="AQ91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>164</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>3313Про розгляд клопотання Об’єднання співвласників багатоквартирного будинку «Над Бугом ЧГ»</t>
+          <t>ID - 3313,  Про розгляд клопотання Об’єднання співвласників багатоквартирного будинку «Над Бугом ЧГ»</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>65</v>
       </c>
       <c r="E92" t="s">
         <v>50</v>
       </c>
       <c r="F92">
         <v>20</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>53</v>
@@ -13974,51 +13974,51 @@
       <c r="AQ92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>165</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>3314Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді для будівництва і обслуговування багатоквартирних житлових будинків</t>
+          <t>ID - 3314,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді для будівництва і обслуговування багатоквартирних житлових будинків</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>65</v>
       </c>
       <c r="E93" t="s">
         <v>50</v>
       </c>
       <c r="F93">
         <v>20</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>53</v>
@@ -14258,51 +14258,51 @@
       <c r="AQ94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>168</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>3316Про затвердження технічних документацій із землеустрою на території Червоноградської міської ради</t>
+          <t>ID - 3316,  Про затвердження технічних документацій із землеустрою на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>65</v>
       </c>
       <c r="E95" t="s">
         <v>73</v>
       </c>
       <c r="F95">
         <v>19</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>53</v>
@@ -14401,51 +14401,51 @@
       <c r="AQ95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>169</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>3317Про розгляд клопотання Товариства з обмеженою відповідальністю «Сокальський вітропарк»</t>
+          <t>ID - 3317,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Сокальський вітропарк»</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>65</v>
       </c>
       <c r="E96" t="s">
         <v>50</v>
       </c>
       <c r="F96">
         <v>20</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>53</v>
@@ -14544,51 +14544,51 @@
       <c r="AQ96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>170</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>3318Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу та об’єднання земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 3318,  Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу та об’єднання земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>65</v>
       </c>
       <c r="E97" t="s">
         <v>50</v>
       </c>
       <c r="F97">
         <v>21</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>53</v>
@@ -14828,51 +14828,51 @@
       <c r="AQ98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>173</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>3320Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 3320,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>65</v>
       </c>
       <c r="E99" t="s">
         <v>73</v>
       </c>
       <c r="F99">
         <v>19</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>53</v>
@@ -15112,51 +15112,51 @@
       <c r="AQ100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>176</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>3322Про припинення права оренди земельної ділянки за межами населеного пункту села Сілець</t>
+          <t>ID - 3322,  Про припинення права оренди земельної ділянки за межами населеного пункту села Сілець</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>65</v>
       </c>
       <c r="E101" t="s">
         <v>50</v>
       </c>
       <c r="F101">
         <v>21</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>53</v>
@@ -15255,51 +15255,51 @@
       <c r="AQ101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>177</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>3323Про затвердження технiчної документацiї  iз землеустрою щодо поділу та об’єднання земельних ділянок в селі Сілець, присілок Копані, вулиця Шевченка, 65а</t>
+          <t>ID - 3323,  Про затвердження технiчної документацiї  iз землеустрою щодо поділу та об’єднання земельних ділянок в селі Сілець, присілок Копані, вулиця Шевченка, 65а</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>65</v>
       </c>
       <c r="E102" t="s">
         <v>50</v>
       </c>
       <c r="F102">
         <v>20</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>53</v>
@@ -15398,51 +15398,51 @@
       <c r="AQ102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>178</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>3324Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
+          <t>ID - 3324,  Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>65</v>
       </c>
       <c r="E103" t="s">
         <v>50</v>
       </c>
       <c r="F103">
         <v>20</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>53</v>
@@ -15541,51 +15541,51 @@
       <c r="AQ103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>179</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>3325Про затвердження проекту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення земельної ділянки</t>
+          <t>ID - 3325,  Про затвердження проекту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення земельної ділянки</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>49</v>
       </c>
       <c r="E104" t="s">
         <v>50</v>
       </c>
       <c r="F104">
         <v>21</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>53</v>
@@ -15825,51 +15825,51 @@
       <c r="AQ105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>182</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>3327Про затвердження проекту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення земельної ділянки</t>
+          <t>ID - 3327,  Про затвердження проекту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення земельної ділянки</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>58</v>
       </c>
       <c r="E106" t="s">
         <v>50</v>
       </c>
       <c r="F106">
         <v>21</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>53</v>
@@ -15968,51 +15968,51 @@
       <c r="AQ106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>183</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>3328Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 3328,  Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>65</v>
       </c>
       <c r="E107" t="s">
         <v>50</v>
       </c>
       <c r="F107">
         <v>22</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>53</v>
@@ -16111,51 +16111,51 @@
       <c r="AQ107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>184</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>3329Про втрату чинності рішення Червоноградської міської ради від 02.07.2020 № 1717 «Про створення конкурсної комісії з відбору виконавців земельних торгів на конкурентних засадах»</t>
+          <t>ID - 3329,  Про втрату чинності рішення Червоноградської міської ради від 02.07.2020 № 1717 «Про створення конкурсної комісії з відбору виконавців земельних торгів на конкурентних засадах»</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>65</v>
       </c>
       <c r="E108" t="s">
         <v>50</v>
       </c>
       <c r="F108">
         <v>22</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>53</v>
@@ -16254,51 +16254,51 @@
       <c r="AQ108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>185</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>3331Про виготовлення технічної документації із землеустрою щодо проведення інвентаризації масивів земель сільськогосподарського призначення земельних ділянок часток (паїв) ТзОВ «Акріс-Захід»</t>
+          <t>ID - 3331,  Про виготовлення технічної документації із землеустрою щодо проведення інвентаризації масивів земель сільськогосподарського призначення земельних ділянок часток (паїв) ТзОВ «Акріс-Захід»</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>65</v>
       </c>
       <c r="E109" t="s">
         <v>50</v>
       </c>
       <c r="F109">
         <v>22</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>53</v>
@@ -16538,51 +16538,51 @@
       <c r="AQ110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>188</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>3333Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 3333,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>65</v>
       </c>
       <c r="E111" t="s">
         <v>50</v>
       </c>
       <c r="F111">
         <v>22</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>53</v>
@@ -16681,51 +16681,51 @@
       <c r="AQ111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>189</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>3334Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 3334,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>49</v>
       </c>
       <c r="E112" t="s">
         <v>50</v>
       </c>
       <c r="F112">
         <v>22</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>0</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
@@ -16965,51 +16965,51 @@
       <c r="AQ113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>192</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>3336Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 3336,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>58</v>
       </c>
       <c r="E114" t="s">
         <v>50</v>
       </c>
       <c r="F114">
         <v>22</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
         <v>0</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>53</v>