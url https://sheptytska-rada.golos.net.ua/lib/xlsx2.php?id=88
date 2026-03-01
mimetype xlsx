--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="280">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -155,756 +155,744 @@
   <si>
     <t>Simchuk Vasyl Mykhaylovych</t>
   </si>
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Levkun Valentyna Heorhiyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>16.09.21  10:54:34</t>
   </si>
   <si>
-    <t>2603За запит Гоца П.В.</t>
+    <t>ID - 2603,  За запит Гоца П.В.</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>16.09.21  10:55:06</t>
   </si>
   <si>
-    <t>2604За запит Колтакової А.П. </t>
+    <t>ID - 2604,  За запит Колтакової А.П. </t>
   </si>
   <si>
     <t>16.09.21  10:55:34</t>
   </si>
   <si>
-    <t>2605ЗА запит Шеремети О.В.</t>
+    <t>ID - 2605,  ЗА запит Шеремети О.В.</t>
   </si>
   <si>
     <t>16.09.21  10:56:04</t>
   </si>
   <si>
-    <t>2606Про депутатські запити</t>
+    <t>ID - 2606,  Про депутатські запити</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>16.09.21  11:10:27</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>16.09.21  11:15:58</t>
   </si>
   <si>
     <t>16.09.21  11:16:35</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>16.09.21  11:21:31</t>
   </si>
   <si>
     <t>16.09.21  11:31:07</t>
   </si>
   <si>
     <t>16.09.21  11:38:05</t>
   </si>
   <si>
     <t>16.09.21  11:46:12</t>
   </si>
   <si>
     <t>16.09.21  11:46:48</t>
   </si>
   <si>
     <t>16.09.21  11:47:24</t>
   </si>
   <si>
     <t>16.09.21  12:01:16</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>16.09.21  12:04:48</t>
   </si>
   <si>
-    <t>2617Про внесення змін до рішення Червоноградської міської ради від 02.02.2017 р. № 413</t>
+    <t>ID - 2617,  Про внесення змін до рішення Червоноградської міської ради від 02.02.2017 р. № 413</t>
   </si>
   <si>
     <t>16.09.21  12:17:19</t>
   </si>
   <si>
     <t>16.09.21  12:21:05</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>16.09.21  12:29:18</t>
   </si>
   <si>
     <t>16.09.21  12:31:13</t>
   </si>
   <si>
     <t>16.09.21  12:33:44</t>
   </si>
   <si>
-    <t>2623Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 2623,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>16.09.21  12:39:25</t>
   </si>
   <si>
-    <t>2624Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 2624,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>16.09.21  12:43:08</t>
   </si>
   <si>
     <t>Змінне</t>
   </si>
   <si>
     <t>16.09.21  12:51:53</t>
   </si>
   <si>
     <t>16.09.21  12:53:21</t>
   </si>
   <si>
-    <t>2628щодо об&amp;#39;єднання рішень №36,39</t>
+    <t>ID - 2628,  щодо об&amp;#39;єднання рішень №36,39</t>
   </si>
   <si>
     <t>16.09.21  12:53:45</t>
   </si>
   <si>
     <t>16.09.21  12:57:44</t>
   </si>
   <si>
     <t>16.09.21  12:59:22</t>
   </si>
   <si>
     <t>16.09.21  13:00:42</t>
   </si>
   <si>
     <t>16.09.21  13:03:38</t>
   </si>
   <si>
-    <t>2634Про розгляд заяв громадян - учасників бойових дій (АТО)</t>
+    <t>ID - 2634,  Про розгляд заяв громадян - учасників бойових дій (АТО)</t>
   </si>
   <si>
     <t>16.09.21  13:05:21</t>
   </si>
   <si>
-    <t>2636Про розгляд заяв громадян - учасників бойових дій (АТО)</t>
+    <t>ID - 2636,  Про розгляд заяв громадян - учасників бойових дій (АТО)</t>
   </si>
   <si>
     <t>16.09.21  15:01:46</t>
   </si>
   <si>
     <t>16.09.21  15:03:42</t>
   </si>
   <si>
     <t>16.09.21  15:07:51</t>
   </si>
   <si>
     <t>16.09.21  15:11:04</t>
   </si>
   <si>
-    <t>2641Про передачу майна з державної власності у комунальну власність</t>
+    <t>ID - 2641,  Про передачу майна з державної власності у комунальну власність</t>
   </si>
   <si>
     <t>16.09.21  15:12:42</t>
   </si>
   <si>
-    <t>2642Про надання одноразової грошової допомоги</t>
+    <t>ID - 2642,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>16.09.21  15:15:45</t>
   </si>
   <si>
     <t>16.09.21  15:16:05</t>
   </si>
   <si>
-    <t>2644Про надання одноразової грошової допомоги</t>
+    <t>ID - 2644,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>16.09.21  15:17:33</t>
   </si>
   <si>
-    <t>2645Про введення штатних одиниць</t>
+    <t>ID - 2645,  Про введення штатних одиниць</t>
   </si>
   <si>
     <t>16.09.21  15:19:32</t>
   </si>
   <si>
     <t>16.09.21  15:19:56</t>
   </si>
   <si>
-    <t>2647Про введення штатних одиниць</t>
+    <t>ID - 2647,  Про введення штатних одиниць</t>
   </si>
   <si>
     <t>16.09.21  15:21:38</t>
   </si>
   <si>
-    <t>2648Про внесення змін до рішення сесії Червоноградської міської ради  від 19.04.2018 № 839</t>
+    <t>ID - 2648,  Про внесення змін до рішення сесії Червоноградської міської ради  від 19.04.2018 № 839</t>
   </si>
   <si>
     <t>16.09.21  15:54:27</t>
   </si>
   <si>
     <t>16.09.21  16:47:31</t>
   </si>
   <si>
     <t>16.09.21  16:48:05</t>
   </si>
   <si>
     <t>16.09.21  16:48:34</t>
   </si>
   <si>
     <t>16.09.21  16:53:05</t>
   </si>
   <si>
+    <t>ID - 2655,  </t>
+  </si>
+  <si>
     <t>16.09.21  17:01:30</t>
   </si>
   <si>
     <t>16.09.21  17:02:14</t>
   </si>
   <si>
     <t>16.09.21  17:03:10</t>
   </si>
   <si>
     <t>16.09.21  17:05:00</t>
   </si>
   <si>
     <t>16.09.21  17:06:56</t>
   </si>
   <si>
     <t>16.09.21  17:09:25</t>
   </si>
   <si>
     <t>23.09.21  10:37:23</t>
   </si>
   <si>
     <t>23.09.21  10:38:37</t>
   </si>
   <si>
-    <t>2671п.1 виключити слова АТ «Укрексімбанк»</t>
+    <t>ID - 2671,  п.1 виключити слова АТ «Укрексімбанк»</t>
   </si>
   <si>
     <t>23.09.21  10:40:23</t>
   </si>
   <si>
     <t>23.09.21  10:42:24</t>
   </si>
   <si>
-    <t>2673Про внесення змін до місцевих програм на 2021 рік</t>
+    <t>ID - 2673,  Про внесення змін до місцевих програм на 2021 рік</t>
   </si>
   <si>
     <t>23.09.21  10:46:12</t>
   </si>
   <si>
     <t>23.09.21  10:49:25</t>
   </si>
   <si>
-    <t>2675​​​​​​​Про надання дозволу на укладання договору суперфіцію в м. Соснівка</t>
+    <t>ID - 2675,  ​​​​​​​Про надання дозволу на укладання договору суперфіцію в м. Соснівка</t>
   </si>
   <si>
     <t>23.09.21  10:51:18</t>
   </si>
   <si>
     <t>23.09.21  10:56:16</t>
   </si>
   <si>
-    <t>2677Про розгляд клопотання громадянина Клюсова Валерія Олександровича в м. Червонограді</t>
-[...1 lines deleted...]
-  <si>
     <t>23.09.21  11:00:08</t>
   </si>
   <si>
     <t>23.09.21  11:01:41</t>
   </si>
   <si>
     <t>23.09.21  11:03:34</t>
   </si>
   <si>
-    <t>2680Про розгляд клопотання Товариства з обмеженою відповідальністю «Кольга»</t>
+    <t>ID - 2680,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кольга»</t>
   </si>
   <si>
     <t>23.09.21  11:04:41</t>
   </si>
   <si>
-    <t>2681Про розгляд клопотання громадянки Олійник Ольги Олександрівни в смт. Гірник</t>
+    <t>ID - 2681,  Про розгляд клопотання громадянки Олійник Ольги Олександрівни в смт. Гірник</t>
   </si>
   <si>
     <t>23.09.21  11:06:04</t>
   </si>
   <si>
-    <t>2682Про розгляд клопотання учасника бойових дій Нискогуза Михайла Юрійовича</t>
+    <t>ID - 2682,  Про розгляд клопотання учасника бойових дій Нискогуза Михайла Юрійовича</t>
   </si>
   <si>
     <t>23.09.21  11:07:39</t>
   </si>
   <si>
-    <t>2683Про розгляд клопотання громадянина Карпіва Ігоря Івановича в с. Сілець</t>
+    <t>ID - 2683,  Про розгляд клопотання громадянина Карпіва Ігоря Івановича в с. Сілець</t>
   </si>
   <si>
     <t>23.09.21  11:09:00</t>
   </si>
   <si>
-    <t>2684Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>23.09.21  11:10:47</t>
   </si>
   <si>
     <t>23.09.21  11:15:33</t>
   </si>
   <si>
     <t>23.09.21  11:17:03</t>
   </si>
   <si>
-    <t>2687Про затвердження технiчних документацiй iз землеустрою в с. Поздимир та с. Межиріччя</t>
-[...1 lines deleted...]
-  <si>
     <t>23.09.21  11:18:37</t>
   </si>
   <si>
     <t>23.09.21  11:20:10</t>
   </si>
   <si>
     <t>23.09.21  11:22:11</t>
   </si>
   <si>
     <t>23.09.21  11:24:13</t>
   </si>
   <si>
     <t>23.09.21  11:26:45</t>
   </si>
   <si>
     <t>23.09.21  11:28:21</t>
   </si>
   <si>
-    <t>2693​​​​​​​Про розгляд клопотання громадянина Данчука Ігоря Степановича</t>
+    <t>ID - 2693,  ​​​​​​​Про розгляд клопотання громадянина Данчука Ігоря Степановича</t>
   </si>
   <si>
     <t>23.09.21  11:30:13</t>
   </si>
   <si>
-    <t>2694Про затвердження технічних документацій із землеустрою в с. Острів та с. Добрячин</t>
-[...1 lines deleted...]
-  <si>
     <t>23.09.21  11:32:16</t>
   </si>
   <si>
     <t>23.09.21  11:33:51</t>
   </si>
   <si>
-    <t>2696Про затвердження технiчної документацiї iз землеустрою за межами с. Борятин</t>
+    <t>ID - 2696,  Про затвердження технiчної документацiї iз землеустрою за межами с. Борятин</t>
   </si>
   <si>
     <t>23.09.21  11:40:06</t>
   </si>
   <si>
     <t>23.09.21  11:41:30</t>
   </si>
   <si>
-    <t>2699Про розгляд клопотання Головніцького Валерія Васильовича в м. Соснівка</t>
+    <t>ID - 2699,  Про розгляд клопотання Головніцького Валерія Васильовича в м. Соснівка</t>
   </si>
   <si>
     <t>23.09.21  11:43:14</t>
   </si>
   <si>
     <t>23.09.21  11:46:16</t>
   </si>
   <si>
     <t>23.09.21  11:47:47</t>
   </si>
   <si>
     <t>23.09.21  11:49:42</t>
   </si>
   <si>
     <t>23.09.21  11:51:53</t>
   </si>
   <si>
     <t>23.09.21  11:54:39</t>
   </si>
   <si>
     <t>23.09.21  11:57:08</t>
   </si>
   <si>
     <t>23.09.21  11:58:37</t>
   </si>
   <si>
-    <t>2707правка озвучено стенограмно Надільною Г.В. </t>
+    <t>ID - 2707,  правка озвучено стенограмно Надільною Г.В. </t>
   </si>
   <si>
     <t>23.09.21  11:59:04</t>
   </si>
   <si>
     <t>23.09.21  12:01:50</t>
   </si>
   <si>
-    <t>2709Про розгляд клопотань  учасників бойових дій в с. Межиріччя, урочище Копані</t>
+    <t>ID - 2709,  Про розгляд клопотань  учасників бойових дій в с. Межиріччя, урочище Копані</t>
   </si>
   <si>
     <t>23.09.21  12:03:00</t>
   </si>
   <si>
-    <t>2710Про розгляд клопотання релігійної громади УГКЦ в селі Межиріччя</t>
+    <t>ID - 2710,  Про розгляд клопотання релігійної громади УГКЦ в селі Межиріччя</t>
   </si>
   <si>
     <t>23.09.21  12:04:18</t>
   </si>
   <si>
     <t>23.09.21  12:05:31</t>
   </si>
   <si>
     <t>23.09.21  12:06:54</t>
   </si>
   <si>
-    <t>2713Про розгляд клопотання громадянки Азенко Мар’яни Володимирівни</t>
+    <t>ID - 2713,  Про розгляд клопотання громадянки Азенко Мар’яни Володимирівни</t>
   </si>
   <si>
     <t>23.09.21  12:08:28</t>
   </si>
   <si>
     <t>23.09.21  12:09:47</t>
   </si>
   <si>
-    <t>2715Про розгляд клопотання громадянки Карпів Ольги Григорівни</t>
+    <t>ID - 2715,  Про розгляд клопотання громадянки Карпів Ольги Григорівни</t>
   </si>
   <si>
     <t>23.09.21  12:11:02</t>
   </si>
   <si>
-    <t>2716Про розгляд клопотання громадянина Венгрина Вячеслава Осиповича</t>
+    <t>ID - 2716,  Про розгляд клопотання громадянина Венгрина Вячеслава Осиповича</t>
   </si>
   <si>
     <t>23.09.21  12:16:30</t>
   </si>
   <si>
     <t>23.09.21  12:17:51</t>
   </si>
   <si>
-    <t>2718Про погодження прийняття у комунальну власність земельних ділянок</t>
+    <t>ID - 2718,  Про погодження прийняття у комунальну власність земельних ділянок</t>
   </si>
   <si>
     <t>23.09.21  12:20:21</t>
   </si>
   <si>
-    <t>2719Про резервування земельних ділянок за межами населеного пункту села Сілець</t>
+    <t>ID - 2719,  Про резервування земельних ділянок за межами населеного пункту села Сілець</t>
   </si>
   <si>
     <t>23.09.21  12:29:38</t>
   </si>
   <si>
     <t>23.09.21  12:31:29</t>
   </si>
   <si>
     <t>23.09.21  12:33:09</t>
   </si>
   <si>
-    <t>2722Про розгляд клопотання Товариства з обмеженою відповідальністю «Агро - Сузір’я»</t>
-[...1 lines deleted...]
-  <si>
     <t>23.09.21  12:34:59</t>
   </si>
   <si>
-    <t>2723​​​​​​​Про поділ земельної ділянки за межами населеного пункту с. Сілець</t>
+    <t>ID - 2723,  ​​​​​​​Про поділ земельної ділянки за межами населеного пункту с. Сілець</t>
   </si>
   <si>
     <t>23.09.21  12:36:16</t>
   </si>
   <si>
-    <t>2724Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
+    <t>ID - 2724,  Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
   </si>
   <si>
     <t>23.09.21  12:37:21</t>
   </si>
   <si>
-    <t>2725Про розгляд клопотання громадянина Хвесика Миколи Олексійовича</t>
+    <t>ID - 2725,  Про розгляд клопотання громадянина Хвесика Миколи Олексійовича</t>
   </si>
   <si>
     <t>23.09.21  12:39:58</t>
   </si>
   <si>
-    <t>2726Про розгляд клопотань громадянина Скоропади Ореста Петровича</t>
+    <t>ID - 2726,  Про розгляд клопотань громадянина Скоропади Ореста Петровича</t>
   </si>
   <si>
     <t>23.09.21  12:42:16</t>
   </si>
   <si>
     <t>23.09.21  12:43:33</t>
   </si>
   <si>
-    <t>2728Про розгляд клопотання громадянки Войтович Ольги Василівни в с. Борятин</t>
+    <t>ID - 2728,  Про розгляд клопотання громадянки Войтович Ольги Василівни в с. Борятин</t>
   </si>
   <si>
     <t>23.09.21  12:45:23</t>
   </si>
   <si>
-    <t>2729Про затвердження технiчних документацiй iз землеустрою в с. Острів</t>
+    <t>ID - 2729,  Про затвердження технiчних документацiй iз землеустрою в с. Острів</t>
   </si>
   <si>
     <t>23.09.21  12:46:33</t>
   </si>
   <si>
     <t>23.09.21  12:48:13</t>
   </si>
   <si>
-    <t>2731у п. 8 замінити Білаш Юрій Богданович на Щур Сергій Володимирович</t>
+    <t>ID - 2731,  у п. 8 замінити Білаш Юрій Богданович на Щур Сергій Володимирович</t>
   </si>
   <si>
     <t>23.09.21  12:51:40</t>
   </si>
   <si>
     <t>23.09.21  12:53:10</t>
   </si>
   <si>
-    <t>2733Про розгляд клопотання громадянина Баса Ярослава Івановича</t>
+    <t>ID - 2733,  Про розгляд клопотання громадянина Баса Ярослава Івановича</t>
   </si>
   <si>
     <t>23.09.21  12:55:52</t>
   </si>
   <si>
-    <t>2734Про розгляд клопотання громадянина Тобяша Петра Володимировича</t>
+    <t>ID - 2734,  Про розгляд клопотання громадянина Тобяша Петра Володимировича</t>
   </si>
   <si>
     <t>23.09.21  12:57:26</t>
   </si>
   <si>
     <t>23.09.21  12:57:49</t>
   </si>
   <si>
-    <t>2736Про розгляд клопотання громадянина Тобяша Петра Володимировича</t>
+    <t>ID - 2736,  Про розгляд клопотання громадянина Тобяша Петра Володимировича</t>
   </si>
   <si>
     <t>23.09.21  12:59:44</t>
   </si>
   <si>
     <t>23.09.21  14:55:25</t>
   </si>
   <si>
     <t>23.09.21  14:56:49</t>
   </si>
   <si>
     <t>23.09.21  15:01:22</t>
   </si>
   <si>
     <t>23.09.21  15:03:33</t>
   </si>
   <si>
     <t>23.09.21  15:04:43</t>
   </si>
   <si>
-    <t>2744Про розгляд клопотання громадянки Шушко Антоніни Олександрівни в м. Червоноград</t>
+    <t>ID - 2744,  Про розгляд клопотання громадянки Шушко Антоніни Олександрівни в м. Червоноград</t>
   </si>
   <si>
     <t>23.09.21  15:06:38</t>
   </si>
   <si>
     <t>23.09.21  15:07:28</t>
   </si>
   <si>
     <t>23.09.21  15:07:51</t>
   </si>
   <si>
     <t>23.09.21  15:10:00</t>
   </si>
   <si>
     <t>23.09.21  15:16:54</t>
   </si>
   <si>
     <t>23.09.21  15:17:58</t>
   </si>
   <si>
-    <t>2750голосувати по пунктах</t>
+    <t>ID - 2750,  голосувати по пунктах</t>
   </si>
   <si>
     <t>23.09.21  15:18:47</t>
   </si>
   <si>
-    <t>2751за п.1. Надати дозвіл громадянину Шайнозі Михайлу Михайловичу</t>
+    <t>ID - 2751,  за п.1. Надати дозвіл громадянину Шайнозі Михайлу Михайловичу</t>
   </si>
   <si>
     <t>23.09.21  15:19:36</t>
   </si>
   <si>
     <t>23.09.21  15:20:21</t>
   </si>
   <si>
     <t>23.09.21  15:21:02</t>
   </si>
   <si>
     <t>23.09.21  15:24:07</t>
   </si>
   <si>
     <t>23.09.21  15:25:30</t>
   </si>
   <si>
     <t>23.09.21  15:27:24</t>
   </si>
   <si>
-    <t>2757Про надання в оренду земельних ділянок в м. Червоноград</t>
+    <t>ID - 2757,  Про надання в оренду земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>23.09.21  15:34:26</t>
   </si>
   <si>
-    <t>2758Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
+    <t>ID - 2758,  Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>23.09.21  15:35:28</t>
   </si>
   <si>
-    <t>2759вилучити п.1 з проекту рішення</t>
+    <t>ID - 2759,  вилучити п.1 з проекту рішення</t>
   </si>
   <si>
     <t>23.09.21  15:36:54</t>
   </si>
   <si>
-    <t>2760Голосувати по пунктам</t>
+    <t>ID - 2760,  Голосувати по пунктам</t>
   </si>
   <si>
     <t>23.09.21  15:38:13</t>
   </si>
   <si>
-    <t>2761ЗА п. 1  Продовжити фізичній особі підприємцю Павленко Наталії Іванівні    ......</t>
+    <t>ID - 2761,  ЗА п. 1  Продовжити фізичній особі підприємцю Павленко Наталії Іванівні    ......</t>
   </si>
   <si>
     <t>23.09.21  15:39:19</t>
   </si>
   <si>
-    <t>2762ЗА п. 1  Продовжити фізичній особі підприємцю Павленко Наталії Іванівні    ......</t>
+    <t>ID - 2762,  ЗА п. 1  Продовжити фізичній особі підприємцю Павленко Наталії Іванівні    ......</t>
   </si>
   <si>
     <t>23.09.21  15:40:40</t>
   </si>
   <si>
-    <t>2764ЗА п. 1  Продовжити фізичній особі підприємцю Павленко Наталії Іванівні    ......</t>
+    <t>ID - 2764,  ЗА п. 1  Продовжити фізичній особі підприємцю Павленко Наталії Іванівні    ......</t>
   </si>
   <si>
     <t>23.09.21  15:41:46</t>
   </si>
   <si>
     <t>23.09.21  15:42:44</t>
   </si>
   <si>
     <t>23.09.21  15:44:38</t>
   </si>
   <si>
     <t>23.09.21  15:45:13</t>
   </si>
   <si>
-    <t>2768Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
+    <t>ID - 2768,  Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>23.09.21  15:47:12</t>
   </si>
   <si>
-    <t>2769Про припинення права оренди земельної ділянки в м. Червоноград</t>
+    <t>ID - 2769,  Про припинення права оренди земельної ділянки в м. Червоноград</t>
   </si>
   <si>
     <t>23.09.21  15:48:56</t>
   </si>
   <si>
     <t>23.09.21  15:50:38</t>
   </si>
   <si>
-    <t>2771Про розгляд заяви громадянина Куліна Михайла Андрійовича  в м. Червоноград</t>
+    <t>ID - 2771,  Про розгляд заяви громадянина Куліна Михайла Андрійовича  в м. Червоноград</t>
   </si>
   <si>
     <t>23.09.21  15:53:37</t>
   </si>
   <si>
-    <t>2772Про розгляд заяви громадянки Паньків Галини Михайлівни в м. Червоноград  </t>
+    <t>ID - 2772,  Про розгляд заяви громадянки Паньків Галини Михайлівни в м. Червоноград  </t>
   </si>
   <si>
     <t>23.09.21  15:54:52</t>
   </si>
   <si>
-    <t>2773Про розгляд заяви Мельника Ярослава Григоровича в м. Червоноград</t>
+    <t>ID - 2773,  Про розгляд заяви Мельника Ярослава Григоровича в м. Червоноград</t>
   </si>
   <si>
     <t>23.09.21  16:02:49</t>
   </si>
   <si>
     <t>23.09.21  16:17:06</t>
   </si>
   <si>
-    <t>2777Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
+    <t>ID - 2777,  Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
   </si>
   <si>
     <t>23.09.21  16:19:14</t>
   </si>
   <si>
     <t>23.09.21  16:20:44</t>
   </si>
   <si>
     <t>23.09.21  16:23:00</t>
   </si>
   <si>
-    <t>2781Про розгляд клопотання ФОП Дошака Романа Зеноновича в м. Соснівка</t>
+    <t>ID - 2781,  Про розгляд клопотання ФОП Дошака Романа Зеноновича в м. Соснівка</t>
   </si>
   <si>
     <t>23.09.21  16:26:33</t>
   </si>
   <si>
-    <t>2782​​​​​​​Про розгляд заяви Воляник Галини Василівни</t>
+    <t>ID - 2782,  ​​​​​​​Про розгляд заяви Воляник Галини Василівни</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1704,51 +1692,51 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>2607Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2607,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>25</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -1849,51 +1837,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>2608Правки на сесію  з голосу     1.Внести зміни в Програму ремонту доріг комунальної власності в населених пунктах Червоноградської міської територіальної громади на 2021 рік: зекономлені кошти в сумі 6 709 гривень по об’єкту «Поточний ремонт тротуару по вул. В.Стуса, 20 – вул. Миру,3 – вул.Паркова,8 в м.Червоноград Львівської області» перемістити на «Влаштування бордюр по вул.Миру в м.Червоноград Львівської області» (код ПКВКМБ 0217461).   2.Внести зміни в Програму забезпечення діяльності з виробництва, транспортування, постачання теплової енергії комунального підприємства «Червоноградтеплокомуненерго» на 2021 р.: видатки в сумі 49 000 гривень передбачені на «придбання паливно-мастильних матеріалів для робіт по очистці доріг під час снігопадів» перемістити  на «придбання  паливно-мастильних матеріалів для підготовки до опалювального сезону 2021/2022р.р. та проходження опалювального сезону 2021/2022р.р.» (код ПКВКМБ 0216012).   3.Внести зміни у Програму матеріально - технічного забезпечення поліцейських офіцерів громади  Червоноградської міської територіальної громади</t>
+          <t>ID - 2608,  Правки на сесію  з голосу     1.Внести зміни в Програму ремонту доріг комунальної власності в населених пунктах Червоноградської міської територіальної громади на 2021 рік: зекономлені кошти в сумі 6 709 гривень по об’єкту «Поточний ремонт тротуару по вул. В.Стуса, 20 – вул. Миру,3 – вул.Паркова,8 в м.Червоноград Львівської області» перемістити на «Влаштування бордюр по вул.Миру в м.Червоноград Львівської області» (код ПКВКМБ 0217461).   2.Внести зміни в Програму забезпечення діяльності з виробництва, транспортування, постачання теплової енергії комунального підприємства «Червоноградтеплокомуненерго» на 2021 р.: видатки в сумі 49 000 гривень передбачені на «придбання паливно-мастильних матеріалів для робіт по очистці доріг під час снігопадів» перемістити  на «придбання  паливно-мастильних матеріалів для підготовки до опалювального сезону 2021/2022р.р. та проходження опалювального сезону 2021/2022р.р.» (код ПКВКМБ 0216012).   3.Внести зміни у Програму матеріально - технічного забезпечення поліцейських офіцерів громади  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>49</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>24</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1994,51 +1982,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>2609Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2609,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8">
         <v>26</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -2139,51 +2127,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>2610Про розгляд прогнозу бюджету Червоноградської міської територіальної громади на 2022-2024 роки</t>
+          <t>ID - 2610,  Про розгляд прогнозу бюджету Червоноградської міської територіальної громади на 2022-2024 роки</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>60</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>27</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2284,51 +2272,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>2611Про звернення Червоноградської міської  ради до Президента України,Верховної Ради України,Кабінету Міністрів України щодо недопущення підвищення тарифів для населення.</t>
+          <t>ID - 2611,  Про звернення Червоноградської міської  ради до Президента України,Верховної Ради України,Кабінету Міністрів України щодо недопущення підвищення тарифів для населення.</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>60</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10">
         <v>28</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2429,51 +2417,51 @@
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>2612Про звернення Червоноградської міської  ради до Президента України, Кабінету Міністрів України, Верховної Ради України щодо необхідності підвищення пенсій  і виплати додаткової пенсії у 2021 році</t>
+          <t>ID - 2612,  Про звернення Червоноградської міської  ради до Президента України, Кабінету Міністрів України, Верховної Ради України щодо необхідності підвищення пенсій  і виплати додаткової пенсії у 2021 році</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>60</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>26</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2574,51 +2562,51 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>2613Про Червоноградської міської  ради щодо відновлення руху потягу Сокаль – Червоноград - Рава-Руська та недопущення закриття залізничної станції, дільниці, під’їзної колії Червоноград – Рава-Руська</t>
+          <t>ID - 2613,  Про Червоноградської міської  ради щодо відновлення руху потягу Сокаль – Червоноград - Рава-Руська та недопущення закриття залізничної станції, дільниці, під’їзної колії Червоноград – Рава-Руська</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12">
         <v>27</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -2719,51 +2707,51 @@
       <c r="AQ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>2614п.2 звернутися до Львівської залізниці щодо не закриття кас у Соснівці та відновити попередній графік руху потягу Ковель -Червоноград</t>
+          <t>ID - 2614,  п.2 звернутися до Львівської залізниці щодо не закриття кас у Соснівці та відновити попередній графік руху потягу Ковель -Червоноград</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>51</v>
@@ -2864,51 +2852,51 @@
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>2615Про Червоноградської міської  ради щодо відновлення руху потягу Сокаль – Червоноград - Рава-Руська та недопущення закриття залізничної станції, дільниці, під’їзної колії Червоноград – Рава-Руська</t>
+          <t>ID - 2615,  Про Червоноградської міської  ради щодо відновлення руху потягу Сокаль – Червоноград - Рава-Руська та недопущення закриття залізничної станції, дільниці, під’їзної колії Червоноград – Рава-Руська</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>65</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14">
         <v>27</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
@@ -3009,51 +2997,51 @@
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>2616Про надання дозволу на вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень</t>
+          <t>ID - 2616,  Про надання дозволу на вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>60</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15">
         <v>28</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
@@ -3297,51 +3285,51 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>2618Про   затвердження містобудівної документації `Плану зонування території в межах вулиці Львівської, лісового масиву з  північної сторони, залізничної колії та місцевого проїзду на шахту «Надія» в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області` шляхом внесення змін до генерального плану міста Соснівка</t>
+          <t>ID - 2618,  Про   затвердження містобудівної документації `Плану зонування території в межах вулиці Львівської, лісового масиву з  північної сторони, залізничної колії та місцевого проїзду на шахту «Надія» в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області` шляхом внесення змін до генерального плану міста Соснівка</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>60</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17">
         <v>27</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -3442,51 +3430,51 @@
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>2619Про   затвердження містобудівної документаці ї «Детальний план території для розташування об’єктів торгівлі  в с.Сілець на присілку Підрочин»</t>
+          <t>ID - 2619,  Про   затвердження містобудівної документаці ї «Детальний план території для розташування об’єктів торгівлі  в с.Сілець на присілку Підрочин»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
         <v>78</v>
       </c>
       <c r="F18">
         <v>19</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>2</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>51</v>
@@ -3587,51 +3575,51 @@
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>2621Про   розроблення  детального плану території на вул. Миру в селі Добрячин Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2621,  Про   розроблення  детального плану території на вул. Миру в селі Добрячин Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19">
         <v>24</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>51</v>
@@ -3732,51 +3720,51 @@
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>2622Про   розроблення  детального плану території на вул. Кутній в селі Волсвин Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2622,  Про   розроблення  детального плану території на вул. Кутній в селі Волсвин Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20">
         <v>26</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -4163,51 +4151,51 @@
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>86</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>2625Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2625,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>87</v>
       </c>
       <c r="E23" t="s">
         <v>78</v>
       </c>
       <c r="F23">
         <v>24</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
@@ -4308,51 +4296,51 @@
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>88</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>2627Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 2627,  Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>62</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24">
         <v>24</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -4596,51 +4584,51 @@
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>91</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>2629Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 2629,  Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26">
         <v>25</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
@@ -4741,51 +4729,51 @@
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>92</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>2631Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670   «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 2631,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670   «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>60</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>24</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
@@ -4886,51 +4874,51 @@
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>93</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>2632Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: адміністративний будинок   по вул. Потічна,5, в с. Поздимир</t>
+          <t>ID - 2632,  Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: адміністративний будинок   по вул. Потічна,5, в с. Поздимир</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>60</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28">
         <v>26</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -5031,51 +5019,51 @@
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>94</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>2633Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: будівлі каналізаційної насосної станції   по вул. Шахтарська,3, в смт. Гірник</t>
+          <t>ID - 2633,  Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: будівлі каналізаційної насосної станції   по вул. Шахтарська,3, в смт. Гірник</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>60</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29">
         <v>26</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
@@ -5462,51 +5450,51 @@
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>99</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>2638Про утворення старостинських округів на території Червоноградської міської територіальної громади</t>
+          <t>ID - 2638,  Про утворення старостинських округів на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>50</v>
       </c>
       <c r="F32">
         <v>23</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
@@ -5607,51 +5595,51 @@
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>100</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>2639Про припинення виплат грошової надбавки у зв`язку з роботою, яка передбачає доступ до державної таємниці</t>
+          <t>ID - 2639,  Про припинення виплат грошової надбавки у зв`язку з роботою, яка передбачає доступ до державної таємниці</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>60</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33">
         <v>22</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
@@ -5752,51 +5740,51 @@
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>101</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>2640Про призначення виконуючого обов’язки директора комунального підприємства Радіостудія „Новий Двір”</t>
+          <t>ID - 2640,  Про призначення виконуючого обов’язки директора комунального підприємства Радіостудія „Новий Двір”</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>78</v>
       </c>
       <c r="F34">
         <v>17</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>4</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>51</v>
@@ -6183,51 +6171,51 @@
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>106</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>2643озвучені Кудриком І.І.  та Кулаковським С.Ю.  1. Пущик Мирослав - Рудь, Шварц 1000,2000  2. колективне  3500 грн  - Курівчак С.В.  3. Фартушок - 3000 грн</t>
+          <t>ID - 2643,  озвучені Кудриком І.І.  та Кулаковським С.Ю.  1. Пущик Мирослав - Рудь, Шварц 1000,2000  2. колективне  3500 грн  - Курівчак С.В.  3. Фартушок - 3000 грн</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>49</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>23</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
@@ -6614,51 +6602,51 @@
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>111</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>2646добавити у рішення п.1 про внесення  змін у Статут ДЮСШ-2 щодо діяльності по боротьби та внести зміни у правку </t>
+          <t>ID - 2646,  добавити у рішення п.1 про внесення  змін у Статут ДЮСШ-2 щодо діяльності по боротьби та внести зміни у правку </t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>49</v>
       </c>
       <c r="E40" t="s">
         <v>50</v>
       </c>
       <c r="F40">
         <v>23</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>51</v>
@@ -7045,51 +7033,51 @@
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>116</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>2651Про звіт директора КП“Соснівкажитлокомунсервіс” щодо діяльності  комунального підприємства</t>
+          <t>ID - 2651,  Про звіт директора КП“Соснівкажитлокомунсервіс” щодо діяльності  комунального підприємства</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>78</v>
       </c>
       <c r="F43">
         <v>14</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>2</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
@@ -7190,51 +7178,51 @@
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>79</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>117</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>2652Про звіт директора КП“Центральна міська лікарня Червоноградської міської ради” щодо діяльності  комунального підприємства</t>
+          <t>ID - 2652,  Про звіт директора КП“Центральна міська лікарня Червоноградської міської ради” щодо діяльності  комунального підприємства</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>62</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>23</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
@@ -7335,51 +7323,51 @@
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>118</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>2653п.2 Створити тимчасову депутатську комісію по вивченню стану КП“Центральна міська лікарня Червоноградської міської ради” з голів депутатських комісій</t>
+          <t>ID - 2653,  п.2 Створити тимчасову депутатську комісію по вивченню стану КП“Центральна міська лікарня Червоноградської міської ради” з голів депутатських комісій</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>49</v>
       </c>
       <c r="E45" t="s">
         <v>78</v>
       </c>
       <c r="F45">
         <v>7</v>
       </c>
       <c r="G45">
         <v>1</v>
       </c>
       <c r="H45">
         <v>3</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
@@ -7480,51 +7468,51 @@
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>119</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>2654Про звіт директора КП“Центральна міська лікарня Червоноградської міської ради” щодо діяльності  комунального підприємства</t>
+          <t>ID - 2654,  Про звіт директора КП“Центральна міська лікарня Червоноградської міської ради” щодо діяльності  комунального підприємства</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>65</v>
       </c>
       <c r="E46" t="s">
         <v>78</v>
       </c>
       <c r="F46">
         <v>19</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
       <c r="H46">
         <v>2</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>51</v>
@@ -7623,52 +7611,52 @@
         <v>52</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>79</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>120</v>
       </c>
-      <c r="C47" s="4">
-        <v>2655</v>
+      <c r="C47" t="s" s="4">
+        <v>121</v>
       </c>
       <c r="D47" t="s">
         <v>62</v>
       </c>
       <c r="E47" t="s">
         <v>78</v>
       </c>
       <c r="F47">
         <v>19</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>51</v>
       </c>
@@ -7764,55 +7752,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>2657Про затвердження Програми  відшкодування з бюджету Червоноградської міської територіальної громади витрат на придбання  техніки комунальному  підприємству «Червоноградводоканал»</t>
+          <t>ID - 2657,  Про затвердження Програми  відшкодування з бюджету Червоноградської міської територіальної громади витрат на придбання  техніки комунальному  підприємству «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>50</v>
       </c>
       <c r="F48">
         <v>20</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>51</v>
@@ -7909,55 +7897,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>2658 Про надання дозволу на укладання договору фінансового лізингу для відшкодування з бюджету Червоноградської міської територіальної громади витрат на придбання техніки КП «Червоноградводоканал»</t>
+          <t>ID - 2658,   Про надання дозволу на укладання договору фінансового лізингу для відшкодування з бюджету Червоноградської міської територіальної громади витрат на придбання техніки КП «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>60</v>
       </c>
       <c r="E49" t="s">
         <v>50</v>
       </c>
       <c r="F49">
         <v>20</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
@@ -8054,55 +8042,55 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>2659Про   затвердження      статуту комунального     пiдприємства «Червонограджитлокомунсервіс» в новiй  редакції</t>
+          <t>ID - 2659,  Про   затвердження      статуту комунального     пiдприємства «Червонограджитлокомунсервіс» в новiй  редакції</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>60</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
         <v>20</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
@@ -8199,55 +8187,55 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>2660Про надання дозволу на вiдключення вiд мереж центрального опалення житлових будинків по вул. Івасюка,7 Винниченка,3 та внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 р. № 273 «Про затвердження оптимiзованої схеми перспективного розвитку тепло-постачання мiста Червонограда»</t>
+          <t>ID - 2660,  Про надання дозволу на вiдключення вiд мереж центрального опалення житлових будинків по вул. Івасюка,7 Винниченка,3 та внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 р. № 273 «Про затвердження оптимiзованої схеми перспективного розвитку тепло-постачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>60</v>
       </c>
       <c r="E51" t="s">
         <v>78</v>
       </c>
       <c r="F51">
         <v>19</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
@@ -8344,55 +8332,55 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>2662Про надання дозволу на вiдключення вiд мереж центрального опалення житлових будинків по вул. Івасюка,7 Винниченка,3 та внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 р. № 273 «Про затвердження оптимiзованої схеми перспективного розвитку тепло-постачання мiста Червонограда»</t>
+          <t>ID - 2662,  Про надання дозволу на вiдключення вiд мереж центрального опалення житлових будинків по вул. Івасюка,7 Винниченка,3 та внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 р. № 273 «Про затвердження оптимiзованої схеми перспективного розвитку тепло-постачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>60</v>
       </c>
       <c r="E52" t="s">
         <v>50</v>
       </c>
       <c r="F52">
         <v>20</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
@@ -8489,55 +8477,55 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>2663Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок Приватному акціонерному товариству «Львівобленерго»</t>
+          <t>ID - 2663,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок Приватному акціонерному товариству «Львівобленерго»</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>60</v>
       </c>
       <c r="E53" t="s">
         <v>50</v>
       </c>
       <c r="F53">
         <v>20</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>51</v>
@@ -8634,55 +8622,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>2670Про   повернення   субвенції   до    державного бюджету при розірванні договору фінансового лізингу для закупівлі  техніки  КП «Червоноградводоканал»</t>
+          <t>ID - 2670,  Про   повернення   субвенції   до    державного бюджету при розірванні договору фінансового лізингу для закупівлі  техніки  КП «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>62</v>
       </c>
       <c r="E54" t="s">
         <v>50</v>
       </c>
       <c r="F54">
         <v>28</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>52</v>
@@ -8779,54 +8767,54 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D55" t="s">
         <v>49</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55">
         <v>28</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>52</v>
       </c>
@@ -8922,55 +8910,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>2672Про   повернення   субвенції   до    державного бюджету при розірванні договору фінансового лізингу для закупівлі  техніки  КП «Червоноградводоканал»</t>
+          <t>ID - 2672,  Про   повернення   субвенції   до    державного бюджету при розірванні договору фінансового лізингу для закупівлі  техніки  КП «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>65</v>
       </c>
       <c r="E56" t="s">
         <v>50</v>
       </c>
       <c r="F56">
         <v>24</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>52</v>
@@ -9067,54 +9055,54 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D57" t="s">
         <v>60</v>
       </c>
       <c r="E57" t="s">
         <v>50</v>
       </c>
       <c r="F57">
         <v>28</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
       </c>
@@ -9210,55 +9198,55 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>2674Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
+          <t>ID - 2674,  Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>60</v>
       </c>
       <c r="E58" t="s">
         <v>50</v>
       </c>
       <c r="F58">
         <v>29</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>79</v>
@@ -9355,54 +9343,54 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D59" t="s">
         <v>60</v>
       </c>
       <c r="E59" t="s">
         <v>50</v>
       </c>
       <c r="F59">
         <v>30</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>52</v>
       </c>
@@ -9498,55 +9486,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>2676Про розгляд клопотання громадян Водоноса Володимира Зіновійовича та Водоноса Ігоря Євгеновича в м. Червонограді</t>
+          <t>ID - 2676,  Про розгляд клопотання громадян Водоноса Володимира Зіновійовича та Водоноса Ігоря Євгеновича в м. Червонограді</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>60</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60">
         <v>29</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
@@ -9643,54 +9631,56 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C61" t="s" s="4">
         <v>138</v>
+      </c>
+      <c r="C61" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2677,  Про розгляд клопотання громадянина Клюсова Валерія Олександровича в м. Червонограді</t>
+        </is>
       </c>
       <c r="D61" t="s">
         <v>60</v>
       </c>
       <c r="E61" t="s">
         <v>50</v>
       </c>
       <c r="F61">
         <v>30</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>52</v>
       </c>
@@ -9790,51 +9780,51 @@
       <c r="AQ61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>139</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>2678Про припинення прав оренди земельних ділянок та передачу їх у власність в м. Червонограді</t>
+          <t>ID - 2678,  Про припинення прав оренди земельних ділянок та передачу їх у власність в м. Червонограді</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>60</v>
       </c>
       <c r="E62" t="s">
         <v>50</v>
       </c>
       <c r="F62">
         <v>28</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>52</v>
@@ -9935,51 +9925,51 @@
       <c r="AQ62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>140</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>2679Про продаж у власність земельної ділянки Товариству з обмеженою відповідальністю «БЕСТ-ЛІНК»</t>
+          <t>ID - 2679,  Про продаж у власність земельної ділянки Товариству з обмеженою відповідальністю «БЕСТ-ЛІНК»</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>60</v>
       </c>
       <c r="E63" t="s">
         <v>50</v>
       </c>
       <c r="F63">
         <v>28</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>52</v>
@@ -10650,52 +10640,54 @@
         <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>149</v>
       </c>
-      <c r="C68" t="s" s="4">
-        <v>150</v>
+      <c r="C68" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2684,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
+        </is>
       </c>
       <c r="D68" t="s">
         <v>60</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68">
         <v>28</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>52</v>
       </c>
@@ -10791,55 +10783,55 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>2685Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя, ур. Копані</t>
+          <t>ID - 2685,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя, ур. Копані</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>60</v>
       </c>
       <c r="E69" t="s">
         <v>50</v>
       </c>
       <c r="F69">
         <v>29</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>52</v>
@@ -10936,55 +10928,55 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>2686Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 2686,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>87</v>
       </c>
       <c r="E70" t="s">
         <v>50</v>
       </c>
       <c r="F70">
         <v>29</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>52</v>
@@ -11081,54 +11073,56 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>152</v>
+      </c>
+      <c r="C71" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2687,  Про затвердження технiчних документацiй iз землеустрою в с. Поздимир та с. Межиріччя</t>
+        </is>
       </c>
       <c r="D71" t="s">
         <v>87</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>29</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>52</v>
       </c>
@@ -11224,55 +11218,55 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>2688Про розгляд клопотання релігійної організації «Монастир Святого Юрія Провінції отців Василіан Найсвятішого Спасителя в Україні УГКЦ» в селі Межиріччя</t>
+          <t>ID - 2688,  Про розгляд клопотання релігійної організації «Монастир Святого Юрія Провінції отців Василіан Найсвятішого Спасителя в Україні УГКЦ» в селі Межиріччя</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>87</v>
       </c>
       <c r="E72" t="s">
         <v>50</v>
       </c>
       <c r="F72">
         <v>29</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>52</v>
@@ -11369,55 +11363,55 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>2689Про затвердження проектів землеустрою щодо відведення земельних ділянок  в с. Межиріччя  та с. Поздимир</t>
+          <t>ID - 2689,  Про затвердження проектів землеустрою щодо відведення земельних ділянок  в с. Межиріччя  та с. Поздимир</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>87</v>
       </c>
       <c r="E73" t="s">
         <v>50</v>
       </c>
       <c r="F73">
         <v>29</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>53</v>
@@ -11514,55 +11508,55 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>2690Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Поздимир, с. Волсвин, с. Межиріччя та с. Бендюга</t>
+          <t>ID - 2690,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Поздимир, с. Волсвин, с. Межиріччя та с. Бендюга</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>87</v>
       </c>
       <c r="E74" t="s">
         <v>50</v>
       </c>
       <c r="F74">
         <v>29</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>52</v>
@@ -11659,55 +11653,55 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>2691Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Добрячин та с. Острів для будівництва та обслуговування  жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 2691,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Добрячин та с. Острів для будівництва та обслуговування  жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>87</v>
       </c>
       <c r="E75" t="s">
         <v>50</v>
       </c>
       <c r="F75">
         <v>29</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>52</v>
@@ -11804,55 +11798,55 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>2692Про затвердження технічної документації з нормативної грошової оцiнки земель с. Бережне</t>
+          <t>ID - 2692,  Про затвердження технічної документації з нормативної грошової оцiнки земель с. Бережне</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>87</v>
       </c>
       <c r="E76" t="s">
         <v>50</v>
       </c>
       <c r="F76">
         <v>28</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>52</v>
@@ -11949,54 +11943,54 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D77" t="s">
         <v>65</v>
       </c>
       <c r="E77" t="s">
         <v>50</v>
       </c>
       <c r="F77">
         <v>30</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>52</v>
       </c>
@@ -12092,54 +12086,56 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>160</v>
+      </c>
+      <c r="C78" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2694,  Про затвердження технічних документацій із землеустрою в с. Острів та с. Добрячин</t>
+        </is>
       </c>
       <c r="D78" t="s">
         <v>87</v>
       </c>
       <c r="E78" t="s">
         <v>50</v>
       </c>
       <c r="F78">
         <v>27</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>52</v>
       </c>
@@ -12235,55 +12231,55 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>2695Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
+          <t>ID - 2695,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>87</v>
       </c>
       <c r="E79" t="s">
         <v>50</v>
       </c>
       <c r="F79">
         <v>27</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>52</v>
@@ -12380,54 +12376,54 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C80" t="s" s="4">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D80" t="s">
         <v>87</v>
       </c>
       <c r="E80" t="s">
         <v>50</v>
       </c>
       <c r="F80">
         <v>28</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>52</v>
       </c>
@@ -12523,55 +12519,55 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>2698Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2698,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>87</v>
       </c>
       <c r="E81" t="s">
         <v>50</v>
       </c>
       <c r="F81">
         <v>29</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>52</v>
@@ -12668,54 +12664,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D82" t="s">
         <v>87</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>27</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>52</v>
       </c>
@@ -12811,55 +12807,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>2700Про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу земельної ділянки за межами населеного пункту с. Волсвин</t>
+          <t>ID - 2700,  Про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу земельної ділянки за межами населеного пункту с. Волсвин</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>29</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>52</v>
@@ -12956,55 +12952,55 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>2701Про розгляд клопотань громадян про надання дозволу на розроблення проектів землеустрою</t>
+          <t>ID - 2701,  Про розгляд клопотань громадян про надання дозволу на розроблення проектів землеустрою</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
         <v>26</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>52</v>
@@ -13101,55 +13097,55 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>2702Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок за межами села Межиріччя</t>
+          <t>ID - 2702,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок за межами села Межиріччя</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>60</v>
       </c>
       <c r="E85" t="s">
         <v>50</v>
       </c>
       <c r="F85">
         <v>28</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>52</v>
@@ -13246,55 +13242,55 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>2703Про  надання дозволу  на виготовлення технічних документацій із землеустрою для ведення товарного сільськогосподарського виробництва</t>
+          <t>ID - 2703,  Про  надання дозволу  на виготовлення технічних документацій із землеустрою для ведення товарного сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>60</v>
       </c>
       <c r="E86" t="s">
         <v>50</v>
       </c>
       <c r="F86">
         <v>28</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>52</v>
@@ -13391,55 +13387,55 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>2704Про затвердження технiчної документацiї  iз землеустрою щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
+          <t>ID - 2704,  Про затвердження технiчної документацiї  iз землеустрою щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>62</v>
       </c>
       <c r="E87" t="s">
         <v>50</v>
       </c>
       <c r="F87">
         <v>24</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>52</v>
@@ -13536,55 +13532,55 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>2705Про затвердження технiчної документацiї  iз землеустрою щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
+          <t>ID - 2705,  Про затвердження технiчної документацiї  iз землеустрою щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>65</v>
       </c>
       <c r="E88" t="s">
         <v>50</v>
       </c>
       <c r="F88">
         <v>26</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>52</v>
@@ -13681,55 +13677,55 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>2706Про надання дозволу на розроблення проекту землеустрою щодо зміни цільового призначення земельної ділянки</t>
+          <t>ID - 2706,  Про надання дозволу на розроблення проекту землеустрою щодо зміни цільового призначення земельної ділянки</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>62</v>
       </c>
       <c r="E89" t="s">
         <v>50</v>
       </c>
       <c r="F89">
         <v>24</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>52</v>
@@ -13826,54 +13822,54 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D90" t="s">
         <v>49</v>
       </c>
       <c r="E90" t="s">
         <v>50</v>
       </c>
       <c r="F90">
         <v>26</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>52</v>
       </c>
@@ -13969,55 +13965,55 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>2708Про надання дозволу на розроблення проекту землеустрою щодо зміни цільового призначення земельної ділянки</t>
+          <t>ID - 2708,  Про надання дозволу на розроблення проекту землеустрою щодо зміни цільового призначення земельної ділянки</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>65</v>
       </c>
       <c r="E91" t="s">
         <v>50</v>
       </c>
       <c r="F91">
         <v>26</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>52</v>
@@ -14114,54 +14110,54 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D92" t="s">
         <v>60</v>
       </c>
       <c r="E92" t="s">
         <v>50</v>
       </c>
       <c r="F92">
         <v>29</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>52</v>
       </c>
@@ -14257,54 +14253,54 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D93" t="s">
         <v>60</v>
       </c>
       <c r="E93" t="s">
         <v>50</v>
       </c>
       <c r="F93">
         <v>29</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>52</v>
       </c>
@@ -14400,55 +14396,55 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
-          <t>2711Про розгляд клопотання громадянина Соколовського Станіслава Андрійовича в с. Поздимир</t>
+          <t>ID - 2711,  Про розгляд клопотання громадянина Соколовського Станіслава Андрійовича в с. Поздимир</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>60</v>
       </c>
       <c r="E94" t="s">
         <v>50</v>
       </c>
       <c r="F94">
         <v>28</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>52</v>
@@ -14545,55 +14541,55 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>2712Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
+          <t>ID - 2712,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>60</v>
       </c>
       <c r="E95" t="s">
         <v>50</v>
       </c>
       <c r="F95">
         <v>29</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>52</v>
@@ -14690,54 +14686,54 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D96" t="s">
         <v>60</v>
       </c>
       <c r="E96" t="s">
         <v>50</v>
       </c>
       <c r="F96">
         <v>28</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>52</v>
       </c>
@@ -14833,55 +14829,55 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>2714Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок (в межах та за межами населеного пункту села Сілець)</t>
+          <t>ID - 2714,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок (в межах та за межами населеного пункту села Сілець)</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>60</v>
       </c>
       <c r="E97" t="s">
         <v>50</v>
       </c>
       <c r="F97">
         <v>28</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>52</v>
@@ -14978,54 +14974,54 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D98" t="s">
         <v>60</v>
       </c>
       <c r="E98" t="s">
         <v>50</v>
       </c>
       <c r="F98">
         <v>28</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>52</v>
       </c>
@@ -15121,54 +15117,54 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C99" t="s" s="4">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D99" t="s">
         <v>60</v>
       </c>
       <c r="E99" t="s">
         <v>50</v>
       </c>
       <c r="F99">
         <v>28</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>52</v>
       </c>
@@ -15264,55 +15260,55 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>2717Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва в с. Сілець</t>
+          <t>ID - 2717,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва в с. Сілець</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>60</v>
       </c>
       <c r="E100" t="s">
         <v>50</v>
       </c>
       <c r="F100">
         <v>22</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>1</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>52</v>
@@ -15409,54 +15405,54 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C101" t="s" s="4">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D101" t="s">
         <v>60</v>
       </c>
       <c r="E101" t="s">
         <v>50</v>
       </c>
       <c r="F101">
         <v>27</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>52</v>
       </c>
@@ -15552,54 +15548,54 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D102" t="s">
         <v>60</v>
       </c>
       <c r="E102" t="s">
         <v>50</v>
       </c>
       <c r="F102">
         <v>26</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>52</v>
       </c>
@@ -15695,55 +15691,55 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>2720Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича, довіреної особи громадянки Маліцкої Ірини Йосипівни</t>
+          <t>ID - 2720,  Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича, довіреної особи громадянки Маліцкої Ірини Йосипівни</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>60</v>
       </c>
       <c r="E103" t="s">
         <v>50</v>
       </c>
       <c r="F103">
         <v>29</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>52</v>
@@ -15840,55 +15836,55 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>2721Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича, довіреної особи громадянина Сковрона Мар’яна Володимировича</t>
+          <t>ID - 2721,  Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича, довіреної особи громадянина Сковрона Мар’яна Володимировича</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>60</v>
       </c>
       <c r="E104" t="s">
         <v>50</v>
       </c>
       <c r="F104">
         <v>28</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>52</v>
@@ -15985,54 +15981,56 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>197</v>
+      </c>
+      <c r="C105" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2722,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Агро - Сузір’я»</t>
+        </is>
       </c>
       <c r="D105" t="s">
         <v>60</v>
       </c>
       <c r="E105" t="s">
         <v>50</v>
       </c>
       <c r="F105">
         <v>29</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>52</v>
       </c>
@@ -16128,54 +16126,54 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C106" t="s" s="4">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D106" t="s">
         <v>60</v>
       </c>
       <c r="E106" t="s">
         <v>50</v>
       </c>
       <c r="F106">
         <v>26</v>
       </c>
       <c r="G106">
         <v>1</v>
       </c>
       <c r="H106">
         <v>1</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>52</v>
       </c>
@@ -16271,54 +16269,54 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C107" t="s" s="4">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D107" t="s">
         <v>60</v>
       </c>
       <c r="E107" t="s">
         <v>50</v>
       </c>
       <c r="F107">
         <v>27</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>52</v>
       </c>
@@ -16414,54 +16412,54 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="D108" t="s">
         <v>60</v>
       </c>
       <c r="E108" t="s">
         <v>50</v>
       </c>
       <c r="F108">
         <v>26</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>52</v>
       </c>
@@ -16557,54 +16555,54 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C109" t="s" s="4">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D109" t="s">
         <v>60</v>
       </c>
       <c r="E109" t="s">
         <v>50</v>
       </c>
       <c r="F109">
         <v>29</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>52</v>
       </c>
@@ -16700,55 +16698,55 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>2727Про затвердження проекту землеустрою щодо вiдведення земельної ділянки для будівництва  та обслуговування об’єктів фізичної культури і спорту в с. Добрячин</t>
+          <t>ID - 2727,  Про затвердження проекту землеустрою щодо вiдведення земельної ділянки для будівництва  та обслуговування об’єктів фізичної культури і спорту в с. Добрячин</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>60</v>
       </c>
       <c r="E110" t="s">
         <v>50</v>
       </c>
       <c r="F110">
         <v>32</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
         <v>0</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>52</v>
@@ -16845,54 +16843,54 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D111" t="s">
         <v>60</v>
       </c>
       <c r="E111" t="s">
         <v>50</v>
       </c>
       <c r="F111">
         <v>30</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>52</v>
       </c>
@@ -16988,54 +16986,54 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C112" t="s" s="4">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D112" t="s">
         <v>60</v>
       </c>
       <c r="E112" t="s">
         <v>50</v>
       </c>
       <c r="F112">
         <v>31</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>0</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>52</v>
       </c>
@@ -17131,55 +17129,55 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>2730Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської територіальної громади</t>
+          <t>ID - 2730,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>62</v>
       </c>
       <c r="E113" t="s">
         <v>50</v>
       </c>
       <c r="F113">
         <v>28</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>52</v>
@@ -17276,54 +17274,54 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C114" t="s" s="4">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D114" t="s">
         <v>49</v>
       </c>
       <c r="E114" t="s">
         <v>50</v>
       </c>
       <c r="F114">
         <v>29</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
         <v>1</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>52</v>
       </c>
@@ -17419,55 +17417,55 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>2732Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської територіальної громади</t>
+          <t>ID - 2732,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>65</v>
       </c>
       <c r="E115" t="s">
         <v>50</v>
       </c>
       <c r="F115">
         <v>30</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115">
         <v>0</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>52</v>
@@ -17564,54 +17562,54 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D116" t="s">
         <v>60</v>
       </c>
       <c r="E116" t="s">
         <v>50</v>
       </c>
       <c r="F116">
         <v>30</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116">
         <v>0</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>52</v>
       </c>
@@ -17707,54 +17705,54 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C117" t="s" s="4">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D117" t="s">
         <v>62</v>
       </c>
       <c r="E117" t="s">
         <v>50</v>
       </c>
       <c r="F117">
         <v>26</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
         <v>0</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>52</v>
       </c>
@@ -17850,55 +17848,55 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>2735Викласти п 2. Надати громадянину Тобяшу Петру Володимировичу на 49  років в оренду земельну дiлянку площею 3,0200 га для ведення особистого селянського господарства (код КВЦПЗД – 01.03 – для ведення особистого селянського господарства, в селі Добрячин встановивши річну орендну плату за земельну ділянку 3 % від її нормативної грошової оцінки.</t>
+          <t>ID - 2735,  Викласти п 2. Надати громадянину Тобяшу Петру Володимировичу на 49  років в оренду земельну дiлянку площею 3,0200 га для ведення особистого селянського господарства (код КВЦПЗД – 01.03 – для ведення особистого селянського господарства, в селі Добрячин встановивши річну орендну плату за земельну ділянку 3 % від її нормативної грошової оцінки.</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>49</v>
       </c>
       <c r="E118" t="s">
         <v>50</v>
       </c>
       <c r="F118">
         <v>25</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>52</v>
@@ -17995,54 +17993,54 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D119" t="s">
         <v>65</v>
       </c>
       <c r="E119" t="s">
         <v>50</v>
       </c>
       <c r="F119">
         <v>29</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>52</v>
       </c>
@@ -18138,55 +18136,55 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>2737Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки для станції технічного обслуговування в смт. Гірник</t>
+          <t>ID - 2737,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки для станції технічного обслуговування в смт. Гірник</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>60</v>
       </c>
       <c r="E120" t="s">
         <v>50</v>
       </c>
       <c r="F120">
         <v>26</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120">
         <v>1</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>52</v>
@@ -18283,55 +18281,55 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>2740​​​​​​​Про розгляд клопотання Арендача Андрія Васильовича громадянина - учасника бойових дій (АТО)</t>
+          <t>ID - 2740,  ​​​​​​​Про розгляд клопотання Арендача Андрія Васильовича громадянина - учасника бойових дій (АТО)</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>60</v>
       </c>
       <c r="E121" t="s">
         <v>50</v>
       </c>
       <c r="F121">
         <v>22</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>52</v>
@@ -18428,55 +18426,55 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>2741Про розгляд клопотання громадян Лойко Катерини Володимирівни і Дубик Вікторії Володимирівни  в смт. Гірник</t>
+          <t>ID - 2741,  Про розгляд клопотання громадян Лойко Катерини Володимирівни і Дубик Вікторії Володимирівни  в смт. Гірник</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>60</v>
       </c>
       <c r="E122" t="s">
         <v>50</v>
       </c>
       <c r="F122">
         <v>23</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
         <v>0</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>52</v>
@@ -18573,55 +18571,55 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>2742Про внесення змiн в рішення Червоноградської мiської ради, виконавчого комітету Червоноградської мiської ради Сілецької сільської ради, Поздимирської сільської ради та Острівської сільської ради</t>
+          <t>ID - 2742,  Про внесення змiн в рішення Червоноградської мiської ради, виконавчого комітету Червоноградської мiської ради Сілецької сільської ради, Поздимирської сільської ради та Острівської сільської ради</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>60</v>
       </c>
       <c r="E123" t="s">
         <v>50</v>
       </c>
       <c r="F123">
         <v>22</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>0</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>52</v>
@@ -18718,55 +18716,55 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
-          <t>2743Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки в м. Червонограді на вулиці С. Бандери, 62</t>
+          <t>ID - 2743,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки в м. Червонограді на вулиці С. Бандери, 62</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>60</v>
       </c>
       <c r="E124" t="s">
         <v>50</v>
       </c>
       <c r="F124">
         <v>22</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124">
         <v>0</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>52</v>
@@ -18863,54 +18861,54 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="C125" t="s" s="4">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D125" t="s">
         <v>60</v>
       </c>
       <c r="E125" t="s">
         <v>50</v>
       </c>
       <c r="F125">
         <v>23</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
         <v>0</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>52</v>
       </c>
@@ -19006,55 +19004,55 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>2745​​​​​​​Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2745,  ​​​​​​​Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>62</v>
       </c>
       <c r="E126" t="s">
         <v>50</v>
       </c>
       <c r="F126">
         <v>23</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126">
         <v>0</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>52</v>
@@ -19151,55 +19149,55 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>27464. Громадянам та розробникам документацій із землеустрою забезпечити державну реєстрацію земельних ділянок в національній кадастровій системі. Розробленi проекти землеустрою щодо вiдведення земельних ділянок подати на затвердження Червоноградській міській раді.</t>
+          <t>ID - 2746,  4. Громадянам та розробникам документацій із землеустрою забезпечити державну реєстрацію земельних ділянок в національній кадастровій системі. Розробленi проекти землеустрою щодо вiдведення земельних ділянок подати на затвердження Червоноградській міській раді.</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>49</v>
       </c>
       <c r="E127" t="s">
         <v>50</v>
       </c>
       <c r="F127">
         <v>21</v>
       </c>
       <c r="G127">
         <v>0</v>
       </c>
       <c r="H127">
         <v>0</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>52</v>
@@ -19296,55 +19294,55 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>2747​​​​​​​Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2747,  ​​​​​​​Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>65</v>
       </c>
       <c r="E128" t="s">
         <v>50</v>
       </c>
       <c r="F128">
         <v>22</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128">
         <v>0</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>52</v>
@@ -19441,55 +19439,55 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
-          <t>2748Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для обслуговування свердловин Борятинського водозабору на території Червоноградської міської ради</t>
+          <t>ID - 2748,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для обслуговування свердловин Борятинського водозабору на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>60</v>
       </c>
       <c r="E129" t="s">
         <v>50</v>
       </c>
       <c r="F129">
         <v>23</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129">
         <v>0</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>52</v>
@@ -19586,55 +19584,55 @@
       </c>
       <c r="AP129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>2749​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
+          <t>ID - 2749,  ​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>62</v>
       </c>
       <c r="E130" t="s">
         <v>50</v>
       </c>
       <c r="F130">
         <v>22</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
         <v>0</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>52</v>
@@ -19731,54 +19729,54 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C131" t="s" s="4">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D131" t="s">
         <v>49</v>
       </c>
       <c r="E131" t="s">
         <v>50</v>
       </c>
       <c r="F131">
         <v>23</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>52</v>
       </c>
@@ -19874,54 +19872,54 @@
       </c>
       <c r="AP131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C132" t="s" s="4">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D132" t="s">
         <v>49</v>
       </c>
       <c r="E132" t="s">
         <v>50</v>
       </c>
       <c r="F132">
         <v>23</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132">
         <v>0</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>52</v>
       </c>
@@ -20017,55 +20015,55 @@
       </c>
       <c r="AP132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
-          <t>2752ЗА п.2 надати дозвіл громадянці Бойко Тетяні Степанівні на виготовлення проекту землеустрою</t>
+          <t>ID - 2752,  ЗА п.2 надати дозвіл громадянці Бойко Тетяні Степанівні на виготовлення проекту землеустрою</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>49</v>
       </c>
       <c r="E133" t="s">
         <v>78</v>
       </c>
       <c r="F133">
         <v>13</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
         <v>6</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>52</v>
@@ -20162,55 +20160,55 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>2753За п.3 Надати дозвіл Товариству з обмеженою відповідальністю «Аграрні технології України» і Приватному підприємству «Соріс» </t>
+          <t>ID - 2753,  За п.3 Надати дозвіл Товариству з обмеженою відповідальністю «Аграрні технології України» і Приватному підприємству «Соріс» </t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>49</v>
       </c>
       <c r="E134" t="s">
         <v>78</v>
       </c>
       <c r="F134">
         <v>8</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
         <v>8</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>52</v>
@@ -20307,55 +20305,55 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C135" t="inlineStr" s="4">
         <is>
-          <t>2754​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
+          <t>ID - 2754,  ​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
         </is>
       </c>
       <c r="D135" t="s">
         <v>65</v>
       </c>
       <c r="E135" t="s">
         <v>50</v>
       </c>
       <c r="F135">
         <v>23</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135">
         <v>0</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>52</v>
@@ -20452,55 +20450,55 @@
       </c>
       <c r="AP135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
-          <t>2755Про розгляд клопотань громадян Городецької Світлани Михайлівни, Риндик Наталії Іванівні</t>
+          <t>ID - 2755,  Про розгляд клопотань громадян Городецької Світлани Михайлівни, Риндик Наталії Іванівні</t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>60</v>
       </c>
       <c r="E136" t="s">
         <v>50</v>
       </c>
       <c r="F136">
         <v>24</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
         <v>0</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>52</v>
@@ -20597,55 +20595,55 @@
       </c>
       <c r="AP136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
-          <t>2756Про розгляд клопотання Відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
+          <t>ID - 2756,  Про розгляд клопотання Відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>60</v>
       </c>
       <c r="E137" t="s">
         <v>50</v>
       </c>
       <c r="F137">
         <v>24</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137">
         <v>0</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>52</v>
@@ -20742,54 +20740,54 @@
       </c>
       <c r="AP137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C138" t="s" s="4">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D138" t="s">
         <v>60</v>
       </c>
       <c r="E138" t="s">
         <v>50</v>
       </c>
       <c r="F138">
         <v>24</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138">
         <v>0</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>52</v>
       </c>
@@ -20885,54 +20883,54 @@
       </c>
       <c r="AP138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C139" t="s" s="4">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D139" t="s">
         <v>62</v>
       </c>
       <c r="E139" t="s">
         <v>50</v>
       </c>
       <c r="F139">
         <v>22</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139">
         <v>1</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>79</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>52</v>
       </c>
@@ -21028,54 +21026,54 @@
       </c>
       <c r="AP139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C140" t="s" s="4">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D140" t="s">
         <v>49</v>
       </c>
       <c r="E140" t="s">
         <v>78</v>
       </c>
       <c r="F140">
         <v>12</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140">
         <v>1</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>52</v>
       </c>
@@ -21171,54 +21169,54 @@
       </c>
       <c r="AP140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C141" t="s" s="4">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D141" t="s">
         <v>49</v>
       </c>
       <c r="E141" t="s">
         <v>50</v>
       </c>
       <c r="F141">
         <v>22</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>52</v>
       </c>
@@ -21314,54 +21312,54 @@
       </c>
       <c r="AP141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C142" t="s" s="4">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D142" t="s">
         <v>49</v>
       </c>
       <c r="E142" t="s">
         <v>78</v>
       </c>
       <c r="F142">
         <v>13</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142">
         <v>4</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>79</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>53</v>
       </c>
@@ -21457,54 +21455,54 @@
       </c>
       <c r="AP142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C143" t="s" s="4">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D143" t="s">
         <v>49</v>
       </c>
       <c r="E143" t="s">
         <v>78</v>
       </c>
       <c r="F143">
         <v>6</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
         <v>2</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>53</v>
       </c>
@@ -21600,54 +21598,54 @@
       </c>
       <c r="AP143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C144" t="s" s="4">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D144" t="s">
         <v>49</v>
       </c>
       <c r="E144" t="s">
         <v>78</v>
       </c>
       <c r="F144">
         <v>15</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144">
         <v>3</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>79</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>53</v>
       </c>
@@ -21743,55 +21741,55 @@
       </c>
       <c r="AP144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>2765п.2 Продовжити громадянці Гомонко Катерині Іванівні на 10 (десять) років термін оренди земельної </t>
+          <t>ID - 2765,  п.2 Продовжити громадянці Гомонко Катерині Іванівні на 10 (десять) років термін оренди земельної </t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>49</v>
       </c>
       <c r="E145" t="s">
         <v>50</v>
       </c>
       <c r="F145">
         <v>24</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145">
         <v>0</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>52</v>
@@ -21888,55 +21886,55 @@
       </c>
       <c r="AP145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>27663. Продовжити громадянину Якубук Володимиру Павловичу на 10 (десять) років термін оренди земельної дiлянки площею</t>
+          <t>ID - 2766,  3. Продовжити громадянину Якубук Володимиру Павловичу на 10 (десять) років термін оренди земельної дiлянки площею</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>49</v>
       </c>
       <c r="E146" t="s">
         <v>50</v>
       </c>
       <c r="F146">
         <v>22</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146">
         <v>0</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>52</v>
@@ -22033,55 +22031,55 @@
       </c>
       <c r="AP146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C147" t="inlineStr" s="4">
         <is>
-          <t>2767 4. Продовжити громадянці Вавринчук Надії Миколаївні на 10 (десять) років термін оренди земельної дiлянки площею 0,0238 га для ведення городництва, (код КВЦПЗД - 01.07 - для городництва), в м. Червонограді на вул. Кн. Ольги, навпроти будинку №38, встановивши річну орендну плату за земельну ділянку 3 % від її нормативної грошової оцінки. </t>
+          <t>ID - 2767,   4. Продовжити громадянці Вавринчук Надії Миколаївні на 10 (десять) років термін оренди земельної дiлянки площею 0,0238 га для ведення городництва, (код КВЦПЗД - 01.07 - для городництва), в м. Червонограді на вул. Кн. Ольги, навпроти будинку №38, встановивши річну орендну плату за земельну ділянку 3 % від її нормативної грошової оцінки. </t>
         </is>
       </c>
       <c r="D147" t="s">
         <v>49</v>
       </c>
       <c r="E147" t="s">
         <v>50</v>
       </c>
       <c r="F147">
         <v>23</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147">
         <v>0</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>52</v>
@@ -22178,54 +22176,54 @@
       </c>
       <c r="AP147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU147" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C148" t="s" s="4">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D148" t="s">
         <v>65</v>
       </c>
       <c r="E148" t="s">
         <v>50</v>
       </c>
       <c r="F148">
         <v>24</v>
       </c>
       <c r="G148">
         <v>0</v>
       </c>
       <c r="H148">
         <v>0</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>52</v>
       </c>
@@ -22321,54 +22319,54 @@
       </c>
       <c r="AP148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C149" t="s" s="4">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D149" t="s">
         <v>60</v>
       </c>
       <c r="E149" t="s">
         <v>50</v>
       </c>
       <c r="F149">
         <v>23</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149">
         <v>0</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>52</v>
       </c>
@@ -22464,55 +22462,55 @@
       </c>
       <c r="AP149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C150" t="inlineStr" s="4">
         <is>
-          <t>2770Про припинення права постійного користування земельними ділянками Комунальним підприємством «Червонограджитлокомунсервіс» в м. Червонограді</t>
+          <t>ID - 2770,  Про припинення права постійного користування земельними ділянками Комунальним підприємством «Червонограджитлокомунсервіс» в м. Червонограді</t>
         </is>
       </c>
       <c r="D150" t="s">
         <v>60</v>
       </c>
       <c r="E150" t="s">
         <v>50</v>
       </c>
       <c r="F150">
         <v>23</v>
       </c>
       <c r="G150">
         <v>0</v>
       </c>
       <c r="H150">
         <v>0</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>52</v>
@@ -22609,54 +22607,54 @@
       </c>
       <c r="AP150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C151" t="s" s="4">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D151" t="s">
         <v>60</v>
       </c>
       <c r="E151" t="s">
         <v>50</v>
       </c>
       <c r="F151">
         <v>21</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151">
         <v>0</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>51</v>
       </c>
@@ -22752,54 +22750,54 @@
       </c>
       <c r="AP151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU151" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C152" t="s" s="4">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D152" t="s">
         <v>60</v>
       </c>
       <c r="E152" t="s">
         <v>50</v>
       </c>
       <c r="F152">
         <v>22</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152">
         <v>0</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>51</v>
       </c>
@@ -22895,54 +22893,54 @@
       </c>
       <c r="AP152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU152" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C153" t="s" s="4">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D153" t="s">
         <v>60</v>
       </c>
       <c r="E153" t="s">
         <v>50</v>
       </c>
       <c r="F153">
         <v>22</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153">
         <v>0</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>51</v>
       </c>
@@ -23038,55 +23036,55 @@
       </c>
       <c r="AP153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU153" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C154" t="inlineStr" s="4">
         <is>
-          <t>2775Про розгляд клопотання Об’єднання співвласників багатоквартирного будинку «Біля Нептуна»</t>
+          <t>ID - 2775,  Про розгляд клопотання Об’єднання співвласників багатоквартирного будинку «Біля Нептуна»</t>
         </is>
       </c>
       <c r="D154" t="s">
         <v>60</v>
       </c>
       <c r="E154" t="s">
         <v>50</v>
       </c>
       <c r="F154">
         <v>22</v>
       </c>
       <c r="G154">
         <v>0</v>
       </c>
       <c r="H154">
         <v>0</v>
       </c>
       <c r="I154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>51</v>
@@ -23183,54 +23181,54 @@
       </c>
       <c r="AP154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU154" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C155" t="s" s="4">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D155" t="s">
         <v>60</v>
       </c>
       <c r="E155" t="s">
         <v>78</v>
       </c>
       <c r="F155">
         <v>18</v>
       </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155">
         <v>1</v>
       </c>
       <c r="I155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>51</v>
       </c>
@@ -23326,55 +23324,55 @@
       </c>
       <c r="AP155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU155" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C156" t="inlineStr" s="4">
         <is>
-          <t>2779​​​​​​​Про зняття з балансу Комунального підприємства «Черовонограджитлокомунсервіс» землевпорядних документацiй i передачу їх Виконавчого комiтету Червоноградської мiської ради</t>
+          <t>ID - 2779,  ​​​​​​​Про зняття з балансу Комунального підприємства «Черовонограджитлокомунсервіс» землевпорядних документацiй i передачу їх Виконавчого комiтету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D156" t="s">
         <v>60</v>
       </c>
       <c r="E156" t="s">
         <v>50</v>
       </c>
       <c r="F156">
         <v>23</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156">
         <v>0</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>51</v>
@@ -23471,55 +23469,55 @@
       </c>
       <c r="AP156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU156" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C157" t="inlineStr" s="4">
         <is>
-          <t>2780Про надання дозволу на розроблення  технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 2780,  Про надання дозволу на розроблення  технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D157" t="s">
         <v>60</v>
       </c>
       <c r="E157" t="s">
         <v>50</v>
       </c>
       <c r="F157">
         <v>23</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157">
         <v>0</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>51</v>
@@ -23616,54 +23614,54 @@
       </c>
       <c r="AP157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="C158" t="s" s="4">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D158" t="s">
         <v>60</v>
       </c>
       <c r="E158" t="s">
         <v>78</v>
       </c>
       <c r="F158">
         <v>17</v>
       </c>
       <c r="G158">
         <v>1</v>
       </c>
       <c r="H158">
         <v>2</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>79</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>51</v>
       </c>
@@ -23759,54 +23757,54 @@
       </c>
       <c r="AP158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>73</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU158" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C159" t="s" s="4">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D159" t="s">
         <v>60</v>
       </c>
       <c r="E159" t="s">
         <v>50</v>
       </c>
       <c r="F159">
         <v>22</v>
       </c>
       <c r="G159">
         <v>0</v>
       </c>
       <c r="H159">
         <v>0</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>51</v>
       </c>