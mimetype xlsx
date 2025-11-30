--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,120 +35,120 @@
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Zalivskyy Andriy Ivanovych</t>
+  </si>
+  <si>
+    <t>Lyakhovskyy Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Hamanyuk Vitaliy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Maydanovych Sofiya Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Dmukhovskyy Stepan Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Hamanyuk Volodymyr Hryhorovych</t>
+  </si>
+  <si>
+    <t>Lishchynskyy Bohdan Stepanovych</t>
+  </si>
+  <si>
+    <t>Hrasulov Oleksandr Olehovych</t>
+  </si>
+  <si>
+    <t>Kudryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Stelmakh Oleh Ihorovych</t>
+  </si>
+  <si>
+    <t>Musiy Oleh Ihorovych</t>
+  </si>
+  <si>
+    <t>Lapets Mykhaylo Romanovych</t>
+  </si>
+  <si>
+    <t>Ostapyuk Petro Petrovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Kruk Halyna Vasylivna</t>
+  </si>
+  <si>
+    <t>Ryndyk Vitaliy Bohdanovych</t>
+  </si>
+  <si>
+    <t>Yakymchuk Serhiy Stepanovych</t>
+  </si>
+  <si>
+    <t>Pylypchuk Petro Pavlovych</t>
+  </si>
+  <si>
+    <t>Pushchyk Myroslav Stepanovych</t>
+  </si>
+  <si>
+    <t>Zapisotskyy Roman Vasylovych</t>
+  </si>
+  <si>
+    <t>Voytovych Andriy Serhiyovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Vasylyshyn Petro Stefanovych</t>
-  </si>
-[...67 lines deleted...]
-    <t>Voytovych Andriy Serhiyovych</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
@@ -670,72 +670,72 @@
       <c r="P2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>53</v>
       </c>
@@ -814,72 +814,72 @@
       <c r="P3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>53</v>
       </c>
@@ -960,72 +960,72 @@
       <c r="P4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>53</v>
       </c>
@@ -1106,72 +1106,72 @@
       <c r="P5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>53</v>
       </c>
@@ -1252,72 +1252,72 @@
       <c r="P6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM6" t="s" s="5">
         <v>53</v>
       </c>
@@ -1398,72 +1398,72 @@
       <c r="P7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM7" t="s" s="5">
         <v>53</v>
       </c>
@@ -1544,72 +1544,72 @@
       <c r="P8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM8" t="s" s="5">
         <v>53</v>
       </c>
@@ -1690,72 +1690,72 @@
       <c r="P9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM9" t="s" s="5">
         <v>53</v>
       </c>
@@ -1836,72 +1836,72 @@
       <c r="P10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM10" t="s" s="5">
         <v>53</v>
       </c>
@@ -1982,72 +1982,72 @@
       <c r="P11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM11" t="s" s="5">
         <v>53</v>
       </c>
@@ -2128,72 +2128,72 @@
       <c r="P12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM12" t="s" s="5">
         <v>53</v>
       </c>
@@ -2272,72 +2272,72 @@
       <c r="P13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM13" t="s" s="5">
         <v>53</v>
       </c>
@@ -2416,72 +2416,72 @@
       <c r="P14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM14" t="s" s="5">
         <v>53</v>
       </c>
@@ -2562,72 +2562,72 @@
       <c r="P15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM15" t="s" s="5">
         <v>53</v>
       </c>
@@ -2708,72 +2708,72 @@
       <c r="P16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM16" t="s" s="5">
         <v>53</v>
       </c>
@@ -2837,87 +2837,87 @@
       <c r="K17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S17" t="s" s="5">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM17" t="s" s="5">
         <v>53</v>
       </c>
@@ -2998,72 +2998,72 @@
       <c r="P18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM18" t="s" s="5">
         <v>53</v>
       </c>
@@ -3144,72 +3144,72 @@
       <c r="P19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM19" t="s" s="5">
         <v>53</v>
       </c>
@@ -3288,72 +3288,72 @@
       <c r="P20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM20" t="s" s="5">
         <v>53</v>
       </c>
@@ -3434,72 +3434,72 @@
       <c r="P21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM21" t="s" s="5">
         <v>53</v>
       </c>
@@ -3580,72 +3580,72 @@
       <c r="P22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM22" t="s" s="5">
         <v>53</v>
       </c>
@@ -3726,72 +3726,72 @@
       <c r="P23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM23" t="s" s="5">
         <v>53</v>
       </c>
@@ -3872,72 +3872,72 @@
       <c r="P24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM24" t="s" s="5">
         <v>53</v>
       </c>
@@ -4018,72 +4018,72 @@
       <c r="P25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z25" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA25" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM25" t="s" s="5">
         <v>53</v>
       </c>
@@ -4164,72 +4164,72 @@
       <c r="P26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM26" t="s" s="5">
         <v>53</v>
       </c>
@@ -4310,72 +4310,72 @@
       <c r="P27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC27" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM27" t="s" s="5">
         <v>53</v>
       </c>
@@ -4456,72 +4456,72 @@
       <c r="P28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM28" t="s" s="5">
         <v>53</v>
       </c>
@@ -4570,102 +4570,102 @@
       <c r="F29">
         <v>32</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N29" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S29" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM29" t="s" s="5">
         <v>53</v>
       </c>
@@ -4744,72 +4744,72 @@
       <c r="P30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC30" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM30" t="s" s="5">
         <v>53</v>
       </c>
@@ -4846,114 +4846,114 @@
       <c r="B31" t="s">
         <v>95</v>
       </c>
       <c r="C31" t="s" s="4">
         <v>96</v>
       </c>
       <c r="D31" t="s">
         <v>50</v>
       </c>
       <c r="E31" t="s">
         <v>51</v>
       </c>
       <c r="F31">
         <v>22</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="K31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="L31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="M31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="N31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="O31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Q31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U31" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="K31" t="s" s="5">
+      <c r="V31" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="L31" t="s" s="5">
-[...2 lines deleted...]
-      <c r="M31" t="s" s="5">
+      <c r="W31" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="N31" t="s" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="X31" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y31" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z31" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="Z31" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AA31" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC31" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE31" t="s" s="5">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>53</v>
       </c>
@@ -5034,72 +5034,72 @@
       <c r="P32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC32" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM32" t="s" s="5">
         <v>53</v>
       </c>
@@ -5178,72 +5178,72 @@
       <c r="P33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y33" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC33" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM33" t="s" s="5">
         <v>53</v>
       </c>
@@ -5324,72 +5324,72 @@
       <c r="P34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y34" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC34" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM34" t="s" s="5">
         <v>53</v>
       </c>
@@ -5429,111 +5429,111 @@
       <c r="C35" t="s" s="4">
         <v>102</v>
       </c>
       <c r="D35" t="s">
         <v>73</v>
       </c>
       <c r="E35" t="s">
         <v>51</v>
       </c>
       <c r="F35">
         <v>32</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC35" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM35" t="s" s="5">
         <v>53</v>
       </c>
@@ -5614,72 +5614,72 @@
       <c r="P36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM36" t="s" s="5">
         <v>53</v>
       </c>
@@ -5721,114 +5721,114 @@
           <t>1350Про звернення Червоноградської мiської ради щодо неприпустимості зростання цін на постачання та розподіл електричної енергії, постачання природного газу та розподіл природного газу</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>57</v>
       </c>
       <c r="E37" t="s">
         <v>51</v>
       </c>
       <c r="F37">
         <v>33</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD37" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN37" t="s" s="5">
         <v>52</v>
       </c>
@@ -5867,114 +5867,114 @@
           <t>1351Про звернення Червоноградської мiської ради щодо збільшення видатків на виплату пільг і житлових субсидій громадянам на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у зв’язку з підвищенням тарифів на житлово-комунальні послуги</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>67</v>
       </c>
       <c r="E38" t="s">
         <v>51</v>
       </c>
       <c r="F38">
         <v>33</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN38" t="s" s="5">
         <v>52</v>
       </c>
@@ -6010,117 +6010,117 @@
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>1352вилучити `Коли діяла прозора формула «Роттердам плюс», українці мали найнижчий тариф на електрику в Європі. Але формулою були вкрай незадоволені феросплавні заводи Коломойського, який розв&amp;#39;язав справжню війну проти цього. Негативні наслідки цієї війни даються взнаки лише тепер.`</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>50</v>
       </c>
       <c r="E39" t="s">
         <v>51</v>
       </c>
       <c r="F39">
         <v>32</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="K39" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="L39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="M39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="N39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="O39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Q39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V39" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="K39" t="s" s="5">
-[...34 lines deleted...]
-      </c>
       <c r="W39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN39" t="s" s="5">
         <v>52</v>
       </c>
@@ -6159,114 +6159,114 @@
           <t>1353Про звернення Червоноградської мiської ради щодо збільшення видатків на виплату пільг і житлових субсидій громадянам на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у зв’язку з підвищенням тарифів на житлово-комунальні послуги</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>73</v>
       </c>
       <c r="E40" t="s">
         <v>51</v>
       </c>
       <c r="F40">
         <v>33</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN40" t="s" s="5">
         <v>52</v>
       </c>