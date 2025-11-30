--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,120 +35,120 @@
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Zalivskyy Andriy Ivanovych</t>
+  </si>
+  <si>
+    <t>Lyakhovskyy Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Hamanyuk Vitaliy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Maydanovych Sofiya Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Dmukhovskyy Stepan Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Hamanyuk Volodymyr Hryhorovych</t>
+  </si>
+  <si>
+    <t>Lishchynskyy Bohdan Stepanovych</t>
+  </si>
+  <si>
+    <t>Hrasulov Oleksandr Olehovych</t>
+  </si>
+  <si>
+    <t>Kudryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Stelmakh Oleh Ihorovych</t>
+  </si>
+  <si>
+    <t>Musiy Oleh Ihorovych</t>
+  </si>
+  <si>
+    <t>Lapets Mykhaylo Romanovych</t>
+  </si>
+  <si>
+    <t>Ostapyuk Petro Petrovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Kruk Halyna Vasylivna</t>
+  </si>
+  <si>
+    <t>Ryndyk Vitaliy Bohdanovych</t>
+  </si>
+  <si>
+    <t>Yakymchuk Serhiy Stepanovych</t>
+  </si>
+  <si>
+    <t>Pylypchuk Petro Pavlovych</t>
+  </si>
+  <si>
+    <t>Pushchyk Myroslav Stepanovych</t>
+  </si>
+  <si>
+    <t>Zapisotskyy Roman Vasylovych</t>
+  </si>
+  <si>
+    <t>Voytovych Andriy Serhiyovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Vasylyshyn Petro Stefanovych</t>
-  </si>
-[...67 lines deleted...]
-    <t>Voytovych Andriy Serhiyovych</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
@@ -702,99 +702,99 @@
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="s" s="4">
         <v>48</v>
       </c>
       <c r="D2" t="s">
         <v>49</v>
       </c>
       <c r="E2" t="s">
         <v>50</v>
       </c>
       <c r="F2">
         <v>34</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>51</v>
       </c>
@@ -847,99 +847,99 @@
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>1247Про реорганiзацiю виконавчого комітету Соснiвської мiської ради шляхом приєднання до виконавчого комітету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3">
         <v>33</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>51</v>
       </c>
@@ -989,102 +989,102 @@
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>1248додаток №1 ` міський голова з правом першого підпису банківських казначенських документів` Жарська право другого підпису</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>30</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>51</v>
       </c>
@@ -1134,102 +1134,102 @@
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>1249Про реорганiзацiю виконавчого комітету Соснiвської мiської ради шляхом приєднання до виконавчого комітету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>32</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>51</v>
       </c>
@@ -1282,99 +1282,99 @@
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>1250Про реорганізацію виконавчого комітету Гірницької селищної ради шляхом приєднання до виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>32</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>51</v>
       </c>
@@ -1424,102 +1424,102 @@
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>1251додаток №1 ` голова комісії- міський голова з правом першого підпису банківських казначенських документів` Пелех К.М. право другого підпису</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>30</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="J7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="O7" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>51</v>
       </c>
@@ -1569,102 +1569,102 @@
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>1252Про реорганізацію виконавчого комітету Гірницької селищної ради шляхом приєднання до виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>59</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8">
         <v>30</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="J8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="O8" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V8" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>51</v>
       </c>
@@ -1715,99 +1715,99 @@
       <c r="B9" t="s">
         <v>63</v>
       </c>
       <c r="C9" t="s" s="4">
         <v>64</v>
       </c>
       <c r="D9" t="s">
         <v>49</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>32</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V9" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>51</v>
       </c>
@@ -1858,99 +1858,99 @@
       <c r="B10" t="s">
         <v>65</v>
       </c>
       <c r="C10" t="s" s="4">
         <v>66</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10">
         <v>32</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V10" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>51</v>
       </c>
@@ -2001,99 +2001,99 @@
       <c r="B11" t="s">
         <v>67</v>
       </c>
       <c r="C11" t="s" s="4">
         <v>68</v>
       </c>
       <c r="D11" t="s">
         <v>49</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>32</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>51</v>
       </c>
@@ -2144,99 +2144,99 @@
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="s" s="4">
         <v>70</v>
       </c>
       <c r="D12" t="s">
         <v>54</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12">
         <v>34</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>51</v>
       </c>
@@ -2289,99 +2289,99 @@
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>1257Правки до рішення «Про бюджет Червоноградської міської територіальної громади на 2021 рік»:   1.Доповнити пункт 20 наступним абзацом: «Передбачити кошти на оплату праці і нарахування на заробітну плату працівникам сільських, селищної та міської рад, що припинили свої повноваження, і територія яких включена до Червоноградської міської територіальної громади.»   2.Внести зміни в додатки №3, №5, №6, зменшивши видатки спеціального фонду бюджету розвитку передбачені на   капітальний ремонт дороги по вул.Львівська в м.Червоноград Львівської області. Коригування. в сумі 100,0 тис.грн. та спрямувати їх на об’єкт «Будівництво дитячого садка-ясел на 90 місць в с.Сілець Сокальського району Львівської області» Коригування.   3. В зв’язку з внесеними Верховною Радою України змінами до Бюджетного Кодексу України щодо зарахування акцизного податку з палива до місцевих бюджетів пропонується збільшити обсяг доходів та видатків на суму 10 500,0 тис.грн та спрямувати їх на видатки по ремонту доріг територіальної громади: - м.Соснівка – 1 000,0 тис.грн.: Вул.Шашкевича –</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13">
         <v>34</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>51</v>
       </c>
@@ -2434,99 +2434,99 @@
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>1258Перемісти асигнування що передбачені по закладам охорони здоров&amp;#39;я з виконавчого комітету на фінансове управління</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>57</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14">
         <v>34</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>51</v>
       </c>
@@ -2577,99 +2577,99 @@
       <c r="B15" t="s">
         <v>73</v>
       </c>
       <c r="C15" t="s" s="4">
         <v>74</v>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15">
         <v>34</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>51</v>
       </c>
@@ -2720,105 +2720,105 @@
       <c r="B16" t="s">
         <v>75</v>
       </c>
       <c r="C16" t="s" s="4">
         <v>76</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16">
         <v>30</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>52</v>
       </c>
@@ -2865,99 +2865,99 @@
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>1261Про збереження середньої заробітної плати звільненим головам та секретарям сільських, селищної та міської рад</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17">
         <v>30</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O17" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="P17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>51</v>
       </c>
@@ -3010,99 +3010,99 @@
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>1262Добавити у додаток:  Гриб Оксана Петрівна Майбук Юлія Вкасилівна Климчук Андрій Мар’янович Саїв Володимир Петрович Дзюба Марія Іванівна  </t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18">
         <v>25</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>5</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O18" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="P18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T18" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>51</v>
       </c>
@@ -3155,99 +3155,99 @@
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>1263Про збереження середньої заробітної плати звільненим головам та секретарям сільських, селищної та міської рад</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>59</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19">
         <v>31</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O19" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="P19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T19" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>51</v>
       </c>
@@ -3298,99 +3298,99 @@
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="s" s="4">
         <v>82</v>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20">
         <v>32</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>51</v>
       </c>
@@ -3443,108 +3443,108 @@
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>1265Про звернення Червоноградської міської ради до державного підприємства «Львіввугілля» щодо передачі приміщення першого поверху буд. 23 по вул. Стуса у м. Червоноград</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>49</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21">
         <v>31</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC21" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>51</v>
       </c>
@@ -3586,108 +3586,108 @@
       <c r="B22" t="s">
         <v>84</v>
       </c>
       <c r="C22" t="s" s="4">
         <v>85</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22">
         <v>30</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC22" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK22" t="s" s="5">
         <v>51</v>
       </c>
@@ -3731,99 +3731,99 @@
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>1267Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23">
         <v>29</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M23" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R23" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>51</v>
       </c>
@@ -3874,99 +3874,99 @@
       <c r="B24" t="s">
         <v>87</v>
       </c>
       <c r="C24" t="s" s="4">
         <v>88</v>
       </c>
       <c r="D24" t="s">
         <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24">
         <v>28</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L24" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M24" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="N24" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O24" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="P24" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q24" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R24" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="M24" t="s" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="S24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>51</v>
       </c>
@@ -4016,120 +4016,120 @@
       </c>
       <c r="B25" t="s">
         <v>89</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>1269Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25">
         <v>29</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M25" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R25" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V25" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF25" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL25" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN25" t="s" s="5">
         <v>51</v>
       </c>
@@ -4164,99 +4164,99 @@
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>1270Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ПАТ «Львівська вугільна компанія»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>49</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26">
         <v>30</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>51</v>
       </c>
@@ -4309,99 +4309,99 @@
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>1271Про затвердження статуту комунального пiдприємства «Червонограджитлокомунсервiс» в новiй редакцiї</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>49</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>30</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>51</v>
       </c>
@@ -4454,99 +4454,99 @@
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>1272Про затвердження «Програми охорони навколишнього природного середовища Червоноградської мiської ради Червоноградського району Львівської області на 2021-2023 роки»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>49</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28">
         <v>30</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>51</v>
       </c>
@@ -4599,99 +4599,99 @@
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>1273Про затвердження Програми полiпшення системи транскордонного захисту навколишнього середовища в мерiї Ксєнжполь у Польщi та в м.Червоноград в Українi через розвиток каналiзацiйної iнфраструктури на 2021 рiк</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>49</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29">
         <v>31</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P29" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>51</v>
       </c>
@@ -4744,105 +4744,105 @@
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>1274Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>54</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30">
         <v>30</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ30" t="s" s="5">
         <v>52</v>
       </c>
@@ -4887,105 +4887,105 @@
       <c r="B31" t="s">
         <v>95</v>
       </c>
       <c r="C31" t="s" s="4">
         <v>96</v>
       </c>
       <c r="D31" t="s">
         <v>57</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31">
         <v>29</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K31" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P31" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V31" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB31" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>52</v>
       </c>
@@ -5027,108 +5027,108 @@
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>97</v>
       </c>
       <c r="C32" t="s" s="4">
         <v>98</v>
       </c>
       <c r="D32" t="s">
         <v>57</v>
       </c>
       <c r="E32" t="s">
         <v>99</v>
       </c>
       <c r="F32">
         <v>7</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>5</v>
       </c>
       <c r="I32" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="K32" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="L32" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="M32" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="N32" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="O32" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="P32" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q32" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R32" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="M32" t="s" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="S32" t="s" s="5">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="T32" t="s" s="5">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="U32" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="V32" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AB32" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>52</v>
       </c>
@@ -5175,105 +5175,105 @@
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>1277Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>59</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33">
         <v>30</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>52</v>
       </c>
@@ -5318,105 +5318,105 @@
       <c r="B34" t="s">
         <v>101</v>
       </c>
       <c r="C34" t="s" s="4">
         <v>102</v>
       </c>
       <c r="D34" t="s">
         <v>49</v>
       </c>
       <c r="E34" t="s">
         <v>50</v>
       </c>
       <c r="F34">
         <v>30</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>52</v>
       </c>
@@ -5463,105 +5463,105 @@
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>1279Про безоплатне прийняття з комунальної власності Соснівської міської ради, Волсвинської сільської ради об’єктів, земельних ділянок та майна закладів дошкільної освіти на баланс Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>49</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
         <v>30</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>52</v>
       </c>
@@ -5608,105 +5608,105 @@
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>1280Про безоплатне прийняття з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради об’єктів та майна закладів культури на баланс Червоноград- ської міської ради</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>54</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
         <v>29</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>52</v>
       </c>
@@ -5753,105 +5753,105 @@
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>1281Редакційні правки озвучені Земницькою Н.В. щодо правильності посади, назви органів управління</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>57</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>28</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>52</v>
       </c>
@@ -5898,105 +5898,105 @@
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>1282Про безоплатне прийняття з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради об’єктів та майна закладів культури на баланс Червоноград- ської міської ради</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>59</v>
       </c>
       <c r="E38" t="s">
         <v>50</v>
       </c>
       <c r="F38">
         <v>30</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V38" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB38" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>52</v>
       </c>
@@ -6041,105 +6041,105 @@
       <c r="B39" t="s">
         <v>107</v>
       </c>
       <c r="C39" t="s" s="4">
         <v>108</v>
       </c>
       <c r="D39" t="s">
         <v>49</v>
       </c>
       <c r="E39" t="s">
         <v>50</v>
       </c>
       <c r="F39">
         <v>29</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K39" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P39" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V39" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB39" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>52</v>
       </c>
@@ -6184,105 +6184,105 @@
       <c r="B40" t="s">
         <v>109</v>
       </c>
       <c r="C40" t="s" s="4">
         <v>110</v>
       </c>
       <c r="D40" t="s">
         <v>49</v>
       </c>
       <c r="E40" t="s">
         <v>50</v>
       </c>
       <c r="F40">
         <v>31</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K40" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V40" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB40" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>52</v>
       </c>
@@ -6329,105 +6329,105 @@
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>1285Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>49</v>
       </c>
       <c r="E41" t="s">
         <v>50</v>
       </c>
       <c r="F41">
         <v>31</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ41" t="s" s="5">
         <v>52</v>
       </c>
@@ -6472,105 +6472,105 @@
       <c r="B42" t="s">
         <v>112</v>
       </c>
       <c r="C42" t="s" s="4">
         <v>113</v>
       </c>
       <c r="D42" t="s">
         <v>49</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42">
         <v>31</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>52</v>
       </c>
@@ -6617,105 +6617,105 @@
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>1287Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>49</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
       <c r="F43">
         <v>31</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>52</v>
       </c>
@@ -6757,120 +6757,120 @@
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>115</v>
       </c>
       <c r="C44" t="s" s="4">
         <v>116</v>
       </c>
       <c r="D44" t="s">
         <v>49</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>28</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>2</v>
       </c>
       <c r="I44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="J44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="K44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="L44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="N44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="P44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="U44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="X44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AA44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AB44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AE44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF44" t="s" s="5">
         <v>79</v>
-      </c>
-[...67 lines deleted...]
-        <v>51</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK44" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AL44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN44" t="s" s="5">
         <v>51</v>
       </c>
@@ -6903,105 +6903,105 @@
       <c r="B45" t="s">
         <v>117</v>
       </c>
       <c r="C45" t="s" s="4">
         <v>118</v>
       </c>
       <c r="D45" t="s">
         <v>54</v>
       </c>
       <c r="E45" t="s">
         <v>50</v>
       </c>
       <c r="F45">
         <v>21</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>7</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T45" t="s" s="5">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V45" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ45" t="s" s="5">
         <v>52</v>
       </c>
@@ -7046,105 +7046,105 @@
       <c r="B46" t="s">
         <v>119</v>
       </c>
       <c r="C46" t="s" s="4">
         <v>120</v>
       </c>
       <c r="D46" t="s">
         <v>57</v>
       </c>
       <c r="E46" t="s">
         <v>50</v>
       </c>
       <c r="F46">
         <v>31</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ46" t="s" s="5">
         <v>52</v>
       </c>
@@ -7186,120 +7186,120 @@
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>121</v>
       </c>
       <c r="C47" t="s" s="4">
         <v>122</v>
       </c>
       <c r="D47" t="s">
         <v>57</v>
       </c>
       <c r="E47" t="s">
         <v>99</v>
       </c>
       <c r="F47">
         <v>5</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>9</v>
       </c>
       <c r="I47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="J47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="K47" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="L47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="M47" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="N47" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="P47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="Q47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="R47" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="J47" t="s" s="5">
-[...5 lines deleted...]
-      <c r="L47" t="s" s="5">
+      <c r="S47" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="M47" t="s" s="5">
-[...19 lines deleted...]
-      </c>
       <c r="T47" t="s" s="5">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V47" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="W47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="X47" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="Z47" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AA47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AC47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AD47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AE47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AF47" t="s" s="5">
         <v>79</v>
-      </c>
-[...25 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AL47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN47" t="s" s="5">
         <v>51</v>
       </c>
@@ -7329,120 +7329,120 @@
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>123</v>
       </c>
       <c r="C48" t="s" s="4">
         <v>124</v>
       </c>
       <c r="D48" t="s">
         <v>57</v>
       </c>
       <c r="E48" t="s">
         <v>50</v>
       </c>
       <c r="F48">
         <v>24</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>2</v>
       </c>
       <c r="I48" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L48" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M48" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="N48" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O48" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="P48" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q48" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R48" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="M48" t="s" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="S48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA48" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AB48" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC48" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE48" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AF48" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AJ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN48" t="s" s="5">
         <v>51</v>
       </c>
@@ -7475,105 +7475,105 @@
       <c r="B49" t="s">
         <v>125</v>
       </c>
       <c r="C49" t="s" s="4">
         <v>126</v>
       </c>
       <c r="D49" t="s">
         <v>57</v>
       </c>
       <c r="E49" t="s">
         <v>50</v>
       </c>
       <c r="F49">
         <v>28</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>3</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ49" t="s" s="5">
         <v>52</v>
       </c>
@@ -7618,105 +7618,105 @@
       <c r="B50" t="s">
         <v>127</v>
       </c>
       <c r="C50" t="s" s="4">
         <v>128</v>
       </c>
       <c r="D50" t="s">
         <v>57</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
         <v>31</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ50" t="s" s="5">
         <v>52</v>
       </c>
@@ -7761,105 +7761,105 @@
       <c r="B51" t="s">
         <v>129</v>
       </c>
       <c r="C51" t="s" s="4">
         <v>130</v>
       </c>
       <c r="D51" t="s">
         <v>59</v>
       </c>
       <c r="E51" t="s">
         <v>50</v>
       </c>
       <c r="F51">
         <v>28</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>3</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ51" t="s" s="5">
         <v>52</v>
       </c>
@@ -7904,105 +7904,105 @@
       <c r="B52" t="s">
         <v>131</v>
       </c>
       <c r="C52" t="s" s="4">
         <v>132</v>
       </c>
       <c r="D52" t="s">
         <v>49</v>
       </c>
       <c r="E52" t="s">
         <v>50</v>
       </c>
       <c r="F52">
         <v>27</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>2</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M52" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P52" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R52" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V52" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB52" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AJ52" t="s" s="5">
         <v>52</v>
       </c>
@@ -8049,105 +8049,105 @@
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>1297Про прийняття у комунальну власність Червоноградської територіальної громади з державної власності земельних ділянок сільськогосподарського призначення</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>49</v>
       </c>
       <c r="E53" t="s">
         <v>50</v>
       </c>
       <c r="F53">
         <v>31</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K53" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P53" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V53" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB53" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ53" t="s" s="5">
         <v>52</v>
       </c>