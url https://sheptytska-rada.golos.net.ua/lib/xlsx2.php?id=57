--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -155,303 +155,297 @@
   <si>
     <t>Simchuk Vasyl Mykhaylovych</t>
   </si>
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Kuziv Nataliya Tarasivna</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Levkun Valentyna Heorhiyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>22.12.20  10:46:52</t>
   </si>
   <si>
-    <t>1246Про депутатськi запити</t>
+    <t>ID - 1246,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>22.12.20  10:48:30</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>22.12.20  10:50:48</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>22.12.20  10:51:46</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>22.12.20  10:52:41</t>
   </si>
   <si>
     <t>22.12.20  10:54:01</t>
   </si>
   <si>
     <t>22.12.20  10:54:33</t>
   </si>
   <si>
     <t>22.12.20  10:58:18</t>
   </si>
   <si>
-    <t>1253Про внесення змін до міського бюджету на 2020 рік</t>
+    <t>ID - 1253,  Про внесення змін до міського бюджету на 2020 рік</t>
   </si>
   <si>
     <t>22.12.20  11:00:00</t>
   </si>
   <si>
-    <t>1254Про внесення змін до міського бюджету Соснівської міської ради на 2020 рік</t>
+    <t>ID - 1254,  Про внесення змін до міського бюджету Соснівської міської ради на 2020 рік</t>
   </si>
   <si>
     <t>22.12.20  11:01:18</t>
   </si>
   <si>
-    <t>1255Про внесення змін до сільського бюджету Межирічанської сільської ради на 2020 рік</t>
+    <t>ID - 1255,  Про внесення змін до сільського бюджету Межирічанської сільської ради на 2020 рік</t>
   </si>
   <si>
     <t>22.12.20  11:25:26</t>
   </si>
   <si>
-    <t>1256Про бюджет Червоноградської міської територіальної громади на 2021 рік</t>
+    <t>ID - 1256,  Про бюджет Червоноградської міської територіальної громади на 2021 рік</t>
   </si>
   <si>
     <t>22.12.20  11:32:26</t>
   </si>
   <si>
     <t>22.12.20  11:34:40</t>
   </si>
   <si>
     <t>22.12.20  11:42:14</t>
   </si>
   <si>
-    <t>1259Про бюджет Червоноградської міської територіальної громади на 2021 рік</t>
+    <t>ID - 1259,  Про бюджет Червоноградської міської територіальної громади на 2021 рік</t>
   </si>
   <si>
     <t>22.12.20  11:45:14</t>
   </si>
   <si>
-    <t>1260Про затвердження положення про вiддiл з питань персоналу</t>
+    <t>ID - 1260,  Про затвердження положення про вiддiл з питань персоналу</t>
   </si>
   <si>
     <t>22.12.20  11:46:40</t>
   </si>
   <si>
     <t>22.12.20  11:49:18</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>22.12.20  11:50:02</t>
   </si>
   <si>
     <t>22.12.20  11:51:34</t>
   </si>
   <si>
-    <t>1264Про затвердження плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2021 рiк</t>
-[...1 lines deleted...]
-  <si>
     <t>22.12.20  11:54:04</t>
   </si>
   <si>
     <t>22.12.20  11:56:14</t>
   </si>
   <si>
-    <t>1266Про внесення змін у рішення Червоноградської міської ради від 10.12.2020 р. №12-№18</t>
+    <t>ID - 1266,  Про внесення змін у рішення Червоноградської міської ради від 10.12.2020 р. №12-№18</t>
   </si>
   <si>
     <t>22.12.20  11:59:32</t>
   </si>
   <si>
     <t>22.12.20  12:00:27</t>
   </si>
   <si>
-    <t>1268 включити у склад комісії Стельмаха О.І. </t>
+    <t>ID - 1268,   включити у склад комісії Стельмаха О.І. </t>
   </si>
   <si>
     <t>22.12.20  12:01:15</t>
   </si>
   <si>
     <t>22.12.20  12:02:56</t>
   </si>
   <si>
     <t>22.12.20  12:04:50</t>
   </si>
   <si>
     <t>22.12.20  12:08:20</t>
   </si>
   <si>
     <t>22.12.20  12:10:54</t>
   </si>
   <si>
     <t>22.12.20  12:14:23</t>
   </si>
   <si>
     <t>22.12.20  12:15:10</t>
   </si>
   <si>
-    <t>1275Довключити у склад робочої групи Микитюка В.Р, </t>
+    <t>ID - 1275,  Довключити у склад робочої групи Микитюка В.Р, </t>
   </si>
   <si>
     <t>22.12.20  12:16:20</t>
   </si>
   <si>
-    <t>1276включення у комісію Голову громадської ради Червінський Ю.М. </t>
+    <t>ID - 1276,  включення у комісію Голову громадської ради Червінський Ю.М. </t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>22.12.20  12:17:00</t>
   </si>
   <si>
     <t>22.12.20  12:18:32</t>
   </si>
   <si>
-    <t>1278Про внесення змін у штатний розпис централізованої бухгалтерії відділу освіти</t>
+    <t>ID - 1278,  Про внесення змін у штатний розпис централізованої бухгалтерії відділу освіти</t>
   </si>
   <si>
     <t>22.12.20  12:20:42</t>
   </si>
   <si>
     <t>22.12.20  12:21:50</t>
   </si>
   <si>
     <t>22.12.20  12:23:04</t>
   </si>
   <si>
     <t>22.12.20  12:23:36</t>
   </si>
   <si>
     <t>22.12.20  12:26:06</t>
   </si>
   <si>
-    <t>1283Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 1283,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>22.12.20  12:27:45</t>
   </si>
   <si>
-    <t>1284Про затвердження технiчної документацiї iз землеустрою щодо інвентаризації земель</t>
-[...1 lines deleted...]
-  <si>
     <t>22.12.20  12:43:36</t>
   </si>
   <si>
     <t>22.12.20  12:44:43</t>
   </si>
   <si>
-    <t>1286Про надання дозволу на виготовлення технiчної документацiї iз землеустрою</t>
+    <t>ID - 1286,  Про надання дозволу на виготовлення технiчної документацiї iз землеустрою</t>
   </si>
   <si>
     <t>22.12.20  12:46:20</t>
   </si>
   <si>
     <t>22.12.20  12:48:05</t>
   </si>
   <si>
-    <t>1288Про розгляд клопотань ТзОВ «Червоноградське АТП 14628»</t>
+    <t>ID - 1288,  Про розгляд клопотань ТзОВ «Червоноградське АТП 14628»</t>
   </si>
   <si>
     <t>22.12.20  12:50:28</t>
   </si>
   <si>
-    <t>1289Про надання в оренду земельних ділянок</t>
+    <t>ID - 1289,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>22.12.20  12:51:20</t>
   </si>
   <si>
-    <t>1290продовжувати оренду на 5 років</t>
+    <t>ID - 1290,  продовжувати оренду на 5 років</t>
   </si>
   <si>
     <t>22.12.20  12:52:33</t>
   </si>
   <si>
-    <t>1291вилучити п.1</t>
+    <t>ID - 1291,  вилучити п.1</t>
   </si>
   <si>
     <t>22.12.20  12:59:38</t>
   </si>
   <si>
-    <t>1292голосувати по пунктам</t>
+    <t>ID - 1292,  голосувати по пунктам</t>
   </si>
   <si>
     <t>22.12.20  13:00:44</t>
   </si>
   <si>
-    <t>1293За пункт №1 </t>
+    <t>ID - 1293,  За пункт №1 </t>
   </si>
   <si>
     <t>22.12.20  13:01:18</t>
   </si>
   <si>
-    <t>1294За пункт №2</t>
+    <t>ID - 1294,  За пункт №2</t>
   </si>
   <si>
     <t>22.12.20  13:01:49</t>
   </si>
   <si>
-    <t>1295Про надання в оренду земельних ділянок</t>
+    <t>ID - 1295,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>22.12.20  13:03:00</t>
   </si>
   <si>
-    <t>1296Про розгляд заяви Покотило Ірини Василівни</t>
+    <t>ID - 1296,  Про розгляд заяви Покотило Ірини Василівни</t>
   </si>
   <si>
     <t>22.12.20  13:06:42</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -825,51 +819,51 @@
       <c r="AQ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>1247Про реорганiзацiю виконавчого комітету Соснiвської мiської ради шляхом приєднання до виконавчого комітету Червоноградської мiської ради</t>
+          <t>ID - 1247,  Про реорганiзацiю виконавчого комітету Соснiвської мiської ради шляхом приєднання до виконавчого комітету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3">
         <v>33</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>52</v>
@@ -970,51 +964,51 @@
       <c r="AQ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>1248додаток №1 ` міський голова з правом першого підпису банківських казначенських документів` Жарська право другого підпису</t>
+          <t>ID - 1248,  додаток №1 ` міський голова з правом першого підпису банківських казначенських документів` Жарська право другого підпису</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>30</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>52</v>
@@ -1115,51 +1109,51 @@
       <c r="AQ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>1249Про реорганiзацiю виконавчого комітету Соснiвської мiської ради шляхом приєднання до виконавчого комітету Червоноградської мiської ради</t>
+          <t>ID - 1249,  Про реорганiзацiю виконавчого комітету Соснiвської мiської ради шляхом приєднання до виконавчого комітету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>32</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
@@ -1260,51 +1254,51 @@
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>1250Про реорганізацію виконавчого комітету Гірницької селищної ради шляхом приєднання до виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 1250,  Про реорганізацію виконавчого комітету Гірницької селищної ради шляхом приєднання до виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>32</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>52</v>
@@ -1405,51 +1399,51 @@
       <c r="AQ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>1251додаток №1 ` голова комісії- міський голова з правом першого підпису банківських казначенських документів` Пелех К.М. право другого підпису</t>
+          <t>ID - 1251,  додаток №1 ` голова комісії- міський голова з правом першого підпису банківських казначенських документів` Пелех К.М. право другого підпису</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>30</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
@@ -1550,51 +1544,51 @@
       <c r="AQ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>1252Про реорганізацію виконавчого комітету Гірницької селищної ради шляхом приєднання до виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 1252,  Про реорганізацію виконавчого комітету Гірницької селищної ради шляхом приєднання до виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>59</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8">
         <v>30</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -2267,51 +2261,51 @@
       <c r="AQ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>71</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>1257Правки до рішення «Про бюджет Червоноградської міської територіальної громади на 2021 рік»:   1.Доповнити пункт 20 наступним абзацом: «Передбачити кошти на оплату праці і нарахування на заробітну плату працівникам сільських, селищної та міської рад, що припинили свої повноваження, і територія яких включена до Червоноградської міської територіальної громади.»   2.Внести зміни в додатки №3, №5, №6, зменшивши видатки спеціального фонду бюджету розвитку передбачені на   капітальний ремонт дороги по вул.Львівська в м.Червоноград Львівської області. Коригування. в сумі 100,0 тис.грн. та спрямувати їх на об’єкт «Будівництво дитячого садка-ясел на 90 місць в с.Сілець Сокальського району Львівської області» Коригування.   3. В зв’язку з внесеними Верховною Радою України змінами до Бюджетного Кодексу України щодо зарахування акцизного податку з палива до місцевих бюджетів пропонується збільшити обсяг доходів та видатків на суму 10 500,0 тис.грн та спрямувати їх на видатки по ремонту доріг територіальної громади: - м.Соснівка – 1 000,0 тис.грн.: Вул.Шашкевича –</t>
+          <t>ID - 1257,  Правки до рішення «Про бюджет Червоноградської міської територіальної громади на 2021 рік»:   1.Доповнити пункт 20 наступним абзацом: «Передбачити кошти на оплату праці і нарахування на заробітну плату працівникам сільських, селищної та міської рад, що припинили свої повноваження, і територія яких включена до Червоноградської міської територіальної громади.»   2.Внести зміни в додатки №3, №5, №6, зменшивши видатки спеціального фонду бюджету розвитку передбачені на   капітальний ремонт дороги по вул.Львівська в м.Червоноград Львівської області. Коригування. в сумі 100,0 тис.грн. та спрямувати їх на об’єкт «Будівництво дитячого садка-ясел на 90 місць в с.Сілець Сокальського району Львівської області» Коригування.   3. В зв’язку з внесеними Верховною Радою України змінами до Бюджетного Кодексу України щодо зарахування акцизного податку з палива до місцевих бюджетів пропонується збільшити обсяг доходів та видатків на суму 10 500,0 тис.грн та спрямувати їх на видатки по ремонту доріг територіальної громади: - м.Соснівка – 1 000,0 тис.грн.: Вул.Шашкевича –</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13">
         <v>34</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>52</v>
@@ -2412,51 +2406,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>1258Перемісти асигнування що передбачені по закладам охорони здоров&amp;#39;я з виконавчого комітету на фінансове управління</t>
+          <t>ID - 1258,  Перемісти асигнування що передбачені по закладам охорони здоров&amp;#39;я з виконавчого комітету на фінансове управління</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>57</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14">
         <v>34</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>52</v>
@@ -2843,51 +2837,51 @@
       <c r="AQ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>77</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>1261Про збереження середньої заробітної плати звільненим головам та секретарям сільських, селищної та міської рад</t>
+          <t>ID - 1261,  Про збереження середньої заробітної плати звільненим головам та секретарям сільських, селищної та міської рад</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17">
         <v>30</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>52</v>
@@ -2988,51 +2982,51 @@
       <c r="AQ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>1262Добавити у додаток:  Гриб Оксана Петрівна Майбук Юлія Вкасилівна Климчук Андрій Мар’янович Саїв Володимир Петрович Дзюба Марія Іванівна  </t>
+          <t>ID - 1262,  Добавити у додаток:  Гриб Оксана Петрівна Майбук Юлія Вкасилівна Климчук Андрій Мар’янович Саїв Володимир Петрович Дзюба Марія Іванівна  </t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18">
         <v>25</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>5</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3133,51 +3127,51 @@
       <c r="AQ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>1263Про збереження середньої заробітної плати звільненим головам та секретарям сільських, селищної та міської рад</t>
+          <t>ID - 1263,  Про збереження середньої заробітної плати звільненим головам та секретарям сільських, селищної та міської рад</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>59</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19">
         <v>31</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>52</v>
@@ -3276,52 +3270,54 @@
         <v>51</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
-      <c r="C20" t="s" s="4">
-        <v>82</v>
+      <c r="C20" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1264,  Про затвердження плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2021 рiк</t>
+        </is>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20">
         <v>32</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>52</v>
       </c>
@@ -3417,55 +3413,55 @@
       </c>
       <c r="AP20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>1265Про звернення Червоноградської міської ради до державного підприємства «Львіввугілля» щодо передачі приміщення першого поверху буд. 23 по вул. Стуса у м. Червоноград</t>
+          <t>ID - 1265,  Про звернення Червоноградської міської ради до державного підприємства «Львіввугілля» щодо передачі приміщення першого поверху буд. 23 по вул. Стуса у м. Червоноград</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>49</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21">
         <v>31</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>52</v>
@@ -3562,54 +3558,54 @@
       </c>
       <c r="AP21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" t="s" s="4">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22">
         <v>30</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>52</v>
       </c>
@@ -3705,55 +3701,55 @@
       </c>
       <c r="AP22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>1267Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
+          <t>ID - 1267,  Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23">
         <v>29</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>52</v>
@@ -3850,54 +3846,54 @@
       </c>
       <c r="AP23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>86</v>
+      </c>
+      <c r="C24" t="s" s="4">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D24" t="s">
         <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24">
         <v>28</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
       </c>
@@ -3993,55 +3989,55 @@
       </c>
       <c r="AP24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>1269Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
+          <t>ID - 1269,  Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25">
         <v>29</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>52</v>
@@ -4138,55 +4134,55 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>1270Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ПАТ «Львівська вугільна компанія»</t>
+          <t>ID - 1270,  Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ПАТ «Львівська вугільна компанія»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>49</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26">
         <v>30</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>52</v>
@@ -4283,55 +4279,55 @@
       </c>
       <c r="AP26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>1271Про затвердження статуту комунального пiдприємства «Червонограджитлокомунсервiс» в новiй редакцiї</t>
+          <t>ID - 1271,  Про затвердження статуту комунального пiдприємства «Червонограджитлокомунсервiс» в новiй редакцiї</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>49</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>30</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>52</v>
@@ -4428,55 +4424,55 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>1272Про затвердження «Програми охорони навколишнього природного середовища Червоноградської мiської ради Червоноградського району Львівської області на 2021-2023 роки»</t>
+          <t>ID - 1272,  Про затвердження «Програми охорони навколишнього природного середовища Червоноградської мiської ради Червоноградського району Львівської області на 2021-2023 роки»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>49</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28">
         <v>30</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>52</v>
@@ -4573,55 +4569,55 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>1273Про затвердження Програми полiпшення системи транскордонного захисту навколишнього середовища в мерiї Ксєнжполь у Польщi та в м.Червоноград в Українi через розвиток каналiзацiйної iнфраструктури на 2021 рiк</t>
+          <t>ID - 1273,  Про затвердження Програми полiпшення системи транскордонного захисту навколишнього середовища в мерiї Ксєнжполь у Польщi та в м.Червоноград в Українi через розвиток каналiзацiйної iнфраструктури на 2021 рiк</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>49</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29">
         <v>31</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
@@ -4718,55 +4714,55 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>1274Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади</t>
+          <t>ID - 1274,  Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>54</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30">
         <v>30</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>52</v>
@@ -4863,54 +4859,54 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>94</v>
+      </c>
+      <c r="C31" t="s" s="4">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D31" t="s">
         <v>57</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31">
         <v>29</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>52</v>
       </c>
@@ -5006,60 +5002,60 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>96</v>
+      </c>
+      <c r="C32" t="s" s="4">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D32" t="s">
         <v>57</v>
       </c>
       <c r="E32" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F32">
         <v>7</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>5</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>55</v>
       </c>
@@ -5149,55 +5145,55 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>1277Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади</t>
+          <t>ID - 1277,  Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>59</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33">
         <v>30</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>52</v>
@@ -5294,54 +5290,54 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>100</v>
+      </c>
+      <c r="C34" t="s" s="4">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D34" t="s">
         <v>49</v>
       </c>
       <c r="E34" t="s">
         <v>50</v>
       </c>
       <c r="F34">
         <v>30</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>52</v>
       </c>
@@ -5437,55 +5433,55 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>1279Про безоплатне прийняття з комунальної власності Соснівської міської ради, Волсвинської сільської ради об’єктів, земельних ділянок та майна закладів дошкільної освіти на баланс Червоноградської міської ради</t>
+          <t>ID - 1279,  Про безоплатне прийняття з комунальної власності Соснівської міської ради, Волсвинської сільської ради об’єктів, земельних ділянок та майна закладів дошкільної освіти на баланс Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>49</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
         <v>30</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>52</v>
@@ -5582,55 +5578,55 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>1280Про безоплатне прийняття з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради об’єктів та майна закладів культури на баланс Червоноград- ської міської ради</t>
+          <t>ID - 1280,  Про безоплатне прийняття з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради об’єктів та майна закладів культури на баланс Червоноград- ської міської ради</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>54</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
         <v>29</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>52</v>
@@ -5727,55 +5723,55 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>1281Редакційні правки озвучені Земницькою Н.В. щодо правильності посади, назви органів управління</t>
+          <t>ID - 1281,  Редакційні правки озвучені Земницькою Н.В. щодо правильності посади, назви органів управління</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>57</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>28</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>52</v>
@@ -5872,55 +5868,55 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>1282Про безоплатне прийняття з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради об’єктів та майна закладів культури на баланс Червоноград- ської міської ради</t>
+          <t>ID - 1282,  Про безоплатне прийняття з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради об’єктів та майна закладів культури на баланс Червоноград- ської міської ради</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>59</v>
       </c>
       <c r="E38" t="s">
         <v>50</v>
       </c>
       <c r="F38">
         <v>30</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>52</v>
@@ -6017,54 +6013,54 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>106</v>
+      </c>
+      <c r="C39" t="s" s="4">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D39" t="s">
         <v>49</v>
       </c>
       <c r="E39" t="s">
         <v>50</v>
       </c>
       <c r="F39">
         <v>29</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>52</v>
       </c>
@@ -6160,54 +6156,56 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>108</v>
+      </c>
+      <c r="C40" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1284,  Про затвердження технiчної документацiї iз землеустрою щодо інвентаризації земель</t>
+        </is>
       </c>
       <c r="D40" t="s">
         <v>49</v>
       </c>
       <c r="E40" t="s">
         <v>50</v>
       </c>
       <c r="F40">
         <v>31</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>52</v>
       </c>
@@ -6303,55 +6301,55 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>1285Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 1285,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>49</v>
       </c>
       <c r="E41" t="s">
         <v>50</v>
       </c>
       <c r="F41">
         <v>31</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>52</v>
@@ -6448,54 +6446,54 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C42" t="s" s="4">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D42" t="s">
         <v>49</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42">
         <v>31</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>52</v>
       </c>
@@ -6591,55 +6589,55 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>1287Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
+          <t>ID - 1287,  Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>49</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
       <c r="F43">
         <v>31</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>52</v>
@@ -6736,54 +6734,54 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D44" t="s">
         <v>49</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>28</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>2</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>52</v>
       </c>
@@ -6879,54 +6877,54 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D45" t="s">
         <v>54</v>
       </c>
       <c r="E45" t="s">
         <v>50</v>
       </c>
       <c r="F45">
         <v>21</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>7</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>52</v>
       </c>
@@ -7022,54 +7020,54 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D46" t="s">
         <v>57</v>
       </c>
       <c r="E46" t="s">
         <v>50</v>
       </c>
       <c r="F46">
         <v>31</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>52</v>
       </c>
@@ -7165,60 +7163,60 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s" s="4">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D47" t="s">
         <v>57</v>
       </c>
       <c r="E47" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F47">
         <v>5</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>9</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>51</v>
       </c>
@@ -7308,54 +7306,54 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s" s="4">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
         <v>57</v>
       </c>
       <c r="E48" t="s">
         <v>50</v>
       </c>
       <c r="F48">
         <v>24</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>2</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>52</v>
       </c>
@@ -7451,54 +7449,54 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s" s="4">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D49" t="s">
         <v>57</v>
       </c>
       <c r="E49" t="s">
         <v>50</v>
       </c>
       <c r="F49">
         <v>28</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>3</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>52</v>
       </c>
@@ -7594,54 +7592,54 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
         <v>57</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
         <v>31</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>52</v>
       </c>
@@ -7737,54 +7735,54 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
         <v>59</v>
       </c>
       <c r="E51" t="s">
         <v>50</v>
       </c>
       <c r="F51">
         <v>28</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>3</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>52</v>
       </c>
@@ -7880,54 +7878,54 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C52" t="s" s="4">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D52" t="s">
         <v>49</v>
       </c>
       <c r="E52" t="s">
         <v>50</v>
       </c>
       <c r="F52">
         <v>27</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>2</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>52</v>
       </c>
@@ -8023,55 +8021,55 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>1297Про прийняття у комунальну власність Червоноградської територіальної громади з державної власності земельних ділянок сільськогосподарського призначення</t>
+          <t>ID - 1297,  Про прийняття у комунальну власність Червоноградської територіальної громади з державної власності земельних ділянок сільськогосподарського призначення</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>49</v>
       </c>
       <c r="E53" t="s">
         <v>50</v>
       </c>
       <c r="F53">
         <v>31</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>52</v>