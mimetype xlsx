--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,120 +35,120 @@
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Zalivskyy Andriy Ivanovych</t>
+  </si>
+  <si>
+    <t>Lyakhovskyy Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Hamanyuk Vitaliy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Maydanovych Sofiya Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Dmukhovskyy Stepan Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Hamanyuk Volodymyr Hryhorovych</t>
+  </si>
+  <si>
+    <t>Lishchynskyy Bohdan Stepanovych</t>
+  </si>
+  <si>
+    <t>Hrasulov Oleksandr Olehovych</t>
+  </si>
+  <si>
+    <t>Kudryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Stelmakh Oleh Ihorovych</t>
+  </si>
+  <si>
+    <t>Musiy Oleh Ihorovych</t>
+  </si>
+  <si>
+    <t>Lapets Mykhaylo Romanovych</t>
+  </si>
+  <si>
+    <t>Ostapyuk Petro Petrovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Kruk Halyna Vasylivna</t>
+  </si>
+  <si>
+    <t>Ryndyk Vitaliy Bohdanovych</t>
+  </si>
+  <si>
+    <t>Yakymchuk Serhiy Stepanovych</t>
+  </si>
+  <si>
+    <t>Pylypchuk Petro Pavlovych</t>
+  </si>
+  <si>
+    <t>Pushchyk Myroslav Stepanovych</t>
+  </si>
+  <si>
+    <t>Zapisotskyy Roman Vasylovych</t>
+  </si>
+  <si>
+    <t>Voytovych Andriy Serhiyovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Vasylyshyn Petro Stefanovych</t>
-  </si>
-[...67 lines deleted...]
-    <t>Voytovych Andriy Serhiyovych</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
@@ -779,57 +779,57 @@
       <c r="P2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>50</v>
       </c>
@@ -924,57 +924,57 @@
       <c r="P3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>50</v>
       </c>
@@ -1069,57 +1069,57 @@
       <c r="P4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>50</v>
       </c>
@@ -1190,81 +1190,81 @@
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>50</v>
       </c>
@@ -1359,57 +1359,57 @@
       <c r="P6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>50</v>
       </c>
@@ -1504,57 +1504,57 @@
       <c r="P7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>50</v>
       </c>
@@ -1647,57 +1647,57 @@
       <c r="P8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>50</v>
       </c>
@@ -1790,57 +1790,57 @@
       <c r="P9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>50</v>
       </c>
@@ -1935,57 +1935,57 @@
       <c r="P10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>50</v>
       </c>
@@ -2080,72 +2080,72 @@
       <c r="P11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM11" t="s" s="5">
         <v>50</v>
       </c>
@@ -2225,66 +2225,66 @@
       <c r="P12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA12" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC12" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>50</v>
       </c>
@@ -2368,57 +2368,57 @@
       <c r="P13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>50</v>
       </c>
@@ -2513,57 +2513,57 @@
       <c r="P14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>50</v>
       </c>
@@ -2641,72 +2641,72 @@
       <c r="K15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S15" t="s" s="5">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="T15" t="s" s="5">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>50</v>
       </c>
@@ -2799,57 +2799,57 @@
       <c r="P16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>50</v>
       </c>
@@ -2944,57 +2944,57 @@
       <c r="P17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>50</v>
       </c>
@@ -3044,120 +3044,120 @@
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>1194Про приватизацiю шляхом викупу об’єкта малої приватизацiї комунальної власностi територiальної громади м.Червонограда нежитлової будiвлi, загальною площею 162,3 кв.м, за адресою: м.Червоноград, вул. Iвасюка,2ф</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18">
         <v>33</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z18" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN18" t="s" s="5">
         <v>50</v>
       </c>
@@ -3234,72 +3234,72 @@
       <c r="P19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC19" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM19" t="s" s="5">
         <v>50</v>
       </c>
@@ -3341,93 +3341,93 @@
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20">
         <v>30</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>4</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L20" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q20" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>50</v>
       </c>
@@ -3522,57 +3522,57 @@
       <c r="P21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>57</v>
       </c>
@@ -3665,57 +3665,57 @@
       <c r="P22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>57</v>
       </c>
@@ -3810,57 +3810,57 @@
       <c r="P23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>57</v>
       </c>
@@ -3955,57 +3955,57 @@
       <c r="P24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>57</v>
       </c>
@@ -4098,57 +4098,57 @@
       <c r="P25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z25" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>50</v>
       </c>
@@ -4243,57 +4243,57 @@
       <c r="P26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>50</v>
       </c>
@@ -4343,120 +4343,120 @@
       </c>
       <c r="B27" t="s">
         <v>90</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>1203Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, з м. Соснівки</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>48</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27">
         <v>34</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN27" t="s" s="5">
         <v>50</v>
       </c>
@@ -4488,120 +4488,120 @@
       </c>
       <c r="B28" t="s">
         <v>91</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>1204Про участь в обласному конкурсi проєктiв мiсцевих ініціативу Львiвськiй областi в 2021-2025 роках</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28">
         <v>34</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF28" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN28" t="s" s="5">
         <v>50</v>
       </c>
@@ -4643,105 +4643,105 @@
       <c r="E29" t="s">
         <v>49</v>
       </c>
       <c r="F29">
         <v>33</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M29" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM29" t="s" s="5">
         <v>50</v>
       </c>
@@ -4777,99 +4777,99 @@
       <c r="B30" t="s">
         <v>94</v>
       </c>
       <c r="C30" t="s" s="4">
         <v>95</v>
       </c>
       <c r="D30" t="s">
         <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>49</v>
       </c>
       <c r="F30">
         <v>33</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V30" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="W30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>50</v>
       </c>
@@ -4917,120 +4917,120 @@
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>96</v>
       </c>
       <c r="C31" t="s" s="4">
         <v>97</v>
       </c>
       <c r="D31" t="s">
         <v>55</v>
       </c>
       <c r="E31" t="s">
         <v>49</v>
       </c>
       <c r="F31">
         <v>33</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V31" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="W31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z31" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF31" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN31" t="s" s="5">
         <v>50</v>
       </c>
@@ -5060,120 +5060,120 @@
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>98</v>
       </c>
       <c r="C32" t="s" s="4">
         <v>99</v>
       </c>
       <c r="D32" t="s">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>49</v>
       </c>
       <c r="F32">
         <v>33</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z32" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF32" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5203,120 +5203,120 @@
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>100</v>
       </c>
       <c r="C33" t="s" s="4">
         <v>101</v>
       </c>
       <c r="D33" t="s">
         <v>48</v>
       </c>
       <c r="E33" t="s">
         <v>49</v>
       </c>
       <c r="F33">
         <v>31</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5348,120 +5348,120 @@
       </c>
       <c r="B34" t="s">
         <v>102</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>1210Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>48</v>
       </c>
       <c r="E34" t="s">
         <v>49</v>
       </c>
       <c r="F34">
         <v>32</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB34" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF34" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5493,120 +5493,120 @@
       </c>
       <c r="B35" t="s">
         <v>103</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>1211Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>48</v>
       </c>
       <c r="E35" t="s">
         <v>104</v>
       </c>
       <c r="F35">
         <v>16</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35">
         <v>7</v>
       </c>
       <c r="I35" t="s" s="5">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J35" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="L35" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="M35" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="N35" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="O35" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="P35" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="Q35" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="R35" t="s" s="5">
         <v>74</v>
       </c>
-      <c r="M35" t="s" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="S35" t="s" s="5">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="T35" t="s" s="5">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="U35" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="V35" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF35" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK35" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN35" t="s" s="5">
         <v>50</v>
       </c>
@@ -5636,120 +5636,120 @@
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" t="s" s="4">
         <v>106</v>
       </c>
       <c r="D36" t="s">
         <v>48</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>33</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC36" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF36" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN36" t="s" s="5">
         <v>50</v>
       </c>
@@ -5784,114 +5784,114 @@
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>1213Про розгляд заяв громадян учасників антитерористичної операції щодо надання дозволів на розроблення проектів землеустрою з метою відведення земельних ділянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>48</v>
       </c>
       <c r="E37" t="s">
         <v>104</v>
       </c>
       <c r="F37">
         <v>7</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>10</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J37" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K37" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="L37" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="M37" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="N37" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="O37" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="P37" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="Q37" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="R37" t="s" s="5">
         <v>74</v>
       </c>
-      <c r="L37" t="s" s="5">
+      <c r="S37" t="s" s="5">
         <v>74</v>
       </c>
-      <c r="M37" t="s" s="5">
-[...19 lines deleted...]
-      </c>
       <c r="T37" t="s" s="5">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>57</v>
       </c>
       <c r="V37" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>74</v>
       </c>
       <c r="X37" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y37" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="Z37" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA37" t="s" s="5">
         <v>74</v>
       </c>
-      <c r="Y37" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="AB37" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AC37" t="s" s="5">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>74</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK37" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM37" t="s" s="5">
         <v>50</v>
       </c>
@@ -5926,120 +5926,120 @@
       </c>
       <c r="B38" t="s">
         <v>108</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>1214Про розгляд клопотання релігійної громади Української Греко – Католицької Церкви Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>48</v>
       </c>
       <c r="E38" t="s">
         <v>49</v>
       </c>
       <c r="F38">
         <v>27</v>
       </c>
       <c r="G38">
         <v>3</v>
       </c>
       <c r="H38">
         <v>3</v>
       </c>
       <c r="I38" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z38" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL38" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AM38" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AN38" t="s" s="5">
         <v>58</v>
       </c>
@@ -6071,120 +6071,120 @@
       </c>
       <c r="B39" t="s">
         <v>109</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>1215Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>53</v>
       </c>
       <c r="E39" t="s">
         <v>49</v>
       </c>
       <c r="F39">
         <v>31</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>3</v>
       </c>
       <c r="I39" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM39" t="s" s="5">
         <v>74</v>
       </c>
       <c r="AN39" t="s" s="5">
         <v>74</v>
       </c>
@@ -6261,57 +6261,57 @@
       <c r="P40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>50</v>
       </c>
@@ -6367,99 +6367,99 @@
           <t>1217Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>28</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>3</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T41" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="Y41" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA41" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>51</v>
       </c>
@@ -6549,57 +6549,57 @@
       <c r="P42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>50</v>
       </c>
@@ -6647,120 +6647,120 @@
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>114</v>
       </c>
       <c r="C43" t="s" s="4">
         <v>115</v>
       </c>
       <c r="D43" t="s">
         <v>55</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43">
         <v>20</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>6</v>
       </c>
       <c r="I43" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="J43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O43" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="P43" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="Q43" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="R43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W43" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="X43" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y43" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="Z43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA43" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AB43" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AC43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF43" t="s" s="5">
         <v>74</v>
-      </c>
-[...67 lines deleted...]
-        <v>50</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>74</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK43" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN43" t="s" s="5">
         <v>50</v>
       </c>
@@ -6790,102 +6790,102 @@
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>116</v>
       </c>
       <c r="C44" t="s" s="4">
         <v>117</v>
       </c>
       <c r="D44" t="s">
         <v>55</v>
       </c>
       <c r="E44" t="s">
         <v>104</v>
       </c>
       <c r="F44">
         <v>19</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>10</v>
       </c>
       <c r="I44" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N44" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="O44" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P44" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="Q44" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S44" t="s" s="5">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="T44" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>57</v>
       </c>
       <c r="V44" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>50</v>
       </c>
@@ -6978,57 +6978,57 @@
       <c r="P45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>50</v>
       </c>
@@ -7121,57 +7121,57 @@
       <c r="P46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>50</v>
       </c>
@@ -7222,114 +7222,114 @@
       <c r="B47" t="s">
         <v>122</v>
       </c>
       <c r="C47" t="s" s="4">
         <v>123</v>
       </c>
       <c r="D47" t="s">
         <v>48</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47">
         <v>28</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K47" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="L47" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="M47" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="N47" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="O47" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="P47" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="Q47" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="R47" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="S47" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC47" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM47" t="s" s="5">
         <v>50</v>
       </c>
@@ -7409,57 +7409,57 @@
       <c r="P48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>50</v>
       </c>
@@ -7507,120 +7507,120 @@
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>125</v>
       </c>
       <c r="C49" t="s" s="4">
         <v>126</v>
       </c>
       <c r="D49" t="s">
         <v>48</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49">
         <v>30</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>5</v>
       </c>
       <c r="I49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S49" t="s" s="5">
         <v>74</v>
       </c>
-      <c r="J49" t="s" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="T49" t="s" s="5">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X49" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE49" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF49" t="s" s="5">
         <v>74</v>
-      </c>
-[...25 lines deleted...]
-        <v>50</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>74</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN49" t="s" s="5">
         <v>50</v>
       </c>
@@ -7653,99 +7653,99 @@
       <c r="B50" t="s">
         <v>127</v>
       </c>
       <c r="C50" t="s" s="4">
         <v>128</v>
       </c>
       <c r="D50" t="s">
         <v>48</v>
       </c>
       <c r="E50" t="s">
         <v>49</v>
       </c>
       <c r="F50">
         <v>26</v>
       </c>
       <c r="G50">
         <v>4</v>
       </c>
       <c r="H50">
         <v>4</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O50" t="s" s="5">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>50</v>
       </c>
@@ -7793,120 +7793,120 @@
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>129</v>
       </c>
       <c r="C51" t="s" s="4">
         <v>130</v>
       </c>
       <c r="D51" t="s">
         <v>48</v>
       </c>
       <c r="E51" t="s">
         <v>104</v>
       </c>
       <c r="F51">
         <v>15</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>9</v>
       </c>
       <c r="I51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="K51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="L51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="M51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="N51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="O51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="P51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="Q51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="R51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X51" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z51" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AA51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE51" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF51" t="s" s="5">
         <v>74</v>
-      </c>
-[...67 lines deleted...]
-        <v>50</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>74</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK51" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL51" t="s" s="5">
         <v>74</v>
       </c>
       <c r="AM51" t="s" s="5">
         <v>74</v>
       </c>
       <c r="AN51" t="s" s="5">
         <v>57</v>
       </c>
@@ -7983,57 +7983,57 @@
       <c r="P52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>50</v>
       </c>
@@ -8128,57 +8128,57 @@
       <c r="P53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>50</v>
       </c>
@@ -8545,63 +8545,63 @@
       <c r="L56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="O56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="P56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Q56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="S56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="T56" t="s" s="5">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="U56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="W56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="X56" t="s" s="5">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="Y56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Z56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>57</v>
       </c>
@@ -8664,87 +8664,87 @@
       <c r="D57" t="s">
         <v>55</v>
       </c>
       <c r="E57" t="s">
         <v>49</v>
       </c>
       <c r="F57">
         <v>26</v>
       </c>
       <c r="G57">
         <v>4</v>
       </c>
       <c r="H57">
         <v>5</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L57" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M57" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N57" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O57" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P57" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q57" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R57" t="s" s="5">
         <v>74</v>
       </c>
-      <c r="M57" t="s" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="S57" t="s" s="5">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="T57" t="s" s="5">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="U57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W57" t="s" s="5">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="X57" t="s" s="5">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>50</v>
       </c>
@@ -8807,87 +8807,87 @@
       <c r="D58" t="s">
         <v>60</v>
       </c>
       <c r="E58" t="s">
         <v>49</v>
       </c>
       <c r="F58">
         <v>24</v>
       </c>
       <c r="G58">
         <v>4</v>
       </c>
       <c r="H58">
         <v>6</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L58" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M58" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N58" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O58" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P58" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q58" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R58" t="s" s="5">
         <v>74</v>
       </c>
-      <c r="M58" t="s" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="S58" t="s" s="5">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="T58" t="s" s="5">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="U58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W58" t="s" s="5">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="X58" t="s" s="5">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>50</v>
       </c>