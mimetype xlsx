--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -158,258 +158,258 @@
   <si>
     <t>Zalivskyy Andriy Ivanovych</t>
   </si>
   <si>
     <t>Tvardovskyy Bohdan Ivanovych</t>
   </si>
   <si>
     <t>Stelmakh Oleh Ihorovych</t>
   </si>
   <si>
     <t>Zakala Bohdan Vasylovych</t>
   </si>
   <si>
     <t>Hots Pavlo Vasylovych</t>
   </si>
   <si>
     <t>Vasylyshyn Petro Stefanovych</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>24.11.20  12:10:33</t>
   </si>
   <si>
-    <t>1105Риндик В. Б. вступ у комісію з питань екомічних питань</t>
+    <t>ID - 1105,  Риндик В. Б. вступ у комісію з питань екомічних питань</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>24.11.20  12:07:27</t>
   </si>
   <si>
     <t>24.11.20  12:01:38</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>24.11.20  11:57:48</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>24.11.20  11:57:07</t>
   </si>
   <si>
-    <t>1101Правка стенограмно озвучена Тимчишиним Г.Р. у п.4 </t>
+    <t>ID - 1101,  Правка стенограмно озвучена Тимчишиним Г.Р. у п.4 </t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>24.11.20  11:56:00</t>
   </si>
   <si>
-    <t>1100п.4.1 Щомісячно у розмірі 50 відсотків посадового окладу.</t>
+    <t>ID - 1100,  п.4.1 Щомісячно у розмірі 50 відсотків посадового окладу.</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>24.11.20  11:53:49</t>
   </si>
   <si>
     <t>24.11.20  11:53:02</t>
   </si>
   <si>
     <t>24.11.20  11:49:07</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>24.11.20  12:11:56</t>
   </si>
   <si>
     <t>26.11.20  10:56:19</t>
   </si>
   <si>
     <t>26.11.20  10:57:55</t>
   </si>
   <si>
     <t>26.11.20  10:59:09</t>
   </si>
   <si>
-    <t>1112Правки стенограмно озвучені Тимчишиним Г.Р. </t>
+    <t>ID - 1112,  Правки стенограмно озвучені Тимчишиним Г.Р. </t>
   </si>
   <si>
     <t>26.11.20  11:00:01</t>
   </si>
   <si>
     <t>26.11.20  11:03:00</t>
   </si>
   <si>
     <t>26.11.20  11:05:48</t>
   </si>
   <si>
     <t>26.11.20  11:07:18</t>
   </si>
   <si>
     <t>26.11.20  11:10:51</t>
   </si>
   <si>
     <t>26.11.20  11:14:20</t>
   </si>
   <si>
     <t>26.11.20  11:16:35</t>
   </si>
   <si>
-    <t>1120Включити у склад Виконавчого комітету - Давидюка В.С., Палюгу М.М.</t>
+    <t>ID - 1120,  Включити у склад Виконавчого комітету - Давидюка В.С., Палюгу М.М.</t>
   </si>
   <si>
     <t>26.11.20  11:17:18</t>
   </si>
   <si>
-    <t>1121У списку членів Виконавчого комітету позиції від 8 до 14 залишити вакантними</t>
+    <t>ID - 1121,  У списку членів Виконавчого комітету позиції від 8 до 14 залишити вакантними</t>
   </si>
   <si>
     <t>26.11.20  11:18:13</t>
   </si>
   <si>
     <t>26.11.20  11:23:29</t>
   </si>
   <si>
     <t>26.11.20  11:25:16</t>
   </si>
   <si>
-    <t>1124Довключити адресата звернення -  Народного депутата України Камельчука Ю.О.</t>
+    <t>ID - 1124,  Довключити адресата звернення -  Народного депутата України Камельчука Ю.О.</t>
   </si>
   <si>
     <t>26.11.20  11:26:05</t>
   </si>
   <si>
     <t>10.12.20  10:18:56</t>
   </si>
   <si>
-    <t>1128Про затвердження Положення про старосту  Червоноградської  міської ради</t>
+    <t>ID - 1128,  Про затвердження Положення про старосту  Червоноградської  міської ради</t>
   </si>
   <si>
     <t>10.12.20  10:19:59</t>
   </si>
   <si>
-    <t>1129вилучити з преабули посилання на недіючу постанову Кабінету Міністрів України</t>
+    <t>ID - 1129,  вилучити з преабули посилання на недіючу постанову Кабінету Міністрів України</t>
   </si>
   <si>
     <t>10.12.20  10:21:38</t>
   </si>
   <si>
-    <t>1130Про затвердження Положення про старосту  Червоноградської  міської ради</t>
+    <t>ID - 1130,  Про затвердження Положення про старосту  Червоноградської  міської ради</t>
   </si>
   <si>
     <t>10.12.20  10:23:32</t>
   </si>
   <si>
     <t>10.12.20  10:29:49</t>
   </si>
   <si>
-    <t>1132п.1.6. замінити Крук на Притулку Віктора Ярославовича ( Волсвин) </t>
+    <t>ID - 1132,  п.1.6. замінити Крук на Притулку Віктора Ярославовича ( Волсвин) </t>
   </si>
   <si>
     <t>10.12.20  11:03:29</t>
   </si>
   <si>
-    <t>1133Про включення старостою міста Соснівка Харчук І.Т. (підтвердження)</t>
+    <t>ID - 1133,  Про включення старостою міста Соснівка Харчук І.Т. (підтвердження)</t>
   </si>
   <si>
     <t>10.12.20  11:07:06</t>
   </si>
   <si>
     <t>10.12.20  11:07:45</t>
   </si>
   <si>
     <t>10.12.20  11:11:55</t>
   </si>
   <si>
     <t>10.12.20  11:14:58</t>
   </si>
   <si>
-    <t>1137Довключити у структуру відділ інформаційної політики</t>
+    <t>ID - 1137,  Довключити у структуру відділ інформаційної політики</t>
   </si>
   <si>
     <t>10.12.20  11:15:54</t>
   </si>
   <si>
-    <t>1138довключити відділ молоді та спорту</t>
+    <t>ID - 1138,  довключити відділ молоді та спорту</t>
   </si>
   <si>
     <t>10.12.20  11:34:14</t>
   </si>
   <si>
-    <t>1139не включати у структуру відділ охорони здоров&amp;#39;я. Перенести розгляд</t>
+    <t>ID - 1139,  не включати у структуру відділ охорони здоров&amp;#39;я. Перенести розгляд</t>
   </si>
   <si>
     <t>10.12.20  11:34:53</t>
   </si>
   <si>
-    <t>1140довключити відділ охорони здоров&amp;#39;я</t>
+    <t>ID - 1140,  довключити відділ охорони здоров&amp;#39;я</t>
   </si>
   <si>
     <t>10.12.20  11:48:40</t>
   </si>
   <si>
-    <t>1141пропозиції щодо чисельності посад, озвучені стенограмно Тимчишиним Г.Р.  </t>
+    <t>ID - 1141,  пропозиції щодо чисельності посад, озвучені стенограмно Тимчишиним Г.Р.  </t>
   </si>
   <si>
     <t>10.12.20  11:51:27</t>
   </si>
   <si>
-    <t>1142внести у структуру ВК - 2 помічника старост, замість  1 старости</t>
+    <t>ID - 1142,  внести у структуру ВК - 2 помічника старост, замість  1 старости</t>
   </si>
   <si>
     <t>10.12.20  11:53:36</t>
   </si>
   <si>
-    <t>11432. Рішення вступає в дію з моменту дня публікації у газеті Новини Прибужжя. </t>
+    <t>ID - 1143,  2. Рішення вступає в дію з моменту дня публікації у газеті Новини Прибужжя. </t>
   </si>
   <si>
     <t>10.12.20  11:55:00</t>
   </si>
   <si>
     <t>10.12.20  11:58:41</t>
   </si>
   <si>
     <t>10.12.20  12:05:25</t>
   </si>
   <si>
     <t>10.12.20  12:06:05</t>
   </si>
   <si>
     <t>10.12.20  12:06:43</t>
   </si>
   <si>
     <t>10.12.20  12:08:51</t>
   </si>
   <si>
     <t>10.12.20  12:09:34</t>
   </si>
   <si>
     <t>10.12.20  12:10:10</t>
   </si>
@@ -851,51 +851,51 @@
         <v>53</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV2"/>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>55</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>1104Риндик В.Б.  вступ у комісію з «земельних питань» Твардовський Б.І. вступ у комісію з «комунальних питань» Кузів Н.Т.  вступ у комісію з « питань торгівлі» Лозинська І.А. вступ у комісію з «економічних питань» Якимчук, Риндик вступ у комісію «з економічних питань» Закала вступ у комісію з «земельних питань» Левкун – з питань торгівлі  </t>
+          <t>ID - 1104,  Риндик В.Б.  вступ у комісію з «земельних питань» Твардовський Б.І. вступ у комісію з «комунальних питань» Кузів Н.Т.  вступ у комісію з « питань торгівлі» Лозинська І.А. вступ у комісію з «економічних питань» Якимчук, Риндик вступ у комісію «з економічних питань» Закала вступ у комісію з «земельних питань» Левкун – з питань торгівлі  </t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>50</v>
       </c>
       <c r="E3" t="s">
         <v>51</v>
       </c>
       <c r="F3">
         <v>35</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>52</v>
@@ -997,51 +997,51 @@
         <v>52</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>1103Про утворення постiйних депутатських комiсiй Червоноградської міської ради Червоноградського району Львівської області</t>
+          <t>ID - 1103,  Про утворення постiйних депутатських комiсiй Червоноградської міської ради Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>51</v>
       </c>
       <c r="F4">
         <v>34</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>52</v>
@@ -1143,51 +1143,51 @@
         <v>52</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV4"/>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>1102Про встановлення умов оплати праці Червоноградському міському голові Червоноградського району Львівської області Залівському А.І.</t>
+          <t>ID - 1102,  Про встановлення умов оплати праці Червоноградському міському голові Червоноградського району Львівської області Залівському А.І.</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>60</v>
       </c>
       <c r="E5" t="s">
         <v>51</v>
       </c>
       <c r="F5">
         <v>35</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>2</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>58</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
@@ -1577,51 +1577,51 @@
         <v>63</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AV7"/>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>1099Про встановлення умов оплати праці Червоноградському міському голові Червоноградського району Львівської області Залівському А.І.</t>
+          <t>ID - 1099,  Про встановлення умов оплати праці Червоноградському міському голові Червоноградського району Львівської області Залівському А.І.</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8">
         <v>35</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -1723,51 +1723,51 @@
         <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV8"/>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>1098Про підсумки виборів Червоноградського міського та депутатів Червоноградської міської ради Червоноградського району Львівської області</t>
+          <t>ID - 1098,  Про підсумки виборів Червоноградського міського та депутатів Червоноградської міської ради Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>57</v>
       </c>
       <c r="E9" t="s">
         <v>51</v>
       </c>
       <c r="F9">
         <v>35</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -1869,51 +1869,51 @@
         <v>52</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV9"/>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>1097Про підсумки виборів Червоноградського міського та депутатів Червоноградської міської ради Червоноградського району Львівської області</t>
+          <t>ID - 1097,  Про підсумки виборів Червоноградського міського та депутатів Червоноградської міської ради Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="E10" t="s">
         <v>51</v>
       </c>
       <c r="F10">
         <v>37</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>52</v>
@@ -2015,51 +2015,51 @@
         <v>52</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV10"/>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>1106Про утворення постiйних депутатських комiсiй Червоноградської міської ради Червоноградського району Львівської області</t>
+          <t>ID - 1106,  Про утворення постiйних депутатських комiсiй Червоноградської міської ради Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>60</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="F11">
         <v>36</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>52</v>
@@ -2161,51 +2161,51 @@
         <v>52</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV11"/>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>1110Про внесення змін до рішення №1561 від 20.02.2020 «Про впорядкування та затвердження структури виконавчих органів Червоноградської міської ради»</t>
+          <t>ID - 1110,  Про внесення змін до рішення №1561 від 20.02.2020 «Про впорядкування та затвердження структури виконавчих органів Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>57</v>
       </c>
       <c r="E12" t="s">
         <v>51</v>
       </c>
       <c r="F12">
         <v>35</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>2</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>52</v>
@@ -2307,51 +2307,51 @@
       <c r="AR12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>1111Про виключення з проекту рішення питання про збільшення на одну посаду заступника міського голови</t>
+          <t>ID - 1111,  Про виключення з проекту рішення питання про збільшення на одну посаду заступника міського голови</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>50</v>
       </c>
       <c r="E13" t="s">
         <v>66</v>
       </c>
       <c r="F13">
         <v>5</v>
       </c>
       <c r="G13">
         <v>14</v>
       </c>
       <c r="H13">
         <v>5</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>63</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>63</v>
@@ -2597,51 +2597,51 @@
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>1113Про внесення змін до рішення №1561 від 20.02.2020 «Про впорядкування та затвердження структури виконавчих органів Червоноградської міської ради»</t>
+          <t>ID - 1113,  Про внесення змін до рішення №1561 від 20.02.2020 «Про впорядкування та затвердження структури виконавчих органів Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>60</v>
       </c>
       <c r="E15" t="s">
         <v>51</v>
       </c>
       <c r="F15">
         <v>34</v>
       </c>
       <c r="G15">
         <v>3</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>58</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>52</v>
@@ -2743,51 +2743,51 @@
       <c r="AR15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV15" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>1114Про затвердження першого заступника, заступникiв мiського голови, керуючого справами виконавчого комітету Червоноградської мiської ради</t>
+          <t>ID - 1114,  Про затвердження першого заступника, заступникiв мiського голови, керуючого справами виконавчого комітету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>57</v>
       </c>
       <c r="E16" t="s">
         <v>51</v>
       </c>
       <c r="F16">
         <v>36</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>2</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>52</v>
@@ -2889,51 +2889,51 @@
       <c r="AR16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>1115Доповнити рішення «Про затвердження першого заступника, заступникiв мiського голови, керуючого справами виконавчого комітету Червоноградської мiської ради» пунктом 2:  2. Встановити посадові оклади: 2.1. Першому заступнику міського голови з питань діяльності виконавчих органів ради Балку Д.І. у розмірі 13200 гривень. 2.2. Заступникам міського голови з питань діяльності виконавчих органів ради Ковалю В.С., Мисаку М.І., Земницькій Н.М. , керуючому справами виконавчого комітету Тимчишину Г.Р., секретарю міської ради Грасулову О.О. – у розмірі 12600 гривень.  Пункт 2 рішення вважати пунктом 3.  </t>
+          <t>ID - 1115,  Доповнити рішення «Про затвердження першого заступника, заступникiв мiського голови, керуючого справами виконавчого комітету Червоноградської мiської ради» пунктом 2:  2. Встановити посадові оклади: 2.1. Першому заступнику міського голови з питань діяльності виконавчих органів ради Балку Д.І. у розмірі 13200 гривень. 2.2. Заступникам міського голови з питань діяльності виконавчих органів ради Ковалю В.С., Мисаку М.І., Земницькій Н.М. , керуючому справами виконавчого комітету Тимчишину Г.Р., секретарю міської ради Грасулову О.О. – у розмірі 12600 гривень.  Пункт 2 рішення вважати пунктом 3.  </t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
       <c r="E17" t="s">
         <v>51</v>
       </c>
       <c r="F17">
         <v>36</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>2</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>52</v>
@@ -3035,51 +3035,51 @@
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>1116Про затвердження першого заступника, заступникiв мiського голови, керуючого справами виконавчого комітету Червоноградської мiської ради</t>
+          <t>ID - 1116,  Про затвердження першого заступника, заступникiв мiського голови, керуючого справами виконавчого комітету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
       <c r="F18">
         <v>26</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18">
         <v>3</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>58</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3181,51 +3181,51 @@
       <c r="AR18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV18" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>1118Про затвердження першого заступника, заступникiв мiського голови, керуючого справами виконавчого комітету Червоноградської мiської ради</t>
+          <t>ID - 1118,  Про затвердження першого заступника, заступникiв мiського голови, керуючого справами виконавчого комітету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>51</v>
       </c>
       <c r="F19">
         <v>33</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="H19">
         <v>3</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>58</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>52</v>
@@ -3327,51 +3327,51 @@
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>1119Про утворення виконавчого комiтету Червоноградської мiської ради Червоноградського району​​​​​​​ Львівської області та затвердження його персонального складу</t>
+          <t>ID - 1119,  Про утворення виконавчого комiтету Червоноградської мiської ради Червоноградського району​​​​​​​ Львівської області та затвердження його персонального складу</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>51</v>
       </c>
       <c r="F20">
         <v>37</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>52</v>
@@ -3761,51 +3761,51 @@
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>86</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>1122Про утворення виконавчого комiтету Червоноградської мiської ради Червоноградського району​​​​​​​ Львівської області та затвердження його персонального складу</t>
+          <t>ID - 1122,  Про утворення виконавчого комiтету Червоноградської мiської ради Червоноградського району​​​​​​​ Львівської області та затвердження його персонального складу</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>60</v>
       </c>
       <c r="E23" t="s">
         <v>51</v>
       </c>
       <c r="F23">
         <v>34</v>
       </c>
       <c r="G23">
         <v>4</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>63</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>52</v>
@@ -3907,51 +3907,51 @@
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>87</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>1123Про звернення Червоноградської мiської ради щодо критичної ситуацiї та призупинення діяльності ПрАТ «Шахта «Надія»</t>
+          <t>ID - 1123,  Про звернення Червоноградської мiської ради щодо критичної ситуацiї та призупинення діяльності ПрАТ «Шахта «Надія»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>51</v>
       </c>
       <c r="F24">
         <v>37</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
@@ -4197,51 +4197,51 @@
       <c r="AR25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV25" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>1125Про звернення Червоноградської мiської ради щодо критичної ситуацiї та призупинення діяльності ПрАТ «Шахта «Надія»</t>
+          <t>ID - 1125,  Про звернення Червоноградської мiської ради щодо критичної ситуацiї та призупинення діяльності ПрАТ «Шахта «Надія»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>60</v>
       </c>
       <c r="E26" t="s">
         <v>51</v>
       </c>
       <c r="F26">
         <v>36</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>52</v>
@@ -4775,51 +4775,51 @@
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV29" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>97</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>1131Про затвердження на посаду старости виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 1131,  Про затвердження на посаду старости виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>57</v>
       </c>
       <c r="E30" t="s">
         <v>51</v>
       </c>
       <c r="F30">
         <v>31</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>3</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>58</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>52</v>
@@ -5209,51 +5209,51 @@
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV32" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>102</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>1134Внести у проект рішення  Установити старостам  виконавчого комітету Червоноградської міської ради Харчук І.І., Тереху В.Б., Саїв М.П., Чіпак І.М., Лемесі О.Є., Притулці В.Я., Фіялковському С.Д.  посадовий оклад в розмірі 12500 грн.        3. Присвоїти  старостам  виконавчого комітету Червоноградської міської ради Тереху В.Б., Саїв М.П., Чіпак І.М., Лемесі О.Є., Фіялковському С.Д. тринадцятий ранг посадової особи місцевого самоврядування в межах шостої категорії посад.  Врахувати, що:  1. З 14 червня 2019 року Харчук І.Т. присвоєно сьомий ранг посадової особи місцевого самоврядування в межах четвертої категорії посад. 2.  З  27 листопада 2013 року  Притулці В.Я. присвоєно  восьмий    ранг посадової особи місцевого самоврядування в межах  четвертої  категорії посад. Внести до складу Виконавчого комітету Червоноградської міської ради  старост  виконавчого комітету Червоноградської міської ради Тереху В.Б., Саїв М.П., Чіпак І.М., Лемесі О.Є., Фіялковському С.Д.  </t>
+          <t>ID - 1134,  Внести у проект рішення  Установити старостам  виконавчого комітету Червоноградської міської ради Харчук І.І., Тереху В.Б., Саїв М.П., Чіпак І.М., Лемесі О.Є., Притулці В.Я., Фіялковському С.Д.  посадовий оклад в розмірі 12500 грн.        3. Присвоїти  старостам  виконавчого комітету Червоноградської міської ради Тереху В.Б., Саїв М.П., Чіпак І.М., Лемесі О.Є., Фіялковському С.Д. тринадцятий ранг посадової особи місцевого самоврядування в межах шостої категорії посад.  Врахувати, що:  1. З 14 червня 2019 року Харчук І.Т. присвоєно сьомий ранг посадової особи місцевого самоврядування в межах четвертої категорії посад. 2.  З  27 листопада 2013 року  Притулці В.Я. присвоєно  восьмий    ранг посадової особи місцевого самоврядування в межах  четвертої  категорії посад. Внести до складу Виконавчого комітету Червоноградської міської ради  старост  виконавчого комітету Червоноградської міської ради Тереху В.Б., Саїв М.П., Чіпак І.М., Лемесі О.Є., Фіялковському С.Д.  </t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>50</v>
       </c>
       <c r="E33" t="s">
         <v>51</v>
       </c>
       <c r="F33">
         <v>37</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>52</v>
@@ -5355,51 +5355,51 @@
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV33" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>103</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>1135Про затвердження на посаду старости виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 1135,  Про затвердження на посаду старости виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>51</v>
       </c>
       <c r="F34">
         <v>37</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>52</v>
@@ -5501,51 +5501,51 @@
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV34" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>1136Про затвердження структури виконавчих органів Червоноградської міської ради та їх загальної чисельності</t>
+          <t>ID - 1136,  Про затвердження структури виконавчих органів Червоноградської міської ради та їх загальної чисельності</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>57</v>
       </c>
       <c r="E35" t="s">
         <v>51</v>
       </c>
       <c r="F35">
         <v>37</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>52</v>
@@ -6655,51 +6655,51 @@
       <c r="AR42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV42" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>119</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>1144Про затвердження структури виконавчих органів Червоноградської міської ради та їх загальної чисельності</t>
+          <t>ID - 1144,  Про затвердження структури виконавчих органів Червоноградської міської ради та їх загальної чисельності</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>51</v>
       </c>
       <c r="F43">
         <v>34</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>2</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>52</v>
@@ -6801,51 +6801,51 @@
       <c r="AR43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV43" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>120</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>1145Про початок реорганізації Соснівської міської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1145,  Про початок реорганізації Соснівської міської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>57</v>
       </c>
       <c r="E44" t="s">
         <v>51</v>
       </c>
       <c r="F44">
         <v>36</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>52</v>
@@ -6947,51 +6947,51 @@
       <c r="AR44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>121</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>1146Забрати з тексту `старостинських округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
+          <t>ID - 1146,  Забрати з тексту `старостинських округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>50</v>
       </c>
       <c r="E45" t="s">
         <v>51</v>
       </c>
       <c r="F45">
         <v>36</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>52</v>
@@ -7093,51 +7093,51 @@
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV45" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>122</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>1147Про початок реорганізації Соснівської міської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1147,  Про початок реорганізації Соснівської міської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>60</v>
       </c>
       <c r="E46" t="s">
         <v>51</v>
       </c>
       <c r="F46">
         <v>36</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>52</v>
@@ -7239,51 +7239,51 @@
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV46" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>123</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>1148Про початок реорганізації Гірницької селищної ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1148,  Про початок реорганізації Гірницької селищної ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>57</v>
       </c>
       <c r="E47" t="s">
         <v>51</v>
       </c>
       <c r="F47">
         <v>36</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>52</v>
@@ -7385,51 +7385,51 @@
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>124</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>1149Забрати з тексту `старостинських округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
+          <t>ID - 1149,  Забрати з тексту `старостинських округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>50</v>
       </c>
       <c r="E48" t="s">
         <v>51</v>
       </c>
       <c r="F48">
         <v>35</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>52</v>
@@ -7531,51 +7531,51 @@
       <c r="AR48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV48" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>125</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>1150Про початок реорганізації Гірницької селищної ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1150,  Про початок реорганізації Гірницької селищної ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>60</v>
       </c>
       <c r="E49" t="s">
         <v>51</v>
       </c>
       <c r="F49">
         <v>35</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>52</v>
@@ -7677,51 +7677,51 @@
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>126</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>1151Про початок реорганізації Межирічанської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1151,  Про початок реорганізації Межирічанської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>57</v>
       </c>
       <c r="E50" t="s">
         <v>51</v>
       </c>
       <c r="F50">
         <v>35</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>52</v>
@@ -7823,51 +7823,51 @@
       <c r="AR50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV50" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>1152Забрати з тексту `старостинських округ`. Головою комісії визначити Коваля В.С., склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
+          <t>ID - 1152,  Забрати з тексту `старостинських округ`. Головою комісії визначити Коваля В.С., склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>50</v>
       </c>
       <c r="E51" t="s">
         <v>51</v>
       </c>
       <c r="F51">
         <v>35</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>52</v>
@@ -7969,51 +7969,51 @@
       <c r="AR51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>128</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>1153Про початок реорганізації Межирічанської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1153,  Про початок реорганізації Межирічанської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>60</v>
       </c>
       <c r="E52" t="s">
         <v>51</v>
       </c>
       <c r="F52">
         <v>36</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>52</v>
@@ -8115,51 +8115,51 @@
       <c r="AR52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV52" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>129</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>1154Про початок реорганізації Сілецької сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1154,  Про початок реорганізації Сілецької сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>57</v>
       </c>
       <c r="E53" t="s">
         <v>51</v>
       </c>
       <c r="F53">
         <v>35</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>52</v>
@@ -8261,51 +8261,51 @@
       <c r="AR53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV53" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>130</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>1155Забрати з тексту `старостинських округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
+          <t>ID - 1155,  Забрати з тексту `старостинських округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>50</v>
       </c>
       <c r="E54" t="s">
         <v>51</v>
       </c>
       <c r="F54">
         <v>35</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>52</v>
@@ -8407,51 +8407,51 @@
       <c r="AR54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV54" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>131</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>1156Про початок реорганізації Сілецької сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1156,  Про початок реорганізації Сілецької сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>60</v>
       </c>
       <c r="E55" t="s">
         <v>51</v>
       </c>
       <c r="F55">
         <v>36</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>52</v>
@@ -8553,51 +8553,51 @@
       <c r="AR55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV55" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>132</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>1157Про початок реорганізації Острівської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1157,  Про початок реорганізації Острівської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>57</v>
       </c>
       <c r="E56" t="s">
         <v>51</v>
       </c>
       <c r="F56">
         <v>36</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>52</v>
@@ -8699,51 +8699,51 @@
       <c r="AR56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV56" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>133</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>1158Забрати з тексту `старостинський округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
+          <t>ID - 1158,  Забрати з тексту `старостинський округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>50</v>
       </c>
       <c r="E57" t="s">
         <v>51</v>
       </c>
       <c r="F57">
         <v>33</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
@@ -8845,51 +8845,51 @@
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV57" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>134</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>1159Про початок реорганізації Острівської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1159,  Про початок реорганізації Острівської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>60</v>
       </c>
       <c r="E58" t="s">
         <v>51</v>
       </c>
       <c r="F58">
         <v>35</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>52</v>
@@ -8991,51 +8991,51 @@
       <c r="AR58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV58" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>135</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>1160Про початок реорганізації Волсвинської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1160,  Про початок реорганізації Волсвинської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>57</v>
       </c>
       <c r="E59" t="s">
         <v>51</v>
       </c>
       <c r="F59">
         <v>34</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>52</v>
@@ -9137,51 +9137,51 @@
       <c r="AR59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV59" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>136</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>1161Забрати з тексту `старостинський округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
+          <t>ID - 1161,  Забрати з тексту `старостинський округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>50</v>
       </c>
       <c r="E60" t="s">
         <v>51</v>
       </c>
       <c r="F60">
         <v>35</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
@@ -9283,51 +9283,51 @@
       <c r="AR60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV60" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>137</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>1162Про початок реорганізації Волсвинської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1162,  Про початок реорганізації Волсвинської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>60</v>
       </c>
       <c r="E61" t="s">
         <v>51</v>
       </c>
       <c r="F61">
         <v>35</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>52</v>
@@ -9429,51 +9429,51 @@
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>138</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>1163Про початок реорганізації Поздимирської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1163,  Про початок реорганізації Поздимирської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>57</v>
       </c>
       <c r="E62" t="s">
         <v>51</v>
       </c>
       <c r="F62">
         <v>35</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>52</v>
@@ -9575,51 +9575,51 @@
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>139</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>1164Забрати з тексту `старостинський округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
+          <t>ID - 1164,  Забрати з тексту `старостинський округ`. Головою комісії визначити Коваля В.С. , склад комісії озвучений Ковалем В.С. , інші правки у тексті рішення озвучені Ковалем В.С. стенограмно. </t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>50</v>
       </c>
       <c r="E63" t="s">
         <v>51</v>
       </c>
       <c r="F63">
         <v>35</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>52</v>
@@ -9721,51 +9721,51 @@
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV63" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>140</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>1165Про початок реорганізації Поздимирської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
+          <t>ID - 1165,  Про початок реорганізації Поздимирської сільської ради шляхом припинення її діяльності та приєднання до Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>60</v>
       </c>
       <c r="E64" t="s">
         <v>51</v>
       </c>
       <c r="F64">
         <v>36</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>52</v>