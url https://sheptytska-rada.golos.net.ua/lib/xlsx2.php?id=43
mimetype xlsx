--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="220">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -149,573 +149,570 @@
   <si>
     <t>Pikh Hanna Yosypivna</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Khaysanova Nataliya Petrivna</t>
   </si>
   <si>
     <t>Vovkiv Iryna Yuriyivna</t>
   </si>
   <si>
     <t>Hatala Hanna Volodymyrivna</t>
   </si>
   <si>
     <t>Hrasulov Oleksandr Olehovych</t>
   </si>
   <si>
     <t>Siledchyk Vasyl Vasylovych</t>
   </si>
   <si>
     <t>20.08.20  11:04:45</t>
   </si>
   <si>
-    <t>843Про депутатськi запити</t>
+    <t>ID - 843,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>20.08.20  11:20:08</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>20.08.20  11:22:35</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>20.08.20  11:26:01</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>20.08.20  11:28:27</t>
   </si>
   <si>
-    <t>847Про внесення змін до міського бюджету м.Червонограда на 2020 рік (13209100000)</t>
+    <t>ID - 847,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік (13209100000)</t>
   </si>
   <si>
     <t>20.08.20  11:48:07</t>
   </si>
   <si>
     <t>20.08.20  11:52:21</t>
   </si>
   <si>
-    <t>849змінити ставку з 6% на 2% </t>
+    <t>ID - 849,  змінити ставку з 6% на 2% </t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>20.08.20  11:54:53</t>
   </si>
   <si>
-    <t>850Змінити ставку з 6% до 1,5%</t>
+    <t>ID - 850,  Змінити ставку з 6% до 1,5%</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>20.08.20  11:55:22</t>
   </si>
   <si>
     <t>20.08.20  11:57:17</t>
   </si>
   <si>
-    <t>852Про продаж у власнiсть земельної дiлянки ФОП Шмигельському Сергiю Федоровичу</t>
+    <t>ID - 852,  Про продаж у власнiсть земельної дiлянки ФОП Шмигельському Сергiю Федоровичу</t>
   </si>
   <si>
     <t>20.08.20  12:00:23</t>
   </si>
   <si>
     <t>20.08.20  12:03:10</t>
   </si>
   <si>
-    <t>854добавити в назву `розгляд заяв Сімчука В.В. `</t>
+    <t>ID - 854,  добавити в назву `розгляд заяв Сімчука В.В. `</t>
   </si>
   <si>
     <t>20.08.20  12:03:44</t>
   </si>
   <si>
     <t>20.08.20  12:05:28</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>20.08.20  12:08:49</t>
   </si>
   <si>
     <t>20.08.20  12:10:31</t>
   </si>
   <si>
-    <t>858Про затвердження Положення про вiддiл культури Червоноградської мiської ради</t>
+    <t>ID - 858,  Про затвердження Положення про вiддiл культури Червоноградської мiської ради</t>
   </si>
   <si>
     <t>20.08.20  12:12:00</t>
   </si>
   <si>
     <t>20.08.20  12:12:57</t>
   </si>
   <si>
-    <t>860Про надання згоди на безоплатну передачу ЧЗШ № 4 друкованої продукцiї НАПН України</t>
-[...1 lines deleted...]
-  <si>
     <t>20.08.20  12:14:06</t>
   </si>
   <si>
     <t>20.08.20  12:16:48</t>
   </si>
   <si>
     <t>20.08.20  12:19:57</t>
   </si>
   <si>
     <t>20.08.20  12:23:29</t>
   </si>
   <si>
     <t>20.08.20  12:30:07</t>
   </si>
   <si>
-    <t>865Про введення штатної одиниці тренера-викладача з боксу</t>
+    <t>ID - 865,  Про введення штатної одиниці тренера-викладача з боксу</t>
   </si>
   <si>
     <t>20.08.20  12:31:54</t>
   </si>
   <si>
     <t>20.08.20  12:39:41</t>
   </si>
   <si>
     <t>20.08.20  12:41:50</t>
   </si>
   <si>
+    <t>ID - 868,  </t>
+  </si>
+  <si>
     <t>20.08.20  12:44:34</t>
   </si>
   <si>
     <t>20.08.20  13:02:22</t>
   </si>
   <si>
     <t>20.08.20  15:03:59</t>
   </si>
   <si>
     <t>20.08.20  15:05:03</t>
   </si>
   <si>
     <t>20.08.20  15:07:20</t>
   </si>
   <si>
-    <t>874Стенограмно озвучена Балком Д. І.</t>
+    <t>ID - 874,  Стенограмно озвучена Балком Д. І.</t>
   </si>
   <si>
     <t>20.08.20  15:07:50</t>
   </si>
   <si>
     <t>20.08.20  15:09:11</t>
   </si>
   <si>
     <t>20.08.20  15:09:48</t>
   </si>
   <si>
-    <t>877у назву рішення та текст - Стенограмно озвучені Балком Д.І. </t>
+    <t>ID - 877,  у назву рішення та текст - Стенограмно озвучені Балком Д.І. </t>
   </si>
   <si>
     <t>20.08.20  15:10:16</t>
   </si>
   <si>
     <t>20.08.20  15:12:13</t>
   </si>
   <si>
     <t>20.08.20  15:13:59</t>
   </si>
   <si>
     <t>20.08.20  15:15:25</t>
   </si>
   <si>
     <t>20.08.20  15:17:31</t>
   </si>
   <si>
     <t>20.08.20  15:18:53</t>
   </si>
   <si>
     <t>20.08.20  15:19:59</t>
   </si>
   <si>
     <t>20.08.20  15:21:42</t>
   </si>
   <si>
     <t>20.08.20  15:35:24</t>
   </si>
   <si>
     <t>20.08.20  15:36:31</t>
   </si>
   <si>
     <t>20.08.20  15:37:40</t>
   </si>
   <si>
-    <t>888Стенограмно озвучено Балком (не вказувати  загальну площу будівлю)</t>
+    <t>ID - 888,  Стенограмно озвучено Балком (не вказувати  загальну площу будівлю)</t>
   </si>
   <si>
     <t>20.08.20  15:38:14</t>
   </si>
   <si>
     <t>20.08.20  15:39:43</t>
   </si>
   <si>
     <t>20.08.20  15:41:52</t>
   </si>
   <si>
-    <t>891Заяви які зареєстровані по 20.08 (включно) </t>
+    <t>ID - 891,  Заяви які зареєстровані по 20.08 (включно) </t>
   </si>
   <si>
     <t>20.08.20  15:45:49</t>
   </si>
   <si>
     <t>20.08.20  15:47:58</t>
   </si>
   <si>
     <t>20.08.20  15:50:47</t>
   </si>
   <si>
     <t>20.08.20  15:51:46</t>
   </si>
   <si>
     <t>20.08.20  15:55:00</t>
   </si>
   <si>
     <t>20.08.20  15:55:31</t>
   </si>
   <si>
     <t>20.08.20  15:58:25</t>
   </si>
   <si>
-    <t>898Про затвердження Положення про конкурсний відбір суб’єктів оціночної діяльності</t>
-[...1 lines deleted...]
-  <si>
     <t>20.08.20  16:12:44</t>
   </si>
   <si>
     <t>27.08.20  10:44:44</t>
   </si>
   <si>
     <t>27.08.20  10:46:51</t>
   </si>
   <si>
     <t>27.08.20  10:48:15</t>
   </si>
   <si>
     <t>27.08.20  10:52:54</t>
   </si>
   <si>
     <t>27.08.20  11:11:22</t>
   </si>
   <si>
     <t>27.08.20  11:14:39</t>
   </si>
   <si>
     <t>27.08.20  11:18:25</t>
   </si>
   <si>
-    <t>917термін повноважень до 31.12.2020</t>
+    <t>ID - 917,  термін повноважень до 31.12.2020</t>
   </si>
   <si>
     <t>27.08.20  11:18:56</t>
   </si>
   <si>
     <t>27.08.20  11:20:57</t>
   </si>
   <si>
-    <t>919Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 919,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>27.08.20  11:22:15</t>
   </si>
   <si>
-    <t>920Про затвердження технiчних документацiй iз землеустрою</t>
+    <t>ID - 920,  Про затвердження технiчних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>27.08.20  11:23:05</t>
   </si>
   <si>
     <t>27.08.20  11:26:09</t>
   </si>
   <si>
-    <t>922Про надання дозволу на виготовлення технiчної документацiї iз землеустрою</t>
+    <t>ID - 922,  Про надання дозволу на виготовлення технiчної документацiї iз землеустрою</t>
   </si>
   <si>
     <t>27.08.20  11:36:29</t>
   </si>
   <si>
-    <t>923Про розгляд заяв громадян-учасникiв антитерористичної операцiї</t>
+    <t>ID - 923,  Про розгляд заяв громадян-учасникiв антитерористичної операцiї</t>
   </si>
   <si>
     <t>27.08.20  11:38:00</t>
   </si>
   <si>
-    <t>924голосувати додатки окремо</t>
+    <t>ID - 924,  голосувати додатки окремо</t>
   </si>
   <si>
     <t>27.08.20  11:38:43</t>
   </si>
   <si>
-    <t>925Підтримати додаток №1</t>
+    <t>ID - 925,  Підтримати додаток №1</t>
   </si>
   <si>
     <t>27.08.20  11:39:13</t>
   </si>
   <si>
-    <t>926Підтримати додаток №2</t>
+    <t>ID - 926,  Підтримати додаток №2</t>
   </si>
   <si>
     <t>27.08.20  11:39:43</t>
   </si>
   <si>
-    <t>927Про розгляд заяв громадян-учасникiв антитерористичної операцiї</t>
+    <t>ID - 927,  Про розгляд заяв громадян-учасникiв антитерористичної операцiї</t>
   </si>
   <si>
     <t>27.08.20  11:42:16</t>
   </si>
   <si>
-    <t>928Про розгляд заяви громадянки Пiрнач Наталiї Вiкторiвни</t>
+    <t>ID - 928,  Про розгляд заяви громадянки Пiрнач Наталiї Вiкторiвни</t>
   </si>
   <si>
     <t>27.08.20  11:44:18</t>
   </si>
   <si>
-    <t>929Про розгляд заяви громадянина Панькiва Юрiя Володимировича</t>
+    <t>ID - 929,  Про розгляд заяви громадянина Панькiва Юрiя Володимировича</t>
   </si>
   <si>
     <t>27.08.20  11:45:18</t>
   </si>
   <si>
-    <t>930Про вилучення та надання земельних дiлянок</t>
+    <t>ID - 930,  Про вилучення та надання земельних дiлянок</t>
   </si>
   <si>
     <t>27.08.20  11:48:24</t>
   </si>
   <si>
-    <t>931Стенограмно озвучено Балком Д.І. </t>
+    <t>ID - 931,  Стенограмно озвучено Балком Д.І. </t>
   </si>
   <si>
     <t>27.08.20  11:48:57</t>
   </si>
   <si>
-    <t>932Про вилучення та надання земельних дiлянок</t>
+    <t>ID - 932,  Про вилучення та надання земельних дiлянок</t>
   </si>
   <si>
     <t>27.08.20  11:51:24</t>
   </si>
   <si>
-    <t>933Про передачу КП Комунальник у постiйне користування земельних дiлянок</t>
+    <t>ID - 933,  Про передачу КП Комунальник у постiйне користування земельних дiлянок</t>
   </si>
   <si>
     <t>27.08.20  11:53:02</t>
   </si>
   <si>
-    <t>934Про розгляд клопотань Приватного акцiонерного товариства Львiвобленерго</t>
+    <t>ID - 934,  Про розгляд клопотань Приватного акцiонерного товариства Львiвобленерго</t>
   </si>
   <si>
     <t>27.08.20  11:53:51</t>
   </si>
   <si>
     <t>27.08.20  11:57:19</t>
   </si>
   <si>
     <t>27.08.20  11:57:46</t>
   </si>
   <si>
     <t>27.08.20  12:00:17</t>
   </si>
   <si>
     <t>27.08.20  12:03:52</t>
   </si>
   <si>
     <t>27.08.20  12:05:37</t>
   </si>
   <si>
-    <t>941Про розгляд клопотання Публiчного акцiонерного товариства Змiна</t>
+    <t>ID - 941,  Про розгляд клопотання Публiчного акцiонерного товариства Змiна</t>
   </si>
   <si>
     <t>27.08.20  12:08:56</t>
   </si>
   <si>
     <t>27.08.20  12:10:57</t>
   </si>
   <si>
     <t>27.08.20  12:12:58</t>
   </si>
   <si>
-    <t>944Про розгляд заяви ФОП Скоропади Мирослава Михайловича</t>
+    <t>ID - 944,  Про розгляд заяви ФОП Скоропади Мирослава Михайловича</t>
   </si>
   <si>
     <t>27.08.20  12:17:32</t>
   </si>
   <si>
     <t>27.08.20  12:19:12</t>
   </si>
   <si>
-    <t>946Про розгляд заяви ФОП Чашинського Анатолiя Йосиповича</t>
+    <t>ID - 946,  Про розгляд заяви ФОП Чашинського Анатолiя Йосиповича</t>
   </si>
   <si>
     <t>27.08.20  12:20:04</t>
   </si>
   <si>
     <t>27.08.20  12:23:41</t>
   </si>
   <si>
-    <t>948Стенограмно озвучені Балком Д.І. </t>
+    <t>ID - 948,  Стенограмно озвучені Балком Д.І. </t>
   </si>
   <si>
     <t>27.08.20  12:24:18</t>
   </si>
   <si>
     <t>27.08.20  12:30:08</t>
   </si>
   <si>
-    <t>950Про продовження термiну оренди земельних дiлянок</t>
+    <t>ID - 950,  Про продовження термiну оренди земельних дiлянок</t>
   </si>
   <si>
     <t>27.08.20  12:32:00</t>
   </si>
   <si>
-    <t>951Про розгляд заяви ФОП Павленко Наталiї Iванiвни</t>
+    <t>ID - 951,  Про розгляд заяви ФОП Павленко Наталiї Iванiвни</t>
   </si>
   <si>
     <t>27.08.20  12:35:46</t>
   </si>
   <si>
-    <t>953Про розгляд заяви ФОП Павленко Наталiї Iванiвни</t>
+    <t>ID - 953,  Про розгляд заяви ФОП Павленко Наталiї Iванiвни</t>
   </si>
   <si>
     <t>27.08.20  12:37:48</t>
   </si>
   <si>
     <t>27.08.20  12:48:05</t>
   </si>
   <si>
-    <t>955Про розгляд звернення ФОП Сiледчика Василя Васильовича</t>
+    <t>ID - 955,  Про розгляд звернення ФОП Сiледчика Василя Васильовича</t>
   </si>
   <si>
     <t>27.08.20  12:50:43</t>
   </si>
   <si>
     <t>27.08.20  12:52:50</t>
   </si>
   <si>
-    <t>957Про розгляд заяви громадянки Зазуляк Кристини Володимирівни</t>
+    <t>ID - 957,  Про розгляд заяви громадянки Зазуляк Кристини Володимирівни</t>
   </si>
   <si>
     <t>27.08.20  13:00:16</t>
   </si>
   <si>
-    <t>958Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 958,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>27.08.20  13:01:32</t>
   </si>
   <si>
-    <t>959Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 959,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>27.08.20  13:05:16</t>
   </si>
   <si>
-    <t>960Про розгляд клопотання ТзОВ `Кольга`</t>
+    <t>ID - 960,  Про розгляд клопотання ТзОВ `Кольга`</t>
   </si>
   <si>
     <t>27.08.20  13:07:06</t>
   </si>
   <si>
-    <t>961Про розгляд клопотання Товариства з обмеженою вiдповiдальнiстю «ОК Ест-iнвест»</t>
+    <t>ID - 961,  Про розгляд клопотання Товариства з обмеженою вiдповiдальнiстю «ОК Ест-iнвест»</t>
   </si>
   <si>
     <t>27.08.20  13:09:30</t>
   </si>
   <si>
     <t>27.08.20  13:14:37</t>
   </si>
   <si>
-    <t>964Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 964,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>27.08.20  13:15:34</t>
   </si>
   <si>
     <t>27.08.20  13:19:23</t>
   </si>
   <si>
-    <t>966п. 3 вилучити</t>
+    <t>ID - 966,  п. 3 вилучити</t>
   </si>
   <si>
     <t>27.08.20  13:21:28</t>
   </si>
   <si>
-    <t>967редакційні правки озвучені Балком Д.І. </t>
+    <t>ID - 967,  редакційні правки озвучені Балком Д.І. </t>
   </si>
   <si>
     <t>27.08.20  13:25:22</t>
   </si>
   <si>
-    <t>968редакційні правки озвучені Балком Д.І. </t>
+    <t>ID - 968,  редакційні правки озвучені Балком Д.І. </t>
   </si>
   <si>
     <t>27.08.20  13:37:21</t>
   </si>
   <si>
-    <t>969редакційні правки озвучені Балком Д.І. </t>
+    <t>ID - 969,  редакційні правки озвучені Балком Д.І. </t>
   </si>
   <si>
     <t>27.08.20  13:39:04</t>
   </si>
   <si>
-    <t>970редакційні правки озвучені Балком Д.І. </t>
+    <t>ID - 970,  редакційні правки озвучені Балком Д.І. </t>
   </si>
   <si>
     <t>27.08.20  13:39:32</t>
   </si>
   <si>
     <t>02.09.20  17:38:36</t>
   </si>
   <si>
-    <t>977Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 977,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1072,51 +1069,51 @@
       <c r="AO2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>844Про виконання міського бюджету м.Червонограда за січень- червень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
+          <t>ID - 844,  Про виконання міського бюджету м.Червонограда за січень- червень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>53</v>
       </c>
       <c r="E3" t="s">
         <v>48</v>
       </c>
       <c r="F3">
         <v>20</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>49</v>
@@ -1211,51 +1208,51 @@
       <c r="AO3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>845Правки стенограмно озвучені Сементух Л.І. щодо ремонту доріг, ремонт ліфта Шептицького 100 тис.грн, квартал Солокія 50 тис.грн</t>
+          <t>ID - 845,  Правки стенограмно озвучені Сементух Л.І. щодо ремонту доріг, ремонт ліфта Шептицького 100 тис.грн, квартал Солокія 50 тис.грн</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>55</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4">
         <v>21</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
@@ -1350,51 +1347,51 @@
       <c r="AO4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>846Про виконання міського бюджету м.Червонограда за січень- червень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
+          <t>ID - 846,  Про виконання міського бюджету м.Червонограда за січень- червень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>57</v>
       </c>
       <c r="E5" t="s">
         <v>48</v>
       </c>
       <c r="F5">
         <v>21</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>49</v>
@@ -1626,51 +1623,51 @@
       <c r="AO6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>848Про внесення змін до рішення Червоноградської міської ради від 25.06.2016 р. №1277 «Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території міста Червонограда»</t>
+          <t>ID - 848,  Про внесення змін до рішення Червоноградської міської ради від 25.06.2016 р. №1277 «Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території міста Червонограда»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>53</v>
       </c>
       <c r="E7" t="s">
         <v>48</v>
       </c>
       <c r="F7">
         <v>19</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>49</v>
@@ -2039,51 +2036,51 @@
       <c r="AO9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>851Про внесення змін до рішення Червоноградської міської ради від 25.06.2016 р. №1277 «Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території міста Червонограда»</t>
+          <t>ID - 851,  Про внесення змін до рішення Червоноградської міської ради від 25.06.2016 р. №1277 «Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території міста Червонограда»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>57</v>
       </c>
       <c r="E10" t="s">
         <v>48</v>
       </c>
       <c r="F10">
         <v>19</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>49</v>
@@ -2315,51 +2312,51 @@
       <c r="AO11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>853Про розгляд заяви Бандрiвської А.М про внесення змiн до складу виконавчого комiтету Червоноградської мiської ради</t>
+          <t>ID - 853,  Про розгляд заяви Бандрiвської А.М про внесення змiн до складу виконавчого комiтету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12">
         <v>19</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>49</v>
@@ -2591,51 +2588,51 @@
       <c r="AO13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>855Про розгляд заяви Бандрiвської А.М про внесення змiн до складу виконавчого комiтету Червоноградської мiської ради</t>
+          <t>ID - 855,  Про розгляд заяви Бандрiвської А.М про внесення змiн до складу виконавчого комiтету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>57</v>
       </c>
       <c r="E14" t="s">
         <v>48</v>
       </c>
       <c r="F14">
         <v>19</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>49</v>
@@ -2730,51 +2727,51 @@
       <c r="AO14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>856Про розгляд заяви ПП Європейська солiдарнiсть про внесення змiн до складу виконавчого комiтету Червоноградської мiської ради</t>
+          <t>ID - 856,  Про розгляд заяви ПП Європейська солiдарнiсть про внесення змiн до складу виконавчого комiтету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>47</v>
       </c>
       <c r="E15" t="s">
         <v>63</v>
       </c>
       <c r="F15">
         <v>17</v>
       </c>
       <c r="G15">
         <v>2</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>49</v>
@@ -2869,51 +2866,51 @@
       <c r="AO15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>76</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>857Про звернення Червоноградської мiської ради щодо внесення змiн до законодавчих, пiдзаконних актiв</t>
+          <t>ID - 857,  Про звернення Червоноградської мiської ради щодо внесення змiн до законодавчих, пiдзаконних актiв</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16">
         <v>23</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>49</v>
@@ -3145,51 +3142,51 @@
       <c r="AO17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>859Про вiдкриття iнклюзивних груп у закладах дошкiльної освiти та органiзацiю класiв з iнклюзивним навчанням у закладах загальної середньої освiти</t>
+          <t>ID - 859,  Про вiдкриття iнклюзивних груп у закладах дошкiльної освiти та органiзацiю класiв з iнклюзивним навчанням у закладах загальної середньої освiти</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>48</v>
       </c>
       <c r="F18">
         <v>22</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>49</v>
@@ -3282,52 +3279,54 @@
         <v>49</v>
       </c>
       <c r="AO18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
-      <c r="C19" t="s" s="4">
-        <v>81</v>
+      <c r="C19" t="inlineStr" s="4">
+        <is>
+          <t>ID - 860,  Про надання згоди на безоплатну передачу ЧЗШ № 4 друкованої продукцiї НАПН України</t>
+        </is>
       </c>
       <c r="D19" t="s">
         <v>47</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19">
         <v>22</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>49</v>
       </c>
@@ -3417,55 +3416,55 @@
       </c>
       <c r="AN19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>861Про створення груп подовженого дня у закладах загальної середньої освiти на 2020 2021 навчальний рiк</t>
+          <t>ID - 861,  Про створення груп подовженого дня у закладах загальної середньої освiти на 2020 2021 навчальний рiк</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20">
         <v>22</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>49</v>
@@ -3556,55 +3555,55 @@
       </c>
       <c r="AN20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>862Про реорганізацію Інформаційно-методичного центру освіти м. Червонограда в Центр професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
+          <t>ID - 862,  Про реорганізацію Інформаційно-методичного центру освіти м. Червонограда в Центр професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>47</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21">
         <v>23</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>49</v>
@@ -3695,55 +3694,55 @@
       </c>
       <c r="AN21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>863Про затвердження Порядку про проведення конкурсу на посаду директора Центру професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
+          <t>ID - 863,  Про затвердження Порядку про проведення конкурсу на посаду директора Центру професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>47</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22">
         <v>21</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
@@ -3834,55 +3833,55 @@
       </c>
       <c r="AN22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>864Про затвердження Статуту Червоноградського ліцею Червоноградської міської ради Львівської області</t>
+          <t>ID - 864,  Про затвердження Статуту Червоноградського ліцею Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>47</v>
       </c>
       <c r="E23" t="s">
         <v>48</v>
       </c>
       <c r="F23">
         <v>22</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>49</v>
@@ -3973,54 +3972,54 @@
       </c>
       <c r="AN23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>85</v>
+      </c>
+      <c r="C24" t="s" s="4">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D24" t="s">
         <v>47</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24">
         <v>22</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
       </c>
@@ -4110,55 +4109,55 @@
       </c>
       <c r="AN24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>866Про придбання житла для особи з числа дітей, позбавлених батьківського піклування, яка перебуває на квартирному обліку</t>
+          <t>ID - 866,  Про придбання житла для особи з числа дітей, позбавлених батьківського піклування, яка перебуває на квартирному обліку</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>47</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25">
         <v>20</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
@@ -4249,55 +4248,55 @@
       </c>
       <c r="AN25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>867Про внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 Про встановлення земельного податку на територiї м.Червонограда</t>
+          <t>ID - 867,  Про внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 Про встановлення земельного податку на територiї м.Червонограда</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>47</v>
       </c>
       <c r="E26" t="s">
         <v>63</v>
       </c>
       <c r="F26">
         <v>12</v>
       </c>
       <c r="G26">
         <v>3</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>66</v>
@@ -4388,54 +4387,54 @@
       </c>
       <c r="AN26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>89</v>
+      </c>
+      <c r="C27" t="s" s="4">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
       <c r="D27" t="s">
         <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>63</v>
       </c>
       <c r="F27">
         <v>16</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
       <c r="H27">
         <v>2</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4529,51 +4528,51 @@
       <c r="AO27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>91</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>869Про погодження ТзОВ Компанiя Унiверсал Iнжинiринг продовження термiну будiвництва об єкту Реконструкцiя незавершеного будiвництва полiклiнiки з пристосуванням пiд житловий комплекс на вул Iвасюка 2 б</t>
+          <t>ID - 869,  Про погодження ТзОВ Компанiя Унiверсал Iнжинiринг продовження термiну будiвництва об єкту Реконструкцiя незавершеного будiвництва полiклiнiки з пристосуванням пiд житловий комплекс на вул Iвасюка 2 б</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>47</v>
       </c>
       <c r="E28" t="s">
         <v>63</v>
       </c>
       <c r="F28">
         <v>18</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
@@ -4668,51 +4667,51 @@
       <c r="AO28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>92</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>871Про внесення змiн в рiшення Червоноградської мiської ради вiд 25.07.2019 № 1297 Про надання дозволу на розроблення змiн до детального плану територiї в районi вулиць Героїв Майдану, Iвасюка, Грушевського ( дамба)</t>
+          <t>ID - 871,  Про внесення змiн в рiшення Червоноградської мiської ради вiд 25.07.2019 № 1297 Про надання дозволу на розроблення змiн до детального плану територiї в районi вулиць Героїв Майдану, Iвасюка, Грушевського ( дамба)</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>47</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29">
         <v>20</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
@@ -4807,51 +4806,51 @@
       <c r="AO29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>93</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>872Про передачу з балансу комунального пiдприємства Червоноградське управлiння будiвництва i iнвестицiй «Будiнвест» капiтальних вкладень по об’єктах незавершеного будiвництва на баланс вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради</t>
+          <t>ID - 872,  Про передачу з балансу комунального пiдприємства Червоноградське управлiння будiвництва i iнвестицiй «Будiнвест» капiтальних вкладень по об’єктах незавершеного будiвництва на баланс вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>47</v>
       </c>
       <c r="E30" t="s">
         <v>48</v>
       </c>
       <c r="F30">
         <v>19</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>49</v>
@@ -4946,51 +4945,51 @@
       <c r="AO30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>94</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>873Про безоплатну передачу у комунальну власнiсть територiальної громади м. Червонограда в особi Червоноградської мiської ради 500 штук залiзобетонних лоткiв, що були у використаннi, вiд КП″Червоноградтеплокомуненерго″ - з подальшою передачею у комунальну власнiсть територiальної громади м. Соснiвка</t>
+          <t>ID - 873,  Про безоплатну передачу у комунальну власнiсть територiальної громади м. Червонограда в особi Червоноградської мiської ради 500 штук залiзобетонних лоткiв, що були у використаннi, вiд КП″Червоноградтеплокомуненерго″ - з подальшою передачею у комунальну власнiсть територiальної громади м. Соснiвка</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>53</v>
       </c>
       <c r="E31" t="s">
         <v>48</v>
       </c>
       <c r="F31">
         <v>20</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>49</v>
@@ -5222,51 +5221,51 @@
       <c r="AO32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>875Про безоплатну передачу у комунальну власнiсть територiальної громади м. Червонограда в особi Червоноградської мiської ради 500 штук залiзобетонних лоткiв, що були у використаннi, вiд КП″Червоноградтеплокомуненерго″ - з подальшою передачею у комунальну власнiсть територiальної громади м. Соснiвка</t>
+          <t>ID - 875,  Про безоплатну передачу у комунальну власнiсть територiальної громади м. Червонограда в особi Червоноградської мiської ради 500 штук залiзобетонних лоткiв, що були у використаннi, вiд КП″Червоноградтеплокомуненерго″ - з подальшою передачею у комунальну власнiсть територiальної громади м. Соснiвка</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>57</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
         <v>21</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>49</v>
@@ -5361,51 +5360,51 @@
       <c r="AO33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>876Про  безоплатну передачу Гiрницькiй селищнiй радi 50 штук залiзобетонних лоткiв, що були у використаннi, вiд КП″Червоноградтеплокомуненерго″</t>
+          <t>ID - 876,  Про  безоплатну передачу Гiрницькiй селищнiй радi 50 штук залiзобетонних лоткiв, що були у використаннi, вiд КП″Червоноградтеплокомуненерго″</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>53</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
         <v>19</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>49</v>
@@ -5637,51 +5636,51 @@
       <c r="AO35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>878Про  безоплатну передачу Гiрницькiй селищнiй радi 50 штук залiзобетонних лоткiв, що були у використаннi, вiд КП″Червоноградтеплокомуненерго″</t>
+          <t>ID - 878,  Про  безоплатну передачу Гiрницькiй селищнiй радi 50 штук залiзобетонних лоткiв, що були у використаннi, вiд КП″Червоноградтеплокомуненерго″</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>57</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36">
         <v>21</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
@@ -5776,51 +5775,51 @@
       <c r="AO36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>102</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>879Про   надання  дозволу  комунальному       пiдприємству `Червонограджитлокомунсервiс` на списання з  балансу  пiдприємства приватизованих квартир у 2019-2020 р.р.</t>
+          <t>ID - 879,  Про   надання  дозволу  комунальному       пiдприємству `Червонограджитлокомунсервiс` на списання з  балансу  пiдприємства приватизованих квартир у 2019-2020 р.р.</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>47</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37">
         <v>22</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>49</v>
@@ -5915,51 +5914,51 @@
       <c r="AO37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>880Про прийняття від КП «Червоноградтеплокомуненерго» під`їздної дороги до районної газової котельні № 1, що розташована за адресою м. Червоноград, вул. Б.Промислова, 45А та передачу її на баланс КП «Комунальник»</t>
+          <t>ID - 880,  Про прийняття від КП «Червоноградтеплокомуненерго» під`їздної дороги до районної газової котельні № 1, що розташована за адресою м. Червоноград, вул. Б.Промислова, 45А та передачу її на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>47</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38">
         <v>22</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
@@ -6054,51 +6053,51 @@
       <c r="AO38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>104</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>881Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на списання з балансу об`єктiв комунальної власностi - нежитлових примiщень м.Червонограда</t>
+          <t>ID - 881,  Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на списання з балансу об`єктiв комунальної власностi - нежитлових примiщень м.Червонограда</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>47</v>
       </c>
       <c r="E39" t="s">
         <v>48</v>
       </c>
       <c r="F39">
         <v>21</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>49</v>
@@ -6193,51 +6192,51 @@
       <c r="AO39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>105</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>882Про надання дозволу на вiдключення вiд мереж центрального опалення житлового будинку по вул. Грушевського, 17 та внесення змiн в схему теплопостачання м. Червонограда</t>
+          <t>ID - 882,  Про надання дозволу на вiдключення вiд мереж центрального опалення житлового будинку по вул. Грушевського, 17 та внесення змiн в схему теплопостачання м. Червонограда</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>47</v>
       </c>
       <c r="E40" t="s">
         <v>48</v>
       </c>
       <c r="F40">
         <v>20</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
@@ -6332,51 +6331,51 @@
       <c r="AO40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>106</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>883Про надання згоди на безкоштовну передачу демонтованих лавок та тротуарних плит з балансу КП «Комунальник»</t>
+          <t>ID - 883,  Про надання згоди на безкоштовну передачу демонтованих лавок та тротуарних плит з балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>47</v>
       </c>
       <c r="E41" t="s">
         <v>63</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>49</v>
@@ -6471,51 +6470,51 @@
       <c r="AO41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>107</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>884Про надання згоди на безкоштовну передачу демонтованих лавок та тротуарних плит з балансу КП «Комунальник»</t>
+          <t>ID - 884,  Про надання згоди на безкоштовну передачу демонтованих лавок та тротуарних плит з балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>47</v>
       </c>
       <c r="E42" t="s">
         <v>48</v>
       </c>
       <c r="F42">
         <v>22</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>49</v>
@@ -6610,51 +6609,51 @@
       <c r="AO42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>108</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>885Про внесення змін в рішення Червоноградської міської ради від 02.07.2020р. №1703 «Про безоплатну передачу з балансу виконавчого комiтету Червоноградської мiської ради мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, на баланс ПрАТ `Львiвобленерго`»</t>
+          <t>ID - 885,  Про внесення змін в рішення Червоноградської міської ради від 02.07.2020р. №1703 «Про безоплатну передачу з балансу виконавчого комiтету Червоноградської мiської ради мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, на баланс ПрАТ `Львiвобленерго`»</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>47</v>
       </c>
       <c r="E43" t="s">
         <v>48</v>
       </c>
       <c r="F43">
         <v>19</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>49</v>
@@ -6749,51 +6748,51 @@
       <c r="AO43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>109</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>886Про безоплатну передачу з балансу КП «Комунальник» на баланс КП Спортивний комплекс «Шахтар» скейт-майданчика.doc</t>
+          <t>ID - 886,  Про безоплатну передачу з балансу КП «Комунальник» на баланс КП Спортивний комплекс «Шахтар» скейт-майданчика.doc</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>47</v>
       </c>
       <c r="E44" t="s">
         <v>48</v>
       </c>
       <c r="F44">
         <v>22</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>1</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>49</v>
@@ -6888,51 +6887,51 @@
       <c r="AO44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>110</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>887Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на встановлення відновлювальної кредитної лінії в АТ «Ошадбанк»</t>
+          <t>ID - 887,  Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на встановлення відновлювальної кредитної лінії в АТ «Ошадбанк»</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45">
         <v>19</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
@@ -7164,51 +7163,51 @@
       <c r="AO46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>113</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>889Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на встановлення відновлювальної кредитної лінії в АТ «Ошадбанк»</t>
+          <t>ID - 889,  Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на встановлення відновлювальної кредитної лінії в АТ «Ошадбанк»</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>57</v>
       </c>
       <c r="E47" t="s">
         <v>48</v>
       </c>
       <c r="F47">
         <v>19</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
@@ -7303,51 +7302,51 @@
       <c r="AO47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>114</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>890Про надання дозволу на відключення від систем централізованого опалення та постачання гарячої води власників квартир та нежитлових приміщень</t>
+          <t>ID - 890,  Про надання дозволу на відключення від систем централізованого опалення та постачання гарячої води власників квартир та нежитлових приміщень</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>53</v>
       </c>
       <c r="E48" t="s">
         <v>48</v>
       </c>
       <c r="F48">
         <v>20</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
@@ -7579,51 +7578,51 @@
       <c r="AO49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>117</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>892Про надання дозволу на відключення від систем централізованого опалення та постачання гарячої води власників квартир та нежитлових приміщень</t>
+          <t>ID - 892,  Про надання дозволу на відключення від систем централізованого опалення та постачання гарячої води власників квартир та нежитлових приміщень</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>57</v>
       </c>
       <c r="E50" t="s">
         <v>48</v>
       </c>
       <c r="F50">
         <v>22</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>49</v>
@@ -7718,51 +7717,51 @@
       <c r="AO50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>118</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>893Про безоплатну передачу майна із комунальної власності територіальної громади м. Червонограда у власність Релігійної організації «Релігійна громада Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України» площею 56,7 кв.м за адресою: м.Червоноград, вул. Героїв Майдану,16</t>
+          <t>ID - 893,  Про безоплатну передачу майна із комунальної власності територіальної громади м. Червонограда у власність Релігійної організації «Релігійна громада Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України» площею 56,7 кв.м за адресою: м.Червоноград, вул. Героїв Майдану,16</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>47</v>
       </c>
       <c r="E51" t="s">
         <v>48</v>
       </c>
       <c r="F51">
         <v>22</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
@@ -7857,51 +7856,51 @@
       <c r="AO51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>119</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>894Про затвердження Положення про порядок приватизацiї (вiдчуження) комунального майна територiальної громади м. Червонограда</t>
+          <t>ID - 894,  Про затвердження Положення про порядок приватизацiї (вiдчуження) комунального майна територiальної громади м. Червонограда</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>47</v>
       </c>
       <c r="E52" t="s">
         <v>48</v>
       </c>
       <c r="F52">
         <v>22</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>49</v>
@@ -7996,51 +7995,51 @@
       <c r="AO52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>120</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>895Про затвердження переліку об’єктiв комунальної власностi територіальної громади м. Червонограда, які підлягають приватизації у 2020 році та Положення про діяльність аукціонної комісії</t>
+          <t>ID - 895,  Про затвердження переліку об’єктiв комунальної власностi територіальної громади м. Червонограда, які підлягають приватизації у 2020 році та Положення про діяльність аукціонної комісії</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>48</v>
       </c>
       <c r="F53">
         <v>22</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
@@ -8135,51 +8134,51 @@
       <c r="AO53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>121</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>896В назві рішення `.. про приватизацію об&amp;#39;єктів` . Уточнено лист КП `Червоноградводоканал` 3. Здійснити приватизацію об&amp;#39;єктів комунальної власності згідно чинного законодавства правка у додатку  позиція №2 на №1</t>
+          <t>ID - 896,  В назві рішення `.. про приватизацію об&amp;#39;єктів` . Уточнено лист КП `Червоноградводоканал` 3. Здійснити приватизацію об&amp;#39;єктів комунальної власності згідно чинного законодавства правка у додатку  позиція №2 на №1</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>55</v>
       </c>
       <c r="E54" t="s">
         <v>48</v>
       </c>
       <c r="F54">
         <v>22</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>49</v>
@@ -8274,51 +8273,51 @@
       <c r="AO54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>122</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>897Про затвердження переліку об’єктiв комунальної власностi територіальної громади м. Червонограда, які підлягають приватизації у 2020 році та Положення про діяльність аукціонної комісії</t>
+          <t>ID - 897,  Про затвердження переліку об’єктiв комунальної власностi територіальної громади м. Червонограда, які підлягають приватизації у 2020 році та Положення про діяльність аукціонної комісії</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>57</v>
       </c>
       <c r="E55" t="s">
         <v>48</v>
       </c>
       <c r="F55">
         <v>23</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
@@ -8411,52 +8410,54 @@
         <v>49</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>123</v>
       </c>
-      <c r="C56" t="s" s="4">
-        <v>124</v>
+      <c r="C56" t="inlineStr" s="4">
+        <is>
+          <t>ID - 898,  Про затвердження Положення про конкурсний відбір суб’єктів оціночної діяльності</t>
+        </is>
       </c>
       <c r="D56" t="s">
         <v>47</v>
       </c>
       <c r="E56" t="s">
         <v>48</v>
       </c>
       <c r="F56">
         <v>22</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
       </c>
@@ -8546,55 +8547,55 @@
       </c>
       <c r="AN56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>899Про посилення уваги до використання державних символів у дошкільних, загальноосвітніх та позашкільних навчальних закладах м. Червоноград</t>
+          <t>ID - 899,  Про посилення уваги до використання державних символів у дошкільних, загальноосвітніх та позашкільних навчальних закладах м. Червоноград</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>47</v>
       </c>
       <c r="E57" t="s">
         <v>63</v>
       </c>
       <c r="F57">
         <v>18</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
@@ -8685,55 +8686,55 @@
       </c>
       <c r="AN57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>910Про розгляд заяви ТзОВ `Компанiя `Унiверсал Iнжинiринг` щодо продовження термiну будiвництва об`єкту: `Реконструкцiя незавершеного будiвництва полiклiнiки з пристосуванням пiд житловий комплекс на вул. Iвасюка,2`б` в м.Червоноградi Львiвської областi`</t>
+          <t>ID - 910,  Про розгляд заяви ТзОВ `Компанiя `Унiверсал Iнжинiринг` щодо продовження термiну будiвництва об`єкту: `Реконструкцiя незавершеного будiвництва полiклiнiки з пристосуванням пiд житловий комплекс на вул. Iвасюка,2`б` в м.Червоноградi Львiвської областi`</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>47</v>
       </c>
       <c r="E58" t="s">
         <v>48</v>
       </c>
       <c r="F58">
         <v>20</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>49</v>
@@ -8824,55 +8825,55 @@
       </c>
       <c r="AN58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>911Про внесення змін до рішення сесії Червоноградської міської ради Львівської області «Про реорганізацію Інформаційно-методичного центру освіти м. Червонограда» в Центр професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області» від 20.08.2020 № 1737</t>
+          <t>ID - 911,  Про внесення змін до рішення сесії Червоноградської міської ради Львівської області «Про реорганізацію Інформаційно-методичного центру освіти м. Червонограда» в Центр професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області» від 20.08.2020 № 1737</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>47</v>
       </c>
       <c r="E59" t="s">
         <v>48</v>
       </c>
       <c r="F59">
         <v>19</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
@@ -8963,55 +8964,55 @@
       </c>
       <c r="AN59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>912Про затвердження зведеного акту інвентаризації майна – нежитлової будівлі, площею 162,3 кв.м. за адресою: м.Червоноград, вул. Івасюка, 2ф</t>
+          <t>ID - 912,  Про затвердження зведеного акту інвентаризації майна – нежитлової будівлі, площею 162,3 кв.м. за адресою: м.Червоноград, вул. Івасюка, 2ф</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>47</v>
       </c>
       <c r="E60" t="s">
         <v>63</v>
       </c>
       <c r="F60">
         <v>18</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>49</v>
@@ -9102,55 +9103,55 @@
       </c>
       <c r="AN60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>913Про звернення Червоноградської мiської ради до Президента України Зеленського В.О., Прем’єр-мiнiстра України Шмигаля Д.А., Голови Верховної Ради України Разумкова Д.О., Уповноваженого Верховної Ради України з прав людини Денісової Л.Л., народного депутата України Камельчука Ю.О., щодо внесення змiн до підпункту 2 пункту 5 частини 2 Прикінцевих Положень Закону України «Про внесення змін до Закону України в «Про Державний бюджет України на 2020рік» від 13.04.2020р. №553-IX.</t>
+          <t>ID - 913,  Про звернення Червоноградської мiської ради до Президента України Зеленського В.О., Прем’єр-мiнiстра України Шмигаля Д.А., Голови Верховної Ради України Разумкова Д.О., Уповноваженого Верховної Ради України з прав людини Денісової Л.Л., народного депутата України Камельчука Ю.О., щодо внесення змiн до підпункту 2 пункту 5 частини 2 Прикінцевих Положень Закону України «Про внесення змін до Закону України в «Про Державний бюджет України на 2020рік» від 13.04.2020р. №553-IX.</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>47</v>
       </c>
       <c r="E61" t="s">
         <v>48</v>
       </c>
       <c r="F61">
         <v>20</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
@@ -9241,55 +9242,55 @@
       </c>
       <c r="AN61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>915Про продовження контракту з директором Комунального пiдприємства Радiостудiя «Новий двiр» Новацьким О.Є.</t>
+          <t>ID - 915,  Про продовження контракту з директором Комунального пiдприємства Радiостудiя «Новий двiр» Новацьким О.Є.</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>53</v>
       </c>
       <c r="E62" t="s">
         <v>48</v>
       </c>
       <c r="F62">
         <v>20</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
@@ -9380,55 +9381,55 @@
       </c>
       <c r="AN62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>9161. Міському голові м. Червоноград Залівському А.І.  продовжити контракт з директором Комунального пiдприємства Радiостудiя «Новий двiр»  Новацьким Олександром Євгеновичем на термін повноважень Червоноградської міської ради сьомого скликання.</t>
+          <t>ID - 916,  1. Міському голові м. Червоноград Залівському А.І.  продовжити контракт з директором Комунального пiдприємства Радiостудiя «Новий двiр»  Новацьким Олександром Євгеновичем на термін повноважень Червоноградської міської ради сьомого скликання.</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>55</v>
       </c>
       <c r="E63" t="s">
         <v>63</v>
       </c>
       <c r="F63">
         <v>14</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
@@ -9519,54 +9520,54 @@
       </c>
       <c r="AN63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>131</v>
+      </c>
+      <c r="C64" t="s" s="4">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D64" t="s">
         <v>55</v>
       </c>
       <c r="E64" t="s">
         <v>63</v>
       </c>
       <c r="F64">
         <v>9</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>3</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
@@ -9656,55 +9657,55 @@
       </c>
       <c r="AN64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>918Про продовження контракту з директором Комунального пiдприємства Радiостудiя «Новий двiр» Новацьким О.Є.</t>
+          <t>ID - 918,  Про продовження контракту з директором Комунального пiдприємства Радiостудiя «Новий двiр» Новацьким О.Є.</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>57</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65">
         <v>19</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
@@ -9795,54 +9796,54 @@
       </c>
       <c r="AN65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>134</v>
+      </c>
+      <c r="C66" t="s" s="4">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D66" t="s">
         <v>47</v>
       </c>
       <c r="E66" t="s">
         <v>63</v>
       </c>
       <c r="F66">
         <v>18</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
@@ -9932,54 +9933,54 @@
       </c>
       <c r="AN66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>136</v>
+      </c>
+      <c r="C67" t="s" s="4">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D67" t="s">
         <v>47</v>
       </c>
       <c r="E67" t="s">
         <v>48</v>
       </c>
       <c r="F67">
         <v>19</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
       </c>
@@ -10069,55 +10070,55 @@
       </c>
       <c r="AN67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>921Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 921,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>53</v>
       </c>
       <c r="E68" t="s">
         <v>63</v>
       </c>
       <c r="F68">
         <v>18</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>49</v>
@@ -10208,54 +10209,54 @@
       </c>
       <c r="AN68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>139</v>
+      </c>
+      <c r="C69" t="s" s="4">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D69" t="s">
         <v>47</v>
       </c>
       <c r="E69" t="s">
         <v>48</v>
       </c>
       <c r="F69">
         <v>20</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10345,54 +10346,54 @@
       </c>
       <c r="AN69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>141</v>
+      </c>
+      <c r="C70" t="s" s="4">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D70" t="s">
         <v>53</v>
       </c>
       <c r="E70" t="s">
         <v>48</v>
       </c>
       <c r="F70">
         <v>21</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
@@ -10482,54 +10483,54 @@
       </c>
       <c r="AN70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>143</v>
+      </c>
+      <c r="C71" t="s" s="4">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D71" t="s">
         <v>55</v>
       </c>
       <c r="E71" t="s">
         <v>48</v>
       </c>
       <c r="F71">
         <v>21</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
       </c>
@@ -10619,54 +10620,54 @@
       </c>
       <c r="AN71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>145</v>
+      </c>
+      <c r="C72" t="s" s="4">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D72" t="s">
         <v>55</v>
       </c>
       <c r="E72" t="s">
         <v>48</v>
       </c>
       <c r="F72">
         <v>21</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>49</v>
       </c>
@@ -10756,54 +10757,54 @@
       </c>
       <c r="AN72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>147</v>
+      </c>
+      <c r="C73" t="s" s="4">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D73" t="s">
         <v>55</v>
       </c>
       <c r="E73" t="s">
         <v>63</v>
       </c>
       <c r="F73">
         <v>6</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>5</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>49</v>
       </c>
@@ -10893,54 +10894,54 @@
       </c>
       <c r="AN73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>149</v>
+      </c>
+      <c r="C74" t="s" s="4">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D74" t="s">
         <v>57</v>
       </c>
       <c r="E74" t="s">
         <v>48</v>
       </c>
       <c r="F74">
         <v>21</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
       </c>
@@ -11030,54 +11031,54 @@
       </c>
       <c r="AN74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>151</v>
+      </c>
+      <c r="C75" t="s" s="4">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D75" t="s">
         <v>47</v>
       </c>
       <c r="E75" t="s">
         <v>48</v>
       </c>
       <c r="F75">
         <v>21</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
       </c>
@@ -11167,54 +11168,54 @@
       </c>
       <c r="AN75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>153</v>
+      </c>
+      <c r="C76" t="s" s="4">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D76" t="s">
         <v>47</v>
       </c>
       <c r="E76" t="s">
         <v>48</v>
       </c>
       <c r="F76">
         <v>19</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
       </c>
@@ -11304,54 +11305,54 @@
       </c>
       <c r="AN76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>155</v>
+      </c>
+      <c r="C77" t="s" s="4">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D77" t="s">
         <v>53</v>
       </c>
       <c r="E77" t="s">
         <v>48</v>
       </c>
       <c r="F77">
         <v>19</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>49</v>
       </c>
@@ -11441,54 +11442,54 @@
       </c>
       <c r="AN77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>157</v>
+      </c>
+      <c r="C78" t="s" s="4">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D78" t="s">
         <v>55</v>
       </c>
       <c r="E78" t="s">
         <v>48</v>
       </c>
       <c r="F78">
         <v>19</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
       </c>
@@ -11578,54 +11579,54 @@
       </c>
       <c r="AN78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>159</v>
+      </c>
+      <c r="C79" t="s" s="4">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D79" t="s">
         <v>57</v>
       </c>
       <c r="E79" t="s">
         <v>48</v>
       </c>
       <c r="F79">
         <v>19</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>49</v>
       </c>
@@ -11715,54 +11716,54 @@
       </c>
       <c r="AN79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>161</v>
+      </c>
+      <c r="C80" t="s" s="4">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D80" t="s">
         <v>47</v>
       </c>
       <c r="E80" t="s">
         <v>63</v>
       </c>
       <c r="F80">
         <v>18</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>49</v>
       </c>
@@ -11852,54 +11853,54 @@
       </c>
       <c r="AN80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>163</v>
+      </c>
+      <c r="C81" t="s" s="4">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D81" t="s">
         <v>47</v>
       </c>
       <c r="E81" t="s">
         <v>48</v>
       </c>
       <c r="F81">
         <v>21</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>49</v>
       </c>
@@ -11989,55 +11990,55 @@
       </c>
       <c r="AN81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>935Про внесення змiн в рiшення Червоноградської мiської ради та рiшення виконавчого комiтету Червоноградської мiської ради народних депутатiв</t>
+          <t>ID - 935,  Про внесення змiн в рiшення Червоноградської мiської ради та рiшення виконавчого комiтету Червоноградської мiської ради народних депутатiв</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>53</v>
       </c>
       <c r="E82" t="s">
         <v>48</v>
       </c>
       <c r="F82">
         <v>21</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>49</v>
@@ -12128,55 +12129,55 @@
       </c>
       <c r="AN82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>936Додати п.7,п.8 стенограмно озвучені Балком Д.І. (ОСББ Світанок 2016,  гаражний кооператив №5)</t>
+          <t>ID - 936,  Додати п.7,п.8 стенограмно озвучені Балком Д.І. (ОСББ Світанок 2016,  гаражний кооператив №5)</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>55</v>
       </c>
       <c r="E83" t="s">
         <v>48</v>
       </c>
       <c r="F83">
         <v>20</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>49</v>
@@ -12267,55 +12268,55 @@
       </c>
       <c r="AN83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>937Про внесення змiн в рiшення Червоноградської мiської ради та рiшення виконавчого комiтету Червоноградської мiської ради народних депутатiв</t>
+          <t>ID - 937,  Про внесення змiн в рiшення Червоноградської мiської ради та рiшення виконавчого комiтету Червоноградської мiської ради народних депутатiв</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>57</v>
       </c>
       <c r="E84" t="s">
         <v>48</v>
       </c>
       <c r="F84">
         <v>19</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>49</v>
@@ -12406,55 +12407,55 @@
       </c>
       <c r="AN84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>938Про внесення змiн до складу конкурсної комiсiї з вiдбору виконавцiв земельних торгiв на конкурентних засадах</t>
+          <t>ID - 938,  Про внесення змiн до складу конкурсної комiсiї з вiдбору виконавцiв земельних торгiв на конкурентних засадах</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>47</v>
       </c>
       <c r="E85" t="s">
         <v>63</v>
       </c>
       <c r="F85">
         <v>11</v>
       </c>
       <c r="G85">
         <v>3</v>
       </c>
       <c r="H85">
         <v>1</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>49</v>
@@ -12545,55 +12546,55 @@
       </c>
       <c r="AN85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>940Про внесення змiн до складу конкурсної комiсiї з вiдбору виконавцiв земельних торгiв на конкурентних засадах</t>
+          <t>ID - 940,  Про внесення змiн до складу конкурсної комiсiї з вiдбору виконавцiв земельних торгiв на конкурентних засадах</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>47</v>
       </c>
       <c r="E86" t="s">
         <v>63</v>
       </c>
       <c r="F86">
         <v>16</v>
       </c>
       <c r="G86">
         <v>3</v>
       </c>
       <c r="H86">
         <v>1</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>49</v>
@@ -12684,54 +12685,54 @@
       </c>
       <c r="AN86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>170</v>
+      </c>
+      <c r="C87" t="s" s="4">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D87" t="s">
         <v>47</v>
       </c>
       <c r="E87" t="s">
         <v>63</v>
       </c>
       <c r="F87">
         <v>11</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>3</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>49</v>
       </c>
@@ -12821,55 +12822,55 @@
       </c>
       <c r="AN87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>942Про надання дозволу на виготовлення технічної документацiї iз землеустрою щодо об’єднання земельних ділянок</t>
+          <t>ID - 942,  Про надання дозволу на виготовлення технічної документацiї iз землеустрою щодо об’єднання земельних ділянок</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>47</v>
       </c>
       <c r="E88" t="s">
         <v>63</v>
       </c>
       <c r="F88">
         <v>17</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>49</v>
@@ -12960,55 +12961,55 @@
       </c>
       <c r="AN88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>943Про надання дозволу на виготовлення технічної документацiї iз землеустрою щодо об’єднання земельних ділянок</t>
+          <t>ID - 943,  Про надання дозволу на виготовлення технічної документацiї iз землеустрою щодо об’єднання земельних ділянок</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>47</v>
       </c>
       <c r="E89" t="s">
         <v>48</v>
       </c>
       <c r="F89">
         <v>20</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>49</v>
@@ -13099,54 +13100,54 @@
       </c>
       <c r="AN89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>174</v>
+      </c>
+      <c r="C90" t="s" s="4">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D90" t="s">
         <v>47</v>
       </c>
       <c r="E90" t="s">
         <v>48</v>
       </c>
       <c r="F90">
         <v>20</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>49</v>
       </c>
@@ -13236,55 +13237,55 @@
       </c>
       <c r="AN90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>945Про пiдготовку лотiв для проведення земельних торгiв з продажу прав оренди земельних дiлянок для здiйснення пiдприємницької дiяльностi</t>
+          <t>ID - 945,  Про пiдготовку лотiв для проведення земельних торгiв з продажу прав оренди земельних дiлянок для здiйснення пiдприємницької дiяльностi</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>47</v>
       </c>
       <c r="E91" t="s">
         <v>48</v>
       </c>
       <c r="F91">
         <v>21</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>49</v>
@@ -13375,54 +13376,54 @@
       </c>
       <c r="AN91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
+        <v>177</v>
+      </c>
+      <c r="C92" t="s" s="4">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D92" t="s">
         <v>47</v>
       </c>
       <c r="E92" t="s">
         <v>63</v>
       </c>
       <c r="F92">
         <v>14</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>51</v>
       </c>
@@ -13512,55 +13513,55 @@
       </c>
       <c r="AN92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>947Про включення в перелiк земельної дiлянки для продажу права її оренди на земельному аукцiонi</t>
+          <t>ID - 947,  Про включення в перелiк земельної дiлянки для продажу права її оренди на земельному аукцiонi</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>53</v>
       </c>
       <c r="E93" t="s">
         <v>48</v>
       </c>
       <c r="F93">
         <v>20</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>49</v>
@@ -13651,54 +13652,54 @@
       </c>
       <c r="AN93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>180</v>
+      </c>
+      <c r="C94" t="s" s="4">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D94" t="s">
         <v>55</v>
       </c>
       <c r="E94" t="s">
         <v>48</v>
       </c>
       <c r="F94">
         <v>20</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>49</v>
       </c>
@@ -13788,55 +13789,55 @@
       </c>
       <c r="AN94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>949Про включення в перелiк земельної дiлянки для продажу права її оренди на земельному аукцiонi</t>
+          <t>ID - 949,  Про включення в перелiк земельної дiлянки для продажу права її оренди на земельному аукцiонi</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>57</v>
       </c>
       <c r="E95" t="s">
         <v>48</v>
       </c>
       <c r="F95">
         <v>20</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>49</v>
@@ -13927,54 +13928,54 @@
       </c>
       <c r="AN95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>183</v>
+      </c>
+      <c r="C96" t="s" s="4">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D96" t="s">
         <v>47</v>
       </c>
       <c r="E96" t="s">
         <v>48</v>
       </c>
       <c r="F96">
         <v>19</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>49</v>
       </c>
@@ -14064,54 +14065,54 @@
       </c>
       <c r="AN96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>185</v>
+      </c>
+      <c r="C97" t="s" s="4">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D97" t="s">
         <v>47</v>
       </c>
       <c r="E97" t="s">
         <v>63</v>
       </c>
       <c r="F97">
         <v>17</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>1</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>49</v>
       </c>
@@ -14201,54 +14202,54 @@
       </c>
       <c r="AN97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
+        <v>187</v>
+      </c>
+      <c r="C98" t="s" s="4">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="D98" t="s">
         <v>47</v>
       </c>
       <c r="E98" t="s">
         <v>48</v>
       </c>
       <c r="F98">
         <v>20</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>49</v>
       </c>
@@ -14338,55 +14339,55 @@
       </c>
       <c r="AN98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>954Про розгляд заяви ФОП Сiледчика Василя Васильовича щодо продовження термiну дiї Договору оренди землi</t>
+          <t>ID - 954,  Про розгляд заяви ФОП Сiледчика Василя Васильовича щодо продовження термiну дiї Договору оренди землi</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>47</v>
       </c>
       <c r="E99" t="s">
         <v>63</v>
       </c>
       <c r="F99">
         <v>5</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>1</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>49</v>
@@ -14477,54 +14478,54 @@
       </c>
       <c r="AN99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO99" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
+        <v>190</v>
+      </c>
+      <c r="C100" t="s" s="4">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="D100" t="s">
         <v>47</v>
       </c>
       <c r="E100" t="s">
         <v>63</v>
       </c>
       <c r="F100">
         <v>14</v>
       </c>
       <c r="G100">
         <v>3</v>
       </c>
       <c r="H100">
         <v>1</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>49</v>
       </c>
@@ -14614,55 +14615,55 @@
       </c>
       <c r="AN100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO100" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AP100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>956Про продаж у власність земельної ділянки Товариству з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
+          <t>ID - 956,  Про продаж у власність земельної ділянки Товариству з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>47</v>
       </c>
       <c r="E101" t="s">
         <v>48</v>
       </c>
       <c r="F101">
         <v>20</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>49</v>
@@ -14753,54 +14754,54 @@
       </c>
       <c r="AN101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>193</v>
+      </c>
+      <c r="C102" t="s" s="4">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D102" t="s">
         <v>47</v>
       </c>
       <c r="E102" t="s">
         <v>63</v>
       </c>
       <c r="F102">
         <v>18</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>49</v>
       </c>
@@ -14890,54 +14891,54 @@
       </c>
       <c r="AN102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>195</v>
+      </c>
+      <c r="C103" t="s" s="4">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D103" t="s">
         <v>47</v>
       </c>
       <c r="E103" t="s">
         <v>63</v>
       </c>
       <c r="F103">
         <v>17</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>49</v>
       </c>
@@ -15027,54 +15028,54 @@
       </c>
       <c r="AN103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>197</v>
+      </c>
+      <c r="C104" t="s" s="4">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D104" t="s">
         <v>47</v>
       </c>
       <c r="E104" t="s">
         <v>48</v>
       </c>
       <c r="F104">
         <v>19</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>49</v>
       </c>
@@ -15164,54 +15165,54 @@
       </c>
       <c r="AN104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>199</v>
+      </c>
+      <c r="C105" t="s" s="4">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D105" t="s">
         <v>47</v>
       </c>
       <c r="E105" t="s">
         <v>48</v>
       </c>
       <c r="F105">
         <v>19</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>49</v>
       </c>
@@ -15301,54 +15302,54 @@
       </c>
       <c r="AN105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>201</v>
+      </c>
+      <c r="C106" t="s" s="4">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D106" t="s">
         <v>47</v>
       </c>
       <c r="E106" t="s">
         <v>48</v>
       </c>
       <c r="F106">
         <v>20</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>49</v>
       </c>
@@ -15438,55 +15439,55 @@
       </c>
       <c r="AN106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>962Про включенняв перелiк земельної дiлянки в м. Червоноградi на вул. С. Бандери, 62 для продажуправа її оренди на земельному аукцiонi</t>
+          <t>ID - 962,  Про включенняв перелiк земельної дiлянки в м. Червоноградi на вул. С. Бандери, 62 для продажуправа її оренди на земельному аукцiонi</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>47</v>
       </c>
       <c r="E107" t="s">
         <v>48</v>
       </c>
       <c r="F107">
         <v>21</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>49</v>
@@ -15577,54 +15578,54 @@
       </c>
       <c r="AN107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>204</v>
+      </c>
+      <c r="C108" t="s" s="4">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D108" t="s">
         <v>47</v>
       </c>
       <c r="E108" t="s">
         <v>48</v>
       </c>
       <c r="F108">
         <v>21</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>49</v>
       </c>
@@ -15714,55 +15715,55 @@
       </c>
       <c r="AN108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>965Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 965,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>53</v>
       </c>
       <c r="E109" t="s">
         <v>48</v>
       </c>
       <c r="F109">
         <v>19</v>
       </c>
       <c r="G109">
         <v>1</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>49</v>
@@ -15853,54 +15854,54 @@
       </c>
       <c r="AN109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>207</v>
+      </c>
+      <c r="C110" t="s" s="4">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D110" t="s">
         <v>55</v>
       </c>
       <c r="E110" t="s">
         <v>63</v>
       </c>
       <c r="F110">
         <v>4</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
         <v>4</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>51</v>
       </c>
@@ -15990,54 +15991,54 @@
       </c>
       <c r="AN110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO110" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
+        <v>209</v>
+      </c>
+      <c r="C111" t="s" s="4">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D111" t="s">
         <v>55</v>
       </c>
       <c r="E111" t="s">
         <v>63</v>
       </c>
       <c r="F111">
         <v>16</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>49</v>
       </c>
@@ -16127,54 +16128,54 @@
       </c>
       <c r="AN111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
+        <v>211</v>
+      </c>
+      <c r="C112" t="s" s="4">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="D112" t="s">
         <v>55</v>
       </c>
       <c r="E112" t="s">
         <v>63</v>
       </c>
       <c r="F112">
         <v>5</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>0</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>51</v>
       </c>
@@ -16264,54 +16265,54 @@
       </c>
       <c r="AN112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
+        <v>213</v>
+      </c>
+      <c r="C113" t="s" s="4">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D113" t="s">
         <v>55</v>
       </c>
       <c r="E113" t="s">
         <v>63</v>
       </c>
       <c r="F113">
         <v>17</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>49</v>
       </c>
@@ -16401,54 +16402,54 @@
       </c>
       <c r="AN113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
+        <v>215</v>
+      </c>
+      <c r="C114" t="s" s="4">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D114" t="s">
         <v>55</v>
       </c>
       <c r="E114" t="s">
         <v>48</v>
       </c>
       <c r="F114">
         <v>19</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
         <v>0</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>49</v>
       </c>
@@ -16538,55 +16539,55 @@
       </c>
       <c r="AN114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>971Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 971,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>57</v>
       </c>
       <c r="E115" t="s">
         <v>48</v>
       </c>
       <c r="F115">
         <v>19</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115">
         <v>0</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>49</v>
@@ -16677,54 +16678,54 @@
       </c>
       <c r="AN115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
+        <v>218</v>
+      </c>
+      <c r="C116" t="s" s="4">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D116" t="s">
         <v>47</v>
       </c>
       <c r="E116" t="s">
         <v>48</v>
       </c>
       <c r="F116">
         <v>21</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116">
         <v>0</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>49</v>
       </c>