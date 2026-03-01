--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="169" uniqueCount="169">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -149,402 +149,414 @@
   <si>
     <t>Pikh Hanna Yosypivna</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Khaysanova Nataliya Petrivna</t>
   </si>
   <si>
     <t>Vovkiv Iryna Yuriyivna</t>
   </si>
   <si>
     <t>Hatala Hanna Volodymyrivna</t>
   </si>
   <si>
     <t>Hrasulov Oleksandr Olehovych</t>
   </si>
   <si>
     <t>Siledchyk Vasyl Vasylovych</t>
   </si>
   <si>
     <t>02.07.20  10:35:15</t>
   </si>
   <si>
-    <t>756Про депутатськi запити</t>
+    <t>ID - 756,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>02.07.20  10:36:29</t>
   </si>
   <si>
-    <t>757Про надання одноразової грошової допомоги</t>
+    <t>ID - 757,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>02.07.20  10:37:38</t>
   </si>
   <si>
-    <t>758 колективне Бабіцькому, Зяйцю - правка озвучена стенограмно Шмирко І.І. </t>
+    <t>ID - 758,   колективне Бабіцькому, Зяйцю - правка озвучена стенограмно Шмирко І.І. </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>02.07.20  10:38:31</t>
   </si>
   <si>
-    <t>759Баліцька - стенограмно озвучені Дікальчуком А.І. </t>
+    <t>ID - 759,  Баліцька - стенограмно озвучені Дікальчуком А.І. </t>
   </si>
   <si>
     <t>02.07.20  10:39:38</t>
   </si>
   <si>
-    <t>760Бабіцький 1000 грн - подання Павлика О.М. </t>
+    <t>ID - 760,  Бабіцький 1000 грн - подання Павлика О.М. </t>
   </si>
   <si>
     <t>02.07.20  10:40:08</t>
   </si>
   <si>
-    <t>761Про надання одноразової грошової допомоги</t>
+    <t>ID - 761,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>02.07.20  10:49:11</t>
   </si>
   <si>
-    <t>762Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 762,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>02.07.20  10:52:32</t>
   </si>
   <si>
     <t>02.07.20  10:53:02</t>
   </si>
   <si>
-    <t>764Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 764,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>02.07.20  10:54:31</t>
   </si>
   <si>
     <t>02.07.20  10:56:13</t>
   </si>
   <si>
     <t>02.07.20  11:02:22</t>
   </si>
   <si>
+    <t>ID - 767,  </t>
+  </si>
+  <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>02.07.20  11:30:18</t>
   </si>
   <si>
     <t>02.07.20  11:31:19</t>
   </si>
   <si>
-    <t>769Зняти питання з розгляду</t>
+    <t>ID - 769,  Зняти питання з розгляду</t>
   </si>
   <si>
     <t>02.07.20  11:31:58</t>
   </si>
   <si>
     <t>02.07.20  11:32:32</t>
   </si>
   <si>
     <t>02.07.20  11:42:40</t>
   </si>
   <si>
     <t>02.07.20  11:43:24</t>
   </si>
   <si>
-    <t>773встановити ставку 0%</t>
+    <t>ID - 773,  встановити ставку 0%</t>
   </si>
   <si>
     <t>02.07.20  11:44:20</t>
   </si>
   <si>
-    <t>774втановити ставку 0,25%</t>
+    <t>ID - 774,  втановити ставку 0,25%</t>
   </si>
   <si>
     <t>02.07.20  11:44:57</t>
   </si>
   <si>
     <t>02.07.20  11:46:37</t>
   </si>
   <si>
     <t>02.07.20  11:54:50</t>
   </si>
   <si>
     <t>02.07.20  11:58:35</t>
   </si>
   <si>
     <t>02.07.20  12:00:09</t>
   </si>
   <si>
     <t>02.07.20  12:01:56</t>
   </si>
   <si>
     <t>02.07.20  12:04:07</t>
   </si>
   <si>
     <t>02.07.20  12:05:20</t>
   </si>
   <si>
     <t>02.07.20  12:08:46</t>
   </si>
   <si>
     <t>02.07.20  12:10:08</t>
   </si>
   <si>
     <t>02.07.20  12:11:11</t>
   </si>
   <si>
     <t>02.07.20  12:13:19</t>
   </si>
   <si>
     <t>02.07.20  12:14:42</t>
   </si>
   <si>
     <t>02.07.20  14:17:44</t>
   </si>
   <si>
-    <t>789Про затвердження проектiв землеустрою  щодо вiдведення земельних дiлянок</t>
+    <t>ID - 789,  Про затвердження проектiв землеустрою  щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>02.07.20  14:18:56</t>
   </si>
   <si>
-    <t>790Про затвердження технiчної документацiї iз землеустрою</t>
+    <t>ID - 790,  Про затвердження технiчної документацiї iз землеустрою</t>
   </si>
   <si>
     <t>02.07.20  14:21:24</t>
   </si>
   <si>
-    <t>791Про затвердження технічної документації щодо поділу земельної ділянки</t>
+    <t>ID - 791,  Про затвердження технічної документації щодо поділу земельної ділянки</t>
   </si>
   <si>
     <t>02.07.20  14:23:12</t>
   </si>
   <si>
-    <t>792Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 792,  Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>02.07.20  14:24:44</t>
   </si>
   <si>
-    <t>793замінити 49 на 5 років</t>
+    <t>ID - 793,  замінити 49 на 5 років</t>
   </si>
   <si>
     <t>02.07.20  14:25:32</t>
   </si>
   <si>
-    <t>794стенограмно озвучені Балком, що повязані з об&amp;#39;&amp;#39;єднанням з питанням №42</t>
+    <t>ID - 794,  стенограмно озвучені Балком, що повязані з об&amp;#39;&amp;#39;єднанням з питанням №42</t>
   </si>
   <si>
     <t>02.07.20  14:26:44</t>
   </si>
   <si>
-    <t>795стенограмно озвучені Балком, що повязані з об&amp;#39;&amp;#39;єднанням з питанням №42</t>
+    <t>ID - 795,  стенограмно озвучені Балком, що повязані з об&amp;#39;&amp;#39;єднанням з питанням №42</t>
   </si>
   <si>
     <t>02.07.20  14:27:35</t>
   </si>
   <si>
-    <t>796Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 796,  Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>02.07.20  14:32:49</t>
   </si>
   <si>
+    <t>ID - 797,  </t>
+  </si>
+  <si>
     <t>02.07.20  14:37:06</t>
   </si>
   <si>
-    <t>798Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
+    <t>ID - 798,  Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>02.07.20  14:38:27</t>
   </si>
   <si>
-    <t>799Про розгляд заяви громадянина- учасника антитерористичної операції</t>
+    <t>ID - 799,  Про розгляд заяви громадянина- учасника антитерористичної операції</t>
   </si>
   <si>
     <t>02.07.20  14:39:44</t>
   </si>
   <si>
-    <t>800Про розгляд заяви громадянина Ковалика Віктора Богдановича</t>
+    <t>ID - 800,  Про розгляд заяви громадянина Ковалика Віктора Богдановича</t>
   </si>
   <si>
     <t>02.07.20  14:41:50</t>
   </si>
   <si>
-    <t>801Про розгляд заяви громадянки Лінинської Ольги Федорівни</t>
+    <t>ID - 801,  Про розгляд заяви громадянки Лінинської Ольги Федорівни</t>
   </si>
   <si>
     <t>02.07.20  14:45:56</t>
   </si>
   <si>
     <t>02.07.20  14:49:56</t>
   </si>
   <si>
     <t>02.07.20  14:51:48</t>
   </si>
   <si>
-    <t>804Про вилучення та надання земельної дiлянки</t>
+    <t>ID - 804,  Про вилучення та надання земельної дiлянки</t>
   </si>
   <si>
     <t>02.07.20  14:54:07</t>
   </si>
   <si>
-    <t>805Про розгляд заяви ФОП Скоропади Мирослава Михайловича</t>
+    <t>ID - 805,  Про розгляд заяви ФОП Скоропади Мирослава Михайловича</t>
   </si>
   <si>
     <t>02.07.20  14:58:03</t>
   </si>
   <si>
-    <t>806Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 806,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>02.07.20  15:02:38</t>
   </si>
   <si>
-    <t>808Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 808,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>02.07.20  15:04:25</t>
   </si>
   <si>
-    <t>809у. п.1, п.2 - Продовжити ТзОВ «Оріон» на 1 рік</t>
+    <t>ID - 809,  у. п.1, п.2 - Продовжити ТзОВ «Оріон» на 1 рік</t>
   </si>
   <si>
     <t>02.07.20  15:04:58</t>
   </si>
   <si>
-    <t>810голосування  за рішення проводити по пунктам</t>
+    <t>ID - 810,  голосування  за рішення проводити по пунктам</t>
   </si>
   <si>
     <t>02.07.20  15:05:29</t>
   </si>
   <si>
-    <t>811Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 811,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>02.07.20  15:07:11</t>
   </si>
   <si>
-    <t>812Про розгляд заяви ФОП Момота Миколи Петровича</t>
+    <t>ID - 812,  Про розгляд заяви ФОП Момота Миколи Петровича</t>
   </si>
   <si>
     <t>02.07.20  15:07:59</t>
   </si>
   <si>
-    <t>813у п.1. 12% зкмінти на 6%</t>
+    <t>ID - 813,  у п.1. 12% зкмінти на 6%</t>
   </si>
   <si>
     <t>02.07.20  15:09:06</t>
   </si>
   <si>
-    <t>814у п1. `термін 1 рік` </t>
+    <t>ID - 814,  у п1. `термін 1 рік` </t>
   </si>
   <si>
     <t>02.07.20  15:09:39</t>
   </si>
   <si>
-    <t>815Про розгляд заяви ФОП Момота Миколи Петровича</t>
+    <t>ID - 815,  Про розгляд заяви ФОП Момота Миколи Петровича</t>
   </si>
   <si>
     <t>02.07.20  15:26:57</t>
   </si>
   <si>
-    <t>816Про розгляд заяви ФОП Сіледчика Василя Васильовича</t>
+    <t>ID - 816,  Про розгляд заяви ФОП Сіледчика Василя Васильовича</t>
   </si>
   <si>
     <t>02.07.20  15:35:34</t>
   </si>
   <si>
-    <t>818Про розгляд заяви Карпишин Ірини Андріївни</t>
+    <t>ID - 818,  Про розгляд заяви Карпишин Ірини Андріївни</t>
   </si>
   <si>
     <t>02.07.20  15:38:55</t>
   </si>
   <si>
-    <t>819Про розгляд заяви Воляник Галини Василівни</t>
+    <t>ID - 819,  Про розгляд заяви Воляник Галини Василівни</t>
   </si>
   <si>
     <t>02.07.20  15:54:13</t>
   </si>
   <si>
+    <t>ID - 820,  </t>
+  </si>
+  <si>
     <t>02.07.20  15:54:55</t>
   </si>
   <si>
+    <t>ID - 821,  </t>
+  </si>
+  <si>
     <t>02.07.20  16:10:19</t>
   </si>
   <si>
-    <t>823Про розгляд заяви громадянина Юферова Василя Вікторовича</t>
+    <t>ID - 823,  Про розгляд заяви громадянина Юферова Василя Вікторовича</t>
   </si>
   <si>
     <t>02.07.20  16:14:58</t>
   </si>
   <si>
     <t>02.07.20  16:17:40</t>
   </si>
   <si>
     <t>02.07.20  16:22:41</t>
   </si>
   <si>
-    <t>826Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 826,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>02.07.20  16:32:28</t>
   </si>
   <si>
-    <t>827Про виготовлення технічної документації щодо поділу земельної ділянки</t>
+    <t>ID - 827,  Про виготовлення технічної документації щодо поділу земельної ділянки</t>
   </si>
   <si>
     <t>02.07.20  16:43:40</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1726,51 +1738,51 @@
       <c r="AO8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>763Стенограмно озвучено Балком Д.І. щодо добавлення 108 тисяч на дорогу по вул. Львівську для відведення води</t>
+          <t>ID - 763,  Стенограмно озвучено Балком Д.І. щодо добавлення 108 тисяч на дорогу по вул. Львівську для відведення води</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>56</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9">
         <v>21</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>49</v>
@@ -2002,51 +2014,51 @@
       <c r="AO10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>765Про надання дозволу вiддiлу освiти Червоноградської мiської ради Львiвської областi на проведення списання з балансу дерев та їх видалення, що знаходяться на територiї ЧСШ I-III ступенiв № 8</t>
+          <t>ID - 765,  Про надання дозволу вiддiлу освiти Червоноградської мiської ради Львiвської областi на проведення списання з балансу дерев та їх видалення, що знаходяться на територiї ЧСШ I-III ступенiв № 8</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>47</v>
       </c>
       <c r="E11" t="s">
         <v>48</v>
       </c>
       <c r="F11">
         <v>22</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>49</v>
@@ -2141,51 +2153,51 @@
       <c r="AO11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>71</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>766Про внесення змін до рішення сесії Червоноградської міської ради від 26.11.2019 № 1457 « Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти, учням закладiв загальної середньої освiти»</t>
+          <t>ID - 766,  Про внесення змін до рішення сесії Червоноградської міської ради від 26.11.2019 № 1457 « Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти, учням закладiв загальної середньої освiти»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>47</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12">
         <v>20</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>49</v>
@@ -2278,190 +2290,190 @@
         <v>50</v>
       </c>
       <c r="AO12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" s="4">
-        <v>767</v>
+      <c r="C13" t="s" s="4">
+        <v>73</v>
       </c>
       <c r="D13" t="s">
         <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F13">
         <v>16</v>
       </c>
       <c r="G13">
         <v>3</v>
       </c>
       <c r="H13">
         <v>3</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>57</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V13" t="s" s="5">
+        <v>76</v>
+      </c>
+      <c r="W13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AB13" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AC13" t="s" s="5">
         <v>75</v>
       </c>
-      <c r="W13" t="s" s="5">
-[...19 lines deleted...]
-      </c>
       <c r="AD13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE13" t="s" s="5">
+        <v>76</v>
+      </c>
+      <c r="AF13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AG13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AI13" t="s" s="5">
+        <v>76</v>
+      </c>
+      <c r="AJ13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AK13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AL13" t="s" s="5">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>74</v>
       </c>
       <c r="AM13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>768внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 «Про встановлення земельного податку на територiї м.Червонограда»</t>
+          <t>ID - 768,  внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 «Про встановлення земельного податку на територiї м.Червонограда»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14" t="s">
         <v>48</v>
       </c>
       <c r="F14">
         <v>22</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>49</v>
@@ -2552,60 +2564,60 @@
       </c>
       <c r="AN14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C15" t="s" s="4">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D15" t="s">
         <v>56</v>
       </c>
       <c r="E15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F15">
         <v>11</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>57</v>
       </c>
@@ -2689,333 +2701,333 @@
       </c>
       <c r="AN15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>770по тексту - `змiнити ставку земельного податку для фізичних осiб та юридичних осіб за видом цiльового призначення земель «Для розміщення та експлуатації основних, підсобних і допоміжних будівель та споруд підприємств переробної, машинобудівної та іншої промисловості» (код 11.02) з 1,5% на 0,75% вiд нормативно-грошової оцiнки землi.`</t>
+          <t>ID - 770,  по тексту - `змiнити ставку земельного податку для фізичних осiб та юридичних осіб за видом цiльового призначення земель «Для розміщення та експлуатації основних, підсобних і допоміжних будівель та споруд підприємств переробної, машинобудівної та іншої промисловості» (код 11.02) з 1,5% на 0,75% вiд нормативно-грошової оцiнки землi.`</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>56</v>
       </c>
       <c r="E16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F16">
         <v>12</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="T16" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD16" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ16" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AK16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AM16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>771внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 «Про встановлення земельного податку на територiї м.Червонограда»</t>
+          <t>ID - 771,  внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 «Про встановлення земельного податку на територiї м.Червонограда»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>64</v>
       </c>
       <c r="E17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F17">
         <v>16</v>
       </c>
       <c r="G17">
         <v>3</v>
       </c>
       <c r="H17">
         <v>1</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>57</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD17" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ17" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AK17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL17" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AM17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>772Про внесення змiн у рiшення Червоноградської мiської ради вiд 06.09.2018 №973«Про встановлення податку на нерухоме майно, вiдмiнне вiд земельної дiлянки на територiї мiста Червонограда»</t>
+          <t>ID - 772,  Про внесення змiн у рiшення Червоноградської мiської ради вiд 06.09.2018 №973«Про встановлення податку на нерухоме майно, вiдмiнне вiд земельної дiлянки на територiї мiста Червонограда»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>48</v>
       </c>
       <c r="F18">
         <v>21</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>49</v>
@@ -3106,468 +3118,468 @@
       </c>
       <c r="AN18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C19" t="s" s="4">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
       <c r="E19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F19">
         <v>9</v>
       </c>
       <c r="G19">
         <v>3</v>
       </c>
       <c r="H19">
         <v>5</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L19" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="T19" t="s" s="5">
+        <v>76</v>
+      </c>
+      <c r="U19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V19" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="W19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA19" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AB19" t="s" s="5">
         <v>75</v>
       </c>
-      <c r="U19" t="s" s="5">
-[...22 lines deleted...]
-      </c>
       <c r="AC19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD19" t="s" s="5">
+        <v>76</v>
+      </c>
+      <c r="AE19" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AF19" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AG19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH19" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AI19" t="s" s="5">
         <v>75</v>
       </c>
-      <c r="AE19" t="s" s="5">
-[...13 lines deleted...]
-      </c>
       <c r="AJ19" t="s" s="5">
+        <v>76</v>
+      </c>
+      <c r="AK19" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AL19" t="s" s="5">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="AM19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C20" t="s" s="4">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F20">
         <v>12</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>5</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD20" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI20" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AJ20" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AK20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AM20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>775Про внесення змiн у рiшення Червоноградської мiської ради вiд 06.09.2018 №973«Про встановлення податку на нерухоме майно, вiдмiнне вiд земельної дiлянки на територiї мiста Червонограда»</t>
+          <t>ID - 775,  Про внесення змiн у рiшення Червоноградської мiської ради вiд 06.09.2018 №973«Про встановлення податку на нерухоме майно, вiдмiнне вiд земельної дiлянки на територiї мiста Червонограда»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>64</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F21">
         <v>18</v>
       </c>
       <c r="G21">
         <v>3</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>57</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD21" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ21" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL21" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AM21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>776Про скасування пункту 5 Перелiку об’єктiв комунальної власностi м.Червонограда, якi пiдлягають приватизацiї у 2019 роцi затвердженого рiшенням №1299 вiд 25.07.2019р.</t>
+          <t>ID - 776,  Про скасування пункту 5 Перелiку об’єктiв комунальної власностi м.Червонограда, якi пiдлягають приватизацiї у 2019 роцi затвердженого рiшенням №1299 вiд 25.07.2019р.</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>47</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22">
         <v>21</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>57</v>
@@ -3658,55 +3670,55 @@
       </c>
       <c r="AN22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>777Про внесення змін до рішення Червоноградської міської ради від 11.06.2020р ”Про прийняття в комунальну власнiсть майна комунального пiдприємства ”Ринок ‘’Левада ‘’за адресою: м. Червоноград, вул. Героїв Майдану, 16 та передачу даного майна на баланс комунального пiдприємства “Комунальник’’</t>
+          <t>ID - 777,  Про внесення змін до рішення Червоноградської міської ради від 11.06.2020р ”Про прийняття в комунальну власнiсть майна комунального пiдприємства ”Ринок ‘’Левада ‘’за адресою: м. Червоноград, вул. Героїв Майдану, 16 та передачу даного майна на баланс комунального пiдприємства “Комунальник’’</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>47</v>
       </c>
       <c r="E23" t="s">
         <v>48</v>
       </c>
       <c r="F23">
         <v>24</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>49</v>
@@ -3797,55 +3809,55 @@
       </c>
       <c r="AN23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>778Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів Червоноградської мiської ради на 2020 рiк</t>
+          <t>ID - 778,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів Червоноградської мiської ради на 2020 рiк</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>47</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24">
         <v>23</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
@@ -3936,55 +3948,55 @@
       </c>
       <c r="AN24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>779Про безоплатну передачу з балансу Вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень у комунальну власнiсть територiальної громади м. Соснiвки в особi Соснiвської мiської ради мереж зовнiшнього освiтлення</t>
+          <t>ID - 779,  Про безоплатну передачу з балансу Вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень у комунальну власнiсть територiальної громади м. Соснiвки в особi Соснiвської мiської ради мереж зовнiшнього освiтлення</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>47</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25">
         <v>21</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
@@ -4075,55 +4087,55 @@
       </c>
       <c r="AN25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>780Про безоплатну передачу у власнiсть територiальної громади м. Червонограда мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, вiд ТзОВ `СОКМЕ`</t>
+          <t>ID - 780,  Про безоплатну передачу у власнiсть територiальної громади м. Червонограда мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, вiд ТзОВ `СОКМЕ`</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>47</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26">
         <v>23</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
@@ -4164,154 +4176,154 @@
       <c r="W26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>781Про безоплатну передачу з балансу виконавчого комiтету Червоноградської мiської ради мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, на баланс ПрАТ `Львiвобленерго`</t>
+          <t>ID - 781,  Про безоплатну передачу з балансу виконавчого комiтету Червоноградської мiської ради мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, на баланс ПрАТ `Львiвобленерго`</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>47</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27">
         <v>22</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>1</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4353,55 +4365,55 @@
       </c>
       <c r="AN27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>782Про внесення змiн в додаток рiшення Червоноградської мiської ради вiд 23.01.2020 р. № 1535 «Про безкоштовне прийняття на баланс виконавчого комiтету Червоноградської мiської ради капiтальних вкладень вiд Гiрницької селищної ради з подальшою передачею на баланс КП «Комунальник», як внесок до статутного фонду»</t>
+          <t>ID - 782,  Про внесення змiн в додаток рiшення Червоноградської мiської ради вiд 23.01.2020 р. № 1535 «Про безкоштовне прийняття на баланс виконавчого комiтету Червоноградської мiської ради капiтальних вкладень вiд Гiрницької селищної ради з подальшою передачею на баланс КП «Комунальник», як внесок до статутного фонду»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>47</v>
       </c>
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28">
         <v>24</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
@@ -4492,55 +4504,55 @@
       </c>
       <c r="AN28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>783Про прийняття до комунальної власності територіальної громади м.Червонограда ділянки під´їздної дороги по л.Б.Хмельницького,83 у м.Червонограді ПАТ `Концерн Хлібпром`</t>
+          <t>ID - 783,  Про прийняття до комунальної власності територіальної громади м.Червонограда ділянки під´їздної дороги по л.Б.Хмельницького,83 у м.Червонограді ПАТ `Концерн Хлібпром`</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>47</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29">
         <v>25</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
@@ -4631,55 +4643,55 @@
       </c>
       <c r="AN29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>784Про передачу з балансу Червоноградського Народного дому декоративного виробу на баланс КП «Комунальник»</t>
+          <t>ID - 784,  Про передачу з балансу Червоноградського Народного дому декоративного виробу на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>47</v>
       </c>
       <c r="E30" t="s">
         <v>48</v>
       </c>
       <c r="F30">
         <v>25</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>49</v>
@@ -4770,225 +4782,225 @@
       </c>
       <c r="AN30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>785Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ТзОВ «СОФРО»</t>
+          <t>ID - 785,  Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ТзОВ «СОФРО»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F31">
         <v>15</v>
       </c>
       <c r="G31">
         <v>3</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O31" t="s" s="5">
+        <v>76</v>
+      </c>
+      <c r="P31" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="Q31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S31" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="T31" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="U31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V31" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="W31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA31" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AB31" t="s" s="5">
         <v>75</v>
       </c>
-      <c r="P31" t="s" s="5">
-[...37 lines deleted...]
-      </c>
       <c r="AC31" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL31" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN31" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AO31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>786Про надання дозволу на погашення податкового боргу за рахунок майна комунального підприємства «Червоноград-теплокомуненерго» Червоноградської міської ради</t>
+          <t>ID - 786,  Про надання дозволу на погашення податкового боргу за рахунок майна комунального підприємства «Червоноград-теплокомуненерго» Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>47</v>
       </c>
       <c r="E32" t="s">
         <v>48</v>
       </c>
       <c r="F32">
         <v>20</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M32" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>57</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5048,55 +5060,55 @@
       </c>
       <c r="AN32" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>787Про зняття з балансу виконавчого комітету Червоноградської міської ради звіту про незалежну оцінку майна та передачу його на баланс КП «Червоноградтеплокомун-енерго»</t>
+          <t>ID - 787,  Про зняття з балансу виконавчого комітету Червоноградської міської ради звіту про незалежну оцінку майна та передачу його на баланс КП «Червоноградтеплокомун-енерго»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
         <v>20</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>49</v>
@@ -5187,54 +5199,54 @@
       </c>
       <c r="AN33" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
         <v>47</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
         <v>19</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>49</v>
       </c>
@@ -5324,54 +5336,54 @@
       </c>
       <c r="AN34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s" s="4">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
         <v>47</v>
       </c>
       <c r="E35" t="s">
         <v>48</v>
       </c>
       <c r="F35">
         <v>20</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>49</v>
       </c>
@@ -5461,54 +5473,54 @@
       </c>
       <c r="AN35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s" s="4">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
         <v>47</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36">
         <v>19</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
       </c>
@@ -5598,54 +5610,54 @@
       </c>
       <c r="AN36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C37" t="s" s="4">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D37" t="s">
         <v>53</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37">
         <v>20</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>49</v>
       </c>
@@ -5735,54 +5747,54 @@
       </c>
       <c r="AN37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C38" t="s" s="4">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D38" t="s">
         <v>56</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38">
         <v>20</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
       </c>
@@ -5872,60 +5884,60 @@
       </c>
       <c r="AN38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C39" t="s" s="4">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D39" t="s">
         <v>56</v>
       </c>
       <c r="E39" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F39">
         <v>18</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>49</v>
       </c>
@@ -6009,54 +6021,54 @@
       </c>
       <c r="AN39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s" s="4">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D40" t="s">
         <v>56</v>
       </c>
       <c r="E40" t="s">
         <v>48</v>
       </c>
       <c r="F40">
         <v>20</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
       </c>
@@ -6146,54 +6158,54 @@
       </c>
       <c r="AN40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C41" t="s" s="4">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D41" t="s">
         <v>64</v>
       </c>
       <c r="E41" t="s">
         <v>48</v>
       </c>
       <c r="F41">
         <v>20</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>49</v>
       </c>
@@ -6283,60 +6295,60 @@
       </c>
       <c r="AN41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>116</v>
+      </c>
+      <c r="C42" t="s" s="4">
+        <v>117</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F42">
         <v>17</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>57</v>
       </c>
@@ -6420,54 +6432,54 @@
       </c>
       <c r="AN42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D43" t="s">
         <v>47</v>
       </c>
       <c r="E43" t="s">
         <v>48</v>
       </c>
       <c r="F43">
         <v>22</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>49</v>
       </c>
@@ -6557,54 +6569,54 @@
       </c>
       <c r="AN43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D44" t="s">
         <v>47</v>
       </c>
       <c r="E44" t="s">
         <v>48</v>
       </c>
       <c r="F44">
         <v>19</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>1</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>57</v>
       </c>
@@ -6674,74 +6686,74 @@
       <c r="AG44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO44" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D45" t="s">
         <v>47</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45">
         <v>21</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
@@ -6831,54 +6843,54 @@
       </c>
       <c r="AN45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D46" t="s">
         <v>47</v>
       </c>
       <c r="E46" t="s">
         <v>48</v>
       </c>
       <c r="F46">
         <v>21</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
       </c>
@@ -6968,55 +6980,55 @@
       </c>
       <c r="AN46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>802Про створення конкурсної комісії з відбору виконавців земельних торгів на конкурентних засадах</t>
+          <t>ID - 802,  Про створення конкурсної комісії з відбору виконавців земельних торгів на конкурентних засадах</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>47</v>
       </c>
       <c r="E47" t="s">
         <v>48</v>
       </c>
       <c r="F47">
         <v>20</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
@@ -7107,55 +7119,55 @@
       </c>
       <c r="AN47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>803Про внесення змiн в рiшення Червоноградської міської радита ріш ення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
+          <t>ID - 803,  Про внесення змiн в рiшення Червоноградської міської радита ріш ення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>47</v>
       </c>
       <c r="E48" t="s">
         <v>48</v>
       </c>
       <c r="F48">
         <v>19</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
@@ -7246,54 +7258,54 @@
       </c>
       <c r="AN48" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C49" t="s" s="4">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D49" t="s">
         <v>47</v>
       </c>
       <c r="E49" t="s">
         <v>48</v>
       </c>
       <c r="F49">
         <v>20</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
       </c>
@@ -7383,197 +7395,197 @@
       </c>
       <c r="AN49" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D50" t="s">
         <v>47</v>
       </c>
       <c r="E50" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F50">
         <v>13</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>4</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L50" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M50" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S50" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE50" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AM50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D51" t="s">
         <v>53</v>
       </c>
       <c r="E51" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F51">
         <v>18</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>57</v>
       </c>
@@ -7657,54 +7669,54 @@
       </c>
       <c r="AN51" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C52" t="s" s="4">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>48</v>
       </c>
       <c r="F52">
         <v>21</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>49</v>
       </c>
@@ -7794,54 +7806,54 @@
       </c>
       <c r="AN52" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D53" t="s">
         <v>56</v>
       </c>
       <c r="E53" t="s">
         <v>48</v>
       </c>
       <c r="F53">
         <v>20</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
       </c>
@@ -7931,135 +7943,135 @@
       </c>
       <c r="AN53" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C54" t="s" s="4">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D54" t="s">
         <v>56</v>
       </c>
       <c r="E54" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F54">
         <v>13</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>2</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T54" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD54" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AK54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL54" t="s" s="5">
         <v>57</v>
       </c>
@@ -8068,54 +8080,54 @@
       </c>
       <c r="AN54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D55" t="s">
         <v>64</v>
       </c>
       <c r="E55" t="s">
         <v>48</v>
       </c>
       <c r="F55">
         <v>20</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>1</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
       </c>
@@ -8155,104 +8167,104 @@
       <c r="W55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE55" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN55" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>48</v>
       </c>
       <c r="F56">
         <v>19</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
       </c>
@@ -8342,60 +8354,60 @@
       </c>
       <c r="AN56" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D57" t="s">
         <v>56</v>
       </c>
       <c r="E57" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F57">
         <v>10</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>57</v>
       </c>
@@ -8479,221 +8491,221 @@
       </c>
       <c r="AN57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F58">
         <v>13</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>3</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O58" t="s" s="5">
         <v>57</v>
       </c>
       <c r="P58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T58" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="U58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB58" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH58" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK58" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN58" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D59" t="s">
         <v>64</v>
       </c>
       <c r="E59" t="s">
         <v>48</v>
       </c>
       <c r="F59">
         <v>19</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M59" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>57</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>50</v>
       </c>
@@ -8753,135 +8765,135 @@
       </c>
       <c r="AN59" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D60" t="s">
         <v>47</v>
       </c>
       <c r="E60" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F60">
         <v>17</v>
       </c>
       <c r="G60">
         <v>2</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T60" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD60" t="s" s="5">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AK60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL60" t="s" s="5">
         <v>49</v>
       </c>
@@ -8890,54 +8902,54 @@
       </c>
       <c r="AN60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C61" t="s" s="4">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D61" t="s">
         <v>47</v>
       </c>
       <c r="E61" t="s">
         <v>48</v>
       </c>
       <c r="F61">
         <v>20</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>1</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
       </c>
@@ -8977,110 +8989,110 @@
       <c r="W61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE61" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C62" t="s" s="4">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D62" t="s">
         <v>47</v>
       </c>
       <c r="E62" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F62">
         <v>14</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>57</v>
       </c>
@@ -9164,406 +9176,406 @@
       </c>
       <c r="AN62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>156</v>
+      </c>
+      <c r="C63" t="s" s="4">
+        <v>157</v>
       </c>
       <c r="D63" t="s">
         <v>53</v>
       </c>
       <c r="E63" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F63">
         <v>15</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>2</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O63" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S63" t="s" s="5">
         <v>57</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>57</v>
       </c>
       <c r="W63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE63" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK63" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>158</v>
+      </c>
+      <c r="C64" t="s" s="4">
+        <v>159</v>
       </c>
       <c r="D64" t="s">
         <v>53</v>
       </c>
       <c r="E64" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F64">
         <v>17</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>4</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M64" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O64" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC64" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE64" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK64" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D65" t="s">
         <v>47</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65">
         <v>19</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>2</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O65" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC65" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK65" t="s" s="5">
         <v>57</v>
       </c>
@@ -9575,62 +9587,62 @@
       </c>
       <c r="AN65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>824Про пiдготовку лоту для проведення земельних торгiв з продажу права оренди земельної дiлянки для здiйснення пiдприємницької дiяльностi</t>
+          <t>ID - 824,  Про пiдготовку лоту для проведення земельних торгiв з продажу права оренди земельної дiлянки для здiйснення пiдприємницької дiяльностi</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>47</v>
       </c>
       <c r="E66" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F66">
         <v>18</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>57</v>
       </c>
@@ -9714,55 +9726,55 @@
       </c>
       <c r="AN66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>825Про розгляд клопотання Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
+          <t>ID - 825,  Про розгляд клопотання Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>47</v>
       </c>
       <c r="E67" t="s">
         <v>48</v>
       </c>
       <c r="F67">
         <v>22</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
@@ -9853,60 +9865,60 @@
       </c>
       <c r="AN67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D68" t="s">
         <v>47</v>
       </c>
       <c r="E68" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F68">
         <v>18</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>1</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>49</v>
       </c>
@@ -9919,51 +9931,51 @@
       <c r="P68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X68" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Y68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>57</v>
       </c>
@@ -9990,54 +10002,54 @@
       </c>
       <c r="AN68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D69" t="s">
         <v>47</v>
       </c>
       <c r="E69" t="s">
         <v>48</v>
       </c>
       <c r="F69">
         <v>21</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10127,62 +10139,62 @@
       </c>
       <c r="AN69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>829Про звернення Червоноградської міської ради до Міністра Внутрішіх Справ України щодо роботи правоохороних органів про неналежне реагування на вияленні факти порушення заборони реалізації алкогольних, слабоалкогольних напоїв та пива на території Червоноградської міської ради з 22.00 год. до 8.00 год</t>
+          <t>ID - 829,  Про звернення Червоноградської міської ради до Міністра Внутрішіх Справ України щодо роботи правоохороних органів про неналежне реагування на вияленні факти порушення заборони реалізації алкогольних, слабоалкогольних напоїв та пива на території Червоноградської міської ради з 22.00 год. до 8.00 год</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>47</v>
       </c>
       <c r="E70" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F70">
         <v>18</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>1</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>49</v>
       </c>
@@ -10210,51 +10222,51 @@
       <c r="U70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V70" t="s" s="5">
         <v>57</v>
       </c>
       <c r="W70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA70" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC70" t="s" s="5">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>57</v>
       </c>