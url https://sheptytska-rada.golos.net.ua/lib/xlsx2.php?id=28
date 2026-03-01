--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -149,675 +149,663 @@
   <si>
     <t>Pikh Hanna Yosypivna</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Khaysanova Nataliya Petrivna</t>
   </si>
   <si>
     <t>Vovkiv Iryna Yuriyivna</t>
   </si>
   <si>
     <t>Hatala Hanna Volodymyrivna</t>
   </si>
   <si>
     <t>Hrasulov Oleksandr Olehovych</t>
   </si>
   <si>
     <t>Siledchyk Vasyl Vasylovych</t>
   </si>
   <si>
     <t>17.03.20  16:16:54</t>
   </si>
   <si>
-    <t>398Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
+    <t>ID - 398,  Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>24.03.20  12:38:56</t>
   </si>
   <si>
-    <t>407Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 407,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>24.03.20  12:56:33</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>24.03.20  12:57:11</t>
   </si>
   <si>
-    <t>409вилучити слово `зменшити` по тексту та у назві рішення  </t>
+    <t>ID - 409,  вилучити слово `зменшити` по тексту та у назві рішення  </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>24.03.20  12:58:08</t>
   </si>
   <si>
     <t>24.03.20  12:58:58</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>24.03.20  13:01:18</t>
   </si>
   <si>
     <t>24.03.20  13:02:12</t>
   </si>
   <si>
-    <t>413замінити по тексті Стефанчук на Розумков</t>
+    <t>ID - 413,  замінити по тексті Стефанчук на Розумков</t>
   </si>
   <si>
     <t>24.03.20  13:03:42</t>
   </si>
   <si>
-    <t>414Вилучити по стабільно роботи ДП Львіввугілля </t>
+    <t>ID - 414,  Вилучити по стабільно роботи ДП Львіввугілля </t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>24.03.20  13:04:14</t>
   </si>
   <si>
     <t>09.04.20  10:31:17</t>
   </si>
   <si>
-    <t>423Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
+    <t>ID - 423,  Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
   </si>
   <si>
     <t>09.04.20  10:32:45</t>
   </si>
   <si>
-    <t>424Перемісти 60 000 грн  на матеріальну допомогу мешканцям з резервного фонду  </t>
+    <t>ID - 424,  Перемісти 60 000 грн  на матеріальну допомогу мешканцям з резервного фонду  </t>
   </si>
   <si>
     <t>09.04.20  10:35:29</t>
   </si>
   <si>
-    <t>425ч.5 п.7 змінити кошти для КП `СК Шахтар`  з 200 тисяч збільшити на 300 тисяч гривень</t>
+    <t>ID - 425,  ч.5 п.7 змінити кошти для КП `СК Шахтар`  з 200 тисяч збільшити на 300 тисяч гривень</t>
   </si>
   <si>
     <t>09.04.20  10:37:42</t>
   </si>
   <si>
-    <t>426Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
+    <t>ID - 426,  Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
   </si>
   <si>
     <t>09.04.20  10:40:29</t>
   </si>
   <si>
-    <t>427Про надання одноразової грошової допомоги</t>
+    <t>ID - 427,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>09.04.20  10:42:02</t>
   </si>
   <si>
-    <t>428Колективні подання для Салій озвучені стенограмно.доповідачем</t>
+    <t>ID - 428,  Колективні подання для Салій озвучені стенограмно.доповідачем</t>
   </si>
   <si>
     <t>09.04.20  10:42:56</t>
   </si>
   <si>
-    <t>429 Довключити Наконечна 2000 грн</t>
+    <t>ID - 429,   Довключити Наконечна 2000 грн</t>
   </si>
   <si>
     <t>09.04.20  10:44:07</t>
   </si>
   <si>
-    <t>430подання від Покиньброди - Сохань Ярослав  3000 </t>
+    <t>ID - 430,  подання від Покиньброди - Сохань Ярослав  3000 </t>
   </si>
   <si>
     <t>09.04.20  10:45:21</t>
   </si>
   <si>
-    <t>431колективне Коломацька  М. 5000</t>
+    <t>ID - 431,  колективне Коломацька  М. 5000</t>
   </si>
   <si>
     <t>09.04.20  10:45:58</t>
   </si>
   <si>
-    <t>432довключити колективне подання  Платонова  Н.О. 15 000 </t>
+    <t>ID - 432,  довключити колективне подання  Платонова  Н.О. 15 000 </t>
   </si>
   <si>
     <t>09.04.20  10:46:31</t>
   </si>
   <si>
-    <t>433Про надання одноразової грошової допомоги</t>
+    <t>ID - 433,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>09.04.20  11:00:22</t>
   </si>
   <si>
-    <t>434Зняти питання з розгляду</t>
+    <t>ID - 434,  Зняти питання з розгляду</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>09.04.20  11:00:54</t>
   </si>
   <si>
     <t>09.04.20  11:07:23</t>
   </si>
   <si>
     <t>09.04.20  11:12:56</t>
   </si>
   <si>
-    <t>437Про проведення засідань Червоноградської міської ради в період карантину</t>
+    <t>ID - 437,  Про проведення засідань Червоноградської міської ради в період карантину</t>
   </si>
   <si>
     <t>09.04.20  11:14:27</t>
   </si>
   <si>
     <t>09.04.20  11:15:53</t>
   </si>
   <si>
     <t>09.04.20  11:20:05</t>
   </si>
   <si>
     <t>29.04.20  10:13:52</t>
   </si>
   <si>
-    <t>444Про забезпечення співфінансування обласної Програми `Питна вода`</t>
+    <t>ID - 444,  Про забезпечення співфінансування обласної Програми `Питна вода`</t>
   </si>
   <si>
     <t>29.04.20  10:19:57</t>
   </si>
   <si>
     <t>29.04.20  10:20:51</t>
   </si>
   <si>
-    <t>447По тексту термін замінити з 01.05 по 30.06</t>
+    <t>ID - 447,  По тексту термін замінити з 01.05 по 30.06</t>
   </si>
   <si>
     <t>29.04.20  10:28:31</t>
   </si>
   <si>
-    <t>448по тексту в другому абзацу- `окрім тих що здійснюють діяльність на території  ринків`</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.20  10:29:11</t>
   </si>
   <si>
     <t>29.04.20  10:30:25</t>
   </si>
   <si>
     <t>14.05.20  10:42:32</t>
   </si>
   <si>
     <t>14.05.20  10:46:18</t>
   </si>
   <si>
-    <t>457Правки озвучені доповідачем Сементух Л.І.(стенограмно)</t>
+    <t>ID - 457,  Правки озвучені доповідачем Сементух Л.І.(стенограмно)</t>
   </si>
   <si>
     <t>14.05.20  10:58:06</t>
   </si>
   <si>
     <t>14.05.20  11:40:39</t>
   </si>
   <si>
     <t>14.05.20  11:43:21</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>14.05.20  11:45:33</t>
   </si>
   <si>
-    <t>461замінити по тексту слова  1. `відділення` на `відділ` 2. `фури` - на  `транспортні засоби`</t>
-[...1 lines deleted...]
-  <si>
     <t>14.05.20  11:46:03</t>
   </si>
   <si>
     <t>14.05.20  11:48:02</t>
   </si>
   <si>
     <t>14.05.20  11:50:11</t>
   </si>
   <si>
     <t>14.05.20  11:51:19</t>
   </si>
   <si>
     <t>14.05.20  11:55:30</t>
   </si>
   <si>
     <t>14.05.20  11:56:48</t>
   </si>
   <si>
     <t>14.05.20  11:57:29</t>
   </si>
   <si>
-    <t>468у п.1 замінити з 1 березня на 1 червня </t>
+    <t>ID - 468,  у п.1 замінити з 1 березня на 1 червня </t>
   </si>
   <si>
     <t>14.05.20  11:57:59</t>
   </si>
   <si>
     <t>14.05.20  12:00:22</t>
   </si>
   <si>
     <t>14.05.20  12:01:24</t>
   </si>
   <si>
     <t>14.05.20  12:07:31</t>
   </si>
   <si>
-    <t>473Зняти питання з розгляду</t>
+    <t>ID - 473,  Зняти питання з розгляду</t>
   </si>
   <si>
     <t>14.05.20  12:08:24</t>
   </si>
   <si>
-    <t>474Про присвоєння звання `Почесний громадянин міста Червоноград`</t>
+    <t>ID - 474,  Про присвоєння звання `Почесний громадянин міста Червоноград`</t>
   </si>
   <si>
     <t>14.05.20  12:10:35</t>
   </si>
   <si>
     <t>14.05.20  12:12:21</t>
   </si>
   <si>
     <t>14.05.20  12:13:33</t>
   </si>
   <si>
-    <t>477Про затвердження Положення про вiддiл економiки Червоноградської мiської рад</t>
+    <t>ID - 477,  Про затвердження Положення про вiддiл економiки Червоноградської мiської рад</t>
   </si>
   <si>
     <t>14.05.20  12:14:58</t>
   </si>
   <si>
     <t>14.05.20  12:17:10</t>
   </si>
   <si>
     <t>14.05.20  12:18:33</t>
   </si>
   <si>
     <t>14.05.20  12:20:19</t>
   </si>
   <si>
     <t>14.05.20  12:21:52</t>
   </si>
   <si>
     <t>14.05.20  12:23:09</t>
   </si>
   <si>
     <t>14.05.20  12:24:34</t>
   </si>
   <si>
     <t>21.05.20  10:31:50</t>
   </si>
   <si>
-    <t>519Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 519,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>21.05.20  10:34:52</t>
   </si>
   <si>
     <t>21.05.20  10:35:40</t>
   </si>
   <si>
-    <t>521Замінити у назві рішення дату 05.12.2020 на 05.12.2019</t>
+    <t>ID - 521,  Замінити у назві рішення дату 05.12.2020 на 05.12.2019</t>
   </si>
   <si>
     <t>21.05.20  10:36:20</t>
   </si>
   <si>
-    <t>522Замінити у назві рішення дату 05.12.2020 на 05.12.2019</t>
+    <t>ID - 522,  Замінити у назві рішення дату 05.12.2020 на 05.12.2019</t>
   </si>
   <si>
     <t>21.05.20  10:36:51</t>
   </si>
   <si>
     <t>21.05.20  10:39:20</t>
   </si>
   <si>
-    <t>524Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 524,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>21.05.20  10:41:10</t>
   </si>
   <si>
-    <t>525Про затвердження технiчних документацiй iз землеустрою</t>
+    <t>ID - 525,  Про затвердження технiчних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>21.05.20  10:43:23</t>
   </si>
   <si>
     <t>21.05.20  10:44:40</t>
   </si>
   <si>
-    <t>527Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
+    <t>ID - 527,  Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>21.05.20  10:46:10</t>
   </si>
   <si>
-    <t>528Про розгляд заяв громадян-учасників антитерористичної операції</t>
+    <t>ID - 528,  Про розгляд заяв громадян-учасників антитерористичної операції</t>
   </si>
   <si>
     <t>21.05.20  10:48:29</t>
   </si>
   <si>
     <t>21.05.20  10:53:08</t>
   </si>
   <si>
     <t>21.05.20  10:55:57</t>
   </si>
   <si>
-    <t>534Про розгляд заяви фізичної особи підприємця Скоропади Мирослава Михайловича</t>
+    <t>ID - 534,  Про розгляд заяви фізичної особи підприємця Скоропади Мирослава Михайловича</t>
   </si>
   <si>
     <t>21.05.20  10:57:31</t>
   </si>
   <si>
-    <t>535Про вилучення та надання земельної дiлянки</t>
+    <t>ID - 535,  Про вилучення та надання земельної дiлянки</t>
   </si>
   <si>
     <t>21.05.20  11:01:08</t>
   </si>
   <si>
-    <t>536Про розгляд клопотання КП «Червоноградводоканал»</t>
+    <t>ID - 536,  Про розгляд клопотання КП «Червоноградводоканал»</t>
   </si>
   <si>
     <t>21.05.20  11:03:07</t>
   </si>
   <si>
-    <t>537Про розгляд клопотань Приватного акціонерного товариства «Укрзахідвуглебуд»</t>
+    <t>ID - 537,  Про розгляд клопотань Приватного акціонерного товариства «Укрзахідвуглебуд»</t>
   </si>
   <si>
     <t>21.05.20  11:05:20</t>
   </si>
   <si>
     <t>21.05.20  11:18:12</t>
   </si>
   <si>
-    <t>539Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 539,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>21.05.20  11:20:10</t>
   </si>
   <si>
-    <t>540Голосувати  рішення по пунктам</t>
+    <t>ID - 540,  Голосувати  рішення по пунктам</t>
   </si>
   <si>
     <t>21.05.20  11:20:50</t>
   </si>
   <si>
-    <t>541голосувати за п.1</t>
+    <t>ID - 541,  голосувати за п.1</t>
   </si>
   <si>
     <t>21.05.20  11:21:19</t>
   </si>
   <si>
-    <t>542голосувати за п.2</t>
+    <t>ID - 542,  голосувати за п.2</t>
   </si>
   <si>
     <t>21.05.20  11:21:52</t>
   </si>
   <si>
-    <t>543підримати п. №3 </t>
+    <t>ID - 543,  підримати п. №3 </t>
   </si>
   <si>
     <t>21.05.20  11:22:25</t>
   </si>
   <si>
-    <t>544підримати п. №4</t>
+    <t>ID - 544,  підримати п. №4</t>
   </si>
   <si>
     <t>21.05.20  11:23:41</t>
   </si>
   <si>
-    <t>545підримати п. №5</t>
+    <t>ID - 545,  підримати п. №5</t>
   </si>
   <si>
     <t>21.05.20  11:24:54</t>
   </si>
   <si>
-    <t>546пункт в п.6,7,8 термін оренди встановити 1 рік</t>
+    <t>ID - 546,  пункт в п.6,7,8 термін оренди встановити 1 рік</t>
   </si>
   <si>
     <t>21.05.20  11:25:49</t>
   </si>
   <si>
-    <t>547підримати п. №6,7,8 з проголосованою правкою </t>
+    <t>ID - 547,  підримати п. №6,7,8 з проголосованою правкою </t>
   </si>
   <si>
     <t>21.05.20  11:26:22</t>
   </si>
   <si>
-    <t>548Вилучити п. 9 (Нискогуз Марія Михайлівна)</t>
+    <t>ID - 548,  Вилучити п. 9 (Нискогуз Марія Михайлівна)</t>
   </si>
   <si>
     <t>21.05.20  11:26:52</t>
   </si>
   <si>
-    <t>549підримати п. №9</t>
+    <t>ID - 549,  підримати п. №9</t>
   </si>
   <si>
     <t>21.05.20  11:27:31</t>
   </si>
   <si>
-    <t>550підримати п. №10</t>
+    <t>ID - 550,  підримати п. №10</t>
   </si>
   <si>
     <t>21.05.20  11:28:23</t>
   </si>
   <si>
-    <t>551підримати п. №11</t>
+    <t>ID - 551,  підримати п. №11</t>
   </si>
   <si>
     <t>21.05.20  11:30:33</t>
   </si>
   <si>
-    <t>552у п.12, 13 замінити  відмовити на продовжити терміном на термін 3 роки , ставка10%</t>
+    <t>ID - 552,  у п.12, 13 замінити  відмовити на продовжити терміном на термін 3 роки , ставка10%</t>
   </si>
   <si>
     <t>21.05.20  11:31:33</t>
   </si>
   <si>
-    <t>553 у п.12, 13 замінити  відмовити на продовжити терміном на термін 3 роки , ставка12% </t>
+    <t>ID - 553,   у п.12, 13 замінити  відмовити на продовжити терміном на термін 3 роки , ставка12% </t>
   </si>
   <si>
     <t>21.05.20  11:33:04</t>
   </si>
   <si>
-    <t>554 у п.12, 13 замінити  відмовити на продовжити терміном на термін 2 роки , ставка12% </t>
+    <t>ID - 554,   у п.12, 13 замінити  відмовити на продовжити терміном на термін 2 роки , ставка12% </t>
   </si>
   <si>
     <t>21.05.20  11:34:01</t>
   </si>
   <si>
-    <t>55512, 13 у редакції проекту - `відмовити`</t>
+    <t>ID - 555,  12, 13 у редакції проекту - `відмовити`</t>
   </si>
   <si>
     <t>21.05.20  11:41:09</t>
   </si>
   <si>
-    <t>556у п.12, 13 замінити  відмовити на продовжити терміном на термін 1 рік , ставка12%</t>
+    <t>ID - 556,  у п.12, 13 замінити  відмовити на продовжити терміном на термін 1 рік , ставка12%</t>
   </si>
   <si>
     <t>21.05.20  11:43:29</t>
   </si>
   <si>
-    <t>557п. 4  замінити - продовжити на продовжити на три роки ставка під 12%</t>
+    <t>ID - 557,  п. 4  замінити - продовжити на продовжити на три роки ставка під 12%</t>
   </si>
   <si>
     <t>21.05.20  11:44:42</t>
   </si>
   <si>
-    <t>558правку у п.15 термін подачі встановити 21.08.2020</t>
+    <t>ID - 558,  правку у п.15 термін подачі встановити 21.08.2020</t>
   </si>
   <si>
     <t>21.05.20  11:46:28</t>
   </si>
   <si>
-    <t>559п.14  - Орендарям земельних ділянок, вказаним в пунктах 1., 2., 3., 4., 5., 6., 7., 8., 9,12,13</t>
+    <t>ID - 559,  п.14  - Орендарям земельних ділянок, вказаним в пунктах 1., 2., 3., 4., 5., 6., 7., 8., 9,12,13</t>
   </si>
   <si>
     <t>21.05.20  11:47:01</t>
   </si>
   <si>
-    <t>560Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 560,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>21.05.20  11:51:38</t>
   </si>
   <si>
-    <t>561Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
+    <t>ID - 561,  Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
   </si>
   <si>
     <t>21.05.20  11:52:31</t>
   </si>
   <si>
-    <t>562у п.7 встановити термін 21.08.20</t>
+    <t>ID - 562,  у п.7 встановити термін 21.08.20</t>
   </si>
   <si>
     <t>21.05.20  11:53:06</t>
   </si>
   <si>
-    <t>563Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
+    <t>ID - 563,  Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
   </si>
   <si>
     <t>21.05.20  11:54:22</t>
   </si>
   <si>
-    <t>564Про розгляд заяви ФОП Снігур Надії Богданівни</t>
+    <t>ID - 564,  Про розгляд заяви ФОП Снігур Надії Богданівни</t>
   </si>
   <si>
     <t>21.05.20  11:56:30</t>
   </si>
   <si>
-    <t>565Про розгляд клопотання ТзОВ «Епіцентр К»</t>
+    <t>ID - 565,  Про розгляд клопотання ТзОВ «Епіцентр К»</t>
   </si>
   <si>
     <t>21.05.20  11:57:36</t>
   </si>
   <si>
-    <t>566Про розгляд клопотання ТзОВ «Епіцентр К»</t>
+    <t>ID - 566,  Про розгляд клопотання ТзОВ «Епіцентр К»</t>
   </si>
   <si>
     <t>21.05.20  11:59:10</t>
   </si>
   <si>
     <t>21.05.20  12:01:36</t>
   </si>
   <si>
-    <t>568Про припинення права оренди земельної ділянки</t>
+    <t>ID - 568,  Про припинення права оренди земельної ділянки</t>
   </si>
   <si>
     <t>21.05.20  12:03:39</t>
   </si>
   <si>
-    <t>569Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
+    <t>ID - 569,  Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>21.05.20  12:06:02</t>
   </si>
   <si>
-    <t>571Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
+    <t>ID - 571,  Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>21.05.20  12:07:07</t>
   </si>
   <si>
-    <t>572у п.1 слово `відмовити` замінити на `надати дозвіл на виготвлення .....`</t>
+    <t>ID - 572,  у п.1 слово `відмовити` замінити на `надати дозвіл на виготвлення .....`</t>
   </si>
   <si>
     <t>21.05.20  12:07:39</t>
   </si>
   <si>
-    <t>573Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
+    <t>ID - 573,  Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>21.05.20  12:09:08</t>
   </si>
   <si>
-    <t>574Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>21.05.20  12:10:22</t>
   </si>
   <si>
-    <t>575добавити  у рішення пункт щодо уповноваження Балка Д.І. </t>
+    <t>ID - 575,  добавити  у рішення пункт щодо уповноваження Балка Д.І. </t>
   </si>
   <si>
     <t>21.05.20  12:10:54</t>
   </si>
   <si>
-    <t>576Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>21.05.20  12:13:36</t>
   </si>
   <si>
-    <t>577Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 577,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>21.05.20  12:14:47</t>
   </si>
   <si>
-    <t>578довключити пункт щодо уповноваження Балка Д.І на підписання договору</t>
+    <t>ID - 578,  довключити пункт щодо уповноваження Балка Д.І на підписання договору</t>
   </si>
   <si>
     <t>21.05.20  12:15:17</t>
   </si>
   <si>
-    <t>579Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 579,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>21.05.20  12:17:41</t>
   </si>
   <si>
     <t>21.05.20  12:18:21</t>
   </si>
   <si>
-    <t>581 1 . стартова ціна 77 347 грн 2. стартова ціна 2253  3. стартова ціна 17489 </t>
+    <t>ID - 581,   1 . стартова ціна 77 347 грн 2. стартова ціна 2253  3. стартова ціна 17489 </t>
   </si>
   <si>
     <t>21.05.20  12:18:55</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1314,51 +1302,51 @@
       <c r="AO3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>408Про зменшення або не нарахування орендної плати суб’єктам господарювання,які орендують нежитлові приміщення комунальної власності і не працюють у зв’язку із карантином</t>
+          <t>ID - 408,  Про зменшення або не нарахування орендної плати суб’єктам господарювання,які орендують нежитлові приміщення комунальної власності і не працюють у зв’язку із карантином</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>55</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4">
         <v>26</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
@@ -1590,51 +1578,51 @@
       <c r="AO5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>410Дозвіл  на  нерахування орендної плати затверджує Червоноградська міська рада за поданням орендодавця</t>
+          <t>ID - 410,  Дозвіл  на  нерахування орендної плати затверджує Червоноградська міська рада за поданням орендодавця</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>48</v>
       </c>
       <c r="F6">
         <v>24</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>49</v>
@@ -1729,51 +1717,51 @@
       <c r="AO6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>411Про зменшення або не нарахування орендної плати суб’єктам господарювання,які орендують нежитлові приміщення комунальної власності і не працюють у зв’язку із карантином</t>
+          <t>ID - 411,  Про зменшення або не нарахування орендної плати суб’єктам господарювання,які орендують нежитлові приміщення комунальної власності і не працюють у зв’язку із карантином</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>48</v>
       </c>
       <c r="F7">
         <v>26</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>49</v>
@@ -1868,51 +1856,51 @@
       <c r="AO7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>412Про звернення Червоноградської мiської ради щодо запровадження механізмів компенсації втрат доходів місцевих бюджетів внаслідок здійснення заходів, спрямованих на запобігання виникненню і поширенню короновірусної хвороби (COVID-19)</t>
+          <t>ID - 412,  Про звернення Червоноградської мiської ради щодо запровадження механізмів компенсації втрат доходів місцевих бюджетів внаслідок здійснення заходів, спрямованих на запобігання виникненню і поширенню короновірусної хвороби (COVID-19)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>55</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8">
         <v>26</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
@@ -2281,51 +2269,51 @@
       <c r="AO10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>415Про звернення Червоноградської мiської ради щодо запровадження механізмів компенсації втрат доходів місцевих бюджетів внаслідок здійснення заходів, спрямованих на запобігання виникненню і поширенню короновірусної хвороби (COVID-19)</t>
+          <t>ID - 415,  Про звернення Червоноградської мiської ради щодо запровадження механізмів компенсації втрат доходів місцевих бюджетів внаслідок здійснення заходів, спрямованих на запобігання виникненню і поширенню короновірусної хвороби (COVID-19)</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>61</v>
       </c>
       <c r="E11" t="s">
         <v>48</v>
       </c>
       <c r="F11">
         <v>26</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>49</v>
@@ -4064,51 +4052,51 @@
       <c r="AO23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>435Про затвердження переліку суб’єктів господарювання, які звільняються від орендної плати протягом двох місяців у зв’язку із карантином</t>
+          <t>ID - 435,  Про затвердження переліку суб’єктів господарювання, які звільняються від орендної плати протягом двох місяців у зв’язку із карантином</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>55</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24">
         <v>21</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>3</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>67</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
@@ -4203,51 +4191,51 @@
       <c r="AO24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>95</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>436Про затвердження переліку суб’єктів господарювання, які звільняються від орендної плати протягом двох місяців у зв’язку із карантином</t>
+          <t>ID - 436,  Про затвердження переліку суб’єктів господарювання, які звільняються від орендної плати протягом двох місяців у зв’язку із карантином</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>93</v>
       </c>
       <c r="F25">
         <v>15</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>2</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
@@ -4479,51 +4467,51 @@
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>98</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>438Про надання дозволу комунальному пiдприємству Червоноградський ринок на продовження кредиту у формi овердрафт в АТ КБ `ПриватБанк`</t>
+          <t>ID - 438,  Про надання дозволу комунальному пiдприємству Червоноградський ринок на продовження кредиту у формi овердрафт в АТ КБ `ПриватБанк`</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>47</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27">
         <v>28</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
@@ -4618,51 +4606,51 @@
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>99</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>439Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на залучення кредиту у формi овердрафт</t>
+          <t>ID - 439,  Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на залучення кредиту у формi овердрафт</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>47</v>
       </c>
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28">
         <v>27</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
@@ -4757,51 +4745,51 @@
       <c r="AO28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>100</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>440Про надання згоди на безоплатної передачу у комунальну власнiстьтериторiальної громади м. Червонограда в особi Червоноградської мiської ради зовнiшньої мережi електропостачання (II черга) житлово - будiвельним кооперативом `Монастирський`</t>
+          <t>ID - 440,  Про надання згоди на безоплатної передачу у комунальну власнiстьтериторiальної громади м. Червонограда в особi Червоноградської мiської ради зовнiшньої мережi електропостачання (II черга) житлово - будiвельним кооперативом `Монастирський`</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>47</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29">
         <v>23</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
@@ -5033,51 +5021,51 @@
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>103</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>446Про внесення змiн у рiшення Червоноградської мiської ради вiд 19.07.2018 № 940 «Про встановлення єдиного податку на територiї мiста Червонограда</t>
+          <t>ID - 446,  Про внесення змiн у рiшення Червоноградської мiської ради вiд 19.07.2018 № 940 «Про встановлення єдиного податку на територiї мiста Червонограда</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>55</v>
       </c>
       <c r="E31" t="s">
         <v>48</v>
       </c>
       <c r="F31">
         <v>26</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -5307,52 +5295,54 @@
         <v>49</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>106</v>
       </c>
-      <c r="C33" t="s" s="4">
-        <v>107</v>
+      <c r="C33" t="inlineStr" s="4">
+        <is>
+          <t>ID - 448,  по тексту в другому абзацу- `окрім тих що здійснюють діяльність на території  ринків`</t>
+        </is>
       </c>
       <c r="D33" t="s">
         <v>58</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
         <v>26</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5442,55 +5432,55 @@
       </c>
       <c r="AN33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>449Про внесення змiн у рiшення Червоноградської мiської ради вiд 19.07.2018 № 940 «Про встановлення єдиного податку на територiї мiста Червонограда</t>
+          <t>ID - 449,  Про внесення змiн у рiшення Червоноградської мiської ради вiд 19.07.2018 № 940 «Про встановлення єдиного податку на територiї мiста Червонограда</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>61</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
         <v>26</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -5581,55 +5571,55 @@
       </c>
       <c r="AN34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>450Про внесення змін до Комплексної програми фінансової підтримки Комунального підприємства «Центр первинної медико-санітарної допомоги м.Червонограда» та його розвитку на 2019-2020 роки</t>
+          <t>ID - 450,  Про внесення змін до Комплексної програми фінансової підтримки Комунального підприємства «Центр первинної медико-санітарної допомоги м.Червонограда» та його розвитку на 2019-2020 роки</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>47</v>
       </c>
       <c r="E35" t="s">
         <v>48</v>
       </c>
       <c r="F35">
         <v>26</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
@@ -5720,55 +5710,55 @@
       </c>
       <c r="AN35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>456Про виконання міського бюджету м.Червонограда за січень- березень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
+          <t>ID - 456,  Про виконання міського бюджету м.Червонограда за січень- березень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>55</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36">
         <v>25</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -5859,54 +5849,54 @@
       </c>
       <c r="AN36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>110</v>
+      </c>
+      <c r="C37" t="s" s="4">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D37" t="s">
         <v>58</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37">
         <v>23</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
@@ -5996,55 +5986,55 @@
       </c>
       <c r="AN37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>458Про виконання міського бюджету м.Червонограда за січень- березень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
+          <t>ID - 458,  Про виконання міського бюджету м.Червонограда за січень- березень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38">
         <v>25</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
@@ -6135,55 +6125,55 @@
       </c>
       <c r="AN38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>459Про звернення Червоноградської мiської ради щодо виявлення фактів відвантаження, складування твердих побутових відходів</t>
+          <t>ID - 459,  Про звернення Червоноградської мiської ради щодо виявлення фактів відвантаження, складування твердих побутових відходів</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>55</v>
       </c>
       <c r="E39" t="s">
         <v>48</v>
       </c>
       <c r="F39">
         <v>23</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>1</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
@@ -6274,55 +6264,55 @@
       </c>
       <c r="AN39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>460Стенограмно озвечена Фартушком Д.І. (Провести розслідування ймовірної наявної схеми захоронення на  полігон ЧТПВ  з моменту аварії на полігоні Грибовичах)</t>
+          <t>ID - 460,  Стенограмно озвечена Фартушком Д.І. (Провести розслідування ймовірної наявної схеми захоронення на  полігон ЧТПВ  з моменту аварії на полігоні Грибовичах)</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>58</v>
       </c>
       <c r="E40" t="s">
         <v>93</v>
       </c>
       <c r="F40">
         <v>6</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
@@ -6393,74 +6383,76 @@
       <c r="AG40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO40" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>116</v>
+      </c>
+      <c r="C41" t="inlineStr" s="4">
+        <is>
+          <t>ID - 461,  замінити по тексту слова  1. `відділення` на `відділ` 2. `фури` - на  `транспортні засоби`</t>
+        </is>
       </c>
       <c r="D41" t="s">
         <v>58</v>
       </c>
       <c r="E41" t="s">
         <v>48</v>
       </c>
       <c r="F41">
         <v>25</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
       </c>
@@ -6550,55 +6542,55 @@
       </c>
       <c r="AN41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>462Про звернення Червоноградської мiської ради щодо виявлення фактів відвантаження, складування твердих побутових відходів</t>
+          <t>ID - 462,  Про звернення Червоноградської мiської ради щодо виявлення фактів відвантаження, складування твердих побутових відходів</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>61</v>
       </c>
       <c r="E42" t="s">
         <v>48</v>
       </c>
       <c r="F42">
         <v>25</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
@@ -6689,55 +6681,55 @@
       </c>
       <c r="AN42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>463Про затвердження переліку (дозволу на ненарахування орендної плати) орендарів, які вимушено припинили свою діяльність у зв’язку із введенням карантину, та звільняються від орендної плати протягом двох місяців</t>
+          <t>ID - 463,  Про затвердження переліку (дозволу на ненарахування орендної плати) орендарів, які вимушено припинили свою діяльність у зв’язку із введенням карантину, та звільняються від орендної плати протягом двох місяців</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>47</v>
       </c>
       <c r="E43" t="s">
         <v>48</v>
       </c>
       <c r="F43">
         <v>21</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
@@ -6828,55 +6820,55 @@
       </c>
       <c r="AN43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>464Про затвердження переліку (дозволу на не нарахування орендної плати) орендарів, що у зв’язку із карантином призупинили свою діяльність, та звільняються від орендної плати протягом двох місяців</t>
+          <t>ID - 464,  Про затвердження переліку (дозволу на не нарахування орендної плати) орендарів, що у зв’язку із карантином призупинили свою діяльність, та звільняються від орендної плати протягом двох місяців</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>47</v>
       </c>
       <c r="E44" t="s">
         <v>48</v>
       </c>
       <c r="F44">
         <v>23</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
@@ -6967,55 +6959,55 @@
       </c>
       <c r="AN44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>465Про звільнення орендарів від сплати орендної плати за оренду торговельних місць на період дії карантину</t>
+          <t>ID - 465,  Про звільнення орендарів від сплати орендної плати за оренду торговельних місць на період дії карантину</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>47</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45">
         <v>24</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
@@ -7106,55 +7098,55 @@
       </c>
       <c r="AN45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>466Про затвердження програми Надання фiнансової пiдтримки громадським органiзацiям, громадським спiлкам на реалiзацiю соцiально-культурних проектiв на територiї Червоноградської мiської ради на 2020 рiк</t>
+          <t>ID - 466,  Про затвердження програми Надання фiнансової пiдтримки громадським органiзацiям, громадським спiлкам на реалiзацiю соцiально-культурних проектiв на територiї Червоноградської мiської ради на 2020 рiк</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>47</v>
       </c>
       <c r="E46" t="s">
         <v>48</v>
       </c>
       <c r="F46">
         <v>23</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
@@ -7245,55 +7237,55 @@
       </c>
       <c r="AN46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>467Про проведення конкурсу соцiально-культурних проектiв громадських органiзацiй та громадських спiлок на територiї Червоноградської мiської ради у 2020 роцi</t>
+          <t>ID - 467,  Про проведення конкурсу соцiально-культурних проектiв громадських органiзацiй та громадських спiлок на територiї Червоноградської мiської ради у 2020 роцi</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>55</v>
       </c>
       <c r="E47" t="s">
         <v>48</v>
       </c>
       <c r="F47">
         <v>23</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
@@ -7384,54 +7376,54 @@
       </c>
       <c r="AN47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C48" t="s" s="4">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D48" t="s">
         <v>58</v>
       </c>
       <c r="E48" t="s">
         <v>48</v>
       </c>
       <c r="F48">
         <v>23</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
       </c>
@@ -7521,55 +7513,55 @@
       </c>
       <c r="AN48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>469Про проведення конкурсу соцiально-культурних проектiв громадських органiзацiй та громадських спiлок на територiї Червоноградської мiської ради у 2020 роцi</t>
+          <t>ID - 469,  Про проведення конкурсу соцiально-культурних проектiв громадських органiзацiй та громадських спiлок на територiї Червоноградської мiської ради у 2020 роцi</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49" t="s">
         <v>48</v>
       </c>
       <c r="F49">
         <v>23</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
@@ -7660,55 +7652,55 @@
       </c>
       <c r="AN49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>470Про затвердження складу комiсiї з визначення громадських органiзаiй, громадських спiлок, яким буде надаватись фiнансова пiдтримка на реалiзацiю соцiально-культурних проектiв за рахунок бюджетних коштiв у 2020 роцi</t>
+          <t>ID - 470,  Про затвердження складу комiсiї з визначення громадських органiзаiй, громадських спiлок, яким буде надаватись фiнансова пiдтримка на реалiзацiю соцiально-культурних проектiв за рахунок бюджетних коштiв у 2020 роцi</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>47</v>
       </c>
       <c r="E50" t="s">
         <v>93</v>
       </c>
       <c r="F50">
         <v>9</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
@@ -7799,55 +7791,55 @@
       </c>
       <c r="AN50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>471Про затвердження складу комiсiї з визначення громадських органiзаiй, громадських спiлок, яким буде надаватись фiнансова пiдтримка на реалiзацiю соцiально-культурних проектiв за рахунок бюджетних коштiв у 2020 роцi</t>
+          <t>ID - 471,  Про затвердження складу комiсiї з визначення громадських органiзаiй, громадських спiлок, яким буде надаватись фiнансова пiдтримка на реалiзацiю соцiально-культурних проектiв за рахунок бюджетних коштiв у 2020 роцi</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>47</v>
       </c>
       <c r="E51" t="s">
         <v>48</v>
       </c>
       <c r="F51">
         <v>24</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
@@ -7938,54 +7930,54 @@
       </c>
       <c r="AN51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C52" t="s" s="4">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D52" t="s">
         <v>58</v>
       </c>
       <c r="E52" t="s">
         <v>93</v>
       </c>
       <c r="F52">
         <v>4</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
       </c>
@@ -8075,54 +8067,54 @@
       </c>
       <c r="AN52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D53" t="s">
         <v>47</v>
       </c>
       <c r="E53" t="s">
         <v>93</v>
       </c>
       <c r="F53">
         <v>16</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>2</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
       </c>
@@ -8212,55 +8204,55 @@
       </c>
       <c r="AN53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>475Про встановлення вiдповiдальностi щодо усунення дискримiнацiйних вимог у тендернiй документацiї</t>
+          <t>ID - 475,  Про встановлення вiдповiдальностi щодо усунення дискримiнацiйних вимог у тендернiй документацiї</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>47</v>
       </c>
       <c r="E54" t="s">
         <v>48</v>
       </c>
       <c r="F54">
         <v>21</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
@@ -8351,55 +8343,55 @@
       </c>
       <c r="AN54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>476Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2020 рiк</t>
+          <t>ID - 476,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2020 рiк</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>47</v>
       </c>
       <c r="E55" t="s">
         <v>48</v>
       </c>
       <c r="F55">
         <v>21</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
@@ -8490,54 +8482,54 @@
       </c>
       <c r="AN55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D56" t="s">
         <v>47</v>
       </c>
       <c r="E56" t="s">
         <v>48</v>
       </c>
       <c r="F56">
         <v>21</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
       </c>
@@ -8627,55 +8619,55 @@
       </c>
       <c r="AN56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>478Про надання згоди на безоплатну передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень у комунальну власнiсть територiальної громади м.Соснiвки в особi Соснiвської мiської ради мереж зовнiшнього освiтлення</t>
+          <t>ID - 478,  Про надання згоди на безоплатну передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень у комунальну власнiсть територiальної громади м.Соснiвки в особi Соснiвської мiської ради мереж зовнiшнього освiтлення</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>47</v>
       </c>
       <c r="E57" t="s">
         <v>48</v>
       </c>
       <c r="F57">
         <v>22</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
@@ -8766,55 +8758,55 @@
       </c>
       <c r="AN57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>479Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, вiд ТзОВ `СОФРО`</t>
+          <t>ID - 479,  Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, вiд ТзОВ `СОФРО`</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>47</v>
       </c>
       <c r="E58" t="s">
         <v>93</v>
       </c>
       <c r="F58">
         <v>11</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>2</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
@@ -8905,55 +8897,55 @@
       </c>
       <c r="AN58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>480Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, вiд ТзОВ `ВМВ Холдiнг`</t>
+          <t>ID - 480,  Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, вiд ТзОВ `ВМВ Холдiнг`</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>47</v>
       </c>
       <c r="E59" t="s">
         <v>48</v>
       </c>
       <c r="F59">
         <v>21</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
@@ -9044,55 +9036,55 @@
       </c>
       <c r="AN59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>481Про надання дозволу на погашення податкового боргу за рахунок майна комунального пiдприємства `Червоноградтеплокомуненерго` Червоноградської мiської ради</t>
+          <t>ID - 481,  Про надання дозволу на погашення податкового боргу за рахунок майна комунального пiдприємства `Червоноградтеплокомуненерго` Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>47</v>
       </c>
       <c r="E60" t="s">
         <v>93</v>
       </c>
       <c r="F60">
         <v>18</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
@@ -9183,55 +9175,55 @@
       </c>
       <c r="AN60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>482Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
+          <t>ID - 482,  Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>47</v>
       </c>
       <c r="E61" t="s">
         <v>48</v>
       </c>
       <c r="F61">
         <v>21</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
@@ -9322,55 +9314,55 @@
       </c>
       <c r="AN61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>483Про делегування функцій замовника по об’єкту «Реконструкція будівлі колишнього шкірвендиспансеру під розміщення Червоноградського міського військового комісаріату по вул. Шевська, 36 в м. Червоноград Львівської області» вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради</t>
+          <t>ID - 483,  Про делегування функцій замовника по об’єкту «Реконструкція будівлі колишнього шкірвендиспансеру під розміщення Червоноградського міського військового комісаріату по вул. Шевська, 36 в м. Червоноград Львівської області» вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>47</v>
       </c>
       <c r="E62" t="s">
         <v>48</v>
       </c>
       <c r="F62">
         <v>20</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
@@ -9461,55 +9453,55 @@
       </c>
       <c r="AN62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>484Про передачу функцій замовника з реалізації проєкту «Будівництво підвищувальної насосної станції в смт. Гірник Львівської області» Департаменту розвитку та експлуатації житлово - комунального господарства</t>
+          <t>ID - 484,  Про передачу функцій замовника з реалізації проєкту «Будівництво підвищувальної насосної станції в смт. Гірник Львівської області» Департаменту розвитку та експлуатації житлово - комунального господарства</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>47</v>
       </c>
       <c r="E63" t="s">
         <v>48</v>
       </c>
       <c r="F63">
         <v>22</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>50</v>
@@ -9600,54 +9592,54 @@
       </c>
       <c r="AN63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D64" t="s">
         <v>47</v>
       </c>
       <c r="E64" t="s">
         <v>48</v>
       </c>
       <c r="F64">
         <v>19</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>50</v>
       </c>
@@ -9737,55 +9729,55 @@
       </c>
       <c r="AN64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>520Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2020 р. № 1490</t>
+          <t>ID - 520,  Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2020 р. № 1490</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>55</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65">
         <v>19</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>50</v>
@@ -9876,54 +9868,54 @@
       </c>
       <c r="AN65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D66" t="s">
         <v>58</v>
       </c>
       <c r="E66" t="s">
         <v>93</v>
       </c>
       <c r="F66">
         <v>18</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>50</v>
       </c>
@@ -10013,54 +10005,54 @@
       </c>
       <c r="AN66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D67" t="s">
         <v>58</v>
       </c>
       <c r="E67" t="s">
         <v>48</v>
       </c>
       <c r="F67">
         <v>19</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
       </c>
@@ -10150,55 +10142,55 @@
       </c>
       <c r="AN67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>523Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2020 р. № 1490</t>
+          <t>ID - 523,  Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2020 р. № 1490</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>61</v>
       </c>
       <c r="E68" t="s">
         <v>93</v>
       </c>
       <c r="F68">
         <v>16</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>2</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>50</v>
@@ -10289,54 +10281,54 @@
       </c>
       <c r="AN68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D69" t="s">
         <v>47</v>
       </c>
       <c r="E69" t="s">
         <v>48</v>
       </c>
       <c r="F69">
         <v>19</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>50</v>
       </c>
@@ -10426,54 +10418,54 @@
       </c>
       <c r="AN69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D70" t="s">
         <v>47</v>
       </c>
       <c r="E70" t="s">
         <v>48</v>
       </c>
       <c r="F70">
         <v>19</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>50</v>
       </c>
@@ -10563,55 +10555,55 @@
       </c>
       <c r="AN70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>526Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 526,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>47</v>
       </c>
       <c r="E71" t="s">
         <v>48</v>
       </c>
       <c r="F71">
         <v>19</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>50</v>
@@ -10702,54 +10694,54 @@
       </c>
       <c r="AN71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D72" t="s">
         <v>47</v>
       </c>
       <c r="E72" t="s">
         <v>48</v>
       </c>
       <c r="F72">
         <v>19</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
       </c>
@@ -10839,54 +10831,54 @@
       </c>
       <c r="AN72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D73" t="s">
         <v>47</v>
       </c>
       <c r="E73" t="s">
         <v>48</v>
       </c>
       <c r="F73">
         <v>19</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
       </c>
@@ -10976,55 +10968,55 @@
       </c>
       <c r="AN73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>529Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 529,  Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>47</v>
       </c>
       <c r="E74" t="s">
         <v>93</v>
       </c>
       <c r="F74">
         <v>17</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>50</v>
@@ -11115,55 +11107,55 @@
       </c>
       <c r="AN74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>533Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 533,  Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>47</v>
       </c>
       <c r="E75" t="s">
         <v>48</v>
       </c>
       <c r="F75">
         <v>19</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
@@ -11254,54 +11246,54 @@
       </c>
       <c r="AN75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C76" t="s" s="4">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D76" t="s">
         <v>47</v>
       </c>
       <c r="E76" t="s">
         <v>93</v>
       </c>
       <c r="F76">
         <v>16</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>1</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
       </c>
@@ -11391,54 +11383,54 @@
       </c>
       <c r="AN76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D77" t="s">
         <v>47</v>
       </c>
       <c r="E77" t="s">
         <v>48</v>
       </c>
       <c r="F77">
         <v>20</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>1</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>49</v>
       </c>
@@ -11528,54 +11520,54 @@
       </c>
       <c r="AN77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D78" t="s">
         <v>47</v>
       </c>
       <c r="E78" t="s">
         <v>48</v>
       </c>
       <c r="F78">
         <v>21</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
       </c>
@@ -11665,54 +11657,54 @@
       </c>
       <c r="AN78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D79" t="s">
         <v>47</v>
       </c>
       <c r="E79" t="s">
         <v>93</v>
       </c>
       <c r="F79">
         <v>4</v>
       </c>
       <c r="G79">
         <v>1</v>
       </c>
       <c r="H79">
         <v>7</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>67</v>
       </c>
@@ -11722,51 +11714,51 @@
       <c r="M79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S79" t="s" s="5">
         <v>67</v>
       </c>
       <c r="T79" t="s" s="5">
         <v>67</v>
       </c>
       <c r="U79" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>50</v>
       </c>
@@ -11802,55 +11794,55 @@
       </c>
       <c r="AN79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO79" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>538Про внесення змiн в рiшення Червоноградської міської ради та рішення виконавчого комітету Червоноградської міської ради народних депутатів Львівської області</t>
+          <t>ID - 538,  Про внесення змiн в рiшення Червоноградської міської ради та рішення виконавчого комітету Червоноградської міської ради народних депутатів Львівської області</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>47</v>
       </c>
       <c r="E80" t="s">
         <v>93</v>
       </c>
       <c r="F80">
         <v>18</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>3</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>49</v>
@@ -11941,54 +11933,54 @@
       </c>
       <c r="AN80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D81" t="s">
         <v>55</v>
       </c>
       <c r="E81" t="s">
         <v>48</v>
       </c>
       <c r="F81">
         <v>21</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>49</v>
       </c>
@@ -12078,54 +12070,54 @@
       </c>
       <c r="AN81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D82" t="s">
         <v>58</v>
       </c>
       <c r="E82" t="s">
         <v>48</v>
       </c>
       <c r="F82">
         <v>22</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>49</v>
       </c>
@@ -12215,54 +12207,54 @@
       </c>
       <c r="AN82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D83" t="s">
         <v>58</v>
       </c>
       <c r="E83" t="s">
         <v>48</v>
       </c>
       <c r="F83">
         <v>20</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>53</v>
       </c>
@@ -12352,54 +12344,54 @@
       </c>
       <c r="AN83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D84" t="s">
         <v>58</v>
       </c>
       <c r="E84" t="s">
         <v>48</v>
       </c>
       <c r="F84">
         <v>21</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>49</v>
       </c>
@@ -12489,54 +12481,54 @@
       </c>
       <c r="AN84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D85" t="s">
         <v>58</v>
       </c>
       <c r="E85" t="s">
         <v>48</v>
       </c>
       <c r="F85">
         <v>20</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>1</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>49</v>
       </c>
@@ -12626,54 +12618,54 @@
       </c>
       <c r="AN85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D86" t="s">
         <v>58</v>
       </c>
       <c r="E86" t="s">
         <v>93</v>
       </c>
       <c r="F86">
         <v>17</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>3</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>49</v>
       </c>
@@ -12763,54 +12755,54 @@
       </c>
       <c r="AN86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D87" t="s">
         <v>58</v>
       </c>
       <c r="E87" t="s">
         <v>48</v>
       </c>
       <c r="F87">
         <v>21</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>1</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>49</v>
       </c>
@@ -12900,54 +12892,54 @@
       </c>
       <c r="AN87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D88" t="s">
         <v>58</v>
       </c>
       <c r="E88" t="s">
         <v>48</v>
       </c>
       <c r="F88">
         <v>21</v>
       </c>
       <c r="G88">
         <v>1</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>49</v>
       </c>
@@ -13014,77 +13006,77 @@
       <c r="AF88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN88" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AO88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C89" t="s" s="4">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D89" t="s">
         <v>58</v>
       </c>
       <c r="E89" t="s">
         <v>48</v>
       </c>
       <c r="F89">
         <v>23</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>49</v>
       </c>
@@ -13174,93 +13166,93 @@
       </c>
       <c r="AN89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D90" t="s">
         <v>58</v>
       </c>
       <c r="E90" t="s">
         <v>93</v>
       </c>
       <c r="F90">
         <v>4</v>
       </c>
       <c r="G90">
         <v>3</v>
       </c>
       <c r="H90">
         <v>4</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P90" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="Q90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T90" t="s" s="5">
         <v>67</v>
       </c>
       <c r="U90" t="s" s="5">
         <v>67</v>
       </c>
       <c r="V90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X90" t="s" s="5">
         <v>50</v>
       </c>
@@ -13273,92 +13265,92 @@
       <c r="AA90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF90" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AG90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH90" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AI90" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL90" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AM90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D91" t="s">
         <v>58</v>
       </c>
       <c r="E91" t="s">
         <v>48</v>
       </c>
       <c r="F91">
         <v>20</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>3</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>67</v>
       </c>
@@ -13448,54 +13440,54 @@
       </c>
       <c r="AN91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D92" t="s">
         <v>58</v>
       </c>
       <c r="E92" t="s">
         <v>48</v>
       </c>
       <c r="F92">
         <v>23</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>49</v>
       </c>
@@ -13585,54 +13577,54 @@
       </c>
       <c r="AN92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D93" t="s">
         <v>58</v>
       </c>
       <c r="E93" t="s">
         <v>48</v>
       </c>
       <c r="F93">
         <v>22</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>49</v>
       </c>
@@ -13722,54 +13714,54 @@
       </c>
       <c r="AN93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D94" t="s">
         <v>58</v>
       </c>
       <c r="E94" t="s">
         <v>93</v>
       </c>
       <c r="F94">
         <v>15</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>1</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>49</v>
       </c>
@@ -13859,54 +13851,54 @@
       </c>
       <c r="AN94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D95" t="s">
         <v>58</v>
       </c>
       <c r="E95" t="s">
         <v>93</v>
       </c>
       <c r="F95">
         <v>18</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>53</v>
       </c>
@@ -13996,54 +13988,54 @@
       </c>
       <c r="AN95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D96" t="s">
         <v>58</v>
       </c>
       <c r="E96" t="s">
         <v>93</v>
       </c>
       <c r="F96">
         <v>18</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>49</v>
       </c>
@@ -14133,108 +14125,108 @@
       </c>
       <c r="AN96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C97" t="s" s="4">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D97" t="s">
         <v>58</v>
       </c>
       <c r="E97" t="s">
         <v>93</v>
       </c>
       <c r="F97">
         <v>5</v>
       </c>
       <c r="G97">
         <v>2</v>
       </c>
       <c r="H97">
         <v>3</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>67</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S97" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="T97" t="s" s="5">
         <v>67</v>
       </c>
       <c r="U97" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="V97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC97" t="s" s="5">
         <v>50</v>
       </c>
@@ -14270,54 +14262,54 @@
       </c>
       <c r="AN97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D98" t="s">
         <v>58</v>
       </c>
       <c r="E98" t="s">
         <v>48</v>
       </c>
       <c r="F98">
         <v>21</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>49</v>
       </c>
@@ -14407,54 +14399,54 @@
       </c>
       <c r="AN98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C99" t="s" s="4">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D99" t="s">
         <v>58</v>
       </c>
       <c r="E99" t="s">
         <v>48</v>
       </c>
       <c r="F99">
         <v>20</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>49</v>
       </c>
@@ -14544,54 +14536,54 @@
       </c>
       <c r="AN99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C100" t="s" s="4">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D100" t="s">
         <v>58</v>
       </c>
       <c r="E100" t="s">
         <v>48</v>
       </c>
       <c r="F100">
         <v>22</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>49</v>
       </c>
@@ -14681,54 +14673,54 @@
       </c>
       <c r="AN100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C101" t="s" s="4">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D101" t="s">
         <v>58</v>
       </c>
       <c r="E101" t="s">
         <v>48</v>
       </c>
       <c r="F101">
         <v>20</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>49</v>
       </c>
@@ -14818,54 +14810,54 @@
       </c>
       <c r="AN101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D102" t="s">
         <v>61</v>
       </c>
       <c r="E102" t="s">
         <v>48</v>
       </c>
       <c r="F102">
         <v>21</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>49</v>
       </c>
@@ -14955,54 +14947,54 @@
       </c>
       <c r="AN102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C103" t="s" s="4">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D103" t="s">
         <v>55</v>
       </c>
       <c r="E103" t="s">
         <v>48</v>
       </c>
       <c r="F103">
         <v>21</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>49</v>
       </c>
@@ -15092,54 +15084,54 @@
       </c>
       <c r="AN103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D104" t="s">
         <v>58</v>
       </c>
       <c r="E104" t="s">
         <v>48</v>
       </c>
       <c r="F104">
         <v>21</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>49</v>
       </c>
@@ -15229,54 +15221,54 @@
       </c>
       <c r="AN104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D105" t="s">
         <v>61</v>
       </c>
       <c r="E105" t="s">
         <v>48</v>
       </c>
       <c r="F105">
         <v>19</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>49</v>
       </c>
@@ -15366,54 +15358,54 @@
       </c>
       <c r="AN105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C106" t="s" s="4">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D106" t="s">
         <v>47</v>
       </c>
       <c r="E106" t="s">
         <v>93</v>
       </c>
       <c r="F106">
         <v>18</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>1</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>49</v>
       </c>
@@ -15503,54 +15495,54 @@
       </c>
       <c r="AN106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C107" t="s" s="4">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D107" t="s">
         <v>55</v>
       </c>
       <c r="E107" t="s">
         <v>48</v>
       </c>
       <c r="F107">
         <v>21</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>49</v>
       </c>
@@ -15640,54 +15632,54 @@
       </c>
       <c r="AN107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D108" t="s">
         <v>47</v>
       </c>
       <c r="E108" t="s">
         <v>93</v>
       </c>
       <c r="F108">
         <v>18</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>2</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>49</v>
       </c>
@@ -15777,55 +15769,55 @@
       </c>
       <c r="AN108" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AO108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>567Про розгляд заяв громадян Бомка Володимира Йосиповича, Дмитрова Василя Геннадійовича, Дмитров Оксани Ігорівни, Зазуляка Андрія Тарасовича, Зазуляк Кристини Володимирівни</t>
+          <t>ID - 567,  Про розгляд заяв громадян Бомка Володимира Йосиповича, Дмитрова Василя Геннадійовича, Дмитров Оксани Ігорівни, Зазуляка Андрія Тарасовича, Зазуляк Кристини Володимирівни</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>47</v>
       </c>
       <c r="E109" t="s">
         <v>93</v>
       </c>
       <c r="F109">
         <v>18</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>1</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>49</v>
@@ -15916,54 +15908,54 @@
       </c>
       <c r="AN109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C110" t="s" s="4">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D110" t="s">
         <v>47</v>
       </c>
       <c r="E110" t="s">
         <v>48</v>
       </c>
       <c r="F110">
         <v>20</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
         <v>0</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>49</v>
       </c>
@@ -16053,54 +16045,54 @@
       </c>
       <c r="AN110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D111" t="s">
         <v>55</v>
       </c>
       <c r="E111" t="s">
         <v>93</v>
       </c>
       <c r="F111">
         <v>18</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>49</v>
       </c>
@@ -16190,54 +16182,54 @@
       </c>
       <c r="AN111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C112" t="s" s="4">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D112" t="s">
         <v>55</v>
       </c>
       <c r="E112" t="s">
         <v>48</v>
       </c>
       <c r="F112">
         <v>20</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>0</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
       </c>
@@ -16327,191 +16319,191 @@
       </c>
       <c r="AN112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C113" t="s" s="4">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D113" t="s">
         <v>58</v>
       </c>
       <c r="E113" t="s">
         <v>93</v>
       </c>
       <c r="F113">
         <v>12</v>
       </c>
       <c r="G113">
         <v>2</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T113" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="U113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE113" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AF113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C114" t="s" s="4">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D114" t="s">
         <v>47</v>
       </c>
       <c r="E114" t="s">
         <v>93</v>
       </c>
       <c r="F114">
         <v>15</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
         <v>4</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>49</v>
       </c>
@@ -16601,54 +16593,56 @@
       </c>
       <c r="AN114" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AO114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>238</v>
+      </c>
+      <c r="C115" t="inlineStr" s="4">
+        <is>
+          <t>ID - 574,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D115" t="s">
         <v>55</v>
       </c>
       <c r="E115" t="s">
         <v>48</v>
       </c>
       <c r="F115">
         <v>20</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115">
         <v>1</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>49</v>
       </c>
@@ -16738,54 +16732,54 @@
       </c>
       <c r="AN115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D116" t="s">
         <v>58</v>
       </c>
       <c r="E116" t="s">
         <v>48</v>
       </c>
       <c r="F116">
         <v>19</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116">
         <v>0</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>49</v>
       </c>
@@ -16875,54 +16869,56 @@
       </c>
       <c r="AN116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>241</v>
+      </c>
+      <c r="C117" t="inlineStr" s="4">
+        <is>
+          <t>ID - 576,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D117" t="s">
         <v>61</v>
       </c>
       <c r="E117" t="s">
         <v>48</v>
       </c>
       <c r="F117">
         <v>19</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
         <v>1</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>49</v>
       </c>
@@ -17012,54 +17008,54 @@
       </c>
       <c r="AN117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C118" t="s" s="4">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D118" t="s">
         <v>55</v>
       </c>
       <c r="E118" t="s">
         <v>48</v>
       </c>
       <c r="F118">
         <v>21</v>
       </c>
       <c r="G118">
         <v>1</v>
       </c>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>49</v>
       </c>
@@ -17069,51 +17065,51 @@
       <c r="M118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U118" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="V118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC118" t="s" s="5">
         <v>50</v>
       </c>
@@ -17149,54 +17145,54 @@
       </c>
       <c r="AN118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D119" t="s">
         <v>58</v>
       </c>
       <c r="E119" t="s">
         <v>48</v>
       </c>
       <c r="F119">
         <v>21</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>49</v>
       </c>
@@ -17286,54 +17282,54 @@
       </c>
       <c r="AN119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C120" t="s" s="4">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D120" t="s">
         <v>61</v>
       </c>
       <c r="E120" t="s">
         <v>93</v>
       </c>
       <c r="F120">
         <v>16</v>
       </c>
       <c r="G120">
         <v>1</v>
       </c>
       <c r="H120">
         <v>2</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>67</v>
       </c>
@@ -17343,51 +17339,51 @@
       <c r="M120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U120" t="s" s="5">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="V120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X120" t="s" s="5">
         <v>67</v>
       </c>
       <c r="Y120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC120" t="s" s="5">
         <v>50</v>
       </c>
@@ -17423,55 +17419,55 @@
       </c>
       <c r="AN120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>580Про затвердження проектів землеустрою щодо відведення земельних ділянок, технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про включення в перелік земельних діляноки для продажу права їх оренди на земельному аукціоні</t>
+          <t>ID - 580,  Про затвердження проектів землеустрою щодо відведення земельних ділянок, технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про включення в перелік земельних діляноки для продажу права їх оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>55</v>
       </c>
       <c r="E121" t="s">
         <v>48</v>
       </c>
       <c r="F121">
         <v>21</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>49</v>
@@ -17562,54 +17558,54 @@
       </c>
       <c r="AN121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C122" t="s" s="4">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D122" t="s">
         <v>58</v>
       </c>
       <c r="E122" t="s">
         <v>48</v>
       </c>
       <c r="F122">
         <v>21</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
         <v>0</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>49</v>
       </c>
@@ -17699,55 +17695,55 @@
       </c>
       <c r="AN122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>582Про затвердження проектів землеустрою щодо відведення земельних ділянок, технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про включення в перелік земельних діляноки для продажу права їх оренди на земельному аукціоні</t>
+          <t>ID - 582,  Про затвердження проектів землеустрою щодо відведення земельних ділянок, технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про включення в перелік земельних діляноки для продажу права їх оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>61</v>
       </c>
       <c r="E123" t="s">
         <v>48</v>
       </c>
       <c r="F123">
         <v>21</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>1</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>49</v>