--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="318">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="315">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -143,870 +143,861 @@
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
-    <t>Fetisov Oleksiy Vitaliyevych</t>
+    <t>Fetisov Oleksiy Vitaliyovych</t>
   </si>
   <si>
     <t>Kataryna Iryna Mykhaylivna</t>
   </si>
   <si>
     <t>24.04.25  10:26:33</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>24.04.25  10:28:18</t>
   </si>
   <si>
-    <t>7250Включити в список осіб озвучених Ковалем В.С.</t>
+    <t>ID - 7250,  Включити в список осіб озвучених Ковалем В.С.</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>24.04.25  10:28:49</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>24.04.25  10:30:16</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>24.04.25  10:41:26</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>24.04.25  10:44:07</t>
   </si>
   <si>
     <t>24.04.25  11:00:30</t>
   </si>
   <si>
     <t>24.04.25  11:01:04</t>
   </si>
   <si>
     <t>24.04.25  11:05:05</t>
   </si>
   <si>
-    <t>7261Перенести кошти 200 тис. РДА на військову частину замість 100 - 300 тис.</t>
+    <t>ID - 7261,  Перенести кошти 200 тис. РДА на військову частину замість 100 - 300 тис.</t>
   </si>
   <si>
     <t>24.04.25  11:06:20</t>
   </si>
   <si>
     <t>24.04.25  11:10:07</t>
   </si>
   <si>
-    <t>7263Про розгляд клопотання громадянки Савчин Галини Степанівни</t>
+    <t>ID - 7263,  Про розгляд клопотання громадянки Савчин Галини Степанівни</t>
   </si>
   <si>
     <t>24.04.25  11:10:40</t>
   </si>
   <si>
-    <t>7264Зміна назви вулиці Миру на Й. Сліпого</t>
+    <t>ID - 7264,  Зміна назви вулиці Миру на Й. Сліпого</t>
   </si>
   <si>
     <t>24.04.25  11:11:10</t>
   </si>
   <si>
-    <t>7265Про розгляд клопотання громадянки Савчин Галини Степанівни</t>
+    <t>ID - 7265,  Про розгляд клопотання громадянки Савчин Галини Степанівни</t>
   </si>
   <si>
     <t>24.04.25  11:12:31</t>
   </si>
   <si>
-    <t>7266Про розгляд клопотання громадянки Васько Марії Михайлівни</t>
+    <t>ID - 7266,  Про розгляд клопотання громадянки Васько Марії Михайлівни</t>
   </si>
   <si>
     <t>24.04.25  11:13:52</t>
   </si>
   <si>
-    <t>7267Про розгляд клопотання громадянина Гавалка Петра Євгеновича</t>
+    <t>ID - 7267,  Про розгляд клопотання громадянина Гавалка Петра Євгеновича</t>
   </si>
   <si>
     <t>24.04.25  11:15:10</t>
   </si>
   <si>
     <t>24.04.25  11:16:13</t>
   </si>
   <si>
-    <t>7269спільна часткова власність частка 1/2</t>
+    <t>ID - 7269,  спільна часткова власність частка 1/2</t>
   </si>
   <si>
     <t>24.04.25  11:16:50</t>
   </si>
   <si>
-    <t>7270спільна часткова власність частка 1/2</t>
+    <t>ID - 7270,  спільна часткова власність частка 1/2</t>
   </si>
   <si>
     <t>24.04.25  11:17:21</t>
   </si>
   <si>
     <t>24.04.25  11:17:57</t>
   </si>
   <si>
     <t>24.04.25  11:18:58</t>
   </si>
   <si>
-    <t>7273Про розгляд клопотання громадянина Гнатіва Івана Петровича</t>
+    <t>ID - 7273,  Про розгляд клопотання громадянина Гнатіва Івана Петровича</t>
   </si>
   <si>
     <t>24.04.25  11:19:53</t>
   </si>
   <si>
-    <t>7274Про розгляд клопотання громадянина Дикого Олега Михайловича </t>
+    <t>ID - 7274,  Про розгляд клопотання громадянина Дикого Олега Михайловича </t>
   </si>
   <si>
     <t>24.04.25  11:20:59</t>
   </si>
   <si>
-    <t>7275Про розгляд клопотання громадянки Дупляк   Марії Омелянівни </t>
+    <t>ID - 7275,  Про розгляд клопотання громадянки Дупляк   Марії Омелянівни </t>
   </si>
   <si>
     <t>24.04.25  11:21:59</t>
   </si>
   <si>
-    <t>7276Про розгляд клопотання громадянки Гузь Руслани Іванівни</t>
+    <t>ID - 7276,  Про розгляд клопотання громадянки Гузь Руслани Іванівни</t>
   </si>
   <si>
     <t>24.04.25  11:23:31</t>
   </si>
   <si>
-    <t>7277Про розгляд клопотання громадянина Тирка Віктора Євгеновича</t>
+    <t>ID - 7277,  Про розгляд клопотання громадянина Тирка Віктора Євгеновича</t>
   </si>
   <si>
     <t>24.04.25  11:24:13</t>
   </si>
   <si>
-    <t>7278Про розгляд клопотання громадянина Климчука Володимира Євгеновича</t>
+    <t>ID - 7278,  Про розгляд клопотання громадянина Климчука Володимира Євгеновича</t>
   </si>
   <si>
     <t>24.04.25  11:24:50</t>
   </si>
   <si>
-    <t>7279Про розгляд клопотання громадянина Долинюка Миколи Ігоровича</t>
+    <t>ID - 7279,  Про розгляд клопотання громадянина Долинюка Миколи Ігоровича</t>
   </si>
   <si>
     <t>24.04.25  11:25:32</t>
   </si>
   <si>
-    <t>7280Про розгляд клопотання громадянки Мельничук Марії Іванівни </t>
+    <t>ID - 7280,  Про розгляд клопотання громадянки Мельничук Марії Іванівни </t>
   </si>
   <si>
     <t>24.04.25  11:26:11</t>
   </si>
   <si>
-    <t>7281Про розгляд клопотання громадянина Хляна Юрія Васильовича</t>
+    <t>ID - 7281,  Про розгляд клопотання громадянина Хляна Юрія Васильовича</t>
   </si>
   <si>
     <t>24.04.25  11:26:50</t>
   </si>
   <si>
-    <t>7282Про розгляд клопотання громадянина Меди Романа Богдановича</t>
+    <t>ID - 7282,  Про розгляд клопотання громадянина Меди Романа Богдановича</t>
   </si>
   <si>
     <t>24.04.25  11:27:32</t>
   </si>
   <si>
-    <t>7283Про розгляд клопотання громадянина Назарчука Андрія Степановича</t>
+    <t>ID - 7283,  Про розгляд клопотання громадянина Назарчука Андрія Степановича</t>
   </si>
   <si>
     <t>24.04.25  11:28:13</t>
   </si>
   <si>
-    <t>7284Про розгляд клопотання громадянки Малицької Надії Василівни</t>
+    <t>ID - 7284,  Про розгляд клопотання громадянки Малицької Надії Василівни</t>
   </si>
   <si>
     <t>24.04.25  11:28:58</t>
   </si>
   <si>
-    <t>7285Про розгляд клопотання громадянки Пістун Любов Іванівни</t>
+    <t>ID - 7285,  Про розгляд клопотання громадянки Пістун Любов Іванівни</t>
   </si>
   <si>
     <t>24.04.25  11:29:40</t>
   </si>
   <si>
-    <t>7286Про розгляд клопотання громадянина Притулки Петра Васильовича</t>
+    <t>ID - 7286,  Про розгляд клопотання громадянина Притулки Петра Васильовича</t>
   </si>
   <si>
     <t>24.04.25  11:30:56</t>
   </si>
   <si>
-    <t>7287Про розгляд клопотання громадянина Лесика Михайла Петровича</t>
+    <t>ID - 7287,  Про розгляд клопотання громадянина Лесика Михайла Петровича</t>
   </si>
   <si>
     <t>24.04.25  11:32:41</t>
   </si>
   <si>
-    <t>7289Про розгляд клопотання громадянина Кухарука Віктора Володимировича</t>
+    <t>ID - 7289,  Про розгляд клопотання громадянина Кухарука Віктора Володимировича</t>
   </si>
   <si>
     <t>24.04.25  11:33:28</t>
   </si>
   <si>
-    <t>7290Про розгляд клопотання громадянки Пащук Марії Юріївни</t>
+    <t>ID - 7290,  Про розгляд клопотання громадянки Пащук Марії Юріївни</t>
   </si>
   <si>
     <t>24.04.25  11:35:10</t>
   </si>
   <si>
-    <t>7291Про розгляд клопотання громадянки Коновалець Оксани Йосипівни</t>
+    <t>ID - 7291,  Про розгляд клопотання громадянки Коновалець Оксани Йосипівни</t>
   </si>
   <si>
     <t>24.04.25  11:35:41</t>
   </si>
   <si>
-    <t>7292Збільшити з 3% на 12%</t>
+    <t>ID - 7292,  Збільшити з 3% на 12%</t>
   </si>
   <si>
     <t>24.04.25  11:36:09</t>
   </si>
   <si>
-    <t>7293Про розгляд клопотання громадянки Коновалець Оксани Йосипівни</t>
+    <t>ID - 7293,  Про розгляд клопотання громадянки Коновалець Оксани Йосипівни</t>
   </si>
   <si>
     <t>24.04.25  11:36:54</t>
   </si>
   <si>
-    <t>7294Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
+    <t>ID - 7294,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
   </si>
   <si>
     <t>24.04.25  11:38:12</t>
   </si>
   <si>
-    <t>7295Про розгляд клопотання громадянки Затхей Іванни Григорівни</t>
+    <t>ID - 7295,  Про розгляд клопотання громадянки Затхей Іванни Григорівни</t>
   </si>
   <si>
     <t>24.04.25  11:38:58</t>
   </si>
   <si>
-    <t>7296Про розгляд клопотання громадянки Катинської Галини Стефанівни</t>
+    <t>ID - 7296,  Про розгляд клопотання громадянки Катинської Галини Стефанівни</t>
   </si>
   <si>
     <t>24.04.25  11:40:56</t>
   </si>
   <si>
     <t>24.04.25  11:42:35</t>
   </si>
   <si>
     <t>24.04.25  11:43:50</t>
   </si>
   <si>
-    <t>7299Внести правки озвучені Балком Д. І. - зміни в 15, 16 пунктах</t>
+    <t>ID - 7299,  Внести правки озвучені Балком Д. І. - зміни в 15, 16 пунктах</t>
   </si>
   <si>
     <t>24.04.25  11:44:20</t>
   </si>
   <si>
     <t>24.04.25  11:45:21</t>
   </si>
   <si>
     <t>24.04.25  11:45:50</t>
   </si>
   <si>
     <t>24.04.25  11:48:52</t>
   </si>
   <si>
     <t>24.04.25  11:49:25</t>
   </si>
   <si>
     <t>24.04.25  11:50:08</t>
   </si>
   <si>
-    <t>7305Внести правки озвучені Балком Д. І. зміна з 12% на 10% зміна в сумі в п. 3</t>
+    <t>ID - 7305,  Внести правки озвучені Балком Д. І. зміна з 12% на 10% зміна в сумі в п. 3</t>
   </si>
   <si>
     <t>24.04.25  11:50:43</t>
   </si>
   <si>
-    <t>7306Внести правки озвучені Балком Д. І. - в п.15, п.34  внести доповнення,</t>
+    <t>ID - 7306,  Внести правки озвучені Балком Д. І. - в п.15, п.34  внести доповнення,</t>
   </si>
   <si>
     <t>24.04.25  11:58:02</t>
   </si>
   <si>
-    <t>7308Внести правки озвучені Балком Д. І. зміна з 12% на 10% зміна в сумі в п. 3</t>
+    <t>ID - 7308,  Внести правки озвучені Балком Д. І. зміна з 12% на 10% зміна в сумі в п. 3</t>
   </si>
   <si>
     <t>24.04.25  11:58:32</t>
   </si>
   <si>
-    <t>7309Внести правки озвучені Балком Д. І. - в п.15, п.34  внести доповнення,</t>
+    <t>ID - 7309,  Внести правки озвучені Балком Д. І. - в п.15, п.34  внести доповнення,</t>
   </si>
   <si>
     <t>24.04.25  11:59:01</t>
   </si>
   <si>
     <t>24.04.25  12:08:28</t>
   </si>
   <si>
     <t>24.04.25  12:11:13</t>
   </si>
   <si>
     <t>24.04.25  12:13:20</t>
   </si>
   <si>
-    <t>7313Про розгляд клопотання Приватного підприємства «ТЕТА ТЕПЛО»</t>
+    <t>ID - 7313,  Про розгляд клопотання Приватного підприємства «ТЕТА ТЕПЛО»</t>
   </si>
   <si>
     <t>24.04.25  12:14:42</t>
   </si>
   <si>
-    <t>7314Про розгляд клопотання громадянина Кречківського Івана Івановича</t>
+    <t>ID - 7314,  Про розгляд клопотання громадянина Кречківського Івана Івановича</t>
   </si>
   <si>
     <t>24.04.25  12:15:38</t>
   </si>
   <si>
-    <t>7315Про розгляд клопотання громадянки Шевчук Галини Демидівни</t>
+    <t>ID - 7315,  Про розгляд клопотання громадянки Шевчук Галини Демидівни</t>
   </si>
   <si>
     <t>24.04.25  12:16:42</t>
   </si>
   <si>
-    <t>7316Про розгляд клопотання громадянки Шишки Ганни Стахівни</t>
+    <t>ID - 7316,  Про розгляд клопотання громадянки Шишки Ганни Стахівни</t>
   </si>
   <si>
     <t>24.04.25  12:19:08</t>
   </si>
   <si>
     <t>24.04.25  12:20:52</t>
   </si>
   <si>
     <t>24.04.25  12:22:04</t>
   </si>
   <si>
-    <t>7319Внести правки озвучені Балком Д. І. зміни в розірванні договору</t>
+    <t>ID - 7319,  Внести правки озвучені Балком Д. І. зміни в розірванні договору</t>
   </si>
   <si>
     <t>24.04.25  12:22:32</t>
   </si>
   <si>
     <t>24.04.25  12:24:06</t>
   </si>
   <si>
-    <t>7321Про розгляд клопотання громадянки Поліх Дарії Дмитрівни</t>
+    <t>ID - 7321,  Про розгляд клопотання громадянки Поліх Дарії Дмитрівни</t>
   </si>
   <si>
     <t>24.04.25  12:25:17</t>
   </si>
   <si>
-    <t>7322Про розгляд клопотання громадянки Станько Наталії Петрівни</t>
+    <t>ID - 7322,  Про розгляд клопотання громадянки Станько Наталії Петрівни</t>
   </si>
   <si>
     <t>24.04.25  12:26:14</t>
   </si>
   <si>
-    <t>7323Про розгляд клопотання громадянки Андріанової Тетяни Валеріївни</t>
+    <t>ID - 7323,  Про розгляд клопотання громадянки Андріанової Тетяни Валеріївни</t>
   </si>
   <si>
     <t>24.04.25  12:27:08</t>
   </si>
   <si>
-    <t>7324Про розгляд клопотання громадянина Горелого Ігоря Петровича</t>
+    <t>ID - 7324,  Про розгляд клопотання громадянина Горелого Ігоря Петровича</t>
   </si>
   <si>
     <t>24.04.25  12:28:06</t>
   </si>
   <si>
-    <t>7325Про розгляд клопотання громадянина Кузеляка Ігоря Миколайовича</t>
+    <t>ID - 7325,  Про розгляд клопотання громадянина Кузеляка Ігоря Миколайовича</t>
   </si>
   <si>
     <t>24.04.25  12:28:49</t>
   </si>
   <si>
-    <t>7326Про розгляд клопотання громадянина Скопика Богдана Йосиповича</t>
+    <t>ID - 7326,  Про розгляд клопотання громадянина Скопика Богдана Йосиповича</t>
   </si>
   <si>
     <t>24.04.25  12:31:06</t>
   </si>
   <si>
-    <t>7327Про розгляд клопотання громадянина Чапкова Василя Олександровича</t>
+    <t>ID - 7327,  Про розгляд клопотання громадянина Чапкова Василя Олександровича</t>
   </si>
   <si>
     <t>24.04.25  12:32:08</t>
   </si>
   <si>
-    <t>7328Змінити з 3% на 12%</t>
+    <t>ID - 7328,  Змінити з 3% на 12%</t>
   </si>
   <si>
     <t>24.04.25  12:32:38</t>
   </si>
   <si>
-    <t>7329Про розгляд клопотання громадянина Чапкова Василя Олександровича</t>
+    <t>ID - 7329,  Про розгляд клопотання громадянина Чапкова Василя Олександровича</t>
   </si>
   <si>
     <t>24.04.25  12:33:36</t>
   </si>
   <si>
-    <t>7330Про розгляд клопотання фізичної особи – підприємця Риндика Віталія Богдановича</t>
+    <t>ID - 7330,  Про розгляд клопотання фізичної особи – підприємця Риндика Віталія Богдановича</t>
   </si>
   <si>
     <t>24.04.25  12:34:28</t>
   </si>
   <si>
-    <t>7331Про розгляд клопотання громадянина Степаника Богдана Васильовича</t>
+    <t>ID - 7331,  Про розгляд клопотання громадянина Степаника Богдана Васильовича</t>
   </si>
   <si>
     <t>24.04.25  12:35:19</t>
   </si>
   <si>
-    <t>7332Про розгляд клопотання громадянина Ларіна Петра Дмитровича</t>
+    <t>ID - 7332,  Про розгляд клопотання громадянина Ларіна Петра Дмитровича</t>
   </si>
   <si>
     <t>24.04.25  12:36:04</t>
   </si>
   <si>
-    <t>7333Про розгляд клопотання громадянки Походай Уляни Владиславівни</t>
+    <t>ID - 7333,  Про розгляд клопотання громадянки Походай Уляни Владиславівни</t>
   </si>
   <si>
     <t>24.04.25  12:36:51</t>
   </si>
   <si>
-    <t>7334Про розгляд клопотання Громадянина Демчука Петра Сергійовича</t>
+    <t>ID - 7334,  Про розгляд клопотання Громадянина Демчука Петра Сергійовича</t>
   </si>
   <si>
     <t>24.04.25  12:38:00</t>
   </si>
   <si>
-    <t>7335Про розгляд клопотання громадянки Конет Світлани Дмитрівни</t>
+    <t>ID - 7335,  Про розгляд клопотання громадянки Конет Світлани Дмитрівни</t>
   </si>
   <si>
     <t>24.04.25  12:38:56</t>
   </si>
   <si>
-    <t>7336Про розгляд клопотання громадянки Мельничук Марії Петрівни</t>
+    <t>ID - 7336,  Про розгляд клопотання громадянки Мельничук Марії Петрівни</t>
   </si>
   <si>
     <t>24.04.25  12:39:52</t>
   </si>
   <si>
-    <t>7337Про розгляд клопотання громадянки Опульської Надії Іванівни</t>
+    <t>ID - 7337,  Про розгляд клопотання громадянки Опульської Надії Іванівни</t>
   </si>
   <si>
     <t>24.04.25  12:41:12</t>
   </si>
   <si>
-    <t>7338Про розгляд клопотання громадянина Ногаля Василя Павловича</t>
+    <t>ID - 7338,  Про розгляд клопотання громадянина Ногаля Василя Павловича</t>
   </si>
   <si>
     <t>24.04.25  12:42:28</t>
   </si>
   <si>
     <t>24.04.25  12:44:52</t>
   </si>
   <si>
-    <t>7340Про розгляд клопотання громадянки Висоцької Наталії Петрівни</t>
+    <t>ID - 7340,  Про розгляд клопотання громадянки Висоцької Наталії Петрівни</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>24.04.25  12:48:13</t>
   </si>
   <si>
-    <t>7341Про розгляд клопотання громадянина Висоцького Василя Івановича</t>
+    <t>ID - 7341,  Про розгляд клопотання громадянина Висоцького Василя Івановича</t>
   </si>
   <si>
     <t>24.04.25  12:49:26</t>
   </si>
   <si>
-    <t>7342Про розгляд клопотання громадянина Штибеля Віталія Степановича</t>
+    <t>ID - 7342,  Про розгляд клопотання громадянина Штибеля Віталія Степановича</t>
   </si>
   <si>
     <t>24.04.25  12:51:43</t>
   </si>
   <si>
-    <t>7343Про розгляд клопотання громадянина Ярмольського Володимира Володимировича</t>
+    <t>ID - 7343,  Про розгляд клопотання громадянина Ярмольського Володимира Володимировича</t>
   </si>
   <si>
     <t>24.04.25  12:53:49</t>
   </si>
   <si>
     <t>24.04.25  12:54:51</t>
   </si>
   <si>
     <t>24.04.25  12:55:48</t>
   </si>
   <si>
-    <t>7346Про розгляд клопотання громадянина Івановича Івана Володимировича</t>
+    <t>ID - 7346,  Про розгляд клопотання громадянина Івановича Івана Володимировича</t>
   </si>
   <si>
     <t>24.04.25  12:58:14</t>
   </si>
   <si>
-    <t>7347Про розгляд клопотання громадянина Васка Григорія Михайловича</t>
+    <t>ID - 7347,  Про розгляд клопотання громадянина Васка Григорія Михайловича</t>
   </si>
   <si>
     <t>24.04.25  12:59:32</t>
   </si>
   <si>
-    <t>7348Про розгляд клопотання громадянина Козоріза Романа Миколайовича</t>
+    <t>ID - 7348,  Про розгляд клопотання громадянина Козоріза Романа Миколайовича</t>
   </si>
   <si>
     <t>24.04.25  13:01:06</t>
   </si>
   <si>
     <t>24.04.25  14:54:32</t>
   </si>
   <si>
     <t>24.04.25  14:54:58</t>
   </si>
   <si>
     <t>24.04.25  14:56:10</t>
   </si>
   <si>
     <t>24.04.25  14:57:15</t>
   </si>
   <si>
-    <t>7354Про розгляд клопотання громадянина Мошану Сергія Валерійовича</t>
+    <t>ID - 7354,  Про розгляд клопотання громадянина Мошану Сергія Валерійовича</t>
   </si>
   <si>
     <t>24.04.25  14:59:05</t>
   </si>
   <si>
     <t>24.04.25  15:01:07</t>
   </si>
   <si>
-    <t>7356Про розгляд клопотання Товариства з обмеженою відповідальністю «Престиж-Захід»</t>
+    <t>ID - 7356,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Престиж-Захід»</t>
   </si>
   <si>
     <t>24.04.25  15:07:50</t>
   </si>
   <si>
-    <t>7357Про припинення права оренди земельної ділянки з кадастровим номером 4624881300:02:000:0022</t>
-[...1 lines deleted...]
-  <si>
     <t>24.04.25  15:12:28</t>
   </si>
   <si>
     <t>24.04.25  15:14:17</t>
   </si>
   <si>
     <t>24.04.25  15:16:04</t>
   </si>
   <si>
-    <t>7361Про розгляд клопотання Фермерського господарства «ГАЗДА»</t>
+    <t>ID - 7361,  Про розгляд клопотання Фермерського господарства «ГАЗДА»</t>
   </si>
   <si>
     <t>24.04.25  15:16:55</t>
   </si>
   <si>
-    <t>7362Про розгляд клопотання громадянина Піха Степана Степановича</t>
+    <t>ID - 7362,  Про розгляд клопотання громадянина Піха Степана Степановича</t>
   </si>
   <si>
     <t>24.04.25  15:18:00</t>
   </si>
   <si>
     <t>24.04.25  15:19:03</t>
   </si>
   <si>
-    <t>7364Про розгляд клопотання громадянина Труша Андрія Івановича</t>
+    <t>ID - 7364,  Про розгляд клопотання громадянина Труша Андрія Івановича</t>
   </si>
   <si>
     <t>24.04.25  15:20:12</t>
   </si>
   <si>
-    <t>7365Про розгляд клопотання громадянина Ничая Віталія Петровича</t>
+    <t>ID - 7365,  Про розгляд клопотання громадянина Ничая Віталія Петровича</t>
   </si>
   <si>
     <t>24.04.25  15:21:52</t>
   </si>
   <si>
     <t>24.04.25  15:23:06</t>
   </si>
   <si>
     <t>24.04.25  15:23:56</t>
   </si>
   <si>
     <t>24.04.25  15:24:49</t>
   </si>
   <si>
-    <t>7369Внести правки озвучені Ващук М. В. зміни в періоді призупинення навчання</t>
+    <t>ID - 7369,  Внести правки озвучені Ващук М. В. зміни в періоді призупинення навчання</t>
   </si>
   <si>
     <t>24.04.25  15:25:30</t>
   </si>
   <si>
     <t>24.04.25  15:30:57</t>
   </si>
   <si>
     <t>24.04.25  15:31:33</t>
   </si>
   <si>
     <t>24.04.25  15:32:36</t>
   </si>
   <si>
     <t>24.04.25  15:33:27</t>
   </si>
   <si>
     <t>24.04.25  15:34:40</t>
   </si>
   <si>
-    <t>7375Про перейменування закладів позашкільної освіти та затвердження статутів</t>
+    <t>ID - 7375,  Про перейменування закладів позашкільної освіти та затвердження статутів</t>
   </si>
   <si>
     <t>24.04.25  15:37:26</t>
   </si>
   <si>
     <t>24.04.25  15:37:55</t>
   </si>
   <si>
     <t>24.04.25  15:39:07</t>
   </si>
   <si>
-    <t>7378Про безоплатну передачу основних засобів</t>
+    <t>ID - 7378,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>24.04.25  15:39:44</t>
   </si>
   <si>
-    <t>7379Про безоплатну передачу основних засобів</t>
+    <t>ID - 7379,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>24.04.25  15:40:41</t>
   </si>
   <si>
-    <t>7380внесення зміни згідно нових актів</t>
+    <t>ID - 7380,  внесення зміни згідно нових актів</t>
   </si>
   <si>
     <t>24.04.25  15:41:12</t>
   </si>
   <si>
-    <t>7381Про безоплатну передачу основних засобів</t>
+    <t>ID - 7381,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>24.04.25  15:42:41</t>
   </si>
   <si>
     <t>24.04.25  15:43:34</t>
   </si>
   <si>
     <t>24.04.25  15:44:05</t>
   </si>
   <si>
-    <t>7384Внести правки озвучені Ковалем В. С.</t>
+    <t>ID - 7384,  Внести правки озвучені Ковалем В. С.</t>
   </si>
   <si>
     <t>24.04.25  15:44:33</t>
   </si>
   <si>
     <t>24.04.25  15:45:10</t>
   </si>
   <si>
     <t>24.04.25  15:45:42</t>
   </si>
   <si>
-    <t>7387Внести правки озвучені Ковалем В. С. код ЄРАДПОУ</t>
+    <t>ID - 7387,  Внести правки озвучені Ковалем В. С. код ЄРАДПОУ</t>
   </si>
   <si>
     <t>24.04.25  15:46:12</t>
   </si>
   <si>
     <t>24.04.25  15:47:39</t>
   </si>
   <si>
     <t>24.04.25  15:48:37</t>
   </si>
   <si>
     <t>24.04.25  15:49:13</t>
   </si>
   <si>
-    <t>7391Внести правки озвучені Ковалем В. С,</t>
+    <t>ID - 7391,  Внести правки озвучені Ковалем В. С,</t>
   </si>
   <si>
     <t>24.04.25  15:49:45</t>
   </si>
   <si>
-    <t>7392Внести правки озвучені Ковалем В. С,</t>
+    <t>ID - 7392,  Внести правки озвучені Ковалем В. С,</t>
   </si>
   <si>
     <t>24.04.25  15:50:16</t>
   </si>
   <si>
     <t>24.04.25  15:51:08</t>
   </si>
   <si>
     <t>24.04.25  15:53:27</t>
   </si>
   <si>
     <t>24.04.25  15:55:11</t>
   </si>
   <si>
     <t>24.04.25  15:56:36</t>
   </si>
   <si>
     <t>24.04.25  15:57:28</t>
   </si>
   <si>
     <t>24.04.25  15:58:11</t>
   </si>
   <si>
     <t>24.04.25  15:58:52</t>
   </si>
   <si>
     <t>24.04.25  15:59:56</t>
   </si>
   <si>
     <t>24.04.25  16:01:01</t>
   </si>
   <si>
-    <t>7402Про безоплатну передачу мінітрактора DONGFENG DF-244</t>
+    <t>ID - 7402,  Про безоплатну передачу мінітрактора DONGFENG DF-244</t>
   </si>
   <si>
     <t>24.04.25  16:04:18</t>
   </si>
   <si>
-    <t>7403Про створення комісії з безпеки дорожнього руху</t>
+    <t>ID - 7403,  Про створення комісії з безпеки дорожнього руху</t>
   </si>
   <si>
     <t>24.04.25  16:05:47</t>
   </si>
   <si>
-    <t>7404Призначити головою комісії Лапця М. Р.</t>
+    <t>ID - 7404,  Призначити головою комісії Лапця М. Р.</t>
   </si>
   <si>
     <t>24.04.25  16:08:14</t>
   </si>
   <si>
-    <t>7405Призначити головою комісії Лапця М. Р.</t>
+    <t>ID - 7405,  Призначити головою комісії Лапця М. Р.</t>
   </si>
   <si>
     <t>24.04.25  16:08:45</t>
   </si>
   <si>
-    <t>7406Про створення комісії з безпеки дорожнього руху</t>
+    <t>ID - 7406,  Про створення комісії з безпеки дорожнього руху</t>
   </si>
   <si>
     <t>24.04.25  16:16:00</t>
   </si>
   <si>
-    <t>7407Про  створення Ради ветеранів при Шептицькій міській раді та затвердження Положення</t>
-[...1 lines deleted...]
-  <si>
     <t>24.04.25  16:18:15</t>
   </si>
   <si>
-    <t>7408Внести щодо військовослужбовців, які зарєстровані і проживають в Шептицькій ТГ</t>
+    <t>ID - 7408,  Внести щодо військовослужбовців, які зарєстровані і проживають в Шептицькій ТГ</t>
   </si>
   <si>
     <t>24.04.25  16:20:23</t>
   </si>
   <si>
-    <t>7409Внести зміни щодо запрошення представників огранів ОМС, вилучити п 30.7</t>
+    <t>ID - 7409,  Внести зміни щодо запрошення представників огранів ОМС, вилучити п 30.7</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>24.04.25  16:24:29</t>
   </si>
   <si>
-    <t>7410Зміни в 5 осіб загального складу виконкому і організацій, зміна порядку</t>
+    <t>ID - 7410,  Зміни в 5 осіб загального складу виконкому і організацій, зміна порядку</t>
   </si>
   <si>
     <t>24.04.25  16:25:28</t>
   </si>
   <si>
-    <t>7411Зміни в 5 осіб загального складу виконкому і організацій, зміна порядку</t>
+    <t>ID - 7411,  Зміни в 5 осіб загального складу виконкому і організацій, зміна порядку</t>
   </si>
   <si>
     <t>24.04.25  16:25:58</t>
   </si>
   <si>
-    <t>7412Про  створення Ради ветеранів при Шептицькій міській раді та затвердження Положення</t>
-[...1 lines deleted...]
-  <si>
     <t>24.04.25  16:28:01</t>
   </si>
   <si>
     <t>24.04.25  16:29:41</t>
   </si>
   <si>
     <t>24.04.25  16:31:36</t>
   </si>
   <si>
-    <t>7415Про надання одноразової грошової допомоги Багнюк Валентині Павлівні</t>
+    <t>ID - 7415,  Про надання одноразової грошової допомоги Багнюк Валентині Павлівні</t>
   </si>
   <si>
     <t>24.04.25  16:32:47</t>
   </si>
   <si>
-    <t>7416Про надання одноразової грошової допомоги</t>
+    <t>ID - 7416,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>24.04.25  16:36:25</t>
   </si>
   <si>
-    <t>7417Внести в список осіб та зміни озвучені Курівчак Н. М.</t>
+    <t>ID - 7417,  Внести в список осіб та зміни озвучені Курівчак Н. М.</t>
   </si>
   <si>
     <t>24.04.25  16:36:56</t>
   </si>
   <si>
-    <t>7418Про надання одноразової грошової допомоги</t>
+    <t>ID - 7418,  Про надання одноразової грошової допомоги</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1230,51 +1221,51 @@
       <c r="AP1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>46</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>7249Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7249,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
       <c r="E2" t="s">
         <v>48</v>
       </c>
       <c r="F2">
         <v>28</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>49</v>
@@ -1512,51 +1503,51 @@
       <c r="AP3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>7251Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7251,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4">
         <v>28</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
@@ -1654,51 +1645,51 @@
       <c r="AP4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>7253Про виконання бюджету Червоноградської міської територіальної громади за січень – березень 2025 року (1358700000) (код бюджету)</t>
+          <t>ID - 7253,  Про виконання бюджету Червоноградської міської територіальної громади за січень – березень 2025 року (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>58</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1796,51 +1787,51 @@
       <c r="AP5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>7254Про виконання бюджету Червоноградської міської територіальної громади за січень – березень 2025 року (1358700000) (код бюджету)</t>
+          <t>ID - 7254,  Про виконання бюджету Червоноградської міської територіальної громади за січень – березень 2025 року (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>60</v>
       </c>
       <c r="E6" t="s">
         <v>48</v>
       </c>
       <c r="F6">
         <v>29</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>49</v>
@@ -1938,51 +1929,51 @@
       <c r="AP6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>7258Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7258,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>48</v>
       </c>
       <c r="F7">
         <v>30</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>49</v>
@@ -2080,51 +2071,51 @@
       <c r="AP7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>7259Вилучити Програму фінансової підтримки органів виконавчої влади Шептицького району Львівської області на 2025 р. 200 тис та перенести кошти </t>
+          <t>ID - 7259,  Вилучити Програму фінансової підтримки органів виконавчої влади Шептицького району Львівської області на 2025 р. 200 тис та перенести кошти </t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>54</v>
       </c>
       <c r="E8" t="s">
         <v>58</v>
       </c>
       <c r="F8">
         <v>17</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -2222,51 +2213,51 @@
       <c r="AP8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>7260Пропонується виділити  відділу освіти – 242,1    тис.грн, з них : 120,0тис.грн на поточний ремонт санвузла  в майстерні  Соснівського ліцею; 33,1 тис.грн на  поточний ремонт водопоровідно-каналізаційної системи ЗДО №17; 49,0 тис.грн на  поточний ремонт системи опалення гімназії №8; 40,0 тис.грн на встановлення дверей  початкова школа №11 (згідно припису пожежної)   Пропонується виділити КНП Соснівська міська лікарня 70,0тис.грн для проведення  поточного ремонту благоустрою території (Програма реалізації доступності та безбар&amp;#39;єрності  для  учасників бойових дій у м.Соснівка).   На виконання комплексної Програми «Безпечна громада на 2022-2025 роки» виділити 20,0тис.грн  КП «Комунальник» на виконання завдання «забезпечення приміщення поліцейської станції у м.Соснівка послугами з постачання та розподілу електричної енергії  та послугами інтернет-провайдерів».   Виділити КЗ «Будинок воїна» 236,0тис.грн, з них: 135,0тис.грн на заробітну плату з нарахуванням  на введену 1 шт.од. водія автотранспортного засобу; 50,0тис.грн на паливо-мастильні матеріали; на утримання</t>
+          <t>ID - 7260,  Пропонується виділити  відділу освіти – 242,1    тис.грн, з них : 120,0тис.грн на поточний ремонт санвузла  в майстерні  Соснівського ліцею; 33,1 тис.грн на  поточний ремонт водопоровідно-каналізаційної системи ЗДО №17; 49,0 тис.грн на  поточний ремонт системи опалення гімназії №8; 40,0 тис.грн на встановлення дверей  початкова школа №11 (згідно припису пожежної)   Пропонується виділити КНП Соснівська міська лікарня 70,0тис.грн для проведення  поточного ремонту благоустрою території (Програма реалізації доступності та безбар&amp;#39;єрності  для  учасників бойових дій у м.Соснівка).   На виконання комплексної Програми «Безпечна громада на 2022-2025 роки» виділити 20,0тис.грн  КП «Комунальник» на виконання завдання «забезпечення приміщення поліцейської станції у м.Соснівка послугами з постачання та розподілу електричної енергії  та послугами інтернет-провайдерів».   Виділити КЗ «Будинок воїна» 236,0тис.грн, з них: 135,0тис.грн на заробітну плату з нарахуванням  на введену 1 шт.од. водія автотранспортного засобу; 50,0тис.грн на паливо-мастильні матеріали; на утримання</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9">
         <v>24</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>49</v>
@@ -2504,51 +2495,51 @@
       <c r="AP10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>7262Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7262,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>56</v>
       </c>
       <c r="E11" t="s">
         <v>48</v>
       </c>
       <c r="F11">
         <v>26</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>49</v>
@@ -3346,51 +3337,51 @@
       <c r="AP16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>77</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>7268Про розгляд клопотання громадян Геруса Ростислава Романовича та Микитина Олега Васильовича</t>
+          <t>ID - 7268,  Про розгляд клопотання громадян Геруса Ростислава Романовича та Микитина Олега Васильовича</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17">
         <v>25</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>49</v>
@@ -3768,51 +3759,51 @@
       <c r="AP19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>82</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>7271Про розгляд клопотання громадян Геруса Ростислава Романовича та Микитина Олега Васильовича</t>
+          <t>ID - 7271,  Про розгляд клопотання громадян Геруса Ростислава Романовича та Микитина Олега Васильовича</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20">
         <v>15</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>49</v>
@@ -3910,51 +3901,51 @@
       <c r="AP20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>83</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>7272Про розгляд клопотання громадян Геруса Ростислава Романовича та Микитина Олега Васильовича</t>
+          <t>ID - 7272,  Про розгляд клопотання громадян Геруса Ростислава Романовича та Микитина Олега Васильовича</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>56</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21">
         <v>24</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>49</v>
@@ -7272,51 +7263,51 @@
       <c r="AP44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>130</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>7297Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області, (за межами населеного пункту села Поздимир), кадастровий номер земельної ділянки 4623984400:02:000:0379</t>
+          <t>ID - 7297,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області, (за межами населеного пункту села Поздимир), кадастровий номер земельної ділянки 4623984400:02:000:0379</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>60</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45">
         <v>24</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
@@ -7414,51 +7405,51 @@
       <c r="AP45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>131</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>7298Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області, (за межами населеного пункту села Поздимир), кадастровий номер земельної ділянки 4623984400:02:000:0381</t>
+          <t>ID - 7298,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області, (за межами населеного пункту села Поздимир), кадастровий номер земельної ділянки 4623984400:02:000:0381</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>47</v>
       </c>
       <c r="E46" t="s">
         <v>48</v>
       </c>
       <c r="F46">
         <v>25</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
@@ -7696,51 +7687,51 @@
       <c r="AP47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>134</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>7300Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області, (за межами населеного пункту села Поздимир), кадастровий номер земельної ділянки 4623984400:02:000:0381</t>
+          <t>ID - 7300,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області, (за межами населеного пункту села Поздимир), кадастровий номер земельної ділянки 4623984400:02:000:0381</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>56</v>
       </c>
       <c r="E48" t="s">
         <v>48</v>
       </c>
       <c r="F48">
         <v>22</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
@@ -7838,51 +7829,51 @@
       <c r="AP48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>135</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>7301Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області (за межами населеного пункту села Поздимир), кадастровий номер земельної ділянки 4623984400:02:000:0380</t>
+          <t>ID - 7301,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області (за межами населеного пункту села Поздимир), кадастровий номер земельної ділянки 4623984400:02:000:0380</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>60</v>
       </c>
       <c r="E49" t="s">
         <v>48</v>
       </c>
       <c r="F49">
         <v>23</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
@@ -7980,51 +7971,51 @@
       <c r="AP49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>136</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>7302Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Бандери, 24 «в» кадастровий номер земельної ділянки: 4611800000:02:002:0082</t>
+          <t>ID - 7302,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Бандери, 24 «в» кадастровий номер земельної ділянки: 4611800000:02:002:0082</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>47</v>
       </c>
       <c r="E50" t="s">
         <v>48</v>
       </c>
       <c r="F50">
         <v>25</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>49</v>
@@ -8122,51 +8113,51 @@
       <c r="AP50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>137</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>7303Внести правки озвучені Балком Д. І. - зміни в п.3 зміна з 12% на 10%, в п.15, п.34  внести доповнення,</t>
+          <t>ID - 7303,  Внести правки озвучені Балком Д. І. - зміни в п.3 зміна з 12% на 10%, в п.15, п.34  внести доповнення,</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>54</v>
       </c>
       <c r="E51" t="s">
         <v>58</v>
       </c>
       <c r="F51">
         <v>16</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
@@ -8264,51 +8255,51 @@
       <c r="AP51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>138</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>7304Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Бандери, 24 «в» кадастровий номер земельної ділянки: 4611800000:02:002:0082</t>
+          <t>ID - 7304,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Бандери, 24 «в» кадастровий номер земельної ділянки: 4611800000:02:002:0082</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>56</v>
       </c>
       <c r="E52" t="s">
         <v>58</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
@@ -8966,51 +8957,51 @@
       <c r="AP56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>147</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>7310Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Бандери, 24 «в» кадастровий номер земельної ділянки: 4611800000:02:002:0082</t>
+          <t>ID - 7310,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Бандери, 24 «в» кадастровий номер земельної ділянки: 4611800000:02:002:0082</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>56</v>
       </c>
       <c r="E57" t="s">
         <v>48</v>
       </c>
       <c r="F57">
         <v>28</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
@@ -9108,51 +9099,51 @@
       <c r="AP57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>148</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>7311Про затвердження звіту про стратегічну екологічну оцінку Плану дій справедливої трансформації Червоноградської міської територіальної громади на період до 2030 року</t>
+          <t>ID - 7311,  Про затвердження звіту про стратегічну екологічну оцінку Плану дій справедливої трансформації Червоноградської міської територіальної громади на період до 2030 року</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>60</v>
       </c>
       <c r="E58" t="s">
         <v>48</v>
       </c>
       <c r="F58">
         <v>25</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>49</v>
@@ -9250,51 +9241,51 @@
       <c r="AP58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>149</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>7312Про розроблення проєктів землеустрою в межах адміністративної території Шептицької міської ради (за межами села Сілець), Шептицького району, Львівської області</t>
+          <t>ID - 7312,  Про розроблення проєктів землеустрою в межах адміністративної території Шептицької міської ради (за межами села Сілець), Шептицького району, Львівської області</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>60</v>
       </c>
       <c r="E59" t="s">
         <v>48</v>
       </c>
       <c r="F59">
         <v>24</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
@@ -9952,51 +9943,51 @@
       <c r="AP63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>158</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>7317Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Мазепи, кадастровий номер земельної ділянки 4611800000:02:002:0090</t>
+          <t>ID - 7317,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Мазепи, кадастровий номер земельної ділянки 4611800000:02:002:0090</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>60</v>
       </c>
       <c r="E64" t="s">
         <v>48</v>
       </c>
       <c r="F64">
         <v>29</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
@@ -10094,51 +10085,51 @@
       <c r="AP64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>159</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>7318Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Шептицького, 1 г, кадастровий номер земельної ділянки 4611800000:02:005:0047</t>
+          <t>ID - 7318,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Шептицького, 1 г, кадастровий номер земельної ділянки 4611800000:02:005:0047</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>47</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65">
         <v>27</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
@@ -10376,51 +10367,51 @@
       <c r="AP66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>162</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>7320Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Шептицького, 1 г, кадастровий номер земельної ділянки 4611800000:02:005:0047</t>
+          <t>ID - 7320,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці Шептицького, 1 г, кадастровий номер земельної ділянки 4611800000:02:005:0047</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>56</v>
       </c>
       <c r="E67" t="s">
         <v>48</v>
       </c>
       <c r="F67">
         <v>24</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
@@ -13038,51 +13029,51 @@
       <c r="AP85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>199</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>7339Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в межах адміністративної території Шептицької міської ради (за межами с. Острів)</t>
+          <t>ID - 7339,  Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в межах адміністративної території Шептицької міської ради (за межами с. Острів)</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>60</v>
       </c>
       <c r="E86" t="s">
         <v>48</v>
       </c>
       <c r="F86">
         <v>29</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>49</v>
@@ -13740,51 +13731,51 @@
       <c r="AP90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>209</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>7344Про розроблення проєкту землеустрою із зміною цільового призначення земельної ділянки з кадастровим номером 4624886600:05:000:0842</t>
+          <t>ID - 7344,  Про розроблення проєкту землеустрою із зміною цільового призначення земельної ділянки з кадастровим номером 4624886600:05:000:0842</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>60</v>
       </c>
       <c r="E91" t="s">
         <v>48</v>
       </c>
       <c r="F91">
         <v>26</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>49</v>
@@ -13882,51 +13873,51 @@
       <c r="AP91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>210</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>7345Про розгляд клопотання громадянки Іванович Ганни Іванівни про припинення права оренди земельної ділянки</t>
+          <t>ID - 7345,  Про розгляд клопотання громадянки Іванович Ганни Іванівни про припинення права оренди земельної ділянки</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>60</v>
       </c>
       <c r="E92" t="s">
         <v>48</v>
       </c>
       <c r="F92">
         <v>27</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>49</v>
@@ -14444,51 +14435,51 @@
       <c r="AP95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>217</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>7349Про розгляд клопотання Комунального підприємства «Центральний ринок» Шептицької міської ради</t>
+          <t>ID - 7349,  Про розгляд клопотання Комунального підприємства «Центральний ринок» Шептицької міської ради</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>60</v>
       </c>
       <c r="E96" t="s">
         <v>48</v>
       </c>
       <c r="F96">
         <v>27</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>49</v>
@@ -14586,51 +14577,51 @@
       <c r="AP96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>218</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>7351Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький на вул. Промислова</t>
+          <t>ID - 7351,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький на вул. Промислова</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>60</v>
       </c>
       <c r="E97" t="s">
         <v>58</v>
       </c>
       <c r="F97">
         <v>12</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>51</v>
@@ -14728,51 +14719,51 @@
       <c r="AP97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>219</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>7352Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький на вул. Промислова</t>
+          <t>ID - 7352,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький на вул. Промислова</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>60</v>
       </c>
       <c r="E98" t="s">
         <v>48</v>
       </c>
       <c r="F98">
         <v>20</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>49</v>
@@ -14870,51 +14861,51 @@
       <c r="AP98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>220</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>7353Про розроблення проєкту землеустрою щодо відведення земельної ділянки в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області (за межами с. Сілець)</t>
+          <t>ID - 7353,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки в межах адміністративної території Шептицької міської ради, Шептицького району, Львівської області (за межами с. Сілець)</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>60</v>
       </c>
       <c r="E99" t="s">
         <v>48</v>
       </c>
       <c r="F99">
         <v>24</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>49</v>
@@ -15152,51 +15143,51 @@
       <c r="AP100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>223</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>7355Про розгляд клопотання громадянина Холявінського Андрія Володимировича та громадянки Аверіної Ганни Юріївни</t>
+          <t>ID - 7355,  Про розгляд клопотання громадянина Холявінського Андрія Володимировича та громадянки Аверіної Ганни Юріївни</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>60</v>
       </c>
       <c r="E101" t="s">
         <v>48</v>
       </c>
       <c r="F101">
         <v>20</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>49</v>
@@ -15432,52 +15423,54 @@
         <v>50</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>226</v>
       </c>
-      <c r="C103" t="s" s="4">
-        <v>227</v>
+      <c r="C103" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7357,  Про припинення права оренди земельної ділянки з кадастровим номером 4624881300:02:000:0022</t>
+        </is>
       </c>
       <c r="D103" t="s">
         <v>60</v>
       </c>
       <c r="E103" t="s">
         <v>58</v>
       </c>
       <c r="F103">
         <v>8</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>2</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
       </c>
@@ -15570,55 +15563,55 @@
       </c>
       <c r="AO103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>7359Про розгляд клопотань Спільного підприємства «Київ-Захід» у формі товариства з обмеженою відповідальністю</t>
+          <t>ID - 7359,  Про розгляд клопотань Спільного підприємства «Київ-Захід» у формі товариства з обмеженою відповідальністю</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>60</v>
       </c>
       <c r="E104" t="s">
         <v>48</v>
       </c>
       <c r="F104">
         <v>21</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>49</v>
@@ -15712,55 +15705,55 @@
       </c>
       <c r="AO104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>7360Про продаж земельної ділянки сільськогосподарського призначення Фермерському господарству Тобяш В.С.</t>
+          <t>ID - 7360,  Про продаж земельної ділянки сільськогосподарського призначення Фермерському господарству Тобяш В.С.</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>60</v>
       </c>
       <c r="E105" t="s">
         <v>48</v>
       </c>
       <c r="F105">
         <v>24</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>49</v>
@@ -15854,54 +15847,54 @@
       </c>
       <c r="AO105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>229</v>
+      </c>
+      <c r="C106" t="s" s="4">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="D106" t="s">
         <v>60</v>
       </c>
       <c r="E106" t="s">
         <v>48</v>
       </c>
       <c r="F106">
         <v>25</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>49</v>
       </c>
@@ -15994,54 +15987,54 @@
       </c>
       <c r="AO106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>231</v>
+      </c>
+      <c r="C107" t="s" s="4">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D107" t="s">
         <v>60</v>
       </c>
       <c r="E107" t="s">
         <v>48</v>
       </c>
       <c r="F107">
         <v>25</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>49</v>
       </c>
@@ -16134,55 +16127,55 @@
       </c>
       <c r="AO107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>7363Про розгляд клопотання громадянки Гогоші Лесі Михайлівни про надання дозволу на розроблення проєктів землеустрою щодо вiдведення земельних дiлянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка) та для індивідуального садівництва</t>
+          <t>ID - 7363,  Про розгляд клопотання громадянки Гогоші Лесі Михайлівни про надання дозволу на розроблення проєктів землеустрою щодо вiдведення земельних дiлянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка) та для індивідуального садівництва</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>60</v>
       </c>
       <c r="E108" t="s">
         <v>48</v>
       </c>
       <c r="F108">
         <v>24</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>49</v>
@@ -16276,54 +16269,54 @@
       </c>
       <c r="AO108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>234</v>
+      </c>
+      <c r="C109" t="s" s="4">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D109" t="s">
         <v>60</v>
       </c>
       <c r="E109" t="s">
         <v>48</v>
       </c>
       <c r="F109">
         <v>24</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>49</v>
       </c>
@@ -16416,54 +16409,54 @@
       </c>
       <c r="AO109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>236</v>
+      </c>
+      <c r="C110" t="s" s="4">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="D110" t="s">
         <v>60</v>
       </c>
       <c r="E110" t="s">
         <v>48</v>
       </c>
       <c r="F110">
         <v>22</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
         <v>0</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>49</v>
       </c>
@@ -16556,55 +16549,55 @@
       </c>
       <c r="AO110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>7366Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель міста Шептицький</t>
+          <t>ID - 7366,  Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель міста Шептицький</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>60</v>
       </c>
       <c r="E111" t="s">
         <v>48</v>
       </c>
       <c r="F111">
         <v>24</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>49</v>
@@ -16698,55 +16691,55 @@
       </c>
       <c r="AO111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>7367Про затвердження Положення про вiддiл земельних вiдносин Виконавчого комітету Шептицької мiської ради</t>
+          <t>ID - 7367,  Про затвердження Положення про вiддiл земельних вiдносин Виконавчого комітету Шептицької мiської ради</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>60</v>
       </c>
       <c r="E112" t="s">
         <v>48</v>
       </c>
       <c r="F112">
         <v>20</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>0</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>49</v>
@@ -16840,55 +16833,55 @@
       </c>
       <c r="AO112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>7368Про призупинення освітнього процесу у  закладах дошкільної освіти, дошкільних підрозділах закладів загальної середньої освіти</t>
+          <t>ID - 7368,  Про призупинення освітнього процесу у  закладах дошкільної освіти, дошкільних підрозділах закладів загальної середньої освіти</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>47</v>
       </c>
       <c r="E113" t="s">
         <v>48</v>
       </c>
       <c r="F113">
         <v>25</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>49</v>
@@ -16982,54 +16975,54 @@
       </c>
       <c r="AO113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
+        <v>241</v>
+      </c>
+      <c r="C114" t="s" s="4">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="D114" t="s">
         <v>54</v>
       </c>
       <c r="E114" t="s">
         <v>48</v>
       </c>
       <c r="F114">
         <v>23</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
         <v>0</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>49</v>
       </c>
@@ -17122,55 +17115,55 @@
       </c>
       <c r="AO114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>7370Про призупинення освітнього процесу у  закладах дошкільної освіти, дошкільних підрозділах закладів загальної середньої освіти</t>
+          <t>ID - 7370,  Про призупинення освітнього процесу у  закладах дошкільної освіти, дошкільних підрозділах закладів загальної середньої освіти</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>56</v>
       </c>
       <c r="E115" t="s">
         <v>48</v>
       </c>
       <c r="F115">
         <v>25</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115">
         <v>0</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>49</v>
@@ -17264,55 +17257,55 @@
       </c>
       <c r="AO115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>7371Про затвердження Положення про паркування транспортних засобів на території населених пунктів Червоноградська міської територіальної громади</t>
+          <t>ID - 7371,  Про затвердження Положення про паркування транспортних засобів на території населених пунктів Червоноградська міської територіальної громади</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>60</v>
       </c>
       <c r="E116" t="s">
         <v>58</v>
       </c>
       <c r="F116">
         <v>12</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116">
         <v>5</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>51</v>
@@ -17406,55 +17399,55 @@
       </c>
       <c r="AO116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>202</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>7372Про затвердження Положення про паркування транспортних засобів на території населених пунктів Червоноградська міської територіальної громади</t>
+          <t>ID - 7372,  Про затвердження Положення про паркування транспортних засобів на території населених пунктів Червоноградська міської територіальної громади</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>60</v>
       </c>
       <c r="E117" t="s">
         <v>58</v>
       </c>
       <c r="F117">
         <v>15</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
         <v>6</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>51</v>
@@ -17548,55 +17541,55 @@
       </c>
       <c r="AO117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>202</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>7373Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду  майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 7373,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду  майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>60</v>
       </c>
       <c r="E118" t="s">
         <v>48</v>
       </c>
       <c r="F118">
         <v>23</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>49</v>
@@ -17690,55 +17683,55 @@
       </c>
       <c r="AO118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
-          <t>7374Про введення штатних одиниць Острівської гімназії Шептицької міської ради та Сілецької гімназії імені  Івана Климіва-Легенди  Шептицької міської ради</t>
+          <t>ID - 7374,  Про введення штатних одиниць Острівської гімназії Шептицької міської ради та Сілецької гімназії імені  Івана Климіва-Легенди  Шептицької міської ради</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>60</v>
       </c>
       <c r="E119" t="s">
         <v>48</v>
       </c>
       <c r="F119">
         <v>25</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>49</v>
@@ -17832,54 +17825,54 @@
       </c>
       <c r="AO119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
+        <v>248</v>
+      </c>
+      <c r="C120" t="s" s="4">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="D120" t="s">
         <v>60</v>
       </c>
       <c r="E120" t="s">
         <v>48</v>
       </c>
       <c r="F120">
         <v>25</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120">
         <v>0</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>49</v>
       </c>
@@ -17972,55 +17965,55 @@
       </c>
       <c r="AO120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>7376Про затверження регламенту Шептицької мiської ради, восьмого скликання в новій редакцій</t>
+          <t>ID - 7376,  Про затверження регламенту Шептицької мiської ради, восьмого скликання в новій редакцій</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>60</v>
       </c>
       <c r="E121" t="s">
         <v>58</v>
       </c>
       <c r="F121">
         <v>0</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
@@ -18114,55 +18107,55 @@
       </c>
       <c r="AO121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>7377Про затверження регламенту Шептицької мiської ради, восьмого скликання в новій редакцій</t>
+          <t>ID - 7377,  Про затверження регламенту Шептицької мiської ради, восьмого скликання в новій редакцій</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>60</v>
       </c>
       <c r="E122" t="s">
         <v>48</v>
       </c>
       <c r="F122">
         <v>24</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
         <v>0</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>49</v>
@@ -18256,54 +18249,54 @@
       </c>
       <c r="AO122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
+        <v>252</v>
+      </c>
+      <c r="C123" t="s" s="4">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D123" t="s">
         <v>60</v>
       </c>
       <c r="E123" t="s">
         <v>48</v>
       </c>
       <c r="F123">
         <v>20</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>0</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>49</v>
       </c>
@@ -18396,54 +18389,54 @@
       </c>
       <c r="AO123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
+        <v>254</v>
+      </c>
+      <c r="C124" t="s" s="4">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D124" t="s">
         <v>47</v>
       </c>
       <c r="E124" t="s">
         <v>48</v>
       </c>
       <c r="F124">
         <v>22</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124">
         <v>0</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>49</v>
       </c>
@@ -18536,54 +18529,54 @@
       </c>
       <c r="AO124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
+        <v>256</v>
+      </c>
+      <c r="C125" t="s" s="4">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="D125" t="s">
         <v>54</v>
       </c>
       <c r="E125" t="s">
         <v>48</v>
       </c>
       <c r="F125">
         <v>22</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
         <v>0</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>49</v>
       </c>
@@ -18676,54 +18669,54 @@
       </c>
       <c r="AO125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
+        <v>258</v>
+      </c>
+      <c r="C126" t="s" s="4">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D126" t="s">
         <v>56</v>
       </c>
       <c r="E126" t="s">
         <v>48</v>
       </c>
       <c r="F126">
         <v>23</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126">
         <v>0</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>49</v>
       </c>
@@ -18816,55 +18809,55 @@
       </c>
       <c r="AO126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>7382Про перейменування Червоноградського міського територіального центру соціального обслуговування (надання соціальних послуг) та затвердження Положення і Переліку в новій редакції</t>
+          <t>ID - 7382,  Про перейменування Червоноградського міського територіального центру соціального обслуговування (надання соціальних послуг) та затвердження Положення і Переліку в новій редакції</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>60</v>
       </c>
       <c r="E127" t="s">
         <v>48</v>
       </c>
       <c r="F127">
         <v>22</v>
       </c>
       <c r="G127">
         <v>0</v>
       </c>
       <c r="H127">
         <v>0</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>49</v>
@@ -18958,55 +18951,55 @@
       </c>
       <c r="AO127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>7383Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (корпус силікозної лікарні) по вул.Грушевського, 36 в м.Соснівка</t>
+          <t>ID - 7383,  Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (корпус силікозної лікарні) по вул.Грушевського, 36 в м.Соснівка</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>47</v>
       </c>
       <c r="E128" t="s">
         <v>48</v>
       </c>
       <c r="F128">
         <v>20</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128">
         <v>0</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>49</v>
@@ -19100,54 +19093,54 @@
       </c>
       <c r="AO128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
+        <v>262</v>
+      </c>
+      <c r="C129" t="s" s="4">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="D129" t="s">
         <v>54</v>
       </c>
       <c r="E129" t="s">
         <v>48</v>
       </c>
       <c r="F129">
         <v>20</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129">
         <v>0</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>49</v>
       </c>
@@ -19240,55 +19233,55 @@
       </c>
       <c r="AO129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>7385Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (корпус силікозної лікарні) по вул.Грушевського, 36 в м.Соснівка</t>
+          <t>ID - 7385,  Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (корпус силікозної лікарні) по вул.Грушевського, 36 в м.Соснівка</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>56</v>
       </c>
       <c r="E130" t="s">
         <v>48</v>
       </c>
       <c r="F130">
         <v>22</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
         <v>0</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>49</v>
@@ -19382,55 +19375,55 @@
       </c>
       <c r="AO130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
-          <t>7386Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, будівлі господарського корпусу по вул.Клюсівська, 8-А в м.Шептицький</t>
+          <t>ID - 7386,  Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, будівлі господарського корпусу по вул.Клюсівська, 8-А в м.Шептицький</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>47</v>
       </c>
       <c r="E131" t="s">
         <v>48</v>
       </c>
       <c r="F131">
         <v>22</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>49</v>
@@ -19524,54 +19517,54 @@
       </c>
       <c r="AO131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>266</v>
+      </c>
+      <c r="C132" t="s" s="4">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="D132" t="s">
         <v>54</v>
       </c>
       <c r="E132" t="s">
         <v>48</v>
       </c>
       <c r="F132">
         <v>20</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132">
         <v>0</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>49</v>
       </c>
@@ -19664,55 +19657,55 @@
       </c>
       <c r="AO132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
-          <t>7388Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, будівлі господарського корпусу по вул.Клюсівська, 8-А в м.Шептицький</t>
+          <t>ID - 7388,  Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, будівлі господарського корпусу по вул.Клюсівська, 8-А в м.Шептицький</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>56</v>
       </c>
       <c r="E133" t="s">
         <v>48</v>
       </c>
       <c r="F133">
         <v>22</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
         <v>0</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>49</v>
@@ -19806,55 +19799,55 @@
       </c>
       <c r="AO133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>7389Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (склад кисню) по вул.Грушевського, 36 в м.Соснівка</t>
+          <t>ID - 7389,  Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (склад кисню) по вул.Грушевського, 36 в м.Соснівка</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>60</v>
       </c>
       <c r="E134" t="s">
         <v>48</v>
       </c>
       <c r="F134">
         <v>22</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
         <v>0</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>49</v>
@@ -19948,55 +19941,55 @@
       </c>
       <c r="AO134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C135" t="inlineStr" s="4">
         <is>
-          <t>7390Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (склад кисню) по вул.Грушевського, 36 в м.Соснівка</t>
+          <t>ID - 7390,  Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (склад кисню) по вул.Грушевського, 36 в м.Соснівка</t>
         </is>
       </c>
       <c r="D135" t="s">
         <v>47</v>
       </c>
       <c r="E135" t="s">
         <v>48</v>
       </c>
       <c r="F135">
         <v>22</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135">
         <v>0</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>49</v>
@@ -20090,54 +20083,54 @@
       </c>
       <c r="AO135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
+        <v>271</v>
+      </c>
+      <c r="C136" t="s" s="4">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="D136" t="s">
         <v>54</v>
       </c>
       <c r="E136" t="s">
         <v>58</v>
       </c>
       <c r="F136">
         <v>18</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
         <v>0</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>49</v>
       </c>
@@ -20230,54 +20223,54 @@
       </c>
       <c r="AO136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
+        <v>273</v>
+      </c>
+      <c r="C137" t="s" s="4">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D137" t="s">
         <v>54</v>
       </c>
       <c r="E137" t="s">
         <v>48</v>
       </c>
       <c r="F137">
         <v>22</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137">
         <v>0</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>49</v>
       </c>
@@ -20370,55 +20363,55 @@
       </c>
       <c r="AO137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C138" t="inlineStr" s="4">
         <is>
-          <t>7393Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (склад кисню) по вул.Грушевського, 36 в м.Соснівка</t>
+          <t>ID - 7393,  Про підтвердження факту перебування в комунальній власності Шептицької міської ради об’єкта нерухомого майна, громадської будівлі (склад кисню) по вул.Грушевського, 36 в м.Соснівка</t>
         </is>
       </c>
       <c r="D138" t="s">
         <v>56</v>
       </c>
       <c r="E138" t="s">
         <v>48</v>
       </c>
       <c r="F138">
         <v>20</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138">
         <v>0</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>49</v>
@@ -20512,55 +20505,55 @@
       </c>
       <c r="AO138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
-          <t>7394Про затвердження  структури, штатної чисельності працівників Шептицького міського центру соціальних служб в новій редакції</t>
+          <t>ID - 7394,  Про затвердження  структури, штатної чисельності працівників Шептицького міського центру соціальних служб в новій редакції</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>60</v>
       </c>
       <c r="E139" t="s">
         <v>48</v>
       </c>
       <c r="F139">
         <v>22</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139">
         <v>0</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>49</v>
@@ -20654,55 +20647,55 @@
       </c>
       <c r="AO139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>7395Про затвердження Програми заходів щодо приведення захисних споруд цивільного захисту (протирадіаційних укриттів) у готовність до укриття населення на 2025 рік</t>
+          <t>ID - 7395,  Про затвердження Програми заходів щодо приведення захисних споруд цивільного захисту (протирадіаційних укриттів) у готовність до укриття населення на 2025 рік</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>60</v>
       </c>
       <c r="E140" t="s">
         <v>48</v>
       </c>
       <c r="F140">
         <v>20</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140">
         <v>0</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>49</v>
@@ -20796,55 +20789,55 @@
       </c>
       <c r="AO140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>7396Про затвердження Програми заходів безбар’єрності території територіальної громади з адміністративним центром в місті Шептицький</t>
+          <t>ID - 7396,  Про затвердження Програми заходів безбар’єрності території територіальної громади з адміністративним центром в місті Шептицький</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>60</v>
       </c>
       <c r="E141" t="s">
         <v>48</v>
       </c>
       <c r="F141">
         <v>23</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>49</v>
@@ -20938,55 +20931,55 @@
       </c>
       <c r="AO141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C142" t="inlineStr" s="4">
         <is>
-          <t>7397Про    підтвердження     факту перебування    в комунальній власності   Шептицької міської ради об’єкта   нерухомого   майна, будівлі засувок по вул. Бічна Промислова,43  у м. Шептицький</t>
+          <t>ID - 7397,  Про    підтвердження     факту перебування    в комунальній власності   Шептицької міської ради об’єкта   нерухомого   майна, будівлі засувок по вул. Бічна Промислова,43  у м. Шептицький</t>
         </is>
       </c>
       <c r="D142" t="s">
         <v>60</v>
       </c>
       <c r="E142" t="s">
         <v>48</v>
       </c>
       <c r="F142">
         <v>23</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142">
         <v>0</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>49</v>
@@ -21080,55 +21073,55 @@
       </c>
       <c r="AO142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
-          <t>7398Про    підтвердження     факту перебування    в комунальній власності  Шептицької міської ради об’єкта   нерухомого   майна, теплиці  по вул. Бічна Промислова,43   у м. Шептицький</t>
+          <t>ID - 7398,  Про    підтвердження     факту перебування    в комунальній власності  Шептицької міської ради об’єкта   нерухомого   майна, теплиці  по вул. Бічна Промислова,43   у м. Шептицький</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>60</v>
       </c>
       <c r="E143" t="s">
         <v>48</v>
       </c>
       <c r="F143">
         <v>24</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
         <v>0</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>49</v>
@@ -21222,55 +21215,55 @@
       </c>
       <c r="AO143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
-          <t>7399Про    підтвердження     факту перебування    в комунальній власності  Шептицької міської ради об’єкта   нерухомого   майна, будівлі прирельсового складу мазута і солі ОДСП-10003  по вул. Бічна Промислова,43   у м. Шептицький</t>
+          <t>ID - 7399,  Про    підтвердження     факту перебування    в комунальній власності  Шептицької міської ради об’єкта   нерухомого   майна, будівлі прирельсового складу мазута і солі ОДСП-10003  по вул. Бічна Промислова,43   у м. Шептицький</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>60</v>
       </c>
       <c r="E144" t="s">
         <v>48</v>
       </c>
       <c r="F144">
         <v>23</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144">
         <v>0</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>49</v>
@@ -21364,55 +21357,55 @@
       </c>
       <c r="AO144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>7400Про    підтвердження     факту перебування    в комунальній власності   Шептицької міської ради об’єкта нерухомого майна, мазутно - насосної станції  по вул. Бічна  Промислова,43   у м. Шептицький</t>
+          <t>ID - 7400,  Про    підтвердження     факту перебування    в комунальній власності   Шептицької міської ради об’єкта нерухомого майна, мазутно - насосної станції  по вул. Бічна  Промислова,43   у м. Шептицький</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>60</v>
       </c>
       <c r="E145" t="s">
         <v>48</v>
       </c>
       <c r="F145">
         <v>23</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145">
         <v>0</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>49</v>
@@ -21506,55 +21499,55 @@
       </c>
       <c r="AO145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>7401Про   надання    згоди   на    безоплатну  передачу  до   комунальної  власності  Шептицької міської ради  (ЄДРПОУ 26269722) державного майна  Лінійного   об’єкта  інженерно - транспортної   інфраструктури  -  водопониження   підробленої   та    підтопленої    території    закритої     шахти      «Бендюзька» від  Відокремленого  підрозділу   «Західна    дирекція   з     ліквідації      шахт»   ДП   «Об’єднана  Компанія  «Укрвуглереструктуризація»</t>
+          <t>ID - 7401,  Про   надання    згоди   на    безоплатну  передачу  до   комунальної  власності  Шептицької міської ради  (ЄДРПОУ 26269722) державного майна  Лінійного   об’єкта  інженерно - транспортної   інфраструктури  -  водопониження   підробленої   та    підтопленої    території    закритої     шахти      «Бендюзька» від  Відокремленого  підрозділу   «Західна    дирекція   з     ліквідації      шахт»   ДП   «Об’єднана  Компанія  «Укрвуглереструктуризація»</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>60</v>
       </c>
       <c r="E146" t="s">
         <v>48</v>
       </c>
       <c r="F146">
         <v>25</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146">
         <v>0</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>49</v>
@@ -21648,54 +21641,54 @@
       </c>
       <c r="AO146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
+        <v>284</v>
+      </c>
+      <c r="C147" t="s" s="4">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D147" t="s">
         <v>60</v>
       </c>
       <c r="E147" t="s">
         <v>48</v>
       </c>
       <c r="F147">
         <v>26</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147">
         <v>0</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>49</v>
       </c>
@@ -21788,54 +21781,54 @@
       </c>
       <c r="AO147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
+        <v>286</v>
+      </c>
+      <c r="C148" t="s" s="4">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="D148" t="s">
         <v>47</v>
       </c>
       <c r="E148" t="s">
         <v>48</v>
       </c>
       <c r="F148">
         <v>26</v>
       </c>
       <c r="G148">
         <v>0</v>
       </c>
       <c r="H148">
         <v>0</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>49</v>
       </c>
@@ -21928,54 +21921,54 @@
       </c>
       <c r="AO148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
+        <v>288</v>
+      </c>
+      <c r="C149" t="s" s="4">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="D149" t="s">
         <v>54</v>
       </c>
       <c r="E149" t="s">
         <v>58</v>
       </c>
       <c r="F149">
         <v>0</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149">
         <v>0</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>49</v>
       </c>
@@ -22068,54 +22061,54 @@
       </c>
       <c r="AO149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
+        <v>290</v>
+      </c>
+      <c r="C150" t="s" s="4">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="D150" t="s">
         <v>54</v>
       </c>
       <c r="E150" t="s">
         <v>48</v>
       </c>
       <c r="F150">
         <v>23</v>
       </c>
       <c r="G150">
         <v>0</v>
       </c>
       <c r="H150">
         <v>0</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>49</v>
       </c>
@@ -22208,54 +22201,54 @@
       </c>
       <c r="AO150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
+        <v>292</v>
+      </c>
+      <c r="C151" t="s" s="4">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D151" t="s">
         <v>56</v>
       </c>
       <c r="E151" t="s">
         <v>48</v>
       </c>
       <c r="F151">
         <v>24</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151">
         <v>0</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>51</v>
       </c>
@@ -22348,54 +22341,56 @@
       </c>
       <c r="AO151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>294</v>
+      </c>
+      <c r="C152" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7407,  Про  створення Ради ветеранів при Шептицькій міській раді та затвердження Положення</t>
+        </is>
       </c>
       <c r="D152" t="s">
         <v>47</v>
       </c>
       <c r="E152" t="s">
         <v>48</v>
       </c>
       <c r="F152">
         <v>25</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152">
         <v>0</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>49</v>
       </c>
@@ -22488,54 +22483,54 @@
       </c>
       <c r="AO152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C153" t="s" s="4">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D153" t="s">
         <v>54</v>
       </c>
       <c r="E153" t="s">
         <v>48</v>
       </c>
       <c r="F153">
         <v>24</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153">
         <v>0</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>49</v>
       </c>
@@ -22628,54 +22623,54 @@
       </c>
       <c r="AO153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C154" t="s" s="4">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D154" t="s">
         <v>54</v>
       </c>
       <c r="E154" t="s">
         <v>58</v>
       </c>
       <c r="F154">
         <v>10</v>
       </c>
       <c r="G154">
         <v>1</v>
       </c>
       <c r="H154">
         <v>0</v>
       </c>
       <c r="I154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>51</v>
       </c>
@@ -22703,51 +22698,51 @@
       <c r="S154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA154" t="s" s="5">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="AB154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI154" t="s" s="5">
         <v>50</v>
       </c>
@@ -22768,54 +22763,54 @@
       </c>
       <c r="AO154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C155" t="s" s="4">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D155" t="s">
         <v>54</v>
       </c>
       <c r="E155" t="s">
         <v>58</v>
       </c>
       <c r="F155">
         <v>9</v>
       </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155">
         <v>0</v>
       </c>
       <c r="I155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>51</v>
       </c>
@@ -22908,54 +22903,54 @@
       </c>
       <c r="AO155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C156" t="s" s="4">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="D156" t="s">
         <v>54</v>
       </c>
       <c r="E156" t="s">
         <v>58</v>
       </c>
       <c r="F156">
         <v>13</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156">
         <v>0</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>51</v>
       </c>
@@ -23048,54 +23043,56 @@
       </c>
       <c r="AO156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>304</v>
+      </c>
+      <c r="C157" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7412,  Про  створення Ради ветеранів при Шептицькій міській раді та затвердження Положення</t>
+        </is>
       </c>
       <c r="D157" t="s">
         <v>56</v>
       </c>
       <c r="E157" t="s">
         <v>48</v>
       </c>
       <c r="F157">
         <v>26</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157">
         <v>0</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>49</v>
       </c>
@@ -23188,55 +23185,55 @@
       </c>
       <c r="AO157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C158" t="inlineStr" s="4">
         <is>
-          <t>7413Про звернення Шептицької міської ради до Кабінету Міністрів України, Львівської обласної ради, Львівської обласної військової (державної) адміністрації щодо капітального ремонту ділянки дороги обласного значення О141604</t>
+          <t>ID - 7413,  Про звернення Шептицької міської ради до Кабінету Міністрів України, Львівської обласної ради, Львівської обласної військової (державної) адміністрації щодо капітального ремонту ділянки дороги обласного значення О141604</t>
         </is>
       </c>
       <c r="D158" t="s">
         <v>60</v>
       </c>
       <c r="E158" t="s">
         <v>48</v>
       </c>
       <c r="F158">
         <v>26</v>
       </c>
       <c r="G158">
         <v>0</v>
       </c>
       <c r="H158">
         <v>0</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>49</v>
@@ -23330,55 +23327,55 @@
       </c>
       <c r="AO158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C159" t="inlineStr" s="4">
         <is>
-          <t>7414Про внесення змін до рішення Шептицької міської ради від 23.01.2025 № 3255 «Про затвердження Положення про надання одноразової грошової допомоги в новій редакції»</t>
+          <t>ID - 7414,  Про внесення змін до рішення Шептицької міської ради від 23.01.2025 № 3255 «Про затвердження Положення про надання одноразової грошової допомоги в новій редакції»</t>
         </is>
       </c>
       <c r="D159" t="s">
         <v>60</v>
       </c>
       <c r="E159" t="s">
         <v>48</v>
       </c>
       <c r="F159">
         <v>25</v>
       </c>
       <c r="G159">
         <v>0</v>
       </c>
       <c r="H159">
         <v>0</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>49</v>
@@ -23472,54 +23469,54 @@
       </c>
       <c r="AO159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C160" t="s" s="4">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D160" t="s">
         <v>60</v>
       </c>
       <c r="E160" t="s">
         <v>48</v>
       </c>
       <c r="F160">
         <v>26</v>
       </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160">
         <v>0</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>49</v>
       </c>
@@ -23612,54 +23609,54 @@
       </c>
       <c r="AO160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT160" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C161" t="s" s="4">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D161" t="s">
         <v>47</v>
       </c>
       <c r="E161" t="s">
         <v>48</v>
       </c>
       <c r="F161">
         <v>25</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161">
         <v>0</v>
       </c>
       <c r="I161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>49</v>
       </c>
@@ -23752,54 +23749,54 @@
       </c>
       <c r="AO161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT161" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C162" t="s" s="4">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D162" t="s">
         <v>54</v>
       </c>
       <c r="E162" t="s">
         <v>48</v>
       </c>
       <c r="F162">
         <v>25</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162">
         <v>0</v>
       </c>
       <c r="I162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>49</v>
       </c>
@@ -23892,54 +23889,54 @@
       </c>
       <c r="AO162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C163" t="s" s="4">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D163" t="s">
         <v>56</v>
       </c>
       <c r="E163" t="s">
         <v>48</v>
       </c>
       <c r="F163">
         <v>25</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163">
         <v>0</v>
       </c>
       <c r="I163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>49</v>
       </c>