--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -35,111 +35,111 @@
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Vasylyshyn Petro Stefanovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Zalivskyy Andriy Ivanovych</t>
   </si>
   <si>
     <t>Lyakhovskyy Bohdan Vasylovych</t>
   </si>
   <si>
     <t>Hamanyuk Vitaliy Volodymyrovych</t>
   </si>
   <si>
     <t>Maydanovych Sofiya Volodymyrivna</t>
   </si>
   <si>
     <t>Dmukhovskyy Stepan Mykhaylovych</t>
   </si>
   <si>
     <t>Lishchynskyy Bohdan Stepanovych</t>
   </si>
   <si>
     <t>Hrasulov Oleksandr Olehovych</t>
   </si>
   <si>
     <t>Kudryk Ivan Ivanovych</t>
   </si>
   <si>
     <t>Lapets Mykhaylo Romanovych</t>
   </si>
   <si>
     <t>Ostapyuk Petro Petrovych</t>
   </si>
   <si>
-    <t>Hots Pavlo Vasylovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Kruk Halyna Vasylivna</t>
   </si>
   <si>
     <t>Ryndyk Vitaliy Bohdanovych</t>
   </si>
   <si>
     <t>Yakymchuk Serhiy Stepanovych</t>
   </si>
   <si>
     <t>Pylypchuk Petro Pavlovych</t>
   </si>
   <si>
     <t>Pushchyk Myroslav Stepanovych</t>
   </si>
   <si>
     <t>Zapisotskyy Roman Vasylovych</t>
   </si>
   <si>
     <t>Voytovych Andriy Serhiyovych</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vasylyshyn Petro Stefanovych</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
@@ -1312,78 +1312,78 @@
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>50</v>
       </c>
@@ -1437,93 +1437,93 @@
       <c r="C3" t="s" s="4">
         <v>52</v>
       </c>
       <c r="D3" t="s">
         <v>53</v>
       </c>
       <c r="E3" t="s">
         <v>48</v>
       </c>
       <c r="F3">
         <v>26</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>50</v>
       </c>
@@ -1576,96 +1576,96 @@
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>6914Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4">
         <v>27</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>50</v>
       </c>
@@ -1734,78 +1734,78 @@
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>50</v>
       </c>
@@ -1853,111 +1853,111 @@
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s" s="4">
         <v>60</v>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>48</v>
       </c>
       <c r="F6">
         <v>26</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>49</v>
       </c>
@@ -2010,84 +2010,84 @@
       <c r="F7">
         <v>27</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>50</v>
       </c>
@@ -2137,111 +2137,111 @@
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>6921І. Для термінового усунення ямковості доріг Червоноградської міської територіальної громади, пропонується внести зміни в «Програму благоустрою населених пунктів Червоноградської міської територіальної громади на 2025 рік» перемістити кошти в сумі 100,0тис.грн із завдання «утримання вулично-дорожньої мережі, парків, скверів, площ (механізоване планування грунтових та гравійних доріг, планування узбіч, укосів, насипів та виїмок доріг без підсипання з прибиранням невеликих зсувів та обвалів)» на завдання «утримання вулично-дорожньої мережі, парків, скверів, площ (ремонт дорожнього покриття холодним асфальтом)». (код ПКВКМБ 0216030 КЕКВ 2610 «Організація благоустрою населених пунктів»). ІІ.  Залишок коштів додаткової дотації, який утворився станом на 01.01.2025 року в сумі 196,931 тис.грн спрямувати  на оплату комунальних послуг  та енергоносіїв в дошкільних закладах  освіти.  Вивільнені кошти  спрямувати на : *поточний ремонт системи опалення в Гімназії №4 - 45,0 тис.грн. ( КФКВ 0611021, КЕКВ 2240); *впорядкування алеї по пр.Шевченка – 151,931тис.грн. Крім того, на</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>53</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8">
         <v>27</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK8" t="s" s="5">
         <v>49</v>
       </c>
@@ -2300,78 +2300,78 @@
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T9" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>50</v>
       </c>
@@ -2427,93 +2427,93 @@
           <t>6923Про звернення Шептицької міської  ради до Президента України, Верховної ради України та Кабінету Міністрів України щодо неприпустимості політичних переслідувань військових, демократичної опозиції та представників, органів місцевого самоврядуванн</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>65</v>
       </c>
       <c r="E10" t="s">
         <v>48</v>
       </c>
       <c r="F10">
         <v>25</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N10" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O10" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R10" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T10" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>50</v>
       </c>
@@ -2569,93 +2569,93 @@
           <t>6924Про  розгляд клопотання Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>65</v>
       </c>
       <c r="E11" t="s">
         <v>48</v>
       </c>
       <c r="F11">
         <v>24</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O11" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P11" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q11" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T11" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>50</v>
       </c>
@@ -2708,96 +2708,96 @@
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>6925Про виконання Програми соцiально-економiчного розвитку Червоноградської територіальної громади за 2024 рік та затвердження Програми соціально-економічного розвитку територіальної громади в межах адміністративної території Шептицької міської ради на 2025 рік</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12">
         <v>23</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O12" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S12" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T12" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>50</v>
       </c>
@@ -2851,99 +2851,99 @@
       <c r="C13" t="s" s="4">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>47</v>
       </c>
       <c r="E13" t="s">
         <v>48</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O13" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T13" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>50</v>
       </c>
@@ -2988,105 +2988,105 @@
       <c r="B14" t="s">
         <v>70</v>
       </c>
       <c r="C14" t="s" s="4">
         <v>71</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14" t="s">
         <v>72</v>
       </c>
       <c r="F14">
         <v>15</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T14" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>50</v>
       </c>
@@ -3125,111 +3125,111 @@
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
       <c r="C15" t="s" s="4">
         <v>74</v>
       </c>
       <c r="D15" t="s">
         <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>72</v>
       </c>
       <c r="F15">
         <v>19</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L15" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M15" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N15" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P15" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R15" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T15" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U15" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB15" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC15" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK15" t="s" s="5">
         <v>54</v>
       </c>
@@ -3274,102 +3274,102 @@
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>72</v>
       </c>
       <c r="F16">
         <v>18</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L16" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M16" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N16" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P16" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T16" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U16" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V16" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB16" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC16" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK16" t="s" s="5">
         <v>54</v>
       </c>
@@ -3417,87 +3417,87 @@
       <c r="E17" t="s">
         <v>72</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M17" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P17" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q17" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R17" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>50</v>
       </c>
@@ -3560,96 +3560,96 @@
       <c r="F18">
         <v>18</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N18" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P18" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q18" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T18" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>54</v>
       </c>
@@ -3697,96 +3697,96 @@
       <c r="E19" t="s">
         <v>72</v>
       </c>
       <c r="F19">
         <v>18</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P19" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T19" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>50</v>
       </c>
@@ -3846,78 +3846,78 @@
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P20" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>50</v>
       </c>
@@ -3986,78 +3986,78 @@
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P21" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>50</v>
       </c>
@@ -4111,93 +4111,93 @@
       <c r="C22" t="s" s="4">
         <v>88</v>
       </c>
       <c r="D22" t="s">
         <v>47</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22">
         <v>25</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K22" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P22" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>50</v>
       </c>
@@ -4251,93 +4251,93 @@
       <c r="C23" t="s" s="4">
         <v>90</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>48</v>
       </c>
       <c r="F23">
         <v>23</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K23" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P23" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>50</v>
       </c>
@@ -4406,78 +4406,78 @@
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P24" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T24" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>50</v>
       </c>
@@ -4548,78 +4548,78 @@
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P25" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T25" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>50</v>
       </c>
@@ -4670,96 +4670,96 @@
       <c r="B26" t="s">
         <v>94</v>
       </c>
       <c r="C26" t="s" s="4">
         <v>95</v>
       </c>
       <c r="D26" t="s">
         <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26">
         <v>25</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S26" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T26" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>50</v>
       </c>
@@ -4830,81 +4830,81 @@
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P27" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T27" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4970,81 +4970,81 @@
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P28" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T28" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>49</v>
       </c>
@@ -5100,99 +5100,99 @@
       <c r="D29" t="s">
         <v>65</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29">
         <v>23</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L29" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N29" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P29" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R29" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T29" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB29" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>50</v>
       </c>
@@ -5254,81 +5254,81 @@
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P30" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T30" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>49</v>
       </c>
@@ -5375,111 +5375,111 @@
       </c>
       <c r="B31" t="s">
         <v>101</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>6946Про внесення змін до рішення Червоноградської міської ради від 11.07.2024 №2746 «Про  встановлення земельного податку на території  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>65</v>
       </c>
       <c r="E31" t="s">
         <v>48</v>
       </c>
       <c r="F31">
         <v>24</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P31" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T31" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y31" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC31" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>54</v>
       </c>
@@ -5524,90 +5524,90 @@
       <c r="D32" t="s">
         <v>47</v>
       </c>
       <c r="E32" t="s">
         <v>48</v>
       </c>
       <c r="F32">
         <v>24</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L32" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P32" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T32" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5664,99 +5664,99 @@
       <c r="D33" t="s">
         <v>53</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
         <v>22</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L33" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P33" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T33" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y33" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5801,93 +5801,93 @@
       <c r="C34" t="s" s="4">
         <v>107</v>
       </c>
       <c r="D34" t="s">
         <v>56</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
         <v>23</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L34" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P34" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T34" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y34" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5946,90 +5946,90 @@
       <c r="D35" t="s">
         <v>65</v>
       </c>
       <c r="E35" t="s">
         <v>48</v>
       </c>
       <c r="F35">
         <v>24</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L35" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T35" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>50</v>
       </c>
@@ -6088,93 +6088,93 @@
       <c r="D36" t="s">
         <v>65</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36">
         <v>23</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L36" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P36" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T36" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y36" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>49</v>
       </c>
@@ -6230,93 +6230,93 @@
       <c r="D37" t="s">
         <v>65</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37">
         <v>22</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L37" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M37" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P37" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q37" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T37" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y37" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z37" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>49</v>
       </c>
@@ -6372,93 +6372,93 @@
       <c r="D38" t="s">
         <v>65</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38">
         <v>23</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L38" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T38" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y38" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z38" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>49</v>
       </c>
@@ -6514,93 +6514,93 @@
       <c r="D39" t="s">
         <v>65</v>
       </c>
       <c r="E39" t="s">
         <v>48</v>
       </c>
       <c r="F39">
         <v>23</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L39" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P39" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T39" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y39" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>49</v>
       </c>
@@ -6654,93 +6654,93 @@
       <c r="D40" t="s">
         <v>47</v>
       </c>
       <c r="E40" t="s">
         <v>48</v>
       </c>
       <c r="F40">
         <v>22</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L40" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T40" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y40" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z40" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>49</v>
       </c>
@@ -6785,111 +6785,111 @@
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>115</v>
       </c>
       <c r="C41" t="s" s="4">
         <v>116</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>72</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P41" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T41" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y41" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK41" t="s" s="5">
         <v>54</v>
       </c>
@@ -6925,111 +6925,111 @@
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>117</v>
       </c>
       <c r="C42" t="s" s="4">
         <v>118</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>72</v>
       </c>
       <c r="F42">
         <v>10</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P42" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T42" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y42" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK42" t="s" s="5">
         <v>54</v>
       </c>
@@ -7080,96 +7080,96 @@
       <c r="F43">
         <v>8</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N43" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O43" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P43" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q43" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="R43" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="S43" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="T43" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U43" t="s" s="5">
         <v>121</v>
       </c>
-      <c r="R43" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="V43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y43" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA43" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC43" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK43" t="s" s="5">
         <v>54</v>
       </c>
@@ -7211,96 +7211,96 @@
       <c r="C44" t="s" s="4">
         <v>123</v>
       </c>
       <c r="D44" t="s">
         <v>53</v>
       </c>
       <c r="E44" t="s">
         <v>48</v>
       </c>
       <c r="F44">
         <v>21</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K44" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L44" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O44" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P44" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T44" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>49</v>
       </c>
@@ -7354,93 +7354,93 @@
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45">
         <v>23</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L45" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P45" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T45" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y45" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z45" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>49</v>
       </c>
@@ -7494,93 +7494,93 @@
       <c r="D46" t="s">
         <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>48</v>
       </c>
       <c r="F46">
         <v>23</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L46" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P46" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T46" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z46" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>49</v>
       </c>
@@ -7634,93 +7634,93 @@
       <c r="D47" t="s">
         <v>53</v>
       </c>
       <c r="E47" t="s">
         <v>48</v>
       </c>
       <c r="F47">
         <v>20</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L47" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P47" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R47" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T47" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V47" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Y47" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z47" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>49</v>
       </c>
@@ -7774,93 +7774,93 @@
       <c r="D48" t="s">
         <v>53</v>
       </c>
       <c r="E48" t="s">
         <v>48</v>
       </c>
       <c r="F48">
         <v>22</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L48" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P48" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T48" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V48" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Y48" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z48" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>49</v>
       </c>
@@ -7908,99 +7908,99 @@
       <c r="B49" t="s">
         <v>132</v>
       </c>
       <c r="C49" t="s" s="4">
         <v>133</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>48</v>
       </c>
       <c r="F49">
         <v>21</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L49" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N49" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P49" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T49" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V49" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z49" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>49</v>
       </c>
@@ -8054,93 +8054,93 @@
       <c r="D50" t="s">
         <v>53</v>
       </c>
       <c r="E50" t="s">
         <v>48</v>
       </c>
       <c r="F50">
         <v>21</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L50" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P50" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T50" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V50" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="W50" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z50" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>49</v>
       </c>
@@ -8185,102 +8185,102 @@
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>136</v>
       </c>
       <c r="C51" t="s" s="4">
         <v>137</v>
       </c>
       <c r="D51" t="s">
         <v>53</v>
       </c>
       <c r="E51" t="s">
         <v>72</v>
       </c>
       <c r="F51">
         <v>19</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L51" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M51" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O51" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P51" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="T51" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V51" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="W51" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Y51" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z51" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>49</v>
       </c>
@@ -8331,96 +8331,96 @@
       <c r="C52" t="s" s="4">
         <v>139</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>72</v>
       </c>
       <c r="F52">
         <v>19</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L52" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O52" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P52" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R52" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S52" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T52" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V52" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="W52" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z52" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>49</v>
       </c>
@@ -8474,93 +8474,93 @@
       <c r="D53" t="s">
         <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>48</v>
       </c>
       <c r="F53">
         <v>22</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L53" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P53" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R53" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T53" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V53" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W53" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z53" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>49</v>
       </c>
@@ -8605,111 +8605,111 @@
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>142</v>
       </c>
       <c r="C54" t="s" s="4">
         <v>143</v>
       </c>
       <c r="D54" t="s">
         <v>53</v>
       </c>
       <c r="E54" t="s">
         <v>72</v>
       </c>
       <c r="F54">
         <v>19</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L54" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P54" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R54" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T54" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V54" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W54" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X54" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y54" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB54" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC54" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK54" t="s" s="5">
         <v>54</v>
       </c>
@@ -8754,93 +8754,93 @@
       <c r="D55" t="s">
         <v>53</v>
       </c>
       <c r="E55" t="s">
         <v>48</v>
       </c>
       <c r="F55">
         <v>23</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L55" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P55" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T55" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W55" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X55" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y55" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z55" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>49</v>
       </c>
@@ -8885,111 +8885,111 @@
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>146</v>
       </c>
       <c r="C56" t="s" s="4">
         <v>147</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>72</v>
       </c>
       <c r="F56">
         <v>16</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P56" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T56" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W56" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y56" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH56" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK56" t="s" s="5">
         <v>54</v>
       </c>
@@ -9034,93 +9034,93 @@
       <c r="D57" t="s">
         <v>53</v>
       </c>
       <c r="E57" t="s">
         <v>48</v>
       </c>
       <c r="F57">
         <v>22</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L57" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P57" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T57" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W57" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X57" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y57" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z57" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>49</v>
       </c>
@@ -9171,102 +9171,102 @@
       <c r="C58" t="s" s="4">
         <v>151</v>
       </c>
       <c r="D58" t="s">
         <v>53</v>
       </c>
       <c r="E58" t="s">
         <v>72</v>
       </c>
       <c r="F58">
         <v>19</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K58" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O58" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P58" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S58" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T58" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W58" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X58" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y58" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z58" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB58" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>50</v>
       </c>
@@ -9314,93 +9314,93 @@
       <c r="D59" t="s">
         <v>53</v>
       </c>
       <c r="E59" t="s">
         <v>48</v>
       </c>
       <c r="F59">
         <v>23</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L59" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P59" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T59" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W59" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X59" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z59" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH59" t="s" s="5">
         <v>49</v>
       </c>
@@ -9451,96 +9451,96 @@
       <c r="C60" t="s" s="4">
         <v>155</v>
       </c>
       <c r="D60" t="s">
         <v>56</v>
       </c>
       <c r="E60" t="s">
         <v>48</v>
       </c>
       <c r="F60">
         <v>21</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K60" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L60" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O60" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P60" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Q60" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T60" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U60" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y60" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z60" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>49</v>
       </c>
@@ -9596,99 +9596,99 @@
       <c r="D61" t="s">
         <v>65</v>
       </c>
       <c r="E61" t="s">
         <v>48</v>
       </c>
       <c r="F61">
         <v>21</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L61" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N61" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R61" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="S61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T61" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W61" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y61" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z61" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB61" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>50</v>
       </c>
@@ -9738,99 +9738,99 @@
       <c r="D62" t="s">
         <v>65</v>
       </c>
       <c r="E62" t="s">
         <v>48</v>
       </c>
       <c r="F62">
         <v>22</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L62" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N62" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R62" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="S62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T62" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W62" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y62" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z62" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB62" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ62" t="s" s="5">
         <v>50</v>
       </c>
@@ -9874,105 +9874,105 @@
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
           <t>6980Про внесення змін в рішення Червоноградської міської ради № 62 від 22.12.2020 «Про створення постійно діючої комісії для розгляду питань щодо відключення споживачів від систем централізованого опалення та постачання гарячої води»</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>65</v>
       </c>
       <c r="E63" t="s">
         <v>48</v>
       </c>
       <c r="F63">
         <v>21</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L63" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N63" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R63" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="S63" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T63" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W63" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y63" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z63" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB63" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>50</v>
       </c>
@@ -10016,105 +10016,105 @@
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
           <t>6981Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Шептицької міської ради  </t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>65</v>
       </c>
       <c r="E64" t="s">
         <v>48</v>
       </c>
       <c r="F64">
         <v>20</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L64" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N64" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R64" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="S64" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T64" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W64" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y64" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z64" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB64" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ64" t="s" s="5">
         <v>50</v>
       </c>
@@ -10161,102 +10161,102 @@
           <t>6982Про делегування повноважень щодо здійснення функцій замовника від  Комунальної установи «Спортивний комплекс» Шептицької міської ради </t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>65</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65">
         <v>21</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K65" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L65" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N65" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O65" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R65" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T65" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W65" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y65" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z65" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB65" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ65" t="s" s="5">
         <v>50</v>
       </c>
@@ -10306,99 +10306,99 @@
       <c r="D66" t="s">
         <v>65</v>
       </c>
       <c r="E66" t="s">
         <v>48</v>
       </c>
       <c r="F66">
         <v>22</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L66" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N66" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R66" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T66" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W66" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y66" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z66" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB66" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ66" t="s" s="5">
         <v>50</v>
       </c>
@@ -10448,99 +10448,99 @@
       <c r="D67" t="s">
         <v>65</v>
       </c>
       <c r="E67" t="s">
         <v>48</v>
       </c>
       <c r="F67">
         <v>23</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L67" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T67" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W67" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y67" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z67" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB67" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ67" t="s" s="5">
         <v>50</v>
       </c>
@@ -10584,105 +10584,105 @@
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
           <t>6985Про затвердження Програми заходів щодо приведення захисних споруд цивільного захисту (протирадіаційних укриттів) у готовність до укриття населення на на 2025 рік</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>47</v>
       </c>
       <c r="E68" t="s">
         <v>48</v>
       </c>
       <c r="F68">
         <v>22</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L68" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S68" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T68" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W68" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y68" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z68" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB68" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ68" t="s" s="5">
         <v>50</v>
       </c>
@@ -10724,105 +10724,105 @@
       <c r="B69" t="s">
         <v>164</v>
       </c>
       <c r="C69" t="s" s="4">
         <v>165</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>72</v>
       </c>
       <c r="F69">
         <v>18</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L69" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N69" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R69" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S69" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T69" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W69" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y69" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z69" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB69" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG69" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ69" t="s" s="5">
         <v>50</v>
       </c>
@@ -10864,105 +10864,105 @@
       <c r="B70" t="s">
         <v>166</v>
       </c>
       <c r="C70" t="s" s="4">
         <v>167</v>
       </c>
       <c r="D70" t="s">
         <v>53</v>
       </c>
       <c r="E70" t="s">
         <v>48</v>
       </c>
       <c r="F70">
         <v>20</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L70" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N70" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R70" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S70" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T70" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W70" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y70" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z70" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB70" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>50</v>
       </c>
@@ -11006,105 +11006,105 @@
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
           <t>6988Про затвердження Програми заходів щодо приведення захисних споруд цивільного захисту (протирадіаційних укриттів) у готовність до укриття населення на на 2025 рік</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>56</v>
       </c>
       <c r="E71" t="s">
         <v>48</v>
       </c>
       <c r="F71">
         <v>21</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L71" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N71" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R71" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S71" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T71" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W71" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y71" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z71" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB71" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ71" t="s" s="5">
         <v>50</v>
       </c>
@@ -11148,105 +11148,105 @@
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
           <t>6989Про  розроблення Комплексного плану просторового розвитку території територіальної громади з адміністративним центром в місті Шептицький (48А1)</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>65</v>
       </c>
       <c r="E72" t="s">
         <v>48</v>
       </c>
       <c r="F72">
         <v>23</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L72" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S72" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T72" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W72" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y72" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z72" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB72" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ72" t="s" s="5">
         <v>50</v>
       </c>
@@ -11290,105 +11290,105 @@
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>6990Про внесення змін в рішення Шептицької міської ради від 21.11.2024 № 3031 `Про перейменування виконавчих органів Шептицької міської ради, що не мають статусу юридичної особи, та затвердження Положень`</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>65</v>
       </c>
       <c r="E73" t="s">
         <v>48</v>
       </c>
       <c r="F73">
         <v>22</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L73" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S73" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T73" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W73" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y73" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB73" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ73" t="s" s="5">
         <v>50</v>
       </c>
@@ -11430,96 +11430,96 @@
       <c r="B74" t="s">
         <v>171</v>
       </c>
       <c r="C74" t="s" s="4">
         <v>172</v>
       </c>
       <c r="D74" t="s">
         <v>47</v>
       </c>
       <c r="E74" t="s">
         <v>48</v>
       </c>
       <c r="F74">
         <v>22</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L74" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S74" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T74" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V74" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W74" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X74" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y74" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG74" t="s" s="5">
         <v>49</v>
       </c>
@@ -11570,96 +11570,96 @@
       <c r="B75" t="s">
         <v>173</v>
       </c>
       <c r="C75" t="s" s="4">
         <v>174</v>
       </c>
       <c r="D75" t="s">
         <v>53</v>
       </c>
       <c r="E75" t="s">
         <v>48</v>
       </c>
       <c r="F75">
         <v>22</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L75" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S75" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T75" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V75" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W75" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X75" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y75" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG75" t="s" s="5">
         <v>49</v>
       </c>
@@ -11710,96 +11710,96 @@
       <c r="B76" t="s">
         <v>175</v>
       </c>
       <c r="C76" t="s" s="4">
         <v>176</v>
       </c>
       <c r="D76" t="s">
         <v>56</v>
       </c>
       <c r="E76" t="s">
         <v>48</v>
       </c>
       <c r="F76">
         <v>22</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L76" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S76" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T76" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V76" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W76" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X76" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y76" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG76" t="s" s="5">
         <v>49</v>
       </c>
@@ -11850,102 +11850,102 @@
       <c r="B77" t="s">
         <v>177</v>
       </c>
       <c r="C77" s="4">
         <v>6994</v>
       </c>
       <c r="D77" t="s">
         <v>47</v>
       </c>
       <c r="E77" t="s">
         <v>72</v>
       </c>
       <c r="F77">
         <v>18</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L77" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T77" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W77" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="X77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y77" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI77" t="s" s="5">
         <v>50</v>
       </c>
@@ -11990,105 +11990,105 @@
       <c r="B78" t="s">
         <v>178</v>
       </c>
       <c r="C78" s="4">
         <v>6995</v>
       </c>
       <c r="D78" t="s">
         <v>47</v>
       </c>
       <c r="E78" t="s">
         <v>72</v>
       </c>
       <c r="F78">
         <v>18</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L78" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R78" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S78" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T78" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U78" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W78" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y78" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB78" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ78" t="s" s="5">
         <v>50</v>
       </c>
@@ -12130,96 +12130,96 @@
       <c r="B79" t="s">
         <v>179</v>
       </c>
       <c r="C79" t="s" s="4">
         <v>180</v>
       </c>
       <c r="D79" t="s">
         <v>65</v>
       </c>
       <c r="E79" t="s">
         <v>48</v>
       </c>
       <c r="F79">
         <v>23</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L79" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S79" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T79" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W79" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y79" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG79" t="s" s="5">
         <v>49</v>
       </c>
@@ -12270,96 +12270,96 @@
       <c r="B80" t="s">
         <v>181</v>
       </c>
       <c r="C80" t="s" s="4">
         <v>182</v>
       </c>
       <c r="D80" t="s">
         <v>65</v>
       </c>
       <c r="E80" t="s">
         <v>48</v>
       </c>
       <c r="F80">
         <v>22</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L80" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S80" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T80" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W80" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y80" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG80" t="s" s="5">
         <v>49</v>
       </c>
@@ -12410,96 +12410,96 @@
       <c r="B81" t="s">
         <v>183</v>
       </c>
       <c r="C81" t="s" s="4">
         <v>184</v>
       </c>
       <c r="D81" t="s">
         <v>65</v>
       </c>
       <c r="E81" t="s">
         <v>48</v>
       </c>
       <c r="F81">
         <v>22</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L81" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S81" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T81" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W81" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y81" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG81" t="s" s="5">
         <v>49</v>
       </c>
@@ -12552,96 +12552,96 @@
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
           <t>6999Про розгляд клопотання громадян Кайгородової Степанії Володимирівни та Чмирука Ярослава Володимировича</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>65</v>
       </c>
       <c r="E82" t="s">
         <v>48</v>
       </c>
       <c r="F82">
         <v>22</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L82" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S82" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T82" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W82" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y82" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE82" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG82" t="s" s="5">
         <v>49</v>
       </c>
@@ -12692,96 +12692,96 @@
       <c r="B83" t="s">
         <v>186</v>
       </c>
       <c r="C83" t="s" s="4">
         <v>187</v>
       </c>
       <c r="D83" t="s">
         <v>65</v>
       </c>
       <c r="E83" t="s">
         <v>48</v>
       </c>
       <c r="F83">
         <v>23</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L83" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S83" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T83" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W83" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y83" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE83" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG83" t="s" s="5">
         <v>49</v>
       </c>
@@ -12832,96 +12832,96 @@
       <c r="B84" t="s">
         <v>188</v>
       </c>
       <c r="C84" t="s" s="4">
         <v>189</v>
       </c>
       <c r="D84" t="s">
         <v>65</v>
       </c>
       <c r="E84" t="s">
         <v>48</v>
       </c>
       <c r="F84">
         <v>20</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L84" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N84" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q84" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R84" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S84" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T84" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U84" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W84" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y84" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG84" t="s" s="5">
         <v>49</v>
       </c>
@@ -12972,96 +12972,96 @@
       <c r="B85" t="s">
         <v>190</v>
       </c>
       <c r="C85" t="s" s="4">
         <v>191</v>
       </c>
       <c r="D85" t="s">
         <v>65</v>
       </c>
       <c r="E85" t="s">
         <v>48</v>
       </c>
       <c r="F85">
         <v>22</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L85" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q85" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S85" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T85" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U85" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W85" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y85" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE85" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG85" t="s" s="5">
         <v>49</v>
       </c>
@@ -13109,99 +13109,99 @@
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>192</v>
       </c>
       <c r="C86" t="s" s="4">
         <v>193</v>
       </c>
       <c r="D86" t="s">
         <v>47</v>
       </c>
       <c r="E86" t="s">
         <v>72</v>
       </c>
       <c r="F86">
         <v>17</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L86" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T86" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W86" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y86" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG86" t="s" s="5">
         <v>49</v>
       </c>
@@ -13252,96 +13252,96 @@
       <c r="B87" t="s">
         <v>194</v>
       </c>
       <c r="C87" t="s" s="4">
         <v>195</v>
       </c>
       <c r="D87" t="s">
         <v>47</v>
       </c>
       <c r="E87" t="s">
         <v>48</v>
       </c>
       <c r="F87">
         <v>20</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K87" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L87" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O87" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q87" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S87" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T87" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U87" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W87" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y87" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG87" t="s" s="5">
         <v>49</v>
       </c>
@@ -13392,96 +13392,96 @@
       <c r="B88" t="s">
         <v>196</v>
       </c>
       <c r="C88" t="s" s="4">
         <v>197</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
         <v>48</v>
       </c>
       <c r="F88">
         <v>21</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L88" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q88" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S88" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T88" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U88" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W88" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y88" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE88" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG88" t="s" s="5">
         <v>49</v>
       </c>
@@ -13532,96 +13532,96 @@
       <c r="B89" t="s">
         <v>198</v>
       </c>
       <c r="C89" t="s" s="4">
         <v>199</v>
       </c>
       <c r="D89" t="s">
         <v>56</v>
       </c>
       <c r="E89" t="s">
         <v>48</v>
       </c>
       <c r="F89">
         <v>21</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K89" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L89" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O89" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q89" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S89" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T89" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U89" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W89" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y89" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG89" t="s" s="5">
         <v>49</v>
       </c>
@@ -13672,96 +13672,96 @@
       <c r="B90" t="s">
         <v>200</v>
       </c>
       <c r="C90" t="s" s="4">
         <v>201</v>
       </c>
       <c r="D90" t="s">
         <v>65</v>
       </c>
       <c r="E90" t="s">
         <v>48</v>
       </c>
       <c r="F90">
         <v>22</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L90" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q90" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S90" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T90" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U90" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W90" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y90" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG90" t="s" s="5">
         <v>49</v>
       </c>
@@ -13812,96 +13812,96 @@
       <c r="B91" t="s">
         <v>202</v>
       </c>
       <c r="C91" t="s" s="4">
         <v>203</v>
       </c>
       <c r="D91" t="s">
         <v>65</v>
       </c>
       <c r="E91" t="s">
         <v>48</v>
       </c>
       <c r="F91">
         <v>22</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L91" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q91" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S91" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T91" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U91" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W91" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y91" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG91" t="s" s="5">
         <v>49</v>
       </c>
@@ -13952,96 +13952,96 @@
       <c r="B92" t="s">
         <v>204</v>
       </c>
       <c r="C92" t="s" s="4">
         <v>205</v>
       </c>
       <c r="D92" t="s">
         <v>65</v>
       </c>
       <c r="E92" t="s">
         <v>48</v>
       </c>
       <c r="F92">
         <v>22</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L92" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q92" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S92" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T92" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U92" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W92" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y92" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG92" t="s" s="5">
         <v>49</v>
       </c>
@@ -14092,96 +14092,96 @@
       <c r="B93" t="s">
         <v>206</v>
       </c>
       <c r="C93" t="s" s="4">
         <v>207</v>
       </c>
       <c r="D93" t="s">
         <v>65</v>
       </c>
       <c r="E93" t="s">
         <v>48</v>
       </c>
       <c r="F93">
         <v>22</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L93" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M93" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S93" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T93" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U93" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W93" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y93" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG93" t="s" s="5">
         <v>49</v>
       </c>
@@ -14234,102 +14234,102 @@
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
           <t>7011Про розгляд клопотання громадянки Лилик Ганни  Федорівни про припинення права оренди земельної ділянки</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>65</v>
       </c>
       <c r="E94" t="s">
         <v>48</v>
       </c>
       <c r="F94">
         <v>22</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J94" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L94" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q94" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S94" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T94" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U94" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W94" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y94" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA94" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI94" t="s" s="5">
         <v>50</v>
       </c>
@@ -14371,111 +14371,111 @@
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>209</v>
       </c>
       <c r="C95" t="s" s="4">
         <v>210</v>
       </c>
       <c r="D95" t="s">
         <v>65</v>
       </c>
       <c r="E95" t="s">
         <v>48</v>
       </c>
       <c r="F95">
         <v>20</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J95" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L95" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q95" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S95" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T95" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U95" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W95" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y95" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA95" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC95" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK95" t="s" s="5">
         <v>49</v>
       </c>
@@ -14511,111 +14511,111 @@
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>211</v>
       </c>
       <c r="C96" t="s" s="4">
         <v>212</v>
       </c>
       <c r="D96" t="s">
         <v>65</v>
       </c>
       <c r="E96" t="s">
         <v>48</v>
       </c>
       <c r="F96">
         <v>22</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J96" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L96" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q96" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S96" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T96" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U96" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W96" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y96" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC96" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK96" t="s" s="5">
         <v>49</v>
       </c>
@@ -14651,111 +14651,111 @@
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>213</v>
       </c>
       <c r="C97" t="s" s="4">
         <v>214</v>
       </c>
       <c r="D97" t="s">
         <v>65</v>
       </c>
       <c r="E97" t="s">
         <v>48</v>
       </c>
       <c r="F97">
         <v>22</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J97" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L97" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q97" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S97" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T97" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U97" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W97" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y97" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC97" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK97" t="s" s="5">
         <v>49</v>
       </c>
@@ -14791,111 +14791,111 @@
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>215</v>
       </c>
       <c r="C98" t="s" s="4">
         <v>216</v>
       </c>
       <c r="D98" t="s">
         <v>65</v>
       </c>
       <c r="E98" t="s">
         <v>48</v>
       </c>
       <c r="F98">
         <v>21</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J98" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L98" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N98" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q98" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R98" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S98" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T98" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U98" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W98" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y98" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC98" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK98" t="s" s="5">
         <v>49</v>
       </c>
@@ -14931,111 +14931,111 @@
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>217</v>
       </c>
       <c r="C99" t="s" s="4">
         <v>218</v>
       </c>
       <c r="D99" t="s">
         <v>65</v>
       </c>
       <c r="E99" t="s">
         <v>48</v>
       </c>
       <c r="F99">
         <v>22</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J99" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L99" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q99" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S99" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T99" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U99" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W99" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y99" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC99" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK99" t="s" s="5">
         <v>49</v>
       </c>
@@ -15074,96 +15074,96 @@
       <c r="B100" t="s">
         <v>219</v>
       </c>
       <c r="C100" t="s" s="4">
         <v>220</v>
       </c>
       <c r="D100" t="s">
         <v>65</v>
       </c>
       <c r="E100" t="s">
         <v>48</v>
       </c>
       <c r="F100">
         <v>23</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J100" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L100" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q100" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S100" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T100" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U100" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W100" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y100" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG100" t="s" s="5">
         <v>49</v>
       </c>
@@ -15220,90 +15220,90 @@
       <c r="D101" t="s">
         <v>65</v>
       </c>
       <c r="E101" t="s">
         <v>48</v>
       </c>
       <c r="F101">
         <v>24</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L101" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q101" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T101" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U101" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W101" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y101" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG101" t="s" s="5">
         <v>49</v>
       </c>
@@ -15357,102 +15357,102 @@
       <c r="C102" t="s" s="4">
         <v>224</v>
       </c>
       <c r="D102" t="s">
         <v>65</v>
       </c>
       <c r="E102" t="s">
         <v>48</v>
       </c>
       <c r="F102">
         <v>21</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K102" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L102" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O102" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q102" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T102" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U102" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W102" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y102" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z102" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB102" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ102" t="s" s="5">
         <v>50</v>
       </c>
@@ -15497,102 +15497,102 @@
       <c r="C103" t="s" s="4">
         <v>226</v>
       </c>
       <c r="D103" t="s">
         <v>65</v>
       </c>
       <c r="E103" t="s">
         <v>48</v>
       </c>
       <c r="F103">
         <v>20</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K103" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L103" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N103" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O103" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q103" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R103" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T103" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U103" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W103" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y103" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z103" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB103" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH103" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ103" t="s" s="5">
         <v>50</v>
       </c>
@@ -15637,93 +15637,93 @@
       <c r="C104" t="s" s="4">
         <v>228</v>
       </c>
       <c r="D104" t="s">
         <v>65</v>
       </c>
       <c r="E104" t="s">
         <v>48</v>
       </c>
       <c r="F104">
         <v>23</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K104" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L104" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O104" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q104" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T104" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U104" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W104" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y104" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG104" t="s" s="5">
         <v>49</v>
       </c>
@@ -15780,90 +15780,90 @@
       <c r="D105" t="s">
         <v>65</v>
       </c>
       <c r="E105" t="s">
         <v>48</v>
       </c>
       <c r="F105">
         <v>23</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L105" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N105" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q105" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R105" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T105" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U105" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W105" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y105" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG105" t="s" s="5">
         <v>49</v>
       </c>
@@ -15920,90 +15920,90 @@
       <c r="D106" t="s">
         <v>65</v>
       </c>
       <c r="E106" t="s">
         <v>48</v>
       </c>
       <c r="F106">
         <v>23</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L106" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M106" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q106" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T106" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U106" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W106" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y106" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG106" t="s" s="5">
         <v>49</v>
       </c>
@@ -16060,99 +16060,99 @@
       <c r="D107" t="s">
         <v>65</v>
       </c>
       <c r="E107" t="s">
         <v>48</v>
       </c>
       <c r="F107">
         <v>23</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L107" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q107" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T107" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U107" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W107" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y107" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z107" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB107" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ107" t="s" s="5">
         <v>50</v>
       </c>
@@ -16199,93 +16199,93 @@
           <t>7025Про розгляд клопотання громадян Булаха Іллі Руслановича, Булах Наталії Анатоліївни, Булаха Миколи Павловича, Чепурко Лоліти Русланівни</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>65</v>
       </c>
       <c r="E108" t="s">
         <v>48</v>
       </c>
       <c r="F108">
         <v>23</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K108" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L108" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O108" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q108" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T108" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U108" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W108" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y108" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG108" t="s" s="5">
         <v>49</v>
       </c>
@@ -16339,93 +16339,93 @@
       <c r="C109" t="s" s="4">
         <v>237</v>
       </c>
       <c r="D109" t="s">
         <v>65</v>
       </c>
       <c r="E109" t="s">
         <v>48</v>
       </c>
       <c r="F109">
         <v>23</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K109" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L109" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q109" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T109" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U109" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W109" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y109" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG109" t="s" s="5">
         <v>49</v>
       </c>
@@ -16482,90 +16482,90 @@
       <c r="D110" t="s">
         <v>65</v>
       </c>
       <c r="E110" t="s">
         <v>48</v>
       </c>
       <c r="F110">
         <v>25</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
         <v>0</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L110" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T110" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W110" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y110" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG110" t="s" s="5">
         <v>49</v>
       </c>
@@ -16622,90 +16622,90 @@
       <c r="D111" t="s">
         <v>65</v>
       </c>
       <c r="E111" t="s">
         <v>48</v>
       </c>
       <c r="F111">
         <v>23</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L111" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O111" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T111" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W111" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y111" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG111" t="s" s="5">
         <v>49</v>
       </c>
@@ -16764,90 +16764,90 @@
       <c r="D112" t="s">
         <v>65</v>
       </c>
       <c r="E112" t="s">
         <v>72</v>
       </c>
       <c r="F112">
         <v>18</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>0</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L112" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M112" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O112" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T112" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U112" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W112" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y112" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG112" t="s" s="5">
         <v>54</v>
       </c>
@@ -16906,90 +16906,90 @@
       <c r="D113" t="s">
         <v>65</v>
       </c>
       <c r="E113" t="s">
         <v>72</v>
       </c>
       <c r="F113">
         <v>18</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L113" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M113" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O113" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T113" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U113" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W113" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y113" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG113" t="s" s="5">
         <v>54</v>
       </c>
@@ -17045,93 +17045,93 @@
           <t>7031Про розгляд клопотанняТовариства з обмеженоювідповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права орендиземельної ділянки</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>65</v>
       </c>
       <c r="E114" t="s">
         <v>72</v>
       </c>
       <c r="F114">
         <v>19</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
         <v>0</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K114" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L114" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M114" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O114" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q114" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T114" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U114" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W114" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y114" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG114" t="s" s="5">
         <v>54</v>
       </c>
@@ -17190,99 +17190,99 @@
       <c r="D115" t="s">
         <v>65</v>
       </c>
       <c r="E115" t="s">
         <v>72</v>
       </c>
       <c r="F115">
         <v>16</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115">
         <v>0</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L115" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M115" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O115" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q115" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T115" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W115" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y115" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z115" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA115" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB115" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ115" t="s" s="5">
         <v>50</v>
       </c>
@@ -17332,90 +17332,90 @@
       <c r="D116" t="s">
         <v>65</v>
       </c>
       <c r="E116" t="s">
         <v>48</v>
       </c>
       <c r="F116">
         <v>25</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116">
         <v>0</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L116" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T116" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W116" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y116" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG116" t="s" s="5">
         <v>49</v>
       </c>
@@ -17474,90 +17474,90 @@
       <c r="D117" t="s">
         <v>65</v>
       </c>
       <c r="E117" t="s">
         <v>48</v>
       </c>
       <c r="F117">
         <v>23</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
         <v>0</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L117" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M117" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q117" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T117" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W117" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y117" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE117" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG117" t="s" s="5">
         <v>49</v>
       </c>
@@ -17614,90 +17614,90 @@
       <c r="D118" t="s">
         <v>47</v>
       </c>
       <c r="E118" t="s">
         <v>48</v>
       </c>
       <c r="F118">
         <v>24</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L118" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M118" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q118" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T118" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W118" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y118" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG118" t="s" s="5">
         <v>49</v>
       </c>
@@ -17754,99 +17754,99 @@
       <c r="D119" t="s">
         <v>53</v>
       </c>
       <c r="E119" t="s">
         <v>48</v>
       </c>
       <c r="F119">
         <v>23</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L119" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T119" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W119" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y119" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z119" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB119" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ119" t="s" s="5">
         <v>50</v>
       </c>
@@ -17894,90 +17894,90 @@
       <c r="D120" t="s">
         <v>56</v>
       </c>
       <c r="E120" t="s">
         <v>48</v>
       </c>
       <c r="F120">
         <v>24</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120">
         <v>0</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L120" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T120" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W120" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y120" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG120" t="s" s="5">
         <v>49</v>
       </c>
@@ -18031,93 +18031,93 @@
       <c r="C121" t="s" s="4">
         <v>255</v>
       </c>
       <c r="D121" t="s">
         <v>65</v>
       </c>
       <c r="E121" t="s">
         <v>48</v>
       </c>
       <c r="F121">
         <v>24</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K121" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L121" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O121" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T121" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W121" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y121" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG121" t="s" s="5">
         <v>49</v>
       </c>
@@ -18171,93 +18171,93 @@
       <c r="C122" t="s" s="4">
         <v>257</v>
       </c>
       <c r="D122" t="s">
         <v>65</v>
       </c>
       <c r="E122" t="s">
         <v>48</v>
       </c>
       <c r="F122">
         <v>24</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
         <v>0</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K122" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L122" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O122" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T122" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W122" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y122" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG122" t="s" s="5">
         <v>49</v>
       </c>
@@ -18314,90 +18314,90 @@
       <c r="D123" t="s">
         <v>65</v>
       </c>
       <c r="E123" t="s">
         <v>48</v>
       </c>
       <c r="F123">
         <v>25</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>0</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L123" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T123" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W123" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y123" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG123" t="s" s="5">
         <v>49</v>
       </c>
@@ -18451,93 +18451,93 @@
       <c r="C124" t="s" s="4">
         <v>261</v>
       </c>
       <c r="D124" t="s">
         <v>65</v>
       </c>
       <c r="E124" t="s">
         <v>48</v>
       </c>
       <c r="F124">
         <v>24</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124">
         <v>0</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K124" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L124" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O124" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T124" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W124" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y124" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG124" t="s" s="5">
         <v>49</v>
       </c>
@@ -18588,96 +18588,96 @@
       <c r="B125" t="s">
         <v>262</v>
       </c>
       <c r="C125" t="s" s="4">
         <v>263</v>
       </c>
       <c r="D125" t="s">
         <v>65</v>
       </c>
       <c r="E125" t="s">
         <v>48</v>
       </c>
       <c r="F125">
         <v>20</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
         <v>0</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J125" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L125" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N125" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O125" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R125" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S125" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T125" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W125" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y125" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG125" t="s" s="5">
         <v>54</v>
       </c>
@@ -18734,99 +18734,99 @@
       <c r="D126" t="s">
         <v>65</v>
       </c>
       <c r="E126" t="s">
         <v>48</v>
       </c>
       <c r="F126">
         <v>24</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126">
         <v>0</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L126" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T126" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W126" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y126" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z126" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB126" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ126" t="s" s="5">
         <v>50</v>
       </c>
@@ -18874,90 +18874,90 @@
       <c r="D127" t="s">
         <v>65</v>
       </c>
       <c r="E127" t="s">
         <v>48</v>
       </c>
       <c r="F127">
         <v>25</v>
       </c>
       <c r="G127">
         <v>0</v>
       </c>
       <c r="H127">
         <v>0</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L127" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T127" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W127" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y127" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG127" t="s" s="5">
         <v>49</v>
       </c>
@@ -19016,90 +19016,90 @@
       <c r="D128" t="s">
         <v>65</v>
       </c>
       <c r="E128" t="s">
         <v>48</v>
       </c>
       <c r="F128">
         <v>25</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128">
         <v>0</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L128" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T128" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W128" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y128" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG128" t="s" s="5">
         <v>49</v>
       </c>
@@ -19153,93 +19153,93 @@
       <c r="C129" t="s" s="4">
         <v>270</v>
       </c>
       <c r="D129" t="s">
         <v>65</v>
       </c>
       <c r="E129" t="s">
         <v>48</v>
       </c>
       <c r="F129">
         <v>23</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129">
         <v>0</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K129" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L129" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O129" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S129" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T129" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W129" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y129" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG129" t="s" s="5">
         <v>49</v>
       </c>
@@ -19296,90 +19296,90 @@
       <c r="D130" t="s">
         <v>65</v>
       </c>
       <c r="E130" t="s">
         <v>48</v>
       </c>
       <c r="F130">
         <v>24</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
         <v>0</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L130" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T130" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V130" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W130" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X130" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y130" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG130" t="s" s="5">
         <v>49</v>
       </c>
@@ -19436,90 +19436,90 @@
       <c r="D131" t="s">
         <v>65</v>
       </c>
       <c r="E131" t="s">
         <v>48</v>
       </c>
       <c r="F131">
         <v>24</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L131" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T131" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V131" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W131" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X131" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y131" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG131" t="s" s="5">
         <v>49</v>
       </c>
@@ -19567,111 +19567,111 @@
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>275</v>
       </c>
       <c r="C132" t="s" s="4">
         <v>276</v>
       </c>
       <c r="D132" t="s">
         <v>47</v>
       </c>
       <c r="E132" t="s">
         <v>48</v>
       </c>
       <c r="F132">
         <v>22</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132">
         <v>0</v>
       </c>
       <c r="I132" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L132" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N132" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R132" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T132" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W132" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y132" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC132" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH132" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK132" t="s" s="5">
         <v>49</v>
       </c>
@@ -19707,111 +19707,111 @@
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
         <v>277</v>
       </c>
       <c r="C133" t="s" s="4">
         <v>278</v>
       </c>
       <c r="D133" t="s">
         <v>53</v>
       </c>
       <c r="E133" t="s">
         <v>72</v>
       </c>
       <c r="F133">
         <v>19</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
         <v>0</v>
       </c>
       <c r="I133" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K133" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L133" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N133" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O133" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R133" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T133" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W133" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y133" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z133" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB133" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC133" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK133" t="s" s="5">
         <v>49</v>
       </c>
@@ -19847,111 +19847,111 @@
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>279</v>
       </c>
       <c r="C134" t="s" s="4">
         <v>280</v>
       </c>
       <c r="D134" t="s">
         <v>53</v>
       </c>
       <c r="E134" t="s">
         <v>48</v>
       </c>
       <c r="F134">
         <v>21</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
         <v>0</v>
       </c>
       <c r="I134" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L134" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T134" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W134" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y134" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z134" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB134" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC134" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH134" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK134" t="s" s="5">
         <v>49</v>
       </c>
@@ -19987,111 +19987,111 @@
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
         <v>281</v>
       </c>
       <c r="C135" t="s" s="4">
         <v>282</v>
       </c>
       <c r="D135" t="s">
         <v>56</v>
       </c>
       <c r="E135" t="s">
         <v>48</v>
       </c>
       <c r="F135">
         <v>22</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135">
         <v>0</v>
       </c>
       <c r="I135" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L135" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T135" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W135" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y135" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z135" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB135" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC135" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH135" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK135" t="s" s="5">
         <v>49</v>
       </c>
@@ -20129,111 +20129,111 @@
       </c>
       <c r="B136" t="s">
         <v>283</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
           <t>7054Про розгляд клопотання фізичної особи – підприємця Лукашик Надії Михайлівни та приватного підприємства «Лайма»</t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>65</v>
       </c>
       <c r="E136" t="s">
         <v>48</v>
       </c>
       <c r="F136">
         <v>22</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
         <v>0</v>
       </c>
       <c r="I136" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L136" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T136" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W136" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y136" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z136" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB136" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC136" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE136" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK136" t="s" s="5">
         <v>49</v>
       </c>
@@ -20269,111 +20269,111 @@
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>284</v>
       </c>
       <c r="C137" t="s" s="4">
         <v>285</v>
       </c>
       <c r="D137" t="s">
         <v>65</v>
       </c>
       <c r="E137" t="s">
         <v>72</v>
       </c>
       <c r="F137">
         <v>19</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137">
         <v>0</v>
       </c>
       <c r="I137" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J137" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L137" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M137" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q137" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S137" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="T137" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W137" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y137" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z137" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB137" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC137" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE137" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH137" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK137" t="s" s="5">
         <v>49</v>
       </c>
@@ -20409,111 +20409,111 @@
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>286</v>
       </c>
       <c r="C138" t="s" s="4">
         <v>287</v>
       </c>
       <c r="D138" t="s">
         <v>65</v>
       </c>
       <c r="E138" t="s">
         <v>48</v>
       </c>
       <c r="F138">
         <v>20</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138">
         <v>0</v>
       </c>
       <c r="I138" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J138" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L138" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M138" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q138" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S138" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="T138" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W138" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y138" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z138" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB138" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC138" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE138" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK138" t="s" s="5">
         <v>49</v>
       </c>
@@ -20551,111 +20551,111 @@
       </c>
       <c r="B139" t="s">
         <v>288</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
           <t>7057​​​​​​​ Про розгляд клопотання громадян Токай Оксани Аркадіївни та Драган Наталії Йосипівни</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>65</v>
       </c>
       <c r="E139" t="s">
         <v>72</v>
       </c>
       <c r="F139">
         <v>18</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139">
         <v>0</v>
       </c>
       <c r="I139" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L139" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M139" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q139" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T139" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W139" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y139" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z139" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA139" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AB139" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC139" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE139" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH139" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK139" t="s" s="5">
         <v>49</v>
       </c>
@@ -20693,111 +20693,111 @@
       </c>
       <c r="B140" t="s">
         <v>289</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
           <t>7058​​​​​​​ Про розгляд клопотання громадян Токай Оксани Аркадіївни та Драган Наталії Йосипівни</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>65</v>
       </c>
       <c r="E140" t="s">
         <v>48</v>
       </c>
       <c r="F140">
         <v>21</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140">
         <v>0</v>
       </c>
       <c r="I140" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L140" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M140" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q140" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T140" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W140" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y140" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z140" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB140" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC140" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE140" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK140" t="s" s="5">
         <v>49</v>
       </c>
@@ -20833,111 +20833,111 @@
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>290</v>
       </c>
       <c r="C141" t="s" s="4">
         <v>291</v>
       </c>
       <c r="D141" t="s">
         <v>65</v>
       </c>
       <c r="E141" t="s">
         <v>48</v>
       </c>
       <c r="F141">
         <v>21</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L141" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M141" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q141" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T141" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W141" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y141" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z141" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB141" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC141" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE141" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK141" t="s" s="5">
         <v>49</v>
       </c>
@@ -20973,111 +20973,111 @@
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>292</v>
       </c>
       <c r="C142" t="s" s="4">
         <v>293</v>
       </c>
       <c r="D142" t="s">
         <v>65</v>
       </c>
       <c r="E142" t="s">
         <v>72</v>
       </c>
       <c r="F142">
         <v>14</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142">
         <v>0</v>
       </c>
       <c r="I142" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J142" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L142" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M142" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O142" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q142" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S142" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T142" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W142" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X142" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y142" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Z142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB142" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC142" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="AD142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK142" t="s" s="5">
         <v>49</v>
       </c>
@@ -21113,111 +21113,111 @@
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>294</v>
       </c>
       <c r="C143" t="s" s="4">
         <v>295</v>
       </c>
       <c r="D143" t="s">
         <v>65</v>
       </c>
       <c r="E143" t="s">
         <v>48</v>
       </c>
       <c r="F143">
         <v>22</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
         <v>0</v>
       </c>
       <c r="I143" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L143" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T143" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W143" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y143" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z143" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB143" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC143" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE143" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK143" t="s" s="5">
         <v>49</v>
       </c>
@@ -21255,111 +21255,111 @@
       </c>
       <c r="B144" t="s">
         <v>296</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
           <t>7062Про розгляд клопотання громадянина Олійчука Андрія Володимировича для будівництва індивідуального гаража</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>65</v>
       </c>
       <c r="E144" t="s">
         <v>48</v>
       </c>
       <c r="F144">
         <v>22</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144">
         <v>0</v>
       </c>
       <c r="I144" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L144" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T144" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W144" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y144" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z144" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB144" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC144" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE144" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK144" t="s" s="5">
         <v>49</v>
       </c>
@@ -21397,111 +21397,111 @@
       </c>
       <c r="B145" t="s">
         <v>297</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
           <t>7063Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:009:0117</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>65</v>
       </c>
       <c r="E145" t="s">
         <v>48</v>
       </c>
       <c r="F145">
         <v>23</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145">
         <v>0</v>
       </c>
       <c r="I145" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L145" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T145" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W145" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y145" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC145" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE145" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK145" t="s" s="5">
         <v>49</v>
       </c>
@@ -21539,111 +21539,111 @@
       </c>
       <c r="B146" t="s">
         <v>298</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
           <t>7064Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:020:0005</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>47</v>
       </c>
       <c r="E146" t="s">
         <v>48</v>
       </c>
       <c r="F146">
         <v>23</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146">
         <v>0</v>
       </c>
       <c r="I146" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L146" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T146" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W146" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y146" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC146" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE146" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK146" t="s" s="5">
         <v>49</v>
       </c>
@@ -21679,111 +21679,111 @@
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>299</v>
       </c>
       <c r="C147" t="s" s="4">
         <v>300</v>
       </c>
       <c r="D147" t="s">
         <v>53</v>
       </c>
       <c r="E147" t="s">
         <v>48</v>
       </c>
       <c r="F147">
         <v>22</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147">
         <v>0</v>
       </c>
       <c r="I147" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K147" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L147" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M147" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O147" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q147" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T147" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W147" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y147" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC147" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK147" t="s" s="5">
         <v>49</v>
       </c>
@@ -21821,111 +21821,111 @@
       </c>
       <c r="B148" t="s">
         <v>301</v>
       </c>
       <c r="C148" t="inlineStr" s="4">
         <is>
           <t>7066Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:020:0005</t>
         </is>
       </c>
       <c r="D148" t="s">
         <v>56</v>
       </c>
       <c r="E148" t="s">
         <v>48</v>
       </c>
       <c r="F148">
         <v>21</v>
       </c>
       <c r="G148">
         <v>0</v>
       </c>
       <c r="H148">
         <v>0</v>
       </c>
       <c r="I148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L148" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="N148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="R148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB148" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK148" t="s" s="5">
         <v>49</v>
       </c>
@@ -21961,111 +21961,111 @@
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>302</v>
       </c>
       <c r="C149" t="s" s="4">
         <v>303</v>
       </c>
       <c r="D149" t="s">
         <v>47</v>
       </c>
       <c r="E149" t="s">
         <v>48</v>
       </c>
       <c r="F149">
         <v>21</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149">
         <v>0</v>
       </c>
       <c r="I149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L149" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="N149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="R149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB149" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK149" t="s" s="5">
         <v>49</v>
       </c>
@@ -22101,111 +22101,111 @@
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>304</v>
       </c>
       <c r="C150" t="s" s="4">
         <v>305</v>
       </c>
       <c r="D150" t="s">
         <v>53</v>
       </c>
       <c r="E150" t="s">
         <v>48</v>
       </c>
       <c r="F150">
         <v>21</v>
       </c>
       <c r="G150">
         <v>0</v>
       </c>
       <c r="H150">
         <v>0</v>
       </c>
       <c r="I150" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L150" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M150" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q150" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T150" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W150" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y150" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB150" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC150" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH150" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK150" t="s" s="5">
         <v>49</v>
       </c>
@@ -22241,111 +22241,111 @@
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
         <v>306</v>
       </c>
       <c r="C151" t="s" s="4">
         <v>307</v>
       </c>
       <c r="D151" t="s">
         <v>56</v>
       </c>
       <c r="E151" t="s">
         <v>48</v>
       </c>
       <c r="F151">
         <v>22</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151">
         <v>0</v>
       </c>
       <c r="I151" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L151" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T151" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W151" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y151" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB151" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC151" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH151" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK151" t="s" s="5">
         <v>49</v>
       </c>
@@ -22383,111 +22383,111 @@
       </c>
       <c r="B152" t="s">
         <v>308</v>
       </c>
       <c r="C152" t="inlineStr" s="4">
         <is>
           <t>7070Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Шептицької міської ради, (за межами с. Волсвин), кадастровий номер земельної ділянки 4624881300:07:000:0060</t>
         </is>
       </c>
       <c r="D152" t="s">
         <v>65</v>
       </c>
       <c r="E152" t="s">
         <v>48</v>
       </c>
       <c r="F152">
         <v>21</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152">
         <v>0</v>
       </c>
       <c r="I152" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L152" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N152" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R152" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T152" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W152" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y152" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z152" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB152" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC152" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE152" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK152" t="s" s="5">
         <v>49</v>
       </c>
@@ -22525,111 +22525,111 @@
       </c>
       <c r="B153" t="s">
         <v>309</v>
       </c>
       <c r="C153" t="inlineStr" s="4">
         <is>
           <t>7071Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Шептицької міської ради, (за межами с. Волсвин), кадастровий номер земельної ділянки 4624881300:07:000:0061</t>
         </is>
       </c>
       <c r="D153" t="s">
         <v>65</v>
       </c>
       <c r="E153" t="s">
         <v>48</v>
       </c>
       <c r="F153">
         <v>22</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153">
         <v>0</v>
       </c>
       <c r="I153" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J153" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L153" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S153" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T153" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W153" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y153" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z153" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB153" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC153" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK153" t="s" s="5">
         <v>49</v>
       </c>
@@ -22667,111 +22667,111 @@
       </c>
       <c r="B154" t="s">
         <v>310</v>
       </c>
       <c r="C154" t="inlineStr" s="4">
         <is>
           <t>7072Про розірвання договору оренди земельної ділянки на вулиці Сокальська, 40 «б» в м. Шептицький</t>
         </is>
       </c>
       <c r="D154" t="s">
         <v>65</v>
       </c>
       <c r="E154" t="s">
         <v>48</v>
       </c>
       <c r="F154">
         <v>24</v>
       </c>
       <c r="G154">
         <v>0</v>
       </c>
       <c r="H154">
         <v>0</v>
       </c>
       <c r="I154" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L154" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T154" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W154" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y154" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC154" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK154" t="s" s="5">
         <v>49</v>
       </c>
@@ -22809,111 +22809,111 @@
       </c>
       <c r="B155" t="s">
         <v>311</v>
       </c>
       <c r="C155" t="inlineStr" s="4">
         <is>
           <t>7074Про розгляд клопотання Благодійної організації «Благодійний фонд «Шаріти-Червоноград»</t>
         </is>
       </c>
       <c r="D155" t="s">
         <v>65</v>
       </c>
       <c r="E155" t="s">
         <v>48</v>
       </c>
       <c r="F155">
         <v>21</v>
       </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155">
         <v>0</v>
       </c>
       <c r="I155" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L155" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T155" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W155" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y155" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z155" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB155" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC155" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH155" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK155" t="s" s="5">
         <v>49</v>
       </c>
@@ -22949,111 +22949,111 @@
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
         <v>312</v>
       </c>
       <c r="C156" t="s" s="4">
         <v>313</v>
       </c>
       <c r="D156" t="s">
         <v>47</v>
       </c>
       <c r="E156" t="s">
         <v>48</v>
       </c>
       <c r="F156">
         <v>23</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156">
         <v>0</v>
       </c>
       <c r="I156" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L156" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T156" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W156" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y156" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC156" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK156" t="s" s="5">
         <v>49</v>
       </c>
@@ -23089,111 +23089,111 @@
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
         <v>314</v>
       </c>
       <c r="C157" t="s" s="4">
         <v>315</v>
       </c>
       <c r="D157" t="s">
         <v>53</v>
       </c>
       <c r="E157" t="s">
         <v>48</v>
       </c>
       <c r="F157">
         <v>22</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157">
         <v>0</v>
       </c>
       <c r="I157" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L157" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N157" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R157" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T157" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W157" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y157" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC157" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK157" t="s" s="5">
         <v>49</v>
       </c>
@@ -23229,111 +23229,111 @@
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" t="s" s="4">
         <v>317</v>
       </c>
       <c r="D158" t="s">
         <v>56</v>
       </c>
       <c r="E158" t="s">
         <v>48</v>
       </c>
       <c r="F158">
         <v>22</v>
       </c>
       <c r="G158">
         <v>0</v>
       </c>
       <c r="H158">
         <v>0</v>
       </c>
       <c r="I158" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L158" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N158" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R158" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T158" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W158" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y158" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC158" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK158" t="s" s="5">
         <v>49</v>
       </c>
@@ -23371,111 +23371,111 @@
       </c>
       <c r="B159" t="s">
         <v>318</v>
       </c>
       <c r="C159" t="inlineStr" s="4">
         <is>
           <t>7078Про розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради (за межами населеного пункту села Сілець), навпроти дороги Р-15</t>
         </is>
       </c>
       <c r="D159" t="s">
         <v>65</v>
       </c>
       <c r="E159" t="s">
         <v>48</v>
       </c>
       <c r="F159">
         <v>21</v>
       </c>
       <c r="G159">
         <v>0</v>
       </c>
       <c r="H159">
         <v>0</v>
       </c>
       <c r="I159" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L159" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N159" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R159" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T159" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W159" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y159" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC159" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH159" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK159" t="s" s="5">
         <v>49</v>
       </c>
@@ -23513,111 +23513,111 @@
       </c>
       <c r="B160" t="s">
         <v>319</v>
       </c>
       <c r="C160" t="inlineStr" s="4">
         <is>
           <t>7079Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на проспекті Шевченка, 5 «б»-3, кадастровий номер земельної ділянки 4611800000:02:009:0017</t>
         </is>
       </c>
       <c r="D160" t="s">
         <v>65</v>
       </c>
       <c r="E160" t="s">
         <v>48</v>
       </c>
       <c r="F160">
         <v>23</v>
       </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160">
         <v>0</v>
       </c>
       <c r="I160" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L160" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T160" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W160" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y160" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC160" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH160" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK160" t="s" s="5">
         <v>49</v>
       </c>
@@ -23655,111 +23655,111 @@
       </c>
       <c r="B161" t="s">
         <v>320</v>
       </c>
       <c r="C161" t="inlineStr" s="4">
         <is>
           <t>7080Про розгляд клопотання Комунального підприємства « Червоноградтеплокомуненерго» та Товариства з обмеженою відповідальністю «АЛЬТЕРЕНЕРГО ЗАХІД»</t>
         </is>
       </c>
       <c r="D161" t="s">
         <v>65</v>
       </c>
       <c r="E161" t="s">
         <v>48</v>
       </c>
       <c r="F161">
         <v>21</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161">
         <v>0</v>
       </c>
       <c r="I161" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L161" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M161" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q161" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T161" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W161" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y161" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC161" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE161" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG161" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK161" t="s" s="5">
         <v>49</v>
       </c>
@@ -23797,111 +23797,111 @@
       </c>
       <c r="B162" t="s">
         <v>321</v>
       </c>
       <c r="C162" t="inlineStr" s="4">
         <is>
           <t>7081Про розгляд клопотання Головного управління національної поліції у Львівській області</t>
         </is>
       </c>
       <c r="D162" t="s">
         <v>65</v>
       </c>
       <c r="E162" t="s">
         <v>48</v>
       </c>
       <c r="F162">
         <v>23</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162">
         <v>0</v>
       </c>
       <c r="I162" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L162" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T162" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W162" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y162" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC162" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK162" t="s" s="5">
         <v>49</v>
       </c>
@@ -23937,111 +23937,111 @@
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
         <v>322</v>
       </c>
       <c r="C163" t="s" s="4">
         <v>323</v>
       </c>
       <c r="D163" t="s">
         <v>65</v>
       </c>
       <c r="E163" t="s">
         <v>48</v>
       </c>
       <c r="F163">
         <v>21</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163">
         <v>0</v>
       </c>
       <c r="I163" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L163" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T163" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W163" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y163" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC163" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG163" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH163" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK163" t="s" s="5">
         <v>49</v>
       </c>
@@ -24077,111 +24077,111 @@
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
         <v>324</v>
       </c>
       <c r="C164" t="s" s="4">
         <v>325</v>
       </c>
       <c r="D164" t="s">
         <v>65</v>
       </c>
       <c r="E164" t="s">
         <v>48</v>
       </c>
       <c r="F164">
         <v>23</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164">
         <v>0</v>
       </c>
       <c r="I164" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L164" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T164" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W164" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y164" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC164" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK164" t="s" s="5">
         <v>49</v>
       </c>
@@ -24217,111 +24217,111 @@
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>326</v>
       </c>
       <c r="C165" t="s" s="4">
         <v>327</v>
       </c>
       <c r="D165" t="s">
         <v>47</v>
       </c>
       <c r="E165" t="s">
         <v>48</v>
       </c>
       <c r="F165">
         <v>23</v>
       </c>
       <c r="G165">
         <v>0</v>
       </c>
       <c r="H165">
         <v>0</v>
       </c>
       <c r="I165" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L165" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T165" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W165" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y165" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC165" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK165" t="s" s="5">
         <v>49</v>
       </c>
@@ -24357,111 +24357,111 @@
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
         <v>328</v>
       </c>
       <c r="C166" t="s" s="4">
         <v>329</v>
       </c>
       <c r="D166" t="s">
         <v>53</v>
       </c>
       <c r="E166" t="s">
         <v>48</v>
       </c>
       <c r="F166">
         <v>21</v>
       </c>
       <c r="G166">
         <v>0</v>
       </c>
       <c r="H166">
         <v>0</v>
       </c>
       <c r="I166" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L166" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N166" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R166" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T166" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W166" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y166" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC166" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK166" t="s" s="5">
         <v>49</v>
       </c>
@@ -24497,111 +24497,111 @@
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
         <v>330</v>
       </c>
       <c r="C167" t="s" s="4">
         <v>331</v>
       </c>
       <c r="D167" t="s">
         <v>56</v>
       </c>
       <c r="E167" t="s">
         <v>48</v>
       </c>
       <c r="F167">
         <v>23</v>
       </c>
       <c r="G167">
         <v>0</v>
       </c>
       <c r="H167">
         <v>0</v>
       </c>
       <c r="I167" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L167" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T167" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W167" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y167" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC167" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AD167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK167" t="s" s="5">
         <v>49</v>
       </c>