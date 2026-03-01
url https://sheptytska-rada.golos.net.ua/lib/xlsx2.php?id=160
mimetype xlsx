--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -9,1046 +9,1052 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="334">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Zalivskyy Andriy Ivanovych</t>
+  </si>
+  <si>
+    <t>Lyakhovskyy Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Hamanyuk Vitaliy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Maydanovych Sofiya Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Dmukhovskyy Stepan Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Lishchynskyy Bohdan Stepanovych</t>
+  </si>
+  <si>
+    <t>Hrasulov Oleksandr Olehovych</t>
+  </si>
+  <si>
+    <t>Kudryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Lapets Mykhaylo Romanovych</t>
+  </si>
+  <si>
+    <t>Ostapyuk Petro Petrovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Kruk Halyna Vasylivna</t>
+  </si>
+  <si>
+    <t>Ryndyk Vitaliy Bohdanovych</t>
+  </si>
+  <si>
+    <t>Yakymchuk Serhiy Stepanovych</t>
+  </si>
+  <si>
+    <t>Pylypchuk Petro Pavlovych</t>
+  </si>
+  <si>
+    <t>Pushchyk Myroslav Stepanovych</t>
+  </si>
+  <si>
+    <t>Zapisotskyy Roman Vasylovych</t>
+  </si>
+  <si>
+    <t>Voytovych Andriy Serhiyovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Vasylyshyn Petro Stefanovych</t>
   </si>
   <si>
-    <t>Hots Pavlo Vasylovych</t>
-[...58 lines deleted...]
-  <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
-    <t>Fetisov Oleksiy Vitaliyevych</t>
+    <t>Fetisov Oleksiy Vitaliyovych</t>
   </si>
   <si>
     <t>Kataryna Iryna Mykhaylivna</t>
   </si>
   <si>
     <t>20.02.25  10:50:31</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>20.02.25  10:51:41</t>
   </si>
   <si>
-    <t>6913Включити в список осіб озвучених Ковалем В. С.</t>
+    <t>ID - 6913,  Включити в список осіб озвучених Ковалем В. С.</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>20.02.25  10:52:09</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>20.02.25  10:52:49</t>
   </si>
   <si>
-    <t>6915Про депутатськi запити</t>
+    <t>ID - 6915,  Про депутатськi запити</t>
   </si>
   <si>
     <t>20.02.25  10:59:05</t>
   </si>
   <si>
-    <t>6919Про депутатськi запити</t>
+    <t>ID - 6919,  Про депутатськi запити</t>
   </si>
   <si>
     <t>20.02.25  11:17:37</t>
   </si>
   <si>
     <t>20.02.25  11:39:12</t>
   </si>
   <si>
     <t>20.02.25  11:39:40</t>
   </si>
   <si>
     <t>20.02.25  11:43:17</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>20.02.25  11:48:33</t>
   </si>
   <si>
     <t>20.02.25  11:59:20</t>
   </si>
   <si>
     <t>20.02.25  12:05:15</t>
   </si>
   <si>
-    <t>6926Про встановлення щомісячної доплати за роботу в несприятливих умовах праці</t>
+    <t>ID - 6926,  Про встановлення щомісячної доплати за роботу в несприятливих умовах праці</t>
   </si>
   <si>
     <t>20.02.25  12:10:14</t>
   </si>
   <si>
-    <t>6927Правка озвучена Лапцем М. Р. - з 1 січня</t>
+    <t>ID - 6927,  Правка озвучена Лапцем М. Р. - з 1 січня</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>20.02.25  12:10:54</t>
   </si>
   <si>
-    <t>6928Правка озвучена Лапцем М. Р. - з 1 січня</t>
+    <t>ID - 6928,  Правка озвучена Лапцем М. Р. - з 1 січня</t>
   </si>
   <si>
     <t>20.02.25  12:11:36</t>
   </si>
   <si>
-    <t>6929Правка озвучена Лапцем М. Р. - з 1 січня</t>
+    <t>ID - 6929,  Правка озвучена Лапцем М. Р. - з 1 січня</t>
   </si>
   <si>
     <t>20.02.25  12:12:06</t>
   </si>
   <si>
-    <t>6930Про встановлення щомісячної доплати за роботу в несприятливих умовах праці</t>
+    <t>ID - 6930,  Про встановлення щомісячної доплати за роботу в несприятливих умовах праці</t>
   </si>
   <si>
     <t>20.02.25  12:18:40</t>
   </si>
   <si>
-    <t>6931Правка озвучена Лапцем М. Р. - з 1 січня</t>
+    <t>ID - 6931,  Правка озвучена Лапцем М. Р. - з 1 січня</t>
   </si>
   <si>
     <t>20.02.25  12:20:04</t>
   </si>
   <si>
-    <t>6933Правка озвучена Лапцем М. Р. - з 1 січня</t>
+    <t>ID - 6933,  Правка озвучена Лапцем М. Р. - з 1 січня</t>
   </si>
   <si>
     <t>20.02.25  12:23:41</t>
   </si>
   <si>
-    <t>6935Правка озвучена Лапцем М. Р. - з 1 січня</t>
+    <t>ID - 6935,  Правка озвучена Лапцем М. Р. - з 1 січня</t>
   </si>
   <si>
     <t>20.02.25  12:24:10</t>
   </si>
   <si>
-    <t>6936Про встановлення щомісячної доплати за роботу в несприятливих умовах праці</t>
+    <t>ID - 6936,  Про встановлення щомісячної доплати за роботу в несприятливих умовах праці</t>
   </si>
   <si>
     <t>20.02.25  12:25:32</t>
   </si>
   <si>
-    <t>6937Про встановлення надбавки за складність, напруженість у роботі</t>
+    <t>ID - 6937,  Про встановлення надбавки за складність, напруженість у роботі</t>
   </si>
   <si>
     <t>20.02.25  12:26:12</t>
   </si>
   <si>
-    <t>69381 березня замінити на 1 січня</t>
+    <t>ID - 6938,  1 березня замінити на 1 січня</t>
   </si>
   <si>
     <t>20.02.25  12:26:42</t>
   </si>
   <si>
-    <t>6939Про встановлення надбавки за складність, напруженість у роботі</t>
+    <t>ID - 6939,  Про встановлення надбавки за складність, напруженість у роботі</t>
   </si>
   <si>
     <t>20.02.25  12:30:18</t>
   </si>
   <si>
     <t>20.02.25  12:30:48</t>
   </si>
   <si>
-    <t>6941Змінити 1 березня на 1 січня</t>
+    <t>ID - 6941,  Змінити 1 березня на 1 січня</t>
   </si>
   <si>
     <t>20.02.25  12:31:17</t>
   </si>
   <si>
     <t>20.02.25  12:32:47</t>
   </si>
   <si>
-    <t>6943Про введення додаткової штатної одиниці</t>
+    <t>ID - 6943,  Про введення додаткової штатної одиниці</t>
   </si>
   <si>
     <t>20.02.25  12:34:19</t>
   </si>
   <si>
     <t>20.02.25  12:35:12</t>
   </si>
   <si>
     <t>20.02.25  12:36:34</t>
   </si>
   <si>
     <t>20.02.25  12:38:07</t>
   </si>
   <si>
-    <t>6947Про створення Координаційної ради у справах осіб з інвалідністю</t>
+    <t>ID - 6947,  Про створення Координаційної ради у справах осіб з інвалідністю</t>
   </si>
   <si>
     <t>20.02.25  12:39:01</t>
   </si>
   <si>
-    <t>6948Внести правку озвучену Ковалем В. С. - включити ще одного члена комісії</t>
+    <t>ID - 6948,  Внести правку озвучену Ковалем В. С. - включити ще одного члена комісії</t>
   </si>
   <si>
     <t>20.02.25  12:39:29</t>
   </si>
   <si>
-    <t>6949Про створення Координаційної ради у справах осіб з інвалідністю</t>
+    <t>ID - 6949,  Про створення Координаційної ради у справах осіб з інвалідністю</t>
   </si>
   <si>
     <t>20.02.25  12:41:22</t>
   </si>
   <si>
     <t>20.02.25  12:41:57</t>
   </si>
   <si>
     <t>20.02.25  12:42:30</t>
   </si>
   <si>
     <t>20.02.25  12:43:03</t>
   </si>
   <si>
     <t>20.02.25  12:43:37</t>
   </si>
   <si>
     <t>20.02.25  12:45:36</t>
   </si>
   <si>
-    <t>6955Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 6955,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>20.02.25  12:46:19</t>
   </si>
   <si>
-    <t>6956Вилучити п.10 </t>
+    <t>ID - 6956,  Вилучити п.10 </t>
   </si>
   <si>
     <t>20.02.25  12:47:12</t>
   </si>
   <si>
-    <t>6957Вилучити п.10 </t>
+    <t>ID - 6957,  Вилучити п.10 </t>
   </si>
   <si>
     <t>20.02.25  12:51:04</t>
   </si>
   <si>
-    <t>6958Вилучити п.10 </t>
+    <t>ID - 6958,  Вилучити п.10 </t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>20.02.25  12:53:43</t>
   </si>
   <si>
-    <t>6960Правка За п1.</t>
+    <t>ID - 6960,  Правка За п1.</t>
   </si>
   <si>
     <t>20.02.25  12:54:22</t>
   </si>
   <si>
-    <t>6961Правка За п2.</t>
+    <t>ID - 6961,  Правка За п2.</t>
   </si>
   <si>
     <t>20.02.25  12:54:50</t>
   </si>
   <si>
-    <t>6962Правка За п3</t>
+    <t>ID - 6962,  Правка За п3</t>
   </si>
   <si>
     <t>20.02.25  12:55:29</t>
   </si>
   <si>
-    <t>6963Правка За п4</t>
+    <t>ID - 6963,  Правка За п4</t>
   </si>
   <si>
     <t>20.02.25  12:55:58</t>
   </si>
   <si>
-    <t>6964Правка За п5</t>
+    <t>ID - 6964,  Правка За п5</t>
   </si>
   <si>
     <t>20.02.25  12:56:37</t>
   </si>
   <si>
-    <t>6965Правка За п6</t>
+    <t>ID - 6965,  Правка За п6</t>
   </si>
   <si>
     <t>20.02.25  12:57:07</t>
   </si>
   <si>
-    <t>6966Правка За п7</t>
+    <t>ID - 6966,  Правка За п7</t>
   </si>
   <si>
     <t>20.02.25  12:57:36</t>
   </si>
   <si>
-    <t>6967Правка За п8</t>
+    <t>ID - 6967,  Правка За п8</t>
   </si>
   <si>
     <t>20.02.25  12:58:06</t>
   </si>
   <si>
-    <t>6968Правка За п8</t>
+    <t>ID - 6968,  Правка За п8</t>
   </si>
   <si>
     <t>20.02.25  12:59:41</t>
   </si>
   <si>
-    <t>6969Правка За п8</t>
+    <t>ID - 6969,  Правка За п8</t>
   </si>
   <si>
     <t>20.02.25  13:00:09</t>
   </si>
   <si>
-    <t>6970Правка За п9</t>
+    <t>ID - 6970,  Правка За п9</t>
   </si>
   <si>
     <t>20.02.25  13:00:38</t>
   </si>
   <si>
-    <t>6971Правка За п9</t>
+    <t>ID - 6971,  Правка За п9</t>
   </si>
   <si>
     <t>20.02.25  13:02:08</t>
   </si>
   <si>
-    <t>6972Правка За п10</t>
+    <t>ID - 6972,  Правка За п10</t>
   </si>
   <si>
     <t>20.02.25  13:02:37</t>
   </si>
   <si>
-    <t>6973Правка За п11</t>
+    <t>ID - 6973,  Правка За п11</t>
   </si>
   <si>
     <t>20.02.25  13:03:07</t>
   </si>
   <si>
-    <t>6974Правка За п12</t>
+    <t>ID - 6974,  Правка За п12</t>
   </si>
   <si>
     <t>20.02.25  13:03:39</t>
   </si>
   <si>
-    <t>6975Правка За п12</t>
+    <t>ID - 6975,  Правка За п12</t>
   </si>
   <si>
     <t>20.02.25  13:04:09</t>
   </si>
   <si>
-    <t>6976Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 6976,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>20.02.25  15:01:08</t>
   </si>
   <si>
     <t>20.02.25  15:02:39</t>
   </si>
   <si>
     <t>20.02.25  15:04:46</t>
   </si>
   <si>
     <t>20.02.25  15:05:42</t>
   </si>
   <si>
     <t>20.02.25  15:07:19</t>
   </si>
   <si>
     <t>20.02.25  15:08:57</t>
   </si>
   <si>
     <t>20.02.25  15:10:16</t>
   </si>
   <si>
     <t>20.02.25  15:11:53</t>
   </si>
   <si>
     <t>20.02.25  15:12:21</t>
   </si>
   <si>
-    <t>6986Внести правки в Програму </t>
+    <t>ID - 6986,  Внести правки в Програму </t>
   </si>
   <si>
     <t>20.02.25  15:13:17</t>
   </si>
   <si>
-    <t>6987Внести правки в Програму </t>
+    <t>ID - 6987,  Внести правки в Програму </t>
   </si>
   <si>
     <t>20.02.25  15:13:47</t>
   </si>
   <si>
     <t>20.02.25  15:19:50</t>
   </si>
   <si>
     <t>20.02.25  15:22:12</t>
   </si>
   <si>
     <t>20.02.25  15:25:40</t>
   </si>
   <si>
-    <t>6991Про створення Ради безбар’єрності</t>
+    <t>ID - 6991,  Про створення Ради безбар’єрності</t>
   </si>
   <si>
     <t>20.02.25  15:26:30</t>
   </si>
   <si>
-    <t>6992Включити в список осіб Бриль, Чобоняр</t>
+    <t>ID - 6992,  Включити в список осіб Бриль, Чобоняр</t>
   </si>
   <si>
     <t>20.02.25  15:27:10</t>
   </si>
   <si>
-    <t>6993Про створення Ради безбар’єрності</t>
+    <t>ID - 6993,  Про створення Ради безбар’єрності</t>
   </si>
   <si>
     <t>20.02.25  15:29:22</t>
   </si>
   <si>
+    <t>ID - 6994,  </t>
+  </si>
+  <si>
     <t>20.02.25  15:29:54</t>
   </si>
   <si>
+    <t>ID - 6995,  </t>
+  </si>
+  <si>
     <t>20.02.25  15:31:14</t>
   </si>
   <si>
-    <t>6996Про розгляд клопотання громадянина Курки Василя Васильовича</t>
+    <t>ID - 6996,  Про розгляд клопотання громадянина Курки Василя Васильовича</t>
   </si>
   <si>
     <t>20.02.25  15:32:06</t>
   </si>
   <si>
-    <t>6997Про розгляд клопотання громадянки Скоробагатої Галини Йосипівни</t>
+    <t>ID - 6997,  Про розгляд клопотання громадянки Скоробагатої Галини Йосипівни</t>
   </si>
   <si>
     <t>20.02.25  15:32:54</t>
   </si>
   <si>
-    <t>6998Про розгляд клопотання громадянки Кушинської Світлани Геннадіївни</t>
+    <t>ID - 6998,  Про розгляд клопотання громадянки Кушинської Світлани Геннадіївни</t>
   </si>
   <si>
     <t>20.02.25  15:33:57</t>
   </si>
   <si>
     <t>20.02.25  15:34:46</t>
   </si>
   <si>
-    <t>7000Про розгляд клопотання громадянина Крука Петра Івановича</t>
+    <t>ID - 7000,  Про розгляд клопотання громадянина Крука Петра Івановича</t>
   </si>
   <si>
     <t>20.02.25  15:35:37</t>
   </si>
   <si>
-    <t>7001Про розгляд клопотання громадянки Фещенко Галини Павлівни</t>
+    <t>ID - 7001,  Про розгляд клопотання громадянки Фещенко Галини Павлівни</t>
   </si>
   <si>
     <t>20.02.25  15:36:31</t>
   </si>
   <si>
-    <t>7002Про розгляд клопотання громадянина Шмигельського Миколи Йосиповича</t>
+    <t>ID - 7002,  Про розгляд клопотання громадянина Шмигельського Миколи Йосиповича</t>
   </si>
   <si>
     <t>20.02.25  15:36:59</t>
   </si>
   <si>
-    <t>7003Про розгляд клопотання громадянина Нагорного Сергія Івановича</t>
+    <t>ID - 7003,  Про розгляд клопотання громадянина Нагорного Сергія Івановича</t>
   </si>
   <si>
     <t>20.02.25  15:37:29</t>
   </si>
   <si>
-    <t>7004Про розгляд клопотання громадянина Нагорного Сергія Івановича</t>
+    <t>ID - 7004,  Про розгляд клопотання громадянина Нагорного Сергія Івановича</t>
   </si>
   <si>
     <t>20.02.25  15:38:25</t>
   </si>
   <si>
-    <t>7005Внести правки озвучені Надільною Г. В.  присілок Копані</t>
+    <t>ID - 7005,  Внести правки озвучені Надільною Г. В.  присілок Копані</t>
   </si>
   <si>
     <t>20.02.25  15:38:53</t>
   </si>
   <si>
-    <t>7006Про розгляд клопотання громадянина Нагорного Сергія Івановича</t>
+    <t>ID - 7006,  Про розгляд клопотання громадянина Нагорного Сергія Івановича</t>
   </si>
   <si>
     <t>20.02.25  15:39:49</t>
   </si>
   <si>
-    <t>7007Про розгляд клопотання громадянина Цюприка Василя Михайловича</t>
+    <t>ID - 7007,  Про розгляд клопотання громадянина Цюприка Василя Михайловича</t>
   </si>
   <si>
     <t>20.02.25  15:40:48</t>
   </si>
   <si>
-    <t>7008Про розгляд клопотання громадянина Сеньчука Василя Михайловича</t>
+    <t>ID - 7008,  Про розгляд клопотання громадянина Сеньчука Василя Михайловича</t>
   </si>
   <si>
     <t>20.02.25  15:41:50</t>
   </si>
   <si>
-    <t>7009Про розгляд клопотання громадянина Паньківа Ігоря Степановича</t>
+    <t>ID - 7009,  Про розгляд клопотання громадянина Паньківа Ігоря Степановича</t>
   </si>
   <si>
     <t>20.02.25  15:42:52</t>
   </si>
   <si>
-    <t>7010Про розгляд клопотання громадянки Іванович Ганни Іванівни</t>
+    <t>ID - 7010,  Про розгляд клопотання громадянки Іванович Ганни Іванівни</t>
   </si>
   <si>
     <t>20.02.25  15:43:53</t>
   </si>
   <si>
     <t>20.02.25  15:44:45</t>
   </si>
   <si>
-    <t>7012Про розгляд клопотання громадянки Стронської Ірини Володимирівни</t>
+    <t>ID - 7012,  Про розгляд клопотання громадянки Стронської Ірини Володимирівни</t>
   </si>
   <si>
     <t>20.02.25  15:45:39</t>
   </si>
   <si>
-    <t>7013Про розгляд клопотання громадянки Лотоцької Світлани Олександрівни</t>
+    <t>ID - 7013,  Про розгляд клопотання громадянки Лотоцької Світлани Олександрівни</t>
   </si>
   <si>
     <t>20.02.25  15:46:27</t>
   </si>
   <si>
-    <t>7014Про розгляд клопотання громадянина Теленька Андрія Васильовича</t>
+    <t>ID - 7014,  Про розгляд клопотання громадянина Теленька Андрія Васильовича</t>
   </si>
   <si>
     <t>20.02.25  15:47:19</t>
   </si>
   <si>
-    <t>7015Про розгляд клопотання громадянина Бузікевича Ігоря Володимировича</t>
+    <t>ID - 7015,  Про розгляд клопотання громадянина Бузікевича Ігоря Володимировича</t>
   </si>
   <si>
     <t>20.02.25  15:48:07</t>
   </si>
   <si>
-    <t>7016Про розгляд клопотання громадянки Бриль Людмили Степанівни</t>
+    <t>ID - 7016,  Про розгляд клопотання громадянки Бриль Людмили Степанівни</t>
   </si>
   <si>
     <t>20.02.25  15:48:59</t>
   </si>
   <si>
-    <t>7017Про розгляд клопотання громадянки Мельник Ганни Андріївни</t>
+    <t>ID - 7017,  Про розгляд клопотання громадянки Мельник Ганни Андріївни</t>
   </si>
   <si>
     <t>20.02.25  15:49:49</t>
   </si>
   <si>
-    <t>7018Про розгляд клопотання громадянина Полюганича Василя Івановича</t>
+    <t>ID - 7018,  Про розгляд клопотання громадянина Полюганича Василя Івановича</t>
   </si>
   <si>
     <t>20.02.25  15:50:35</t>
   </si>
   <si>
-    <t>7019Про розгляд клопотання громадянина Цвіда Ігоря Адамовича</t>
+    <t>ID - 7019,  Про розгляд клопотання громадянина Цвіда Ігоря Адамовича</t>
   </si>
   <si>
     <t>20.02.25  15:51:19</t>
   </si>
   <si>
-    <t>7020Про розгляд клопотання громадянина Морозова Ігоря Леонідовича</t>
+    <t>ID - 7020,  Про розгляд клопотання громадянина Морозова Ігоря Леонідовича</t>
   </si>
   <si>
     <t>20.02.25  15:52:20</t>
   </si>
   <si>
-    <t>7021Про розгляд клопотання громадянина Радя Олександра Івановича</t>
+    <t>ID - 7021,  Про розгляд клопотання громадянина Радя Олександра Івановича</t>
   </si>
   <si>
     <t>20.02.25  15:53:06</t>
   </si>
   <si>
-    <t>7022Про розгляд клопотання громадянина Демчука Петра Сергійовича</t>
+    <t>ID - 7022,  Про розгляд клопотання громадянина Демчука Петра Сергійовича</t>
   </si>
   <si>
     <t>20.02.25  15:53:47</t>
   </si>
   <si>
-    <t>7023Про розгляд клопотання громадянина Кравченка Івана Леонідовича</t>
+    <t>ID - 7023,  Про розгляд клопотання громадянина Кравченка Івана Леонідовича</t>
   </si>
   <si>
     <t>20.02.25  15:54:30</t>
   </si>
   <si>
-    <t>7024Про розгляд клопотання громадянки Бриль Галини Олександрівни</t>
+    <t>ID - 7024,  Про розгляд клопотання громадянки Бриль Галини Олександрівни</t>
   </si>
   <si>
     <t>20.02.25  15:55:36</t>
   </si>
   <si>
     <t>20.02.25  15:56:34</t>
   </si>
   <si>
-    <t>7026Про розгляд клопотання громадянки Конет Світлани Дмитрівни</t>
+    <t>ID - 7026,  Про розгляд клопотання громадянки Конет Світлани Дмитрівни</t>
   </si>
   <si>
     <t>20.02.25  15:57:17</t>
   </si>
   <si>
-    <t>7027Про розгляд клопотання громадянки Маїк Уляни Михайлівни</t>
+    <t>ID - 7027,  Про розгляд клопотання громадянки Маїк Уляни Михайлівни</t>
   </si>
   <si>
     <t>20.02.25  15:58:06</t>
   </si>
   <si>
-    <t>7028Про розгляд клопотання громадянина Скварчила Степана Івановича</t>
+    <t>ID - 7028,  Про розгляд клопотання громадянина Скварчила Степана Івановича</t>
   </si>
   <si>
     <t>20.02.25  16:01:28</t>
   </si>
   <si>
     <t>20.02.25  16:02:03</t>
   </si>
   <si>
     <t>20.02.25  16:03:26</t>
   </si>
   <si>
     <t>20.02.25  16:07:32</t>
   </si>
   <si>
     <t>20.02.25  16:08:45</t>
   </si>
   <si>
     <t>20.02.25  16:11:29</t>
   </si>
   <si>
     <t>20.02.25  16:13:42</t>
   </si>
   <si>
-    <t>7036Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 7036,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>20.02.25  16:15:21</t>
   </si>
   <si>
-    <t>7037Вилучити п.3</t>
+    <t>ID - 7037,  Вилучити п.3</t>
   </si>
   <si>
     <t>20.02.25  16:15:49</t>
   </si>
   <si>
-    <t>7038Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 7038,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>20.02.25  16:16:44</t>
   </si>
   <si>
-    <t>7039Про розгляд клопотання громадянки Кот Любові Романівни</t>
+    <t>ID - 7039,  Про розгляд клопотання громадянки Кот Любові Романівни</t>
   </si>
   <si>
     <t>20.02.25  16:17:52</t>
   </si>
   <si>
-    <t>7040Про розгляд клопотання Товариства з обмеженою відповідальністю «Софбуд»</t>
+    <t>ID - 7040,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Софбуд»</t>
   </si>
   <si>
     <t>20.02.25  16:18:34</t>
   </si>
   <si>
-    <t>7041Про розгляд клопотання громадянина Носуліча Василя Вікторовича</t>
+    <t>ID - 7041,  Про розгляд клопотання громадянина Носуліча Василя Вікторовича</t>
   </si>
   <si>
     <t>20.02.25  16:19:24</t>
   </si>
   <si>
-    <t>7042Про розгляд клопотання громадянина Походай Уляни Владиславівни</t>
+    <t>ID - 7042,  Про розгляд клопотання громадянина Походай Уляни Владиславівни</t>
   </si>
   <si>
     <t>20.02.25  16:21:49</t>
   </si>
   <si>
-    <t>7043Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
+    <t>ID - 7043,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кредо»</t>
   </si>
   <si>
     <t>20.02.25  16:22:54</t>
   </si>
   <si>
-    <t>7044Про розгляд клопотання громадянина Запісоцького Івана Степановича</t>
+    <t>ID - 7044,  Про розгляд клопотання громадянина Запісоцького Івана Степановича</t>
   </si>
   <si>
     <t>20.02.25  16:24:10</t>
   </si>
   <si>
-    <t>7045Про розгляд клопотання громадянки Полохайло Марії Андріївни</t>
+    <t>ID - 7045,  Про розгляд клопотання громадянки Полохайло Марії Андріївни</t>
   </si>
   <si>
     <t>20.02.25  16:25:18</t>
   </si>
   <si>
     <t>20.02.25  16:26:18</t>
   </si>
   <si>
-    <t>7047Про розгляд клопотання громадянина Ричака Івана Івановича</t>
+    <t>ID - 7047,  Про розгляд клопотання громадянина Ричака Івана Івановича</t>
   </si>
   <si>
     <t>20.02.25  16:27:22</t>
   </si>
   <si>
-    <t>7048Про розгляд клопотання фізичної особи – підприємця Риндика Віталія Богдановича</t>
+    <t>ID - 7048,  Про розгляд клопотання фізичної особи – підприємця Риндика Віталія Богдановича</t>
   </si>
   <si>
     <t>20.02.25  16:28:20</t>
   </si>
   <si>
-    <t>7049Про розгляд клопотання громадянки Прокопович Надії Григорівни</t>
+    <t>ID - 7049,  Про розгляд клопотання громадянки Прокопович Надії Григорівни</t>
   </si>
   <si>
     <t>20.02.25  16:28:48</t>
   </si>
   <si>
-    <t>7050Про розгляд клопотання приватного підприємства «ІМІДЖ-ЛЮКС»</t>
+    <t>ID - 7050,  Про розгляд клопотання приватного підприємства «ІМІДЖ-ЛЮКС»</t>
   </si>
   <si>
     <t>20.02.25  16:30:42</t>
   </si>
   <si>
-    <t>7051Внести правки озвучені Надільною Г. В. </t>
+    <t>ID - 7051,  Внести правки озвучені Надільною Г. В. </t>
   </si>
   <si>
     <t>20.02.25  16:31:47</t>
   </si>
   <si>
-    <t>7052Внести правки озвучені Надільною Г. В. </t>
+    <t>ID - 7052,  Внести правки озвучені Надільною Г. В. </t>
   </si>
   <si>
     <t>20.02.25  16:32:17</t>
   </si>
   <si>
-    <t>7053Про розгляд клопотання приватного підприємства «ІМІДЖ-ЛЮКС»</t>
+    <t>ID - 7053,  Про розгляд клопотання приватного підприємства «ІМІДЖ-ЛЮКС»</t>
   </si>
   <si>
     <t>20.02.25  16:33:25</t>
   </si>
   <si>
     <t>20.02.25  16:34:39</t>
   </si>
   <si>
-    <t>7055Про розгляд клопотання громадянки Рогаль Галини Михайлівни</t>
+    <t>ID - 7055,  Про розгляд клопотання громадянки Рогаль Галини Михайлівни</t>
   </si>
   <si>
     <t>20.02.25  16:35:15</t>
   </si>
   <si>
-    <t>7056Про розгляд клопотання громадянки Рогаль Галини Михайлівни</t>
+    <t>ID - 7056,  Про розгляд клопотання громадянки Рогаль Галини Михайлівни</t>
   </si>
   <si>
     <t>20.02.25  16:36:23</t>
   </si>
   <si>
     <t>20.02.25  16:38:02</t>
   </si>
   <si>
     <t>20.02.25  16:39:15</t>
   </si>
   <si>
-    <t>7059Про розгляд клопотання громадянина Байора Павла Васильовича</t>
+    <t>ID - 7059,  Про розгляд клопотання громадянина Байора Павла Васильовича</t>
   </si>
   <si>
     <t>20.02.25  16:41:08</t>
   </si>
   <si>
-    <t>7060Про розгляд клопотання Товариства з обмеженою відповідальністю «Коріс»</t>
+    <t>ID - 7060,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Коріс»</t>
   </si>
   <si>
     <t>20.02.25  16:42:01</t>
   </si>
   <si>
-    <t>7061Про розгляд клопотання громадянина Олійчука Андрія Володимировича</t>
+    <t>ID - 7061,  Про розгляд клопотання громадянина Олійчука Андрія Володимировича</t>
   </si>
   <si>
     <t>20.02.25  16:43:01</t>
   </si>
   <si>
     <t>20.02.25  16:44:01</t>
   </si>
   <si>
     <t>20.02.25  16:44:30</t>
   </si>
   <si>
     <t>20.02.25  16:45:35</t>
   </si>
   <si>
-    <t>7065Внести правки озвучені Надільною Г. В. - зміна назви</t>
+    <t>ID - 7065,  Внести правки озвучені Надільною Г. В. - зміна назви</t>
   </si>
   <si>
     <t>20.02.25  16:46:05</t>
   </si>
   <si>
     <t>20.02.25  16:46:36</t>
   </si>
   <si>
-    <t>7067Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
+    <t>ID - 7067,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
   </si>
   <si>
     <t>20.02.25  16:48:56</t>
   </si>
   <si>
-    <t>7068Внести правки озвучені Надільною Г. В. - дописати ЄДАРПОУ</t>
+    <t>ID - 7068,  Внести правки озвучені Надільною Г. В. - дописати ЄДАРПОУ</t>
   </si>
   <si>
     <t>20.02.25  16:49:26</t>
   </si>
   <si>
-    <t>7069Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
+    <t>ID - 7069,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
   </si>
   <si>
     <t>20.02.25  16:50:59</t>
   </si>
   <si>
     <t>20.02.25  16:52:37</t>
   </si>
   <si>
     <t>20.02.25  16:53:48</t>
   </si>
   <si>
     <t>20.02.25  16:56:08</t>
   </si>
   <si>
     <t>20.02.25  16:56:53</t>
   </si>
   <si>
-    <t>7075Про розгляд клопотання Комунального підприємства Червоноградський ринок</t>
+    <t>ID - 7075,  Про розгляд клопотання Комунального підприємства Червоноградський ринок</t>
   </si>
   <si>
     <t>20.02.25  16:58:16</t>
   </si>
   <si>
-    <t>7076Внести правки озвучені Надільною Г. В. - зміна назви рішення</t>
+    <t>ID - 7076,  Внести правки озвучені Надільною Г. В. - зміна назви рішення</t>
   </si>
   <si>
     <t>20.02.25  16:58:45</t>
   </si>
   <si>
-    <t>7077Про розгляд клопотання Комунального підприємства Червоноградський ринок</t>
+    <t>ID - 7077,  Про розгляд клопотання Комунального підприємства Червоноградський ринок</t>
   </si>
   <si>
     <t>20.02.25  16:59:45</t>
   </si>
   <si>
     <t>20.02.25  17:01:31</t>
   </si>
   <si>
     <t>20.02.25  17:03:44</t>
   </si>
   <si>
     <t>20.02.25  17:05:07</t>
   </si>
   <si>
     <t>20.02.25  17:09:07</t>
   </si>
   <si>
-    <t>7082Про розгляд клопотання громадянки Дук Наталії Василівни</t>
+    <t>ID - 7082,  Про розгляд клопотання громадянки Дук Наталії Василівни</t>
   </si>
   <si>
     <t>20.02.25  17:10:51</t>
   </si>
   <si>
-    <t>7084Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 7084,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>20.02.25  17:11:32</t>
   </si>
   <si>
-    <t>7085Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 7085,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>20.02.25  17:13:56</t>
   </si>
   <si>
-    <t>7086Включити в список осіб озвучених Гоцом П. В.</t>
+    <t>ID - 7086,  Включити в список осіб озвучених Гоцом П. В.</t>
   </si>
   <si>
     <t>20.02.25  17:14:25</t>
   </si>
   <si>
-    <t>7087Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 7087,  Про надання одноразової матеріальної допомоги</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1272,118 +1278,118 @@
       <c r="AP1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>46</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6912Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
+          <t>ID - 6912,  Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
       <c r="E2" t="s">
         <v>48</v>
       </c>
       <c r="F2">
         <v>28</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>50</v>
       </c>
@@ -1437,93 +1443,93 @@
       <c r="C3" t="s" s="4">
         <v>52</v>
       </c>
       <c r="D3" t="s">
         <v>53</v>
       </c>
       <c r="E3" t="s">
         <v>48</v>
       </c>
       <c r="F3">
         <v>26</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>50</v>
       </c>
@@ -1554,118 +1560,118 @@
       <c r="AP3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6914Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
+          <t>ID - 6914,  Про присвоєння звання «Почесний громадянин  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4">
         <v>27</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>50</v>
       </c>
@@ -1734,78 +1740,78 @@
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>50</v>
       </c>
@@ -1853,111 +1859,111 @@
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s" s="4">
         <v>60</v>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>48</v>
       </c>
       <c r="F6">
         <v>26</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>49</v>
       </c>
@@ -1976,118 +1982,118 @@
       <c r="AP6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>6920Про виконання бюджету Червоноградської міської територіальної громади за 2024 рік та  внесення змін до бюджету на 2025 рік</t>
+          <t>ID - 6920,  Про виконання бюджету Червоноградської міської територіальної громади за 2024 рік та  внесення змін до бюджету на 2025 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>48</v>
       </c>
       <c r="F7">
         <v>27</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>50</v>
       </c>
@@ -2118,130 +2124,130 @@
       <c r="AP7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>6921І. Для термінового усунення ямковості доріг Червоноградської міської територіальної громади, пропонується внести зміни в «Програму благоустрою населених пунктів Червоноградської міської територіальної громади на 2025 рік» перемістити кошти в сумі 100,0тис.грн із завдання «утримання вулично-дорожньої мережі, парків, скверів, площ (механізоване планування грунтових та гравійних доріг, планування узбіч, укосів, насипів та виїмок доріг без підсипання з прибиранням невеликих зсувів та обвалів)» на завдання «утримання вулично-дорожньої мережі, парків, скверів, площ (ремонт дорожнього покриття холодним асфальтом)». (код ПКВКМБ 0216030 КЕКВ 2610 «Організація благоустрою населених пунктів»). ІІ.  Залишок коштів додаткової дотації, який утворився станом на 01.01.2025 року в сумі 196,931 тис.грн спрямувати  на оплату комунальних послуг  та енергоносіїв в дошкільних закладах  освіти.  Вивільнені кошти  спрямувати на : *поточний ремонт системи опалення в Гімназії №4 - 45,0 тис.грн. ( КФКВ 0611021, КЕКВ 2240); *впорядкування алеї по пр.Шевченка – 151,931тис.грн. Крім того, на</t>
+          <t>ID - 6921,  І. Для термінового усунення ямковості доріг Червоноградської міської територіальної громади, пропонується внести зміни в «Програму благоустрою населених пунктів Червоноградської міської територіальної громади на 2025 рік» перемістити кошти в сумі 100,0тис.грн із завдання «утримання вулично-дорожньої мережі, парків, скверів, площ (механізоване планування грунтових та гравійних доріг, планування узбіч, укосів, насипів та виїмок доріг без підсипання з прибиранням невеликих зсувів та обвалів)» на завдання «утримання вулично-дорожньої мережі, парків, скверів, площ (ремонт дорожнього покриття холодним асфальтом)». (код ПКВКМБ 0216030 КЕКВ 2610 «Організація благоустрою населених пунктів»). ІІ.  Залишок коштів додаткової дотації, який утворився станом на 01.01.2025 року в сумі 196,931 тис.грн спрямувати  на оплату комунальних послуг  та енергоносіїв в дошкільних закладах  освіти.  Вивільнені кошти  спрямувати на : *поточний ремонт системи опалення в Гімназії №4 - 45,0 тис.грн. ( КФКВ 0611021, КЕКВ 2240); *впорядкування алеї по пр.Шевченка – 151,931тис.грн. Крім того, на</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>53</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8">
         <v>27</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK8" t="s" s="5">
         <v>49</v>
       </c>
@@ -2260,118 +2266,118 @@
       <c r="AP8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>6922Про виконання бюджету Червоноградської міської територіальної громади за 2024 рік та  внесення змін до бюджету на 2025 рік</t>
+          <t>ID - 6922,  Про виконання бюджету Червоноградської міської територіальної громади за 2024 рік та  внесення змін до бюджету на 2025 рік</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>56</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9">
         <v>28</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T9" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>50</v>
       </c>
@@ -2402,118 +2408,118 @@
       <c r="AP9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>64</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>6923Про звернення Шептицької міської  ради до Президента України, Верховної ради України та Кабінету Міністрів України щодо неприпустимості політичних переслідувань військових, демократичної опозиції та представників, органів місцевого самоврядуванн</t>
+          <t>ID - 6923,  Про звернення Шептицької міської  ради до Президента України, Верховної ради України та Кабінету Міністрів України щодо неприпустимості політичних переслідувань військових, демократичної опозиції та представників, органів місцевого самоврядуванн</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>65</v>
       </c>
       <c r="E10" t="s">
         <v>48</v>
       </c>
       <c r="F10">
         <v>25</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N10" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O10" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R10" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T10" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>50</v>
       </c>
@@ -2544,118 +2550,118 @@
       <c r="AP10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>6924Про  розгляд клопотання Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України</t>
+          <t>ID - 6924,  Про  розгляд клопотання Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>65</v>
       </c>
       <c r="E11" t="s">
         <v>48</v>
       </c>
       <c r="F11">
         <v>24</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O11" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P11" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q11" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T11" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>50</v>
       </c>
@@ -2686,118 +2692,118 @@
       <c r="AP11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>6925Про виконання Програми соцiально-економiчного розвитку Червоноградської територіальної громади за 2024 рік та затвердження Програми соціально-економічного розвитку територіальної громади в межах адміністративної території Шептицької міської ради на 2025 рік</t>
+          <t>ID - 6925,  Про виконання Програми соцiально-економiчного розвитку Червоноградської територіальної громади за 2024 рік та затвердження Програми соціально-економічного розвитку територіальної громади в межах адміністративної території Шептицької міської ради на 2025 рік</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12">
         <v>23</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P12" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S12" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>50</v>
       </c>
@@ -2851,99 +2857,99 @@
       <c r="C13" t="s" s="4">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>47</v>
       </c>
       <c r="E13" t="s">
         <v>48</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O13" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T13" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>50</v>
       </c>
@@ -2988,105 +2994,105 @@
       <c r="B14" t="s">
         <v>70</v>
       </c>
       <c r="C14" t="s" s="4">
         <v>71</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14" t="s">
         <v>72</v>
       </c>
       <c r="F14">
         <v>15</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T14" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V14" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB14" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>50</v>
       </c>
@@ -3125,111 +3131,111 @@
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
       <c r="C15" t="s" s="4">
         <v>74</v>
       </c>
       <c r="D15" t="s">
         <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>72</v>
       </c>
       <c r="F15">
         <v>19</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L15" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M15" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N15" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P15" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R15" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T15" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U15" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB15" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC15" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK15" t="s" s="5">
         <v>54</v>
       </c>
@@ -3274,102 +3280,102 @@
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>72</v>
       </c>
       <c r="F16">
         <v>18</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L16" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M16" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N16" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P16" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T16" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U16" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V16" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB16" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC16" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK16" t="s" s="5">
         <v>54</v>
       </c>
@@ -3417,87 +3423,87 @@
       <c r="E17" t="s">
         <v>72</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M17" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P17" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q17" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R17" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>50</v>
       </c>
@@ -3560,96 +3566,96 @@
       <c r="F18">
         <v>18</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N18" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P18" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q18" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T18" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>54</v>
       </c>
@@ -3697,96 +3703,96 @@
       <c r="E19" t="s">
         <v>72</v>
       </c>
       <c r="F19">
         <v>18</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P19" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T19" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB19" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>50</v>
       </c>
@@ -3846,78 +3852,78 @@
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P20" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>50</v>
       </c>
@@ -3986,78 +3992,78 @@
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P21" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>50</v>
       </c>
@@ -4111,93 +4117,93 @@
       <c r="C22" t="s" s="4">
         <v>88</v>
       </c>
       <c r="D22" t="s">
         <v>47</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22">
         <v>25</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K22" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P22" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>50</v>
       </c>
@@ -4251,93 +4257,93 @@
       <c r="C23" t="s" s="4">
         <v>90</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>48</v>
       </c>
       <c r="F23">
         <v>23</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K23" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P23" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>50</v>
       </c>
@@ -4406,78 +4412,78 @@
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P24" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T24" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>50</v>
       </c>
@@ -4508,118 +4514,118 @@
       <c r="AP24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>93</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>6940Про встановлення щомісячної доплати за роботу в несприятливих умовах праці педагогічним працівникам закладів мистецьких шкіл</t>
+          <t>ID - 6940,  Про встановлення щомісячної доплати за роботу в несприятливих умовах праці педагогічним працівникам закладів мистецьких шкіл</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>47</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25">
         <v>26</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P25" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T25" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>50</v>
       </c>
@@ -4670,96 +4676,96 @@
       <c r="B26" t="s">
         <v>94</v>
       </c>
       <c r="C26" t="s" s="4">
         <v>95</v>
       </c>
       <c r="D26" t="s">
         <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26">
         <v>25</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S26" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T26" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>50</v>
       </c>
@@ -4790,121 +4796,121 @@
       <c r="AP26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>96</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>6942Про встановлення щомісячної доплати за роботу в несприятливих умовах праці педагогічним працівникам закладів мистецьких шкіл</t>
+          <t>ID - 6942,  Про встановлення щомісячної доплати за роботу в несприятливих умовах праці педагогічним працівникам закладів мистецьких шкіл</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>56</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27">
         <v>25</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P27" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T27" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4970,81 +4976,81 @@
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P28" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T28" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>49</v>
       </c>
@@ -5072,127 +5078,127 @@
       <c r="AP28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>99</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>6944Про надання згоди на внесення змін до Договору купівлі-продажу  об’єкта малої приватизації комунальної власності від 21.05.2020   </t>
+          <t>ID - 6944,  Про надання згоди на внесення змін до Договору купівлі-продажу  об’єкта малої приватизації комунальної власності від 21.05.2020   </t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>65</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29">
         <v>23</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L29" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N29" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P29" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R29" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T29" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB29" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>50</v>
       </c>
@@ -5214,121 +5220,121 @@
       <c r="AP29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>100</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>6945Про внесення змін в рішення від 23.01.2025 № 3235 «Про безкоштовну передачу деревини дров’яної (модрини) із балансу відділу освіти Шептицької міської ради на баланс комунального підприємства «Житлокомунсервіс»»</t>
+          <t>ID - 6945,  Про внесення змін в рішення від 23.01.2025 № 3235 «Про безкоштовну передачу деревини дров’яної (модрини) із балансу відділу освіти Шептицької міської ради на баланс комунального підприємства «Житлокомунсервіс»»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>65</v>
       </c>
       <c r="E30" t="s">
         <v>48</v>
       </c>
       <c r="F30">
         <v>24</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P30" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T30" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>49</v>
       </c>
@@ -5356,130 +5362,130 @@
       <c r="AP30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>101</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>6946Про внесення змін до рішення Червоноградської міської ради від 11.07.2024 №2746 «Про  встановлення земельного податку на території  Червоноградської міської територіальної громади»</t>
+          <t>ID - 6946,  Про внесення змін до рішення Червоноградської міської ради від 11.07.2024 №2746 «Про  встановлення земельного податку на території  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>65</v>
       </c>
       <c r="E31" t="s">
         <v>48</v>
       </c>
       <c r="F31">
         <v>24</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P31" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T31" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y31" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC31" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>54</v>
       </c>
@@ -5524,90 +5530,90 @@
       <c r="D32" t="s">
         <v>47</v>
       </c>
       <c r="E32" t="s">
         <v>48</v>
       </c>
       <c r="F32">
         <v>24</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L32" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P32" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T32" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5664,99 +5670,99 @@
       <c r="D33" t="s">
         <v>53</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
         <v>22</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L33" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P33" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T33" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y33" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5801,93 +5807,93 @@
       <c r="C34" t="s" s="4">
         <v>107</v>
       </c>
       <c r="D34" t="s">
         <v>56</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
         <v>23</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L34" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P34" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T34" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y34" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5918,118 +5924,118 @@
       <c r="AP34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>108</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>6950Про прийняття в комунальну власність Шептицької міської ради об’єктів нерухомого майна Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради» по вул. Грушевського, 36 у м.Соснівка</t>
+          <t>ID - 6950,  Про прийняття в комунальну власність Шептицької міської ради об’єктів нерухомого майна Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради» по вул. Грушевського, 36 у м.Соснівка</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>65</v>
       </c>
       <c r="E35" t="s">
         <v>48</v>
       </c>
       <c r="F35">
         <v>24</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L35" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T35" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>50</v>
       </c>
@@ -6060,121 +6066,121 @@
       <c r="AP35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>109</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>6951Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єкта нерухомого майна, будівлі онкологічного відділення по вул.Івасюка, 2 в м.Шептицький</t>
+          <t>ID - 6951,  Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єкта нерухомого майна, будівлі онкологічного відділення по вул.Івасюка, 2 в м.Шептицький</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>65</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36">
         <v>23</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L36" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P36" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T36" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y36" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>49</v>
       </c>
@@ -6202,121 +6208,121 @@
       <c r="AP36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>6952​​​​​​​Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єкта нерухомого майна, будівлі поліклініки по вул.Івасюка, 2 в м.Шептицький</t>
+          <t>ID - 6952,  ​​​​​​​Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єкта нерухомого майна, будівлі поліклініки по вул.Івасюка, 2 в м.Шептицький</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>65</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37">
         <v>22</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L37" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M37" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P37" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q37" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T37" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y37" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z37" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>49</v>
       </c>
@@ -6344,121 +6350,121 @@
       <c r="AP37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>111</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>6953Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єкта нерухомого майна, будівлі «Центру психічного здоров’я» по вул.Клюсівська, 8-А в м.Шептицький</t>
+          <t>ID - 6953,  Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єкта нерухомого майна, будівлі «Центру психічного здоров’я» по вул.Клюсівська, 8-А в м.Шептицький</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>65</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38">
         <v>23</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L38" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T38" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y38" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z38" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>49</v>
       </c>
@@ -6486,121 +6492,121 @@
       <c r="AP38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>112</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>6954Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єкта нерухомого майна, будівлі господарського корпусу по вул.Клюсівська, 8-А в м.Шептицький</t>
+          <t>ID - 6954,  Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єкта нерухомого майна, будівлі господарського корпусу по вул.Клюсівська, 8-А в м.Шептицький</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>65</v>
       </c>
       <c r="E39" t="s">
         <v>48</v>
       </c>
       <c r="F39">
         <v>23</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L39" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P39" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T39" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y39" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>49</v>
       </c>
@@ -6654,93 +6660,93 @@
       <c r="D40" t="s">
         <v>47</v>
       </c>
       <c r="E40" t="s">
         <v>48</v>
       </c>
       <c r="F40">
         <v>22</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L40" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T40" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y40" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z40" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>49</v>
       </c>
@@ -6785,111 +6791,111 @@
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>115</v>
       </c>
       <c r="C41" t="s" s="4">
         <v>116</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>72</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P41" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T41" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y41" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC41" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK41" t="s" s="5">
         <v>54</v>
       </c>
@@ -6925,111 +6931,111 @@
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>117</v>
       </c>
       <c r="C42" t="s" s="4">
         <v>118</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>72</v>
       </c>
       <c r="F42">
         <v>10</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P42" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T42" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y42" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC42" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK42" t="s" s="5">
         <v>54</v>
       </c>
@@ -7080,96 +7086,96 @@
       <c r="F43">
         <v>8</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N43" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O43" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P43" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q43" t="s" s="5">
-        <v>54</v>
+        <v>121</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S43" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T43" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U43" t="s" s="5">
-        <v>121</v>
+        <v>49</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y43" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA43" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC43" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK43" t="s" s="5">
         <v>54</v>
       </c>
@@ -7211,96 +7217,96 @@
       <c r="C44" t="s" s="4">
         <v>123</v>
       </c>
       <c r="D44" t="s">
         <v>53</v>
       </c>
       <c r="E44" t="s">
         <v>48</v>
       </c>
       <c r="F44">
         <v>21</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K44" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L44" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O44" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P44" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T44" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>49</v>
       </c>
@@ -7354,93 +7360,93 @@
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45">
         <v>23</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L45" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P45" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T45" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y45" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z45" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>49</v>
       </c>
@@ -7494,93 +7500,93 @@
       <c r="D46" t="s">
         <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>48</v>
       </c>
       <c r="F46">
         <v>23</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L46" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P46" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T46" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z46" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>49</v>
       </c>
@@ -7634,93 +7640,93 @@
       <c r="D47" t="s">
         <v>53</v>
       </c>
       <c r="E47" t="s">
         <v>48</v>
       </c>
       <c r="F47">
         <v>20</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L47" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P47" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R47" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T47" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V47" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Y47" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z47" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>49</v>
       </c>
@@ -7774,93 +7780,93 @@
       <c r="D48" t="s">
         <v>53</v>
       </c>
       <c r="E48" t="s">
         <v>48</v>
       </c>
       <c r="F48">
         <v>22</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L48" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P48" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T48" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V48" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Y48" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z48" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>49</v>
       </c>
@@ -7908,99 +7914,99 @@
       <c r="B49" t="s">
         <v>132</v>
       </c>
       <c r="C49" t="s" s="4">
         <v>133</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>48</v>
       </c>
       <c r="F49">
         <v>21</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L49" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N49" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P49" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T49" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V49" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z49" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>49</v>
       </c>
@@ -8054,93 +8060,93 @@
       <c r="D50" t="s">
         <v>53</v>
       </c>
       <c r="E50" t="s">
         <v>48</v>
       </c>
       <c r="F50">
         <v>21</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L50" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P50" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T50" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V50" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W50" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z50" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>49</v>
       </c>
@@ -8185,102 +8191,102 @@
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>136</v>
       </c>
       <c r="C51" t="s" s="4">
         <v>137</v>
       </c>
       <c r="D51" t="s">
         <v>53</v>
       </c>
       <c r="E51" t="s">
         <v>72</v>
       </c>
       <c r="F51">
         <v>19</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J51" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L51" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M51" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O51" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P51" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="T51" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V51" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W51" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Y51" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z51" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>49</v>
       </c>
@@ -8331,96 +8337,96 @@
       <c r="C52" t="s" s="4">
         <v>139</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>72</v>
       </c>
       <c r="F52">
         <v>19</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L52" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O52" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P52" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R52" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S52" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T52" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V52" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="W52" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z52" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>49</v>
       </c>
@@ -8474,93 +8480,93 @@
       <c r="D53" t="s">
         <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>48</v>
       </c>
       <c r="F53">
         <v>22</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L53" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P53" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R53" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T53" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V53" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="W53" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z53" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>49</v>
       </c>
@@ -8605,111 +8611,111 @@
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>142</v>
       </c>
       <c r="C54" t="s" s="4">
         <v>143</v>
       </c>
       <c r="D54" t="s">
         <v>53</v>
       </c>
       <c r="E54" t="s">
         <v>72</v>
       </c>
       <c r="F54">
         <v>19</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L54" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P54" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R54" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T54" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V54" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="W54" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X54" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y54" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB54" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC54" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK54" t="s" s="5">
         <v>54</v>
       </c>
@@ -8754,93 +8760,93 @@
       <c r="D55" t="s">
         <v>53</v>
       </c>
       <c r="E55" t="s">
         <v>48</v>
       </c>
       <c r="F55">
         <v>23</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L55" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P55" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T55" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W55" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X55" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y55" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z55" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>49</v>
       </c>
@@ -8885,111 +8891,111 @@
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>146</v>
       </c>
       <c r="C56" t="s" s="4">
         <v>147</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>72</v>
       </c>
       <c r="F56">
         <v>16</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P56" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T56" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W56" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y56" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z56" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC56" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH56" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK56" t="s" s="5">
         <v>54</v>
       </c>
@@ -9034,93 +9040,93 @@
       <c r="D57" t="s">
         <v>53</v>
       </c>
       <c r="E57" t="s">
         <v>48</v>
       </c>
       <c r="F57">
         <v>22</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L57" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P57" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T57" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W57" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X57" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y57" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z57" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>49</v>
       </c>
@@ -9171,102 +9177,102 @@
       <c r="C58" t="s" s="4">
         <v>151</v>
       </c>
       <c r="D58" t="s">
         <v>53</v>
       </c>
       <c r="E58" t="s">
         <v>72</v>
       </c>
       <c r="F58">
         <v>19</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K58" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O58" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P58" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S58" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T58" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W58" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X58" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y58" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z58" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB58" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>50</v>
       </c>
@@ -9314,93 +9320,93 @@
       <c r="D59" t="s">
         <v>53</v>
       </c>
       <c r="E59" t="s">
         <v>48</v>
       </c>
       <c r="F59">
         <v>23</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L59" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P59" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T59" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W59" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X59" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z59" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH59" t="s" s="5">
         <v>49</v>
       </c>
@@ -9451,96 +9457,96 @@
       <c r="C60" t="s" s="4">
         <v>155</v>
       </c>
       <c r="D60" t="s">
         <v>56</v>
       </c>
       <c r="E60" t="s">
         <v>48</v>
       </c>
       <c r="F60">
         <v>21</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K60" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L60" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O60" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P60" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T60" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U60" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y60" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z60" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>49</v>
       </c>
@@ -9568,127 +9574,127 @@
       <c r="AP60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>156</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>6978 Про перейменування Комунального закладу Червоноградської міської ради «Будинок воїна» та затвердження його статуту в новій редакції</t>
+          <t>ID - 6978,   Про перейменування Комунального закладу Червоноградської міської ради «Будинок воїна» та затвердження його статуту в новій редакції</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>65</v>
       </c>
       <c r="E61" t="s">
         <v>48</v>
       </c>
       <c r="F61">
         <v>21</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L61" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N61" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R61" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="S61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T61" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W61" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y61" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z61" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB61" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>50</v>
       </c>
@@ -9710,127 +9716,127 @@
       <c r="AP61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>157</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>6979Про делегування  повноважень щодо здiйснення функцiй замовника Приватному акцiонерному товариству «Львiвобленерго» та передачу проектно- кошторисної документації по об`єкту «Нове будівництво електропостачання житлового кварталу у присілку Заболотня в с.Сілець Червоноградського району Львівської області».</t>
+          <t>ID - 6979,  Про делегування  повноважень щодо здiйснення функцiй замовника Приватному акцiонерному товариству «Львiвобленерго» та передачу проектно- кошторисної документації по об`єкту «Нове будівництво електропостачання житлового кварталу у присілку Заболотня в с.Сілець Червоноградського району Львівської області».</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>65</v>
       </c>
       <c r="E62" t="s">
         <v>48</v>
       </c>
       <c r="F62">
         <v>22</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L62" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N62" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R62" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="S62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T62" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W62" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y62" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z62" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB62" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ62" t="s" s="5">
         <v>50</v>
       </c>
@@ -9852,127 +9858,127 @@
       <c r="AP62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>158</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>6980Про внесення змін в рішення Червоноградської міської ради № 62 від 22.12.2020 «Про створення постійно діючої комісії для розгляду питань щодо відключення споживачів від систем централізованого опалення та постачання гарячої води»</t>
+          <t>ID - 6980,  Про внесення змін в рішення Червоноградської міської ради № 62 від 22.12.2020 «Про створення постійно діючої комісії для розгляду питань щодо відключення споживачів від систем централізованого опалення та постачання гарячої води»</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>65</v>
       </c>
       <c r="E63" t="s">
         <v>48</v>
       </c>
       <c r="F63">
         <v>21</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L63" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N63" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R63" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="S63" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T63" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W63" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y63" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z63" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB63" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>50</v>
       </c>
@@ -9994,127 +10000,127 @@
       <c r="AP63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>159</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>6981Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Шептицької міської ради  </t>
+          <t>ID - 6981,  Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Шептицької міської ради  </t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>65</v>
       </c>
       <c r="E64" t="s">
         <v>48</v>
       </c>
       <c r="F64">
         <v>20</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L64" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N64" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R64" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="S64" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T64" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W64" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y64" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z64" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB64" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ64" t="s" s="5">
         <v>50</v>
       </c>
@@ -10136,127 +10142,127 @@
       <c r="AP64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>160</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>6982Про делегування повноважень щодо здійснення функцій замовника від  Комунальної установи «Спортивний комплекс» Шептицької міської ради </t>
+          <t>ID - 6982,  Про делегування повноважень щодо здійснення функцій замовника від  Комунальної установи «Спортивний комплекс» Шептицької міської ради </t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>65</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65">
         <v>21</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K65" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L65" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N65" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O65" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R65" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T65" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W65" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y65" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z65" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB65" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ65" t="s" s="5">
         <v>50</v>
       </c>
@@ -10278,127 +10284,127 @@
       <c r="AP65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>161</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>6983Про  перейменування комунального  підприємства «Червоноградтеплокомуненерго»  та   затвердження    його статуту в новiй  редакції</t>
+          <t>ID - 6983,  Про  перейменування комунального  підприємства «Червоноградтеплокомуненерго»  та   затвердження    його статуту в новiй  редакції</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>65</v>
       </c>
       <c r="E66" t="s">
         <v>48</v>
       </c>
       <c r="F66">
         <v>22</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L66" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N66" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R66" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T66" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W66" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y66" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z66" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB66" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ66" t="s" s="5">
         <v>50</v>
       </c>
@@ -10420,127 +10426,127 @@
       <c r="AP66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>162</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>6984Про затвердження Програми накопичення засобів індивідуального захисту для непрацюючого населення на 2025 рік</t>
+          <t>ID - 6984,  Про затвердження Програми накопичення засобів індивідуального захисту для непрацюючого населення на 2025 рік</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>65</v>
       </c>
       <c r="E67" t="s">
         <v>48</v>
       </c>
       <c r="F67">
         <v>23</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L67" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T67" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W67" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y67" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z67" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB67" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ67" t="s" s="5">
         <v>50</v>
       </c>
@@ -10562,127 +10568,127 @@
       <c r="AP67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>163</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>6985Про затвердження Програми заходів щодо приведення захисних споруд цивільного захисту (протирадіаційних укриттів) у готовність до укриття населення на на 2025 рік</t>
+          <t>ID - 6985,  Про затвердження Програми заходів щодо приведення захисних споруд цивільного захисту (протирадіаційних укриттів) у готовність до укриття населення на на 2025 рік</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>47</v>
       </c>
       <c r="E68" t="s">
         <v>48</v>
       </c>
       <c r="F68">
         <v>22</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L68" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S68" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T68" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W68" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y68" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z68" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB68" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ68" t="s" s="5">
         <v>50</v>
       </c>
@@ -10724,105 +10730,105 @@
       <c r="B69" t="s">
         <v>164</v>
       </c>
       <c r="C69" t="s" s="4">
         <v>165</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>72</v>
       </c>
       <c r="F69">
         <v>18</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L69" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N69" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R69" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S69" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T69" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W69" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y69" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z69" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB69" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG69" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ69" t="s" s="5">
         <v>50</v>
       </c>
@@ -10864,105 +10870,105 @@
       <c r="B70" t="s">
         <v>166</v>
       </c>
       <c r="C70" t="s" s="4">
         <v>167</v>
       </c>
       <c r="D70" t="s">
         <v>53</v>
       </c>
       <c r="E70" t="s">
         <v>48</v>
       </c>
       <c r="F70">
         <v>20</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L70" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N70" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R70" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S70" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T70" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W70" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y70" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z70" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB70" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>50</v>
       </c>
@@ -10984,127 +10990,127 @@
       <c r="AP70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>168</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>6988Про затвердження Програми заходів щодо приведення захисних споруд цивільного захисту (протирадіаційних укриттів) у готовність до укриття населення на на 2025 рік</t>
+          <t>ID - 6988,  Про затвердження Програми заходів щодо приведення захисних споруд цивільного захисту (протирадіаційних укриттів) у готовність до укриття населення на на 2025 рік</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>56</v>
       </c>
       <c r="E71" t="s">
         <v>48</v>
       </c>
       <c r="F71">
         <v>21</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L71" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N71" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R71" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S71" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T71" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W71" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y71" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z71" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB71" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ71" t="s" s="5">
         <v>50</v>
       </c>
@@ -11126,127 +11132,127 @@
       <c r="AP71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>169</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>6989Про  розроблення Комплексного плану просторового розвитку території територіальної громади з адміністративним центром в місті Шептицький (48А1)</t>
+          <t>ID - 6989,  Про  розроблення Комплексного плану просторового розвитку території територіальної громади з адміністративним центром в місті Шептицький (48А1)</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>65</v>
       </c>
       <c r="E72" t="s">
         <v>48</v>
       </c>
       <c r="F72">
         <v>23</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L72" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S72" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T72" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W72" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y72" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z72" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB72" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ72" t="s" s="5">
         <v>50</v>
       </c>
@@ -11268,127 +11274,127 @@
       <c r="AP72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>170</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>6990Про внесення змін в рішення Шептицької міської ради від 21.11.2024 № 3031 `Про перейменування виконавчих органів Шептицької міської ради, що не мають статусу юридичної особи, та затвердження Положень`</t>
+          <t>ID - 6990,  Про внесення змін в рішення Шептицької міської ради від 21.11.2024 № 3031 `Про перейменування виконавчих органів Шептицької міської ради, що не мають статусу юридичної особи, та затвердження Положень`</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>65</v>
       </c>
       <c r="E73" t="s">
         <v>48</v>
       </c>
       <c r="F73">
         <v>22</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L73" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S73" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T73" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W73" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y73" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB73" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ73" t="s" s="5">
         <v>50</v>
       </c>
@@ -11430,96 +11436,96 @@
       <c r="B74" t="s">
         <v>171</v>
       </c>
       <c r="C74" t="s" s="4">
         <v>172</v>
       </c>
       <c r="D74" t="s">
         <v>47</v>
       </c>
       <c r="E74" t="s">
         <v>48</v>
       </c>
       <c r="F74">
         <v>22</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L74" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S74" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T74" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V74" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W74" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X74" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y74" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG74" t="s" s="5">
         <v>49</v>
       </c>
@@ -11570,96 +11576,96 @@
       <c r="B75" t="s">
         <v>173</v>
       </c>
       <c r="C75" t="s" s="4">
         <v>174</v>
       </c>
       <c r="D75" t="s">
         <v>53</v>
       </c>
       <c r="E75" t="s">
         <v>48</v>
       </c>
       <c r="F75">
         <v>22</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L75" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S75" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T75" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V75" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W75" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X75" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y75" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG75" t="s" s="5">
         <v>49</v>
       </c>
@@ -11710,96 +11716,96 @@
       <c r="B76" t="s">
         <v>175</v>
       </c>
       <c r="C76" t="s" s="4">
         <v>176</v>
       </c>
       <c r="D76" t="s">
         <v>56</v>
       </c>
       <c r="E76" t="s">
         <v>48</v>
       </c>
       <c r="F76">
         <v>22</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L76" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S76" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T76" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V76" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W76" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X76" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y76" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG76" t="s" s="5">
         <v>49</v>
       </c>
@@ -11828,124 +11834,124 @@
         <v>50</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>177</v>
       </c>
-      <c r="C77" s="4">
-        <v>6994</v>
+      <c r="C77" t="s" s="4">
+        <v>178</v>
       </c>
       <c r="D77" t="s">
         <v>47</v>
       </c>
       <c r="E77" t="s">
         <v>72</v>
       </c>
       <c r="F77">
         <v>18</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L77" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T77" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V77" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W77" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="X77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y77" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA77" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI77" t="s" s="5">
         <v>50</v>
       </c>
@@ -11966,129 +11972,129 @@
       </c>
       <c r="AO77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>6995</v>
+        <v>179</v>
+      </c>
+      <c r="C78" t="s" s="4">
+        <v>180</v>
       </c>
       <c r="D78" t="s">
         <v>47</v>
       </c>
       <c r="E78" t="s">
         <v>72</v>
       </c>
       <c r="F78">
         <v>18</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L78" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R78" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S78" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T78" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U78" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="V78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W78" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y78" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB78" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ78" t="s" s="5">
         <v>50</v>
       </c>
@@ -12106,120 +12112,120 @@
       </c>
       <c r="AO78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D79" t="s">
         <v>65</v>
       </c>
       <c r="E79" t="s">
         <v>48</v>
       </c>
       <c r="F79">
         <v>23</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L79" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S79" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T79" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W79" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y79" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG79" t="s" s="5">
         <v>49</v>
       </c>
@@ -12246,120 +12252,120 @@
       </c>
       <c r="AO79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C80" t="s" s="4">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D80" t="s">
         <v>65</v>
       </c>
       <c r="E80" t="s">
         <v>48</v>
       </c>
       <c r="F80">
         <v>22</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L80" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S80" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T80" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W80" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y80" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG80" t="s" s="5">
         <v>49</v>
       </c>
@@ -12386,120 +12392,120 @@
       </c>
       <c r="AO80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D81" t="s">
         <v>65</v>
       </c>
       <c r="E81" t="s">
         <v>48</v>
       </c>
       <c r="F81">
         <v>22</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L81" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S81" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T81" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W81" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y81" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG81" t="s" s="5">
         <v>49</v>
       </c>
@@ -12526,122 +12532,122 @@
       </c>
       <c r="AO81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>6999Про розгляд клопотання громадян Кайгородової Степанії Володимирівни та Чмирука Ярослава Володимировича</t>
+          <t>ID - 6999,  Про розгляд клопотання громадян Кайгородової Степанії Володимирівни та Чмирука Ярослава Володимировича</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>65</v>
       </c>
       <c r="E82" t="s">
         <v>48</v>
       </c>
       <c r="F82">
         <v>22</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L82" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S82" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T82" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W82" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y82" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE82" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG82" t="s" s="5">
         <v>49</v>
       </c>
@@ -12668,120 +12674,120 @@
       </c>
       <c r="AO82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D83" t="s">
         <v>65</v>
       </c>
       <c r="E83" t="s">
         <v>48</v>
       </c>
       <c r="F83">
         <v>23</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L83" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S83" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T83" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W83" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y83" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE83" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG83" t="s" s="5">
         <v>49</v>
       </c>
@@ -12808,120 +12814,120 @@
       </c>
       <c r="AO83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D84" t="s">
         <v>65</v>
       </c>
       <c r="E84" t="s">
         <v>48</v>
       </c>
       <c r="F84">
         <v>20</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L84" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N84" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q84" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R84" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S84" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T84" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U84" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W84" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y84" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG84" t="s" s="5">
         <v>49</v>
       </c>
@@ -12948,120 +12954,120 @@
       </c>
       <c r="AO84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D85" t="s">
         <v>65</v>
       </c>
       <c r="E85" t="s">
         <v>48</v>
       </c>
       <c r="F85">
         <v>22</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L85" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q85" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S85" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T85" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U85" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W85" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y85" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE85" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG85" t="s" s="5">
         <v>49</v>
       </c>
@@ -13088,120 +13094,120 @@
       </c>
       <c r="AO85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D86" t="s">
         <v>47</v>
       </c>
       <c r="E86" t="s">
         <v>72</v>
       </c>
       <c r="F86">
         <v>17</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L86" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S86" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T86" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U86" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W86" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y86" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG86" t="s" s="5">
         <v>49</v>
       </c>
@@ -13228,120 +13234,120 @@
       </c>
       <c r="AO86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D87" t="s">
         <v>47</v>
       </c>
       <c r="E87" t="s">
         <v>48</v>
       </c>
       <c r="F87">
         <v>20</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K87" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L87" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O87" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q87" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S87" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T87" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U87" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W87" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y87" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG87" t="s" s="5">
         <v>49</v>
       </c>
@@ -13368,120 +13374,120 @@
       </c>
       <c r="AO87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
         <v>48</v>
       </c>
       <c r="F88">
         <v>21</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L88" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q88" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S88" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T88" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U88" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W88" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y88" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE88" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG88" t="s" s="5">
         <v>49</v>
       </c>
@@ -13508,120 +13514,120 @@
       </c>
       <c r="AO88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C89" t="s" s="4">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D89" t="s">
         <v>56</v>
       </c>
       <c r="E89" t="s">
         <v>48</v>
       </c>
       <c r="F89">
         <v>21</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K89" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L89" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O89" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q89" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S89" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T89" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U89" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W89" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y89" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG89" t="s" s="5">
         <v>49</v>
       </c>
@@ -13648,120 +13654,120 @@
       </c>
       <c r="AO89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D90" t="s">
         <v>65</v>
       </c>
       <c r="E90" t="s">
         <v>48</v>
       </c>
       <c r="F90">
         <v>22</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L90" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q90" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S90" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T90" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U90" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W90" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y90" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG90" t="s" s="5">
         <v>49</v>
       </c>
@@ -13788,120 +13794,120 @@
       </c>
       <c r="AO90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D91" t="s">
         <v>65</v>
       </c>
       <c r="E91" t="s">
         <v>48</v>
       </c>
       <c r="F91">
         <v>22</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L91" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q91" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S91" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T91" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U91" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W91" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y91" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG91" t="s" s="5">
         <v>49</v>
       </c>
@@ -13928,120 +13934,120 @@
       </c>
       <c r="AO91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D92" t="s">
         <v>65</v>
       </c>
       <c r="E92" t="s">
         <v>48</v>
       </c>
       <c r="F92">
         <v>22</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L92" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q92" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S92" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T92" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U92" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W92" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y92" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG92" t="s" s="5">
         <v>49</v>
       </c>
@@ -14068,120 +14074,120 @@
       </c>
       <c r="AO92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D93" t="s">
         <v>65</v>
       </c>
       <c r="E93" t="s">
         <v>48</v>
       </c>
       <c r="F93">
         <v>22</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L93" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M93" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S93" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T93" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U93" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W93" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y93" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG93" t="s" s="5">
         <v>49</v>
       </c>
@@ -14208,128 +14214,128 @@
       </c>
       <c r="AO93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
-          <t>7011Про розгляд клопотання громадянки Лилик Ганни  Федорівни про припинення права оренди земельної ділянки</t>
+          <t>ID - 7011,  Про розгляд клопотання громадянки Лилик Ганни  Федорівни про припинення права оренди земельної ділянки</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>65</v>
       </c>
       <c r="E94" t="s">
         <v>48</v>
       </c>
       <c r="F94">
         <v>22</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J94" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L94" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q94" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S94" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T94" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U94" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W94" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y94" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA94" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI94" t="s" s="5">
         <v>50</v>
       </c>
@@ -14350,132 +14356,132 @@
       </c>
       <c r="AO94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D95" t="s">
         <v>65</v>
       </c>
       <c r="E95" t="s">
         <v>48</v>
       </c>
       <c r="F95">
         <v>20</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L95" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q95" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S95" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T95" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U95" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W95" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y95" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA95" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC95" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK95" t="s" s="5">
         <v>49</v>
       </c>
@@ -14490,132 +14496,132 @@
       </c>
       <c r="AO95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D96" t="s">
         <v>65</v>
       </c>
       <c r="E96" t="s">
         <v>48</v>
       </c>
       <c r="F96">
         <v>22</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J96" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L96" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q96" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S96" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T96" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U96" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W96" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y96" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC96" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK96" t="s" s="5">
         <v>49</v>
       </c>
@@ -14630,132 +14636,132 @@
       </c>
       <c r="AO96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C97" t="s" s="4">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D97" t="s">
         <v>65</v>
       </c>
       <c r="E97" t="s">
         <v>48</v>
       </c>
       <c r="F97">
         <v>22</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J97" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L97" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q97" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S97" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T97" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U97" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W97" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y97" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC97" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK97" t="s" s="5">
         <v>49</v>
       </c>
@@ -14770,132 +14776,132 @@
       </c>
       <c r="AO97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D98" t="s">
         <v>65</v>
       </c>
       <c r="E98" t="s">
         <v>48</v>
       </c>
       <c r="F98">
         <v>21</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J98" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L98" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N98" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q98" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R98" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S98" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T98" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U98" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W98" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y98" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC98" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK98" t="s" s="5">
         <v>49</v>
       </c>
@@ -14910,132 +14916,132 @@
       </c>
       <c r="AO98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C99" t="s" s="4">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D99" t="s">
         <v>65</v>
       </c>
       <c r="E99" t="s">
         <v>48</v>
       </c>
       <c r="F99">
         <v>22</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J99" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L99" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q99" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S99" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T99" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U99" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W99" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y99" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC99" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK99" t="s" s="5">
         <v>49</v>
       </c>
@@ -15050,120 +15056,120 @@
       </c>
       <c r="AO99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C100" t="s" s="4">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D100" t="s">
         <v>65</v>
       </c>
       <c r="E100" t="s">
         <v>48</v>
       </c>
       <c r="F100">
         <v>23</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J100" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L100" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q100" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S100" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T100" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U100" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W100" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y100" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG100" t="s" s="5">
         <v>49</v>
       </c>
@@ -15190,120 +15196,120 @@
       </c>
       <c r="AO100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C101" t="s" s="4">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D101" t="s">
         <v>65</v>
       </c>
       <c r="E101" t="s">
         <v>48</v>
       </c>
       <c r="F101">
         <v>24</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L101" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q101" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T101" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U101" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W101" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y101" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG101" t="s" s="5">
         <v>49</v>
       </c>
@@ -15330,129 +15336,129 @@
       </c>
       <c r="AO101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D102" t="s">
         <v>65</v>
       </c>
       <c r="E102" t="s">
         <v>48</v>
       </c>
       <c r="F102">
         <v>21</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K102" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L102" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O102" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q102" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T102" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U102" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W102" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y102" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z102" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB102" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ102" t="s" s="5">
         <v>50</v>
       </c>
@@ -15470,129 +15476,129 @@
       </c>
       <c r="AO102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C103" t="s" s="4">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D103" t="s">
         <v>65</v>
       </c>
       <c r="E103" t="s">
         <v>48</v>
       </c>
       <c r="F103">
         <v>20</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K103" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L103" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N103" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O103" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q103" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R103" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T103" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U103" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W103" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y103" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z103" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB103" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH103" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ103" t="s" s="5">
         <v>50</v>
       </c>
@@ -15610,120 +15616,120 @@
       </c>
       <c r="AO103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D104" t="s">
         <v>65</v>
       </c>
       <c r="E104" t="s">
         <v>48</v>
       </c>
       <c r="F104">
         <v>23</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K104" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L104" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O104" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q104" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T104" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U104" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W104" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y104" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG104" t="s" s="5">
         <v>49</v>
       </c>
@@ -15750,120 +15756,120 @@
       </c>
       <c r="AO104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D105" t="s">
         <v>65</v>
       </c>
       <c r="E105" t="s">
         <v>48</v>
       </c>
       <c r="F105">
         <v>23</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L105" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N105" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q105" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R105" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T105" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U105" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W105" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y105" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG105" t="s" s="5">
         <v>49</v>
       </c>
@@ -15890,120 +15896,120 @@
       </c>
       <c r="AO105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C106" t="s" s="4">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D106" t="s">
         <v>65</v>
       </c>
       <c r="E106" t="s">
         <v>48</v>
       </c>
       <c r="F106">
         <v>23</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L106" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M106" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q106" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T106" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U106" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W106" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y106" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG106" t="s" s="5">
         <v>49</v>
       </c>
@@ -16030,129 +16036,129 @@
       </c>
       <c r="AO106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C107" t="s" s="4">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D107" t="s">
         <v>65</v>
       </c>
       <c r="E107" t="s">
         <v>48</v>
       </c>
       <c r="F107">
         <v>23</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L107" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q107" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T107" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U107" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W107" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y107" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z107" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB107" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ107" t="s" s="5">
         <v>50</v>
       </c>
@@ -16170,122 +16176,122 @@
       </c>
       <c r="AO107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>7025Про розгляд клопотання громадян Булаха Іллі Руслановича, Булах Наталії Анатоліївни, Булаха Миколи Павловича, Чепурко Лоліти Русланівни</t>
+          <t>ID - 7025,  Про розгляд клопотання громадян Булаха Іллі Руслановича, Булах Наталії Анатоліївни, Булаха Миколи Павловича, Чепурко Лоліти Русланівни</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>65</v>
       </c>
       <c r="E108" t="s">
         <v>48</v>
       </c>
       <c r="F108">
         <v>23</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K108" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L108" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O108" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q108" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T108" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U108" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W108" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y108" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG108" t="s" s="5">
         <v>49</v>
       </c>
@@ -16312,120 +16318,120 @@
       </c>
       <c r="AO108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C109" t="s" s="4">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D109" t="s">
         <v>65</v>
       </c>
       <c r="E109" t="s">
         <v>48</v>
       </c>
       <c r="F109">
         <v>23</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K109" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L109" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q109" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="R109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T109" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U109" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W109" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y109" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG109" t="s" s="5">
         <v>49</v>
       </c>
@@ -16452,120 +16458,120 @@
       </c>
       <c r="AO109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C110" t="s" s="4">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D110" t="s">
         <v>65</v>
       </c>
       <c r="E110" t="s">
         <v>48</v>
       </c>
       <c r="F110">
         <v>25</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
         <v>0</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L110" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T110" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W110" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y110" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG110" t="s" s="5">
         <v>49</v>
       </c>
@@ -16592,120 +16598,120 @@
       </c>
       <c r="AO110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D111" t="s">
         <v>65</v>
       </c>
       <c r="E111" t="s">
         <v>48</v>
       </c>
       <c r="F111">
         <v>23</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L111" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O111" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T111" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W111" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y111" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG111" t="s" s="5">
         <v>49</v>
       </c>
@@ -16732,122 +16738,122 @@
       </c>
       <c r="AO111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>7029Про розгляд клопотанняТовариства з обмеженоювідповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права орендиземельної ділянки</t>
+          <t>ID - 7029,  Про розгляд клопотанняТовариства з обмеженоювідповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права орендиземельної ділянки</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>65</v>
       </c>
       <c r="E112" t="s">
         <v>72</v>
       </c>
       <c r="F112">
         <v>18</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>0</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L112" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M112" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O112" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T112" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U112" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W112" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y112" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG112" t="s" s="5">
         <v>54</v>
       </c>
@@ -16874,122 +16880,122 @@
       </c>
       <c r="AO112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>7030Про розгляд клопотанняТовариства з обмеженоювідповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права орендиземельної ділянки</t>
+          <t>ID - 7030,  Про розгляд клопотанняТовариства з обмеженоювідповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права орендиземельної ділянки</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>65</v>
       </c>
       <c r="E113" t="s">
         <v>72</v>
       </c>
       <c r="F113">
         <v>18</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L113" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M113" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O113" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T113" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U113" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W113" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y113" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG113" t="s" s="5">
         <v>54</v>
       </c>
@@ -17016,122 +17022,122 @@
       </c>
       <c r="AO113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>7031Про розгляд клопотанняТовариства з обмеженоювідповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права орендиземельної ділянки</t>
+          <t>ID - 7031,  Про розгляд клопотанняТовариства з обмеженоювідповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права орендиземельної ділянки</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>65</v>
       </c>
       <c r="E114" t="s">
         <v>72</v>
       </c>
       <c r="F114">
         <v>19</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
         <v>0</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K114" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L114" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M114" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O114" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q114" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T114" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U114" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="V114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W114" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y114" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG114" t="s" s="5">
         <v>54</v>
       </c>
@@ -17158,131 +17164,131 @@
       </c>
       <c r="AO114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>7033Про внесення змін у рішення Шептицької міської ради від 23.01.2025 № 3290 «Про розгляд клопотання громадянина Дошака Романа Зеноновича»</t>
+          <t>ID - 7033,  Про внесення змін у рішення Шептицької міської ради від 23.01.2025 № 3290 «Про розгляд клопотання громадянина Дошака Романа Зеноновича»</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>65</v>
       </c>
       <c r="E115" t="s">
         <v>72</v>
       </c>
       <c r="F115">
         <v>16</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115">
         <v>0</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L115" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M115" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O115" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q115" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T115" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W115" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y115" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z115" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA115" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB115" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ115" t="s" s="5">
         <v>50</v>
       </c>
@@ -17300,122 +17306,122 @@
       </c>
       <c r="AO115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>7034Про внесення змін у рішення Шептицької міської ради від 23.01.2025 № 3290 «Про розгляд клопотання громадянина Дошака Романа Зеноновича»</t>
+          <t>ID - 7034,  Про внесення змін у рішення Шептицької міської ради від 23.01.2025 № 3290 «Про розгляд клопотання громадянина Дошака Романа Зеноновича»</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>65</v>
       </c>
       <c r="E116" t="s">
         <v>48</v>
       </c>
       <c r="F116">
         <v>25</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116">
         <v>0</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L116" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T116" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W116" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y116" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG116" t="s" s="5">
         <v>49</v>
       </c>
@@ -17442,122 +17448,122 @@
       </c>
       <c r="AO116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>7035Про внесення змін у рішення Шептицької міської ради від 12.12.2024 № 3189 «Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки»</t>
+          <t>ID - 7035,  Про внесення змін у рішення Шептицької міської ради від 12.12.2024 № 3189 «Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки»</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>65</v>
       </c>
       <c r="E117" t="s">
         <v>48</v>
       </c>
       <c r="F117">
         <v>23</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
         <v>0</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L117" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M117" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q117" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T117" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W117" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y117" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE117" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG117" t="s" s="5">
         <v>49</v>
       </c>
@@ -17584,120 +17590,120 @@
       </c>
       <c r="AO117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C118" t="s" s="4">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D118" t="s">
         <v>47</v>
       </c>
       <c r="E118" t="s">
         <v>48</v>
       </c>
       <c r="F118">
         <v>24</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L118" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M118" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q118" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T118" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W118" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y118" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG118" t="s" s="5">
         <v>49</v>
       </c>
@@ -17724,129 +17730,129 @@
       </c>
       <c r="AO118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D119" t="s">
         <v>53</v>
       </c>
       <c r="E119" t="s">
         <v>48</v>
       </c>
       <c r="F119">
         <v>23</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L119" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T119" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W119" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y119" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z119" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB119" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ119" t="s" s="5">
         <v>50</v>
       </c>
@@ -17864,120 +17870,120 @@
       </c>
       <c r="AO119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C120" t="s" s="4">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D120" t="s">
         <v>56</v>
       </c>
       <c r="E120" t="s">
         <v>48</v>
       </c>
       <c r="F120">
         <v>24</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120">
         <v>0</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L120" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T120" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W120" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y120" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG120" t="s" s="5">
         <v>49</v>
       </c>
@@ -18004,120 +18010,120 @@
       </c>
       <c r="AO120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C121" t="s" s="4">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D121" t="s">
         <v>65</v>
       </c>
       <c r="E121" t="s">
         <v>48</v>
       </c>
       <c r="F121">
         <v>24</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K121" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L121" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O121" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T121" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W121" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y121" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG121" t="s" s="5">
         <v>49</v>
       </c>
@@ -18144,120 +18150,120 @@
       </c>
       <c r="AO121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C122" t="s" s="4">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D122" t="s">
         <v>65</v>
       </c>
       <c r="E122" t="s">
         <v>48</v>
       </c>
       <c r="F122">
         <v>24</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
         <v>0</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K122" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L122" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O122" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T122" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W122" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y122" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG122" t="s" s="5">
         <v>49</v>
       </c>
@@ -18284,120 +18290,120 @@
       </c>
       <c r="AO122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C123" t="s" s="4">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D123" t="s">
         <v>65</v>
       </c>
       <c r="E123" t="s">
         <v>48</v>
       </c>
       <c r="F123">
         <v>25</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>0</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L123" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T123" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W123" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y123" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG123" t="s" s="5">
         <v>49</v>
       </c>
@@ -18424,120 +18430,120 @@
       </c>
       <c r="AO123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C124" t="s" s="4">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D124" t="s">
         <v>65</v>
       </c>
       <c r="E124" t="s">
         <v>48</v>
       </c>
       <c r="F124">
         <v>24</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124">
         <v>0</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K124" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L124" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O124" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T124" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W124" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y124" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG124" t="s" s="5">
         <v>49</v>
       </c>
@@ -18564,120 +18570,120 @@
       </c>
       <c r="AO124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C125" t="s" s="4">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D125" t="s">
         <v>65</v>
       </c>
       <c r="E125" t="s">
         <v>48</v>
       </c>
       <c r="F125">
         <v>20</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
         <v>0</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J125" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L125" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N125" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O125" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="P125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R125" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S125" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T125" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W125" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y125" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG125" t="s" s="5">
         <v>54</v>
       </c>
@@ -18704,129 +18710,129 @@
       </c>
       <c r="AO125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C126" t="s" s="4">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D126" t="s">
         <v>65</v>
       </c>
       <c r="E126" t="s">
         <v>48</v>
       </c>
       <c r="F126">
         <v>24</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126">
         <v>0</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L126" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T126" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W126" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y126" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z126" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB126" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ126" t="s" s="5">
         <v>50</v>
       </c>
@@ -18844,120 +18850,120 @@
       </c>
       <c r="AO126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C127" t="s" s="4">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D127" t="s">
         <v>65</v>
       </c>
       <c r="E127" t="s">
         <v>48</v>
       </c>
       <c r="F127">
         <v>25</v>
       </c>
       <c r="G127">
         <v>0</v>
       </c>
       <c r="H127">
         <v>0</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L127" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T127" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W127" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y127" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG127" t="s" s="5">
         <v>49</v>
       </c>
@@ -18984,122 +18990,122 @@
       </c>
       <c r="AO127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>7046Про розгляд клопотання громадянина Гука Василя Михайловича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 7046,  Про розгляд клопотання громадянина Гука Василя Михайловича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>65</v>
       </c>
       <c r="E128" t="s">
         <v>48</v>
       </c>
       <c r="F128">
         <v>25</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128">
         <v>0</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L128" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T128" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W128" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y128" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG128" t="s" s="5">
         <v>49</v>
       </c>
@@ -19126,120 +19132,120 @@
       </c>
       <c r="AO128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C129" t="s" s="4">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D129" t="s">
         <v>65</v>
       </c>
       <c r="E129" t="s">
         <v>48</v>
       </c>
       <c r="F129">
         <v>23</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129">
         <v>0</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K129" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L129" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O129" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S129" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T129" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W129" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y129" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG129" t="s" s="5">
         <v>49</v>
       </c>
@@ -19266,120 +19272,120 @@
       </c>
       <c r="AO129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C130" t="s" s="4">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D130" t="s">
         <v>65</v>
       </c>
       <c r="E130" t="s">
         <v>48</v>
       </c>
       <c r="F130">
         <v>24</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
         <v>0</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L130" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T130" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V130" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W130" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X130" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y130" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG130" t="s" s="5">
         <v>49</v>
       </c>
@@ -19406,120 +19412,120 @@
       </c>
       <c r="AO130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C131" t="s" s="4">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D131" t="s">
         <v>65</v>
       </c>
       <c r="E131" t="s">
         <v>48</v>
       </c>
       <c r="F131">
         <v>24</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L131" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T131" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V131" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="W131" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X131" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Y131" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG131" t="s" s="5">
         <v>49</v>
       </c>
@@ -19546,132 +19552,132 @@
       </c>
       <c r="AO131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C132" t="s" s="4">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D132" t="s">
         <v>47</v>
       </c>
       <c r="E132" t="s">
         <v>48</v>
       </c>
       <c r="F132">
         <v>22</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132">
         <v>0</v>
       </c>
       <c r="I132" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L132" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N132" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R132" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T132" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W132" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y132" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC132" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AD132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH132" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK132" t="s" s="5">
         <v>49</v>
       </c>
@@ -19686,132 +19692,132 @@
       </c>
       <c r="AO132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C133" t="s" s="4">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D133" t="s">
         <v>53</v>
       </c>
       <c r="E133" t="s">
         <v>72</v>
       </c>
       <c r="F133">
         <v>19</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
         <v>0</v>
       </c>
       <c r="I133" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K133" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L133" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N133" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O133" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R133" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T133" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W133" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y133" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z133" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB133" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC133" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK133" t="s" s="5">
         <v>49</v>
       </c>
@@ -19826,132 +19832,132 @@
       </c>
       <c r="AO133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C134" t="s" s="4">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D134" t="s">
         <v>53</v>
       </c>
       <c r="E134" t="s">
         <v>48</v>
       </c>
       <c r="F134">
         <v>21</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
         <v>0</v>
       </c>
       <c r="I134" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L134" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T134" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W134" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y134" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z134" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB134" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC134" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH134" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK134" t="s" s="5">
         <v>49</v>
       </c>
@@ -19966,132 +19972,132 @@
       </c>
       <c r="AO134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C135" t="s" s="4">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D135" t="s">
         <v>56</v>
       </c>
       <c r="E135" t="s">
         <v>48</v>
       </c>
       <c r="F135">
         <v>22</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135">
         <v>0</v>
       </c>
       <c r="I135" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L135" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T135" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W135" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y135" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z135" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB135" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC135" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH135" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK135" t="s" s="5">
         <v>49</v>
       </c>
@@ -20106,134 +20112,134 @@
       </c>
       <c r="AO135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
-          <t>7054Про розгляд клопотання фізичної особи – підприємця Лукашик Надії Михайлівни та приватного підприємства «Лайма»</t>
+          <t>ID - 7054,  Про розгляд клопотання фізичної особи – підприємця Лукашик Надії Михайлівни та приватного підприємства «Лайма»</t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>65</v>
       </c>
       <c r="E136" t="s">
         <v>48</v>
       </c>
       <c r="F136">
         <v>22</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
         <v>0</v>
       </c>
       <c r="I136" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L136" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T136" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W136" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y136" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z136" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB136" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC136" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE136" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK136" t="s" s="5">
         <v>49</v>
       </c>
@@ -20248,132 +20254,132 @@
       </c>
       <c r="AO136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C137" t="s" s="4">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D137" t="s">
         <v>65</v>
       </c>
       <c r="E137" t="s">
         <v>72</v>
       </c>
       <c r="F137">
         <v>19</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137">
         <v>0</v>
       </c>
       <c r="I137" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J137" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L137" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M137" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q137" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S137" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T137" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W137" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y137" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z137" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB137" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC137" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE137" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH137" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK137" t="s" s="5">
         <v>49</v>
       </c>
@@ -20388,132 +20394,132 @@
       </c>
       <c r="AO137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C138" t="s" s="4">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D138" t="s">
         <v>65</v>
       </c>
       <c r="E138" t="s">
         <v>48</v>
       </c>
       <c r="F138">
         <v>20</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138">
         <v>0</v>
       </c>
       <c r="I138" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J138" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L138" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M138" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q138" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S138" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T138" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W138" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y138" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z138" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB138" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC138" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE138" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK138" t="s" s="5">
         <v>49</v>
       </c>
@@ -20528,134 +20534,134 @@
       </c>
       <c r="AO138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
-          <t>7057​​​​​​​ Про розгляд клопотання громадян Токай Оксани Аркадіївни та Драган Наталії Йосипівни</t>
+          <t>ID - 7057,  ​​​​​​​ Про розгляд клопотання громадян Токай Оксани Аркадіївни та Драган Наталії Йосипівни</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>65</v>
       </c>
       <c r="E139" t="s">
         <v>72</v>
       </c>
       <c r="F139">
         <v>18</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139">
         <v>0</v>
       </c>
       <c r="I139" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L139" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M139" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q139" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T139" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W139" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y139" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z139" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA139" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AB139" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC139" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE139" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH139" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK139" t="s" s="5">
         <v>49</v>
       </c>
@@ -20670,134 +20676,134 @@
       </c>
       <c r="AO139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>7058​​​​​​​ Про розгляд клопотання громадян Токай Оксани Аркадіївни та Драган Наталії Йосипівни</t>
+          <t>ID - 7058,  ​​​​​​​ Про розгляд клопотання громадян Токай Оксани Аркадіївни та Драган Наталії Йосипівни</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>65</v>
       </c>
       <c r="E140" t="s">
         <v>48</v>
       </c>
       <c r="F140">
         <v>21</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140">
         <v>0</v>
       </c>
       <c r="I140" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L140" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M140" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q140" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T140" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W140" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y140" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z140" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB140" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC140" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE140" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK140" t="s" s="5">
         <v>49</v>
       </c>
@@ -20812,132 +20818,132 @@
       </c>
       <c r="AO140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C141" t="s" s="4">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D141" t="s">
         <v>65</v>
       </c>
       <c r="E141" t="s">
         <v>48</v>
       </c>
       <c r="F141">
         <v>21</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L141" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M141" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q141" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T141" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W141" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y141" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z141" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB141" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC141" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE141" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK141" t="s" s="5">
         <v>49</v>
       </c>
@@ -20952,132 +20958,132 @@
       </c>
       <c r="AO141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C142" t="s" s="4">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D142" t="s">
         <v>65</v>
       </c>
       <c r="E142" t="s">
         <v>72</v>
       </c>
       <c r="F142">
         <v>14</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142">
         <v>0</v>
       </c>
       <c r="I142" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J142" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L142" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M142" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O142" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q142" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S142" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T142" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="U142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W142" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X142" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y142" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AA142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB142" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC142" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="AD142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK142" t="s" s="5">
         <v>49</v>
       </c>
@@ -21092,132 +21098,132 @@
       </c>
       <c r="AO142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C143" t="s" s="4">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D143" t="s">
         <v>65</v>
       </c>
       <c r="E143" t="s">
         <v>48</v>
       </c>
       <c r="F143">
         <v>22</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
         <v>0</v>
       </c>
       <c r="I143" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L143" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T143" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W143" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y143" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z143" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB143" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC143" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE143" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK143" t="s" s="5">
         <v>49</v>
       </c>
@@ -21232,134 +21238,134 @@
       </c>
       <c r="AO143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
-          <t>7062Про розгляд клопотання громадянина Олійчука Андрія Володимировича для будівництва індивідуального гаража</t>
+          <t>ID - 7062,  Про розгляд клопотання громадянина Олійчука Андрія Володимировича для будівництва індивідуального гаража</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>65</v>
       </c>
       <c r="E144" t="s">
         <v>48</v>
       </c>
       <c r="F144">
         <v>22</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144">
         <v>0</v>
       </c>
       <c r="I144" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L144" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T144" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W144" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y144" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z144" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB144" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC144" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE144" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK144" t="s" s="5">
         <v>49</v>
       </c>
@@ -21374,134 +21380,134 @@
       </c>
       <c r="AO144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>7063Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:009:0117</t>
+          <t>ID - 7063,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:009:0117</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>65</v>
       </c>
       <c r="E145" t="s">
         <v>48</v>
       </c>
       <c r="F145">
         <v>23</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145">
         <v>0</v>
       </c>
       <c r="I145" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L145" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T145" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W145" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y145" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC145" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE145" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK145" t="s" s="5">
         <v>49</v>
       </c>
@@ -21516,134 +21522,134 @@
       </c>
       <c r="AO145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>7064Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:020:0005</t>
+          <t>ID - 7064,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:020:0005</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>47</v>
       </c>
       <c r="E146" t="s">
         <v>48</v>
       </c>
       <c r="F146">
         <v>23</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146">
         <v>0</v>
       </c>
       <c r="I146" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L146" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T146" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W146" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y146" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC146" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE146" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK146" t="s" s="5">
         <v>49</v>
       </c>
@@ -21658,132 +21664,132 @@
       </c>
       <c r="AO146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C147" t="s" s="4">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D147" t="s">
         <v>53</v>
       </c>
       <c r="E147" t="s">
         <v>48</v>
       </c>
       <c r="F147">
         <v>22</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147">
         <v>0</v>
       </c>
       <c r="I147" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K147" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L147" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M147" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O147" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q147" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T147" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W147" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y147" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC147" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK147" t="s" s="5">
         <v>49</v>
       </c>
@@ -21798,134 +21804,134 @@
       </c>
       <c r="AO147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C148" t="inlineStr" s="4">
         <is>
-          <t>7066Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:020:0005</t>
+          <t>ID - 7066,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:020:0005</t>
         </is>
       </c>
       <c r="D148" t="s">
         <v>56</v>
       </c>
       <c r="E148" t="s">
         <v>48</v>
       </c>
       <c r="F148">
         <v>21</v>
       </c>
       <c r="G148">
         <v>0</v>
       </c>
       <c r="H148">
         <v>0</v>
       </c>
       <c r="I148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L148" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y148" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB148" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC148" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK148" t="s" s="5">
         <v>49</v>
       </c>
@@ -21940,132 +21946,132 @@
       </c>
       <c r="AO148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C149" t="s" s="4">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D149" t="s">
         <v>47</v>
       </c>
       <c r="E149" t="s">
         <v>48</v>
       </c>
       <c r="F149">
         <v>21</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149">
         <v>0</v>
       </c>
       <c r="I149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L149" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y149" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB149" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC149" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK149" t="s" s="5">
         <v>49</v>
       </c>
@@ -22080,132 +22086,132 @@
       </c>
       <c r="AO149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C150" t="s" s="4">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D150" t="s">
         <v>53</v>
       </c>
       <c r="E150" t="s">
         <v>48</v>
       </c>
       <c r="F150">
         <v>21</v>
       </c>
       <c r="G150">
         <v>0</v>
       </c>
       <c r="H150">
         <v>0</v>
       </c>
       <c r="I150" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L150" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M150" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q150" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T150" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W150" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y150" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB150" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC150" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH150" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK150" t="s" s="5">
         <v>49</v>
       </c>
@@ -22220,132 +22226,132 @@
       </c>
       <c r="AO150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C151" t="s" s="4">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D151" t="s">
         <v>56</v>
       </c>
       <c r="E151" t="s">
         <v>48</v>
       </c>
       <c r="F151">
         <v>22</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151">
         <v>0</v>
       </c>
       <c r="I151" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L151" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T151" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W151" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y151" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB151" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC151" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH151" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK151" t="s" s="5">
         <v>49</v>
       </c>
@@ -22360,134 +22366,134 @@
       </c>
       <c r="AO151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C152" t="inlineStr" s="4">
         <is>
-          <t>7070Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Шептицької міської ради, (за межами с. Волсвин), кадастровий номер земельної ділянки 4624881300:07:000:0060</t>
+          <t>ID - 7070,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Шептицької міської ради, (за межами с. Волсвин), кадастровий номер земельної ділянки 4624881300:07:000:0060</t>
         </is>
       </c>
       <c r="D152" t="s">
         <v>65</v>
       </c>
       <c r="E152" t="s">
         <v>48</v>
       </c>
       <c r="F152">
         <v>21</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152">
         <v>0</v>
       </c>
       <c r="I152" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L152" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N152" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R152" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T152" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W152" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y152" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z152" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB152" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC152" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE152" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK152" t="s" s="5">
         <v>49</v>
       </c>
@@ -22502,134 +22508,134 @@
       </c>
       <c r="AO152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C153" t="inlineStr" s="4">
         <is>
-          <t>7071Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Шептицької міської ради, (за межами с. Волсвин), кадастровий номер земельної ділянки 4624881300:07:000:0061</t>
+          <t>ID - 7071,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Шептицької міської ради, (за межами с. Волсвин), кадастровий номер земельної ділянки 4624881300:07:000:0061</t>
         </is>
       </c>
       <c r="D153" t="s">
         <v>65</v>
       </c>
       <c r="E153" t="s">
         <v>48</v>
       </c>
       <c r="F153">
         <v>22</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153">
         <v>0</v>
       </c>
       <c r="I153" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J153" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L153" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S153" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="T153" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W153" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y153" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z153" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB153" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC153" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK153" t="s" s="5">
         <v>49</v>
       </c>
@@ -22644,134 +22650,134 @@
       </c>
       <c r="AO153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C154" t="inlineStr" s="4">
         <is>
-          <t>7072Про розірвання договору оренди земельної ділянки на вулиці Сокальська, 40 «б» в м. Шептицький</t>
+          <t>ID - 7072,  Про розірвання договору оренди земельної ділянки на вулиці Сокальська, 40 «б» в м. Шептицький</t>
         </is>
       </c>
       <c r="D154" t="s">
         <v>65</v>
       </c>
       <c r="E154" t="s">
         <v>48</v>
       </c>
       <c r="F154">
         <v>24</v>
       </c>
       <c r="G154">
         <v>0</v>
       </c>
       <c r="H154">
         <v>0</v>
       </c>
       <c r="I154" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L154" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T154" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W154" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y154" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC154" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK154" t="s" s="5">
         <v>49</v>
       </c>
@@ -22786,134 +22792,134 @@
       </c>
       <c r="AO154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C155" t="inlineStr" s="4">
         <is>
-          <t>7074Про розгляд клопотання Благодійної організації «Благодійний фонд «Шаріти-Червоноград»</t>
+          <t>ID - 7074,  Про розгляд клопотання Благодійної організації «Благодійний фонд «Шаріти-Червоноград»</t>
         </is>
       </c>
       <c r="D155" t="s">
         <v>65</v>
       </c>
       <c r="E155" t="s">
         <v>48</v>
       </c>
       <c r="F155">
         <v>21</v>
       </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155">
         <v>0</v>
       </c>
       <c r="I155" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L155" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T155" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W155" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y155" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z155" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AA155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB155" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="AC155" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH155" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK155" t="s" s="5">
         <v>49</v>
       </c>
@@ -22928,132 +22934,132 @@
       </c>
       <c r="AO155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C156" t="s" s="4">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D156" t="s">
         <v>47</v>
       </c>
       <c r="E156" t="s">
         <v>48</v>
       </c>
       <c r="F156">
         <v>23</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156">
         <v>0</v>
       </c>
       <c r="I156" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L156" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T156" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W156" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y156" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC156" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK156" t="s" s="5">
         <v>49</v>
       </c>
@@ -23068,132 +23074,132 @@
       </c>
       <c r="AO156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C157" t="s" s="4">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D157" t="s">
         <v>53</v>
       </c>
       <c r="E157" t="s">
         <v>48</v>
       </c>
       <c r="F157">
         <v>22</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157">
         <v>0</v>
       </c>
       <c r="I157" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L157" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N157" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R157" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T157" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W157" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y157" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC157" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK157" t="s" s="5">
         <v>49</v>
       </c>
@@ -23208,132 +23214,132 @@
       </c>
       <c r="AO157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C158" t="s" s="4">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D158" t="s">
         <v>56</v>
       </c>
       <c r="E158" t="s">
         <v>48</v>
       </c>
       <c r="F158">
         <v>22</v>
       </c>
       <c r="G158">
         <v>0</v>
       </c>
       <c r="H158">
         <v>0</v>
       </c>
       <c r="I158" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L158" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N158" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R158" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T158" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W158" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y158" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC158" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK158" t="s" s="5">
         <v>49</v>
       </c>
@@ -23348,134 +23354,134 @@
       </c>
       <c r="AO158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C159" t="inlineStr" s="4">
         <is>
-          <t>7078Про розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради (за межами населеного пункту села Сілець), навпроти дороги Р-15</t>
+          <t>ID - 7078,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради (за межами населеного пункту села Сілець), навпроти дороги Р-15</t>
         </is>
       </c>
       <c r="D159" t="s">
         <v>65</v>
       </c>
       <c r="E159" t="s">
         <v>48</v>
       </c>
       <c r="F159">
         <v>21</v>
       </c>
       <c r="G159">
         <v>0</v>
       </c>
       <c r="H159">
         <v>0</v>
       </c>
       <c r="I159" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L159" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N159" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R159" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T159" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W159" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y159" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC159" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH159" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK159" t="s" s="5">
         <v>49</v>
       </c>
@@ -23490,134 +23496,134 @@
       </c>
       <c r="AO159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C160" t="inlineStr" s="4">
         <is>
-          <t>7079Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на проспекті Шевченка, 5 «б»-3, кадастровий номер земельної ділянки 4611800000:02:009:0017</t>
+          <t>ID - 7079,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на проспекті Шевченка, 5 «б»-3, кадастровий номер земельної ділянки 4611800000:02:009:0017</t>
         </is>
       </c>
       <c r="D160" t="s">
         <v>65</v>
       </c>
       <c r="E160" t="s">
         <v>48</v>
       </c>
       <c r="F160">
         <v>23</v>
       </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160">
         <v>0</v>
       </c>
       <c r="I160" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L160" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T160" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W160" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y160" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC160" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH160" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK160" t="s" s="5">
         <v>49</v>
       </c>
@@ -23632,134 +23638,134 @@
       </c>
       <c r="AO160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS160" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT160" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C161" t="inlineStr" s="4">
         <is>
-          <t>7080Про розгляд клопотання Комунального підприємства « Червоноградтеплокомуненерго» та Товариства з обмеженою відповідальністю «АЛЬТЕРЕНЕРГО ЗАХІД»</t>
+          <t>ID - 7080,  Про розгляд клопотання Комунального підприємства « Червоноградтеплокомуненерго» та Товариства з обмеженою відповідальністю «АЛЬТЕРЕНЕРГО ЗАХІД»</t>
         </is>
       </c>
       <c r="D161" t="s">
         <v>65</v>
       </c>
       <c r="E161" t="s">
         <v>48</v>
       </c>
       <c r="F161">
         <v>21</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161">
         <v>0</v>
       </c>
       <c r="I161" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L161" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M161" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="N161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q161" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T161" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W161" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y161" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC161" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE161" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG161" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK161" t="s" s="5">
         <v>49</v>
       </c>
@@ -23774,134 +23780,134 @@
       </c>
       <c r="AO161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS161" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT161" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C162" t="inlineStr" s="4">
         <is>
-          <t>7081Про розгляд клопотання Головного управління національної поліції у Львівській області</t>
+          <t>ID - 7081,  Про розгляд клопотання Головного управління національної поліції у Львівській області</t>
         </is>
       </c>
       <c r="D162" t="s">
         <v>65</v>
       </c>
       <c r="E162" t="s">
         <v>48</v>
       </c>
       <c r="F162">
         <v>23</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162">
         <v>0</v>
       </c>
       <c r="I162" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L162" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T162" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W162" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y162" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC162" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK162" t="s" s="5">
         <v>49</v>
       </c>
@@ -23916,132 +23922,132 @@
       </c>
       <c r="AO162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS162" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C163" t="s" s="4">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D163" t="s">
         <v>65</v>
       </c>
       <c r="E163" t="s">
         <v>48</v>
       </c>
       <c r="F163">
         <v>21</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163">
         <v>0</v>
       </c>
       <c r="I163" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L163" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T163" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W163" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y163" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC163" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG163" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH163" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK163" t="s" s="5">
         <v>49</v>
       </c>
@@ -24056,132 +24062,132 @@
       </c>
       <c r="AO163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS163" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT163" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C164" t="s" s="4">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D164" t="s">
         <v>65</v>
       </c>
       <c r="E164" t="s">
         <v>48</v>
       </c>
       <c r="F164">
         <v>23</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164">
         <v>0</v>
       </c>
       <c r="I164" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L164" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T164" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W164" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y164" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC164" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK164" t="s" s="5">
         <v>49</v>
       </c>
@@ -24196,132 +24202,132 @@
       </c>
       <c r="AO164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS164" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT164" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C165" t="s" s="4">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D165" t="s">
         <v>47</v>
       </c>
       <c r="E165" t="s">
         <v>48</v>
       </c>
       <c r="F165">
         <v>23</v>
       </c>
       <c r="G165">
         <v>0</v>
       </c>
       <c r="H165">
         <v>0</v>
       </c>
       <c r="I165" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L165" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T165" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W165" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y165" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC165" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK165" t="s" s="5">
         <v>49</v>
       </c>
@@ -24336,132 +24342,132 @@
       </c>
       <c r="AO165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS165" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT165" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C166" t="s" s="4">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D166" t="s">
         <v>53</v>
       </c>
       <c r="E166" t="s">
         <v>48</v>
       </c>
       <c r="F166">
         <v>21</v>
       </c>
       <c r="G166">
         <v>0</v>
       </c>
       <c r="H166">
         <v>0</v>
       </c>
       <c r="I166" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L166" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N166" t="s" s="5">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="O166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R166" t="s" s="5">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T166" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W166" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y166" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC166" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH166" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK166" t="s" s="5">
         <v>49</v>
       </c>
@@ -24476,132 +24482,132 @@
       </c>
       <c r="AO166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS166" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT166" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C167" t="s" s="4">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D167" t="s">
         <v>56</v>
       </c>
       <c r="E167" t="s">
         <v>48</v>
       </c>
       <c r="F167">
         <v>23</v>
       </c>
       <c r="G167">
         <v>0</v>
       </c>
       <c r="H167">
         <v>0</v>
       </c>
       <c r="I167" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L167" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T167" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W167" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y167" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC167" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH167" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK167" t="s" s="5">
         <v>49</v>
       </c>