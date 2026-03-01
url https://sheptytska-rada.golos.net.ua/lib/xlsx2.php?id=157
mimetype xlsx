--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="228">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -146,597 +146,594 @@
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
-    <t>Fetisov Oleksiy Vitaliyevych</t>
+    <t>Fetisov Oleksiy Vitaliyovych</t>
   </si>
   <si>
     <t>Kataryna Iryna Mykhaylivna</t>
   </si>
   <si>
     <t>12.12.24  10:34:52</t>
   </si>
   <si>
-    <t>6635Про депутатськi запити</t>
+    <t>ID - 6635,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>12.12.24  10:41:10</t>
   </si>
   <si>
-    <t>6638Про депутатськi запити</t>
+    <t>ID - 6638,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>12.12.24  10:43:16</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>12.12.24  10:44:20</t>
   </si>
   <si>
     <t>12.12.24  10:45:02</t>
   </si>
   <si>
     <t>12.12.24  11:13:37</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>12.12.24  11:14:05</t>
   </si>
   <si>
     <t>12.12.24  11:28:07</t>
   </si>
   <si>
-    <t>6644Про здійснення місцевого запозичення у 2024 році  (1358700000)</t>
+    <t>ID - 6644,  Про здійснення місцевого запозичення у 2024 році  (1358700000)</t>
   </si>
   <si>
     <t>12.12.24  11:29:37</t>
   </si>
   <si>
     <t>12.12.24  11:30:30</t>
   </si>
   <si>
     <t>12.12.24  11:33:12</t>
   </si>
   <si>
     <t>12.12.24  11:34:55</t>
   </si>
   <si>
-    <t>6649Внести в список ще КП Комунальник КП Ринок</t>
+    <t>ID - 6649,  Внести в список ще КП Комунальник КП Ринок</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>12.12.24  11:35:36</t>
   </si>
   <si>
     <t>12.12.24  11:38:46</t>
   </si>
   <si>
     <t>12.12.24  11:39:29</t>
   </si>
   <si>
     <t>12.12.24  11:40:57</t>
   </si>
   <si>
     <t>12.12.24  11:42:31</t>
   </si>
   <si>
     <t>12.12.24  11:45:32</t>
   </si>
   <si>
-    <t>6655Про внесення змiн до рiшення Червоноградської мiської ради від 06.07.2021 року №586</t>
+    <t>ID - 6655,  Про внесення змiн до рiшення Червоноградської мiської ради від 06.07.2021 року №586</t>
   </si>
   <si>
     <t>12.12.24  11:46:36</t>
   </si>
   <si>
     <t>12.12.24  11:49:16</t>
   </si>
   <si>
-    <t>6657Про безоплатну передачу майна</t>
+    <t>ID - 6657,  Про безоплатну передачу майна</t>
   </si>
   <si>
     <t>12.12.24  11:50:15</t>
   </si>
   <si>
-    <t>6658Внести правки озвучені Ковалем В. С. додати 6 актів по дронах і е. приймальня</t>
+    <t>ID - 6658,  Внести правки озвучені Ковалем В. С. додати 6 актів по дронах і е. приймальня</t>
   </si>
   <si>
     <t>12.12.24  11:50:45</t>
   </si>
   <si>
-    <t>6659Про безоплатну передачу майна</t>
+    <t>ID - 6659,  Про безоплатну передачу майна</t>
   </si>
   <si>
     <t>12.12.24  11:51:47</t>
   </si>
   <si>
     <t>12.12.24  11:52:44</t>
   </si>
   <si>
     <t>12.12.24  11:54:42</t>
   </si>
   <si>
     <t>12.12.24  11:56:07</t>
   </si>
   <si>
     <t>12.12.24  12:00:05</t>
   </si>
   <si>
-    <t>6664Про внесення змін до рішення Шептицької міської ради  від 02.12.2024 №3124</t>
+    <t>ID - 6664,  Про внесення змін до рішення Шептицької міської ради  від 02.12.2024 №3124</t>
   </si>
   <si>
     <t>12.12.24  12:01:37</t>
   </si>
   <si>
     <t>12.12.24  12:03:08</t>
   </si>
   <si>
     <t>12.12.24  12:04:24</t>
   </si>
   <si>
     <t>12.12.24  12:07:51</t>
   </si>
   <si>
     <t>12.12.24  12:09:22</t>
   </si>
   <si>
     <t>12.12.24  12:10:30</t>
   </si>
   <si>
     <t>12.12.24  12:11:50</t>
   </si>
   <si>
-    <t>6671правки озвучені Надільна Г.В. в частині зіни назви комісії</t>
+    <t>ID - 6671,  правки озвучені Надільна Г.В. в частині зіни назви комісії</t>
   </si>
   <si>
     <t>12.12.24  12:12:21</t>
   </si>
   <si>
     <t>12.12.24  12:12:54</t>
   </si>
   <si>
     <t>12.12.24  12:14:02</t>
   </si>
   <si>
-    <t>6674Внести правки озвучені Надільною Г.В. в частині зіни назви комісії</t>
+    <t>ID - 6674,  Внести правки озвучені Надільною Г.В. в частині зіни назви комісії</t>
   </si>
   <si>
     <t>12.12.24  12:14:31</t>
   </si>
   <si>
     <t>12.12.24  12:15:00</t>
   </si>
   <si>
     <t>12.12.24  12:16:03</t>
   </si>
   <si>
-    <t>6677Внести правки озвучені Надільною Г.В. в частині зіни назви комісії</t>
+    <t>ID - 6677,  Внести правки озвучені Надільною Г.В. в частині зіни назви комісії</t>
   </si>
   <si>
     <t>12.12.24  12:16:33</t>
   </si>
   <si>
     <t>12.12.24  12:18:07</t>
   </si>
   <si>
-    <t>6679Про розгляд клопотання громадянина Банька Володимира Івановича</t>
+    <t>ID - 6679,  Про розгляд клопотання громадянина Банька Володимира Івановича</t>
   </si>
   <si>
     <t>12.12.24  12:19:08</t>
   </si>
   <si>
-    <t>6680Про розгляд клопотання громадянина Запісоцького Романа Володимировича</t>
+    <t>ID - 6680,  Про розгляд клопотання громадянина Запісоцького Романа Володимировича</t>
   </si>
   <si>
     <t>12.12.24  12:20:04</t>
   </si>
   <si>
-    <t>6681Про розгляд клопотання громадянки Котик Ярослави Володимирівни</t>
+    <t>ID - 6681,  Про розгляд клопотання громадянки Котик Ярослави Володимирівни</t>
   </si>
   <si>
     <t>12.12.24  12:21:02</t>
   </si>
   <si>
-    <t>6682Про розгляд клопотання громадянки Кіх Марії Павлівни</t>
+    <t>ID - 6682,  Про розгляд клопотання громадянки Кіх Марії Павлівни</t>
   </si>
   <si>
     <t>12.12.24  12:22:00</t>
   </si>
   <si>
-    <t>6683Про розгляд клопотання громадянки Тарасюк Надії Володимирівни</t>
+    <t>ID - 6683,  Про розгляд клопотання громадянки Тарасюк Надії Володимирівни</t>
   </si>
   <si>
     <t>12.12.24  12:22:53</t>
   </si>
   <si>
-    <t>6684Про розгляд клопотання громадянки Тхір Світлани Борисівни</t>
+    <t>ID - 6684,  Про розгляд клопотання громадянки Тхір Світлани Борисівни</t>
   </si>
   <si>
     <t>12.12.24  12:23:55</t>
   </si>
   <si>
     <t>12.12.24  12:25:00</t>
   </si>
   <si>
-    <t>6686Про розгляд клопотання громадянина Стопчанського Ростислава Петровича</t>
+    <t>ID - 6686,  Про розгляд клопотання громадянина Стопчанського Ростислава Петровича</t>
   </si>
   <si>
     <t>12.12.24  12:25:56</t>
   </si>
   <si>
-    <t>6687Про розгляд клопотання громадянки Шикули Марії Григорівни</t>
+    <t>ID - 6687,  Про розгляд клопотання громадянки Шикули Марії Григорівни</t>
   </si>
   <si>
     <t>12.12.24  12:26:53</t>
   </si>
   <si>
-    <t>6688Про розгляд клопотання громадянки Бойко Надії Михайлівни</t>
+    <t>ID - 6688,  Про розгляд клопотання громадянки Бойко Надії Михайлівни</t>
   </si>
   <si>
     <t>12.12.24  12:28:48</t>
   </si>
   <si>
-    <t>6689Про розгляд клопотання громадянки Шклярської Ольги Йосипівни</t>
+    <t>ID - 6689,  Про розгляд клопотання громадянки Шклярської Ольги Йосипівни</t>
   </si>
   <si>
     <t>12.12.24  12:29:41</t>
   </si>
   <si>
-    <t>6690Про розгляд клопотання громадянина Лучина Степана Михайловича</t>
+    <t>ID - 6690,  Про розгляд клопотання громадянина Лучина Степана Михайловича</t>
   </si>
   <si>
     <t>12.12.24  12:30:48</t>
   </si>
   <si>
     <t>12.12.24  12:31:46</t>
   </si>
   <si>
-    <t>6692Про розгляд клопотання громадянина Дідуха Віктора Степановича</t>
+    <t>ID - 6692,  Про розгляд клопотання громадянина Дідуха Віктора Степановича</t>
   </si>
   <si>
     <t>12.12.24  12:32:47</t>
   </si>
   <si>
-    <t>6693Про розгляд клопотання громадянки Федун Оксани Михайлівни</t>
+    <t>ID - 6693,  Про розгляд клопотання громадянки Федун Оксани Михайлівни</t>
   </si>
   <si>
     <t>12.12.24  12:33:43</t>
   </si>
   <si>
-    <t>6694Про розгляд клопотання громадянки Макари Мар’яни Володимирівни</t>
+    <t>ID - 6694,  Про розгляд клопотання громадянки Макари Мар’яни Володимирівни</t>
   </si>
   <si>
     <t>12.12.24  12:35:01</t>
   </si>
   <si>
-    <t>6695Про розгляд клопотання громадянки Чорній Ганни Василівни</t>
+    <t>ID - 6695,  Про розгляд клопотання громадянки Чорній Ганни Василівни</t>
   </si>
   <si>
     <t>12.12.24  12:35:55</t>
   </si>
   <si>
     <t>12.12.24  12:36:47</t>
   </si>
   <si>
-    <t>6697Про розгляд клопотання громадянина Бузікевича Ігоря Володимировича</t>
+    <t>ID - 6697,  Про розгляд клопотання громадянина Бузікевича Ігоря Володимировича</t>
   </si>
   <si>
     <t>12.12.24  12:37:34</t>
   </si>
   <si>
-    <t>6698Про розгляд клопотання громадянина Кравченка Івана Леонідовича</t>
+    <t>ID - 6698,  Про розгляд клопотання громадянина Кравченка Івана Леонідовича</t>
   </si>
   <si>
     <t>12.12.24  12:38:26</t>
   </si>
   <si>
-    <t>6699Про розгляд клопотання громадянина Гербуленка Олександра Валерійовича</t>
+    <t>ID - 6699,  Про розгляд клопотання громадянина Гербуленка Олександра Валерійовича</t>
   </si>
   <si>
     <t>12.12.24  12:39:25</t>
   </si>
   <si>
-    <t>6700Про розгляд клопотання громадянки Климочко Анни Миколаївни</t>
+    <t>ID - 6700,  Про розгляд клопотання громадянки Климочко Анни Миколаївни</t>
   </si>
   <si>
     <t>12.12.24  12:40:27</t>
   </si>
   <si>
-    <t>6701Про внесення змiн в рішення Шептицької мiської ради</t>
+    <t>ID - 6701,  Про внесення змiн в рішення Шептицької мiської ради</t>
   </si>
   <si>
     <t>12.12.24  12:41:17</t>
   </si>
   <si>
-    <t>6702Про розгляд клопотання громадянки Гульт Тетяни Петрівни</t>
+    <t>ID - 6702,  Про розгляд клопотання громадянки Гульт Тетяни Петрівни</t>
   </si>
   <si>
     <t>12.12.24  12:42:17</t>
   </si>
   <si>
     <t>12.12.24  12:43:26</t>
   </si>
   <si>
-    <t>6704Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
-[...1 lines deleted...]
-  <si>
     <t>12.12.24  12:44:26</t>
   </si>
   <si>
-    <t>6705Про розгляд клопотання фізичної особи-підприємиці Фенчин Оксани Володимирівни</t>
+    <t>ID - 6705,  Про розгляд клопотання фізичної особи-підприємиці Фенчин Оксани Володимирівни</t>
   </si>
   <si>
     <t>12.12.24  12:46:15</t>
   </si>
   <si>
-    <t>6706Про розгляд клопотання громадянина Пелеха Романа Ярославовича</t>
+    <t>ID - 6706,  Про розгляд клопотання громадянина Пелеха Романа Ярославовича</t>
   </si>
   <si>
     <t>12.12.24  12:47:49</t>
   </si>
   <si>
-    <t>6707Про розгляд клопотання Товариства з обмеженою відповідальністю «ЕКО-ТЕХРЕСУРС»</t>
+    <t>ID - 6707,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ЕКО-ТЕХРЕСУРС»</t>
   </si>
   <si>
     <t>12.12.24  12:48:53</t>
   </si>
   <si>
     <t>12.12.24  12:50:39</t>
   </si>
   <si>
-    <t>6709Про затвердження проєктів землеустрою щодо відведення земельних ділянок</t>
+    <t>ID - 6709,  Про затвердження проєктів землеустрою щодо відведення земельних ділянок</t>
   </si>
   <si>
     <t>12.12.24  12:51:55</t>
   </si>
   <si>
-    <t>6710Про розгляд клопотання громадянина Олійчука Андрія Володимировича</t>
+    <t>ID - 6710,  Про розгляд клопотання громадянина Олійчука Андрія Володимировича</t>
   </si>
   <si>
     <t>12.12.24  12:53:09</t>
   </si>
   <si>
-    <t>6711Про розгляд клопотання громадянина Дубецького Михайла Євгенійовича</t>
+    <t>ID - 6711,  Про розгляд клопотання громадянина Дубецького Михайла Євгенійовича</t>
   </si>
   <si>
     <t>12.12.24  12:54:27</t>
   </si>
   <si>
-    <t>6712Про розгляд клопотання громадянина Войтовича Василя Кузьмича</t>
+    <t>ID - 6712,  Про розгляд клопотання громадянина Войтовича Василя Кузьмича</t>
   </si>
   <si>
     <t>12.12.24  12:55:14</t>
   </si>
   <si>
     <t>12.12.24  12:56:08</t>
   </si>
   <si>
-    <t>6714Про розгляд клопотання Приватного підприємства фірма «ПЕА»</t>
+    <t>ID - 6714,  Про розгляд клопотання Приватного підприємства фірма «ПЕА»</t>
   </si>
   <si>
     <t>12.12.24  12:57:57</t>
   </si>
   <si>
     <t>12.12.24  12:59:06</t>
   </si>
   <si>
     <t>12.12.24  13:00:47</t>
   </si>
   <si>
     <t>12.12.24  13:05:43</t>
   </si>
   <si>
     <t>12.12.24  13:06:49</t>
   </si>
   <si>
     <t>12.12.24  13:08:41</t>
   </si>
   <si>
     <t>12.12.24  13:11:15</t>
   </si>
   <si>
     <t>12.12.24  13:13:07</t>
   </si>
   <si>
     <t>12.12.24  13:13:47</t>
   </si>
   <si>
-    <t>6723Про надання одноразової грошової допомоги</t>
+    <t>ID - 6723,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>12.12.24  13:14:39</t>
   </si>
   <si>
-    <t>6724Внести правки озвучені Гоцом П. В.</t>
+    <t>ID - 6724,  Внести правки озвучені Гоцом П. В.</t>
   </si>
   <si>
     <t>12.12.24  13:15:08</t>
   </si>
   <si>
-    <t>6725Про надання одноразової грошової допомоги</t>
+    <t>ID - 6725,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>19.12.24  11:48:47</t>
   </si>
   <si>
     <t>19.12.24  11:50:27</t>
   </si>
   <si>
-    <t>6732доповнити списк Ананько, Цмух</t>
+    <t>ID - 6732,  доповнити списк Ананько, Цмух</t>
   </si>
   <si>
     <t>19.12.24  11:50:59</t>
   </si>
   <si>
     <t>19.12.24  11:52:08</t>
   </si>
   <si>
-    <t>6734Про безоплатну передачу основних засобів</t>
+    <t>ID - 6734,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>19.12.24  12:15:41</t>
   </si>
   <si>
     <t>19.12.24  12:17:08</t>
   </si>
   <si>
     <t>19.12.24  12:30:45</t>
   </si>
   <si>
-    <t>6737150 тис. грн. на брендування міста</t>
+    <t>ID - 6737,  150 тис. грн. на брендування міста</t>
   </si>
   <si>
     <t>19.12.24  12:31:16</t>
   </si>
   <si>
     <t>19.12.24  12:36:35</t>
   </si>
   <si>
     <t>19.12.24  12:38:03</t>
   </si>
   <si>
     <t>19.12.24  12:39:56</t>
   </si>
   <si>
     <t>19.12.24  12:41:53</t>
   </si>
   <si>
     <t>19.12.24  12:43:34</t>
   </si>
   <si>
     <t>19.12.24  12:45:23</t>
   </si>
   <si>
-    <t>6745Про розгляд клопотання громадянки Загачевської Наталії Петрівни</t>
+    <t>ID - 6745,  Про розгляд клопотання громадянки Загачевської Наталії Петрівни</t>
   </si>
   <si>
     <t>19.12.24  12:47:03</t>
   </si>
   <si>
     <t>19.12.24  12:48:28</t>
   </si>
   <si>
     <t>19.12.24  12:49:22</t>
   </si>
   <si>
-    <t>6748Про розгляд клопотання Приватного підприємства фірма «ПЕА»</t>
+    <t>ID - 6748,  Про розгляд клопотання Приватного підприємства фірма «ПЕА»</t>
   </si>
   <si>
     <t>19.12.24  12:50:53</t>
   </si>
   <si>
     <t>19.12.24  12:51:56</t>
   </si>
   <si>
     <t>19.12.24  12:53:24</t>
   </si>
   <si>
     <t>19.12.24  12:56:25</t>
   </si>
   <si>
     <t>19.12.24  12:57:40</t>
   </si>
   <si>
     <t>19.12.24  12:58:09</t>
   </si>
   <si>
     <t>19.12.24  12:58:49</t>
   </si>
   <si>
     <t>19.12.24  13:00:29</t>
   </si>
   <si>
-    <t>6756Внести правки озвучені Гоцом П. В.</t>
+    <t>ID - 6756,  Внести правки озвучені Гоцом П. В.</t>
   </si>
   <si>
     <t>19.12.24  13:00:57</t>
   </si>
   <si>
     <t>30.12.24  17:20:33</t>
   </si>
   <si>
     <t>30.12.24  17:26:11</t>
   </si>
   <si>
     <t>30.12.24  17:26:54</t>
   </si>
   <si>
     <t>30.12.24  17:29:34</t>
   </si>
   <si>
-    <t>6767п. 9 . Кількісь склад молодіної ради від 13 до 27</t>
+    <t>ID - 6767,  п. 9 . Кількісь склад молодіної ради від 13 до 27</t>
   </si>
   <si>
     <t>30.12.24  17:31:45</t>
   </si>
   <si>
-    <t>6769п. 9 . Кількісь склад молодіної ради від 13 до 27</t>
+    <t>ID - 6769,  п. 9 . Кількісь склад молодіної ради від 13 до 27</t>
   </si>
   <si>
     <t>30.12.24  17:32:34</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1253,51 +1250,51 @@
       <c r="AQ3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6639Про присвоєння рангу посадової особи місцевого самоврядування  старості Волсвинського старостинського округу</t>
+          <t>ID - 6639,  Про присвоєння рангу посадової особи місцевого самоврядування  старості Волсвинського старостинського округу</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>27</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
@@ -1398,51 +1395,51 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>6640Про виключення зі списку присяжних Червоноградського міського суду Львівської області Матвійчук Любов Давидівну</t>
+          <t>ID - 6640,  Про виключення зі списку присяжних Червоноградського міського суду Львівської області Матвійчук Любов Давидівну</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>57</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>28</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1543,51 +1540,51 @@
       <c r="AQ5" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>6641Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
+          <t>ID - 6641,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>49</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>28</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -1688,51 +1685,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>6642 Внести зміни в планові призначення за доходами загального фонду бюджету Шептицької міської ТГ на 2024 рік: 1.1  Збільшити план надходжень за кодом доходів 11010100 «Податок на доходи фізичних осіб, що сплачується податковими агентами, із доходів платника податку у вигляді заробітної плати» на 7 200,0 тис.грн 1.2  Зменшити план за такими кодами доходів: - 14040200 Акцизний податок з реалізації суб’єктами господарювання роздрібної торгівлі підакцизних товарів (крім тих, що оподатковуються згідно з підпунктом 213.1.14 пункту 213.1 статті 213 Податкового кодексу України) на 500,0 тис.грн - 18010300 Податок на нерухоме майно, відмінне від земельної ділянки, сплачений фізичними особами, які є власниками об&amp;#39;єктів нежитлової нерухомості на 200,0 тис.грн - 18010400 Податок на нерухоме майно, відмінне від земельної ділянки, сплачений юридичними особами, які є власниками об&amp;#39;єктів нежитлової нерухомості на 400,0 тис.грн - 18050300 Єдиний податок з юридичних осіб на 2 000,0 тис.грн - 18050400 Єдиний податок з фізичних осіб на 4 000,0 тис.грн - 22012500 Плата за надання інших адміністративних послуг на  100,0тис.грн  </t>
+          <t>ID - 6642,   Внести зміни в планові призначення за доходами загального фонду бюджету Шептицької міської ТГ на 2024 рік: 1.1  Збільшити план надходжень за кодом доходів 11010100 «Податок на доходи фізичних осіб, що сплачується податковими агентами, із доходів платника податку у вигляді заробітної плати» на 7 200,0 тис.грн 1.2  Зменшити план за такими кодами доходів: - 14040200 Акцизний податок з реалізації суб’єктами господарювання роздрібної торгівлі підакцизних товарів (крім тих, що оподатковуються згідно з підпунктом 213.1.14 пункту 213.1 статті 213 Податкового кодексу України) на 500,0 тис.грн - 18010300 Податок на нерухоме майно, відмінне від земельної ділянки, сплачений фізичними особами, які є власниками об&amp;#39;єктів нежитлової нерухомості на 200,0 тис.грн - 18010400 Податок на нерухоме майно, відмінне від земельної ділянки, сплачений юридичними особами, які є власниками об&amp;#39;єктів нежитлової нерухомості на 400,0 тис.грн - 18050300 Єдиний податок з юридичних осіб на 2 000,0 тис.грн - 18050400 Єдиний податок з фізичних осіб на 4 000,0 тис.грн - 22012500 Плата за надання інших адміністративних послуг на  100,0тис.грн  </t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>29</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1833,51 +1830,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>6643Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
+          <t>ID - 6643,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>55</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8">
         <v>29</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -2121,51 +2118,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>6645Про внесення змін в рішення сесії Шептицької міської ради «Про введення штатних одиниць» від 21.11.2024 № 3022</t>
+          <t>ID - 6645,  Про внесення змін в рішення сесії Шептицької міської ради «Про введення штатних одиниць» від 21.11.2024 № 3022</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>57</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10">
         <v>28</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>58</v>
@@ -2266,51 +2263,51 @@
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>6646Про затвердження плану дiяльностi Шептицької мiської ради з пiдготовки проєктiв регуляторних актiв на 2025 рiк</t>
+          <t>ID - 6646,  Про затвердження плану дiяльностi Шептицької мiської ради з пiдготовки проєктiв регуляторних актiв на 2025 рiк</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>57</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>28</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2411,51 +2408,51 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>6648Про внесення змін до  рішення Червоноградської міської ради від 21.12.2023 №2228 «Про внесення змiн до рiшення Червоноградської мiської ради   від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 6648,  Про внесення змін до  рішення Червоноградської міської ради від 21.12.2023 №2228 «Про внесення змiн до рiшення Червоноградської мiської ради   від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>49</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12">
         <v>25</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -2699,51 +2696,51 @@
       <c r="AQ13" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>6650Про внесення змін до  рішення Червоноградської міської ради від 21.12.2023 №2228 «Про внесення змiн до рiшення Червоноградської мiської ради   від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 6650,  Про внесення змін до  рішення Червоноградської міської ради від 21.12.2023 №2228 «Про внесення змiн до рiшення Червоноградської мiської ради   від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14">
         <v>26</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
@@ -2844,51 +2841,51 @@
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>6651Про внесення змін до  рішення Червоноградської міської ради від 27.01.2022 № 1092 «Про внесення змiн до рiшення   від 24.06.2021року №572 Червоноградської мiської ради     «Про затвердження Положення  про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
+          <t>ID - 6651,  Про внесення змін до  рішення Червоноградської міської ради від 27.01.2022 № 1092 «Про внесення змiн до рiшення   від 24.06.2021року №572 Червоноградської мiської ради     «Про затвердження Положення  про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>57</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15">
         <v>28</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
@@ -2989,51 +2986,51 @@
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>74</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>6652Про перейменування комунального підприємства «Червоноградський ринок»  та затвердження його статуту в новiй  редакції</t>
+          <t>ID - 6652,  Про перейменування комунального підприємства «Червоноградський ринок»  та затвердження його статуту в новiй  редакції</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>57</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16">
         <v>26</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>51</v>
@@ -3134,51 +3131,51 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>6653Про внесення змін у рішення Шептицької міської ради від 21.11.2024 № 3023 «Про надання пiльг на харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти у 2025 році»</t>
+          <t>ID - 6653,  Про внесення змін у рішення Шептицької міської ради від 21.11.2024 № 3023 «Про надання пiльг на харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти у 2025 році»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>57</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17">
         <v>27</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -3279,51 +3276,51 @@
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>6654Про надання згоди на внесення змін до Договору № 19/18 купівлі-продажу  об’єкта малої приватизації об’єкта незавершеного будівництва – розчинно-бетонний вузол, за адресою: Львівська область, м.Червоноград, вул.Львівська, 87-б, що підлягає продажу на аукціоні за методом покрокового зниження стартової ціни та подальшого подання цінових пропозицій від 22.11.2018   </t>
+          <t>ID - 6654,  Про надання згоди на внесення змін до Договору № 19/18 купівлі-продажу  об’єкта малої приватизації об’єкта незавершеного будівництва – розчинно-бетонний вузол, за адресою: Львівська область, м.Червоноград, вул.Львівська, 87-б, що підлягає продажу на аукціоні за методом покрокового зниження стартової ціни та подальшого подання цінових пропозицій від 22.11.2018   </t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18">
         <v>26</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>51</v>
@@ -3567,51 +3564,51 @@
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>79</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>6656Про надання дозволу комунальному підприємству «Центр первинної медико-санітарної допомоги м.Червонограда» на списання з балансу господарської будівлі</t>
+          <t>ID - 6656,  Про надання дозволу комунальному підприємству «Центр первинної медико-санітарної допомоги м.Червонограда» на списання з балансу господарської будівлі</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20">
         <v>28</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -4141,51 +4138,51 @@
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>86</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>6660Про внесення змін до рішення Шептицької міської ради від 21.11.2024 №3034 «Про перейменування відділу охорони здоров’я Червоноградської міської ради та затвердження Положення в новій редакції»</t>
+          <t>ID - 6660,  Про внесення змін до рішення Шептицької міської ради від 21.11.2024 №3034 «Про перейменування відділу охорони здоров’я Червоноградської міської ради та затвердження Положення в новій редакції»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24">
         <v>28</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -4286,51 +4283,51 @@
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>87</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>6661Про перейменування Комунального підприємства «Центр первинної медико-санітарної допомоги м.Червонограда» та затвердження його статуту в новiй редакції</t>
+          <t>ID - 6661,  Про перейменування Комунального підприємства «Центр первинної медико-санітарної допомоги м.Червонограда» та затвердження його статуту в новiй редакції</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>57</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25">
         <v>29</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -4431,51 +4428,51 @@
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>88</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>6662Про затвердження передавального акта та Статуту Комунальної установи ,,Спортивний комплекс” Шептицької міської ради</t>
+          <t>ID - 6662,  Про затвердження передавального акта та Статуту Комунальної установи ,,Спортивний комплекс” Шептицької міської ради</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>57</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26">
         <v>28</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
@@ -4576,51 +4573,51 @@
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>89</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>6663Про затвердження складу  постійної депутатської комісії з питань охорони здоров’я, працi та соцiальної полiтики, освiти, культури, духовного вiдродження, сiм’ї, молодi та спорту  у новій редакції</t>
+          <t>ID - 6663,  Про затвердження складу  постійної депутатської комісії з питань охорони здоров’я, працi та соцiальної полiтики, освiти, культури, духовного вiдродження, сiм’ї, молодi та спорту  у новій редакції</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>57</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>28</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
@@ -4864,51 +4861,51 @@
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>92</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>6665Про погодження  Схеми організації дорожнього руху «Дорожня частина будівництва заїздів-виїздів до автостоянки автомобілів та мийки самообслуговування автомобілів на вулиці Мазепи, 31  в місті Червонограді Червоноградської територіальної громади Червоноградського  району Львівської області» </t>
+          <t>ID - 6665,  Про погодження  Схеми організації дорожнього руху «Дорожня частина будівництва заїздів-виїздів до автостоянки автомобілів та мийки самообслуговування автомобілів на вулиці Мазепи, 31  в місті Червонограді Червоноградської територіальної громади Червоноградського  району Львівської області» </t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>57</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29">
         <v>30</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
@@ -5009,51 +5006,51 @@
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>93</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>6666Про   надання  дозволу  комунальному підприємству «Червонограджитлокомунсервіс»  на   списання  з   балансу приватизованих квартир у 2024 році</t>
+          <t>ID - 6666,  Про   надання  дозволу  комунальному підприємству «Червонограджитлокомунсервіс»  на   списання  з   балансу приватизованих квартир у 2024 році</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>57</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30">
         <v>28</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
@@ -5154,51 +5151,51 @@
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>94</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>6667Про  перейменування комунального підприємства «Червоноградський парк культури і відпочинку» та затвердження його  статуту в  новiй  редакції</t>
+          <t>ID - 6667,  Про  перейменування комунального підприємства «Червоноградський парк культури і відпочинку» та затвердження його  статуту в  новiй  редакції</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>57</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31">
         <v>29</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
@@ -5299,51 +5296,51 @@
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>95</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>6668Про надання дозволу на погашення податкового боргу за рахунок майна комунального підприємства «Червоноградтеплокомуненерго»</t>
+          <t>ID - 6668,  Про надання дозволу на погашення податкового боргу за рахунок майна комунального підприємства «Червоноградтеплокомуненерго»</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>57</v>
       </c>
       <c r="E32" t="s">
         <v>50</v>
       </c>
       <c r="F32">
         <v>28</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
@@ -5444,51 +5441,51 @@
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>6669Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:02:003:0019</t>
+          <t>ID - 6669,  Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:02:003:0019</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>49</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33">
         <v>26</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
@@ -5589,51 +5586,51 @@
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>97</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>6670Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:02:003:0019</t>
+          <t>ID - 6670,  Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:02:003:0019</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>55</v>
       </c>
       <c r="E34" t="s">
         <v>71</v>
       </c>
       <c r="F34">
         <v>0</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>58</v>
@@ -5877,51 +5874,51 @@
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>100</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>6672Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:02:003:0019</t>
+          <t>ID - 6672,  Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:02:003:0019</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>55</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
         <v>26</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
@@ -6022,51 +6019,51 @@
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>101</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>6673Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:01:004:0004</t>
+          <t>ID - 6673,  Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:01:004:0004</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>49</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>26</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
@@ -6310,51 +6307,51 @@
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>104</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>6675Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:01:004:0004</t>
+          <t>ID - 6675,  Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:01:004:0004</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>55</v>
       </c>
       <c r="E39" t="s">
         <v>50</v>
       </c>
       <c r="F39">
         <v>28</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
@@ -6455,51 +6452,51 @@
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>105</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>6676Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:01:003:0004</t>
+          <t>ID - 6676,  Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:01:003:0004</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>49</v>
       </c>
       <c r="E40" t="s">
         <v>50</v>
       </c>
       <c r="F40">
         <v>28</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>51</v>
@@ -6743,51 +6740,51 @@
       <c r="AQ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>108</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>6678Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:01:003:0004</t>
+          <t>ID - 6678,  Про укладення договору суперфіцію на земельну ділянку з кадастровим номером 4611870400:01:003:0004</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>55</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42">
         <v>27</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
@@ -7746,51 +7743,51 @@
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>121</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>6685Про розгляд клопотання громадян Ляховського Петра Васильовича та Захарук Галини Василівни</t>
+          <t>ID - 6685,  Про розгляд клопотання громадян Ляховського Петра Васильовича та Захарук Галини Василівни</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>57</v>
       </c>
       <c r="E49" t="s">
         <v>50</v>
       </c>
       <c r="F49">
         <v>25</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
@@ -8606,51 +8603,51 @@
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>132</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>6691Про розгляд клопотання громадян Цапало Тетяни, Григорівни, Цапала Романа Володимировича, Лещик Христини Володимирівни, Гораль Уляни Володимирівни</t>
+          <t>ID - 6691,  Про розгляд клопотання громадян Цапало Тетяни, Григорівни, Цапала Романа Володимировича, Лещик Христини Володимирівни, Гораль Уляни Володимирівни</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>57</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55">
         <v>26</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
@@ -9323,51 +9320,51 @@
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>141</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>6696Про розгляд клопотання громадянки Баран Марії Іванівни про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки</t>
+          <t>ID - 6696,  Про розгляд клопотання громадянки Баран Марії Іванівни про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>57</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60">
         <v>25</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
@@ -10326,51 +10323,51 @@
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>154</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>6703Про розгляд клопотання громадянина Пельца Андрія Юрійовича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 6703,  Про розгляд клопотання громадянина Пельца Андрія Юрійовича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>57</v>
       </c>
       <c r="E67" t="s">
         <v>50</v>
       </c>
       <c r="F67">
         <v>27</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
@@ -10469,52 +10466,54 @@
         <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>155</v>
       </c>
-      <c r="C68" t="s" s="4">
-        <v>156</v>
+      <c r="C68" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6704,  Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
+        </is>
       </c>
       <c r="D68" t="s">
         <v>57</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68">
         <v>22</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10610,54 +10609,54 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>156</v>
+      </c>
+      <c r="C69" t="s" s="4">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D69" t="s">
         <v>57</v>
       </c>
       <c r="E69" t="s">
         <v>50</v>
       </c>
       <c r="F69">
         <v>25</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
@@ -10753,54 +10752,54 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>158</v>
+      </c>
+      <c r="C70" t="s" s="4">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D70" t="s">
         <v>57</v>
       </c>
       <c r="E70" t="s">
         <v>50</v>
       </c>
       <c r="F70">
         <v>25</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>
       </c>
@@ -10896,54 +10895,54 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>160</v>
+      </c>
+      <c r="C71" t="s" s="4">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D71" t="s">
         <v>57</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>24</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
@@ -11039,55 +11038,55 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>6708Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) в місті Шептицький на проспекті Шевченка, 5 «б» - 3</t>
+          <t>ID - 6708,  Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) в місті Шептицький на проспекті Шевченка, 5 «б» - 3</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>57</v>
       </c>
       <c r="E72" t="s">
         <v>50</v>
       </c>
       <c r="F72">
         <v>24</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
@@ -11184,54 +11183,54 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>163</v>
+      </c>
+      <c r="C73" t="s" s="4">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D73" t="s">
         <v>57</v>
       </c>
       <c r="E73" t="s">
         <v>50</v>
       </c>
       <c r="F73">
         <v>25</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11327,54 +11326,54 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>165</v>
+      </c>
+      <c r="C74" t="s" s="4">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D74" t="s">
         <v>57</v>
       </c>
       <c r="E74" t="s">
         <v>50</v>
       </c>
       <c r="F74">
         <v>24</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
       </c>
@@ -11470,54 +11469,54 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>167</v>
+      </c>
+      <c r="C75" t="s" s="4">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D75" t="s">
         <v>57</v>
       </c>
       <c r="E75" t="s">
         <v>50</v>
       </c>
       <c r="F75">
         <v>25</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
       </c>
@@ -11613,54 +11612,54 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>169</v>
+      </c>
+      <c r="C76" t="s" s="4">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D76" t="s">
         <v>57</v>
       </c>
       <c r="E76" t="s">
         <v>50</v>
       </c>
       <c r="F76">
         <v>24</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
       </c>
@@ -11756,55 +11755,55 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>6713​​​​​​​Про розроблення проєкту землеустрою щодо відведення земельної ділянки для ведення товарного сільськогосподарського виробництва в селі Сілець, присілок Заболотня, Шептицького району, Львівської області</t>
+          <t>ID - 6713,  ​​​​​​​Про розроблення проєкту землеустрою щодо відведення земельної ділянки для ведення товарного сільськогосподарського виробництва в селі Сілець, присілок Заболотня, Шептицького району, Львівської області</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>57</v>
       </c>
       <c r="E77" t="s">
         <v>50</v>
       </c>
       <c r="F77">
         <v>21</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>51</v>
@@ -11901,54 +11900,54 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>172</v>
+      </c>
+      <c r="C78" t="s" s="4">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D78" t="s">
         <v>57</v>
       </c>
       <c r="E78" t="s">
         <v>71</v>
       </c>
       <c r="F78">
         <v>19</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
       </c>
@@ -12044,55 +12043,55 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>6715Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки</t>
+          <t>ID - 6715,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>57</v>
       </c>
       <c r="E79" t="s">
         <v>50</v>
       </c>
       <c r="F79">
         <v>21</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
@@ -12189,55 +12188,55 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>6716Про розроблення проєкту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування насосної станції та іншими водогосподарськими спорудами</t>
+          <t>ID - 6716,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування насосної станції та іншими водогосподарськими спорудами</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>57</v>
       </c>
       <c r="E80" t="s">
         <v>50</v>
       </c>
       <c r="F80">
         <v>22</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>58</v>
@@ -12334,55 +12333,55 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>6717Про затвердження технічних документацій з нормативної грошової оцінки земельних ділянок за межами населених  пунктів державного підприємства «Львіввугілля»</t>
+          <t>ID - 6717,  Про затвердження технічних документацій з нормативної грошової оцінки земельних ділянок за межами населених  пунктів державного підприємства «Львіввугілля»</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>57</v>
       </c>
       <c r="E81" t="s">
         <v>50</v>
       </c>
       <c r="F81">
         <v>22</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>58</v>
@@ -12479,55 +12478,55 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>6718Про  затвердження містобудівної документації  `Детальний план території  в районі розташування ВП «Шахта «Великомостівська» ДП «Львіввугілля»  Червоноградської міської територіальної громади Червоноградського  району Львівської області»</t>
+          <t>ID - 6718,  Про  затвердження містобудівної документації  `Детальний план території  в районі розташування ВП «Шахта «Великомостівська» ДП «Львіввугілля»  Червоноградської міської територіальної громади Червоноградського  району Львівської області»</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>57</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>23</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>51</v>
@@ -12624,55 +12623,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>6719Про  затвердження містобудівної документації  `Детальний план території на вул. Шевченка на присілку Копані в с. Сілець Червоноградської міської  територіальної громади Червоноградського  району Львівської області»</t>
+          <t>ID - 6719,  Про  затвердження містобудівної документації  `Детальний план території на вул. Шевченка на присілку Копані в с. Сілець Червоноградської міської  територіальної громади Червоноградського  району Львівської області»</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>57</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>22</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>51</v>
@@ -12769,55 +12768,55 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>6720Про затвердження містобудівної документації `Детальний план території вздовж автодороги Р-15 між селами Сілець та Межиріччя Червоноградської міської територіальної громади Червоноградського району ​​​​​​​ Львівської області»</t>
+          <t>ID - 6720,  Про затвердження містобудівної документації `Детальний план території вздовж автодороги Р-15 між селами Сілець та Межиріччя Червоноградської міської територіальної громади Червоноградського району ​​​​​​​ Львівської області»</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>57</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
         <v>22</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>51</v>
@@ -12914,55 +12913,55 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>6721Про затвердження містобудівної документації `Детальний план території з метою будівництва ставків на власних земельних ділянках зі зміною їх цільового використання, а також впорядкування суміжної території в межах розроблення детального плану за межами села Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області»</t>
+          <t>ID - 6721,  Про затвердження містобудівної документації `Детальний план території з метою будівництва ставків на власних земельних ділянках зі зміною їх цільового використання, а також впорядкування суміжної території в межах розроблення детального плану за межами села Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>57</v>
       </c>
       <c r="E85" t="s">
         <v>71</v>
       </c>
       <c r="F85">
         <v>19</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>51</v>
@@ -13059,55 +13058,55 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>6722Про затвердження містобудівної документації `Детальний план території кварталу житлової забудови садибного типу в присілку Тетерівець у с. Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області»</t>
+          <t>ID - 6722,  Про затвердження містобудівної документації `Детальний план території кварталу житлової забудови садибного типу в присілку Тетерівець у с. Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>57</v>
       </c>
       <c r="E86" t="s">
         <v>50</v>
       </c>
       <c r="F86">
         <v>23</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>51</v>
@@ -13204,54 +13203,54 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>182</v>
+      </c>
+      <c r="C87" t="s" s="4">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D87" t="s">
         <v>49</v>
       </c>
       <c r="E87" t="s">
         <v>50</v>
       </c>
       <c r="F87">
         <v>25</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>51</v>
       </c>
@@ -13347,54 +13346,54 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>184</v>
+      </c>
+      <c r="C88" t="s" s="4">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="D88" t="s">
         <v>62</v>
       </c>
       <c r="E88" t="s">
         <v>50</v>
       </c>
       <c r="F88">
         <v>24</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>51</v>
       </c>
@@ -13490,54 +13489,54 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>186</v>
+      </c>
+      <c r="C89" t="s" s="4">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D89" t="s">
         <v>55</v>
       </c>
       <c r="E89" t="s">
         <v>50</v>
       </c>
       <c r="F89">
         <v>25</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
       </c>
@@ -13633,55 +13632,55 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>6731Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6731,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>49</v>
       </c>
       <c r="E90" t="s">
         <v>50</v>
       </c>
       <c r="F90">
         <v>27</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>52</v>
@@ -13778,54 +13777,54 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>189</v>
+      </c>
+      <c r="C91" t="s" s="4">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D91" t="s">
         <v>62</v>
       </c>
       <c r="E91" t="s">
         <v>50</v>
       </c>
       <c r="F91">
         <v>26</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>52</v>
       </c>
@@ -13921,55 +13920,55 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>6733Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6733,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>55</v>
       </c>
       <c r="E92" t="s">
         <v>50</v>
       </c>
       <c r="F92">
         <v>26</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>52</v>
@@ -14066,54 +14065,54 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
+        <v>192</v>
+      </c>
+      <c r="C93" t="s" s="4">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D93" t="s">
         <v>57</v>
       </c>
       <c r="E93" t="s">
         <v>50</v>
       </c>
       <c r="F93">
         <v>25</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>51</v>
       </c>
@@ -14209,55 +14208,55 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
-          <t>6735Про  бюджет Червоноградської міської територіальної громади на 2025 рік и (1358700000)  (код бюджету)</t>
+          <t>ID - 6735,  Про  бюджет Червоноградської міської територіальної громади на 2025 рік и (1358700000)  (код бюджету)</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>49</v>
       </c>
       <c r="E94" t="s">
         <v>50</v>
       </c>
       <c r="F94">
         <v>25</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>51</v>
@@ -14354,55 +14353,55 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>67361. визначити головним розпорядником коштів управління праці по субвенції обласному бюджету для надання соціальної послуги «догляд стаціонарний» 4 осіб мешканців громади – 700,0тис.грн. замість фінансового  управління;   2.зменшити резервний фонд  на 1100,0тис.грн. та спрямувати на :  спів фінансування будівництва амбулаторії в с.Сілець- 1000,0тис.грн.; Червоноградський Народний дім – на проведення фестивалів «Галицькі вакації», «Галицьке люстро», «Різдвяні дзвіночки» - 100,0тис.грн.   3.Перемістити кошти передбачені на поточний ремонт доріг в сел. Гірник по вул. Б.Хмельницького – 70,0тис.грн. та по вул. Січових Стрільців – 81,0тис.грн. на поточний ремонт вул..Тарнавського – 151,0тис.грн.  </t>
+          <t>ID - 6736,  1. визначити головним розпорядником коштів управління праці по субвенції обласному бюджету для надання соціальної послуги «догляд стаціонарний» 4 осіб мешканців громади – 700,0тис.грн. замість фінансового  управління;   2.зменшити резервний фонд  на 1100,0тис.грн. та спрямувати на :  спів фінансування будівництва амбулаторії в с.Сілець- 1000,0тис.грн.; Червоноградський Народний дім – на проведення фестивалів «Галицькі вакації», «Галицьке люстро», «Різдвяні дзвіночки» - 100,0тис.грн.   3.Перемістити кошти передбачені на поточний ремонт доріг в сел. Гірник по вул. Б.Хмельницького – 70,0тис.грн. та по вул. Січових Стрільців – 81,0тис.грн. на поточний ремонт вул..Тарнавського – 151,0тис.грн.  </t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>62</v>
       </c>
       <c r="E95" t="s">
         <v>50</v>
       </c>
       <c r="F95">
         <v>27</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>51</v>
@@ -14499,54 +14498,54 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>196</v>
+      </c>
+      <c r="C96" t="s" s="4">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="D96" t="s">
         <v>62</v>
       </c>
       <c r="E96" t="s">
         <v>50</v>
       </c>
       <c r="F96">
         <v>29</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
       </c>
@@ -14642,55 +14641,55 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>6738Про  бюджет Червоноградської міської територіальної громади на 2025 рік и (1358700000)  (код бюджету)</t>
+          <t>ID - 6738,  Про  бюджет Червоноградської міської територіальної громади на 2025 рік и (1358700000)  (код бюджету)</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>55</v>
       </c>
       <c r="E97" t="s">
         <v>50</v>
       </c>
       <c r="F97">
         <v>28</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>51</v>
@@ -14787,55 +14786,55 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>6740Про затвердження містобудівної документації `Детальний план території в районі КП «Міська лікарня Соснівської міської ради» на вул. Грушевського в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»</t>
+          <t>ID - 6740,  Про затвердження містобудівної документації `Детальний план території в районі КП «Міська лікарня Соснівської міської ради» на вул. Грушевського в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>57</v>
       </c>
       <c r="E98" t="s">
         <v>50</v>
       </c>
       <c r="F98">
         <v>28</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
@@ -14932,55 +14931,55 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>6741Про затвердження містобудівної документації `Детальний план території в районі вулиці Привокзальна, 4-а (район існуючих гаражів) в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»</t>
+          <t>ID - 6741,  Про затвердження містобудівної документації `Детальний план території в районі вулиці Привокзальна, 4-а (район існуючих гаражів) в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>57</v>
       </c>
       <c r="E99" t="s">
         <v>50</v>
       </c>
       <c r="F99">
         <v>29</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
@@ -15077,55 +15076,55 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>6742Про затвердження містобудівної документації `Детальний план території з метою будівництва ставків на власних земельних ділянках зі зміною їх цільового використання, а також впорядкування суміжної території в межах розроблення детального плану за межами села Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області»</t>
+          <t>ID - 6742,  Про затвердження містобудівної документації `Детальний план території з метою будівництва ставків на власних земельних ділянках зі зміною їх цільового використання, а також впорядкування суміжної території в межах розроблення детального плану за межами села Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>57</v>
       </c>
       <c r="E100" t="s">
         <v>50</v>
       </c>
       <c r="F100">
         <v>26</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
@@ -15222,55 +15221,55 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>6743Про затвердження містобудівної документації `Детальний план території в районі адміністративної будівлі виконавчого комітету Червоноградської міської ради на присілку Солтиси в селі Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області»</t>
+          <t>ID - 6743,  Про затвердження містобудівної документації `Детальний план території в районі адміністративної будівлі виконавчого комітету Червоноградської міської ради на присілку Солтиси в селі Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>57</v>
       </c>
       <c r="E101" t="s">
         <v>50</v>
       </c>
       <c r="F101">
         <v>28</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
@@ -15367,55 +15366,55 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>6744Про затвердження містобудівної документації `Детальний план території обмеженої вулицями Симоненка, Тарнавського, Івасюка, Січових Стрільців в селищі Гірник Червоноградської територіальної громади Червоноградського району Львівської області»</t>
+          <t>ID - 6744,  Про затвердження містобудівної документації `Детальний план території обмеженої вулицями Симоненка, Тарнавського, Івасюка, Січових Стрільців в селищі Гірник Червоноградської територіальної громади Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>57</v>
       </c>
       <c r="E102" t="s">
         <v>50</v>
       </c>
       <c r="F102">
         <v>28</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>51</v>
@@ -15512,54 +15511,54 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>204</v>
+      </c>
+      <c r="C103" t="s" s="4">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D103" t="s">
         <v>57</v>
       </c>
       <c r="E103" t="s">
         <v>50</v>
       </c>
       <c r="F103">
         <v>27</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
       </c>
@@ -15655,55 +15654,55 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>6746Про розгляд клопотання Комунального підприємства «Центральна міська лікарня Червоноградської міської ради»</t>
+          <t>ID - 6746,  Про розгляд клопотання Комунального підприємства «Центральна міська лікарня Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>57</v>
       </c>
       <c r="E104" t="s">
         <v>50</v>
       </c>
       <c r="F104">
         <v>27</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>51</v>
@@ -15800,55 +15799,55 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>6747Про затвердження проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради</t>
+          <t>ID - 6747,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>57</v>
       </c>
       <c r="E105" t="s">
         <v>50</v>
       </c>
       <c r="F105">
         <v>27</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>51</v>
@@ -15945,54 +15944,54 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>208</v>
+      </c>
+      <c r="C106" t="s" s="4">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="D106" t="s">
         <v>57</v>
       </c>
       <c r="E106" t="s">
         <v>50</v>
       </c>
       <c r="F106">
         <v>25</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>51</v>
       </c>
@@ -16088,55 +16087,55 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>6749Про  затвердження  статуту  комунального підприємства «Комунальник» в  новiй  редакції</t>
+          <t>ID - 6749,  Про  затвердження  статуту  комунального підприємства «Комунальник» в  новiй  редакції</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>57</v>
       </c>
       <c r="E107" t="s">
         <v>50</v>
       </c>
       <c r="F107">
         <v>30</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>51</v>
@@ -16233,55 +16232,55 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>6750Про дострокове припинення повноважень депутата Шептицької міської ради VIIІ скликання Лозинської Іванни Анатоліївни</t>
+          <t>ID - 6750,  Про дострокове припинення повноважень депутата Шептицької міської ради VIIІ скликання Лозинської Іванни Анатоліївни</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>57</v>
       </c>
       <c r="E108" t="s">
         <v>50</v>
       </c>
       <c r="F108">
         <v>30</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
@@ -16378,55 +16377,55 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>6751Про затвердження графіку пленарних засідань чергових сесій Шептицької міської ради на 2025 рік</t>
+          <t>ID - 6751,  Про затвердження графіку пленарних засідань чергових сесій Шептицької міської ради на 2025 рік</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>57</v>
       </c>
       <c r="E109" t="s">
         <v>50</v>
       </c>
       <c r="F109">
         <v>30</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
@@ -16523,55 +16522,55 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>6752Про зменшення асигнувань по КП «Соснівкажитлокомунсервіс» та уточнення міжбюджетних трансфертів</t>
+          <t>ID - 6752,  Про зменшення асигнувань по КП «Соснівкажитлокомунсервіс» та уточнення міжбюджетних трансфертів</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>49</v>
       </c>
       <c r="E110" t="s">
         <v>50</v>
       </c>
       <c r="F110">
         <v>30</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
         <v>0</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>51</v>
@@ -16668,55 +16667,55 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>6753Внести правки озвучені Сементух Л. І. , Зменшити резервний фонд і спрямувати 5 млн. на погашення заборгованості ЧТКЕ</t>
+          <t>ID - 6753,  Внести правки озвучені Сементух Л. І. , Зменшити резервний фонд і спрямувати 5 млн. на погашення заборгованості ЧТКЕ</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>62</v>
       </c>
       <c r="E111" t="s">
         <v>50</v>
       </c>
       <c r="F111">
         <v>29</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>51</v>
@@ -16813,55 +16812,55 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>6754Про зменшення асигнувань по КП «Соснівкажитлокомунсервіс» та уточнення міжбюджетних трансфертів</t>
+          <t>ID - 6754,  Про зменшення асигнувань по КП «Соснівкажитлокомунсервіс» та уточнення міжбюджетних трансфертів</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>55</v>
       </c>
       <c r="E112" t="s">
         <v>50</v>
       </c>
       <c r="F112">
         <v>29</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>0</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>51</v>
@@ -16958,55 +16957,55 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>6755Про внесення змін до  Положення про надання одноразової грошової допомоги та надання одноразової грошової допомоги</t>
+          <t>ID - 6755,  Про внесення змін до  Положення про надання одноразової грошової допомоги та надання одноразової грошової допомоги</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>49</v>
       </c>
       <c r="E113" t="s">
         <v>50</v>
       </c>
       <c r="F113">
         <v>30</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>51</v>
@@ -17103,54 +17102,54 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
+        <v>217</v>
+      </c>
+      <c r="C114" t="s" s="4">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="D114" t="s">
         <v>62</v>
       </c>
       <c r="E114" t="s">
         <v>50</v>
       </c>
       <c r="F114">
         <v>29</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
         <v>0</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>51</v>
       </c>
@@ -17246,55 +17245,55 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>6757Про внесення змін до  Положення про надання одноразової грошової допомоги та надання одноразової грошової допомоги</t>
+          <t>ID - 6757,  Про внесення змін до  Положення про надання одноразової грошової допомоги та надання одноразової грошової допомоги</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>55</v>
       </c>
       <c r="E115" t="s">
         <v>50</v>
       </c>
       <c r="F115">
         <v>30</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115">
         <v>0</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
@@ -17391,55 +17390,55 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>6764Про  затвердження містобудівної документації  `Детальний план території в урочищі Рочин за межами села Сілець  Червоноградської міської територіальної громади Червоноградського  району Львівської області»</t>
+          <t>ID - 6764,  Про  затвердження містобудівної документації  `Детальний план території в урочищі Рочин за межами села Сілець  Червоноградської міської територіальної громади Червоноградського  району Львівської області»</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>57</v>
       </c>
       <c r="E116" t="s">
         <v>50</v>
       </c>
       <c r="F116">
         <v>21</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116">
         <v>0</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>52</v>
@@ -17534,55 +17533,55 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>6765Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
+          <t>ID - 6765,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>57</v>
       </c>
       <c r="E117" t="s">
         <v>50</v>
       </c>
       <c r="F117">
         <v>21</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
         <v>0</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>52</v>
@@ -17677,55 +17676,55 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>6766Про внесення змін у рішення Червоноградської міської ради № 2364 від 22.02.2024 «Про створення Молодіжної ради»</t>
+          <t>ID - 6766,  Про внесення змін у рішення Червоноградської міської ради № 2364 від 22.02.2024 «Про створення Молодіжної ради»</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>49</v>
       </c>
       <c r="E118" t="s">
         <v>50</v>
       </c>
       <c r="F118">
         <v>21</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>52</v>
@@ -17820,54 +17819,54 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
+        <v>223</v>
+      </c>
+      <c r="C119" t="s" s="4">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="D119" t="s">
         <v>62</v>
       </c>
       <c r="E119" t="s">
         <v>71</v>
       </c>
       <c r="F119">
         <v>19</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>52</v>
       </c>
@@ -17961,54 +17960,54 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
+        <v>225</v>
+      </c>
+      <c r="C120" t="s" s="4">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D120" t="s">
         <v>62</v>
       </c>
       <c r="E120" t="s">
         <v>50</v>
       </c>
       <c r="F120">
         <v>20</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120">
         <v>0</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>52</v>
       </c>
@@ -18102,55 +18101,55 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>6770Про внесення змін у рішення Червоноградської міської ради № 2364 від 22.02.2024 «Про створення Молодіжної ради»</t>
+          <t>ID - 6770,  Про внесення змін у рішення Червоноградської міської ради № 2364 від 22.02.2024 «Про створення Молодіжної ради»</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>55</v>
       </c>
       <c r="E121" t="s">
         <v>50</v>
       </c>
       <c r="F121">
         <v>21</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>52</v>