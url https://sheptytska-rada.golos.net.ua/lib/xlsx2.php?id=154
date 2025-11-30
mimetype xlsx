--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -35,113 +35,113 @@
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Vasylyshyn Petro Stefanovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Zalivskyy Andriy Ivanovych</t>
   </si>
   <si>
     <t>Lyakhovskyy Bohdan Vasylovych</t>
   </si>
   <si>
     <t>Hamanyuk Vitaliy Volodymyrovych</t>
   </si>
   <si>
     <t>Maydanovych Sofiya Volodymyrivna</t>
   </si>
   <si>
     <t>Dmukhovskyy Stepan Mykhaylovych</t>
   </si>
   <si>
     <t>Lishchynskyy Bohdan Stepanovych</t>
   </si>
   <si>
     <t>Hrasulov Oleksandr Olehovych</t>
   </si>
   <si>
     <t>Kudryk Ivan Ivanovych</t>
   </si>
   <si>
     <t>Lapets Mykhaylo Romanovych</t>
   </si>
   <si>
     <t>Ostapyuk Petro Petrovych</t>
   </si>
   <si>
-    <t>Hots Pavlo Vasylovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Kruk Halyna Vasylivna</t>
   </si>
   <si>
     <t>Ryndyk Vitaliy Bohdanovych</t>
   </si>
   <si>
     <t>Yakymchuk Serhiy Stepanovych</t>
   </si>
   <si>
     <t>Pylypchuk Petro Pavlovych</t>
   </si>
   <si>
     <t>Pushchyk Myroslav Stepanovych</t>
   </si>
   <si>
     <t>Zapisotskyy Roman Vasylovych</t>
   </si>
   <si>
     <t>Voytovych Andriy Serhiyovych</t>
   </si>
   <si>
-    <t>Tvardovskyy Bohdan Ivanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
@@ -161,57 +161,57 @@
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
     <t>Fetisov Oleksiy Vitaliyevych</t>
   </si>
   <si>
     <t>Kataryna Iryna Mykhaylivna</t>
   </si>
   <si>
     <t>02.12.24  16:25:46</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
+    <t>Не голос.</t>
+  </si>
+  <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не голос.</t>
   </si>
   <si>
     <t>02.12.24  16:32:12</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>02.12.24  16:35:17</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>02.12.24  16:35:58</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>02.12.24  16:37:36</t>
   </si>
@@ -485,738 +485,738 @@
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
           <t>6622Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>27</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AU2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>6623Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>49</v>
       </c>
       <c r="F3">
         <v>26</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AU3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>6624Перейменувати підприємство на - ` Шептицьке комунальке підприємство Житлокомунсервіс `, скорочена назва ШКП ЖКС</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>57</v>
       </c>
       <c r="F4">
         <v>14</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AN4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AQ4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>6625Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5">
         <v>23</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>6626Про внесення змін до рішення Шептицької міської ради  від 21.11.2024 № 3049 «Про  перейменування комунального  підприємства «Червоноградводоканал»  та затвердження    його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6">
         <v>27</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>