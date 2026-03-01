--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -35,183 +35,183 @@
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Zalivskyy Andriy Ivanovych</t>
+  </si>
+  <si>
+    <t>Lyakhovskyy Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Hamanyuk Vitaliy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Maydanovych Sofiya Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Dmukhovskyy Stepan Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Lishchynskyy Bohdan Stepanovych</t>
+  </si>
+  <si>
+    <t>Hrasulov Oleksandr Olehovych</t>
+  </si>
+  <si>
+    <t>Kudryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Lapets Mykhaylo Romanovych</t>
+  </si>
+  <si>
+    <t>Ostapyuk Petro Petrovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Kruk Halyna Vasylivna</t>
+  </si>
+  <si>
+    <t>Ryndyk Vitaliy Bohdanovych</t>
+  </si>
+  <si>
+    <t>Yakymchuk Serhiy Stepanovych</t>
+  </si>
+  <si>
+    <t>Pylypchuk Petro Pavlovych</t>
+  </si>
+  <si>
+    <t>Pushchyk Myroslav Stepanovych</t>
+  </si>
+  <si>
+    <t>Zapisotskyy Roman Vasylovych</t>
+  </si>
+  <si>
+    <t>Voytovych Andriy Serhiyovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Vasylyshyn Petro Stefanovych</t>
   </si>
   <si>
-    <t>Hots Pavlo Vasylovych</t>
-[...58 lines deleted...]
-  <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
-    <t>Fetisov Oleksiy Vitaliyevych</t>
+    <t>Fetisov Oleksiy Vitaliyovych</t>
   </si>
   <si>
     <t>Kataryna Iryna Mykhaylivna</t>
   </si>
   <si>
     <t>02.12.24  16:25:46</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
+    <t>За</t>
+  </si>
+  <si>
+    <t>Відсут.</t>
+  </si>
+  <si>
     <t>Не голос.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Відсут.</t>
   </si>
   <si>
     <t>02.12.24  16:32:12</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>02.12.24  16:35:17</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>02.12.24  16:35:58</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>02.12.24  16:37:36</t>
   </si>
@@ -463,760 +463,760 @@
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6622Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
+          <t>ID - 6622,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>27</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>6623Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
+          <t>ID - 6623,  Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>49</v>
       </c>
       <c r="F3">
         <v>26</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6624Перейменувати підприємство на - ` Шептицьке комунальке підприємство Житлокомунсервіс `, скорочена назва ШКП ЖКС</t>
+          <t>ID - 6624,  Перейменувати підприємство на - ` Шептицьке комунальке підприємство Житлокомунсервіс `, скорочена назва ШКП ЖКС</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>57</v>
       </c>
       <c r="F4">
         <v>14</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AN4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>6625Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
+          <t>ID - 6625,  Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5">
         <v>23</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AQ5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>6626Про внесення змін до рішення Шептицької міської ради  від 21.11.2024 № 3049 «Про  перейменування комунального  підприємства «Червоноградводоканал»  та затвердження    його  статуту в  новiй  редакції»</t>
+          <t>ID - 6626,  Про внесення змін до рішення Шептицької міської ради  від 21.11.2024 № 3049 «Про  перейменування комунального  підприємства «Червоноградводоканал»  та затвердження    його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6">
         <v>27</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>