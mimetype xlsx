--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -146,711 +146,711 @@
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
-    <t>Fetisov Oleksiy Vitaliyevych</t>
+    <t>Fetisov Oleksiy Vitaliyovych</t>
   </si>
   <si>
     <t>Kataryna Iryna Mykhaylivna</t>
   </si>
   <si>
     <t>21.11.24  10:19:43</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>21.11.24  10:29:54</t>
   </si>
   <si>
-    <t>6475Про депутатськi запити</t>
+    <t>ID - 6475,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>21.11.24  10:30:59</t>
   </si>
   <si>
-    <t>6477Про депутатськi запити</t>
+    <t>ID - 6477,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>21.11.24  10:38:27</t>
   </si>
   <si>
     <t>21.11.24  10:59:00</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>21.11.24  10:59:36</t>
   </si>
   <si>
     <t>21.11.24  11:01:13</t>
   </si>
   <si>
     <t>21.11.24  11:03:40</t>
   </si>
   <si>
     <t>21.11.24  11:04:53</t>
   </si>
   <si>
-    <t>6487Про введення штатних одиниць</t>
+    <t>ID - 6487,  Про введення штатних одиниць</t>
   </si>
   <si>
     <t>21.11.24  11:05:55</t>
   </si>
   <si>
     <t>21.11.24  11:06:51</t>
   </si>
   <si>
-    <t>6489Про перейменування відділу освіти Червоноградської міської ради</t>
+    <t>ID - 6489,  Про перейменування відділу освіти Червоноградської міської ради</t>
   </si>
   <si>
     <t>21.11.24  11:07:45</t>
   </si>
   <si>
     <t>21.11.24  11:08:44</t>
   </si>
   <si>
     <t>21.11.24  11:09:47</t>
   </si>
   <si>
     <t>21.11.24  11:10:51</t>
   </si>
   <si>
     <t>21.11.24  11:12:07</t>
   </si>
   <si>
     <t>21.11.24  11:13:04</t>
   </si>
   <si>
-    <t>6495Про встановлення надбавки за вислугу років міському голові Залівському А.І.</t>
+    <t>ID - 6495,  Про встановлення надбавки за вислугу років міському голові Залівському А.І.</t>
   </si>
   <si>
     <t>21.11.24  11:14:02</t>
   </si>
   <si>
     <t>21.11.24  11:15:01</t>
   </si>
   <si>
-    <t>6497Про перейменування посад</t>
+    <t>ID - 6497,  Про перейменування посад</t>
   </si>
   <si>
     <t>21.11.24  11:17:31</t>
   </si>
   <si>
     <t>21.11.24  11:18:44</t>
   </si>
   <si>
-    <t>6499Змінити відділ культури на управління містобудування та архітектури</t>
+    <t>ID - 6499,  Змінити відділ культури на управління містобудування та архітектури</t>
   </si>
   <si>
     <t>21.11.24  11:19:14</t>
   </si>
   <si>
     <t>21.11.24  11:20:20</t>
   </si>
   <si>
     <t>21.11.24  11:20:56</t>
   </si>
   <si>
-    <t>6502Про перейменування відділу у справах дітей Червоноградської міської ради</t>
+    <t>ID - 6502,  Про перейменування відділу у справах дітей Червоноградської міської ради</t>
   </si>
   <si>
     <t>21.11.24  11:21:34</t>
   </si>
   <si>
-    <t>6503Про перейменування вiддiлу культури Червоноградської мiської ради</t>
+    <t>ID - 6503,  Про перейменування вiддiлу культури Червоноградської мiської ради</t>
   </si>
   <si>
     <t>21.11.24  11:22:17</t>
   </si>
   <si>
     <t>21.11.24  11:23:19</t>
   </si>
   <si>
     <t>21.11.24  11:23:51</t>
   </si>
   <si>
-    <t>6506Про безоплатну передачу майна</t>
+    <t>ID - 6506,  Про безоплатну передачу майна</t>
   </si>
   <si>
     <t>21.11.24  11:25:48</t>
   </si>
   <si>
-    <t>6507Внести правки озвучені Ковалем В. С.</t>
+    <t>ID - 6507,  Внести правки озвучені Ковалем В. С.</t>
   </si>
   <si>
     <t>21.11.24  11:26:16</t>
   </si>
   <si>
-    <t>6508Про безоплатну передачу майна</t>
+    <t>ID - 6508,  Про безоплатну передачу майна</t>
   </si>
   <si>
     <t>21.11.24  11:27:06</t>
   </si>
   <si>
-    <t>6509Про надання дозволу на списання з балансу основних засобів</t>
+    <t>ID - 6509,  Про надання дозволу на списання з балансу основних засобів</t>
   </si>
   <si>
     <t>21.11.24  11:27:49</t>
   </si>
   <si>
-    <t>6510Про перейменування Червоноградського міського центру соціальних служб</t>
+    <t>ID - 6510,  Про перейменування Червоноградського міського центру соціальних служб</t>
   </si>
   <si>
     <t>21.11.24  11:29:05</t>
   </si>
   <si>
     <t>21.11.24  11:31:26</t>
   </si>
   <si>
     <t>21.11.24  11:32:48</t>
   </si>
   <si>
     <t>21.11.24  11:35:09</t>
   </si>
   <si>
-    <t>6514Внести зміни в 2 і останній абзаци, озвучені Гоцом П. В. </t>
+    <t>ID - 6514,  Внести зміни в 2 і останній абзаци, озвучені Гоцом П. В. </t>
   </si>
   <si>
     <t>21.11.24  11:37:55</t>
   </si>
   <si>
-    <t>6515Вкобчити в п.3 до міжнародних партнерів</t>
+    <t>ID - 6515,  Вкобчити в п.3 до міжнародних партнерів</t>
   </si>
   <si>
     <t>21.11.24  11:38:23</t>
   </si>
   <si>
     <t>21.11.24  12:18:52</t>
   </si>
   <si>
     <t>21.11.24  12:20:00</t>
   </si>
   <si>
     <t>21.11.24  12:21:55</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>21.11.24  12:22:19</t>
   </si>
   <si>
     <t>21.11.24  12:23:25</t>
   </si>
   <si>
     <t>21.11.24  12:24:16</t>
   </si>
   <si>
     <t>21.11.24  12:25:15</t>
   </si>
   <si>
     <t>21.11.24  12:26:27</t>
   </si>
   <si>
     <t>21.11.24  12:28:15</t>
   </si>
   <si>
     <t>21.11.24  12:29:34</t>
   </si>
   <si>
     <t>21.11.24  12:30:32</t>
   </si>
   <si>
     <t>21.11.24  12:38:23</t>
   </si>
   <si>
     <t>21.11.24  12:55:56</t>
   </si>
   <si>
     <t>21.11.24  12:57:56</t>
   </si>
   <si>
-    <t>6532Про розгляд клопотання громадянки Гнатів Оксани Ярославівни</t>
+    <t>ID - 6532,  Про розгляд клопотання громадянки Гнатів Оксани Ярославівни</t>
   </si>
   <si>
     <t>21.11.24  12:58:42</t>
   </si>
   <si>
-    <t>6533Про розгляд клопотання громадянина Жука Анатолія Миколайовича</t>
+    <t>ID - 6533,  Про розгляд клопотання громадянина Жука Анатолія Миколайовича</t>
   </si>
   <si>
     <t>21.11.24  13:00:33</t>
   </si>
   <si>
     <t>21.11.24  13:01:33</t>
   </si>
   <si>
-    <t>6535Про розгляд клопотання громадянки Шипот Мирослави Іванівни</t>
+    <t>ID - 6535,  Про розгляд клопотання громадянки Шипот Мирослави Іванівни</t>
   </si>
   <si>
     <t>21.11.24  15:01:55</t>
   </si>
   <si>
-    <t>6537Про розгляд клопотання громадянки Демчук Ганни Василівни</t>
+    <t>ID - 6537,  Про розгляд клопотання громадянки Демчук Ганни Василівни</t>
   </si>
   <si>
     <t>21.11.24  15:02:47</t>
   </si>
   <si>
-    <t>6538Про розгляд клопотання громадянина Сміхури Івана Григоровича</t>
+    <t>ID - 6538,  Про розгляд клопотання громадянина Сміхури Івана Григоровича</t>
   </si>
   <si>
     <t>21.11.24  15:03:34</t>
   </si>
   <si>
-    <t>6539Про розгляд клопотання громадянина Крука Василя Івановича</t>
+    <t>ID - 6539,  Про розгляд клопотання громадянина Крука Василя Івановича</t>
   </si>
   <si>
     <t>21.11.24  15:05:07</t>
   </si>
   <si>
-    <t>6540Про розгляд клопотання громадянина Левицького Йосипа Микитовича</t>
+    <t>ID - 6540,  Про розгляд клопотання громадянина Левицького Йосипа Микитовича</t>
   </si>
   <si>
     <t>21.11.24  15:06:00</t>
   </si>
   <si>
-    <t>6541Про розгляд клопотання громадянина Бабака Володимира Степановича</t>
+    <t>ID - 6541,  Про розгляд клопотання громадянина Бабака Володимира Степановича</t>
   </si>
   <si>
     <t>21.11.24  15:06:46</t>
   </si>
   <si>
-    <t>6542Про розгляд клопотання громадянина Коваля Василя Васильовича</t>
+    <t>ID - 6542,  Про розгляд клопотання громадянина Коваля Василя Васильовича</t>
   </si>
   <si>
     <t>21.11.24  15:07:34</t>
   </si>
   <si>
-    <t>6543Про розгляд клопотання громадянки Чорній Ганни Василівни</t>
+    <t>ID - 6543,  Про розгляд клопотання громадянки Чорній Ганни Василівни</t>
   </si>
   <si>
     <t>21.11.24  15:08:22</t>
   </si>
   <si>
-    <t>6544Про розгляд клопотання громадянина Білаша Володимира Григоровича</t>
+    <t>ID - 6544,  Про розгляд клопотання громадянина Білаша Володимира Григоровича</t>
   </si>
   <si>
     <t>21.11.24  16:06:24</t>
   </si>
   <si>
-    <t>6546Про розгляд клопотання громадянки Дмитришин Ольги Ігорівни</t>
+    <t>ID - 6546,  Про розгляд клопотання громадянки Дмитришин Ольги Ігорівни</t>
   </si>
   <si>
     <t>21.11.24  16:07:21</t>
   </si>
   <si>
-    <t>6547Про розгляд клопотання громадянки Олексович Оксани Степанівни</t>
+    <t>ID - 6547,  Про розгляд клопотання громадянки Олексович Оксани Степанівни</t>
   </si>
   <si>
     <t>21.11.24  16:08:13</t>
   </si>
   <si>
-    <t>6548Про розгляд клопотання громадянки Соляк Надії Йосипівни</t>
+    <t>ID - 6548,  Про розгляд клопотання громадянки Соляк Надії Йосипівни</t>
   </si>
   <si>
     <t>21.11.24  16:09:10</t>
   </si>
   <si>
-    <t>6549Про розгляд клопотання громадянки Кот Любові Іванівни</t>
+    <t>ID - 6549,  Про розгляд клопотання громадянки Кот Любові Іванівни</t>
   </si>
   <si>
     <t>21.11.24  16:10:01</t>
   </si>
   <si>
-    <t>6550Про розгляд клопотання громадянки Гавалко Олени Андріївни</t>
+    <t>ID - 6550,  Про розгляд клопотання громадянки Гавалко Олени Андріївни</t>
   </si>
   <si>
     <t>21.11.24  16:10:56</t>
   </si>
   <si>
-    <t>6551Про розгляд клопотання громадянки Карпишин Ірини Іванівни</t>
+    <t>ID - 6551,  Про розгляд клопотання громадянки Карпишин Ірини Іванівни</t>
   </si>
   <si>
     <t>21.11.24  16:11:46</t>
   </si>
   <si>
-    <t>6552Про розгляд клопотання громадянина Луціва Сергія Миколайовича</t>
+    <t>ID - 6552,  Про розгляд клопотання громадянина Луціва Сергія Миколайовича</t>
   </si>
   <si>
     <t>21.11.24  16:12:38</t>
   </si>
   <si>
-    <t>6553Про розгляд клопотання громадянки Федорової Анастасії Леонідівн</t>
+    <t>ID - 6553,  Про розгляд клопотання громадянки Федорової Анастасії Леонідівн</t>
   </si>
   <si>
     <t>21.11.24  16:13:30</t>
   </si>
   <si>
-    <t>6554Про розгляд клопотання громадянина Філософа Володимира Мирославович</t>
+    <t>ID - 6554,  Про розгляд клопотання громадянина Філософа Володимира Мирославович</t>
   </si>
   <si>
     <t>21.11.24  16:14:21</t>
   </si>
   <si>
-    <t>6555Про розгляд клопотання громадянки Юристовської Руслани Степанівни</t>
+    <t>ID - 6555,  Про розгляд клопотання громадянки Юристовської Руслани Степанівни</t>
   </si>
   <si>
     <t>21.11.24  16:15:15</t>
   </si>
   <si>
-    <t>6556Про розгляд клопотання громадянки Філіпчук Надії Степанівни</t>
+    <t>ID - 6556,  Про розгляд клопотання громадянки Філіпчук Надії Степанівни</t>
   </si>
   <si>
     <t>21.11.24  16:16:06</t>
   </si>
   <si>
-    <t>6557Про розгляд клопотання громадянки Кішки Оксани Петрівни</t>
+    <t>ID - 6557,  Про розгляд клопотання громадянки Кішки Оксани Петрівни</t>
   </si>
   <si>
     <t>21.11.24  16:17:02</t>
   </si>
   <si>
-    <t>6558Про розгляд клопотання громадянина Яновича Василя Васильовича</t>
+    <t>ID - 6558,  Про розгляд клопотання громадянина Яновича Василя Васильовича</t>
   </si>
   <si>
     <t>21.11.24  16:17:54</t>
   </si>
   <si>
-    <t>6559Про розгляд клопотання громадянина Бенька Романа Романовича</t>
+    <t>ID - 6559,  Про розгляд клопотання громадянина Бенька Романа Романовича</t>
   </si>
   <si>
     <t>21.11.24  16:18:43</t>
   </si>
   <si>
-    <t>6560Про розгляд клопотання громадянина Шандрука Віталія Васильовича</t>
+    <t>ID - 6560,  Про розгляд клопотання громадянина Шандрука Віталія Васильовича</t>
   </si>
   <si>
     <t>21.11.24  16:19:36</t>
   </si>
   <si>
-    <t>6561Про розгляд клопотання громадянки Кіщак Наталії Михайлівни</t>
+    <t>ID - 6561,  Про розгляд клопотання громадянки Кіщак Наталії Михайлівни</t>
   </si>
   <si>
     <t>21.11.24  16:20:27</t>
   </si>
   <si>
-    <t>6562Про розгляд клопотання громадянки Чумак Надії Петрівни</t>
+    <t>ID - 6562,  Про розгляд клопотання громадянки Чумак Надії Петрівни</t>
   </si>
   <si>
     <t>21.11.24  16:21:18</t>
   </si>
   <si>
-    <t>6563Про розгляд клопотання громадянки Дубецької Марії Павлівни</t>
+    <t>ID - 6563,  Про розгляд клопотання громадянки Дубецької Марії Павлівни</t>
   </si>
   <si>
     <t>21.11.24  16:23:00</t>
   </si>
   <si>
-    <t>6564Про розгляд клопотання громадянина Федуна Богдана Михайловича</t>
+    <t>ID - 6564,  Про розгляд клопотання громадянина Федуна Богдана Михайловича</t>
   </si>
   <si>
     <t>21.11.24  16:23:55</t>
   </si>
   <si>
-    <t>6565Про розгляд клопотання громадянина Гумена Тараса Степановича</t>
+    <t>ID - 6565,  Про розгляд клопотання громадянина Гумена Тараса Степановича</t>
   </si>
   <si>
     <t>21.11.24  16:24:45</t>
   </si>
   <si>
-    <t>6566Про розгляд клопотання громадянина Скепського Андрія Богдановича</t>
+    <t>ID - 6566,  Про розгляд клопотання громадянина Скепського Андрія Богдановича</t>
   </si>
   <si>
     <t>21.11.24  16:25:31</t>
   </si>
   <si>
-    <t>6567Про розгляд клопотання громадянина Зозулі Павла Івановича</t>
+    <t>ID - 6567,  Про розгляд клопотання громадянина Зозулі Павла Івановича</t>
   </si>
   <si>
     <t>21.11.24  16:26:09</t>
   </si>
   <si>
     <t>21.11.24  16:27:50</t>
   </si>
   <si>
-    <t>6569Про розгляд клопотання громадянки Пелех Марії Михайлівни</t>
+    <t>ID - 6569,  Про розгляд клопотання громадянки Пелех Марії Михайлівни</t>
   </si>
   <si>
     <t>21.11.24  16:28:52</t>
   </si>
   <si>
-    <t>6570Про розгляд клопотання громадянки Гавалко Наталії Григорівни</t>
+    <t>ID - 6570,  Про розгляд клопотання громадянки Гавалко Наталії Григорівни</t>
   </si>
   <si>
     <t>21.11.24  16:29:47</t>
   </si>
   <si>
     <t>21.11.24  16:30:44</t>
   </si>
   <si>
-    <t>6572Про розгляд клопотання громадянки Костіної Лідії Гаврилівни  </t>
+    <t>ID - 6572,  Про розгляд клопотання громадянки Костіної Лідії Гаврилівни  </t>
   </si>
   <si>
     <t>21.11.24  16:31:29</t>
   </si>
   <si>
-    <t>6573Про розгляд клопотання громадянина Цвіда Ігоря Адамовича</t>
+    <t>ID - 6573,  Про розгляд клопотання громадянина Цвіда Ігоря Адамовича</t>
   </si>
   <si>
     <t>21.11.24  16:32:12</t>
   </si>
   <si>
-    <t>6574Про розгляд клопотання громадянки Пащук Лариси Петрівни</t>
+    <t>ID - 6574,  Про розгляд клопотання громадянки Пащук Лариси Петрівни</t>
   </si>
   <si>
     <t>21.11.24  16:33:02</t>
   </si>
   <si>
-    <t>6575Про розгляд клопотання громадянки Малець Тетяни Павлівни</t>
+    <t>ID - 6575,  Про розгляд клопотання громадянки Малець Тетяни Павлівни</t>
   </si>
   <si>
     <t>21.11.24  16:33:51</t>
   </si>
   <si>
-    <t>6576Про розгляд клопотання громадянки Мельник Ганни Андріївни</t>
+    <t>ID - 6576,  Про розгляд клопотання громадянки Мельник Ганни Андріївни</t>
   </si>
   <si>
     <t>21.11.24  16:34:36</t>
   </si>
   <si>
-    <t>6577Про розгляд клопотання громадянина Осадця Михайла Васильовича</t>
+    <t>ID - 6577,  Про розгляд клопотання громадянина Осадця Михайла Васильовича</t>
   </si>
   <si>
     <t>21.11.24  16:35:21</t>
   </si>
   <si>
     <t>21.11.24  16:36:30</t>
   </si>
   <si>
     <t>21.11.24  16:37:18</t>
   </si>
   <si>
-    <t>6580Про розгляд клопотання громадянки Корецької Софії Михайлівни</t>
+    <t>ID - 6580,  Про розгляд клопотання громадянки Корецької Софії Михайлівни</t>
   </si>
   <si>
     <t>21.11.24  16:38:24</t>
   </si>
   <si>
-    <t>6581Про розгляд клопотання громадянина Мартиневича Вячеслава Федоровича</t>
+    <t>ID - 6581,  Про розгляд клопотання громадянина Мартиневича Вячеслава Федоровича</t>
   </si>
   <si>
     <t>21.11.24  16:39:35</t>
   </si>
   <si>
     <t>21.11.24  16:40:06</t>
   </si>
   <si>
-    <t>6583Про продаж у власність земельної ділянки громадянці Яртимик Галині Ігорівні</t>
+    <t>ID - 6583,  Про продаж у власність земельної ділянки громадянці Яртимик Галині Ігорівні</t>
   </si>
   <si>
     <t>21.11.24  16:41:31</t>
   </si>
   <si>
-    <t>6584Внести правки озвучені Надільною Г. В. зміни в класифікаторі</t>
+    <t>ID - 6584,  Внести правки озвучені Надільною Г. В. зміни в класифікаторі</t>
   </si>
   <si>
     <t>21.11.24  16:42:01</t>
   </si>
   <si>
-    <t>6585Про продаж у власність земельної ділянки громадянці Яртимик Галині Ігорівні</t>
+    <t>ID - 6585,  Про продаж у власність земельної ділянки громадянці Яртимик Галині Ігорівні</t>
   </si>
   <si>
     <t>21.11.24  16:44:50</t>
   </si>
   <si>
     <t>21.11.24  16:46:12</t>
   </si>
   <si>
     <t>21.11.24  16:47:13</t>
   </si>
   <si>
-    <t>6588Про розгляд клопотання громадянина Гурського Андрія Станіславовича</t>
+    <t>ID - 6588,  Про розгляд клопотання громадянина Гурського Андрія Станіславовича</t>
   </si>
   <si>
     <t>21.11.24  16:48:33</t>
   </si>
   <si>
     <t>21.11.24  16:49:04</t>
   </si>
   <si>
-    <t>6590Зміна назви Затвердження на Розроблення</t>
+    <t>ID - 6590,  Зміна назви Затвердження на Розроблення</t>
   </si>
   <si>
     <t>21.11.24  16:50:03</t>
   </si>
   <si>
-    <t>6591Зміна назви Затвердження на Розроблення</t>
+    <t>ID - 6591,  Зміна назви Затвердження на Розроблення</t>
   </si>
   <si>
     <t>21.11.24  16:50:31</t>
   </si>
   <si>
     <t>21.11.24  16:52:09</t>
   </si>
   <si>
-    <t>6593Про затвердження проєктів землеустрою щодо відведення земельних ділянок</t>
+    <t>ID - 6593,  Про затвердження проєктів землеустрою щодо відведення земельних ділянок</t>
   </si>
   <si>
     <t>21.11.24  16:52:37</t>
   </si>
   <si>
     <t>21.11.24  16:54:18</t>
   </si>
   <si>
-    <t>6595Внести правки озвучені Надільною Г. В. зміна 2 пункту</t>
+    <t>ID - 6595,  Внести правки озвучені Надільною Г. В. зміна 2 пункту</t>
   </si>
   <si>
     <t>21.11.24  16:56:37</t>
   </si>
   <si>
-    <t>6596Внести правки озвучені Надільною Г. В. зміна 2 пункту</t>
+    <t>ID - 6596,  Внести правки озвучені Надільною Г. В. зміна 2 пункту</t>
   </si>
   <si>
     <t>21.11.24  16:58:17</t>
   </si>
   <si>
-    <t>6598Про розгляд клопотання громадянина  Лемеха Василя Гавриловича</t>
+    <t>ID - 6598,  Про розгляд клопотання громадянина  Лемеха Василя Гавриловича</t>
   </si>
   <si>
     <t>21.11.24  16:59:00</t>
   </si>
   <si>
-    <t>6599Про розгляд клопотання громадянки Прунчак Наталії Василівни</t>
+    <t>ID - 6599,  Про розгляд клопотання громадянки Прунчак Наталії Василівни</t>
   </si>
   <si>
     <t>21.11.24  16:59:51</t>
   </si>
   <si>
-    <t>6600Про розгляд клопотання громадянина Троця Олега Васильовича</t>
+    <t>ID - 6600,  Про розгляд клопотання громадянина Троця Олега Васильовича</t>
   </si>
   <si>
     <t>21.11.24  17:00:37</t>
   </si>
   <si>
-    <t>6601Про розгляд клопотання громадянки   Цар Анастасії Антонівни</t>
+    <t>ID - 6601,  Про розгляд клопотання громадянки   Цар Анастасії Антонівни</t>
   </si>
   <si>
     <t>21.11.24  17:03:03</t>
   </si>
   <si>
-    <t>6602Про розгляд клопотання громадянина Дубенського Василя Олеговича</t>
+    <t>ID - 6602,  Про розгляд клопотання громадянина Дубенського Василя Олеговича</t>
   </si>
   <si>
     <t>21.11.24  17:04:38</t>
   </si>
   <si>
     <t>21.11.24  17:12:36</t>
   </si>
   <si>
     <t>21.11.24  17:13:46</t>
   </si>
   <si>
     <t>21.11.24  17:14:15</t>
   </si>
   <si>
-    <t>6606Внести правки озвучені Надільною Г. В.</t>
+    <t>ID - 6606,  Внести правки озвучені Надільною Г. В.</t>
   </si>
   <si>
     <t>21.11.24  17:14:45</t>
   </si>
   <si>
     <t>21.11.24  17:15:43</t>
   </si>
   <si>
     <t>21.11.24  17:16:14</t>
   </si>
   <si>
     <t>21.11.24  17:18:29</t>
   </si>
   <si>
-    <t>6610Про припинення права оренди земельної ділянки</t>
+    <t>ID - 6610,  Про припинення права оренди земельної ділянки</t>
   </si>
   <si>
     <t>21.11.24  17:19:45</t>
   </si>
   <si>
-    <t>6611​​​​​Про укладання договору суперфіцію в м. Соснівка</t>
+    <t>ID - 6611,  ​​​​​Про укладання договору суперфіцію в м. Соснівка</t>
   </si>
   <si>
     <t>21.11.24  17:20:23</t>
   </si>
   <si>
-    <t>6612Про надання одноразової грошової допомоги</t>
+    <t>ID - 6612,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>21.11.24  17:21:20</t>
   </si>
   <si>
-    <t>6613Включити в список осіб озвучених Гоцом П. В.</t>
+    <t>ID - 6613,  Включити в список осіб озвучених Гоцом П. В.</t>
   </si>
   <si>
     <t>21.11.24  17:21:50</t>
   </si>
   <si>
-    <t>6614Про надання одноразової грошової допомоги</t>
+    <t>ID - 6614,  Про надання одноразової грошової допомоги</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1078,51 +1078,51 @@
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6474Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6474,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>26</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1509,51 +1509,51 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>6482Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
+          <t>ID - 6482,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>54</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5">
         <v>26</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1654,51 +1654,51 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>6483ПРАВКИ ДО РІШЕННЯ   атвердити розпорядження міського голови від 24.10.2024 №308-р «Про виділення коштів з резервного фонду місцевого бюджету на проведення першочергових аварійно-відновлювальних робіт по ліквідації наслідків аварій» (176,0 тис. грн. на ліквідацію аварії на самопливному каналізаційному колекторі по вул.Грушевського, 27 в м.Соснівка).   На виконання Комплексної програми утвердження української мови в Червоноградській міській територіальній громаді на 2023-2026 роки  пропонується виділити 35,0 тис.грн, з них 10,0 тис.грн на створення телевізійних тематичних роликів (серія з 4 шт.) для підвищення грамотності та культури мовлення (Головний розпорядник- виконавчий комітет); 7,0 тис.грн на проведення конкурсів з української мови серед громадян Червоноградської ТГ (придбання призів) (Головний розпорядник-відділ освіти); 8,0 тис.грн на проведення фестивалю сучасної патріотичної пісні «Ми з України»  ( придбання призів) ( Головний розпорядник-відділ освіти); 10,0 тис.грн на організацію поїздки народного ансамблю танцю «Молодість» та народної вокальної студії</t>
+          <t>ID - 6483,  ПРАВКИ ДО РІШЕННЯ   атвердити розпорядження міського голови від 24.10.2024 №308-р «Про виділення коштів з резервного фонду місцевого бюджету на проведення першочергових аварійно-відновлювальних робіт по ліквідації наслідків аварій» (176,0 тис. грн. на ліквідацію аварії на самопливному каналізаційному колекторі по вул.Грушевського, 27 в м.Соснівка).   На виконання Комплексної програми утвердження української мови в Червоноградській міській територіальній громаді на 2023-2026 роки  пропонується виділити 35,0 тис.грн, з них 10,0 тис.грн на створення телевізійних тематичних роликів (серія з 4 шт.) для підвищення грамотності та культури мовлення (Головний розпорядник- виконавчий комітет); 7,0 тис.грн на проведення конкурсів з української мови серед громадян Червоноградської ТГ (придбання призів) (Головний розпорядник-відділ освіти); 8,0 тис.грн на проведення фестивалю сучасної патріотичної пісні «Ми з України»  ( придбання призів) ( Головний розпорядник-відділ освіти); 10,0 тис.грн на організацію поїздки народного ансамблю танцю «Молодість» та народної вокальної студії</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6">
         <v>28</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -1799,51 +1799,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>6484Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
+          <t>ID - 6484,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>27</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1944,51 +1944,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>6485Про перейменування та затвердження Положення про фінансове управління Червоноградської міської ради</t>
+          <t>ID - 6485,  Про перейменування та затвердження Положення про фінансове управління Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>48</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8">
         <v>26</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -2089,51 +2089,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>6486Про затвердження Положення про конкурс на посаду керівника закладу загальної середньої освіти</t>
+          <t>ID - 6486,  Про затвердження Положення про конкурс на посаду керівника закладу загальної середньої освіти</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9">
         <v>27</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2377,51 +2377,51 @@
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>6488Про надання пiльг на харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти у 2025 році</t>
+          <t>ID - 6488,  Про надання пiльг на харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти у 2025 році</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>48</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
         <v>24</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
@@ -2665,51 +2665,51 @@
       <c r="AQ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>6490Про перейменування Інклюзивно-ресурсного центру Червоноградської міської ради Львівської області</t>
+          <t>ID - 6490,  Про перейменування Інклюзивно-ресурсного центру Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -2810,51 +2810,51 @@
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>6491Про перейменування Центру професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
+          <t>ID - 6491,  Про перейменування Центру професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>48</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14">
         <v>22</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -2955,51 +2955,51 @@
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>6492Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 6492,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15">
         <v>22</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
@@ -3100,51 +3100,51 @@
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>6493Про надання згоди на безкоштовну передачу контейнерів для сміття із балансу відділу освіти Червоноградської міської ради на баланс комунального підприємства «Червонограджитлокомунсервіс»</t>
+          <t>ID - 6493,  Про надання згоди на безкоштовну передачу контейнерів для сміття із балансу відділу освіти Червоноградської міської ради на баланс комунального підприємства «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16">
         <v>22</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -3245,51 +3245,51 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>6494Про затвердження списку присяжних для Червоноградського міського суду Львівської області</t>
+          <t>ID - 6494,  Про затвердження списку присяжних для Червоноградського міського суду Львівської області</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>48</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17">
         <v>23</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
@@ -3533,51 +3533,51 @@
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>77</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>6496Про перейменування виконавчих органів Шептицької міської ради, що не мають статусу юридичної особи та затвердження Положення</t>
+          <t>ID - 6496,  Про перейменування виконавчих органів Шептицької міської ради, що не мають статусу юридичної особи та затвердження Положення</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19">
         <v>24</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -3821,51 +3821,51 @@
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>80</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>6498Про затвердження структури та загальної чисельності виконавчих органів Шептицької міської ради в новій редакції</t>
+          <t>ID - 6498,  Про затвердження структури та загальної чисельності виконавчих органів Шептицької міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>54</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21">
         <v>24</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -4109,51 +4109,51 @@
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>83</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>6500Про затвердження структури та загальної чисельності виконавчих органів Шептицької міської ради в новій редакції</t>
+          <t>ID - 6500,  Про затвердження структури та загальної чисельності виконавчих органів Шептицької міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>58</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23">
         <v>24</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
@@ -4254,51 +4254,51 @@
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>84</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>6501Про перейменування відділу охорони здоров’я Червоноградської міської ради та затвердження Положення в новій редакції</t>
+          <t>ID - 6501,  Про перейменування відділу охорони здоров’я Червоноградської міської ради та затвердження Положення в новій редакції</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>48</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24">
         <v>23</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
@@ -4685,51 +4685,51 @@
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>89</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>6504Про перейменування управління праці та соціального захисту населення Червоноградської міської ради</t>
+          <t>ID - 6504,  Про перейменування управління праці та соціального захисту населення Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>48</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27">
         <v>24</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
@@ -4830,51 +4830,51 @@
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>90</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>6505Про затвердження Порядку складання, погодження та контролю виконання фінансових планів комунальних некомерційних неприбуткових підприємств - закладів охорони здоров`я Шептицької міської ради</t>
+          <t>ID - 6505,  Про затвердження Порядку складання, погодження та контролю виконання фінансових планів комунальних некомерційних неприбуткових підприємств - закладів охорони здоров`я Шептицької міської ради</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28">
         <v>25</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
@@ -5690,51 +5690,51 @@
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>101</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>6511Про надання дозволу Комунальному підприємству «Центр первинної медико-санітарної допомоги м.Червонограда» на безоплатну передачу майна</t>
+          <t>ID - 6511,  Про надання дозволу Комунальному підприємству «Центр первинної медико-санітарної допомоги м.Червонограда» на безоплатну передачу майна</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>48</v>
       </c>
       <c r="E34" t="s">
         <v>49</v>
       </c>
       <c r="F34">
         <v>25</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -5835,51 +5835,51 @@
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>102</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>6512Про затвердження Місцевої програми підтримки осіб з інвалідністю, які потребують стороннього догляду, на 2024 рік</t>
+          <t>ID - 6512,  Про затвердження Місцевої програми підтримки осіб з інвалідністю, які потребують стороннього догляду, на 2024 рік</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>48</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
         <v>25</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
@@ -5980,51 +5980,51 @@
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>103</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>6513Про звернення Шептицької міської ради щодо підтримки Плану перемоги, представленого Президентом України Володимиром Зеленським</t>
+          <t>ID - 6513,  Про звернення Шептицької міської ради щодо підтримки Плану перемоги, представленого Президентом України Володимиром Зеленським</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>54</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>23</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -6411,51 +6411,51 @@
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>108</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>6516Про звернення Шептицької міської ради щодо підтримки Плану перемоги, представленого Президентом України Володимиром Зеленським</t>
+          <t>ID - 6516,  Про звернення Шептицької міської ради щодо підтримки Плану перемоги, представленого Президентом України Володимиром Зеленським</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>58</v>
       </c>
       <c r="E39" t="s">
         <v>49</v>
       </c>
       <c r="F39">
         <v>25</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
@@ -6556,51 +6556,51 @@
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>109</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>6517Про звіт директора комунального некомерційного підприємства «Соснівська міська лікарня Червоноградської міської ради» щодо діяльності комунального підприємства</t>
+          <t>ID - 6517,  Про звіт директора комунального некомерційного підприємства «Соснівська міська лікарня Червоноградської міської ради» щодо діяльності комунального підприємства</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>48</v>
       </c>
       <c r="E40" t="s">
         <v>49</v>
       </c>
       <c r="F40">
         <v>27</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
@@ -6701,51 +6701,51 @@
       <c r="AQ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>110</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>6518Про внесення змін до рішення Червоноградської міської ради від 15.08.2024 № 2839 ,,Про реорганізацію Комунального підприємства Спортивний комплекс ,,Шахтар” Червоноградської міської ради шляхом перетворення його в Комунальну установу ,,Спортивний комплекс” Червоноградської міської ради”</t>
+          <t>ID - 6518,  Про внесення змін до рішення Червоноградської міської ради від 15.08.2024 № 2839 ,,Про реорганізацію Комунального підприємства Спортивний комплекс ,,Шахтар” Червоноградської міської ради шляхом перетворення його в Комунальну установу ,,Спортивний комплекс” Червоноградської міської ради”</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>48</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>24</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
@@ -6846,51 +6846,51 @@
       <c r="AQ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>111</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>6520Про перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження його статуту в новiй редакції</t>
+          <t>ID - 6520,  Про перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження його статуту в новiй редакції</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>48</v>
       </c>
       <c r="E42" t="s">
         <v>112</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
@@ -6991,51 +6991,51 @@
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>113</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>6521Про перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження його статуту в новiй редакції</t>
+          <t>ID - 6521,  Про перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження його статуту в новiй редакції</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>48</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43">
         <v>24</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
@@ -7136,51 +7136,51 @@
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>114</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>6522Про перейменування комунального підприємства «Комунальник» та затвердження його статуту в новiй редакції</t>
+          <t>ID - 6522,  Про перейменування комунального підприємства «Комунальник» та затвердження його статуту в новiй редакції</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>48</v>
       </c>
       <c r="E44" t="s">
         <v>49</v>
       </c>
       <c r="F44">
         <v>24</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
@@ -7281,51 +7281,51 @@
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>115</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>6523Про перейменування комунального підприємства «Червоноградводоканал» та затвердження його статуту в новiй редакції</t>
+          <t>ID - 6523,  Про перейменування комунального підприємства «Червоноградводоканал» та затвердження його статуту в новiй редакції</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>48</v>
       </c>
       <c r="E45" t="s">
         <v>49</v>
       </c>
       <c r="F45">
         <v>24</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
@@ -7426,51 +7426,51 @@
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>116</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>6524Про перейменування комунального підприємства `Червоноградтеплокомуненерго` та затвердження його статуту в новiй редакції</t>
+          <t>ID - 6524,  Про перейменування комунального підприємства `Червоноградтеплокомуненерго` та затвердження його статуту в новiй редакції</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>48</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46">
         <v>24</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
@@ -7571,51 +7571,51 @@
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>117</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>6525Про надання дозволу КП `Червоноградтеплокомуненерго` на встановлення когенераційної установки</t>
+          <t>ID - 6525,  Про надання дозволу КП `Червоноградтеплокомуненерго` на встановлення когенераційної установки</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>48</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47">
         <v>25</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
@@ -7716,51 +7716,51 @@
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>118</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>6526Про  списання   заборгованості за житлово-комунальні послуги адресою: м. Шептицький вул. Чорновола, 21 квартира № 11</t>
+          <t>ID - 6526,  Про  списання   заборгованості за житлово-комунальні послуги адресою: м. Шептицький вул. Чорновола, 21 квартира № 11</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>48</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48">
         <v>22</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
@@ -7861,51 +7861,51 @@
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>119</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>6527Про   надання   дозволу   комунальному пiдприємству «Червонограджитлокомунсервіс» на   залучення  кредиту  у   формi бланкового овердрафту</t>
+          <t>ID - 6527,  Про   надання   дозволу   комунальному пiдприємству «Червонограджитлокомунсервіс» на   залучення  кредиту  у   формi бланкового овердрафту</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>48</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49">
         <v>23</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
@@ -8006,51 +8006,51 @@
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>120</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>6528Про перейменування відділу капітального будівництва та інвестицій Червоноградської міської ради та затвердження Положення</t>
+          <t>ID - 6528,  Про перейменування відділу капітального будівництва та інвестицій Червоноградської міської ради та затвердження Положення</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>48</v>
       </c>
       <c r="E50" t="s">
         <v>49</v>
       </c>
       <c r="F50">
         <v>23</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
@@ -8151,51 +8151,51 @@
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>121</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>6529Про затвердження містобудівної документації `Детальний план території по зміні цільового призначення для будівництва та обслуговування будівель торгівлі в с. Сілець присілок Підберезина Червоноградського району Львівської області»</t>
+          <t>ID - 6529,  Про затвердження містобудівної документації `Детальний план території по зміні цільового призначення для будівництва та обслуговування будівель торгівлі в с. Сілець присілок Підберезина Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>48</v>
       </c>
       <c r="E51" t="s">
         <v>49</v>
       </c>
       <c r="F51">
         <v>22</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
@@ -8296,51 +8296,51 @@
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>122</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>6531Про розгляд клопотання товариства з додатковою відповідальністю «Червоноградське Автотранспортне підприємство 14628»</t>
+          <t>ID - 6531,  Про розгляд клопотання товариства з додатковою відповідальністю «Червоноградське Автотранспортне підприємство 14628»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>49</v>
       </c>
       <c r="F52">
         <v>24</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
@@ -8727,51 +8727,51 @@
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>127</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>6534Про розгляд клопотання Комунального підприємства «Центр первинної медико-санітарної допомоги м. Червонограда»</t>
+          <t>ID - 6534,  Про розгляд клопотання Комунального підприємства «Центр первинної медико-санітарної допомоги м. Червонограда»</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>48</v>
       </c>
       <c r="E55" t="s">
         <v>49</v>
       </c>
       <c r="F55">
         <v>20</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>55</v>
@@ -13305,51 +13305,51 @@
       <c r="AQ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>190</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>6568Про розгляд клопотання громадянина Павлюка Василя Ярославовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства</t>
+          <t>ID - 6568,  Про розгляд клопотання громадянина Павлюка Василя Ярославовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>48</v>
       </c>
       <c r="E87" t="s">
         <v>49</v>
       </c>
       <c r="F87">
         <v>22</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>50</v>
@@ -13736,51 +13736,51 @@
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>195</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>6571Про розгляд клопотання громадянки Пліш Ольги Григорівни про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 6571,  Про розгляд клопотання громадянки Пліш Ольги Григорівни про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>48</v>
       </c>
       <c r="E90" t="s">
         <v>49</v>
       </c>
       <c r="F90">
         <v>23</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>50</v>
@@ -14739,51 +14739,51 @@
       <c r="AQ96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>208</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>6578Про розгляд клопотання громадянина Гука Василя Михайловича про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки</t>
+          <t>ID - 6578,  Про розгляд клопотання громадянина Гука Василя Михайловича про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>48</v>
       </c>
       <c r="E97" t="s">
         <v>49</v>
       </c>
       <c r="F97">
         <v>23</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>50</v>
@@ -14884,51 +14884,51 @@
       <c r="AQ97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>209</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>6579Про розгляд клопотання Соснівської гімназії №7 Червоноградської міської ради Львівської області</t>
+          <t>ID - 6579,  Про розгляд клопотання Соснівської гімназії №7 Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>48</v>
       </c>
       <c r="E98" t="s">
         <v>49</v>
       </c>
       <c r="F98">
         <v>21</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>50</v>
@@ -15315,51 +15315,51 @@
       <c r="AQ100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>214</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>6582Про продаж у власність земельної ділянки громадянину Шереметі Олегу Володимировичу, громадянину Шереметі Андрію Володимировичу та громадянці Вавричук Аллі Віталіївні</t>
+          <t>ID - 6582,  Про продаж у власність земельної ділянки громадянину Шереметі Олегу Володимировичу, громадянину Шереметі Андрію Володимировичу та громадянці Вавричук Аллі Віталіївні</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>48</v>
       </c>
       <c r="E101" t="s">
         <v>49</v>
       </c>
       <c r="F101">
         <v>21</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>50</v>
@@ -15889,51 +15889,51 @@
       <c r="AQ104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>221</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>6586Про затвердження проєктів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
+          <t>ID - 6586,  Про затвердження проєктів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>48</v>
       </c>
       <c r="E105" t="s">
         <v>49</v>
       </c>
       <c r="F105">
         <v>22</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>50</v>
@@ -16034,51 +16034,51 @@
       <c r="AQ105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>222</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>6587Про затвердження проєкту землеустрою, що забезпечує еколого-економічне обґрунтування сівозміни та впорядкування угідь</t>
+          <t>ID - 6587,  Про затвердження проєкту землеустрою, що забезпечує еколого-економічне обґрунтування сівозміни та впорядкування угідь</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>48</v>
       </c>
       <c r="E106" t="s">
         <v>49</v>
       </c>
       <c r="F106">
         <v>22</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>50</v>
@@ -16322,51 +16322,51 @@
       <c r="AQ107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>225</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>6589Про розроблення проекту землеустрою щодо відведення земельної ділянки з метою зміни їх цільового призначення</t>
+          <t>ID - 6589,  Про розроблення проекту землеустрою щодо відведення земельної ділянки з метою зміни їх цільового призначення</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>54</v>
       </c>
       <c r="E108" t="s">
         <v>49</v>
       </c>
       <c r="F108">
         <v>21</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>50</v>
@@ -16753,51 +16753,51 @@
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>230</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>6592Про розроблення проекту землеустрою щодо відведення земельної ділянки з метою зміни їх цільового призначення</t>
+          <t>ID - 6592,  Про розроблення проекту землеустрою щодо відведення земельної ділянки з метою зміни їх цільового призначення</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>58</v>
       </c>
       <c r="E111" t="s">
         <v>49</v>
       </c>
       <c r="F111">
         <v>20</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>0</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>50</v>
@@ -17041,51 +17041,51 @@
       <c r="AQ112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>233</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>6594Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) в місті Шептицький на проспекті Шевченка, 5 «б» - 3</t>
+          <t>ID - 6594,  Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) в місті Шептицький на проспекті Шевченка, 5 «б» - 3</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>54</v>
       </c>
       <c r="E113" t="s">
         <v>49</v>
       </c>
       <c r="F113">
         <v>21</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>50</v>
@@ -18187,51 +18187,51 @@
       <c r="AQ120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>248</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>6603Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки на території Шептицької міської ради (за межами с. Волсвин)</t>
+          <t>ID - 6603,  Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки на території Шептицької міської ради (за межами с. Волсвин)</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>48</v>
       </c>
       <c r="E121" t="s">
         <v>49</v>
       </c>
       <c r="F121">
         <v>21</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>50</v>
@@ -18332,51 +18332,51 @@
       <c r="AQ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
         <v>249</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>6604Про затвердження проєкту землеустрою щодо відведення земельної ділянки для обслуговування кладовища в   селі Сілець, присілок Заболотня</t>
+          <t>ID - 6604,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки для обслуговування кладовища в   селі Сілець, присілок Заболотня</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>48</v>
       </c>
       <c r="E122" t="s">
         <v>49</v>
       </c>
       <c r="F122">
         <v>23</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
         <v>0</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>50</v>
@@ -18477,51 +18477,51 @@
       <c r="AQ122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>250</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>6605Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради</t>
+          <t>ID - 6605,  Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>54</v>
       </c>
       <c r="E123" t="s">
         <v>49</v>
       </c>
       <c r="F123">
         <v>22</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>0</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>50</v>
@@ -18765,51 +18765,51 @@
       <c r="AQ124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>253</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>6607Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради</t>
+          <t>ID - 6607,  Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>58</v>
       </c>
       <c r="E125" t="s">
         <v>49</v>
       </c>
       <c r="F125">
         <v>22</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
         <v>0</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>50</v>
@@ -18910,51 +18910,51 @@
       <c r="AQ125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
         <v>254</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>6608Про затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування будівель закладів охорони здоров’я та соціальної допомоги у місті Соснівка, на вулиці Грушевського</t>
+          <t>ID - 6608,  Про затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування будівель закладів охорони здоров’я та соціальної допомоги у місті Соснівка, на вулиці Грушевського</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>48</v>
       </c>
       <c r="E126" t="s">
         <v>112</v>
       </c>
       <c r="F126">
         <v>19</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126">
         <v>0</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>55</v>
@@ -19055,51 +19055,51 @@
       <c r="AQ126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>255</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>6609Про затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування будівель закладів охорони здоров’я та соціальної допомоги у місті Соснівка, на вулиці Грушевського</t>
+          <t>ID - 6609,  Про затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування будівель закладів охорони здоров’я та соціальної допомоги у місті Соснівка, на вулиці Грушевського</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>48</v>
       </c>
       <c r="E127" t="s">
         <v>49</v>
       </c>
       <c r="F127">
         <v>21</v>
       </c>
       <c r="G127">
         <v>0</v>
       </c>
       <c r="H127">
         <v>0</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>50</v>