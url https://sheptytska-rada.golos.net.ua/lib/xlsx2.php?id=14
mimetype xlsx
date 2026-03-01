--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="168">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -149,429 +149,408 @@
   <si>
     <t>Pikh Hanna Yosypivna</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Khaysanova Nataliya Petrivna</t>
   </si>
   <si>
     <t>Vovkiv Iryna Yuriyivna</t>
   </si>
   <si>
     <t>Hatala Hanna Volodymyrivna</t>
   </si>
   <si>
     <t>Hrasulov Oleksandr Olehovych</t>
   </si>
   <si>
     <t>Siledchyk Vasyl Vasylovych</t>
   </si>
   <si>
     <t>23.01.20  10:45:31</t>
   </si>
   <si>
-    <t>170Про затверження регламенту Червоноградської мiської ради</t>
+    <t>ID - 170,  Про затверження регламенту Червоноградської мiської ради</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>23.01.20  10:53:38</t>
   </si>
   <si>
-    <t>172Про внесення змін до міського бюджету м.Червонограда  на 2020 рік</t>
+    <t>ID - 172,  Про внесення змін до міського бюджету м.Червонограда  на 2020 рік</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>23.01.20  11:07:01</t>
   </si>
   <si>
-    <t>173Правки озвучені Сементух Л.І. згідно стенограми</t>
+    <t>ID - 173,  Правки озвучені Сементух Л.І. згідно стенограми</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>23.01.20  11:07:39</t>
   </si>
   <si>
-    <t>174вилучити пункт рішення по дорогам</t>
+    <t>ID - 174,  вилучити пункт рішення по дорогам</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>23.01.20  11:14:51</t>
   </si>
   <si>
-    <t>175Про внесення змін до міського бюджету м.Червонограда  на 2020 рік</t>
+    <t>ID - 175,  Про внесення змін до міського бюджету м.Червонограда  на 2020 рік</t>
   </si>
   <si>
     <t>23.01.20  11:37:36</t>
   </si>
   <si>
     <t>23.01.20  11:40:32</t>
   </si>
   <si>
     <t>23.01.20  11:41:02</t>
   </si>
   <si>
-    <t>178Про надання одноразової грошової допомоги</t>
+    <t>ID - 178,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>23.01.20  11:46:41</t>
   </si>
   <si>
-    <t>179Надати Сарчук Є..І., що проживває за адресою Шептицького13/83 допомогу 5000 грн</t>
+    <t>ID - 179,  Надати Сарчук Є..І., що проживває за адресою Шептицького13/83 допомогу 5000 грн</t>
   </si>
   <si>
     <t>23.01.20  11:47:10</t>
   </si>
   <si>
-    <t>180Мацько Ярослав -3000 Коровай Катерина - 1000 Степовий Микола -2000</t>
+    <t>ID - 180,  Мацько Ярослав -3000 Коровай Катерина - 1000 Степовий Микола -2000</t>
   </si>
   <si>
     <t>23.01.20  11:47:38</t>
   </si>
   <si>
     <t>23.01.20  11:48:08</t>
   </si>
   <si>
-    <t>182колективне Денесюк С -24500</t>
+    <t>ID - 182,  колективне Денесюк С -24500</t>
   </si>
   <si>
     <t>23.01.20  11:48:37</t>
   </si>
   <si>
-    <t>183Терех Ганна -7000</t>
+    <t>ID - 183,  Терех Ганна -7000</t>
   </si>
   <si>
     <t>23.01.20  11:49:09</t>
   </si>
   <si>
-    <t>184Федоренко - 4000 Романнник 19000 Гнідець 5000</t>
+    <t>ID - 184,  Федоренко - 4000 Романнник 19000 Гнідець 5000</t>
   </si>
   <si>
     <t>23.01.20  11:49:37</t>
   </si>
   <si>
-    <t>185Савіцька Марія 1000</t>
+    <t>ID - 185,  Савіцька Марія 1000</t>
   </si>
   <si>
     <t>23.01.20  11:50:07</t>
   </si>
   <si>
-    <t>186Про надання одноразової грошової допомоги</t>
+    <t>ID - 186,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>23.01.20  12:00:49</t>
   </si>
   <si>
     <t>23.01.20  12:05:10</t>
   </si>
   <si>
     <t>23.01.20  12:10:06</t>
   </si>
   <si>
     <t>23.01.20  12:11:05</t>
   </si>
   <si>
-    <t>190Про делегування члена до складу Госпiтальної ради Львiвського госпiтального округу</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  12:16:02</t>
   </si>
   <si>
     <t>23.01.20  12:17:16</t>
   </si>
   <si>
     <t>23.01.20  12:19:06</t>
   </si>
   <si>
     <t>23.01.20  12:22:08</t>
   </si>
   <si>
     <t>23.01.20  12:29:29</t>
   </si>
   <si>
     <t>23.01.20  12:31:02</t>
   </si>
   <si>
-    <t>196Про затвердження плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2020 рiк</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  12:31:57</t>
   </si>
   <si>
     <t>23.01.20  12:33:26</t>
   </si>
   <si>
     <t>23.01.20  12:43:50</t>
   </si>
   <si>
     <t>23.01.20  13:20:16</t>
   </si>
   <si>
     <t>23.01.20  15:18:46</t>
   </si>
   <si>
-    <t>206Про гуманне ставлення до тварин</t>
+    <t>ID - 206,  Про гуманне ставлення до тварин</t>
   </si>
   <si>
     <t>23.01.20  15:20:16</t>
   </si>
   <si>
     <t>23.01.20  15:30:30</t>
   </si>
   <si>
     <t>23.01.20  16:03:15</t>
   </si>
   <si>
-    <t>209Про заслуховування звіту про виконання Програми благоустрою м.Червонограда на 2019 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  16:04:53</t>
   </si>
   <si>
-    <t>210Про надання дозволу КП «Червонограджитлокомунсервіс» на списання з балансу дерев</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  16:08:10</t>
   </si>
   <si>
     <t>23.01.20  16:14:36</t>
   </si>
   <si>
     <t>23.01.20  16:16:05</t>
   </si>
   <si>
     <t>23.01.20  16:18:29</t>
   </si>
   <si>
     <t>23.01.20  16:20:53</t>
   </si>
   <si>
-    <t>215Замінити по тексту `оперативне управління` на `на правах господарського відання `</t>
+    <t>ID - 215,  Замінити по тексту `оперативне управління` на `на правах господарського відання `</t>
   </si>
   <si>
     <t>23.01.20  16:21:27</t>
   </si>
   <si>
     <t>23.01.20  16:38:28</t>
   </si>
   <si>
-    <t>217Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 217,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>23.01.20  16:39:17</t>
   </si>
   <si>
-    <t>218вилучити п.2 </t>
+    <t>ID - 218,  вилучити п.2 </t>
   </si>
   <si>
     <t>23.01.20  16:39:48</t>
   </si>
   <si>
-    <t>219Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 219,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>23.01.20  16:40:59</t>
   </si>
   <si>
-    <t>220Про затвердження технiчних документацiй iз землеустрою</t>
+    <t>ID - 220,  Про затвердження технiчних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>23.01.20  16:45:28</t>
   </si>
   <si>
     <t>23.01.20  16:48:58</t>
   </si>
   <si>
-    <t>222вилучити п.16 додатку (Киричук)</t>
+    <t>ID - 222,  вилучити п.16 додатку (Киричук)</t>
   </si>
   <si>
     <t>23.01.20  16:49:36</t>
   </si>
   <si>
     <t>23.01.20  16:52:06</t>
   </si>
   <si>
-    <t>224Про надання дозволу на виготовлення технiчних документацiй iз землеустрою</t>
+    <t>ID - 224,  Про надання дозволу на виготовлення технiчних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>23.01.20  16:55:10</t>
   </si>
   <si>
-    <t>225Про розгляд заяв громадян- учасників антитерористичної операції</t>
+    <t>ID - 225,  Про розгляд заяв громадян- учасників антитерористичної операції</t>
   </si>
   <si>
     <t>23.01.20  16:56:51</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>23.01.20  17:04:44</t>
   </si>
   <si>
-    <t>227Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 227,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>23.01.20  17:05:47</t>
   </si>
   <si>
-    <t>228у п.3 змінити ставку з 12 % на 6% , термін 5 років у п.4 термін 5 років</t>
+    <t>ID - 228,  у п.3 змінити ставку з 12 % на 6% , термін 5 років у п.4 термін 5 років</t>
   </si>
   <si>
     <t>23.01.20  17:07:07</t>
   </si>
   <si>
-    <t>229Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 229,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>23.01.20  17:11:04</t>
   </si>
   <si>
     <t>23.01.20  17:12:35</t>
   </si>
   <si>
-    <t>231Про розгляд клопотання Приватного акціонерного товариства «Укрзахідвуглебуд»</t>
+    <t>ID - 231,  Про розгляд клопотання Приватного акціонерного товариства «Укрзахідвуглебуд»</t>
   </si>
   <si>
     <t>23.01.20  17:16:11</t>
   </si>
   <si>
     <t>23.01.20  17:18:09</t>
   </si>
   <si>
     <t>23.01.20  17:20:50</t>
   </si>
   <si>
-    <t>234Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 234,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>23.01.20  17:24:09</t>
   </si>
   <si>
     <t>23.01.20  17:26:54</t>
   </si>
   <si>
-    <t>236внести суму оцінки 44 360 грн</t>
+    <t>ID - 236,  внести суму оцінки 44 360 грн</t>
   </si>
   <si>
     <t>23.01.20  17:27:23</t>
   </si>
   <si>
     <t>23.01.20  17:36:24</t>
   </si>
   <si>
-    <t>240Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  17:37:15</t>
   </si>
   <si>
-    <t>241п.1 оцінка 2 120 грн </t>
+    <t>ID - 241,  п.1 оцінка 2 120 грн </t>
   </si>
   <si>
     <t>23.01.20  17:40:17</t>
   </si>
   <si>
-    <t>242Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  17:41:54</t>
   </si>
   <si>
     <t>23.01.20  17:49:41</t>
   </si>
   <si>
     <t>23.01.20  17:50:32</t>
   </si>
   <si>
-    <t>246Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 246,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>23.01.20  17:54:58</t>
   </si>
   <si>
-    <t>247Про розгляд клопотання Товариства з обмеженою відповідальністю «Мебель-Сервіс»  </t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  17:58:25</t>
   </si>
   <si>
     <t>23.01.20  18:01:34</t>
   </si>
   <si>
-    <t>249Правки згідно стенограми</t>
+    <t>ID - 249,  Правки згідно стенограми</t>
   </si>
   <si>
     <t>23.01.20  18:02:20</t>
   </si>
   <si>
     <t>23.01.20  18:06:38</t>
   </si>
   <si>
-    <t>251Про надання згоди на органiзацiю спiвробiтництва територiальних громад</t>
+    <t>ID - 251,  Про надання згоди на органiзацiю спiвробiтництва територiальних громад</t>
   </si>
   <si>
     <t>23.01.20  18:07:31</t>
   </si>
   <si>
-    <t>252Про схвалення проекту договору про співробітництво територіальних громад</t>
+    <t>ID - 252,  Про схвалення проекту договору про співробітництво територіальних громад</t>
   </si>
   <si>
     <t>23.01.20  18:08:47</t>
   </si>
   <si>
     <t>13.02.20  16:32:30</t>
   </si>
   <si>
-    <t>263Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 263,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>13.02.20  16:34:35</t>
   </si>
   <si>
     <t>13.02.20  16:37:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1482,51 +1461,51 @@
       <c r="AO6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>176Про заслуховування звіту про виконання Програми забезпечення діяльності виробництва, транспортування, постачання теплової енергії КП «ЧТКЕ» за 2019рік на придбання матеріалів для ремонту та підготовки до опалювального сезону 2019 /2020 років</t>
+          <t>ID - 176,  Про заслуховування звіту про виконання Програми забезпечення діяльності виробництва, транспортування, постачання теплової енергії КП «ЧТКЕ» за 2019рік на придбання матеріалів для ремонту та підготовки до опалювального сезону 2019 /2020 років</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>48</v>
       </c>
       <c r="F7">
         <v>24</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1621,51 +1600,51 @@
       <c r="AO7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>177Про заслуховування звіту про виконання Програми забезпечення діяльності виробництва, транспортування, постачання теплової енергії КП «ЧТКЕ» за 2019рік на придбання матеріалів для ремонту та підготовки до опалювального сезону 2019 /2020 років</t>
+          <t>ID - 177,  Про заслуховування звіту про виконання Програми забезпечення діяльності виробництва, транспортування, постачання теплової енергії КП «ЧТКЕ» за 2019рік на придбання матеріалів для ремонту та підготовки до опалювального сезону 2019 /2020 років</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>54</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8">
         <v>23</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
@@ -2171,51 +2150,51 @@
       <c r="AO11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>181Добавити від профільної комісії - Квашук -  Лішинський - Ананьєвій  5000 колектине Крась Марія -29000 Котуха  5000  </t>
+          <t>ID - 181,  Добавити від профільної комісії - Квашук -  Лішинський - Ананьєвій  5000 колектине Крась Марія -29000 Котуха  5000  </t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>58</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12">
         <v>24</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>49</v>
@@ -2995,51 +2974,51 @@
       <c r="AO17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>187Про скасування рiшення виконавчого комiтету вiд 19.12.2019 року №235 «Про встановлення цiни на послуги з управлiння багатоквартирними будинками»</t>
+          <t>ID - 187,  Про скасування рiшення виконавчого комiтету вiд 19.12.2019 року №235 «Про встановлення цiни на послуги з управлiння багатоквартирними будинками»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>48</v>
       </c>
       <c r="F18">
         <v>27</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>49</v>
@@ -3134,51 +3113,51 @@
       <c r="AO18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>85</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>188Про внесення змiн в п.2 рiшення Червоноградської мiської ради вiд 26.12.2013 року №521 «Про утворення центру надання адмiнiстративних послуг»</t>
+          <t>ID - 188,  Про внесення змiн в п.2 рiшення Червоноградської мiської ради вiд 26.12.2013 року №521 «Про утворення центру надання адмiнiстративних послуг»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>47</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19">
         <v>26</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>49</v>
@@ -3273,51 +3252,51 @@
       <c r="AO19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>86</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>189Про затвердження статуту комунального пiдприємства «Червоноградський парк культури i вiдпочинку» в новiй редакцiї</t>
+          <t>ID - 189,  Про затвердження статуту комунального пiдприємства «Червоноградський парк культури i вiдпочинку» в новiй редакцiї</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20">
         <v>23</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>49</v>
@@ -3410,52 +3389,54 @@
         <v>51</v>
       </c>
       <c r="AO20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>87</v>
       </c>
-      <c r="C21" t="s" s="4">
-        <v>88</v>
+      <c r="C21" t="inlineStr" s="4">
+        <is>
+          <t>ID - 190,  Про делегування члена до складу Госпiтальної ради Львiвського госпiтального округу</t>
+        </is>
       </c>
       <c r="D21" t="s">
         <v>47</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21">
         <v>24</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>49</v>
       </c>
@@ -3545,55 +3526,55 @@
       </c>
       <c r="AN21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>191Про внесення змін до рішення Червоноградської міської ради від 22.08.2019р. № 1345 «Про передачу в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда» нежитлових приміщень за адресою: вул. Івасюка, 8 у м.Червонограді, та вул. Шевська, 34 у м.Червонограді»</t>
+          <t>ID - 191,  Про внесення змін до рішення Червоноградської міської ради від 22.08.2019р. № 1345 «Про передачу в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда» нежитлових приміщень за адресою: вул. Івасюка, 8 у м.Червонограді, та вул. Шевська, 34 у м.Червонограді»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>47</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22">
         <v>25</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>49</v>
@@ -3684,55 +3665,55 @@
       </c>
       <c r="AN22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>192Про передачу в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда»  будівлі амбулаторії загальної практики сімейної медициниза адресою: вул. Січових Стрільців, 12  у смт. Гірник</t>
+          <t>ID - 192,  Про передачу в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда»  будівлі амбулаторії загальної практики сімейної медициниза адресою: вул. Січових Стрільців, 12  у смт. Гірник</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>47</v>
       </c>
       <c r="E23" t="s">
         <v>48</v>
       </c>
       <c r="F23">
         <v>24</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>49</v>
@@ -3823,55 +3804,55 @@
       </c>
       <c r="AN23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>193Про внесення змін в штатний розпис централізованої бухгалтерії відділу освіти Червоноградської міської ради</t>
+          <t>ID - 193,  Про внесення змін в штатний розпис централізованої бухгалтерії відділу освіти Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>47</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24">
         <v>26</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
@@ -3962,55 +3943,55 @@
       </c>
       <c r="AN24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>194Про затвердження Програми безоплатного стоматологiчного обслуговування та зубопротезування окремих категорiй населення на територiї Червоноградської мiської ради на 2020 рiк</t>
+          <t>ID - 194,  Про затвердження Програми безоплатного стоматологiчного обслуговування та зубопротезування окремих категорiй населення на територiї Червоноградської мiської ради на 2020 рiк</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>47</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25">
         <v>26</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
@@ -4101,55 +4082,55 @@
       </c>
       <c r="AN25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>195Про стан реалiзацiї мiсцевих програм, вiдповiдальним виконавцем яких є вiддiл фiзичної культури та спорту</t>
+          <t>ID - 195,  Про стан реалiзацiї мiсцевих програм, вiдповiдальним виконавцем яких є вiддiл фiзичної культури та спорту</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>47</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26">
         <v>24</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
@@ -4240,54 +4221,56 @@
       </c>
       <c r="AN26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>93</v>
+      </c>
+      <c r="C27" t="inlineStr" s="4">
+        <is>
+          <t>ID - 196,  Про затвердження плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2020 рiк</t>
+        </is>
       </c>
       <c r="D27" t="s">
         <v>47</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27">
         <v>25</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4377,55 +4360,55 @@
       </c>
       <c r="AN27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>197Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на списання з балансу об`єкту комунальної власностi - нежитлового примiщення по пр.Шевченка, 21 у м. Червоноградi</t>
+          <t>ID - 197,  Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на списання з балансу об`єкту комунальної власностi - нежитлового примiщення по пр.Шевченка, 21 у м. Червоноградi</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>47</v>
       </c>
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28">
         <v>23</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -4516,55 +4499,55 @@
       </c>
       <c r="AN28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>198Про внесення змін до рішення № 1491  від 05.12.2019 року «Про доповнення перелiку осiб якi мають право вчиняти дiї вiд iменi юридичної особи»</t>
+          <t>ID - 198,  Про внесення змін до рішення № 1491  від 05.12.2019 року «Про доповнення перелiку осiб якi мають право вчиняти дiї вiд iменi юридичної особи»</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>47</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29">
         <v>25</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
@@ -4655,55 +4638,55 @@
       </c>
       <c r="AN29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>199Про внесення змiн до рiшення Червоноградської мiської ради вiд 19.07.2018 року №939 `Про встановлення збору за мiсця для паркування транспортних засобiв на територiї мiста Червонограда`</t>
+          <t>ID - 199,  Про внесення змiн до рiшення Червоноградської мiської ради вiд 19.07.2018 року №939 `Про встановлення збору за мiсця для паркування транспортних засобiв на територiї мiста Червонограда`</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>47</v>
       </c>
       <c r="E30" t="s">
         <v>48</v>
       </c>
       <c r="F30">
         <v>26</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>49</v>
@@ -4794,55 +4777,55 @@
       </c>
       <c r="AN30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>202Про iнформацiю щодо дотримання умов договорiв перевiзниками якi здiйснюють пасажирськi перевезення на мiських маршрутах загального користування Коваль В.С.</t>
+          <t>ID - 202,  Про iнформацiю щодо дотримання умов договорiв перевiзниками якi здiйснюють пасажирськi перевезення на мiських маршрутах загального користування Коваль В.С.</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
         <v>61</v>
       </c>
       <c r="F31">
         <v>17</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>49</v>
@@ -4933,54 +4916,54 @@
       </c>
       <c r="AN31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C32" t="s" s="4">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D32" t="s">
         <v>47</v>
       </c>
       <c r="E32" t="s">
         <v>61</v>
       </c>
       <c r="F32">
         <v>15</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>4</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
       </c>
@@ -5070,55 +5053,55 @@
       </c>
       <c r="AN32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>207Про надання згоди на безоплатну передачу металевої огорожі з балансу КП «Комунальник»</t>
+          <t>ID - 207,  Про надання згоди на безоплатну передачу металевої огорожі з балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
         <v>25</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
@@ -5209,55 +5192,55 @@
       </c>
       <c r="AN33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>208Про стан реалізації Програми забезпечення техногенно-екологічної та пожежної безпеки на території Червоноградської міської ради на 2019 рік та затвердження Програми на 2020 рік</t>
+          <t>ID - 208,  Про стан реалізації Програми забезпечення техногенно-екологічної та пожежної безпеки на території Червоноградської міської ради на 2019 рік та затвердження Програми на 2020 рік</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>47</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
         <v>23</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>49</v>
@@ -5348,54 +5331,56 @@
       </c>
       <c r="AN34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>102</v>
+      </c>
+      <c r="C35" t="inlineStr" s="4">
+        <is>
+          <t>ID - 209,  Про заслуховування звіту про виконання Програми благоустрою м.Червонограда на 2019 рік</t>
+        </is>
       </c>
       <c r="D35" t="s">
         <v>47</v>
       </c>
       <c r="E35" t="s">
         <v>48</v>
       </c>
       <c r="F35">
         <v>26</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>49</v>
       </c>
@@ -5485,54 +5470,56 @@
       </c>
       <c r="AN35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>103</v>
+      </c>
+      <c r="C36" t="inlineStr" s="4">
+        <is>
+          <t>ID - 210,  Про надання дозволу КП «Червонограджитлокомунсервіс» на списання з балансу дерев</t>
+        </is>
       </c>
       <c r="D36" t="s">
         <v>47</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36">
         <v>21</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
       </c>
@@ -5622,55 +5609,55 @@
       </c>
       <c r="AN36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>211Про прийняття на баланс виконавчого комiтету Червоноградської мiської ради капiтальних вкладень вiд Гiрницької селищної ради з подальшою передачею на баланс КП `Комунальник`, як внесок до статутного фонду</t>
+          <t>ID - 211,  Про прийняття на баланс виконавчого комiтету Червоноградської мiської ради капiтальних вкладень вiд Гiрницької селищної ради з подальшою передачею на баланс КП `Комунальник`, як внесок до статутного фонду</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>47</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37">
         <v>24</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>49</v>
@@ -5761,55 +5748,55 @@
       </c>
       <c r="AN37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>212Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень в статутний фонд КП `Комунальник`</t>
+          <t>ID - 212,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень в статутний фонд КП `Комунальник`</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>47</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38">
         <v>22</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>1</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
@@ -5900,55 +5887,55 @@
       </c>
       <c r="AN38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>213Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капітальних вкладень в статутний фонд КП «Червоноградводоканал»</t>
+          <t>ID - 213,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капітальних вкладень в статутний фонд КП «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>47</v>
       </c>
       <c r="E39" t="s">
         <v>48</v>
       </c>
       <c r="F39">
         <v>22</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
@@ -6039,55 +6026,55 @@
       </c>
       <c r="AN39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>214Про передачу в оперативне управлiння КП Радіостудія «Новий двір» нежитлове приміщення за адресою: вул. Сокальська,1 у м. Червонограді</t>
+          <t>ID - 214,  Про передачу в оперативне управлiння КП Радіостудія «Новий двір» нежитлове приміщення за адресою: вул. Сокальська,1 у м. Червонограді</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>54</v>
       </c>
       <c r="E40" t="s">
         <v>48</v>
       </c>
       <c r="F40">
         <v>22</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
@@ -6178,54 +6165,54 @@
       </c>
       <c r="AN40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C41" t="s" s="4">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D41" t="s">
         <v>58</v>
       </c>
       <c r="E41" t="s">
         <v>48</v>
       </c>
       <c r="F41">
         <v>22</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>49</v>
       </c>
@@ -6315,55 +6302,55 @@
       </c>
       <c r="AN41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>216Про передачу в оперативне управлiння КП Радіостудія «Новий двір» нежитлове приміщення за адресою: вул. Сокальська,1 у м. Червонограді</t>
+          <t>ID - 216,  Про передачу в оперативне управлiння КП Радіостудія «Новий двір» нежитлове приміщення за адресою: вул. Сокальська,1 у м. Червонограді</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>83</v>
       </c>
       <c r="E42" t="s">
         <v>48</v>
       </c>
       <c r="F42">
         <v>21</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>49</v>
@@ -6454,54 +6441,54 @@
       </c>
       <c r="AN42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D43" t="s">
         <v>54</v>
       </c>
       <c r="E43" t="s">
         <v>48</v>
       </c>
       <c r="F43">
         <v>23</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>49</v>
       </c>
@@ -6591,54 +6578,54 @@
       </c>
       <c r="AN43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D44" t="s">
         <v>58</v>
       </c>
       <c r="E44" t="s">
         <v>48</v>
       </c>
       <c r="F44">
         <v>22</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>49</v>
       </c>
@@ -6728,54 +6715,54 @@
       </c>
       <c r="AN44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D45" t="s">
         <v>83</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45">
         <v>23</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
@@ -6865,54 +6852,54 @@
       </c>
       <c r="AN45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D46" t="s">
         <v>47</v>
       </c>
       <c r="E46" t="s">
         <v>48</v>
       </c>
       <c r="F46">
         <v>23</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
       </c>
@@ -7002,55 +6989,55 @@
       </c>
       <c r="AN46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>221Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 221,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>54</v>
       </c>
       <c r="E47" t="s">
         <v>48</v>
       </c>
       <c r="F47">
         <v>22</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
@@ -7141,54 +7128,54 @@
       </c>
       <c r="AN47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C48" t="s" s="4">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D48" t="s">
         <v>58</v>
       </c>
       <c r="E48" t="s">
         <v>48</v>
       </c>
       <c r="F48">
         <v>22</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
       </c>
@@ -7278,55 +7265,55 @@
       </c>
       <c r="AN48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>223Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 223,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>83</v>
       </c>
       <c r="E49" t="s">
         <v>48</v>
       </c>
       <c r="F49">
         <v>19</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>4</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
@@ -7417,54 +7404,54 @@
       </c>
       <c r="AN49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D50" t="s">
         <v>47</v>
       </c>
       <c r="E50" t="s">
         <v>48</v>
       </c>
       <c r="F50">
         <v>20</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>3</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>49</v>
       </c>
@@ -7554,54 +7541,54 @@
       </c>
       <c r="AN50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D51" t="s">
         <v>47</v>
       </c>
       <c r="E51" t="s">
         <v>48</v>
       </c>
       <c r="F51">
         <v>25</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
       </c>
@@ -7691,193 +7678,193 @@
       </c>
       <c r="AN51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>226Про розгляд заяви громадяна- учасника антитерористичної операції Никитюка Тимофія Борисовича</t>
+          <t>ID - 226,  Про розгляд заяви громадяна- учасника антитерористичної операції Никитюка Тимофія Борисовича</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>47</v>
       </c>
       <c r="E52" t="s">
         <v>61</v>
       </c>
       <c r="F52">
         <v>11</v>
       </c>
       <c r="G52">
         <v>6</v>
       </c>
       <c r="H52">
         <v>6</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="L52" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="M52" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S52" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AL52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO52" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D53" t="s">
         <v>54</v>
       </c>
       <c r="E53" t="s">
         <v>48</v>
       </c>
       <c r="F53">
         <v>22</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
       </c>
@@ -7967,54 +7954,54 @@
       </c>
       <c r="AN53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C54" t="s" s="4">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D54" t="s">
         <v>58</v>
       </c>
       <c r="E54" t="s">
         <v>61</v>
       </c>
       <c r="F54">
         <v>12</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>6</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>49</v>
       </c>
@@ -8104,54 +8091,54 @@
       </c>
       <c r="AN54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D55" t="s">
         <v>83</v>
       </c>
       <c r="E55" t="s">
         <v>61</v>
       </c>
       <c r="F55">
         <v>18</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>3</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
       </c>
@@ -8241,55 +8228,55 @@
       </c>
       <c r="AN55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>230Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
+          <t>ID - 230,  Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>47</v>
       </c>
       <c r="E56" t="s">
         <v>48</v>
       </c>
       <c r="F56">
         <v>20</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>1</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
@@ -8380,54 +8367,54 @@
       </c>
       <c r="AN56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D57" t="s">
         <v>47</v>
       </c>
       <c r="E57" t="s">
         <v>61</v>
       </c>
       <c r="F57">
         <v>3</v>
       </c>
       <c r="G57">
         <v>1</v>
       </c>
       <c r="H57">
         <v>11</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>55</v>
       </c>
@@ -8464,51 +8451,51 @@
       <c r="V57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD57" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL57" t="s" s="5">
         <v>50</v>
       </c>
@@ -8517,55 +8504,55 @@
       </c>
       <c r="AN57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>232Про розгляд заяв громадян:Бомка Володимира Йосиповича, Дмитрова Василя Геннадійовича, Дмитров Оксани Ігорівни, Зазуляка Андрія Тарасовича, Зазуляк Кристини Володимирівни</t>
+          <t>ID - 232,  Про розгляд заяв громадян:Бомка Володимира Йосиповича, Дмитрова Василя Геннадійовича, Дмитров Оксани Ігорівни, Зазуляка Андрія Тарасовича, Зазуляк Кристини Володимирівни</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>47</v>
       </c>
       <c r="E58" t="s">
         <v>61</v>
       </c>
       <c r="F58">
         <v>18</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
@@ -8656,55 +8643,55 @@
       </c>
       <c r="AN58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>233Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні</t>
+          <t>ID - 233,  Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>47</v>
       </c>
       <c r="E59" t="s">
         <v>48</v>
       </c>
       <c r="F59">
         <v>24</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
@@ -8795,84 +8782,84 @@
       </c>
       <c r="AN59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D60" t="s">
         <v>47</v>
       </c>
       <c r="E60" t="s">
         <v>61</v>
       </c>
       <c r="F60">
         <v>11</v>
       </c>
       <c r="G60">
         <v>3</v>
       </c>
       <c r="H60">
         <v>7</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M60" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>55</v>
       </c>
@@ -8882,105 +8869,105 @@
       <c r="W60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE60" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH60" t="s" s="5">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>235Про продаж у власність земельної ділянки громадянину Кореньовському Василю Петровичу</t>
+          <t>ID - 235,  Про продаж у власність земельної ділянки громадянину Кореньовському Василю Петровичу</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>54</v>
       </c>
       <c r="E61" t="s">
         <v>48</v>
       </c>
       <c r="F61">
         <v>24</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
@@ -9071,54 +9058,54 @@
       </c>
       <c r="AN61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C62" t="s" s="4">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D62" t="s">
         <v>58</v>
       </c>
       <c r="E62" t="s">
         <v>48</v>
       </c>
       <c r="F62">
         <v>19</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
       </c>
@@ -9208,55 +9195,55 @@
       </c>
       <c r="AN62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>237Про продаж у власність земельної ділянки громадянину Кореньовському Василю Петровичу</t>
+          <t>ID - 237,  Про продаж у власність земельної ділянки громадянину Кореньовському Василю Петровичу</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>47</v>
       </c>
       <c r="E63" t="s">
         <v>48</v>
       </c>
       <c r="F63">
         <v>21</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
@@ -9347,54 +9334,56 @@
       </c>
       <c r="AN63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>146</v>
+      </c>
+      <c r="C64" t="inlineStr" s="4">
+        <is>
+          <t>ID - 240,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D64" t="s">
         <v>54</v>
       </c>
       <c r="E64" t="s">
         <v>48</v>
       </c>
       <c r="F64">
         <v>21</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>1</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
@@ -9484,54 +9473,54 @@
       </c>
       <c r="AN64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="D65" t="s">
         <v>58</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65">
         <v>19</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
       </c>
@@ -9621,54 +9610,56 @@
       </c>
       <c r="AN65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>149</v>
+      </c>
+      <c r="C66" t="inlineStr" s="4">
+        <is>
+          <t>ID - 242,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D66" t="s">
         <v>83</v>
       </c>
       <c r="E66" t="s">
         <v>61</v>
       </c>
       <c r="F66">
         <v>17</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>4</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
@@ -9758,55 +9749,55 @@
       </c>
       <c r="AN66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>243Про розгляд клопотання ​​​​​​​Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
+          <t>ID - 243,  Про розгляд клопотання ​​​​​​​Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>47</v>
       </c>
       <c r="E67" t="s">
         <v>61</v>
       </c>
       <c r="F67">
         <v>18</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>1</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
@@ -9897,55 +9888,55 @@
       </c>
       <c r="AN67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>245Про розгляд клопотання ​​​​​​​Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
+          <t>ID - 245,  Про розгляд клопотання ​​​​​​​Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>47</v>
       </c>
       <c r="E68" t="s">
         <v>48</v>
       </c>
       <c r="F68">
         <v>24</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>49</v>
@@ -10036,54 +10027,54 @@
       </c>
       <c r="AN68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="D69" t="s">
         <v>47</v>
       </c>
       <c r="E69" t="s">
         <v>48</v>
       </c>
       <c r="F69">
         <v>23</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10173,54 +10164,56 @@
       </c>
       <c r="AN69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>154</v>
+      </c>
+      <c r="C70" t="inlineStr" s="4">
+        <is>
+          <t>ID - 247,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Мебель-Сервіс»  </t>
+        </is>
       </c>
       <c r="D70" t="s">
         <v>47</v>
       </c>
       <c r="E70" t="s">
         <v>61</v>
       </c>
       <c r="F70">
         <v>12</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>6</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
@@ -10310,55 +10303,55 @@
       </c>
       <c r="AN70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>248Про розгляд заяв громадянина Грабара А.П. та громадян Кожемяко Олександра Михайловича, Кожемяко Валентини Петрівни, Кожемяко Петра Олександровича, Середницької Тетяни Олександрівни</t>
+          <t>ID - 248,  Про розгляд заяв громадянина Грабара А.П. та громадян Кожемяко Олександра Михайловича, Кожемяко Валентини Петрівни, Кожемяко Петра Олександровича, Середницької Тетяни Олександрівни</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>54</v>
       </c>
       <c r="E71" t="s">
         <v>48</v>
       </c>
       <c r="F71">
         <v>23</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
@@ -10449,54 +10442,54 @@
       </c>
       <c r="AN71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="D72" t="s">
         <v>58</v>
       </c>
       <c r="E72" t="s">
         <v>48</v>
       </c>
       <c r="F72">
         <v>23</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>49</v>
       </c>
@@ -10586,55 +10579,55 @@
       </c>
       <c r="AN72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>250Про розгляд заяв громадянина Грабара А.П. та громадян Кожемяко Олександра Михайловича, Кожемяко Валентини Петрівни, Кожемяко Петра Олександровича, Середницької Тетяни Олександрівни</t>
+          <t>ID - 250,  Про розгляд заяв громадянина Грабара А.П. та громадян Кожемяко Олександра Михайловича, Кожемяко Валентини Петрівни, Кожемяко Петра Олександровича, Середницької Тетяни Олександрівни</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>47</v>
       </c>
       <c r="E73" t="s">
         <v>48</v>
       </c>
       <c r="F73">
         <v>24</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>49</v>
@@ -10725,54 +10718,54 @@
       </c>
       <c r="AN73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="D74" t="s">
         <v>47</v>
       </c>
       <c r="E74" t="s">
         <v>48</v>
       </c>
       <c r="F74">
         <v>23</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>1</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
       </c>
@@ -10862,54 +10855,54 @@
       </c>
       <c r="AN74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="D75" t="s">
         <v>47</v>
       </c>
       <c r="E75" t="s">
         <v>48</v>
       </c>
       <c r="F75">
         <v>23</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>1</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
       </c>
@@ -10999,55 +10992,55 @@
       </c>
       <c r="AN75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>253Про надання згоди на безкоштовну передачу демонтованих лавок iз балансу КП «Комунальник»</t>
+          <t>ID - 253,  Про надання згоди на безкоштовну передачу демонтованих лавок iз балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>47</v>
       </c>
       <c r="E76" t="s">
         <v>48</v>
       </c>
       <c r="F76">
         <v>24</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
@@ -11138,54 +11131,54 @@
       </c>
       <c r="AN76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="D77" t="s">
         <v>47</v>
       </c>
       <c r="E77" t="s">
         <v>48</v>
       </c>
       <c r="F77">
         <v>28</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>49</v>
       </c>
@@ -11275,55 +11268,55 @@
       </c>
       <c r="AN77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>264Про внесення змiн до «Положення про громадський бюджет м. Червонограда» та створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
+          <t>ID - 264,  Про внесення змiн до «Положення про громадський бюджет м. Червонограда» та створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>47</v>
       </c>
       <c r="E78" t="s">
         <v>48</v>
       </c>
       <c r="F78">
         <v>25</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
@@ -11414,55 +11407,55 @@
       </c>
       <c r="AN78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>265Про звернення Червоноградської мiської ради щодо скасування абонплати за транспортування газу</t>
+          <t>ID - 265,  Про звернення Червоноградської мiської ради щодо скасування абонплати за транспортування газу</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>47</v>
       </c>
       <c r="E79" t="s">
         <v>48</v>
       </c>
       <c r="F79">
         <v>28</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>49</v>