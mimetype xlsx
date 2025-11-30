--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -35,111 +35,111 @@
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Vasylyshyn Petro Stefanovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Zalivskyy Andriy Ivanovych</t>
   </si>
   <si>
     <t>Lyakhovskyy Bohdan Vasylovych</t>
   </si>
   <si>
     <t>Hamanyuk Vitaliy Volodymyrovych</t>
   </si>
   <si>
     <t>Maydanovych Sofiya Volodymyrivna</t>
   </si>
   <si>
     <t>Dmukhovskyy Stepan Mykhaylovych</t>
   </si>
   <si>
     <t>Lishchynskyy Bohdan Stepanovych</t>
   </si>
   <si>
     <t>Hrasulov Oleksandr Olehovych</t>
   </si>
   <si>
     <t>Kudryk Ivan Ivanovych</t>
   </si>
   <si>
     <t>Lapets Mykhaylo Romanovych</t>
   </si>
   <si>
     <t>Ostapyuk Petro Petrovych</t>
   </si>
   <si>
-    <t>Hots Pavlo Vasylovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Kruk Halyna Vasylivna</t>
   </si>
   <si>
     <t>Ryndyk Vitaliy Bohdanovych</t>
   </si>
   <si>
     <t>Yakymchuk Serhiy Stepanovych</t>
   </si>
   <si>
     <t>Pylypchuk Petro Pavlovych</t>
   </si>
   <si>
     <t>Pushchyk Myroslav Stepanovych</t>
   </si>
   <si>
     <t>Zapisotskyy Roman Vasylovych</t>
   </si>
   <si>
     <t>Voytovych Andriy Serhiyovych</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vasylyshyn Petro Stefanovych</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
@@ -749,93 +749,93 @@
           <t>6406Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>24</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>50</v>
       </c>
@@ -892,93 +892,93 @@
       <c r="C3" t="s" s="4">
         <v>54</v>
       </c>
       <c r="D3" t="s">
         <v>55</v>
       </c>
       <c r="E3" t="s">
         <v>49</v>
       </c>
       <c r="F3">
         <v>24</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>50</v>
       </c>
@@ -1037,93 +1037,93 @@
           <t>6408Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4">
         <v>26</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>50</v>
       </c>
@@ -1180,93 +1180,93 @@
       <c r="C5" t="s" s="4">
         <v>59</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5">
         <v>26</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>50</v>
       </c>
@@ -1323,93 +1323,93 @@
       <c r="C6" t="s" s="4">
         <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6">
         <v>26</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>50</v>
       </c>
@@ -1468,93 +1468,93 @@
           <t>6412Про виконання бюджету Червоноградської міської територіальної громади  за січень-вересень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>26</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O7" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>50</v>
       </c>
@@ -1613,93 +1613,93 @@
           <t>6413ПРАВКИ ДО РІШЕННЯ , що був опублікований на сайті   І. Відповідно до розпорядження Львівської обласної військової адміністрації від 03.10.2024 року №1044/0/5-24ВА «Про перерозподіл субвенції» збільшити обсяг доходів та видатків загального фонду місцевого бюджету на  субвенцію в сумі  295,596 грн, спрямувавши її  на виплату заробітної плати з нарахуваннями педагогічним працівникам (код ПКВКМБ 0611210 «Надання освіти за рахунок залишку коштів за субвенцією з державного бюджету місцевим бюджетам на надання державної підтримки особам з особливими освітніми потребами на кінець бюджетного періоду»); ІІ. По центральній  міській лікарні Червоноградської міської ради пропонується очікувану економію по оплаті за водопостачання та водовідведення в  сумі 100,0тис.грн. спрямувати на відшкодування видатків для проведення експертного обстеження і поточного ремонту ліфтів. ІІІ. По відділу культури  пропонується очікувану економію по заробітній платі  по школах естетичного виховання    в сумі  82,550 тис.грн.  спрямувати на : придбання металопластикових вікон для</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>55</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8">
         <v>29</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>50</v>
       </c>
@@ -1758,93 +1758,93 @@
           <t>6414Про виконання бюджету Червоноградської міської територіальної громади  за січень-вересень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>57</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9">
         <v>29</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>50</v>
       </c>
@@ -1897,111 +1897,111 @@
       </c>
       <c r="B10" t="s">
         <v>65</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>6415Про затвердження структури та штатної чисельності працівників Комунального закладу  Червоноградської міської ради «Будинок воїна»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>66</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10">
         <v>27</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB10" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK10" t="s" s="5">
         <v>50</v>
       </c>
@@ -2042,111 +2042,111 @@
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>6416Про    надання    дозволу комунальному некомерційному  підприємству «Соснівська міська лікарня Червоноградської міської ради»  на безоплатну передачу 14  демонтованих плит перекриття,  що  були  у   використанні</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>66</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
         <v>27</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB11" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK11" t="s" s="5">
         <v>50</v>
       </c>
@@ -2187,111 +2187,111 @@
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>6417Про надання дозволу про  безоплатну передачу підручників для 11-х класів з комунальної власності територіальної громади в особі Червоноградської міської ради, які знаходяться на  балансі відділу освіти  Червоноградської міської ради (в  користуванні Червоноградського ліцею) у власність Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного  </t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12">
         <v>27</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>50</v>
       </c>
@@ -2336,102 +2336,102 @@
       <c r="C13" t="s" s="4">
         <v>70</v>
       </c>
       <c r="D13" t="s">
         <v>55</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13">
         <v>27</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>51</v>
       </c>
@@ -2481,102 +2481,102 @@
           <t>6419Про надання дозволу про  безоплатну передачу підручників для 11-х класів з комунальної власності територіальної громади в особі Червоноградської міської ради, які знаходяться на  балансі відділу освіти  Червоноградської міської ради (в  користуванні Червоноградського ліцею) у власність Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного  </t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>57</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14">
         <v>26</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB14" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>51</v>
       </c>
@@ -2626,102 +2626,102 @@
           <t>6420Про внесення змін у рішення сесії Червоноградської міської ради Червоноградського району Львівської області від 16.11.2023 № 2171 «Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти»</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>66</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15">
         <v>25</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB15" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ15" t="s" s="5">
         <v>51</v>
       </c>
@@ -2771,102 +2771,102 @@
           <t>6421Про встановлення вартості харчування  вихованців закладів дошкільної освіти дошкільних підрозділів закладів загальної середньої освіти та учнів закладів загальної середньої освіти</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>66</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16">
         <v>27</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB16" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>51</v>
       </c>
@@ -2916,102 +2916,102 @@
           <t>6422Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670  «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>66</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17">
         <v>26</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ17" t="s" s="5">
         <v>51</v>
       </c>
@@ -3058,108 +3058,108 @@
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>6423Про внесення змін в рішення Червоноградської міської ради № 550 від 24.06.2021 «Про створення комунальної установи «Центр інновацій»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>66</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18">
         <v>20</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P18" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>50</v>
       </c>
@@ -3200,99 +3200,99 @@
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>6424Про  розроблення детального плану території північно-східної  частини присілку Копані в селі  Сілець   Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>66</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19">
         <v>23</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="N19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="S19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>50</v>
       </c>
@@ -3348,96 +3348,96 @@
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>6425Про затвердження «Плану локалізації та ліквідації наслідків на випадок розливу забруднюючих речовин з метою недопущення забруднення водних об’єктів на території Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>66</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20">
         <v>23</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P20" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>50</v>
       </c>
@@ -3494,105 +3494,105 @@
       <c r="C21" t="s" s="4">
         <v>79</v>
       </c>
       <c r="D21" t="s">
         <v>55</v>
       </c>
       <c r="E21" t="s">
         <v>80</v>
       </c>
       <c r="F21">
         <v>14</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="S21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="V21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>50</v>
       </c>
@@ -3633,111 +3633,111 @@
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>6427Про  затвердження містобудівної документації  `Детальний план території по зміні цільового призначення для будівництва та  обслуговування будівель торгівлі в с. Сілець присілок Підберезина Червоноградського  району Львівської області»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
       <c r="E22" t="s">
         <v>80</v>
       </c>
       <c r="F22">
         <v>4</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22">
         <v>7</v>
       </c>
       <c r="I22" t="s" s="5">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="J22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O22" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P22" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Q22" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R22" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S22" t="s" s="5">
         <v>82</v>
       </c>
-      <c r="P22" t="s" s="5">
-[...2 lines deleted...]
-      <c r="Q22" t="s" s="5">
+      <c r="T22" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="U22" t="s" s="5">
         <v>82</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>82</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AB22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC22" t="s" s="5">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>82</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK22" t="s" s="5">
         <v>83</v>
       </c>
@@ -3784,93 +3784,93 @@
           <t>6428Про  розроблення детального плану території на вул. Б. Хмельницького в селищі Гірник Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23">
         <v>26</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>52</v>
       </c>
@@ -3926,99 +3926,99 @@
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>6429Про  розроблення детального плану території в межах  вулиць Героїв Майдану –  Б.Хмельницького  та Грушевського в місті Шептицький Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24">
         <v>23</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>51</v>
       </c>
@@ -4066,111 +4066,111 @@
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>86</v>
       </c>
       <c r="C25" t="s" s="4">
         <v>87</v>
       </c>
       <c r="D25" t="s">
         <v>55</v>
       </c>
       <c r="E25" t="s">
         <v>80</v>
       </c>
       <c r="F25">
         <v>9</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P25" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="S25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK25" t="s" s="5">
         <v>50</v>
       </c>
@@ -4211,111 +4211,111 @@
       </c>
       <c r="B26" t="s">
         <v>88</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>6431Про  розроблення детального плану території на вул. Нова  в с. Добрячин  Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>66</v>
       </c>
       <c r="E26" t="s">
         <v>80</v>
       </c>
       <c r="F26">
         <v>9</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="H26">
         <v>3</v>
       </c>
       <c r="I26" t="s" s="5">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC26" t="s" s="5">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>82</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK26" t="s" s="5">
         <v>83</v>
       </c>
@@ -4359,105 +4359,105 @@
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>6432Про  розроблення детального плану території з метою будівництва сонячної електростанції в селі Городище Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>66</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27">
         <v>20</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="P27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="V27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ27" t="s" s="5">
         <v>51</v>
       </c>
@@ -4505,93 +4505,93 @@
       <c r="C28" t="s" s="4">
         <v>91</v>
       </c>
       <c r="D28" t="s">
         <v>66</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28">
         <v>22</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="P28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="S28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>50</v>
       </c>
@@ -4648,93 +4648,93 @@
       <c r="C29" t="s" s="4">
         <v>93</v>
       </c>
       <c r="D29" t="s">
         <v>66</v>
       </c>
       <c r="E29" t="s">
         <v>49</v>
       </c>
       <c r="F29">
         <v>26</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>50</v>
       </c>
@@ -4791,93 +4791,93 @@
       <c r="C30" t="s" s="4">
         <v>95</v>
       </c>
       <c r="D30" t="s">
         <v>66</v>
       </c>
       <c r="E30" t="s">
         <v>49</v>
       </c>
       <c r="F30">
         <v>26</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>50</v>
       </c>
@@ -4934,93 +4934,93 @@
       <c r="C31" t="s" s="4">
         <v>97</v>
       </c>
       <c r="D31" t="s">
         <v>66</v>
       </c>
       <c r="E31" t="s">
         <v>49</v>
       </c>
       <c r="F31">
         <v>26</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P31" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y31" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>50</v>
       </c>
@@ -5074,96 +5074,96 @@
       <c r="B32" t="s">
         <v>98</v>
       </c>
       <c r="C32" t="s" s="4">
         <v>99</v>
       </c>
       <c r="D32" t="s">
         <v>66</v>
       </c>
       <c r="E32" t="s">
         <v>49</v>
       </c>
       <c r="F32">
         <v>22</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P32" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5220,93 +5220,93 @@
       <c r="C33" t="s" s="4">
         <v>101</v>
       </c>
       <c r="D33" t="s">
         <v>66</v>
       </c>
       <c r="E33" t="s">
         <v>49</v>
       </c>
       <c r="F33">
         <v>25</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P33" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y33" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5360,105 +5360,105 @@
       <c r="B34" t="s">
         <v>102</v>
       </c>
       <c r="C34" t="s" s="4">
         <v>103</v>
       </c>
       <c r="D34" t="s">
         <v>66</v>
       </c>
       <c r="E34" t="s">
         <v>49</v>
       </c>
       <c r="F34">
         <v>21</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P34" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y34" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>51</v>
       </c>
@@ -5506,93 +5506,93 @@
       <c r="C35" t="s" s="4">
         <v>105</v>
       </c>
       <c r="D35" t="s">
         <v>66</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
         <v>24</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O35" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>50</v>
       </c>
@@ -5649,93 +5649,93 @@
       <c r="C36" t="s" s="4">
         <v>107</v>
       </c>
       <c r="D36" t="s">
         <v>66</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>24</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O36" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>50</v>
       </c>
@@ -5792,93 +5792,93 @@
       <c r="C37" t="s" s="4">
         <v>109</v>
       </c>
       <c r="D37" t="s">
         <v>66</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37">
         <v>23</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P37" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="R37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y37" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>50</v>
       </c>
@@ -5935,93 +5935,93 @@
       <c r="C38" t="s" s="4">
         <v>111</v>
       </c>
       <c r="D38" t="s">
         <v>66</v>
       </c>
       <c r="E38" t="s">
         <v>49</v>
       </c>
       <c r="F38">
         <v>23</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y38" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>50</v>
       </c>
@@ -6080,102 +6080,102 @@
           <t>6444​​​​​​​Про розгляд клопотання громадянки Прадід Галини Петрівни про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>66</v>
       </c>
       <c r="E39" t="s">
         <v>49</v>
       </c>
       <c r="F39">
         <v>24</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>51</v>
       </c>
@@ -6225,93 +6225,93 @@
           <t>6445Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький на вулиці Сокальська, 2</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>66</v>
       </c>
       <c r="E40" t="s">
         <v>49</v>
       </c>
       <c r="F40">
         <v>26</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O40" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y40" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>50</v>
       </c>
@@ -6368,93 +6368,93 @@
       <c r="C41" t="s" s="4">
         <v>115</v>
       </c>
       <c r="D41" t="s">
         <v>66</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>26</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O41" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P41" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y41" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>50</v>
       </c>
@@ -6513,93 +6513,93 @@
           <t>6447​​​​​Про розгляд клопотання фізичної особи – підприємця Андрущак Любові Степанівни  </t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>66</v>
       </c>
       <c r="E42" t="s">
         <v>49</v>
       </c>
       <c r="F42">
         <v>26</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O42" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>50</v>
       </c>
@@ -6653,96 +6653,96 @@
       <c r="B43" t="s">
         <v>117</v>
       </c>
       <c r="C43" t="s" s="4">
         <v>118</v>
       </c>
       <c r="D43" t="s">
         <v>66</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43">
         <v>23</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q43" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S43" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y43" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>52</v>
       </c>
@@ -6799,93 +6799,93 @@
       <c r="C44" t="s" s="4">
         <v>120</v>
       </c>
       <c r="D44" t="s">
         <v>66</v>
       </c>
       <c r="E44" t="s">
         <v>49</v>
       </c>
       <c r="F44">
         <v>25</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>52</v>
       </c>
@@ -6942,93 +6942,93 @@
       <c r="C45" t="s" s="4">
         <v>122</v>
       </c>
       <c r="D45" t="s">
         <v>66</v>
       </c>
       <c r="E45" t="s">
         <v>49</v>
       </c>
       <c r="F45">
         <v>26</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>50</v>
       </c>
@@ -7085,93 +7085,93 @@
       <c r="C46" t="s" s="4">
         <v>124</v>
       </c>
       <c r="D46" t="s">
         <v>66</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46">
         <v>28</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>50</v>
       </c>
@@ -7228,93 +7228,93 @@
       <c r="C47" t="s" s="4">
         <v>126</v>
       </c>
       <c r="D47" t="s">
         <v>66</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47">
         <v>28</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>50</v>
       </c>
@@ -7373,93 +7373,93 @@
           <t>6453Про надання дозволу на списання з балансу виконавчого комітету Червоноградської міської ради ​​​​​​​ технічної документації з нормативної грошової оцінки земель м. Червонограда Львівської області</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>66</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48">
         <v>27</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>52</v>
       </c>
@@ -7518,93 +7518,93 @@
           <t>6454Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго» про надання дозволу на виготовлення проєкту землеустрою щодо відведення земельних ділянок</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>66</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49">
         <v>28</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>50</v>
       </c>
@@ -7661,93 +7661,93 @@
       <c r="C50" t="s" s="4">
         <v>130</v>
       </c>
       <c r="D50" t="s">
         <v>66</v>
       </c>
       <c r="E50" t="s">
         <v>49</v>
       </c>
       <c r="F50">
         <v>28</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>50</v>
       </c>
@@ -7806,93 +7806,93 @@
           <t>6456Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Західний Буг на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>66</v>
       </c>
       <c r="E51" t="s">
         <v>49</v>
       </c>
       <c r="F51">
         <v>28</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>50</v>
       </c>
@@ -7951,93 +7951,93 @@
           <t>6457Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Рата на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>66</v>
       </c>
       <c r="E52" t="s">
         <v>49</v>
       </c>
       <c r="F52">
         <v>28</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>50</v>
       </c>
@@ -8096,93 +8096,93 @@
           <t>6458Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Красносілка на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>66</v>
       </c>
       <c r="E53" t="s">
         <v>49</v>
       </c>
       <c r="F53">
         <v>28</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>50</v>
       </c>
@@ -8241,93 +8241,93 @@
           <t>6459Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Болотня на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>66</v>
       </c>
       <c r="E54" t="s">
         <v>49</v>
       </c>
       <c r="F54">
         <v>28</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P54" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W54" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>50</v>
       </c>
@@ -8386,93 +8386,93 @@
           <t>6460Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Желдець на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>66</v>
       </c>
       <c r="E55" t="s">
         <v>49</v>
       </c>
       <c r="F55">
         <v>27</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R55" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V55" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>50</v>
       </c>
@@ -8531,93 +8531,93 @@
           <t>6461Про розгляд клопотання Комунального підприємства «Центр медико-санітарної допомоги м. Червонограда»</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>66</v>
       </c>
       <c r="E56" t="s">
         <v>49</v>
       </c>
       <c r="F56">
         <v>28</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y56" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>50</v>
       </c>
@@ -8674,96 +8674,96 @@
       <c r="C57" t="s" s="4">
         <v>138</v>
       </c>
       <c r="D57" t="s">
         <v>66</v>
       </c>
       <c r="E57" t="s">
         <v>49</v>
       </c>
       <c r="F57">
         <v>25</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L57" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P57" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W57" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y57" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z57" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>51</v>
       </c>
@@ -8819,93 +8819,93 @@
           <t>6463Про розроблення проєкту землеустрою щодо встановлення  меж територій Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>66</v>
       </c>
       <c r="E58" t="s">
         <v>49</v>
       </c>
       <c r="F58">
         <v>28</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>50</v>
       </c>
@@ -8962,93 +8962,93 @@
       <c r="C59" t="s" s="4">
         <v>141</v>
       </c>
       <c r="D59" t="s">
         <v>48</v>
       </c>
       <c r="E59" t="s">
         <v>49</v>
       </c>
       <c r="F59">
         <v>28</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>50</v>
       </c>
@@ -9099,111 +9099,111 @@
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>142</v>
       </c>
       <c r="C60" t="s" s="4">
         <v>143</v>
       </c>
       <c r="D60" t="s">
         <v>55</v>
       </c>
       <c r="E60" t="s">
         <v>49</v>
       </c>
       <c r="F60">
         <v>25</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O60" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P60" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R60" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V60" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y60" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC60" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK60" t="s" s="5">
         <v>50</v>
       </c>
@@ -9245,105 +9245,105 @@
       <c r="B61" t="s">
         <v>144</v>
       </c>
       <c r="C61" t="s" s="4">
         <v>145</v>
       </c>
       <c r="D61" t="s">
         <v>55</v>
       </c>
       <c r="E61" t="s">
         <v>49</v>
       </c>
       <c r="F61">
         <v>24</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S61" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y61" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z61" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AB61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>51</v>
       </c>
@@ -9391,93 +9391,93 @@
       <c r="C62" t="s" s="4">
         <v>147</v>
       </c>
       <c r="D62" t="s">
         <v>57</v>
       </c>
       <c r="E62" t="s">
         <v>49</v>
       </c>
       <c r="F62">
         <v>28</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>50</v>
       </c>