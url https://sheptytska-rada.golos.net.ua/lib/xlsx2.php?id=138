--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="146">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -146,357 +146,351 @@
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
-    <t>Fetisov Oleksiy Vitaliyevych</t>
+    <t>Fetisov Oleksiy Vitaliyovych</t>
   </si>
   <si>
     <t>Kataryna Iryna Mykhaylivna</t>
   </si>
   <si>
     <t>17.10.24  10:19:26</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>17.10.24  10:20:41</t>
   </si>
   <si>
-    <t>6407Включити осіб озвучених Ковалем В. С, в список</t>
+    <t>ID - 6407,  Включити осіб озвучених Ковалем В. С, в список</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>17.10.24  10:21:10</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>17.10.24  10:23:11</t>
   </si>
   <si>
-    <t>6409Про депутатські запити</t>
+    <t>ID - 6409,  Про депутатські запити</t>
   </si>
   <si>
     <t>17.10.24  10:24:14</t>
   </si>
   <si>
-    <t>6411Про депутатські запити</t>
+    <t>ID - 6411,  Про депутатські запити</t>
   </si>
   <si>
     <t>17.10.24  10:40:04</t>
   </si>
   <si>
     <t>17.10.24  10:54:56</t>
   </si>
   <si>
     <t>17.10.24  10:55:47</t>
   </si>
   <si>
     <t>17.10.24  10:57:34</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>17.10.24  10:58:55</t>
   </si>
   <si>
     <t>17.10.24  10:59:57</t>
   </si>
   <si>
     <t>17.10.24  11:01:30</t>
   </si>
   <si>
-    <t>6418Про передачі частини підручників для Соснівського ліцею.</t>
+    <t>ID - 6418,  Про передачі частини підручників для Соснівського ліцею.</t>
   </si>
   <si>
     <t>17.10.24  11:02:00</t>
   </si>
   <si>
     <t>17.10.24  11:02:59</t>
   </si>
   <si>
     <t>17.10.24  11:04:59</t>
   </si>
   <si>
     <t>17.10.24  11:06:00</t>
   </si>
   <si>
     <t>17.10.24  11:07:42</t>
   </si>
   <si>
     <t>17.10.24  11:18:10</t>
   </si>
   <si>
     <t>17.10.24  11:19:53</t>
   </si>
   <si>
     <t>17.10.24  11:23:47</t>
   </si>
   <si>
-    <t>6426Вилучити питання з порядку денного</t>
+    <t>ID - 6426,  Вилучити питання з порядку денного</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>17.10.24  11:24:17</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>17.10.24  11:29:18</t>
   </si>
   <si>
     <t>17.10.24  11:31:10</t>
   </si>
   <si>
     <t>17.10.24  11:35:37</t>
   </si>
   <si>
-    <t>6430Зняти питання з порядку денного</t>
+    <t>ID - 6430,  Зняти питання з порядку денного</t>
   </si>
   <si>
     <t>17.10.24  11:36:05</t>
   </si>
   <si>
     <t>17.10.24  11:48:19</t>
   </si>
   <si>
     <t>17.10.24  11:50:06</t>
   </si>
   <si>
-    <t>6433Про розгляд клопотання громадянки Мазурок Ольги Степанівни</t>
+    <t>ID - 6433,  Про розгляд клопотання громадянки Мазурок Ольги Степанівни</t>
   </si>
   <si>
     <t>17.10.24  11:51:45</t>
   </si>
   <si>
-    <t>6434Про розгляд клопотання громадянки Дубецької Ірини Петрівни</t>
+    <t>ID - 6434,  Про розгляд клопотання громадянки Дубецької Ірини Петрівни</t>
   </si>
   <si>
     <t>17.10.24  11:52:47</t>
   </si>
   <si>
-    <t>6435Про розгляд клопотання громадянки Ярмоли Ольги Григорівни</t>
+    <t>ID - 6435,  Про розгляд клопотання громадянки Ярмоли Ольги Григорівни</t>
   </si>
   <si>
     <t>17.10.24  11:53:40</t>
   </si>
   <si>
-    <t>6436Про розгляд клопотання громадянки Глушко Світлани Володимирівни</t>
+    <t>ID - 6436,  Про розгляд клопотання громадянки Глушко Світлани Володимирівни</t>
   </si>
   <si>
     <t>17.10.24  11:54:32</t>
   </si>
   <si>
-    <t>6437Про розгляд клопотання громадянина Федешака Василя Андрійовича</t>
+    <t>ID - 6437,  Про розгляд клопотання громадянина Федешака Василя Андрійовича</t>
   </si>
   <si>
     <t>17.10.24  11:55:45</t>
   </si>
   <si>
-    <t>6438Про розгляд клопотання громадян Кузьмів Анни Іванівни та Вололовцева Юрія Івановича</t>
-[...1 lines deleted...]
-  <si>
     <t>17.10.24  11:56:46</t>
   </si>
   <si>
-    <t>6439Про розгляд клопотання громадянки Коломацької Марини Миколаївни</t>
+    <t>ID - 6439,  Про розгляд клопотання громадянки Коломацької Марини Миколаївни</t>
   </si>
   <si>
     <t>17.10.24  11:57:38</t>
   </si>
   <si>
-    <t>6440Про розгляд клопотання громадянки Щабленко Любові Миколаївни</t>
+    <t>ID - 6440,  Про розгляд клопотання громадянки Щабленко Любові Миколаївни</t>
   </si>
   <si>
     <t>17.10.24  11:58:31</t>
   </si>
   <si>
-    <t>6441Про розгляд клопотання громадян Йосипів Дарії Іванівни та Лазаря Івана Олеговича</t>
-[...1 lines deleted...]
-  <si>
     <t>17.10.24  11:59:30</t>
   </si>
   <si>
-    <t>6442Про розгляд клопотання громадянки Булах Людмили Григорівни</t>
+    <t>ID - 6442,  Про розгляд клопотання громадянки Булах Людмили Григорівни</t>
   </si>
   <si>
     <t>17.10.24  12:00:35</t>
   </si>
   <si>
-    <t>6443Про розгляд клопотання фізичної особи – підприємця Риндика Віталія Богдановича</t>
+    <t>ID - 6443,  Про розгляд клопотання фізичної особи – підприємця Риндика Віталія Богдановича</t>
   </si>
   <si>
     <t>17.10.24  12:01:54</t>
   </si>
   <si>
     <t>17.10.24  12:03:20</t>
   </si>
   <si>
     <t>17.10.24  12:04:50</t>
   </si>
   <si>
-    <t>6446Про розгляд клопотання громадянки Яртимик Галини Ігорівни</t>
+    <t>ID - 6446,  Про розгляд клопотання громадянки Яртимик Галини Ігорівни</t>
   </si>
   <si>
     <t>17.10.24  12:06:02</t>
   </si>
   <si>
     <t>17.10.24  12:09:04</t>
   </si>
   <si>
-    <t>6448Про розгляд клопотання Приватного підприємства «Дис Вайта»</t>
+    <t>ID - 6448,  Про розгляд клопотання Приватного підприємства «Дис Вайта»</t>
   </si>
   <si>
     <t>17.10.24  12:10:06</t>
   </si>
   <si>
-    <t>6449Про розгляд клопотання громадянина Червякова Віталія Віталійовича</t>
+    <t>ID - 6449,  Про розгляд клопотання громадянина Червякова Віталія Віталійовича</t>
   </si>
   <si>
     <t>17.10.24  12:11:02</t>
   </si>
   <si>
-    <t>6450Про розгляд клопотання громадянина Рябиха Валентина Петровича</t>
+    <t>ID - 6450,  Про розгляд клопотання громадянина Рябиха Валентина Петровича</t>
   </si>
   <si>
     <t>17.10.24  12:12:38</t>
   </si>
   <si>
-    <t>6451Про розгляд клопотання Товариства з обмеженою відповідальністю «ЕКО-ТЕХРЕСУРС»</t>
+    <t>ID - 6451,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ЕКО-ТЕХРЕСУРС»</t>
   </si>
   <si>
     <t>17.10.24  12:13:34</t>
   </si>
   <si>
-    <t>6452Про розгляд клопотання громадянки Гривко Ганни Вікторівни</t>
+    <t>ID - 6452,  Про розгляд клопотання громадянки Гривко Ганни Вікторівни</t>
   </si>
   <si>
     <t>17.10.24  12:14:48</t>
   </si>
   <si>
     <t>17.10.24  12:15:53</t>
   </si>
   <si>
     <t>17.10.24  12:17:11</t>
   </si>
   <si>
-    <t>6455Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 6455,  Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>17.10.24  12:18:26</t>
   </si>
   <si>
     <t>17.10.24  12:19:00</t>
   </si>
   <si>
     <t>17.10.24  12:19:34</t>
   </si>
   <si>
     <t>17.10.24  12:20:06</t>
   </si>
   <si>
     <t>17.10.24  12:20:52</t>
   </si>
   <si>
     <t>17.10.24  12:25:56</t>
   </si>
   <si>
     <t>17.10.24  12:29:30</t>
   </si>
   <si>
-    <t>6462Про розгляд клопотання фізичної особи – підприємця Юферова Василя Вікторовича</t>
+    <t>ID - 6462,  Про розгляд клопотання фізичної особи – підприємця Юферова Василя Вікторовича</t>
   </si>
   <si>
     <t>17.10.24  12:30:43</t>
   </si>
   <si>
     <t>17.10.24  12:31:21</t>
   </si>
   <si>
-    <t>6464Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 6464,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>17.10.24  12:33:35</t>
   </si>
   <si>
-    <t>6465Внести в список осіб озвучених Тимечко В. І. </t>
+    <t>ID - 6465,  Внести в список осіб озвучених Тимечко В. І. </t>
   </si>
   <si>
     <t>17.10.24  12:34:50</t>
   </si>
   <si>
-    <t>6466Денисюк Марія - надати 10 тис. грн.</t>
+    <t>ID - 6466,  Денисюк Марія - надати 10 тис. грн.</t>
   </si>
   <si>
     <t>17.10.24  12:35:30</t>
   </si>
   <si>
-    <t>6467Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 6467,  Про надання одноразової матеріальної допомоги</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -724,51 +718,51 @@
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6406Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6406,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>24</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
@@ -1012,51 +1006,51 @@
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6408Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6408,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4">
         <v>26</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
@@ -1443,51 +1437,51 @@
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>6412Про виконання бюджету Червоноградської міської територіальної громади  за січень-вересень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
+          <t>ID - 6412,  Про виконання бюджету Червоноградської міської територіальної громади  за січень-вересень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>26</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1588,51 +1582,51 @@
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>6413ПРАВКИ ДО РІШЕННЯ , що був опублікований на сайті   І. Відповідно до розпорядження Львівської обласної військової адміністрації від 03.10.2024 року №1044/0/5-24ВА «Про перерозподіл субвенції» збільшити обсяг доходів та видатків загального фонду місцевого бюджету на  субвенцію в сумі  295,596 грн, спрямувавши її  на виплату заробітної плати з нарахуваннями педагогічним працівникам (код ПКВКМБ 0611210 «Надання освіти за рахунок залишку коштів за субвенцією з державного бюджету місцевим бюджетам на надання державної підтримки особам з особливими освітніми потребами на кінець бюджетного періоду»); ІІ. По центральній  міській лікарні Червоноградської міської ради пропонується очікувану економію по оплаті за водопостачання та водовідведення в  сумі 100,0тис.грн. спрямувати на відшкодування видатків для проведення експертного обстеження і поточного ремонту ліфтів. ІІІ. По відділу культури  пропонується очікувану економію по заробітній платі  по школах естетичного виховання    в сумі  82,550 тис.грн.  спрямувати на : придбання металопластикових вікон для</t>
+          <t>ID - 6413,  ПРАВКИ ДО РІШЕННЯ , що був опублікований на сайті   І. Відповідно до розпорядження Львівської обласної військової адміністрації від 03.10.2024 року №1044/0/5-24ВА «Про перерозподіл субвенції» збільшити обсяг доходів та видатків загального фонду місцевого бюджету на  субвенцію в сумі  295,596 грн, спрямувавши її  на виплату заробітної плати з нарахуваннями педагогічним працівникам (код ПКВКМБ 0611210 «Надання освіти за рахунок залишку коштів за субвенцією з державного бюджету місцевим бюджетам на надання державної підтримки особам з особливими освітніми потребами на кінець бюджетного періоду»); ІІ. По центральній  міській лікарні Червоноградської міської ради пропонується очікувану економію по оплаті за водопостачання та водовідведення в  сумі 100,0тис.грн. спрямувати на відшкодування видатків для проведення експертного обстеження і поточного ремонту ліфтів. ІІІ. По відділу культури  пропонується очікувану економію по заробітній платі  по школах естетичного виховання    в сумі  82,550 тис.грн.  спрямувати на : придбання металопластикових вікон для</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>55</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8">
         <v>29</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -1733,51 +1727,51 @@
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>6414Про виконання бюджету Червоноградської міської територіальної громади  за січень-вересень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
+          <t>ID - 6414,  Про виконання бюджету Червоноградської міської територіальної громади  за січень-вересень 2024 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>57</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9">
         <v>29</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -1878,51 +1872,51 @@
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>65</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>6415Про затвердження структури та штатної чисельності працівників Комунального закладу  Червоноградської міської ради «Будинок воїна»</t>
+          <t>ID - 6415,  Про затвердження структури та штатної чисельності працівників Комунального закладу  Червоноградської міської ради «Будинок воїна»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>66</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10">
         <v>27</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2023,51 +2017,51 @@
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>6416Про    надання    дозволу комунальному некомерційному  підприємству «Соснівська міська лікарня Червоноградської міської ради»  на безоплатну передачу 14  демонтованих плит перекриття,  що  були  у   використанні</t>
+          <t>ID - 6416,  Про    надання    дозволу комунальному некомерційному  підприємству «Соснівська міська лікарня Червоноградської міської ради»  на безоплатну передачу 14  демонтованих плит перекриття,  що  були  у   використанні</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>66</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
         <v>27</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2168,51 +2162,51 @@
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>6417Про надання дозволу про  безоплатну передачу підручників для 11-х класів з комунальної власності територіальної громади в особі Червоноградської міської ради, які знаходяться на  балансі відділу освіти  Червоноградської міської ради (в  користуванні Червоноградського ліцею) у власність Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного  </t>
+          <t>ID - 6417,  Про надання дозволу про  безоплатну передачу підручників для 11-х класів з комунальної власності територіальної громади в особі Червоноградської міської ради, які знаходяться на  балансі відділу освіти  Червоноградської міської ради (в  користуванні Червоноградського ліцею) у власність Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного  </t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12">
         <v>27</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -2456,51 +2450,51 @@
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>6419Про надання дозволу про  безоплатну передачу підручників для 11-х класів з комунальної власності територіальної громади в особі Червоноградської міської ради, які знаходяться на  балансі відділу освіти  Червоноградської міської ради (в  користуванні Червоноградського ліцею) у власність Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного  </t>
+          <t>ID - 6419,  Про надання дозволу про  безоплатну передачу підручників для 11-х класів з комунальної власності територіальної громади в особі Червоноградської міської ради, які знаходяться на  балансі відділу освіти  Червоноградської міської ради (в  користуванні Червоноградського ліцею) у власність Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного  </t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>57</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14">
         <v>26</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
@@ -2601,51 +2595,51 @@
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>6420Про внесення змін у рішення сесії Червоноградської міської ради Червоноградського району Львівської області від 16.11.2023 № 2171 «Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти»</t>
+          <t>ID - 6420,  Про внесення змін у рішення сесії Червоноградської міської ради Червоноградського району Львівської області від 16.11.2023 № 2171 «Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти»</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>66</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15">
         <v>25</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
@@ -2746,51 +2740,51 @@
       <c r="AQ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>6421Про встановлення вартості харчування  вихованців закладів дошкільної освіти дошкільних підрозділів закладів загальної середньої освіти та учнів закладів загальної середньої освіти</t>
+          <t>ID - 6421,  Про встановлення вартості харчування  вихованців закладів дошкільної освіти дошкільних підрозділів закладів загальної середньої освіти та учнів закладів загальної середньої освіти</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>66</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16">
         <v>27</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>51</v>
@@ -2891,51 +2885,51 @@
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>6422Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670  «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 6422,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670  «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>66</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17">
         <v>26</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -3036,51 +3030,51 @@
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>6423Про внесення змін в рішення Червоноградської міської ради № 550 від 24.06.2021 «Про створення комунальної установи «Центр інновацій»</t>
+          <t>ID - 6423,  Про внесення змін в рішення Червоноградської міської ради № 550 від 24.06.2021 «Про створення комунальної установи «Центр інновацій»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>66</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18">
         <v>20</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>51</v>
@@ -3181,51 +3175,51 @@
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>6424Про  розроблення детального плану території північно-східної  частини присілку Копані в селі  Сілець   Шептицького  району Львівської області</t>
+          <t>ID - 6424,  Про  розроблення детального плану території північно-східної  частини присілку Копані в селі  Сілець   Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>66</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19">
         <v>23</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>51</v>
@@ -3326,51 +3320,51 @@
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>77</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>6425Про затвердження «Плану локалізації та ліквідації наслідків на випадок розливу забруднюючих речовин з метою недопущення забруднення водних об’єктів на території Червоноградської міської територіальної громади»</t>
+          <t>ID - 6425,  Про затвердження «Плану локалізації та ліквідації наслідків на випадок розливу забруднюючих речовин з метою недопущення забруднення водних об’єктів на території Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>66</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20">
         <v>23</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -3614,51 +3608,51 @@
       <c r="AQ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>6427Про  затвердження містобудівної документації  `Детальний план території по зміні цільового призначення для будівництва та  обслуговування будівель торгівлі в с. Сілець присілок Підберезина Червоноградського  району Львівської області»</t>
+          <t>ID - 6427,  Про  затвердження містобудівної документації  `Детальний план території по зміні цільового призначення для будівництва та  обслуговування будівель торгівлі в с. Сілець присілок Підберезина Червоноградського  району Львівської області»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
       <c r="E22" t="s">
         <v>80</v>
       </c>
       <c r="F22">
         <v>4</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22">
         <v>7</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>82</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
@@ -3759,51 +3753,51 @@
       <c r="AQ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>84</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>6428Про  розроблення детального плану території на вул. Б. Хмельницького в селищі Гірник Шептицького  району Львівської області</t>
+          <t>ID - 6428,  Про  розроблення детального плану території на вул. Б. Хмельницького в селищі Гірник Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23">
         <v>26</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
@@ -3904,51 +3898,51 @@
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>85</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>6429Про  розроблення детального плану території в межах  вулиць Героїв Майдану –  Б.Хмельницького  та Грушевського в місті Шептицький Шептицького  району Львівської області</t>
+          <t>ID - 6429,  Про  розроблення детального плану території в межах  вулиць Героїв Майдану –  Б.Хмельницького  та Грушевського в місті Шептицький Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24">
         <v>23</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -4192,51 +4186,51 @@
       <c r="AQ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>88</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>6431Про  розроблення детального плану території на вул. Нова  в с. Добрячин  Шептицького  району Львівської області</t>
+          <t>ID - 6431,  Про  розроблення детального плану території на вул. Нова  в с. Добрячин  Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>66</v>
       </c>
       <c r="E26" t="s">
         <v>80</v>
       </c>
       <c r="F26">
         <v>9</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="H26">
         <v>3</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>82</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
@@ -4337,51 +4331,51 @@
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>82</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>89</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>6432Про  розроблення детального плану території з метою будівництва сонячної електростанції в селі Городище Шептицького  району Львівської області</t>
+          <t>ID - 6432,  Про  розроблення детального плану території з метою будівництва сонячної електростанції в селі Городище Шептицького  району Львівської області</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>66</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27">
         <v>20</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
@@ -5195,52 +5189,54 @@
         <v>51</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>100</v>
       </c>
-      <c r="C33" t="s" s="4">
-        <v>101</v>
+      <c r="C33" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6438,  Про розгляд клопотання громадян Кузьмів Анни Іванівни та Вололовцева Юрія Івановича</t>
+        </is>
       </c>
       <c r="D33" t="s">
         <v>66</v>
       </c>
       <c r="E33" t="s">
         <v>49</v>
       </c>
       <c r="F33">
         <v>25</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
       </c>
@@ -5336,54 +5332,54 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>101</v>
+      </c>
+      <c r="C34" t="s" s="4">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D34" t="s">
         <v>66</v>
       </c>
       <c r="E34" t="s">
         <v>49</v>
       </c>
       <c r="F34">
         <v>21</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>51</v>
       </c>
@@ -5479,54 +5475,54 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>103</v>
+      </c>
+      <c r="C35" t="s" s="4">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D35" t="s">
         <v>66</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
         <v>24</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
       </c>
@@ -5622,54 +5618,56 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>105</v>
+      </c>
+      <c r="C36" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6441,  Про розгляд клопотання громадян Йосипів Дарії Іванівни та Лазаря Івана Олеговича</t>
+        </is>
       </c>
       <c r="D36" t="s">
         <v>66</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>24</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
       </c>
@@ -5765,54 +5763,54 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C37" t="s" s="4">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D37" t="s">
         <v>66</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37">
         <v>23</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
       </c>
@@ -5908,54 +5906,54 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C38" t="s" s="4">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D38" t="s">
         <v>66</v>
       </c>
       <c r="E38" t="s">
         <v>49</v>
       </c>
       <c r="F38">
         <v>23</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
       </c>
@@ -6051,55 +6049,55 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>6444​​​​​​​Про розгляд клопотання громадянки Прадід Галини Петрівни про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки</t>
+          <t>ID - 6444,  ​​​​​​​Про розгляд клопотання громадянки Прадід Галини Петрівни про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>66</v>
       </c>
       <c r="E39" t="s">
         <v>49</v>
       </c>
       <c r="F39">
         <v>24</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
@@ -6196,55 +6194,55 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>6445Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький на вулиці Сокальська, 2</t>
+          <t>ID - 6445,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький на вулиці Сокальська, 2</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>66</v>
       </c>
       <c r="E40" t="s">
         <v>49</v>
       </c>
       <c r="F40">
         <v>26</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>51</v>
@@ -6341,54 +6339,54 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s" s="4">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D41" t="s">
         <v>66</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>26</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>51</v>
       </c>
@@ -6484,55 +6482,55 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>6447​​​​​Про розгляд клопотання фізичної особи – підприємця Андрущак Любові Степанівни  </t>
+          <t>ID - 6447,  ​​​​​Про розгляд клопотання фізичної особи – підприємця Андрущак Любові Степанівни  </t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>66</v>
       </c>
       <c r="E42" t="s">
         <v>49</v>
       </c>
       <c r="F42">
         <v>26</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
@@ -6629,54 +6627,54 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D43" t="s">
         <v>66</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43">
         <v>23</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
       </c>
@@ -6772,54 +6770,54 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D44" t="s">
         <v>66</v>
       </c>
       <c r="E44" t="s">
         <v>49</v>
       </c>
       <c r="F44">
         <v>25</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
       </c>
@@ -6915,54 +6913,54 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D45" t="s">
         <v>66</v>
       </c>
       <c r="E45" t="s">
         <v>49</v>
       </c>
       <c r="F45">
         <v>26</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
       </c>
@@ -7058,54 +7056,54 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D46" t="s">
         <v>66</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46">
         <v>28</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>51</v>
       </c>
@@ -7201,54 +7199,54 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C47" t="s" s="4">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D47" t="s">
         <v>66</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47">
         <v>28</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>51</v>
       </c>
@@ -7344,55 +7342,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>6453Про надання дозволу на списання з балансу виконавчого комітету Червоноградської міської ради ​​​​​​​ технічної документації з нормативної грошової оцінки земель м. Червонограда Львівської області</t>
+          <t>ID - 6453,  Про надання дозволу на списання з балансу виконавчого комітету Червоноградської міської ради ​​​​​​​ технічної документації з нормативної грошової оцінки земель м. Червонограда Львівської області</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>66</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48">
         <v>27</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>51</v>
@@ -7489,55 +7487,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>6454Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго» про надання дозволу на виготовлення проєкту землеустрою щодо відведення земельних ділянок</t>
+          <t>ID - 6454,  Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго» про надання дозволу на виготовлення проєкту землеустрою щодо відведення земельних ділянок</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>66</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49">
         <v>28</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
@@ -7634,54 +7632,54 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D50" t="s">
         <v>66</v>
       </c>
       <c r="E50" t="s">
         <v>49</v>
       </c>
       <c r="F50">
         <v>28</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
       </c>
@@ -7777,55 +7775,55 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>6456Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Західний Буг на території Шептицької міської ради</t>
+          <t>ID - 6456,  Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Західний Буг на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>66</v>
       </c>
       <c r="E51" t="s">
         <v>49</v>
       </c>
       <c r="F51">
         <v>28</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
@@ -7922,55 +7920,55 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>6457Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Рата на території Шептицької міської ради</t>
+          <t>ID - 6457,  Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Рата на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>66</v>
       </c>
       <c r="E52" t="s">
         <v>49</v>
       </c>
       <c r="F52">
         <v>28</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
@@ -8067,55 +8065,55 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>6458Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Красносілка на території Шептицької міської ради</t>
+          <t>ID - 6458,  Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Красносілка на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>66</v>
       </c>
       <c r="E53" t="s">
         <v>49</v>
       </c>
       <c r="F53">
         <v>28</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>51</v>
@@ -8212,55 +8210,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>6459Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Болотня на території Шептицької міської ради</t>
+          <t>ID - 6459,  Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Болотня на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>66</v>
       </c>
       <c r="E54" t="s">
         <v>49</v>
       </c>
       <c r="F54">
         <v>28</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
@@ -8357,55 +8355,55 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>6460Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Желдець на території Шептицької міської ради</t>
+          <t>ID - 6460,  Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги річки Желдець на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>66</v>
       </c>
       <c r="E55" t="s">
         <v>49</v>
       </c>
       <c r="F55">
         <v>27</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
@@ -8502,55 +8500,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>6461Про розгляд клопотання Комунального підприємства «Центр медико-санітарної допомоги м. Червонограда»</t>
+          <t>ID - 6461,  Про розгляд клопотання Комунального підприємства «Центр медико-санітарної допомоги м. Червонограда»</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>66</v>
       </c>
       <c r="E56" t="s">
         <v>49</v>
       </c>
       <c r="F56">
         <v>28</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
@@ -8647,54 +8645,54 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D57" t="s">
         <v>66</v>
       </c>
       <c r="E57" t="s">
         <v>49</v>
       </c>
       <c r="F57">
         <v>25</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>51</v>
       </c>
@@ -8790,55 +8788,55 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>6463Про розроблення проєкту землеустрою щодо встановлення  меж територій Червоноградської територіальної громади</t>
+          <t>ID - 6463,  Про розроблення проєкту землеустрою щодо встановлення  меж територій Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>66</v>
       </c>
       <c r="E58" t="s">
         <v>49</v>
       </c>
       <c r="F58">
         <v>28</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
@@ -8935,54 +8933,54 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D59" t="s">
         <v>48</v>
       </c>
       <c r="E59" t="s">
         <v>49</v>
       </c>
       <c r="F59">
         <v>28</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
       </c>
@@ -9078,54 +9076,54 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D60" t="s">
         <v>55</v>
       </c>
       <c r="E60" t="s">
         <v>49</v>
       </c>
       <c r="F60">
         <v>25</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
       </c>
@@ -9221,54 +9219,54 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C61" t="s" s="4">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D61" t="s">
         <v>55</v>
       </c>
       <c r="E61" t="s">
         <v>49</v>
       </c>
       <c r="F61">
         <v>24</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>51</v>
       </c>
@@ -9364,54 +9362,54 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C62" t="s" s="4">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D62" t="s">
         <v>57</v>
       </c>
       <c r="E62" t="s">
         <v>49</v>
       </c>
       <c r="F62">
         <v>28</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>51</v>
       </c>