--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="167">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -146,51 +146,51 @@
   <si>
     <t>Sheremeta Oleh Volodymyrovych</t>
   </si>
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
-    <t>Fetisov Oleksiy Vitaliyevych</t>
+    <t>Fetisov Oleksiy Vitaliyovych</t>
   </si>
   <si>
     <t>Kataryna Iryna Mykhaylivna</t>
   </si>
   <si>
     <t>11.07.24  10:28:54</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>11.07.24  10:33:52</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
@@ -209,363 +209,351 @@
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>11.07.24  10:56:30</t>
   </si>
   <si>
     <t>11.07.24  11:05:36</t>
   </si>
   <si>
     <t>11.07.24  11:09:48</t>
   </si>
   <si>
     <t>11.07.24  11:18:34</t>
   </si>
   <si>
     <t>11.07.24  11:19:53</t>
   </si>
   <si>
     <t>11.07.24  11:21:37</t>
   </si>
   <si>
     <t>11.07.24  11:30:44</t>
   </si>
   <si>
-    <t>6070Внести правку озвучену Гнатюк Л. В. </t>
+    <t>ID - 6070,  Внести правку озвучену Гнатюк Л. В. </t>
   </si>
   <si>
     <t>11.07.24  11:31:14</t>
   </si>
   <si>
     <t>11.07.24  11:32:38</t>
   </si>
   <si>
     <t>11.07.24  11:34:59</t>
   </si>
   <si>
     <t>11.07.24  11:36:12</t>
   </si>
   <si>
-    <t>6074Про прийняття матеріальних цінностей</t>
+    <t>ID - 6074,  Про прийняття матеріальних цінностей</t>
   </si>
   <si>
     <t>11.07.24  11:37:07</t>
   </si>
   <si>
-    <t>6075Про затвердження Статутів закладів загальної середньої освіти</t>
+    <t>ID - 6075,  Про затвердження Статутів закладів загальної середньої освіти</t>
   </si>
   <si>
     <t>11.07.24  11:38:24</t>
   </si>
   <si>
     <t>11.07.24  11:40:43</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>11.07.24  11:41:36</t>
   </si>
   <si>
     <t>11.07.24  11:43:07</t>
   </si>
   <si>
     <t>11.07.24  11:44:19</t>
   </si>
   <si>
-    <t>6080Про розгляд клопотання громадянки Баган Галини Василівни</t>
+    <t>ID - 6080,  Про розгляд клопотання громадянки Баган Галини Василівни</t>
   </si>
   <si>
     <t>11.07.24  11:45:14</t>
   </si>
   <si>
-    <t>6081Про розгляд клопотання громадянки Кузьмів Марії Іванівни</t>
+    <t>ID - 6081,  Про розгляд клопотання громадянки Кузьмів Марії Іванівни</t>
   </si>
   <si>
     <t>11.07.24  11:46:07</t>
   </si>
   <si>
-    <t>6082Про розгляд клопотання громадянина Турка Петра Григоровича</t>
+    <t>ID - 6082,  Про розгляд клопотання громадянина Турка Петра Григоровича</t>
   </si>
   <si>
     <t>11.07.24  11:47:00</t>
   </si>
   <si>
-    <t>6083Про розгляд клопотання громадянина Лемехи Мирослава Тадейовича</t>
+    <t>ID - 6083,  Про розгляд клопотання громадянина Лемехи Мирослава Тадейовича</t>
   </si>
   <si>
     <t>11.07.24  11:47:43</t>
   </si>
   <si>
-    <t>6084Про розгляд клопотання громадянки Кінах Ольги Петрівни</t>
+    <t>ID - 6084,  Про розгляд клопотання громадянки Кінах Ольги Петрівни</t>
   </si>
   <si>
     <t>11.07.24  11:48:39</t>
   </si>
   <si>
-    <t>6085Про розгляд клопотання громадянки Машталір Марії Володимирівни</t>
+    <t>ID - 6085,  Про розгляд клопотання громадянки Машталір Марії Володимирівни</t>
   </si>
   <si>
     <t>11.07.24  11:49:28</t>
   </si>
   <si>
-    <t>6086Про розгляд клопотання громадянинки Філіпович Галини Михайлівни</t>
+    <t>ID - 6086,  Про розгляд клопотання громадянинки Філіпович Галини Михайлівни</t>
   </si>
   <si>
     <t>11.07.24  11:50:12</t>
   </si>
   <si>
-    <t>6087Про розгляд клопотання громадянина Гавалка Любомира Михайловича</t>
+    <t>ID - 6087,  Про розгляд клопотання громадянина Гавалка Любомира Михайловича</t>
   </si>
   <si>
     <t>11.07.24  11:51:07</t>
   </si>
   <si>
-    <t>6088Про розгляд клопотання громадянки Лилик Ганни Федорівни</t>
+    <t>ID - 6088,  Про розгляд клопотання громадянки Лилик Ганни Федорівни</t>
   </si>
   <si>
     <t>11.07.24  11:52:14</t>
   </si>
   <si>
-    <t>6089Про розгляд клопотання громадянки Гавалко Наталії Григорівни</t>
+    <t>ID - 6089,  Про розгляд клопотання громадянки Гавалко Наталії Григорівни</t>
   </si>
   <si>
     <t>11.07.24  11:53:14</t>
   </si>
   <si>
-    <t>6090Про розгляд клопотання громадянки Нахли Ольги Андріївни</t>
+    <t>ID - 6090,  Про розгляд клопотання громадянки Нахли Ольги Андріївни</t>
   </si>
   <si>
     <t>11.07.24  11:54:12</t>
   </si>
   <si>
-    <t>6091Про розгляд клопотання громадянки Нестер Надії Романівни</t>
+    <t>ID - 6091,  Про розгляд клопотання громадянки Нестер Надії Романівни</t>
   </si>
   <si>
     <t>11.07.24  11:55:00</t>
   </si>
   <si>
-    <t>6092Про розгляд клопотання громадянки Грицак Ольги Федорівни</t>
+    <t>ID - 6092,  Про розгляд клопотання громадянки Грицак Ольги Федорівни</t>
   </si>
   <si>
     <t>11.07.24  11:55:37</t>
   </si>
   <si>
-    <t>6093Про розгляд клопотання громадянина Максимовича Михайла Івановича</t>
+    <t>ID - 6093,  Про розгляд клопотання громадянина Максимовича Михайла Івановича</t>
   </si>
   <si>
     <t>11.07.24  11:56:07</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>11.07.24  11:57:37</t>
   </si>
   <si>
-    <t>6095Внести правку озвучену Балком Д. І.  змінити код видів цільового призначення</t>
+    <t>ID - 6095,  Внести правку озвучену Балком Д. І.  змінити код видів цільового призначення</t>
   </si>
   <si>
     <t>11.07.24  11:58:07</t>
   </si>
   <si>
     <t>11.07.24  12:00:19</t>
   </si>
   <si>
-    <t>6097Про розгляд клопотання громадянина Кулинича Павла Михайловича</t>
+    <t>ID - 6097,  Про розгляд клопотання громадянина Кулинича Павла Михайловича</t>
   </si>
   <si>
     <t>11.07.24  12:04:37</t>
   </si>
   <si>
     <t>11.07.24  12:06:00</t>
   </si>
   <si>
-    <t>6100Про розгляд клопотання фізичної особи - підприємця Ширяєва Дениса Фарідовича</t>
+    <t>ID - 6100,  Про розгляд клопотання фізичної особи - підприємця Ширяєва Дениса Фарідовича</t>
   </si>
   <si>
     <t>11.07.24  12:06:58</t>
   </si>
   <si>
-    <t>6101Про розгляд клопотання Товариства з обмеженою відповідальністю «АГАТ ТРЕЙД»</t>
+    <t>ID - 6101,  Про розгляд клопотання Товариства з обмеженою відповідальністю «АГАТ ТРЕЙД»</t>
   </si>
   <si>
     <t>11.07.24  12:07:27</t>
   </si>
   <si>
-    <t>6102Про розгляд клопотання Товариства з обмеженою відповідальністю «КАЙРОС ГРУП»</t>
+    <t>ID - 6102,  Про розгляд клопотання Товариства з обмеженою відповідальністю «КАЙРОС ГРУП»</t>
   </si>
   <si>
     <t>11.07.24  12:08:57</t>
   </si>
   <si>
-    <t>6103Внести правку рзвучену Балком Д. І. Встановлення річної орендної плати в розмірі 3%</t>
-[...1 lines deleted...]
-  <si>
     <t>11.07.24  12:09:26</t>
   </si>
   <si>
-    <t>6104Про розгляд клопотання Товариства з обмеженою відповідальністю «КАЙРОС ГРУП»</t>
+    <t>ID - 6104,  Про розгляд клопотання Товариства з обмеженою відповідальністю «КАЙРОС ГРУП»</t>
   </si>
   <si>
     <t>11.07.24  12:10:33</t>
   </si>
   <si>
-    <t>6105Про розгляд клопотання громадянки Мельник Марії Антонівни</t>
+    <t>ID - 6105,  Про розгляд клопотання громадянки Мельник Марії Антонівни</t>
   </si>
   <si>
     <t>11.07.24  12:12:09</t>
   </si>
   <si>
-    <t>6106Про розгляд клопотання громадянина Лукіяна Володимира Сергійовича</t>
+    <t>ID - 6106,  Про розгляд клопотання громадянина Лукіяна Володимира Сергійовича</t>
   </si>
   <si>
     <t>11.07.24  12:13:30</t>
   </si>
   <si>
     <t>11.07.24  12:14:49</t>
   </si>
   <si>
-    <t>6108Про надання в оренду земельних ділянок, що перебувають в управлінні спадщиною</t>
+    <t>ID - 6108,  Про надання в оренду земельних ділянок, що перебувають в управлінні спадщиною</t>
   </si>
   <si>
     <t>11.07.24  12:15:48</t>
   </si>
   <si>
     <t>11.07.24  12:16:47</t>
   </si>
   <si>
     <t>11.07.24  12:17:56</t>
   </si>
   <si>
-    <t>6111Про розгляд клопотання громадянина Мельника Ярослава Григоровича</t>
+    <t>ID - 6111,  Про розгляд клопотання громадянина Мельника Ярослава Григоровича</t>
   </si>
   <si>
     <t>11.07.24  12:19:24</t>
   </si>
   <si>
-    <t>6112Про розгляд клопотання Комунального підприємства «Червонограджитлокомунсервіс»</t>
-[...1 lines deleted...]
-  <si>
     <t>11.07.24  12:20:54</t>
   </si>
   <si>
     <t>11.07.24  12:22:15</t>
   </si>
   <si>
     <t>11.07.24  12:23:11</t>
   </si>
   <si>
     <t>11.07.24  12:24:26</t>
   </si>
   <si>
     <t>11.07.24  12:24:57</t>
   </si>
   <si>
     <t>11.07.24  12:25:28</t>
   </si>
   <si>
     <t>11.07.24  12:26:05</t>
   </si>
   <si>
     <t>11.07.24  12:26:43</t>
   </si>
   <si>
     <t>11.07.24  12:27:14</t>
   </si>
   <si>
     <t>11.07.24  12:27:42</t>
   </si>
   <si>
-    <t>6122Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
-[...1 lines deleted...]
-  <si>
     <t>11.07.24  12:29:30</t>
   </si>
   <si>
-    <t>6123Внести правку озвучену Балком Д. І. змінити адресу в рішенні </t>
+    <t>ID - 6123,  Внести правку озвучену Балком Д. І. змінити адресу в рішенні </t>
   </si>
   <si>
     <t>11.07.24  12:29:59</t>
   </si>
   <si>
-    <t>6124Внести правку озвучену Балком Д. І. змінити адресу в рішенні </t>
+    <t>ID - 6124,  Внести правку озвучену Балком Д. І. змінити адресу в рішенні </t>
   </si>
   <si>
     <t>11.07.24  12:30:31</t>
   </si>
   <si>
-    <t>6125Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
-[...1 lines deleted...]
-  <si>
     <t>11.07.24  12:31:43</t>
   </si>
   <si>
     <t>11.07.24  12:32:57</t>
   </si>
   <si>
-    <t>6127Про внесення змін в рішення Червоноградської міської ради</t>
+    <t>ID - 6127,  Про внесення змін в рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>11.07.24  12:34:38</t>
   </si>
   <si>
-    <t>6128Про розгляд клопотання громадянки Воляник Галини Василівни</t>
+    <t>ID - 6128,  Про розгляд клопотання громадянки Воляник Галини Василівни</t>
   </si>
   <si>
     <t>11.07.24  12:35:29</t>
   </si>
   <si>
     <t>11.07.24  12:37:30</t>
   </si>
   <si>
-    <t>6130Про розгляд клопотання Приватного підприємства «Легіон-Універсал»</t>
+    <t>ID - 6130,  Про розгляд клопотання Приватного підприємства «Легіон-Універсал»</t>
   </si>
   <si>
     <t>11.07.24  12:38:19</t>
   </si>
   <si>
-    <t>6131Про надання одноразової грошової допомоги</t>
+    <t>ID - 6131,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>11.07.24  12:39:21</t>
   </si>
   <si>
-    <t>6132Включити в список осіб озвучених Гоцом П. В,</t>
+    <t>ID - 6132,  Включити в список осіб озвучених Гоцом П. В,</t>
   </si>
   <si>
     <t>11.07.24  12:39:51</t>
   </si>
   <si>
-    <t>6133Про надання одноразової грошової допомоги</t>
+    <t>ID - 6133,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>11.07.24  13:17:12</t>
   </si>
   <si>
-    <t>6134Про звіт заступника міського голови з питань діяльності виконавчих органів ради</t>
+    <t>ID - 6134,  Про звіт заступника міського голови з питань діяльності виконавчих органів ради</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -793,51 +781,51 @@
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6060Про звернення Червоноградської міської ради до Президента України, Верховної Ради України, Кабінету Міністрів України щодо критичного стану в енергетиці</t>
+          <t>ID - 6060,  Про звернення Червоноградської міської ради до Президента України, Верховної Ради України, Кабінету Міністрів України щодо критичного стану в енергетиці</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>23</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -938,51 +926,51 @@
       <c r="AQ2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>6061Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 6061,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>53</v>
       </c>
       <c r="E3" t="s">
         <v>49</v>
       </c>
       <c r="F3">
         <v>21</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>50</v>
@@ -1083,51 +1071,51 @@
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6062ПРАВКИ ДО РІШЕННЯ   Відповідно до ПРОЕКУ розпорядження Львівської обласної військової адміністрації «Про перерозподіл субвенції» збільшити обсяг доходів та видатків спеціального фонду місцевого бюджету на субвенцію, виділену з державного бюджету за рахунок залишку коштів освітньої субвенції, що утворилася на початок бюджетного періоду, в сумі  2 955 474,0  гривень, спрямувавши її на придбання мультимедійного обладнання для навчальних кабінетів закладів загальної середньої освіти, що навчаються за новими методиками відповідно до Концепції `Нова Українська Школа`. Головний розпорядник коштів – відділ освіти Червоноградської міської ради.   2. Провести переміщення видатків по закладах загальної середньої освіти: зменшити видатки на 63,6 тис.грн передбачені на придбання дизпалива для автобусів (КЕКВ 2210 «Предмети, матеріали, обладнання та інвентар»)  та спрямувати їх на придбання бензину для роботи генераторів (КЕКВ 2275 «Оплата інших енергоносіїв та інших комунальних послуг»).   3. Очікуваною економією по заробітній платі з нарахуваннями по закладах</t>
+          <t>ID - 6062,  ПРАВКИ ДО РІШЕННЯ   Відповідно до ПРОЕКУ розпорядження Львівської обласної військової адміністрації «Про перерозподіл субвенції» збільшити обсяг доходів та видатків спеціального фонду місцевого бюджету на субвенцію, виділену з державного бюджету за рахунок залишку коштів освітньої субвенції, що утворилася на початок бюджетного періоду, в сумі  2 955 474,0  гривень, спрямувавши її на придбання мультимедійного обладнання для навчальних кабінетів закладів загальної середньої освіти, що навчаються за новими методиками відповідно до Концепції `Нова Українська Школа`. Головний розпорядник коштів – відділ освіти Червоноградської міської ради.   2. Провести переміщення видатків по закладах загальної середньої освіти: зменшити видатки на 63,6 тис.грн передбачені на придбання дизпалива для автобусів (КЕКВ 2210 «Предмети, матеріали, обладнання та інвентар»)  та спрямувати їх на придбання бензину для роботи генераторів (КЕКВ 2275 «Оплата інших енергоносіїв та інших комунальних послуг»).   3. Очікуваною економією по заробітній платі з нарахуваннями по закладах</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4">
         <v>22</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1228,51 +1216,51 @@
       <c r="AQ4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>6063Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 6063,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5">
         <v>22</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1373,51 +1361,51 @@
       <c r="AQ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>6064Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 6064,  Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6">
         <v>22</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -1518,51 +1506,51 @@
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>6065Про встановлення земельного податку на території Червоноградської міської територіальної громади (1358700000) (код бюджету)</t>
+          <t>ID - 6065,  Про встановлення земельного податку на території Червоноградської міської територіальної громади (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>22</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1663,51 +1651,51 @@
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>6066Про встановлення податку на нерухоме майно, відмінне від земельної ділянки на території Червоноградської міської територіальної громади (13587000000) (код бюджету)</t>
+          <t>ID - 6066,  Про встановлення податку на нерухоме майно, відмінне від земельної ділянки на території Червоноградської міської територіальної громади (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>53</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8">
         <v>24</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -1808,51 +1796,51 @@
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>62</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>6067Про встановлення податку на нерухоме майно, відмінне від земельної ділянки на території Червоноградської міської територіальної громади (13587000000) (код бюджету)</t>
+          <t>ID - 6067,  Про встановлення податку на нерухоме майно, відмінне від земельної ділянки на території Червоноградської міської територіальної громади (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>58</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9">
         <v>23</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -1953,51 +1941,51 @@
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>6068Про надання згоди на безоплатну передачу у комунальну власність Червоноградської міської територіальної громади водовідвідної канави та пішохідної доріжки від Львівсько-Волинського воєнізованого гірничорятувального (аварійно-рятувального) загону</t>
+          <t>ID - 6068,  Про надання згоди на безоплатну передачу у комунальну власність Червоноградської міської територіальної громади водовідвідної канави та пішохідної доріжки від Львівсько-Волинського воєнізованого гірничорятувального (аварійно-рятувального) загону</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>48</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10">
         <v>24</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2098,51 +2086,51 @@
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>6069Про визнання переможця конкурсу з вибору керуючої компанії індустріального парку «Червоноград»</t>
+          <t>ID - 6069,  Про визнання переможця конкурсу з вибору керуючої компанії індустріального парку «Червоноград»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
         <v>24</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
@@ -2386,51 +2374,51 @@
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>67</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>6071Про визнання переможця конкурсу з вибору керуючої компанії індустріального парку «Червоноград»</t>
+          <t>ID - 6071,  Про визнання переможця конкурсу з вибору керуючої компанії індустріального парку «Червоноград»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>58</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -2531,51 +2519,51 @@
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>68</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>6072Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 6072,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14">
         <v>21</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>54</v>
@@ -2676,51 +2664,51 @@
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>69</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>6073Про внесення змін до додатку 3 «Методика розрахунку орендної плати та порядок її використання за комунальне майно Червоноградської територіальної громади», затвердженої рішенням Червоноградської міської ради від 16.12.2021 № 1029 та втрату чинності рішення Червоноградської міської ради від 17.03.2022 № 1152</t>
+          <t>ID - 6073,  Про внесення змін до додатку 3 «Методика розрахунку орендної плати та порядок її використання за комунальне майно Червоноградської територіальної громади», затвердженої рішенням Червоноградської міської ради від 16.12.2021 № 1029 та втрату чинності рішення Червоноградської міської ради від 17.03.2022 № 1152</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>58</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15">
         <v>23</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
@@ -3107,51 +3095,51 @@
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>6076Про надання дозволу на вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень</t>
+          <t>ID - 6076,  Про надання дозволу на вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>58</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18">
         <v>24</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
@@ -3252,51 +3240,51 @@
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>75</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>6077Про затвердження технічної документації з нормативної грошової оцiнки земельних ділянок в межах території Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 6077,  Про затвердження технічної документації з нормативної грошової оцiнки земельних ділянок в межах території Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>76</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>54</v>
@@ -3397,51 +3385,51 @@
       <c r="AQ19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>77</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>6078Про затвердження технічної документації з нормативної грошової оцiнки земельних ділянок в межах території Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 6078,  Про затвердження технічної документації з нормативної грошової оцiнки земельних ділянок в межах території Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20">
         <v>21</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>54</v>
@@ -3542,51 +3530,51 @@
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>78</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>6079Про внесення змін до рішення Червоноградської міської ради від 30.06.2022 року № 1322 «Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території Червоноградської міської ради»</t>
+          <t>ID - 6079,  Про внесення змін до рішення Червоноградської міської ради від 30.06.2022 року № 1322 «Про встановлення ставок орендної плати за земельні ділянки комунальної власності на території Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21">
         <v>22</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -5689,51 +5677,51 @@
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>107</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>6094Про розгляд клопотання Благодійної організації «Благодійний фонд «ШАРІТИ -ЧЕРВОНОГРАД»</t>
+          <t>ID - 6094,  Про розгляд клопотання Благодійної організації «Благодійний фонд «ШАРІТИ -ЧЕРВОНОГРАД»</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>53</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>22</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -5977,51 +5965,51 @@
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>111</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>6096Про розгляд клопотання Благодійної організації «Благодійний фонд «ШАРІТИ -ЧЕРВОНОГРАД»</t>
+          <t>ID - 6096,  Про розгляд клопотання Благодійної організації «Благодійний фонд «ШАРІТИ -ЧЕРВОНОГРАД»</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>58</v>
       </c>
       <c r="E38" t="s">
         <v>49</v>
       </c>
       <c r="F38">
         <v>22</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
@@ -6265,51 +6253,51 @@
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>6099Про розгляд клопотання громадян Гавла Ярослава Степановича, Прокопенка Сергія Васильовича, Наджафова Андрія Ханларовича</t>
+          <t>ID - 6099,  Про розгляд клопотання громадян Гавла Ярослава Степановича, Прокопенка Сергія Васильовича, Наджафова Андрія Ханларовича</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>48</v>
       </c>
       <c r="E40" t="s">
         <v>49</v>
       </c>
       <c r="F40">
         <v>23</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
@@ -6837,52 +6825,54 @@
         <v>51</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>121</v>
       </c>
-      <c r="C44" t="s" s="4">
-        <v>122</v>
+      <c r="C44" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6103,  Внести правку рзвучену Балком Д. І. Встановлення річної орендної плати в розмірі 3%</t>
+        </is>
       </c>
       <c r="D44" t="s">
         <v>56</v>
       </c>
       <c r="E44" t="s">
         <v>49</v>
       </c>
       <c r="F44">
         <v>22</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
       </c>
@@ -6978,54 +6968,54 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>122</v>
+      </c>
+      <c r="C45" t="s" s="4">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D45" t="s">
         <v>58</v>
       </c>
       <c r="E45" t="s">
         <v>49</v>
       </c>
       <c r="F45">
         <v>23</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
       </c>
@@ -7121,54 +7111,54 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>124</v>
+      </c>
+      <c r="C46" t="s" s="4">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D46" t="s">
         <v>48</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46">
         <v>23</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
       </c>
@@ -7264,54 +7254,54 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>126</v>
+      </c>
+      <c r="C47" t="s" s="4">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D47" t="s">
         <v>48</v>
       </c>
       <c r="E47" t="s">
         <v>76</v>
       </c>
       <c r="F47">
         <v>16</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
       </c>
@@ -7407,55 +7397,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>6107Про прийняття під нагляд, охорону та управління частини спадкового майна, а саме: земельних ділянок, земельних часток (паїв) у разі відсутності спадкоємців за заповітом і за законом, усунення їх від права на спадкування, неприйняття ними спадщини, а також відмови від її прийняття після спливу шести місяців з дня відкриття спадщини та установлення органу управління спадщиною на території Червоноградської міської ради</t>
+          <t>ID - 6107,  Про прийняття під нагляд, охорону та управління частини спадкового майна, а саме: земельних ділянок, земельних часток (паїв) у разі відсутності спадкоємців за заповітом і за законом, усунення їх від права на спадкування, неприйняття ними спадщини, а також відмови від її прийняття після спливу шести місяців з дня відкриття спадщини та установлення органу управління спадщиною на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>48</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48">
         <v>23</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
@@ -7552,54 +7542,54 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>129</v>
+      </c>
+      <c r="C49" t="s" s="4">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D49" t="s">
         <v>48</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49">
         <v>21</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
       </c>
@@ -7695,55 +7685,55 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>6109Про розгляд клопотання Сокальського дочірнього лісогосподарського підприємства ЛГП «Галсільліс»</t>
+          <t>ID - 6109,  Про розгляд клопотання Сокальського дочірнього лісогосподарського підприємства ЛГП «Галсільліс»</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>48</v>
       </c>
       <c r="E50" t="s">
         <v>49</v>
       </c>
       <c r="F50">
         <v>22</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
@@ -7840,55 +7830,55 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>6110Про розроблення проекту землеустрою щодо відведення земельної ділянки на території Червоноградської міської ради в місті Соснівка</t>
+          <t>ID - 6110,  Про розроблення проекту землеустрою щодо відведення земельної ділянки на території Червоноградської міської ради в місті Соснівка</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>48</v>
       </c>
       <c r="E51" t="s">
         <v>49</v>
       </c>
       <c r="F51">
         <v>23</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
@@ -7985,54 +7975,54 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>133</v>
+      </c>
+      <c r="C52" t="s" s="4">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D52" t="s">
         <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>49</v>
       </c>
       <c r="F52">
         <v>22</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
       </c>
@@ -8128,54 +8118,56 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>135</v>
+      </c>
+      <c r="C53" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6112,  Про розгляд клопотання Комунального підприємства «Червонограджитлокомунсервіс»</t>
+        </is>
       </c>
       <c r="D53" t="s">
         <v>48</v>
       </c>
       <c r="E53" t="s">
         <v>49</v>
       </c>
       <c r="F53">
         <v>23</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
       </c>
@@ -8271,55 +8263,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>6113Про надання дозволу на виготовлення технічної документації із землеустрою щодо проведення інвентаризації масивів земель сільськогосподарського призначення земельних ділянок часток (паїв) Фермерського господарства «ДЗВІН»</t>
+          <t>ID - 6113,  Про надання дозволу на виготовлення технічної документації із землеустрою щодо проведення інвентаризації масивів земель сільськогосподарського призначення земельних ділянок часток (паїв) Фермерського господарства «ДЗВІН»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>48</v>
       </c>
       <c r="E54" t="s">
         <v>49</v>
       </c>
       <c r="F54">
         <v>24</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
@@ -8416,55 +8408,55 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>6114Про затвердження технічної документації із землеустрою щодо інвентаризації земель з метою формування земельної ділянки, як об’єкта права</t>
+          <t>ID - 6114,  Про затвердження технічної документації із землеустрою щодо інвентаризації земель з метою формування земельної ділянки, як об’єкта права</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>48</v>
       </c>
       <c r="E55" t="s">
         <v>49</v>
       </c>
       <c r="F55">
         <v>23</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
@@ -8561,55 +8553,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>6115Про розроблення проекту землеустрою щодо відведення земельної ділянки на території Червоноградської міської ради (за межами с. Добрячин)</t>
+          <t>ID - 6115,  Про розроблення проекту землеустрою щодо відведення земельної ділянки на території Червоноградської міської ради (за межами с. Добрячин)</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>48</v>
       </c>
       <c r="E56" t="s">
         <v>49</v>
       </c>
       <c r="F56">
         <v>22</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
@@ -8706,55 +8698,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>6116Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4611845300:01:001:0121</t>
+          <t>ID - 6116,  Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4611845300:01:001:0121</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>48</v>
       </c>
       <c r="E57" t="s">
         <v>49</v>
       </c>
       <c r="F57">
         <v>24</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
@@ -8851,55 +8843,55 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>6117Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624886600:05:000:0027</t>
+          <t>ID - 6117,  Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624886600:05:000:0027</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>48</v>
       </c>
       <c r="E58" t="s">
         <v>49</v>
       </c>
       <c r="F58">
         <v>24</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
@@ -8996,55 +8988,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>6118Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624886600:05:000:0029</t>
+          <t>ID - 6118,  Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624886600:05:000:0029</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>48</v>
       </c>
       <c r="E59" t="s">
         <v>49</v>
       </c>
       <c r="F59">
         <v>23</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
@@ -9141,55 +9133,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>6119Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624883500:12:001:0022</t>
+          <t>ID - 6119,  Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624883500:12:001:0022</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>48</v>
       </c>
       <c r="E60" t="s">
         <v>49</v>
       </c>
       <c r="F60">
         <v>23</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
@@ -9286,55 +9278,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>6120Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624886600:19:001:0027</t>
+          <t>ID - 6120,  Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624886600:19:001:0027</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>48</v>
       </c>
       <c r="E61" t="s">
         <v>49</v>
       </c>
       <c r="F61">
         <v>23</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
@@ -9431,55 +9423,55 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>6121Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624886600:05:000:0028</t>
+          <t>ID - 6121,  Про розгляд клопотання ДП «Львіввугілля» щодо земельної ділянки з кадастровим номером 4624886600:05:000:0028</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>48</v>
       </c>
       <c r="E62" t="s">
         <v>49</v>
       </c>
       <c r="F62">
         <v>23</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
@@ -9576,54 +9568,56 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>145</v>
+      </c>
+      <c r="C63" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6122,  Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
+        </is>
       </c>
       <c r="D63" t="s">
         <v>53</v>
       </c>
       <c r="E63" t="s">
         <v>49</v>
       </c>
       <c r="F63">
         <v>23</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>50</v>
       </c>
@@ -9719,54 +9713,54 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D64" t="s">
         <v>56</v>
       </c>
       <c r="E64" t="s">
         <v>76</v>
       </c>
       <c r="F64">
         <v>17</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>50</v>
       </c>
@@ -9862,54 +9856,54 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D65" t="s">
         <v>56</v>
       </c>
       <c r="E65" t="s">
         <v>49</v>
       </c>
       <c r="F65">
         <v>21</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>50</v>
       </c>
@@ -10005,54 +9999,56 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>150</v>
+      </c>
+      <c r="C66" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6125,  Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
+        </is>
       </c>
       <c r="D66" t="s">
         <v>58</v>
       </c>
       <c r="E66" t="s">
         <v>49</v>
       </c>
       <c r="F66">
         <v>22</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>50</v>
       </c>
@@ -10148,55 +10144,55 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>6126Про розгляд клопотання Комунального закладу Львівської обласної ради «Львівське обласне бюро судово-медичної експертизи»</t>
+          <t>ID - 6126,  Про розгляд клопотання Комунального закладу Львівської обласної ради «Львівське обласне бюро судово-медичної експертизи»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>48</v>
       </c>
       <c r="E67" t="s">
         <v>49</v>
       </c>
       <c r="F67">
         <v>23</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
@@ -10293,54 +10289,54 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D68" t="s">
         <v>48</v>
       </c>
       <c r="E68" t="s">
         <v>49</v>
       </c>
       <c r="F68">
         <v>23</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>50</v>
       </c>
@@ -10436,54 +10432,54 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D69" t="s">
         <v>48</v>
       </c>
       <c r="E69" t="s">
         <v>49</v>
       </c>
       <c r="F69">
         <v>21</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>50</v>
       </c>
@@ -10579,55 +10575,55 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>6129Про розгляд клопотання Управління майном спільної власності Львівської обласної ради</t>
+          <t>ID - 6129,  Про розгляд клопотання Управління майном спільної власності Львівської обласної ради</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>48</v>
       </c>
       <c r="E70" t="s">
         <v>49</v>
       </c>
       <c r="F70">
         <v>24</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>50</v>
@@ -10724,54 +10720,54 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C71" t="s" s="4">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D71" t="s">
         <v>48</v>
       </c>
       <c r="E71" t="s">
         <v>49</v>
       </c>
       <c r="F71">
         <v>24</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>50</v>
       </c>
@@ -10867,54 +10863,54 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D72" t="s">
         <v>53</v>
       </c>
       <c r="E72" t="s">
         <v>49</v>
       </c>
       <c r="F72">
         <v>22</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
       </c>
@@ -11010,54 +11006,54 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D73" t="s">
         <v>56</v>
       </c>
       <c r="E73" t="s">
         <v>49</v>
       </c>
       <c r="F73">
         <v>22</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
       </c>
@@ -11153,54 +11149,54 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D74" t="s">
         <v>58</v>
       </c>
       <c r="E74" t="s">
         <v>49</v>
       </c>
       <c r="F74">
         <v>22</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>50</v>
       </c>
@@ -11296,54 +11292,54 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D75" t="s">
         <v>48</v>
       </c>
       <c r="E75" t="s">
         <v>49</v>
       </c>
       <c r="F75">
         <v>21</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>50</v>
       </c>