--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="183">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -179,438 +179,429 @@
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>14.12.23  10:53:07</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>14.12.23  10:53:41</t>
   </si>
   <si>
-    <t>5221Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 5221,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>14.12.23  10:55:42</t>
   </si>
   <si>
-    <t>5222Внести правку озвучену Ковалем В. С.</t>
+    <t>ID - 5222,  Внести правку озвучену Ковалем В. С.</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>14.12.23  10:56:13</t>
   </si>
   <si>
-    <t>5223Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 5223,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>14.12.23  11:03:09</t>
   </si>
   <si>
     <t>14.12.23  11:09:11</t>
   </si>
   <si>
     <t>14.12.23  11:11:14</t>
   </si>
   <si>
-    <t>5227Внести правки озвучені Сементух Л. І.</t>
+    <t>ID - 5227,  Внести правки озвучені Сементух Л. І.</t>
   </si>
   <si>
     <t>14.12.23  11:11:43</t>
   </si>
   <si>
     <t>14.12.23  13:41:44</t>
   </si>
   <si>
     <t>14.12.23  13:58:27</t>
   </si>
   <si>
-    <t>5231Про бюджет Червоноградської міської територіальної громади на 2024 рік</t>
+    <t>ID - 5231,  Про бюджет Червоноградської міської територіальної громади на 2024 рік</t>
   </si>
   <si>
     <t>14.12.23  14:16:42</t>
   </si>
   <si>
-    <t>5232Зняти 2000000 грн. з зарплатного фонду на закупівлю для військових</t>
+    <t>ID - 5232,  Зняти 2000000 грн. з зарплатного фонду на закупівлю для військових</t>
   </si>
   <si>
     <t>14.12.23  14:20:43</t>
   </si>
   <si>
-    <t>5233Внести правки озвучені Сементух Л. І.</t>
+    <t>ID - 5233,  Внести правки озвучені Сементух Л. І.</t>
   </si>
   <si>
     <t>14.12.23  14:21:15</t>
   </si>
   <si>
-    <t>5234Про бюджет Червоноградської міської територіальної громади на 2024 рік</t>
+    <t>ID - 5234,  Про бюджет Червоноградської міської територіальної громади на 2024 рік</t>
   </si>
   <si>
     <t>21.12.23  10:23:24</t>
   </si>
   <si>
     <t>21.12.23  10:28:13</t>
   </si>
   <si>
-    <t>5238В п. де стосується трудового навчання змінити з 1 червня, змінити нумерацію в пунктах</t>
-[...1 lines deleted...]
-  <si>
     <t>21.12.23  10:32:05</t>
   </si>
   <si>
-    <t>5239В п. де стосується трудового навчання змінити з 1 червня, змінити нумерацію в пунктах</t>
-[...1 lines deleted...]
-  <si>
     <t>21.12.23  10:50:35</t>
   </si>
   <si>
-    <t>5240В п. де стосується трудового навчання змінити з 1 червня, змінити нумерацію в пунктах</t>
-[...1 lines deleted...]
-  <si>
     <t>21.12.23  10:51:04</t>
   </si>
   <si>
-    <t>5241Зняти дане питання з порядку денного для доопрацювання</t>
+    <t>ID - 5241,  Зняти дане питання з порядку денного для доопрацювання</t>
   </si>
   <si>
     <t>21.12.23  10:51:33</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>21.12.23  11:49:15</t>
   </si>
   <si>
     <t>21.12.23  12:01:54</t>
   </si>
   <si>
     <t>21.12.23  12:03:18</t>
   </si>
   <si>
     <t>21.12.23  12:04:42</t>
   </si>
   <si>
     <t>21.12.23  12:06:10</t>
   </si>
   <si>
     <t>21.12.23  12:08:55</t>
   </si>
   <si>
-    <t>5248Про визнання уразливими зонами масив (масиви) поверхневих вод</t>
+    <t>ID - 5248,  Про визнання уразливими зонами масив (масиви) поверхневих вод</t>
   </si>
   <si>
     <t>21.12.23  12:10:13</t>
   </si>
   <si>
     <t>21.12.23  12:12:06</t>
   </si>
   <si>
     <t>21.12.23  12:32:36</t>
   </si>
   <si>
     <t>21.12.23  12:38:21</t>
   </si>
   <si>
     <t>21.12.23  12:40:08</t>
   </si>
   <si>
-    <t>5253Про створення Молодіжної ради</t>
+    <t>ID - 5253,  Про створення Молодіжної ради</t>
   </si>
   <si>
     <t>21.12.23  12:49:43</t>
   </si>
   <si>
-    <t>5254Зняти з порядку денного на доопрацювання</t>
+    <t>ID - 5254,  Зняти з порядку денного на доопрацювання</t>
   </si>
   <si>
     <t>21.12.23  12:54:44</t>
   </si>
   <si>
-    <t>5255Про створення Молодіжної ради</t>
+    <t>ID - 5255,  Про створення Молодіжної ради</t>
   </si>
   <si>
     <t>21.12.23  12:56:32</t>
   </si>
   <si>
     <t>21.12.23  13:07:12</t>
   </si>
   <si>
     <t>21.12.23  14:55:58</t>
   </si>
   <si>
     <t>21.12.23  14:57:29</t>
   </si>
   <si>
     <t>21.12.23  14:58:34</t>
   </si>
   <si>
     <t>21.12.23  15:01:01</t>
   </si>
   <si>
     <t>21.12.23  15:02:28</t>
   </si>
   <si>
     <t>21.12.23  15:03:44</t>
   </si>
   <si>
     <t>21.12.23  15:05:08</t>
   </si>
   <si>
     <t>21.12.23  15:06:43</t>
   </si>
   <si>
-    <t>5267Про розгляд клопотання громадянки Корінь Діани Ігорівни</t>
+    <t>ID - 5267,  Про розгляд клопотання громадянки Корінь Діани Ігорівни</t>
   </si>
   <si>
     <t>21.12.23  15:09:27</t>
   </si>
   <si>
-    <t>5268Про розгляд клопотання Товариства з обмеженою відповідальністю «Преміум Ваш»</t>
+    <t>ID - 5268,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Преміум Ваш»</t>
   </si>
   <si>
     <t>21.12.23  15:11:34</t>
   </si>
   <si>
-    <t>5269Про надання в оренду земельних ділянок</t>
+    <t>ID - 5269,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>21.12.23  15:12:40</t>
   </si>
   <si>
-    <t>5270Про надання в оренду земельних ділянок</t>
+    <t>ID - 5270,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>21.12.23  15:13:26</t>
   </si>
   <si>
-    <t>5271в пункті 2-3 замінити на 5 років</t>
+    <t>ID - 5271,  в пункті 2-3 замінити на 5 років</t>
   </si>
   <si>
     <t>21.12.23  15:13:54</t>
   </si>
   <si>
-    <t>5272Про надання в оренду земельних ділянок</t>
+    <t>ID - 5272,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>21.12.23  15:17:17</t>
   </si>
   <si>
-    <t>5273Про розгляд клопотання громадянки Нискогуз Марії Михайлівни</t>
+    <t>ID - 5273,  Про розгляд клопотання громадянки Нискогуз Марії Михайлівни</t>
   </si>
   <si>
     <t>21.12.23  15:17:49</t>
   </si>
   <si>
-    <t>5274Про розгляд клопотання громадянки Нискогуз Марії Михайлівни</t>
+    <t>ID - 5274,  Про розгляд клопотання громадянки Нискогуз Марії Михайлівни</t>
   </si>
   <si>
     <t>21.12.23  15:20:08</t>
   </si>
   <si>
     <t>21.12.23  15:21:18</t>
   </si>
   <si>
-    <t>5276Про припинення права оренди земельної ділянки</t>
+    <t>ID - 5276,  Про припинення права оренди земельної ділянки</t>
   </si>
   <si>
     <t>21.12.23  15:22:42</t>
   </si>
   <si>
-    <t>5277Про розгляд заяви громадянки Ждан Тетяни Василівни</t>
+    <t>ID - 5277,  Про розгляд заяви громадянки Ждан Тетяни Василівни</t>
   </si>
   <si>
     <t>21.12.23  15:23:43</t>
   </si>
   <si>
-    <t>5278Про розгляд клопотання громадянки Соляк Ірини Ярославівни</t>
+    <t>ID - 5278,  Про розгляд клопотання громадянки Соляк Ірини Ярославівни</t>
   </si>
   <si>
     <t>21.12.23  15:24:44</t>
   </si>
   <si>
-    <t>5279Про розгляд клопотання громадянина Путька Олега Степановича</t>
+    <t>ID - 5279,  Про розгляд клопотання громадянина Путька Олега Степановича</t>
   </si>
   <si>
     <t>21.12.23  15:25:58</t>
   </si>
   <si>
-    <t>5280Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 5280,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>21.12.23  15:27:06</t>
   </si>
   <si>
-    <t>5281Про розгляд клопотання Фермерського господарства «Дзвін»</t>
+    <t>ID - 5281,  Про розгляд клопотання Фермерського господарства «Дзвін»</t>
   </si>
   <si>
     <t>21.12.23  15:29:21</t>
   </si>
   <si>
     <t>21.12.23  15:32:33</t>
   </si>
   <si>
     <t>21.12.23  15:34:39</t>
   </si>
   <si>
     <t>21.12.23  15:35:12</t>
   </si>
   <si>
     <t>21.12.23  15:35:57</t>
   </si>
   <si>
     <t>21.12.23  15:37:40</t>
   </si>
   <si>
     <t>21.12.23  15:38:53</t>
   </si>
   <si>
     <t>21.12.23  15:39:56</t>
   </si>
   <si>
-    <t>5289Про розгляд клопотання громадянина Кулинача Павла Михайловича</t>
+    <t>ID - 5289,  Про розгляд клопотання громадянина Кулинача Павла Михайловича</t>
   </si>
   <si>
     <t>21.12.23  15:41:41</t>
   </si>
   <si>
-    <t>5290Про розгляд клопотання громадянина Шмигельського Сергія Федоровича</t>
+    <t>ID - 5290,  Про розгляд клопотання громадянина Шмигельського Сергія Федоровича</t>
   </si>
   <si>
     <t>21.12.23  15:46:06</t>
   </si>
   <si>
     <t>21.12.23  15:47:52</t>
   </si>
   <si>
     <t>21.12.23  15:50:20</t>
   </si>
   <si>
     <t>21.12.23  15:51:20</t>
   </si>
   <si>
     <t>21.12.23  15:53:00</t>
   </si>
   <si>
     <t>21.12.23  15:54:28</t>
   </si>
   <si>
     <t>21.12.23  15:57:06</t>
   </si>
   <si>
     <t>21.12.23  15:58:58</t>
   </si>
   <si>
     <t>21.12.23  15:59:40</t>
   </si>
   <si>
     <t>21.12.23  16:00:40</t>
   </si>
   <si>
     <t>21.12.23  16:01:38</t>
   </si>
   <si>
-    <t>5301Про розгляд клопотання громадянки Сторощук І.О.</t>
+    <t>ID - 5301,  Про розгляд клопотання громадянки Сторощук І.О.</t>
   </si>
   <si>
     <t>21.12.23  16:05:22</t>
   </si>
   <si>
-    <t>5302Про затвердження проектів землеустрою щодо відведення земельних ділянок</t>
+    <t>ID - 5302,  Про затвердження проектів землеустрою щодо відведення земельних ділянок</t>
   </si>
   <si>
     <t>21.12.23  16:07:12</t>
   </si>
   <si>
-    <t>5303Про припинення права постійного користування земельною ділянкою</t>
+    <t>ID - 5303,  Про припинення права постійного користування земельною ділянкою</t>
   </si>
   <si>
     <t>21.12.23  16:08:40</t>
   </si>
   <si>
-    <t>5304Про продаж у власність земельної ділянки громадянину Кибі Роману Богдановичу</t>
+    <t>ID - 5304,  Про продаж у власність земельної ділянки громадянину Кибі Роману Богдановичу</t>
   </si>
   <si>
     <t>21.12.23  16:09:52</t>
   </si>
   <si>
-    <t>5305Про розгляд клопотання громадянина Олійника Андрія Івановича</t>
+    <t>ID - 5305,  Про розгляд клопотання громадянина Олійника Андрія Івановича</t>
   </si>
   <si>
     <t>21.12.23  16:11:20</t>
   </si>
   <si>
-    <t>5306Про розгляд клопотання приватного підприємства «Сузір’я»</t>
+    <t>ID - 5306,  Про розгляд клопотання приватного підприємства «Сузір’я»</t>
   </si>
   <si>
     <t>21.12.23  16:13:13</t>
   </si>
   <si>
-    <t>5307Про розгляд заяви Товариства з обмеженою відповідальністю фірма «Горизонт»</t>
+    <t>ID - 5307,  Про розгляд заяви Товариства з обмеженою відповідальністю фірма «Горизонт»</t>
   </si>
   <si>
     <t>21.12.23  16:14:02</t>
   </si>
   <si>
-    <t>5308Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 5308,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>21.12.23  16:17:49</t>
   </si>
   <si>
-    <t>5309Внести правки озвучені Кудриком І. І.</t>
+    <t>ID - 5309,  Внести правки озвучені Кудриком І. І.</t>
   </si>
   <si>
     <t>21.12.23  16:18:18</t>
   </si>
   <si>
-    <t>5310Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 5310,  Про надання одноразової матеріальної допомоги</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -838,51 +829,51 @@
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>5219Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 5219,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>25</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -983,51 +974,51 @@
       <c r="AQ2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>5220Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 5220,  Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>48</v>
       </c>
       <c r="E3" t="s">
         <v>53</v>
       </c>
       <c r="F3">
         <v>16</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>50</v>
@@ -1557,51 +1548,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>5224Про внесення змін в рішення Червоноградської міської ради від 16.11.2023 № 2168 `Про надання пiльг з безкоштовного відвідування плавального басейну КП “Спорткомплекс Шахтар”`</t>
+          <t>ID - 5224,  Про внесення змін в рішення Червоноградської міської ради від 16.11.2023 № 2168 `Про надання пiльг з безкоштовного відвідування плавального басейну КП “Спорткомплекс Шахтар”`</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>25</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1702,51 +1693,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>5226Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік</t>
+          <t>ID - 5226,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8">
         <v>24</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -1990,51 +1981,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>5228Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік</t>
+          <t>ID - 5228,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>63</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10">
         <v>24</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>54</v>
@@ -2135,51 +2126,51 @@
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>69</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>5230Про продовження терміну використання коштів субвенцій, наданих іншим бюджетам у 2023 році (1358700000) (код бюджету)</t>
+          <t>ID - 5230,  Про продовження терміну використання коштів субвенцій, наданих іншим бюджетам у 2023 році (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>48</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
         <v>21</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
@@ -2852,51 +2843,51 @@
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>78</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>5237Про затвердження плану заходів щодо збалансування бюджету Червоноградської міської територіальної громади у 2024 році</t>
+          <t>ID - 5237,  Про затвердження плану заходів щодо збалансування бюджету Червоноградської міської територіальної громади у 2024 році</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>57</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16">
         <v>25</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -2995,52 +2986,54 @@
         <v>50</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>79</v>
       </c>
-      <c r="C17" t="s" s="4">
-        <v>80</v>
+      <c r="C17" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5238,  В п. де стосується трудового навчання змінити з 1 червня, змінити нумерацію в пунктах</t>
+        </is>
       </c>
       <c r="D17" t="s">
         <v>60</v>
       </c>
       <c r="E17" t="s">
         <v>53</v>
       </c>
       <c r="F17">
         <v>5</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>54</v>
       </c>
@@ -3136,54 +3129,56 @@
       </c>
       <c r="AP17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>80</v>
+      </c>
+      <c r="C18" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5239,  В п. де стосується трудового навчання змінити з 1 червня, змінити нумерацію в пунктах</t>
+        </is>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
         <v>53</v>
       </c>
       <c r="F18">
         <v>17</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
       </c>
@@ -3279,54 +3274,56 @@
       </c>
       <c r="AP18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>81</v>
+      </c>
+      <c r="C19" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5240,  В п. де стосується трудового навчання змінити з 1 червня, змінити нумерацію в пунктах</t>
+        </is>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19">
         <v>20</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
       </c>
@@ -3422,54 +3419,54 @@
       </c>
       <c r="AP19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C20" t="s" s="4">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
       <c r="E20" t="s">
         <v>53</v>
       </c>
       <c r="F20">
         <v>11</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>54</v>
       </c>
@@ -3565,55 +3562,55 @@
       </c>
       <c r="AP20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>5242Про затвердження плану заходів щодо збалансування бюджету Червоноградської міської територіальної громади у 2024 році</t>
+          <t>ID - 5242,  Про затвердження плану заходів щодо збалансування бюджету Червоноградської міської територіальної громади у 2024 році</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
       <c r="E21" t="s">
         <v>53</v>
       </c>
       <c r="F21">
         <v>12</v>
       </c>
       <c r="G21">
         <v>3</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -3624,141 +3621,141 @@
       <c r="M21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="AH21" t="s" s="5">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AM21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>5243Про звіт Червоноградського міського голови про діяльність виконавчих органів Червоноградської міської ради за 2023 рік</t>
+          <t>ID - 5243,  Про звіт Червоноградського міського голови про діяльність виконавчих органів Червоноградської міської ради за 2023 рік</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>48</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22">
         <v>28</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -3855,55 +3852,55 @@
       </c>
       <c r="AP22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>5244Про затвердження Положення про пожежно-рятувальнийпідрозділ (пожежні дружини) для забезпечення добровільної пожежної охорони Червоноградської міської територіальної громади</t>
+          <t>ID - 5244,  Про затвердження Положення про пожежно-рятувальнийпідрозділ (пожежні дружини) для забезпечення добровільної пожежної охорони Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>48</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23">
         <v>27</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
@@ -4000,55 +3997,55 @@
       </c>
       <c r="AP23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>5245Про надання дозволу комунальному підприємству «Червонограджитлокомунсервіс» на списання з балансу об’єктів комунальної власності - нежитлових приміщень м. Червонограда</t>
+          <t>ID - 5245,  Про надання дозволу комунальному підприємству «Червонограджитлокомунсервіс» на списання з балансу об’єктів комунальної власності - нежитлових приміщень м. Червонограда</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>48</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24">
         <v>26</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
@@ -4145,55 +4142,55 @@
       </c>
       <c r="AP24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>5246Про надання дозволу комунальному підприємству «Червонограджитлокомунсервіс» на списання з балансу приватизованих квартир у 2023 році</t>
+          <t>ID - 5246,  Про надання дозволу комунальному підприємству «Червонограджитлокомунсервіс» на списання з балансу приватизованих квартир у 2023 році</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>48</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25">
         <v>25</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
@@ -4290,55 +4287,55 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>5247Про затвердження статуту комунального пiдприємства «Червоноградводоканал» в новiй редакції</t>
+          <t>ID - 5247,  Про затвердження статуту комунального пiдприємства «Червоноградводоканал» в новiй редакції</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>48</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26">
         <v>27</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
@@ -4435,54 +4432,54 @@
       </c>
       <c r="AP26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s" s="4">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D27" t="s">
         <v>48</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27">
         <v>27</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
       </c>
@@ -4578,55 +4575,55 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>5249Про надання дозволу комунальному підприємству «Червонограджитлокомунсервіс» на безоплатну передачу залізобетонних тротуарних плит, що були у використанні</t>
+          <t>ID - 5249,  Про надання дозволу комунальному підприємству «Червонограджитлокомунсервіс» на безоплатну передачу залізобетонних тротуарних плит, що були у використанні</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28">
         <v>27</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
@@ -4723,55 +4720,55 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>5250Про звернення Червоноградської мiської ради Львівської області до Кабінету Міністрів України щодо арешту коштів комунального підпримєства «Червоноградтеплокомуненерго» та неможливості виконання постанови Кабінету Міністрів України від 19 липня 2022 року № 812</t>
+          <t>ID - 5250,  Про звернення Червоноградської мiської ради Львівської області до Кабінету Міністрів України щодо арешту коштів комунального підпримєства «Червоноградтеплокомуненерго» та неможливості виконання постанови Кабінету Міністрів України від 19 липня 2022 року № 812</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>48</v>
       </c>
       <c r="E29" t="s">
         <v>49</v>
       </c>
       <c r="F29">
         <v>27</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
@@ -4868,55 +4865,55 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>5251Про затвердження містобудівної документації `Детальний план території садибної забудови в південній частині с. Рудка Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 5251,  Про затвердження містобудівної документації `Детальний план території садибної забудови в південній частині с. Рудка Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>48</v>
       </c>
       <c r="E30" t="s">
         <v>49</v>
       </c>
       <c r="F30">
         <v>28</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
@@ -5013,55 +5010,55 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>5252Про звернення Червоноградської міської ради до Кабінету Міністрів України про недопущення ускладнення ввезення гуманітарної допомоги в Україну</t>
+          <t>ID - 5252,  Про звернення Червоноградської міської ради до Кабінету Міністрів України про недопущення ускладнення ввезення гуманітарної допомоги в Україну</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>48</v>
       </c>
       <c r="E31" t="s">
         <v>49</v>
       </c>
       <c r="F31">
         <v>25</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -5158,54 +5155,54 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C32" t="s" s="4">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D32" t="s">
         <v>57</v>
       </c>
       <c r="E32" t="s">
         <v>49</v>
       </c>
       <c r="F32">
         <v>23</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5301,54 +5298,54 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C33" t="s" s="4">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D33" t="s">
         <v>60</v>
       </c>
       <c r="E33" t="s">
         <v>53</v>
       </c>
       <c r="F33">
         <v>16</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5444,78 +5441,78 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D34" t="s">
         <v>63</v>
       </c>
       <c r="E34" t="s">
         <v>53</v>
       </c>
       <c r="F34">
         <v>19</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>51</v>
       </c>
@@ -5555,87 +5552,87 @@
       <c r="AE34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK34" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM34" t="s" s="5">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="AN34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>5256Про надання дозволу комунальному пiдприємству Червоноградський ринок на залучення кредиту у формi овердрафт</t>
+          <t>ID - 5256,  Про надання дозволу комунальному пiдприємству Червоноградський ринок на залучення кредиту у формi овердрафт</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>48</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
         <v>26</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
@@ -5732,55 +5729,55 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>5257Про припинення юридичної особи комунального підприємства «Соснівський міський ринок» шляхом ліквідації</t>
+          <t>ID - 5257,  Про припинення юридичної особи комунального підприємства «Соснівський міський ринок» шляхом ліквідації</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>48</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>27</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -5877,55 +5874,55 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>5260Про затвердження плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
+          <t>ID - 5260,  Про затвердження плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>48</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37">
         <v>23</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
@@ -6022,55 +6019,55 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>5261Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 5261,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>48</v>
       </c>
       <c r="E38" t="s">
         <v>49</v>
       </c>
       <c r="F38">
         <v>23</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
@@ -6167,55 +6164,55 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>5262Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 5262,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>48</v>
       </c>
       <c r="E39" t="s">
         <v>49</v>
       </c>
       <c r="F39">
         <v>23</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
@@ -6312,55 +6309,55 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>5263Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 5263,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>48</v>
       </c>
       <c r="E40" t="s">
         <v>49</v>
       </c>
       <c r="F40">
         <v>23</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
@@ -6457,55 +6454,55 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>5264Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 5264,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>48</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>23</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
@@ -6602,55 +6599,55 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>5265Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 5265,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>48</v>
       </c>
       <c r="E42" t="s">
         <v>49</v>
       </c>
       <c r="F42">
         <v>23</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
@@ -6747,55 +6744,55 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>5266Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в місті Червоноград на вулиці Героїв Майдану, 16</t>
+          <t>ID - 5266,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в місті Червоноград на вулиці Героїв Майдану, 16</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>48</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43">
         <v>25</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
@@ -6892,54 +6889,54 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D44" t="s">
         <v>48</v>
       </c>
       <c r="E44" t="s">
         <v>49</v>
       </c>
       <c r="F44">
         <v>24</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
       </c>
@@ -7035,54 +7032,54 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D45" t="s">
         <v>48</v>
       </c>
       <c r="E45" t="s">
         <v>49</v>
       </c>
       <c r="F45">
         <v>25</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
       </c>
@@ -7178,54 +7175,54 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D46" t="s">
         <v>48</v>
       </c>
       <c r="E46" t="s">
         <v>53</v>
       </c>
       <c r="F46">
         <v>7</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
       </c>
@@ -7321,54 +7318,54 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s" s="4">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D47" t="s">
         <v>57</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47">
         <v>24</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
       </c>
@@ -7464,54 +7461,54 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s" s="4">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48">
         <v>21</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
       </c>
@@ -7607,54 +7604,54 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s" s="4">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D49" t="s">
         <v>63</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49">
         <v>25</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
       </c>
@@ -7750,54 +7747,54 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
         <v>48</v>
       </c>
       <c r="E50" t="s">
         <v>53</v>
       </c>
       <c r="F50">
         <v>15</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>1</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>54</v>
       </c>
@@ -7810,51 +7807,51 @@
       <c r="N50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V50" t="s" s="5">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>50</v>
       </c>
@@ -7893,54 +7890,54 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
         <v>48</v>
       </c>
       <c r="E51" t="s">
         <v>49</v>
       </c>
       <c r="F51">
         <v>21</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>54</v>
       </c>
@@ -8036,55 +8033,55 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>5275Про замовлення виготовлення технiчної документації iз землеустрою щодо поділу земельної ділянки на території Червоноградської міської ради</t>
+          <t>ID - 5275,  Про замовлення виготовлення технiчної документації iз землеустрою щодо поділу земельної ділянки на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>49</v>
       </c>
       <c r="F52">
         <v>23</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>54</v>
@@ -8181,54 +8178,54 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D53" t="s">
         <v>48</v>
       </c>
       <c r="E53" t="s">
         <v>49</v>
       </c>
       <c r="F53">
         <v>24</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>54</v>
       </c>
@@ -8324,54 +8321,54 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C54" t="s" s="4">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D54" t="s">
         <v>48</v>
       </c>
       <c r="E54" t="s">
         <v>49</v>
       </c>
       <c r="F54">
         <v>24</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>54</v>
       </c>
@@ -8467,54 +8464,54 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D55" t="s">
         <v>48</v>
       </c>
       <c r="E55" t="s">
         <v>49</v>
       </c>
       <c r="F55">
         <v>24</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>54</v>
       </c>
@@ -8610,54 +8607,54 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D56" t="s">
         <v>48</v>
       </c>
       <c r="E56" t="s">
         <v>49</v>
       </c>
       <c r="F56">
         <v>23</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>54</v>
       </c>
@@ -8753,54 +8750,54 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D57" t="s">
         <v>48</v>
       </c>
       <c r="E57" t="s">
         <v>49</v>
       </c>
       <c r="F57">
         <v>22</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>54</v>
       </c>
@@ -8896,54 +8893,54 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D58" t="s">
         <v>48</v>
       </c>
       <c r="E58" t="s">
         <v>49</v>
       </c>
       <c r="F58">
         <v>24</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>54</v>
       </c>
@@ -9039,55 +9036,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>5282Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для ведення товарного сільськогосподарського виробництва</t>
+          <t>ID - 5282,  Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для ведення товарного сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>48</v>
       </c>
       <c r="E59" t="s">
         <v>49</v>
       </c>
       <c r="F59">
         <v>22</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>54</v>
@@ -9184,55 +9181,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>5283Про затвердження проектів землеустрою щодо відведення земельних ділянок в оренду в селі Сілець</t>
+          <t>ID - 5283,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в оренду в селі Сілець</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>48</v>
       </c>
       <c r="E60" t="s">
         <v>49</v>
       </c>
       <c r="F60">
         <v>24</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>54</v>
@@ -9329,55 +9326,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>5284Про розгляд клопотання громадян Давидюка Валерія Семеновича та Козак Анастасії Богданівни</t>
+          <t>ID - 5284,  Про розгляд клопотання громадян Давидюка Валерія Семеновича та Козак Анастасії Богданівни</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>48</v>
       </c>
       <c r="E61" t="s">
         <v>53</v>
       </c>
       <c r="F61">
         <v>19</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>54</v>
@@ -9474,55 +9471,55 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>5285Про розгляд клопотання громадян Давидюка Валерія Семеновича та Козак Анастасії Богданівни</t>
+          <t>ID - 5285,  Про розгляд клопотання громадян Давидюка Валерія Семеновича та Козак Анастасії Богданівни</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>48</v>
       </c>
       <c r="E62" t="s">
         <v>53</v>
       </c>
       <c r="F62">
         <v>19</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>54</v>
@@ -9619,55 +9616,55 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>5286Про розгляд клопотання громадян Давидюка Валерія Семеновича та Козак Анастасії Богданівни</t>
+          <t>ID - 5286,  Про розгляд клопотання громадян Давидюка Валерія Семеновича та Козак Анастасії Богданівни</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>48</v>
       </c>
       <c r="E63" t="s">
         <v>49</v>
       </c>
       <c r="F63">
         <v>23</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>54</v>
@@ -9764,55 +9761,55 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>5287Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для городництва</t>
+          <t>ID - 5287,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для городництва</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>48</v>
       </c>
       <c r="E64" t="s">
         <v>49</v>
       </c>
       <c r="F64">
         <v>24</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>54</v>
@@ -9909,55 +9906,55 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>5288Про затвердження проекту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Солтиси</t>
+          <t>ID - 5288,  Про затвердження проекту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Солтиси</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>48</v>
       </c>
       <c r="E65" t="s">
         <v>49</v>
       </c>
       <c r="F65">
         <v>26</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>54</v>
@@ -10054,54 +10051,54 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D66" t="s">
         <v>48</v>
       </c>
       <c r="E66" t="s">
         <v>49</v>
       </c>
       <c r="F66">
         <v>23</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>54</v>
       </c>
@@ -10197,54 +10194,54 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D67" t="s">
         <v>48</v>
       </c>
       <c r="E67" t="s">
         <v>49</v>
       </c>
       <c r="F67">
         <v>21</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>54</v>
       </c>
@@ -10340,55 +10337,55 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>5291Про затвердження технічних документацій з нормативної грошової оцiнки земельних ділянок на території Червоноградської міської територіальної громади (за межами с. Сілець та за межами с. Острів)</t>
+          <t>ID - 5291,  Про затвердження технічних документацій з нормативної грошової оцiнки земельних ділянок на території Червоноградської міської територіальної громади (за межами с. Сілець та за межами с. Острів)</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>48</v>
       </c>
       <c r="E68" t="s">
         <v>49</v>
       </c>
       <c r="F68">
         <v>22</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>54</v>
@@ -10485,55 +10482,55 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>5292Про розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель в м. Червоноград</t>
+          <t>ID - 5292,  Про розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель в м. Червоноград</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>48</v>
       </c>
       <c r="E69" t="s">
         <v>49</v>
       </c>
       <c r="F69">
         <v>23</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>54</v>
@@ -10630,55 +10627,55 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>5293Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Захисників України, 3, кадастровий номер земельної ділянки 4611800000:03:009:0138</t>
+          <t>ID - 5293,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Захисників України, 3, кадастровий номер земельної ділянки 4611800000:03:009:0138</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>48</v>
       </c>
       <c r="E70" t="s">
         <v>49</v>
       </c>
       <c r="F70">
         <v>25</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>54</v>
@@ -10775,55 +10772,55 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>5294Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Захисників України, 5, кадастровий номер земельної ділянки 4611800000:03:005:0106</t>
+          <t>ID - 5294,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах(на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Захисників України, 5, кадастровий номер земельної ділянки 4611800000:03:005:0106</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>48</v>
       </c>
       <c r="E71" t="s">
         <v>49</v>
       </c>
       <c r="F71">
         <v>24</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>54</v>
@@ -10920,55 +10917,55 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>5295Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці С. Бандери, в районі будинку № 41, кадастровий номер земельної ділянки 4611800000:02:001:0029</t>
+          <t>ID - 5295,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці С. Бандери, в районі будинку № 41, кадастровий номер земельної ділянки 4611800000:02:001:0029</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>48</v>
       </c>
       <c r="E72" t="s">
         <v>49</v>
       </c>
       <c r="F72">
         <v>23</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>54</v>
@@ -11065,55 +11062,55 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>5296Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, квартал «Солокія» кадастровий номер земельної ділянки 4611800000:05:011:0129</t>
+          <t>ID - 5296,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, квартал «Солокія» кадастровий номер земельної ділянки 4611800000:05:011:0129</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>48</v>
       </c>
       <c r="E73" t="s">
         <v>49</v>
       </c>
       <c r="F73">
         <v>23</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>54</v>
@@ -11210,55 +11207,55 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>5297Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Солтиси кадастровий номер земельної ділянки 4624886600:02:000:0057</t>
+          <t>ID - 5297,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Солтиси кадастровий номер земельної ділянки 4624886600:02:000:0057</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>48</v>
       </c>
       <c r="E74" t="s">
         <v>49</v>
       </c>
       <c r="F74">
         <v>25</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>54</v>
@@ -11355,55 +11352,55 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>5298Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин (за межами населеного пункту) Червоноградської міської територіальної громади кадастровий номер земельної ділянки 4624881300:03:000:0019</t>
+          <t>ID - 5298,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин (за межами населеного пункту) Червоноградської міської територіальної громади кадастровий номер земельної ділянки 4624881300:03:000:0019</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>48</v>
       </c>
       <c r="E75" t="s">
         <v>49</v>
       </c>
       <c r="F75">
         <v>24</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>54</v>
@@ -11500,55 +11497,55 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>5299Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин (за межами населеного пункту) Червоноградської міської територіальної громади кадастровий номер земельної ділянки 4624881300:03:000:0018</t>
+          <t>ID - 5299,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин (за межами населеного пункту) Червоноградської міської територіальної громади кадастровий номер земельної ділянки 4624881300:03:000:0018</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>48</v>
       </c>
       <c r="E76" t="s">
         <v>49</v>
       </c>
       <c r="F76">
         <v>25</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>54</v>
@@ -11645,55 +11642,55 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>5300Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин (за межами населеного пункту) Червоноградської міської територіальної громади кадастровий номер земельної ділянки 4624881300:03:000:0021</t>
+          <t>ID - 5300,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин (за межами населеного пункту) Червоноградської міської територіальної громади кадастровий номер земельної ділянки 4624881300:03:000:0021</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>48</v>
       </c>
       <c r="E77" t="s">
         <v>49</v>
       </c>
       <c r="F77">
         <v>24</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>54</v>
@@ -11790,54 +11787,54 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D78" t="s">
         <v>48</v>
       </c>
       <c r="E78" t="s">
         <v>49</v>
       </c>
       <c r="F78">
         <v>25</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>54</v>
       </c>
@@ -11933,54 +11930,54 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D79" t="s">
         <v>48</v>
       </c>
       <c r="E79" t="s">
         <v>49</v>
       </c>
       <c r="F79">
         <v>24</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>54</v>
       </c>
@@ -12076,54 +12073,54 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C80" t="s" s="4">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D80" t="s">
         <v>48</v>
       </c>
       <c r="E80" t="s">
         <v>49</v>
       </c>
       <c r="F80">
         <v>25</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>54</v>
       </c>
@@ -12219,54 +12216,54 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="D81" t="s">
         <v>48</v>
       </c>
       <c r="E81" t="s">
         <v>49</v>
       </c>
       <c r="F81">
         <v>25</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>54</v>
       </c>
@@ -12362,54 +12359,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D82" t="s">
         <v>48</v>
       </c>
       <c r="E82" t="s">
         <v>49</v>
       </c>
       <c r="F82">
         <v>24</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>54</v>
       </c>
@@ -12505,54 +12502,54 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D83" t="s">
         <v>48</v>
       </c>
       <c r="E83" t="s">
         <v>49</v>
       </c>
       <c r="F83">
         <v>22</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>54</v>
       </c>
@@ -12648,54 +12645,54 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D84" t="s">
         <v>48</v>
       </c>
       <c r="E84" t="s">
         <v>49</v>
       </c>
       <c r="F84">
         <v>24</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>54</v>
       </c>
@@ -12791,54 +12788,54 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D85" t="s">
         <v>57</v>
       </c>
       <c r="E85" t="s">
         <v>49</v>
       </c>
       <c r="F85">
         <v>25</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>54</v>
       </c>
@@ -12934,54 +12931,54 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D86" t="s">
         <v>60</v>
       </c>
       <c r="E86" t="s">
         <v>49</v>
       </c>
       <c r="F86">
         <v>26</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>54</v>
       </c>
@@ -13077,54 +13074,54 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D87" t="s">
         <v>63</v>
       </c>
       <c r="E87" t="s">
         <v>49</v>
       </c>
       <c r="F87">
         <v>26</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>54</v>
       </c>