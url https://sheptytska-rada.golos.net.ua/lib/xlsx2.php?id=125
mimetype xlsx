--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="189">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -173,96 +173,96 @@
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
     <t>16.11.23  10:47:06</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>16.11.23  10:53:55</t>
   </si>
   <si>
-    <t>5114Виключити Кристинопіль у зверненні</t>
+    <t>ID - 5114,  Виключити Кристинопіль у зверненні</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>16.11.23  10:58:05</t>
   </si>
   <si>
-    <t>5115Перенести на наступну сесію дане рішення</t>
+    <t>ID - 5115,  Перенести на наступну сесію дане рішення</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>16.11.23  10:58:51</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>16.11.23  11:00:14</t>
   </si>
   <si>
-    <t>5117Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 5117,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>16.11.23  11:01:37</t>
   </si>
   <si>
-    <t>5118Про депутатські запити</t>
+    <t>ID - 5118,  Про депутатські запити</t>
   </si>
   <si>
     <t>16.11.23  11:02:38</t>
   </si>
   <si>
-    <t>5120Про депутатські запити</t>
+    <t>ID - 5120,  Про депутатські запити</t>
   </si>
   <si>
     <t>16.11.23  11:06:50</t>
   </si>
   <si>
     <t>16.11.23  11:09:48</t>
   </si>
   <si>
     <t>16.11.23  11:13:38</t>
   </si>
   <si>
     <t>16.11.23  11:15:39</t>
   </si>
   <si>
     <t>16.11.23  11:17:51</t>
   </si>
   <si>
     <t>16.11.23  11:19:04</t>
   </si>
   <si>
     <t>16.11.23  11:21:30</t>
   </si>
   <si>
     <t>16.11.23  11:40:24</t>
   </si>
@@ -281,351 +281,345 @@
   <si>
     <t>16.11.23  12:25:51</t>
   </si>
   <si>
     <t>16.11.23  12:27:12</t>
   </si>
   <si>
     <t>16.11.23  12:28:35</t>
   </si>
   <si>
     <t>16.11.23  12:30:00</t>
   </si>
   <si>
     <t>16.11.23  12:30:47</t>
   </si>
   <si>
     <t>16.11.23  12:33:02</t>
   </si>
   <si>
     <t>16.11.23  12:33:50</t>
   </si>
   <si>
     <t>16.11.23  12:46:13</t>
   </si>
   <si>
-    <t>5140Внести зміни в п.2 , п.62, озвучені Ващук М. В. </t>
+    <t>ID - 5140,  Внести зміни в п.2 , п.62, озвучені Ващук М. В. </t>
   </si>
   <si>
     <t>16.11.23  12:47:22</t>
   </si>
   <si>
-    <t>5141Внести зміни в п.2 , п.62, озвучені Ващук М. В. </t>
+    <t>ID - 5141,  Внести зміни в п.2 , п.62, озвучені Ващук М. В. </t>
   </si>
   <si>
     <t>16.11.23  12:47:52</t>
   </si>
   <si>
     <t>16.11.23  12:48:58</t>
   </si>
   <si>
     <t>16.11.23  12:49:32</t>
   </si>
   <si>
-    <t>5144Вивести Остапюка П. П. зі складу комісії</t>
+    <t>ID - 5144,  Вивести Остапюка П. П. зі складу комісії</t>
   </si>
   <si>
     <t>16.11.23  12:50:06</t>
   </si>
   <si>
     <t>16.11.23  12:51:03</t>
   </si>
   <si>
-    <t>5146Про внесення змiн до рiшень Червоноградської мiської ради вiд 25.04.2017 № 505 вiд 25.07.2019 № 1298</t>
-[...1 lines deleted...]
-  <si>
     <t>16.11.23  12:52:17</t>
   </si>
   <si>
     <t>16.11.23  12:52:53</t>
   </si>
   <si>
-    <t>5148Про безоплатну передачу основних засобів</t>
+    <t>ID - 5148,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>16.11.23  12:54:23</t>
   </si>
   <si>
-    <t>5149Внести правку в п.6 змінити військову частину на Т0910</t>
+    <t>ID - 5149,  Внести правку в п.6 змінити військову частину на Т0910</t>
   </si>
   <si>
     <t>16.11.23  12:54:52</t>
   </si>
   <si>
-    <t>5150Про безоплатну передачу основних засобів</t>
+    <t>ID - 5150,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>16.11.23  12:56:06</t>
   </si>
   <si>
     <t>16.11.23  12:57:17</t>
   </si>
   <si>
-    <t>5152Доповнити проект рішення пп 1.4, 1.5, 1.6</t>
+    <t>ID - 5152,  Доповнити проект рішення пп 1.4, 1.5, 1.6</t>
   </si>
   <si>
     <t>16.11.23  12:57:46</t>
   </si>
   <si>
     <t>16.11.23  12:58:17</t>
   </si>
   <si>
     <t>16.11.23  12:59:40</t>
   </si>
   <si>
-    <t>5155Включити в список Яструб Р. Б.</t>
+    <t>ID - 5155,  Включити в список Яструб Р. Б.</t>
   </si>
   <si>
     <t>16.11.23  13:00:10</t>
   </si>
   <si>
     <t>16.11.23  13:03:36</t>
   </si>
   <si>
     <t>16.11.23  13:05:40</t>
   </si>
   <si>
     <t>16.11.23  13:07:17</t>
   </si>
   <si>
-    <t>5159Доповнити список - особи інваліди з дитинства</t>
+    <t>ID - 5159,  Доповнити список - особи інваліди з дитинства</t>
   </si>
   <si>
     <t>16.11.23  13:07:47</t>
   </si>
   <si>
     <t>16.11.23  14:53:03</t>
   </si>
   <si>
     <t>16.11.23  14:55:17</t>
   </si>
   <si>
     <t>16.11.23  14:56:15</t>
   </si>
   <si>
     <t>16.11.23  15:00:16</t>
   </si>
   <si>
     <t>16.11.23  15:00:56</t>
   </si>
   <si>
     <t>16.11.23  15:03:26</t>
   </si>
   <si>
     <t>16.11.23  15:04:45</t>
   </si>
   <si>
     <t>16.11.23  15:06:13</t>
   </si>
   <si>
     <t>16.11.23  15:07:06</t>
   </si>
   <si>
     <t>16.11.23  15:08:19</t>
   </si>
   <si>
-    <t>5173Про розгляд клопотання громадянина Пелеха Володимира Ярославовича.</t>
+    <t>ID - 5173,  Про розгляд клопотання громадянина Пелеха Володимира Ярославовича.</t>
   </si>
   <si>
     <t>16.11.23  15:11:33</t>
   </si>
   <si>
-    <t>5174Про надання в оренду земельних ділянок</t>
+    <t>ID - 5174,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>16.11.23  15:12:33</t>
   </si>
   <si>
-    <t>5175Про розгляд клопотань громадянина Воронцова Сергія Констянтиновича</t>
+    <t>ID - 5175,  Про розгляд клопотань громадянина Воронцова Сергія Констянтиновича</t>
   </si>
   <si>
     <t>16.11.23  15:13:38</t>
   </si>
   <si>
-    <t>5176Про розгляд клопотання громадянина Михальчука Андрія Михайловича</t>
+    <t>ID - 5176,  Про розгляд клопотання громадянина Михальчука Андрія Михайловича</t>
   </si>
   <si>
     <t>16.11.23  15:14:44</t>
   </si>
   <si>
-    <t>5177Про розгляд клопотання громадянина Карвацького Олега Васильовича.</t>
+    <t>ID - 5177,  Про розгляд клопотання громадянина Карвацького Олега Васильовича.</t>
   </si>
   <si>
     <t>16.11.23  15:15:50</t>
   </si>
   <si>
-    <t>5178Про продаж у власність земельної ділянки громадянці Брюхович Марії Іванівні.</t>
+    <t>ID - 5178,  Про продаж у власність земельної ділянки громадянці Брюхович Марії Іванівні.</t>
   </si>
   <si>
     <t>16.11.23  15:16:54</t>
   </si>
   <si>
-    <t>5179Про продаж у власність земельної ділянки громадянину Завадському Юрію Петровичу.</t>
-[...1 lines deleted...]
-  <si>
     <t>16.11.23  15:18:14</t>
   </si>
   <si>
-    <t>5180Про припинення права оренди земельної ділянки.</t>
+    <t>ID - 5180,  Про припинення права оренди земельної ділянки.</t>
   </si>
   <si>
     <t>16.11.23  15:21:23</t>
   </si>
   <si>
-    <t>5181Про затвердження проектів землеустрою щодо відведення земельних ділянок</t>
+    <t>ID - 5181,  Про затвердження проектів землеустрою щодо відведення земельних ділянок</t>
   </si>
   <si>
     <t>16.11.23  15:22:40</t>
   </si>
   <si>
     <t>16.11.23  15:25:49</t>
   </si>
   <si>
-    <t>5183Про припинення права оренди землі та надання в оренду земельних ділянок</t>
+    <t>ID - 5183,  Про припинення права оренди землі та надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>16.11.23  15:26:21</t>
   </si>
   <si>
-    <t>5184Змінити орендру плату з 3% на 1,5%</t>
+    <t>ID - 5184,  Змінити орендру плату з 3% на 1,5%</t>
   </si>
   <si>
     <t>16.11.23  15:27:15</t>
   </si>
   <si>
-    <t>5185Про припинення права оренди землі та надання в оренду земельних ділянок</t>
+    <t>ID - 5185,  Про припинення права оренди землі та надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>16.11.23  15:28:43</t>
   </si>
   <si>
     <t>16.11.23  15:30:23</t>
   </si>
   <si>
     <t>16.11.23  15:31:36</t>
   </si>
   <si>
-    <t>5188Про розгляд клопотання громадянина Банька Володимира Івановича.</t>
+    <t>ID - 5188,  Про розгляд клопотання громадянина Банька Володимира Івановича.</t>
   </si>
   <si>
     <t>16.11.23  15:33:09</t>
   </si>
   <si>
-    <t>5189Про розгляд клопотання приватного підприємства «Сузіря».</t>
+    <t>ID - 5189,  Про розгляд клопотання приватного підприємства «Сузіря».</t>
   </si>
   <si>
     <t>16.11.23  15:34:08</t>
   </si>
   <si>
-    <t>5190Про розгляд клопотання громадянина Сковрона Ігоря Володимировича.</t>
+    <t>ID - 5190,  Про розгляд клопотання громадянина Сковрона Ігоря Володимировича.</t>
   </si>
   <si>
     <t>16.11.23  15:35:39</t>
   </si>
   <si>
     <t>16.11.23  15:37:30</t>
   </si>
   <si>
     <t>16.11.23  15:38:31</t>
   </si>
   <si>
-    <t>5193Про розгляд клопотання громадянина Горощука Василя Павловича.</t>
+    <t>ID - 5193,  Про розгляд клопотання громадянина Горощука Василя Павловича.</t>
   </si>
   <si>
     <t>16.11.23  15:40:28</t>
   </si>
   <si>
     <t>16.11.23  15:41:07</t>
   </si>
   <si>
-    <t>5195Змінити 10 років на 49 років</t>
+    <t>ID - 5195,  Змінити 10 років на 49 років</t>
   </si>
   <si>
     <t>16.11.23  15:41:36</t>
   </si>
   <si>
     <t>16.11.23  15:42:24</t>
   </si>
   <si>
-    <t>5197Про розгляд клопотання громадянки Прихідної Марії Петрівни</t>
+    <t>ID - 5197,  Про розгляд клопотання громадянки Прихідної Марії Петрівни</t>
   </si>
   <si>
     <t>16.11.23  15:44:08</t>
   </si>
   <si>
     <t>16.11.23  15:45:12</t>
   </si>
   <si>
-    <t>5199Про розгляд клопотання громадянина Саїка Івана Дмитровича.</t>
+    <t>ID - 5199,  Про розгляд клопотання громадянина Саїка Івана Дмитровича.</t>
   </si>
   <si>
     <t>16.11.23  15:46:16</t>
   </si>
   <si>
     <t>16.11.23  15:48:21</t>
   </si>
   <si>
     <t>16.11.23  15:49:46</t>
   </si>
   <si>
     <t>16.11.23  15:51:09</t>
   </si>
   <si>
     <t>16.11.23  15:53:58</t>
   </si>
   <si>
     <t>16.11.23  15:57:37</t>
   </si>
   <si>
-    <t>5206Про розгляд клопотання громадянина Киби Романа Богдановича.</t>
+    <t>ID - 5206,  Про розгляд клопотання громадянина Киби Романа Богдановича.</t>
   </si>
   <si>
     <t>16.11.23  15:58:43</t>
   </si>
   <si>
     <t>16.11.23  16:01:12</t>
   </si>
   <si>
-    <t>5209Про надання земельних ділянок в постійне користування</t>
+    <t>ID - 5209,  Про надання земельних ділянок в постійне користування</t>
   </si>
   <si>
     <t>16.11.23  16:01:54</t>
   </si>
   <si>
-    <t>5210Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 5210,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>16.11.23  16:06:30</t>
   </si>
   <si>
-    <t>5211Внести правки озвучені Кудриком І.І.</t>
+    <t>ID - 5211,  Внести правки озвучені Кудриком І.І.</t>
   </si>
   <si>
     <t>16.11.23  16:07:24</t>
   </si>
   <si>
-    <t>5212Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 5212,  Про надання одноразової матеріальної допомоги</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -853,51 +847,51 @@
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>5113Про звернення до депутатів Верховної Ради України щодо перейменування м.Червонограда</t>
+          <t>ID - 5113,  Про звернення до депутатів Верховної Ради України щодо перейменування м.Червонограда</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>28</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1284,51 +1278,51 @@
       <c r="AQ4" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>5116Про звернення до депутатів Верховної Ради України щодо перейменування м.Червонограда</t>
+          <t>ID - 5116,  Про звернення до депутатів Верховної Ради України щодо перейменування м.Червонограда</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>61</v>
       </c>
       <c r="E5" t="s">
         <v>56</v>
       </c>
       <c r="F5">
         <v>14</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1858,51 +1852,51 @@
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>70</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>5121Про затвердження містобудівної документації `Детальний план території на вул. Миру в с. Добрячин Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 5121,  Про затвердження містобудівної документації `Детальний план території на вул. Миру в с. Добрячин Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>65</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9">
         <v>26</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2003,51 +1997,51 @@
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>5122Про розроблення детального плану території в урочищі Рочин за межами села Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 5122,  Про розроблення детального плану території в урочищі Рочин за межами села Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>65</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10">
         <v>30</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2148,51 +2142,51 @@
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>5123Про розроблення детального плану території в урочищі Пониззя за межами села Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 5123,  Про розроблення детального плану території в урочищі Пониззя за межами села Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>65</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
         <v>28</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>52</v>
@@ -2293,51 +2287,51 @@
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>5124Про розроблення детального плану території в районі перехрестя автомобільних доріг Р-15 та С141615 Сілець - Соснівка в селі Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 5124,  Про розроблення детального плану території в районі перехрестя автомобільних доріг Р-15 та С141615 Сілець - Соснівка в селі Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12">
         <v>21</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>2</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>59</v>
@@ -2438,51 +2432,51 @@
       <c r="AQ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>5125Про розроблення детального плану території з метою будівництва вітроелектростанції на північний захід від села Бережне Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 5125,  Про розроблення детального плану території з метою будівництва вітроелектростанції на північний захід від села Бережне Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>65</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13">
         <v>30</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -2583,51 +2577,51 @@
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>5126Про розроблення детального плану території з метою будівництва вітроелектростанції на схід від села Бережне Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 5126,  Про розроблення детального плану території з метою будівництва вітроелектростанції на схід від села Бережне Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>65</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14">
         <v>29</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -2728,51 +2722,51 @@
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>5127Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5127,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15">
         <v>27</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
@@ -2873,51 +2867,51 @@
       <c r="AQ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>5128ПРАВКИ ДО РІШЕННЯ На Програму з висвітлення діяльності Червоноградської міської ради  на 2023 рік додатково виділити 90,0 тис. грн   По Комунальному  закладу ЧМР `Будинок воїна` зменшити видатки в  зв’язку з очікуваною економією коштів на 72,2 тис. грн., в т.числі: зарплата з нарахуванням -  55,4 тис. грн., оплата послуг -9,9 тис. грн., , оплата електроенергії – 6,9 тис. грн..    На поточний ремонт дороги по вул. Надрічна в селі Острів додатково виділити 78,0 тис. грн. ( за рахунок зменшення  на 78,0 тис. грн. видатків передбачених на електроенергію  по благоустрою) КП «Комунальник».   Внести зміни в «Програму благоустрою населених пунктів Червоноградської міської територіальної громади на 2023 рік» по КП «Червонограджитлокомунсервісу» ЗМЕНШИТИ видатки : *  на утримання вулично-дорожньої мережі, парків, тротуарів- 11,5тис.грн; збереження та утримання на належному рівні зеленої зони - 13,5тис.грн; ПЕРЕМІСТИТИ кошти в сумі 25,0 тис. грн. на  Програму  регулювання чисельності безпритульних тварин гуманними методами на 2023рік, в тому числі: на придбання корму, інвентаря для</t>
+          <t>ID - 5128,  ПРАВКИ ДО РІШЕННЯ На Програму з висвітлення діяльності Червоноградської міської ради  на 2023 рік додатково виділити 90,0 тис. грн   По Комунальному  закладу ЧМР `Будинок воїна` зменшити видатки в  зв’язку з очікуваною економією коштів на 72,2 тис. грн., в т.числі: зарплата з нарахуванням -  55,4 тис. грн., оплата послуг -9,9 тис. грн., , оплата електроенергії – 6,9 тис. грн..    На поточний ремонт дороги по вул. Надрічна в селі Острів додатково виділити 78,0 тис. грн. ( за рахунок зменшення  на 78,0 тис. грн. видатків передбачених на електроенергію  по благоустрою) КП «Комунальник».   Внести зміни в «Програму благоустрою населених пунктів Червоноградської міської територіальної громади на 2023 рік» по КП «Червонограджитлокомунсервісу» ЗМЕНШИТИ видатки : *  на утримання вулично-дорожньої мережі, парків, тротуарів- 11,5тис.грн; збереження та утримання на належному рівні зеленої зони - 13,5тис.грн; ПЕРЕМІСТИТИ кошти в сумі 25,0 тис. грн. на  Програму  регулювання чисельності безпритульних тварин гуманними методами на 2023рік, в тому числі: на придбання корму, інвентаря для</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>55</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16">
         <v>28</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -3018,51 +3012,51 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>5129Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5129,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>61</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17">
         <v>28</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
@@ -3163,51 +3157,51 @@
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>5130Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 5130,  Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>65</v>
       </c>
       <c r="E18" t="s">
         <v>56</v>
       </c>
       <c r="F18">
         <v>16</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>4</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
@@ -3308,51 +3302,51 @@
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>5131Про безоплатну передачу залізобетонних тротуарних плит та бордюрних каменів, що були у використанні</t>
+          <t>ID - 5131,  Про безоплатну передачу залізобетонних тротуарних плит та бордюрних каменів, що були у використанні</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>65</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19">
         <v>28</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -3453,51 +3447,51 @@
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>5132Про внесення змiн в схему теплопостачання м.Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
+          <t>ID - 5132,  Про внесення змiн в схему теплопостачання м.Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>65</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20">
         <v>29</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -3598,51 +3592,51 @@
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>5133Про внесення змiн в схему теплопостачання м. Соснівки, затверджену рiшенням Соснівської мiської ради вiд 26.07.2012 № 157 «Про затвердження оптимiзованої схеми теплопостачання м. Соснівки»</t>
+          <t>ID - 5133,  Про внесення змiн в схему теплопостачання м. Соснівки, затверджену рiшенням Соснівської мiської ради вiд 26.07.2012 № 157 «Про затвердження оптимiзованої схеми теплопостачання м. Соснівки»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21">
         <v>28</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -3743,51 +3737,51 @@
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>83</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>5134Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на залучення кредиту у формi овердрафт</t>
+          <t>ID - 5134,  Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на залучення кредиту у формi овердрафт</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22">
         <v>27</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -3888,51 +3882,51 @@
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>84</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>5135Про передачу 91/1000 частин будівлі магазин - склад «Будматеріали» (поз.3) по вулиці Героїв Майдану на баланс комунального підприємства «Комунальник»</t>
+          <t>ID - 5135,  Про передачу 91/1000 частин будівлі магазин - склад «Будматеріали» (поз.3) по вулиці Героїв Майдану на баланс комунального підприємства «Комунальник»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23">
         <v>28</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
@@ -4033,51 +4027,51 @@
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>85</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>5136Про відмову від здійснення переважного права купівлі нежитлової будівлі магазин-склад „Будматеріали” по вул. Героїв Майдану, 16 в місті Червоноград</t>
+          <t>ID - 5136,  Про відмову від здійснення переважного права купівлі нежитлової будівлі магазин-склад „Будматеріали” по вул. Героїв Майдану, 16 в місті Червоноград</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24">
         <v>28</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
@@ -4178,51 +4172,51 @@
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>86</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>5137Про створення Конкурсної комiсiї з пiдготовки пропозицiй для надання в оренду комунального майна без проведення конкурсу та проведення процедур електронних закупiвель та конкурсу з оренди комунального майна</t>
+          <t>ID - 5137,  Про створення Конкурсної комiсiї з пiдготовки пропозицiй для надання в оренду комунального майна без проведення конкурсу та проведення процедур електронних закупiвель та конкурсу з оренди комунального майна</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>65</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25">
         <v>27</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
@@ -4323,51 +4317,51 @@
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>87</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>5138Про надання згоди на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Б. Хмельницького,14</t>
+          <t>ID - 5138,  Про надання згоди на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Б. Хмельницького,14</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26">
         <v>25</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>52</v>
@@ -4468,51 +4462,51 @@
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>88</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>5139Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 5139,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>48</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27">
         <v>28</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
@@ -4899,51 +4893,51 @@
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>93</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>5142Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 5142,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>61</v>
       </c>
       <c r="E30" t="s">
         <v>49</v>
       </c>
       <c r="F30">
         <v>30</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
@@ -5044,51 +5038,51 @@
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>94</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>5143Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
+          <t>ID - 5143,  Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>48</v>
       </c>
       <c r="E31" t="s">
         <v>49</v>
       </c>
       <c r="F31">
         <v>29</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -5332,51 +5326,51 @@
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>5145Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
+          <t>ID - 5145,  Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>61</v>
       </c>
       <c r="E33" t="s">
         <v>49</v>
       </c>
       <c r="F33">
         <v>29</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
@@ -5475,52 +5469,54 @@
         <v>50</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
-      <c r="C34" t="s" s="4">
-        <v>99</v>
+      <c r="C34" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5146,  Про внесення змiн до рiшень Червоноградської мiської ради вiд 25.04.2017 № 505 вiд 25.07.2019 № 1298</t>
+        </is>
       </c>
       <c r="D34" t="s">
         <v>65</v>
       </c>
       <c r="E34" t="s">
         <v>49</v>
       </c>
       <c r="F34">
         <v>29</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5616,55 +5612,55 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>5147Про надання дозволу комунальному некомерційному підприємству «Соснівська міська лікарня Червоноградської міської ради» на списання з балансу основних засобів</t>
+          <t>ID - 5147,  Про надання дозволу комунальному некомерційному підприємству «Соснівська міська лікарня Червоноградської міської ради» на списання з балансу основних засобів</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>65</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
         <v>28</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
@@ -5761,54 +5757,54 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>100</v>
+      </c>
+      <c r="C36" t="s" s="4">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D36" t="s">
         <v>48</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>28</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
       </c>
@@ -5904,54 +5900,54 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>102</v>
+      </c>
+      <c r="C37" t="s" s="4">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D37" t="s">
         <v>55</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37">
         <v>27</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
@@ -6047,54 +6043,54 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>104</v>
+      </c>
+      <c r="C38" t="s" s="4">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D38" t="s">
         <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>49</v>
       </c>
       <c r="F38">
         <v>28</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
       </c>
@@ -6190,55 +6186,55 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>5151Про внесення змін до складу комісії з проведення співбесіди для відбору кандидатів у помічники ветеранів при Червоноградській міській раді</t>
+          <t>ID - 5151,  Про внесення змін до складу комісії з проведення співбесіди для відбору кандидатів у помічники ветеранів при Червоноградській міській раді</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>48</v>
       </c>
       <c r="E39" t="s">
         <v>49</v>
       </c>
       <c r="F39">
         <v>27</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
@@ -6335,54 +6331,54 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>107</v>
+      </c>
+      <c r="C40" t="s" s="4">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D40" t="s">
         <v>55</v>
       </c>
       <c r="E40" t="s">
         <v>49</v>
       </c>
       <c r="F40">
         <v>28</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
       </c>
@@ -6478,55 +6474,55 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>5153Про внесення змін до складу комісії з проведення співбесіди для відбору кандидатів у помічники ветеранів при Червоноградській міській раді</t>
+          <t>ID - 5153,  Про внесення змін до складу комісії з проведення співбесіди для відбору кандидатів у помічники ветеранів при Червоноградській міській раді</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>61</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>28</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
@@ -6623,55 +6619,55 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>5154Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 5154,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>48</v>
       </c>
       <c r="E42" t="s">
         <v>49</v>
       </c>
       <c r="F42">
         <v>28</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
@@ -6768,54 +6764,54 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>111</v>
+      </c>
+      <c r="C43" t="s" s="4">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D43" t="s">
         <v>55</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43">
         <v>28</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
       </c>
@@ -6911,55 +6907,55 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>5156Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 5156,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>49</v>
       </c>
       <c r="F44">
         <v>28</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
@@ -7056,55 +7052,55 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>5157Про затвердження Статуту комунального закладу Червоноградської міської ради «Будинок воїна» в новій редакції та штатної чисельності працівників</t>
+          <t>ID - 5157,  Про затвердження Статуту комунального закладу Червоноградської міської ради «Будинок воїна» в новій редакції та штатної чисельності працівників</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>65</v>
       </c>
       <c r="E45" t="s">
         <v>49</v>
       </c>
       <c r="F45">
         <v>27</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
@@ -7201,55 +7197,55 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>5158Про надання пiльг з безкоштовного відвідування плавального басейну КП “Спорткомплекс Шахтар”</t>
+          <t>ID - 5158,  Про надання пiльг з безкоштовного відвідування плавального басейну КП “Спорткомплекс Шахтар”</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>48</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46">
         <v>26</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
@@ -7346,54 +7342,54 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>116</v>
+      </c>
+      <c r="C47" t="s" s="4">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D47" t="s">
         <v>55</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47">
         <v>26</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>52</v>
       </c>
@@ -7489,55 +7485,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>5160Про надання пiльг з безкоштовного відвідування плавального басейну КП “Спорткомплекс Шахтар”</t>
+          <t>ID - 5160,  Про надання пiльг з безкоштовного відвідування плавального басейну КП “Спорткомплекс Шахтар”</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>61</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48">
         <v>28</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
@@ -7634,55 +7630,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>5163Про внесення змін до рішення сесії Червоноградської міської ради від 20.08.2020 № 1737 «Про реорганізацію Інформаційно-методичного центру освіти м. Червонограда в Центр професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області»</t>
+          <t>ID - 5163,  Про внесення змін до рішення сесії Червоноградської міської ради від 20.08.2020 № 1737 «Про реорганізацію Інформаційно-методичного центру освіти м. Червонограда в Центр професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області»</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>65</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49">
         <v>23</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
@@ -7779,55 +7775,55 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>5164Про встановлення вартості харчування вихованців закладів дошкільної освіти/дошкільних підрозділів закладів загальної середньої освіти та учнів закладів загальної середньої освіти</t>
+          <t>ID - 5164,  Про встановлення вартості харчування вихованців закладів дошкільної освіти/дошкільних підрозділів закладів загальної середньої освіти та учнів закладів загальної середньої освіти</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>65</v>
       </c>
       <c r="E50" t="s">
         <v>49</v>
       </c>
       <c r="F50">
         <v>23</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
@@ -7924,55 +7920,55 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>5165Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти</t>
+          <t>ID - 5165,  Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>48</v>
       </c>
       <c r="E51" t="s">
         <v>49</v>
       </c>
       <c r="F51">
         <v>24</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
@@ -8069,55 +8065,55 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>5166Дітей, чиї батьки призвані за контрактом включити в список для надання пільгового харчування</t>
+          <t>ID - 5166,  Дітей, чиї батьки призвані за контрактом включити в список для надання пільгового харчування</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>55</v>
       </c>
       <c r="E52" t="s">
         <v>49</v>
       </c>
       <c r="F52">
         <v>24</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
@@ -8214,55 +8210,55 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>5167Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти</t>
+          <t>ID - 5167,  Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти/дошкільних підрозділів закладів загальної середньої освіти, учням закладiв загальної середньої освiти</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>61</v>
       </c>
       <c r="E53" t="s">
         <v>49</v>
       </c>
       <c r="F53">
         <v>27</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
@@ -8359,55 +8355,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>5169Про делегування відділу капітального будівництва та інвестицій Червоноградської міської ради функцій замовника</t>
+          <t>ID - 5169,  Про делегування відділу капітального будівництва та інвестицій Червоноградської міської ради функцій замовника</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>65</v>
       </c>
       <c r="E54" t="s">
         <v>49</v>
       </c>
       <c r="F54">
         <v>26</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
@@ -8504,55 +8500,55 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>5170Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка).</t>
+          <t>ID - 5170,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка).</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>65</v>
       </c>
       <c r="E55" t="s">
         <v>49</v>
       </c>
       <c r="F55">
         <v>26</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
@@ -8649,55 +8645,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>5171Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів.</t>
+          <t>ID - 5171,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів.</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>65</v>
       </c>
       <c r="E56" t="s">
         <v>49</v>
       </c>
       <c r="F56">
         <v>26</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
@@ -8794,55 +8790,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>5172Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів.</t>
+          <t>ID - 5172,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів.</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>65</v>
       </c>
       <c r="E57" t="s">
         <v>49</v>
       </c>
       <c r="F57">
         <v>26</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
@@ -8939,54 +8935,54 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>128</v>
+      </c>
+      <c r="C58" t="s" s="4">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D58" t="s">
         <v>65</v>
       </c>
       <c r="E58" t="s">
         <v>49</v>
       </c>
       <c r="F58">
         <v>25</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
       </c>
@@ -9082,54 +9078,54 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>130</v>
+      </c>
+      <c r="C59" t="s" s="4">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D59" t="s">
         <v>65</v>
       </c>
       <c r="E59" t="s">
         <v>49</v>
       </c>
       <c r="F59">
         <v>28</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
       </c>
@@ -9225,54 +9221,54 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>132</v>
+      </c>
+      <c r="C60" t="s" s="4">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D60" t="s">
         <v>65</v>
       </c>
       <c r="E60" t="s">
         <v>49</v>
       </c>
       <c r="F60">
         <v>24</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
       </c>
@@ -9368,54 +9364,54 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>134</v>
+      </c>
+      <c r="C61" t="s" s="4">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D61" t="s">
         <v>65</v>
       </c>
       <c r="E61" t="s">
         <v>49</v>
       </c>
       <c r="F61">
         <v>27</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
       </c>
@@ -9511,54 +9507,54 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>136</v>
+      </c>
+      <c r="C62" t="s" s="4">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D62" t="s">
         <v>65</v>
       </c>
       <c r="E62" t="s">
         <v>49</v>
       </c>
       <c r="F62">
         <v>23</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
       </c>
@@ -9654,54 +9650,54 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>138</v>
+      </c>
+      <c r="C63" t="s" s="4">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D63" t="s">
         <v>65</v>
       </c>
       <c r="E63" t="s">
         <v>49</v>
       </c>
       <c r="F63">
         <v>25</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>50</v>
       </c>
@@ -9797,54 +9793,56 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>140</v>
+      </c>
+      <c r="C64" t="inlineStr" s="4">
+        <is>
+          <t>ID - 5179,  Про продаж у власність земельної ділянки громадянину Завадському Юрію Петровичу.</t>
+        </is>
       </c>
       <c r="D64" t="s">
         <v>65</v>
       </c>
       <c r="E64" t="s">
         <v>49</v>
       </c>
       <c r="F64">
         <v>26</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>50</v>
       </c>
@@ -9940,54 +9938,54 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D65" t="s">
         <v>65</v>
       </c>
       <c r="E65" t="s">
         <v>49</v>
       </c>
       <c r="F65">
         <v>26</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>50</v>
       </c>
@@ -10083,54 +10081,54 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D66" t="s">
         <v>65</v>
       </c>
       <c r="E66" t="s">
         <v>49</v>
       </c>
       <c r="F66">
         <v>25</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>50</v>
       </c>
@@ -10226,55 +10224,55 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>5182Про виготовлення технічної документації з нормативної грошової оцiнки земельної ділянки на території Червоноградської міської ради (за межами с. Сілець).</t>
+          <t>ID - 5182,  Про виготовлення технічної документації з нормативної грошової оцiнки земельної ділянки на території Червоноградської міської ради (за межами с. Сілець).</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>65</v>
       </c>
       <c r="E67" t="s">
         <v>49</v>
       </c>
       <c r="F67">
         <v>26</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
@@ -10371,54 +10369,54 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D68" t="s">
         <v>48</v>
       </c>
       <c r="E68" t="s">
         <v>49</v>
       </c>
       <c r="F68">
         <v>27</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>50</v>
       </c>
@@ -10514,54 +10512,54 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D69" t="s">
         <v>55</v>
       </c>
       <c r="E69" t="s">
         <v>49</v>
       </c>
       <c r="F69">
         <v>21</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>50</v>
       </c>
@@ -10657,54 +10655,54 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D70" t="s">
         <v>61</v>
       </c>
       <c r="E70" t="s">
         <v>49</v>
       </c>
       <c r="F70">
         <v>24</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>50</v>
       </c>
@@ -10800,55 +10798,55 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>5186Про замовлення виготовлення технiчної документацiї iз землеустрою щодо подiлу земельної ділянки з кадастровим номером 4611800000:03:009:0081</t>
+          <t>ID - 5186,  Про замовлення виготовлення технiчної документацiї iз землеустрою щодо подiлу земельної ділянки з кадастровим номером 4611800000:03:009:0081</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>65</v>
       </c>
       <c r="E71" t="s">
         <v>49</v>
       </c>
       <c r="F71">
         <v>25</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>50</v>
@@ -10945,55 +10943,55 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>5187Про замовлення виготовлення технiчної документацiї iз землеустрою щодо подiлу земельної ділянки з кадастровим номером 4611800000:02:012:0013</t>
+          <t>ID - 5187,  Про замовлення виготовлення технiчної документацiї iз землеустрою щодо подiлу земельної ділянки з кадастровим номером 4611800000:02:012:0013</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>65</v>
       </c>
       <c r="E72" t="s">
         <v>49</v>
       </c>
       <c r="F72">
         <v>23</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
@@ -11090,54 +11088,54 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D73" t="s">
         <v>65</v>
       </c>
       <c r="E73" t="s">
         <v>49</v>
       </c>
       <c r="F73">
         <v>25</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
       </c>
@@ -11233,54 +11231,54 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D74" t="s">
         <v>65</v>
       </c>
       <c r="E74" t="s">
         <v>49</v>
       </c>
       <c r="F74">
         <v>23</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>50</v>
       </c>
@@ -11376,54 +11374,54 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D75" t="s">
         <v>65</v>
       </c>
       <c r="E75" t="s">
         <v>49</v>
       </c>
       <c r="F75">
         <v>25</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>50</v>
       </c>
@@ -11519,55 +11517,55 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>5191Про затвердження проекту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення.</t>
+          <t>ID - 5191,  Про затвердження проекту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення.</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>65</v>
       </c>
       <c r="E76" t="s">
         <v>49</v>
       </c>
       <c r="F76">
         <v>25</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>50</v>
@@ -11664,55 +11662,55 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>5192Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для городництва.</t>
+          <t>ID - 5192,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для городництва.</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>65</v>
       </c>
       <c r="E77" t="s">
         <v>49</v>
       </c>
       <c r="F77">
         <v>26</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>50</v>
@@ -11809,54 +11807,54 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D78" t="s">
         <v>65</v>
       </c>
       <c r="E78" t="s">
         <v>49</v>
       </c>
       <c r="F78">
         <v>24</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>50</v>
       </c>
@@ -11952,55 +11950,55 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>5194Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви парафії святого Миколая у с. Борятин Червоноградського району Львівської області».</t>
+          <t>ID - 5194,  Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви парафії святого Миколая у с. Борятин Червоноградського району Львівської області».</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>48</v>
       </c>
       <c r="E79" t="s">
         <v>49</v>
       </c>
       <c r="F79">
         <v>23</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>50</v>
@@ -12097,54 +12095,54 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C80" t="s" s="4">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D80" t="s">
         <v>55</v>
       </c>
       <c r="E80" t="s">
         <v>49</v>
       </c>
       <c r="F80">
         <v>23</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>50</v>
       </c>
@@ -12240,55 +12238,55 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>5196Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви парафії святого Миколая у с. Борятин Червоноградського району Львівської області».</t>
+          <t>ID - 5196,  Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви парафії святого Миколая у с. Борятин Червоноградського району Львівської області».</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>61</v>
       </c>
       <c r="E81" t="s">
         <v>49</v>
       </c>
       <c r="F81">
         <v>26</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>50</v>
@@ -12385,54 +12383,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D82" t="s">
         <v>65</v>
       </c>
       <c r="E82" t="s">
         <v>49</v>
       </c>
       <c r="F82">
         <v>25</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>50</v>
       </c>
@@ -12528,55 +12526,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>5198Про розгляд клопотання товариства з обмеженою відповідальністю «ІМПОРТ-ЕКСПОРТ «СЕНВЕЙ».</t>
+          <t>ID - 5198,  Про розгляд клопотання товариства з обмеженою відповідальністю «ІМПОРТ-ЕКСПОРТ «СЕНВЕЙ».</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>65</v>
       </c>
       <c r="E83" t="s">
         <v>49</v>
       </c>
       <c r="F83">
         <v>26</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>50</v>
@@ -12673,54 +12671,54 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D84" t="s">
         <v>65</v>
       </c>
       <c r="E84" t="s">
         <v>49</v>
       </c>
       <c r="F84">
         <v>25</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>50</v>
       </c>
@@ -12816,55 +12814,55 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>5200Про розроблення проекту землеустрою щодо відведення земельної ділянки на території Червоноградської міської ради (за межами с. Бережне).</t>
+          <t>ID - 5200,  Про розроблення проекту землеустрою щодо відведення земельної ділянки на території Червоноградської міської ради (за межами с. Бережне).</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>65</v>
       </c>
       <c r="E85" t="s">
         <v>49</v>
       </c>
       <c r="F85">
         <v>25</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>50</v>
@@ -12961,55 +12959,55 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>5201Про затвердження технічних документацій з нормативної грошової оцiнки земельних ділянок на території Червоноградської міської територіальної громади (за межами с. Волсвин)</t>
+          <t>ID - 5201,  Про затвердження технічних документацій з нормативної грошової оцiнки земельних ділянок на території Червоноградської міської територіальної громади (за межами с. Волсвин)</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>65</v>
       </c>
       <c r="E86" t="s">
         <v>49</v>
       </c>
       <c r="F86">
         <v>24</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>50</v>
@@ -13106,55 +13104,55 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>5202Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці С. Бандери 23«б», кадастровий номер земельної ділянки 4611800000:02:006:0050.</t>
+          <t>ID - 5202,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці С. Бандери 23«б», кадастровий номер земельної ділянки 4611800000:02:006:0050.</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>65</v>
       </c>
       <c r="E87" t="s">
         <v>49</v>
       </c>
       <c r="F87">
         <v>23</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>1</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>50</v>
@@ -13251,55 +13249,55 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>5203Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Поздимир, Червоноградського району на вулиці Хмельницького, кадастровий номер земельної ділянки 4623984400:01:006:0141.</t>
+          <t>ID - 5203,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Поздимир, Червоноградського району на вулиці Хмельницького, кадастровий номер земельної ділянки 4623984400:01:006:0141.</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>65</v>
       </c>
       <c r="E88" t="s">
         <v>49</v>
       </c>
       <c r="F88">
         <v>23</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>50</v>
@@ -13396,55 +13394,55 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>5205Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Промислова, 2 «т», кадастровий номер земельної ділянки 4611800000:01:011:0223.</t>
+          <t>ID - 5205,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Промислова, 2 «т», кадастровий номер земельної ділянки 4611800000:01:011:0223.</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>65</v>
       </c>
       <c r="E89" t="s">
         <v>49</v>
       </c>
       <c r="F89">
         <v>24</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>50</v>
@@ -13541,54 +13539,54 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D90" t="s">
         <v>65</v>
       </c>
       <c r="E90" t="s">
         <v>49</v>
       </c>
       <c r="F90">
         <v>23</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>1</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>50</v>
       </c>
@@ -13684,55 +13682,55 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>5207Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради.</t>
+          <t>ID - 5207,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради.</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>65</v>
       </c>
       <c r="E91" t="s">
         <v>49</v>
       </c>
       <c r="F91">
         <v>23</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>50</v>
@@ -13829,54 +13827,54 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D92" t="s">
         <v>65</v>
       </c>
       <c r="E92" t="s">
         <v>49</v>
       </c>
       <c r="F92">
         <v>23</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>50</v>
       </c>
@@ -13972,54 +13970,54 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D93" t="s">
         <v>48</v>
       </c>
       <c r="E93" t="s">
         <v>49</v>
       </c>
       <c r="F93">
         <v>24</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>50</v>
       </c>
@@ -14115,54 +14113,54 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D94" t="s">
         <v>55</v>
       </c>
       <c r="E94" t="s">
         <v>49</v>
       </c>
       <c r="F94">
         <v>24</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>50</v>
       </c>
@@ -14258,54 +14256,54 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D95" t="s">
         <v>61</v>
       </c>
       <c r="E95" t="s">
         <v>49</v>
       </c>
       <c r="F95">
         <v>25</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>50</v>
       </c>