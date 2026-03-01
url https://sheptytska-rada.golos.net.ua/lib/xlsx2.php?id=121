--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -212,180 +212,180 @@
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>12.10.23  11:57:26</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>12.10.23  11:58:40</t>
   </si>
   <si>
     <t>12.10.23  11:59:51</t>
   </si>
   <si>
     <t>12.10.23  12:06:15</t>
   </si>
   <si>
     <t>12.10.23  12:09:57</t>
   </si>
   <si>
     <t>12.10.23  12:10:48</t>
   </si>
   <si>
-    <t>5067Внести правку в додаток 2 </t>
+    <t>ID - 5067,  Внести правку в додаток 2 </t>
   </si>
   <si>
     <t>12.10.23  12:11:16</t>
   </si>
   <si>
     <t>12.10.23  12:14:45</t>
   </si>
   <si>
     <t>12.10.23  12:16:36</t>
   </si>
   <si>
     <t>12.10.23  12:19:42</t>
   </si>
   <si>
     <t>12.10.23  12:21:05</t>
   </si>
   <si>
     <t>12.10.23  12:22:32</t>
   </si>
   <si>
     <t>12.10.23  12:23:23</t>
   </si>
   <si>
     <t>12.10.23  12:24:52</t>
   </si>
   <si>
-    <t>5075Про розгляд клопотання громадянки Барвінко Наталії Олексіївни</t>
+    <t>ID - 5075,  Про розгляд клопотання громадянки Барвінко Наталії Олексіївни</t>
   </si>
   <si>
     <t>12.10.23  12:25:59</t>
   </si>
   <si>
     <t>12.10.23  12:26:58</t>
   </si>
   <si>
     <t>12.10.23  12:27:54</t>
   </si>
   <si>
-    <t>5078Про розгляд клопотання громадянина Крупника Степана Івановича</t>
+    <t>ID - 5078,  Про розгляд клопотання громадянина Крупника Степана Івановича</t>
   </si>
   <si>
     <t>12.10.23  12:28:51</t>
   </si>
   <si>
-    <t>5079Про розгляд клопотання громадянина Таута Анатолія Анатолійовича</t>
+    <t>ID - 5079,  Про розгляд клопотання громадянина Таута Анатолія Анатолійовича</t>
   </si>
   <si>
     <t>12.10.23  12:29:22</t>
   </si>
   <si>
-    <t>5080Про розгляд клопотання громадянина Лахтюка Василя Микитовича</t>
+    <t>ID - 5080,  Про розгляд клопотання громадянина Лахтюка Василя Микитовича</t>
   </si>
   <si>
     <t>12.10.23  12:30:56</t>
   </si>
   <si>
-    <t>5081Внести правку озвучену Надільною Г. В. в п. 2</t>
+    <t>ID - 5081,  Внести правку озвучену Надільною Г. В. в п. 2</t>
   </si>
   <si>
     <t>12.10.23  12:31:26</t>
   </si>
   <si>
-    <t>5082Про розгляд клопотання громадянина Лахтюка Василя Микитовича</t>
+    <t>ID - 5082,  Про розгляд клопотання громадянина Лахтюка Василя Микитовича</t>
   </si>
   <si>
     <t>12.10.23  12:34:47</t>
   </si>
   <si>
     <t>12.10.23  12:36:03</t>
   </si>
   <si>
-    <t>5084Про розгляд клопотань громадянина Сьомкіна В’ячеслава Олексійовича</t>
+    <t>ID - 5084,  Про розгляд клопотань громадянина Сьомкіна В’ячеслава Олексійовича</t>
   </si>
   <si>
     <t>12.10.23  12:37:28</t>
   </si>
   <si>
     <t>12.10.23  12:38:36</t>
   </si>
   <si>
-    <t>5086Про розгляд клопотання громадянина Киби Романа Богдановича</t>
+    <t>ID - 5086,  Про розгляд клопотання громадянина Киби Романа Богдановича</t>
   </si>
   <si>
     <t>12.10.23  12:39:41</t>
   </si>
   <si>
     <t>12.10.23  12:40:48</t>
   </si>
   <si>
-    <t>5088Про припинення права оренди землі та надання в оренду земельної ділянки</t>
+    <t>ID - 5088,  Про припинення права оренди землі та надання в оренду земельної ділянки</t>
   </si>
   <si>
     <t>12.10.23  12:42:15</t>
   </si>
   <si>
     <t>12.10.23  12:43:16</t>
   </si>
   <si>
     <t>12.10.23  12:45:22</t>
   </si>
   <si>
     <t>12.10.23  12:46:22</t>
   </si>
   <si>
     <t>12.10.23  12:47:42</t>
   </si>
   <si>
     <t>12.10.23  12:49:31</t>
   </si>
   <si>
-    <t>5094Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 5094,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>12.10.23  12:50:07</t>
   </si>
   <si>
-    <t>5095Внести правки озвучені Кудриком І. І.</t>
+    <t>ID - 5095,  Внести правки озвучені Кудриком І. І.</t>
   </si>
   <si>
     <t>12.10.23  12:50:38</t>
   </si>
   <si>
-    <t>5096Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 5096,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>12.10.23  12:54:03</t>
   </si>
   <si>
-    <t>5097Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 5097,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>12.10.23  12:55:27</t>
   </si>
   <si>
     <t>12.10.23  12:57:01</t>
   </si>
   <si>
     <t>12.10.23  12:59:04</t>
   </si>
   <si>
     <t>12.10.23  13:00:38</t>
   </si>
   <si>
     <t>12.10.23  13:01:10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
@@ -628,51 +628,51 @@
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>5057Про звернення Червоноградської міської ради Львівської області до Президента України, Прем’єр -Міністра України, Кабінету Міністрів України, Верховної ради України, Міністерства юстиції України, Державної кримінально-виконавчої служби України, Львівської обласної ради, Львівської обласної військової адміністрації щодо залучення осіб, позбавлених волі, до видобування вугілля на базі ПрАТ «Шахта «Надія»</t>
+          <t>ID - 5057,  Про звернення Червоноградської міської ради Львівської області до Президента України, Прем’єр -Міністра України, Кабінету Міністрів України, Верховної ради України, Міністерства юстиції України, Державної кримінально-виконавчої служби України, Львівської обласної ради, Львівської обласної військової адміністрації щодо залучення осіб, позбавлених волі, до видобування вугілля на базі ПрАТ «Шахта «Надія»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>18</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>2</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
@@ -773,51 +773,51 @@
       <c r="AQ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>54</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>5059Про виконання бюджету Червоноградської міської територіальної громади за січень-вересень 2023 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5059,  Про виконання бюджету Червоноградської міської територіальної громади за січень-вересень 2023 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>48</v>
       </c>
       <c r="E3" t="s">
         <v>55</v>
       </c>
       <c r="F3">
         <v>28</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>50</v>
@@ -918,51 +918,51 @@
       <c r="AQ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>5060  І.  Внести зміни в «Програму благоустрою населених пунктів Червоноградської міської територіальної громади на 2023 рік» ЗМЕНШИТИ видатки : * встановлення та обслуговування біотуалетів – 44 833,00 грн.; * забезпечення обслуговування системи відеоспостереження – 36657,00 грн. ПЕРЕМІСТИТИ на закупівлю фарби для нанесення дорожньої розмітки -  81 490грн. ІІ.  По відділу культури  пропонується : Зекономлені кошти по школах естетичного виховання  по заробітній платі в  сумі 81,0тис.грн. СПРЯМУВАТИ на : * поточний ремонт  коворкінг-центру у Червоноградській публічній бібліотеці - 45,0тис.грн.; * оплату послуг медогляду працівників ЧШМ-36,0тис.грн. ІІІ. Керуючись розпорядженням Червоноградської РВА №35/02-44 від 21.06.2023 року та на вимогу НЗУ, внесено зміни до складу ВЛК, відповідно до яких лікар-стоматолог Червоноградської міської стоматологічної поліклініки вже не входить до складу комісії, тому по очікується економія по Комплексній програмі фінансової пiдтримки та розвитку  Комунального підприємства «Червоноградська міська стоматологічна полiклiнiка» на 2023рiк – 129 425грн.,</t>
+          <t>ID - 5060,    І.  Внести зміни в «Програму благоустрою населених пунктів Червоноградської міської територіальної громади на 2023 рік» ЗМЕНШИТИ видатки : * встановлення та обслуговування біотуалетів – 44 833,00 грн.; * забезпечення обслуговування системи відеоспостереження – 36657,00 грн. ПЕРЕМІСТИТИ на закупівлю фарби для нанесення дорожньої розмітки -  81 490грн. ІІ.  По відділу культури  пропонується : Зекономлені кошти по школах естетичного виховання  по заробітній платі в  сумі 81,0тис.грн. СПРЯМУВАТИ на : * поточний ремонт  коворкінг-центру у Червоноградській публічній бібліотеці - 45,0тис.грн.; * оплату послуг медогляду працівників ЧШМ-36,0тис.грн. ІІІ. Керуючись розпорядженням Червоноградської РВА №35/02-44 від 21.06.2023 року та на вимогу НЗУ, внесено зміни до складу ВЛК, відповідно до яких лікар-стоматолог Червоноградської міської стоматологічної поліклініки вже не входить до складу комісії, тому по очікується економія по Комплексній програмі фінансової пiдтримки та розвитку  Комунального підприємства «Червоноградська міська стоматологічна полiклiнiка» на 2023рiк – 129 425грн.,</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4">
         <v>27</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1063,51 +1063,51 @@
       <c r="AQ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>5061Про виконання бюджету Червоноградської міської територіальної громади за січень-вересень 2023 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
+          <t>ID - 5061,  Про виконання бюджету Червоноградської міської територіальної громади за січень-вересень 2023 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5">
         <v>29</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1208,51 +1208,51 @@
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>5062Про надання згоди відділу освіти Червоноградської міської ради на списання з балансу об’єкту нерухомого майна (котельні), площею 540,6 м.кв. за адресою: вул.Галицька,3а, м.Соснівка, Червоноградський район, Львівська область та надання дозволу на його демонтаж</t>
+          <t>ID - 5062,  Про надання згоди відділу освіти Червоноградської міської ради на списання з балансу об’єкту нерухомого майна (котельні), площею 540,6 м.кв. за адресою: вул.Галицька,3а, м.Соснівка, Червоноградський район, Львівська область та надання дозволу на його демонтаж</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6">
         <v>25</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -1353,51 +1353,51 @@
       <c r="AQ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>5063Про надання дозволу відділу освіти Червоноградської міської ради про безкоштовну передачу матеріальних цінностей громадській організації «Спілка ветеранів АТО Червонограда «Воля»</t>
+          <t>ID - 5063,  Про надання дозволу відділу освіти Червоноградської міської ради про безкоштовну передачу матеріальних цінностей громадській організації «Спілка ветеранів АТО Червонограда «Воля»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7">
         <v>24</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1498,51 +1498,51 @@
       <c r="AQ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>5064Про внесення змін до рішення Червоноградської міської ради від 24.05.2018 № 877 «Про перепрофілювання дошкільних навчальних закладів ясел-садків комбінованого типу Червоноградської міської ради Львівської області у заклади дошкільної освіти Червоноградської міської ради Львівської області»</t>
+          <t>ID - 5064,  Про внесення змін до рішення Червоноградської міської ради від 24.05.2018 № 877 «Про перепрофілювання дошкільних навчальних закладів ясел-садків комбінованого типу Червоноградської міської ради Львівської області у заклади дошкільної освіти Червоноградської міської ради Львівської області»</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8">
         <v>25</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -1643,51 +1643,51 @@
       <c r="AQ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>5065Про затвердження заступника мiського голови з питань діяльності виконавчих органів ради</t>
+          <t>ID - 5065,  Про затвердження заступника мiського голови з питань діяльності виконавчих органів ради</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>61</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9">
         <v>27</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -1788,51 +1788,51 @@
       <c r="AQ9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>65</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>5066Про затвердження «Програми охорони навколишнього природного середовища Червоноградської мiської ради на 2024-2026 роки»</t>
+          <t>ID - 5066,  Про затвердження «Програми охорони навколишнього природного середовища Червоноградської мiської ради на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>48</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10">
         <v>27</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2076,51 +2076,51 @@
       <c r="AQ11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>5068Про затвердження «Програми охорони навколишнього природного середовища Червоноградської мiської ради на 2024-2026 роки»</t>
+          <t>ID - 5068,  Про затвердження «Програми охорони навколишнього природного середовища Червоноградської мiської ради на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12">
         <v>27</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2221,51 +2221,51 @@
       <c r="AQ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>5069Про припинення роботи комунального підприємства «Соснівкажитлокомунсервіс» шляхом приєднання до комунального підприємства «Комунальник»</t>
+          <t>ID - 5069,  Про припинення роботи комунального підприємства «Соснівкажитлокомунсервіс» шляхом приєднання до комунального підприємства «Комунальник»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>61</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -2366,51 +2366,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>5070Про реалізацію субпроєкту `Капітальний ремонт Народного дому в м. Червонограді Львівської області. Коригування` у рамках Проєкту `Енергоефективність громадських будівель в Україні`</t>
+          <t>ID - 5070,  Про реалізацію субпроєкту `Капітальний ремонт Народного дому в м. Червонограді Львівської області. Коригування` у рамках Проєкту `Енергоефективність громадських будівель в Україні`</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>61</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
       <c r="F14">
         <v>25</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -2511,51 +2511,51 @@
       <c r="AQ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>71</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>5071Про врегулювання питань господарського відання складовими Єдиної газорозподільної системи</t>
+          <t>ID - 5071,  Про врегулювання питань господарського відання складовими Єдиної газорозподільної системи</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>61</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15">
         <v>22</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
@@ -2656,51 +2656,51 @@
       <c r="AQ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>72</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>5072Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 5072,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>61</v>
       </c>
       <c r="E16" t="s">
         <v>55</v>
       </c>
       <c r="F16">
         <v>26</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -2801,51 +2801,51 @@
       <c r="AQ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>5073Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 5073,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>61</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17">
         <v>28</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
@@ -2946,51 +2946,51 @@
       <c r="AQ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>5074Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 5074,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>61</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18">
         <v>25</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>51</v>
@@ -3234,51 +3234,51 @@
       <c r="AQ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>77</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>5076Про затвердження технічних документацій із землеустрою щодо інвентаризації земель Приватного підприємства «Західний Буг»</t>
+          <t>ID - 5076,  Про затвердження технічних документацій із землеустрою щодо інвентаризації земель Приватного підприємства «Західний Буг»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>55</v>
       </c>
       <c r="F20">
         <v>26</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -3379,51 +3379,51 @@
       <c r="AQ20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>78</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>5077Про затвердження технічних документацій із землеустрою щодо інвентаризації земель Товариства з обмеженою відповідальністю «АКРІС-ЗАХІД»</t>
+          <t>ID - 5077,  Про затвердження технічних документацій із землеустрою щодо інвентаризації земель Товариства з обмеженою відповідальністю «АКРІС-ЗАХІД»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
       <c r="E21" t="s">
         <v>55</v>
       </c>
       <c r="F21">
         <v>26</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
@@ -4239,51 +4239,51 @@
       <c r="AQ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>89</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>5083Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення на території Червоноградської міської ради</t>
+          <t>ID - 5083,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>61</v>
       </c>
       <c r="E27" t="s">
         <v>55</v>
       </c>
       <c r="F27">
         <v>23</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
@@ -4527,51 +4527,51 @@
       <c r="AQ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>92</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>5085Про розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 5085,  Про розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>61</v>
       </c>
       <c r="E29" t="s">
         <v>55</v>
       </c>
       <c r="F29">
         <v>24</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
@@ -4815,51 +4815,51 @@
       <c r="AQ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>95</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>5087Про розгляд клопотання Відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
+          <t>ID - 5087,  Про розгляд клопотання Відділу капітального будівництва та інвестицій Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>61</v>
       </c>
       <c r="E31" t="s">
         <v>55</v>
       </c>
       <c r="F31">
         <v>25</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
@@ -5103,51 +5103,51 @@
       <c r="AQ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>98</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>5089Про розгляд клопотання Комунального закладу Львівської обласної ради «Львівське обласне бюро судово-медичної експертизи»</t>
+          <t>ID - 5089,  Про розгляд клопотання Комунального закладу Львівської обласної ради «Львівське обласне бюро судово-медичної експертизи»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>61</v>
       </c>
       <c r="E33" t="s">
         <v>55</v>
       </c>
       <c r="F33">
         <v>25</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
@@ -5248,51 +5248,51 @@
       <c r="AQ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>5090Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки на території Червоноградської міської ради (за межами населеного пункту с. Сілець)</t>
+          <t>ID - 5090,  Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки на території Червоноградської міської ради (за межами населеного пункту с. Сілець)</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>61</v>
       </c>
       <c r="E34" t="s">
         <v>55</v>
       </c>
       <c r="F34">
         <v>25</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>51</v>
@@ -5393,51 +5393,51 @@
       <c r="AQ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>100</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>5091Про розроблення технiчних документацiЙ iз землеустрою щодо iнвентаризацiї земель в м. Червоноград</t>
+          <t>ID - 5091,  Про розроблення технiчних документацiЙ iз землеустрою щодо iнвентаризацiї земель в м. Червоноград</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>61</v>
       </c>
       <c r="E35" t="s">
         <v>55</v>
       </c>
       <c r="F35">
         <v>25</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
@@ -5538,51 +5538,51 @@
       <c r="AQ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>5092Про проведення нормативних грошових оцінок земельних ділянок на території Червоноградської міської територіальної громади (за межами с. Сілець)</t>
+          <t>ID - 5092,  Про проведення нормативних грошових оцінок земельних ділянок на території Червоноградської міської територіальної громади (за межами с. Сілець)</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>61</v>
       </c>
       <c r="E36" t="s">
         <v>55</v>
       </c>
       <c r="F36">
         <v>26</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
@@ -5683,51 +5683,51 @@
       <c r="AQ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>102</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>5093Про розгляд клопотання управління капітального будівництва Львівської обласної державної адміністрації</t>
+          <t>ID - 5093,  Про розгляд клопотання управління капітального будівництва Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>61</v>
       </c>
       <c r="E37" t="s">
         <v>55</v>
       </c>
       <c r="F37">
         <v>26</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
@@ -6400,51 +6400,51 @@
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>111</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>5098Про функціонування місць тимчасового проживання внутрішньо переміщених осіб в Червоноградській міській територіальній громаді</t>
+          <t>ID - 5098,  Про функціонування місць тимчасового проживання внутрішньо переміщених осіб в Червоноградській міській територіальній громаді</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>61</v>
       </c>
       <c r="E42" t="s">
         <v>55</v>
       </c>
       <c r="F42">
         <v>25</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
@@ -6545,51 +6545,51 @@
       <c r="AQ42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>112</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>5099Про внесення змін до Положення про Червоноградський міський територіальний центр соціального обслуговування (надання соціальних послуг)</t>
+          <t>ID - 5099,  Про внесення змін до Положення про Червоноградський міський територіальний центр соціального обслуговування (надання соціальних послуг)</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>61</v>
       </c>
       <c r="E43" t="s">
         <v>55</v>
       </c>
       <c r="F43">
         <v>28</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
@@ -6690,51 +6690,51 @@
       <c r="AQ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>113</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>5100Про продовження терміну дії Програми соціально-економічного та культурного розвитку Червоноградської територіальної громади на 2021 рік</t>
+          <t>ID - 5100,  Про продовження терміну дії Програми соціально-економічного та культурного розвитку Червоноградської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>55</v>
       </c>
       <c r="F44">
         <v>27</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
@@ -6835,51 +6835,51 @@
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>114</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>5101Про затвердження програми цифровізації у Червоноградській територіальній громаді на 2023-2024 роки</t>
+          <t>ID - 5101,  Про затвердження програми цифровізації у Червоноградській територіальній громаді на 2023-2024 роки</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>61</v>
       </c>
       <c r="E45" t="s">
         <v>49</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
@@ -6980,51 +6980,51 @@
       <c r="AQ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>115</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>5102Про затвердження програми цифровізації у Червоноградській територіальній громаді на 2023-2024 роки</t>
+          <t>ID - 5102,  Про затвердження програми цифровізації у Червоноградській територіальній громаді на 2023-2024 роки</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>61</v>
       </c>
       <c r="E46" t="s">
         <v>55</v>
       </c>
       <c r="F46">
         <v>25</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>51</v>