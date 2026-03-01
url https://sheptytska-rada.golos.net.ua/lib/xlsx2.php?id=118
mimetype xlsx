--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -155,51 +155,51 @@
   <si>
     <t>Levkun Valentyna Heorhiyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Savchuk Anastasiya Andriyivna</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
     <t>10.08.23  10:43:09</t>
   </si>
   <si>
-    <t>4894Про демонтаж символів комуністичного та нацистського режиму</t>
+    <t>ID - 4894,  Про демонтаж символів комуністичного та нацистського режиму</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>10.08.23  10:44:16</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>10.08.23  11:13:04</t>
   </si>
@@ -209,222 +209,222 @@
   <si>
     <t>10.08.23  11:14:50</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>10.08.23  11:16:17</t>
   </si>
   <si>
     <t>10.08.23  11:17:46</t>
   </si>
   <si>
     <t>10.08.23  11:19:50</t>
   </si>
   <si>
     <t>10.08.23  11:21:25</t>
   </si>
   <si>
     <t>10.08.23  11:22:56</t>
   </si>
   <si>
     <t>10.08.23  11:24:28</t>
   </si>
   <si>
-    <t>4903Про розгляд клопотання громадянина Крупник Степана Івановича</t>
+    <t>ID - 4903,  Про розгляд клопотання громадянина Крупник Степана Івановича</t>
   </si>
   <si>
     <t>10.08.23  11:26:07</t>
   </si>
   <si>
-    <t>4904Про розгляд клопотання громадянки Затолоцької Євгенії Олександрівни</t>
+    <t>ID - 4904,  Про розгляд клопотання громадянки Затолоцької Євгенії Олександрівни</t>
   </si>
   <si>
     <t>10.08.23  11:27:28</t>
   </si>
   <si>
-    <t>4905Про розгляд клопотання громадянина Пелеха Володимира Ярославовича</t>
+    <t>ID - 4905,  Про розгляд клопотання громадянина Пелеха Володимира Ярославовича</t>
   </si>
   <si>
     <t>10.08.23  11:28:29</t>
   </si>
   <si>
-    <t>4906Про розгляд клопотання громадянки Ванько Ярослави Миронівни</t>
+    <t>ID - 4906,  Про розгляд клопотання громадянки Ванько Ярослави Миронівни</t>
   </si>
   <si>
     <t>10.08.23  11:29:53</t>
   </si>
   <si>
-    <t>4907Про розгляд клопотання громадянина Завадського Юрія Петровича</t>
+    <t>ID - 4907,  Про розгляд клопотання громадянина Завадського Юрія Петровича</t>
   </si>
   <si>
     <t>10.08.23  11:30:37</t>
   </si>
   <si>
-    <t>4908Про розгляд клопотання громадянки Лилик Ганни Федорівни</t>
+    <t>ID - 4908,  Про розгляд клопотання громадянки Лилик Ганни Федорівни</t>
   </si>
   <si>
     <t>10.08.23  11:32:32</t>
   </si>
   <si>
-    <t>4909Про розгляд клопотання громадянина Бонтара Дениса Володимировича</t>
+    <t>ID - 4909,  Про розгляд клопотання громадянина Бонтара Дениса Володимировича</t>
   </si>
   <si>
     <t>10.08.23  11:33:23</t>
   </si>
   <si>
-    <t>4910Внести правку з 12 % на 6%</t>
+    <t>ID - 4910,  Внести правку з 12 % на 6%</t>
   </si>
   <si>
     <t>10.08.23  11:33:52</t>
   </si>
   <si>
-    <t>4911Про розгляд клопотання громадянина Бонтара Дениса Володимировича</t>
+    <t>ID - 4911,  Про розгляд клопотання громадянина Бонтара Дениса Володимировича</t>
   </si>
   <si>
     <t>10.08.23  11:35:13</t>
   </si>
   <si>
     <t>10.08.23  11:36:58</t>
   </si>
   <si>
-    <t>4913Про розгляд клопотання громадянина Тітаренка Віктора Анатолійовича</t>
+    <t>ID - 4913,  Про розгляд клопотання громадянина Тітаренка Віктора Анатолійовича</t>
   </si>
   <si>
     <t>10.08.23  11:39:06</t>
   </si>
   <si>
-    <t>4914Про розгляд клопотання громадянки Бондарук Іванни Миколаївни</t>
+    <t>ID - 4914,  Про розгляд клопотання громадянки Бондарук Іванни Миколаївни</t>
   </si>
   <si>
     <t>10.08.23  11:40:16</t>
   </si>
   <si>
-    <t>4915Про розгляд клопотання громадянина Мороза Василя Мироновича</t>
+    <t>ID - 4915,  Про розгляд клопотання громадянина Мороза Василя Мироновича</t>
   </si>
   <si>
     <t>10.08.23  11:41:06</t>
   </si>
   <si>
-    <t>4916Про розгляд клопотання громадянина Предка Павла Євгеновича</t>
+    <t>ID - 4916,  Про розгляд клопотання громадянина Предка Павла Євгеновича</t>
   </si>
   <si>
     <t>10.08.23  11:42:59</t>
   </si>
   <si>
-    <t>4917Про розгляд клопотання Публічного акціонерного товариства «Зміна»</t>
+    <t>ID - 4917,  Про розгляд клопотання Публічного акціонерного товариства «Зміна»</t>
   </si>
   <si>
     <t>10.08.23  11:45:42</t>
   </si>
   <si>
-    <t>4918Внести зміни в рішення 3% на 1,5%</t>
+    <t>ID - 4918,  Внести зміни в рішення 3% на 1,5%</t>
   </si>
   <si>
     <t>10.08.23  11:46:21</t>
   </si>
   <si>
-    <t>4919Про розгляд клопотання Публічного акціонерного товариства «Зміна»</t>
+    <t>ID - 4919,  Про розгляд клопотання Публічного акціонерного товариства «Зміна»</t>
   </si>
   <si>
     <t>10.08.23  11:47:28</t>
   </si>
   <si>
-    <t>4920Про проведення нормативних грошових оцiнок земельних ділянок в селі Волсвин</t>
+    <t>ID - 4920,  Про проведення нормативних грошових оцiнок земельних ділянок в селі Волсвин</t>
   </si>
   <si>
     <t>10.08.23  11:50:04</t>
   </si>
   <si>
     <t>10.08.23  11:52:27</t>
   </si>
   <si>
     <t>10.08.23  11:55:14</t>
   </si>
   <si>
     <t>10.08.23  11:58:54</t>
   </si>
   <si>
     <t>10.08.23  12:00:15</t>
   </si>
   <si>
     <t>10.08.23  12:02:20</t>
   </si>
   <si>
     <t>10.08.23  12:03:27</t>
   </si>
   <si>
     <t>10.08.23  12:07:05</t>
   </si>
   <si>
     <t>10.08.23  12:09:10</t>
   </si>
   <si>
-    <t>4929Виплата проводиться при погодженні отримувача коштів</t>
+    <t>ID - 4929,  Виплата проводиться при погодженні отримувача коштів</t>
   </si>
   <si>
     <t>10.08.23  12:09:39</t>
   </si>
   <si>
     <t>10.08.23  12:10:58</t>
   </si>
   <si>
-    <t>4931Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 4931,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>10.08.23  12:12:15</t>
   </si>
   <si>
-    <t>4932Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 4932,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>10.08.23  12:12:57</t>
   </si>
   <si>
-    <t>4933Внести правки озвучені Кудриком І. І.</t>
+    <t>ID - 4933,  Внести правки озвучені Кудриком І. І.</t>
   </si>
   <si>
     <t>10.08.23  12:16:28</t>
   </si>
   <si>
-    <t>4934Долучити правку Озвучену Лапцем М. Р.</t>
+    <t>ID - 4934,  Долучити правку Озвучену Лапцем М. Р.</t>
   </si>
   <si>
     <t>10.08.23  12:18:12</t>
   </si>
   <si>
-    <t>4935Про надання одноразової матеріальної допомоги</t>
+    <t>ID - 4935,  Про надання одноразової матеріальної допомоги</t>
   </si>
   <si>
     <t>10.08.23  12:51:31</t>
   </si>
   <si>
     <t>10.08.23  12:53:55</t>
   </si>
   <si>
-    <t>4937Не схвалити звіт начальника відділу інспекції з паркування </t>
+    <t>ID - 4937,  Не схвалити звіт начальника відділу інспекції з паркування </t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>10.08.23  12:54:25</t>
   </si>
   <si>
     <t>24.08.23  14:14:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
@@ -810,51 +810,51 @@
       <c r="AQ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>4895Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
+          <t>ID - 4895,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3">
         <v>23</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
@@ -955,51 +955,51 @@
       <c r="AQ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>4896І. Відповідно до розпорядження Львівської обласної військової адміністрації від 31.07.2023 року №583/0/5-23ВА «Про внесення змін до Програми  соціально-економічного та культурного розвитку Львівської області на 2021-2023 роки» пропонується збільшити обсяг доходів спеціального фонду місцевого бюджету на  субвенцію в сумі  1 500,0тис.грн.  спрямувавши її головному розпоряднику коштів – виконавчому комітету Червоноградської міської ради (0238 , 0217368, 3122) на  об’єкт « Будівництво інженерно-транспортної інфраструктури індустріального парку «Червоноград», в тому числі виготовлення проєктно-кошторисної документації» ІІ. Змінами до проекту  рішення: - кошти з об’єкту «Реконструкція підвісного мосту через р. Західний Буг в м.Червонораді Львівської області. Коригування» (1500, 1517441, 3142) в  сумі 2300,0тис.грн. перемістити на: - придбання квадрокоптерів з подальшою передачею Збройним Силам України - 2 200,0 тис.грн. (0200, 0218240, 3110). - поточний ремонт приміщення (туалетів) КЗ `Будинок воїна -100,0 тис.грн.  ( 0264, 0213241, 2240). ІІІ. Беручи до уваги  лист В/Ч ТО410 пропонується 73,5 тис.грн.</t>
+          <t>ID - 4896,  І. Відповідно до розпорядження Львівської обласної військової адміністрації від 31.07.2023 року №583/0/5-23ВА «Про внесення змін до Програми  соціально-економічного та культурного розвитку Львівської області на 2021-2023 роки» пропонується збільшити обсяг доходів спеціального фонду місцевого бюджету на  субвенцію в сумі  1 500,0тис.грн.  спрямувавши її головному розпоряднику коштів – виконавчому комітету Червоноградської міської ради (0238 , 0217368, 3122) на  об’єкт « Будівництво інженерно-транспортної інфраструктури індустріального парку «Червоноград», в тому числі виготовлення проєктно-кошторисної документації» ІІ. Змінами до проекту  рішення: - кошти з об’єкту «Реконструкція підвісного мосту через р. Західний Буг в м.Червонораді Львівської області. Коригування» (1500, 1517441, 3142) в  сумі 2300,0тис.грн. перемістити на: - придбання квадрокоптерів з подальшою передачею Збройним Силам України - 2 200,0 тис.грн. (0200, 0218240, 3110). - поточний ремонт приміщення (туалетів) КЗ `Будинок воїна -100,0 тис.грн.  ( 0264, 0213241, 2240). ІІІ. Беручи до уваги  лист В/Ч ТО410 пропонується 73,5 тис.грн.</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>24</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
@@ -1100,51 +1100,51 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>4897Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
+          <t>ID - 4897,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>25</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1245,51 +1245,51 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>4898Про присвоєння рангу посадової особи місцевого самоврядування старостам виконавчого комiтету Червоноградської мiської ради</t>
+          <t>ID - 4898,  Про присвоєння рангу посадової особи місцевого самоврядування старостам виконавчого комiтету Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>49</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>23</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -1390,51 +1390,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>4899Про створення груп подовженого дня у закладах загальної середньої освіти на 2023/2024 навчальний рік</t>
+          <t>ID - 4899,  Про створення груп подовженого дня у закладах загальної середньої освіти на 2023/2024 навчальний рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>49</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>24</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1535,51 +1535,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>4900Про затвердження статуту комунального пiдприємства «Червоноградводоканал» в новiй редакції</t>
+          <t>ID - 4900,  Про затвердження статуту комунального пiдприємства «Червоноградводоканал» в новiй редакції</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8">
         <v>25</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -1680,51 +1680,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>4901Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 4901,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>49</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>25</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -1825,51 +1825,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>64</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>4902Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 4902,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10">
         <v>25</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -3257,51 +3257,51 @@
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>4912Про затвердження проекту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення</t>
+          <t>ID - 4912,  Про затвердження проекту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20">
         <v>26</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -4546,51 +4546,51 @@
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>100</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>4921Про розгляд клопотання Товариства з обмеженою відповідальністю «Експрес - 2»щодо продажу у власність земельної ділянки</t>
+          <t>ID - 4921,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Експрес - 2»щодо продажу у власність земельної ділянки</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>49</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29">
         <v>23</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
@@ -4691,51 +4691,51 @@
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>101</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>4922Про розгляд клопотання Товариства з обмеженою відповідальністю «Експрес - 2» щодо надання в оренду земельної ділянки</t>
+          <t>ID - 4922,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Експрес - 2» щодо надання в оренду земельної ділянки</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>49</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30">
         <v>22</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
@@ -4836,51 +4836,51 @@
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>102</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>4923Про організацію та проведення Всеукраїнського відкритого архітектурного конкурсу на проєктну пропозицію по об’єкту : «Нове будівництво адміністративно – офісної будівлі трансформації в місті Червонограді Червоноградської територіальної громади Червоноградського району Львівської області »</t>
+          <t>ID - 4923,  Про організацію та проведення Всеукраїнського відкритого архітектурного конкурсу на проєктну пропозицію по об’єкту : «Нове будівництво адміністративно – офісної будівлі трансформації в місті Червонограді Червоноградської територіальної громади Червоноградського району Львівської області »</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>49</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31">
         <v>26</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
@@ -4981,51 +4981,51 @@
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>103</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>4924Про внесення змін до складу комісії з припинення комунального підприємства «Школяр» шляхом ліквідації, затвердженої рішенням Червоноградської міської ради Червоноградського району від 30.03.2023 № 1751</t>
+          <t>ID - 4924,  Про внесення змін до складу комісії з припинення комунального підприємства «Школяр» шляхом ліквідації, затвердженої рішенням Червоноградської міської ради Червоноградського району від 30.03.2023 № 1751</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>49</v>
       </c>
       <c r="E32" t="s">
         <v>50</v>
       </c>
       <c r="F32">
         <v>26</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
@@ -5126,51 +5126,51 @@
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>104</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>4925Про утворення Координаційного центру підтримки цивільного населення при Червоноградській міській територіальній громаді</t>
+          <t>ID - 4925,  Про утворення Координаційного центру підтримки цивільного населення при Червоноградській міській територіальній громаді</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>49</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33">
         <v>26</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
@@ -5271,51 +5271,51 @@
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>105</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>4926Про створення Комісії для проведення співбесід із кандидатами у помічники ветерана при Червоноградській міській територіальній громаді</t>
+          <t>ID - 4926,  Про створення Комісії для проведення співбесід із кандидатами у помічники ветерана при Червоноградській міській територіальній громаді</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>49</v>
       </c>
       <c r="E34" t="s">
         <v>50</v>
       </c>
       <c r="F34">
         <v>26</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>51</v>
@@ -5416,51 +5416,51 @@
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>106</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>4927Про затвердження Положення про Червоноградський міський центр соціальних служб в новій редакції</t>
+          <t>ID - 4927,  Про затвердження Положення про Червоноградський міський центр соціальних служб в новій редакції</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>49</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
         <v>26</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
@@ -5561,51 +5561,51 @@
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>107</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>4928Про затвердження Положення `Про присвоєння звання `Почесний громадянин Червоноградської міської територіальної громади` в новій редакції</t>
+          <t>ID - 4928,  Про затвердження Положення `Про присвоєння звання `Почесний громадянин Червоноградської міської територіальної громади` в новій редакції</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>54</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
         <v>25</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
@@ -5849,51 +5849,51 @@
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>110</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>4930Про затвердження Положення `Про присвоєння звання `Почесний громадянин Червоноградської міської територіальної громади` в новій редакції</t>
+          <t>ID - 4930,  Про затвердження Положення `Про присвоєння звання `Почесний громадянин Червоноградської міської територіальної громади` в новій редакції</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>59</v>
       </c>
       <c r="E38" t="s">
         <v>50</v>
       </c>
       <c r="F38">
         <v>26</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
@@ -6709,51 +6709,51 @@
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>121</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>4936Про звіт начальника відділу інспекції з паркування управління житлово-комунального господарства Червоноградської міської ради</t>
+          <t>ID - 4936,  Про звіт начальника відділу інспекції з паркування управління житлово-комунального господарства Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>54</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>25</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
@@ -6997,51 +6997,51 @@
       <c r="AQ45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>127</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>4938Про звіт начальника відділу інспекції з паркування управління житлово-комунального господарства Червоноградської міської ради</t>
+          <t>ID - 4938,  Про звіт начальника відділу інспекції з паркування управління житлово-комунального господарства Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>59</v>
       </c>
       <c r="E46" t="s">
         <v>50</v>
       </c>
       <c r="F46">
         <v>23</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>51</v>
@@ -7142,51 +7142,51 @@
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>128</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>4943Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 4943,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>49</v>
       </c>
       <c r="E47" t="s">
         <v>50</v>
       </c>
       <c r="F47">
         <v>24</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>51</v>