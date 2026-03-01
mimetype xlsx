--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="160">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -182,354 +182,348 @@
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>04.05.23  10:54:35</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>04.05.23  10:55:03</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>04.05.23  10:55:42</t>
   </si>
   <si>
-    <t>4589Про депутатськi запити</t>
+    <t>ID - 4589,  Про депутатськi запити</t>
   </si>
   <si>
     <t>04.05.23  11:04:16</t>
   </si>
   <si>
-    <t>4594Про депутатськi запити</t>
+    <t>ID - 4594,  Про депутатськi запити</t>
   </si>
   <si>
     <t>04.05.23  11:05:44</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>04.05.23  11:16:59</t>
   </si>
   <si>
     <t>04.05.23  11:27:28</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>04.05.23  11:38:47</t>
   </si>
   <si>
     <t>04.05.23  11:40:19</t>
   </si>
   <si>
-    <t>4599Внести правку озвучену Остапюком П.П.  </t>
+    <t>ID - 4599,  Внести правку озвучену Остапюком П.П.  </t>
   </si>
   <si>
     <t>04.05.23  11:40:48</t>
   </si>
   <si>
     <t>04.05.23  12:15:28</t>
   </si>
   <si>
-    <t>4601Про зміну типів та найменувань закладів загальної середньої освіти</t>
+    <t>ID - 4601,  Про зміну типів та найменувань закладів загальної середньої освіти</t>
   </si>
   <si>
     <t>04.05.23  12:16:25</t>
   </si>
   <si>
-    <t>4602Правка про те щоб змінити для Острова та Сільця термін на 2024 рік</t>
+    <t>ID - 4602,  Правка про те щоб змінити для Острова та Сільця термін на 2024 рік</t>
   </si>
   <si>
     <t>04.05.23  12:16:54</t>
   </si>
   <si>
-    <t>4603Про зміну типів та найменувань закладів загальної середньої освіти</t>
+    <t>ID - 4603,  Про зміну типів та найменувань закладів загальної середньої освіти</t>
   </si>
   <si>
     <t>04.05.23  12:18:08</t>
   </si>
   <si>
-    <t>4604Про безоплатну передачу матеріальних цінностей</t>
+    <t>ID - 4604,  Про безоплатну передачу матеріальних цінностей</t>
   </si>
   <si>
     <t>04.05.23  12:19:31</t>
   </si>
   <si>
-    <t>4605Внести правки озвучені Гаманюком В. В.</t>
+    <t>ID - 4605,  Внести правки озвучені Гаманюком В. В.</t>
   </si>
   <si>
     <t>04.05.23  12:19:59</t>
   </si>
   <si>
-    <t>4606Про безоплатну передачу матеріальних цінностей</t>
+    <t>ID - 4606,  Про безоплатну передачу матеріальних цінностей</t>
   </si>
   <si>
     <t>04.05.23  12:23:01</t>
   </si>
   <si>
     <t>04.05.23  12:26:55</t>
   </si>
   <si>
     <t>04.05.23  12:29:47</t>
   </si>
   <si>
-    <t>4609Про розгляд клопотання громадянина Малиша Петра Степановича</t>
+    <t>ID - 4609,  Про розгляд клопотання громадянина Малиша Петра Степановича</t>
   </si>
   <si>
     <t>04.05.23  12:31:48</t>
   </si>
   <si>
     <t>04.05.23  12:32:53</t>
   </si>
   <si>
-    <t>4611Про розгляд клопотання громадянина Шкварки Валерія Стефановича</t>
+    <t>ID - 4611,  Про розгляд клопотання громадянина Шкварки Валерія Стефановича</t>
   </si>
   <si>
     <t>04.05.23  12:34:48</t>
   </si>
   <si>
-    <t>4612Про продаж у власність земельної ділянки підприємцю Ільчуку Володимиру Богдановичу</t>
-[...1 lines deleted...]
-  <si>
     <t>04.05.23  12:36:37</t>
   </si>
   <si>
-    <t>4613Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 4613,  Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>04.05.23  12:38:17</t>
   </si>
   <si>
     <t>04.05.23  12:40:57</t>
   </si>
   <si>
     <t>04.05.23  12:43:08</t>
   </si>
   <si>
-    <t>4616Про продовження строку оренди земельних ділянок</t>
+    <t>ID - 4616,  Про продовження строку оренди земельних ділянок</t>
   </si>
   <si>
     <t>04.05.23  12:46:35</t>
   </si>
   <si>
-    <t>4617Про надання в оренду земельних ділянок</t>
+    <t>ID - 4617,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>04.05.23  12:48:38</t>
   </si>
   <si>
-    <t>4618Про розгляд клопотання Червоноградського місцевого товариства «Рибацький кут»</t>
+    <t>ID - 4618,  Про розгляд клопотання Червоноградського місцевого товариства «Рибацький кут»</t>
   </si>
   <si>
     <t>04.05.23  12:51:26</t>
   </si>
   <si>
     <t>04.05.23  12:53:49</t>
   </si>
   <si>
     <t>04.05.23  12:55:34</t>
   </si>
   <si>
-    <t>4621Про розгляд клопотання громадянина Купровського Івана Федоровича</t>
+    <t>ID - 4621,  Про розгляд клопотання громадянина Купровського Івана Федоровича</t>
   </si>
   <si>
     <t>04.05.23  12:56:08</t>
   </si>
   <si>
-    <t>4622Про розгляд клопотання громадянина Ващука Анатолія Ігоровича</t>
+    <t>ID - 4622,  Про розгляд клопотання громадянина Ващука Анатолія Ігоровича</t>
   </si>
   <si>
     <t>04.05.23  12:59:15</t>
   </si>
   <si>
     <t>04.05.23  14:47:37</t>
   </si>
   <si>
-    <t>4626Про розгляд клопотання громадянина Пагутяка Віталія Дмитровича</t>
+    <t>ID - 4626,  Про розгляд клопотання громадянина Пагутяка Віталія Дмитровича</t>
   </si>
   <si>
     <t>04.05.23  14:48:41</t>
   </si>
   <si>
     <t>04.05.23  14:52:19</t>
   </si>
   <si>
-    <t>4628Про затвердження проектів землеустрою щодо відведення земельних ділянок у оренду</t>
-[...1 lines deleted...]
-  <si>
     <t>04.05.23  14:57:58</t>
   </si>
   <si>
     <t>04.05.23  15:00:33</t>
   </si>
   <si>
     <t>04.05.23  15:03:12</t>
   </si>
   <si>
     <t>04.05.23  15:05:01</t>
   </si>
   <si>
     <t>04.05.23  15:06:44</t>
   </si>
   <si>
-    <t>4633Про розгляд клопотань Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 4633,  Про розгляд клопотань Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>04.05.23  15:08:13</t>
   </si>
   <si>
-    <t>4634Про розгляд клопотання комунального підприємства «Червоноградводоканал»</t>
+    <t>ID - 4634,  Про розгляд клопотання комунального підприємства «Червоноградводоканал»</t>
   </si>
   <si>
     <t>04.05.23  15:09:22</t>
   </si>
   <si>
-    <t>4635Про продаж у власність земельної ділянки громадянці Брюхович Марії Іванівні</t>
+    <t>ID - 4635,  Про продаж у власність земельної ділянки громадянці Брюхович Марії Іванівні</t>
   </si>
   <si>
     <t>04.05.23  15:11:36</t>
   </si>
   <si>
     <t>04.05.23  15:13:20</t>
   </si>
   <si>
     <t>04.05.23  15:15:15</t>
   </si>
   <si>
     <t>04.05.23  15:18:15</t>
   </si>
   <si>
     <t>04.05.23  15:19:38</t>
   </si>
   <si>
-    <t>4640Про розгляд клопотання гр. Корнової Світлани</t>
+    <t>ID - 4640,  Про розгляд клопотання гр. Корнової Світлани</t>
   </si>
   <si>
     <t>04.05.23  15:26:50</t>
   </si>
   <si>
     <t>04.05.23  15:27:23</t>
   </si>
   <si>
     <t>04.05.23  15:28:57</t>
   </si>
   <si>
     <t>04.05.23  15:30:01</t>
   </si>
   <si>
     <t>04.05.23  15:30:52</t>
   </si>
   <si>
     <t>04.05.23  15:32:57</t>
   </si>
   <si>
     <t>04.05.23  15:34:15</t>
   </si>
   <si>
     <t>04.05.23  15:35:40</t>
   </si>
   <si>
     <t>04.05.23  15:38:27</t>
   </si>
   <si>
     <t>04.05.23  15:40:56</t>
   </si>
   <si>
     <t>04.05.23  15:42:22</t>
   </si>
   <si>
     <t>04.05.23  15:43:41</t>
   </si>
   <si>
     <t>04.05.23  15:44:16</t>
   </si>
   <si>
     <t>04.05.23  15:44:53</t>
   </si>
   <si>
-    <t>4654Про надання одноразової грошової допомоги</t>
+    <t>ID - 4654,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>04.05.23  15:47:18</t>
   </si>
   <si>
-    <t>4655Внести поправки озвучені Кудрик І.І.</t>
+    <t>ID - 4655,  Внести поправки озвучені Кудрик І.І.</t>
   </si>
   <si>
     <t>04.05.23  15:47:47</t>
   </si>
   <si>
-    <t>4656Про надання одноразової грошової допомоги</t>
+    <t>ID - 4656,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>04.05.23  16:29:21</t>
   </si>
   <si>
-    <t>4657Про звіт заступника міського голови з питань діяльності виконавчих органів ради</t>
+    <t>ID - 4657,  Про звіт заступника міського голови з питань діяльності виконавчих органів ради</t>
   </si>
   <si>
     <t>04.05.23  16:31:42</t>
   </si>
   <si>
     <t>04.05.23  16:33:36</t>
   </si>
   <si>
-    <t>4659Про безоплатну передачу майна</t>
+    <t>ID - 4659,  Про безоплатну передачу майна</t>
   </si>
   <si>
     <t>04.05.23  16:37:56</t>
   </si>
   <si>
-    <t>4660Про безоплатну передачу основних засобів, матеріальних цінностей</t>
+    <t>ID - 4660,  Про безоплатну передачу основних засобів, матеріальних цінностей</t>
   </si>
   <si>
     <t>04.05.23  16:38:57</t>
   </si>
   <si>
-    <t>4661Про надання дозволу закладам освіти на використання залишку бензину</t>
+    <t>ID - 4661,  Про надання дозволу закладам освіти на використання залишку бензину</t>
   </si>
   <si>
     <t>04.05.23  16:42:54</t>
   </si>
   <si>
-    <t>4662Про безоплатну передачу безкоштовно отриманих основних засобів</t>
+    <t>ID - 4662,  Про безоплатну передачу безкоштовно отриманих основних засобів</t>
   </si>
   <si>
     <t>04.05.23  16:44:55</t>
   </si>
   <si>
     <t>04.05.23  16:46:37</t>
   </si>
   <si>
     <t>04.05.23  16:47:54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
@@ -762,51 +756,51 @@
       <c r="AP1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>46</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>4586Про звернення Червоноградської міської ради Львівської області до начальника Департаменту з питань виконання кримінальних покарань Державної кримінально-виконавчої служби України щодо залучення осіб, позбавлених волі, до видобування вугілля на базі ПрАТ «Шахта «Надія»</t>
+          <t>ID - 4586,  Про звернення Червоноградської міської ради Львівської області до начальника Департаменту з питань виконання кримінальних покарань Державної кримінально-виконавчої служби України щодо залучення осіб, позбавлених волі, до видобування вугілля на базі ПрАТ «Шахта «Надія»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
       <c r="E2" t="s">
         <v>48</v>
       </c>
       <c r="F2">
         <v>30</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -904,51 +898,51 @@
       <c r="AP2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>4587Внести правку озвучену громадою до вищезгаданих структур, щодо залучення засуджених осіб до робіт на шахті Надія</t>
+          <t>ID - 4587,  Внести правку озвучену громадою до вищезгаданих структур, щодо залучення засуджених осіб до робіт на шахті Надія</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>53</v>
       </c>
       <c r="E3" t="s">
         <v>48</v>
       </c>
       <c r="F3">
         <v>29</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
@@ -1046,51 +1040,51 @@
       <c r="AP3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>4588Про звернення Червоноградської міської ради Львівської області до начальника Департаменту з питань виконання кримінальних покарань Державної кримінально-виконавчої служби України щодо залучення осіб, позбавлених волі, до видобування вугілля на базі ПрАТ «Шахта «Надія»</t>
+          <t>ID - 4588,  Про звернення Червоноградської міської ради Львівської області до начальника Департаменту з питань виконання кримінальних покарань Державної кримінально-виконавчої служби України щодо залучення осіб, позбавлених волі, до видобування вугілля на базі ПрАТ «Шахта «Надія»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>55</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4">
         <v>30</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
@@ -1468,51 +1462,51 @@
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>4595Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 4595,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>48</v>
       </c>
       <c r="F7">
         <v>29</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1610,51 +1604,51 @@
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>4596Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2023 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4596,  Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2023 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>47</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8">
         <v>29</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
@@ -1752,51 +1746,51 @@
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>4597 Перенести кошти із співфінансування на встановлення сонячних панелей на ремонт електричної мережі музичної школи</t>
+          <t>ID - 4597,   Перенести кошти із співфінансування на встановлення сонячних панелей на ремонт електричної мережі музичної школи</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>64</v>
       </c>
       <c r="F9">
         <v>14</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -1894,51 +1888,51 @@
       <c r="AP9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>4598ПРАВКИ ДО ПРОЕКТУ РІШЕННЯ   Збільшити план спеціального фонду бюджету розвитку на надходження коштів від продажу земельних ділянок несільськогосподарського, що перебувають у державній або комунальній власності (код доходів 33010100) на суму 417 000 гривень та спрямувати їх на фінансування видатків:       -  виготовлення акту обстеження прийнятих  в експлуатацію об’єктів будівництва (Червоноградський Народний дім) – 99 000 гривень (ПКВКМБ 1014060 КЕКВ 3132).  - коригування проєктно-кошторисної документації по проекту: «Капітальний ремонт Червоноградського Народного дому за адресою: пр.Шевченка,15, м.Червоноград» - 95 000 гривень(ПКВКМБ 1014060 КЕКВ 3132). - проведення експертизи по проєкту: «Капітальний ремонт Червоноградського Народного дому за адресою: пр.Шевченка,15, м.Червоноград» - 55 000 гривень(ПКВКМБ 1014060 КЕКВ 3132). - Реконструкція мережі зовнішнього освітлення з використанням енергозберігаючих технологій по вул. Зелена в  с.Борятин Червоноградського району Львівської області – 35 000 гривень (ПКВКМБ 1517330   КЕКВ 3142). - Реконструкція мережі зовнішнього освітлення з</t>
+          <t>ID - 4598,  ПРАВКИ ДО ПРОЕКТУ РІШЕННЯ   Збільшити план спеціального фонду бюджету розвитку на надходження коштів від продажу земельних ділянок несільськогосподарського, що перебувають у державній або комунальній власності (код доходів 33010100) на суму 417 000 гривень та спрямувати їх на фінансування видатків:       -  виготовлення акту обстеження прийнятих  в експлуатацію об’єктів будівництва (Червоноградський Народний дім) – 99 000 гривень (ПКВКМБ 1014060 КЕКВ 3132).  - коригування проєктно-кошторисної документації по проекту: «Капітальний ремонт Червоноградського Народного дому за адресою: пр.Шевченка,15, м.Червоноград» - 95 000 гривень(ПКВКМБ 1014060 КЕКВ 3132). - проведення експертизи по проєкту: «Капітальний ремонт Червоноградського Народного дому за адресою: пр.Шевченка,15, м.Червоноград» - 55 000 гривень(ПКВКМБ 1014060 КЕКВ 3132). - Реконструкція мережі зовнішнього освітлення з використанням енергозберігаючих технологій по вул. Зелена в  с.Борятин Червоноградського району Львівської області – 35 000 гривень (ПКВКМБ 1517330   КЕКВ 3142). - Реконструкція мережі зовнішнього освітлення з</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>48</v>
       </c>
       <c r="F10">
         <v>26</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>49</v>
@@ -2176,51 +2170,51 @@
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>4600Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2023 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4600,  Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2023 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12">
         <v>30</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>49</v>
@@ -3158,51 +3152,51 @@
       <c r="AP18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>4607Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 4607,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19">
         <v>23</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>49</v>
@@ -3300,51 +3294,51 @@
       <c r="AP19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>4608Про надання дозволу на розроблення проектiв емлеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 4608,  Про надання дозволу на розроблення проектiв емлеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20">
         <v>23</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>49</v>
@@ -3582,51 +3576,51 @@
       <c r="AP21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>86</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>4610Про розгляд клопотання релігійної організації «Монастир Святого Юрія Провінції Отців Василіян Найсвятішого Спасителя в Україні Української Греко-Католицької Церкви в Червонограді»</t>
+          <t>ID - 4610,  Про розгляд клопотання релігійної організації «Монастир Святого Юрія Провінції Отців Василіян Найсвятішого Спасителя в Україні Української Греко-Католицької Церкви в Червонограді»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22">
         <v>25</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>49</v>
@@ -3862,52 +3856,54 @@
         <v>51</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>89</v>
       </c>
-      <c r="C24" t="s" s="4">
-        <v>90</v>
+      <c r="C24" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4612,  Про продаж у власність земельної ділянки підприємцю Ільчуку Володимиру Богдановичу</t>
+        </is>
       </c>
       <c r="D24" t="s">
         <v>61</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24">
         <v>26</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
       </c>
@@ -4000,54 +3996,54 @@
       </c>
       <c r="AO24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>90</v>
+      </c>
+      <c r="C25" t="s" s="4">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25">
         <v>27</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
       </c>
@@ -4140,55 +4136,55 @@
       </c>
       <c r="AO25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>4614Про розгляд клопотання Поздимирського навчально-виховного комплексу «Загальноосвітньої школи I-II ступенів - дошкільний заклад» Червоноградської міської ради Львівської області</t>
+          <t>ID - 4614,  Про розгляд клопотання Поздимирського навчально-виховного комплексу «Загальноосвітньої школи I-II ступенів - дошкільний заклад» Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>61</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26">
         <v>25</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
@@ -4282,55 +4278,55 @@
       </c>
       <c r="AO26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>4615Про виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
+          <t>ID - 4615,  Про виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>61</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27">
         <v>25</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
@@ -4424,54 +4420,54 @@
       </c>
       <c r="AO27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>94</v>
+      </c>
+      <c r="C28" t="s" s="4">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D28" t="s">
         <v>61</v>
       </c>
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28">
         <v>27</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
       </c>
@@ -4564,54 +4560,54 @@
       </c>
       <c r="AO28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>96</v>
+      </c>
+      <c r="C29" t="s" s="4">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D29" t="s">
         <v>61</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29">
         <v>25</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
       </c>
@@ -4704,54 +4700,54 @@
       </c>
       <c r="AO29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>98</v>
+      </c>
+      <c r="C30" t="s" s="4">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D30" t="s">
         <v>61</v>
       </c>
       <c r="E30" t="s">
         <v>48</v>
       </c>
       <c r="F30">
         <v>21</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
       </c>
@@ -4844,55 +4840,55 @@
       </c>
       <c r="AO30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>4619Про надання дозволу на розроблення проектів землеустрою, щодо відведення земельних ділянок з метою зміни їх цільового призначення для продажу прав оренди на земельному аукціоні</t>
+          <t>ID - 4619,  Про надання дозволу на розроблення проектів землеустрою, щодо відведення земельних ділянок з метою зміни їх цільового призначення для продажу прав оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>61</v>
       </c>
       <c r="E31" t="s">
         <v>48</v>
       </c>
       <c r="F31">
         <v>27</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>49</v>
@@ -4986,55 +4982,55 @@
       </c>
       <c r="AO31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>4620Про надання дозволу на виготовлення технiчної документації iз землеустрою, щодо поділу земельної ділянки на території Червоноградської міської ради (за межами с. Сілець)</t>
+          <t>ID - 4620,  Про надання дозволу на виготовлення технiчної документації iз землеустрою, щодо поділу земельної ділянки на території Червоноградської міської ради (за межами с. Сілець)</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>61</v>
       </c>
       <c r="E32" t="s">
         <v>48</v>
       </c>
       <c r="F32">
         <v>27</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>49</v>
@@ -5128,54 +5124,54 @@
       </c>
       <c r="AO32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>102</v>
+      </c>
+      <c r="C33" t="s" s="4">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D33" t="s">
         <v>61</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
         <v>28</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>49</v>
       </c>
@@ -5268,54 +5264,54 @@
       </c>
       <c r="AO33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>104</v>
+      </c>
+      <c r="C34" t="s" s="4">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D34" t="s">
         <v>61</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
         <v>28</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>49</v>
       </c>
@@ -5408,55 +5404,55 @@
       </c>
       <c r="AO34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>4623Про внесення змiн в рішення Волсвинської сільської ради та рішення Червоноградської міської ради</t>
+          <t>ID - 4623,  Про внесення змiн в рішення Волсвинської сільської ради та рішення Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>61</v>
       </c>
       <c r="E35" t="s">
         <v>48</v>
       </c>
       <c r="F35">
         <v>28</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>49</v>
@@ -5550,54 +5546,54 @@
       </c>
       <c r="AO35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>107</v>
+      </c>
+      <c r="C36" t="s" s="4">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D36" t="s">
         <v>61</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36">
         <v>22</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
       </c>
@@ -5690,55 +5686,55 @@
       </c>
       <c r="AO36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>4627Про виготовлення технічної документації з нормативної грошової оцiнки земельної ділянки з кадастровим номером 4624884200:03:000:0054</t>
+          <t>ID - 4627,  Про виготовлення технічної документації з нормативної грошової оцiнки земельної ділянки з кадастровим номером 4624884200:03:000:0054</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>61</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37">
         <v>23</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>49</v>
@@ -5832,54 +5828,56 @@
       </c>
       <c r="AO37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>110</v>
+      </c>
+      <c r="C38" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4628,  Про затвердження проектів землеустрою щодо відведення земельних ділянок у оренду</t>
+        </is>
       </c>
       <c r="D38" t="s">
         <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38">
         <v>24</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
       </c>
@@ -5972,55 +5970,55 @@
       </c>
       <c r="AO38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>4629Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в селі Добрячин на вул. Сокальська Червоноградського району</t>
+          <t>ID - 4629,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в селі Добрячин на вул. Сокальська Червоноградського району</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>61</v>
       </c>
       <c r="E39" t="s">
         <v>48</v>
       </c>
       <c r="F39">
         <v>24</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>49</v>
@@ -6114,55 +6112,55 @@
       </c>
       <c r="AO39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>4630Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Львівська кадастровий номер земельної ділянки 4611800000:06:002:0059</t>
+          <t>ID - 4630,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Львівська кадастровий номер земельної ділянки 4611800000:06:002:0059</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>61</v>
       </c>
       <c r="E40" t="s">
         <v>48</v>
       </c>
       <c r="F40">
         <v>24</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
@@ -6256,55 +6254,55 @@
       </c>
       <c r="AO40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>4631Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Стуса, кадастровий номер земельної ділянки 4611800000:02:006:0058</t>
+          <t>ID - 4631,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на вулиці Стуса, кадастровий номер земельної ділянки 4611800000:02:006:0058</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>61</v>
       </c>
       <c r="E41" t="s">
         <v>48</v>
       </c>
       <c r="F41">
         <v>22</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>49</v>
@@ -6398,55 +6396,55 @@
       </c>
       <c r="AO41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>4632Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на проспекті Шевченка, 21 «в», кадастровий номер земельної ділянки 4611800000:02:009:0071</t>
+          <t>ID - 4632,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград на проспекті Шевченка, 21 «в», кадастровий номер земельної ділянки 4611800000:02:009:0071</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>61</v>
       </c>
       <c r="E42" t="s">
         <v>48</v>
       </c>
       <c r="F42">
         <v>24</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>49</v>
@@ -6540,54 +6538,54 @@
       </c>
       <c r="AO42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D43" t="s">
         <v>61</v>
       </c>
       <c r="E43" t="s">
         <v>48</v>
       </c>
       <c r="F43">
         <v>23</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>49</v>
       </c>
@@ -6680,54 +6678,54 @@
       </c>
       <c r="AO43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D44" t="s">
         <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>48</v>
       </c>
       <c r="F44">
         <v>24</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>49</v>
       </c>
@@ -6820,54 +6818,54 @@
       </c>
       <c r="AO44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D45" t="s">
         <v>61</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45">
         <v>23</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
       </c>
@@ -6960,55 +6958,55 @@
       </c>
       <c r="AO45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>4636Про затвердження звіту про експертну грошову оцінку, включення до переліку земельних ділянок, які виставляються на земельні торги окремими лотами, встановлення стартової ціни та продаж земельної ділянки у власність для розміщення та експлуатації будівель і споруд автомобільного транспорту та дорожнього господарства, підприємств, які потребують встановлення санітарно захисної зони до 50 метрів (КВЦПЗД - 12.04),що розташована: Львівська область, місто Соснівка,вулиця Львівська; кадастровий номер: 4611870400:02:001:0024 на конкурентних засадах (на земельних торгах у формі електронного аукціону)</t>
+          <t>ID - 4636,  Про затвердження звіту про експертну грошову оцінку, включення до переліку земельних ділянок, які виставляються на земельні торги окремими лотами, встановлення стартової ціни та продаж земельної ділянки у власність для розміщення та експлуатації будівель і споруд автомобільного транспорту та дорожнього господарства, підприємств, які потребують встановлення санітарно захисної зони до 50 метрів (КВЦПЗД - 12.04),що розташована: Львівська область, місто Соснівка,вулиця Львівська; кадастровий номер: 4611870400:02:001:0024 на конкурентних засадах (на земельних торгах у формі електронного аукціону)</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>61</v>
       </c>
       <c r="E46" t="s">
         <v>48</v>
       </c>
       <c r="F46">
         <v>23</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
@@ -7102,55 +7100,55 @@
       </c>
       <c r="AO46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>4637Про затвердження технiчноїдокументацiї iз землеустрою щодо iнвентаризацiї земельних ділянок комунальної власності</t>
+          <t>ID - 4637,  Про затвердження технiчноїдокументацiї iз землеустрою щодо iнвентаризацiї земельних ділянок комунальної власності</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>61</v>
       </c>
       <c r="E47" t="s">
         <v>48</v>
       </c>
       <c r="F47">
         <v>22</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
@@ -7244,55 +7242,55 @@
       </c>
       <c r="AO47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>4638Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель в м. Червонограді</t>
+          <t>ID - 4638,  Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель в м. Червонограді</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>61</v>
       </c>
       <c r="E48" t="s">
         <v>48</v>
       </c>
       <c r="F48">
         <v>22</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
@@ -7386,55 +7384,55 @@
       </c>
       <c r="AO48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>4639Про розгляд клопотання Сокальського дочірнього лісогосподарського підприємства ЛГП «Галсільліс»</t>
+          <t>ID - 4639,  Про розгляд клопотання Сокальського дочірнього лісогосподарського підприємства ЛГП «Галсільліс»</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49" t="s">
         <v>48</v>
       </c>
       <c r="F49">
         <v>23</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
@@ -7528,54 +7526,54 @@
       </c>
       <c r="AO49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
         <v>61</v>
       </c>
       <c r="E50" t="s">
         <v>48</v>
       </c>
       <c r="F50">
         <v>23</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>49</v>
       </c>
@@ -7668,55 +7666,55 @@
       </c>
       <c r="AO50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>4641Про погодження комунальному підприємству `Червоноградтеплоко- муненерго` Червоноградської міської ради договорів реструктуризації заборгованості за спожитий природний газ з НАК `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
+          <t>ID - 4641,  Про погодження комунальному підприємству `Червоноградтеплоко- муненерго` Червоноградської міської ради договорів реструктуризації заборгованості за спожитий природний газ з НАК `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>61</v>
       </c>
       <c r="E51" t="s">
         <v>64</v>
       </c>
       <c r="F51">
         <v>18</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>2</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>65</v>
@@ -7810,55 +7808,55 @@
       </c>
       <c r="AO51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>4642Про погодження комунальному підприємству `Червоноградтеплоко- муненерго` Червоноградської міської ради договорів реструктуризації заборгованості за спожитий природний газ з НАК `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
+          <t>ID - 4642,  Про погодження комунальному підприємству `Червоноградтеплоко- муненерго` Червоноградської міської ради договорів реструктуризації заборгованості за спожитий природний газ з НАК `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>61</v>
       </c>
       <c r="E52" t="s">
         <v>48</v>
       </c>
       <c r="F52">
         <v>25</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
@@ -7952,55 +7950,55 @@
       </c>
       <c r="AO52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>4643Про демонтаж об`єкта «Пам`ятник Лопатіну О.В. Герою Радянського Союзу» - м.Червоноград, територія колишньої шахти №1 «Червоноградська»</t>
+          <t>ID - 4643,  Про демонтаж об`єкта «Пам`ятник Лопатіну О.В. Герою Радянського Союзу» - м.Червоноград, територія колишньої шахти №1 «Червоноградська»</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>61</v>
       </c>
       <c r="E53" t="s">
         <v>48</v>
       </c>
       <c r="F53">
         <v>25</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
@@ -8094,55 +8092,55 @@
       </c>
       <c r="AO53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>4644Про безоплатну передачу об’єктів нерухомого майна з балансу комунального підприємства «Соснівкажитлокомунсервіс» на баланс комунального підприємства «Червоноград-житлокомунсервіс»</t>
+          <t>ID - 4644,  Про безоплатну передачу об’єктів нерухомого майна з балансу комунального підприємства «Соснівкажитлокомунсервіс» на баланс комунального підприємства «Червоноград-житлокомунсервіс»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>61</v>
       </c>
       <c r="E54" t="s">
         <v>48</v>
       </c>
       <c r="F54">
         <v>25</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
@@ -8236,55 +8234,55 @@
       </c>
       <c r="AO54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>4645Про надання дозволу комунальному підприємству «Соснівкажитлокомунсервіс» на списання з балансу приватизованих квартир у 2022 році</t>
+          <t>ID - 4645,  Про надання дозволу комунальному підприємству «Соснівкажитлокомунсервіс» на списання з балансу приватизованих квартир у 2022 році</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>61</v>
       </c>
       <c r="E55" t="s">
         <v>48</v>
       </c>
       <c r="F55">
         <v>24</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
@@ -8378,55 +8376,55 @@
       </c>
       <c r="AO55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>4646Про внесення змін до рішення Червоноградської міської ради від 25.05.2021 № 495 «Про надання згоди на безоплатну передачу у комунальну власність Червоноградської міської територіальної громади суміщеного моста через річку Західний Буг від ВП ВТУ ДП «Львіввугілля»</t>
+          <t>ID - 4646,  Про внесення змін до рішення Червоноградської міської ради від 25.05.2021 № 495 «Про надання згоди на безоплатну передачу у комунальну власність Червоноградської міської територіальної громади суміщеного моста через річку Західний Буг від ВП ВТУ ДП «Львіввугілля»</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>61</v>
       </c>
       <c r="E56" t="s">
         <v>48</v>
       </c>
       <c r="F56">
         <v>25</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
@@ -8520,55 +8518,55 @@
       </c>
       <c r="AO56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>4647Про безоплатну передачу об’єкта благоустрою міський парк м.Соснівка Червоноградської міської територіальної громади з балансу комунального підприємства «Соснівкажитлокомунсервіс» на баланс комунального підприємства «Комунальник»</t>
+          <t>ID - 4647,  Про безоплатну передачу об’єкта благоустрою міський парк м.Соснівка Червоноградської міської територіальної громади з балансу комунального підприємства «Соснівкажитлокомунсервіс» на баланс комунального підприємства «Комунальник»</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>61</v>
       </c>
       <c r="E57" t="s">
         <v>48</v>
       </c>
       <c r="F57">
         <v>25</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
@@ -8662,55 +8660,55 @@
       </c>
       <c r="AO57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>4648Про визнання таким, що втратило чинність рішення Червоноградської міської ради від 21 квітня 2016 року №156 «Про утворення місцевої надзвичайної протиепізоотичної комісії при Червоноградській міській раді»</t>
+          <t>ID - 4648,  Про визнання таким, що втратило чинність рішення Червоноградської міської ради від 21 квітня 2016 року №156 «Про утворення місцевої надзвичайної протиепізоотичної комісії при Червоноградській міській раді»</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>61</v>
       </c>
       <c r="E58" t="s">
         <v>48</v>
       </c>
       <c r="F58">
         <v>25</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>49</v>
@@ -8804,55 +8802,55 @@
       </c>
       <c r="AO58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>4649Про передачу з балансу комунального підприємства «Червоноградводоканал» на баланс вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень</t>
+          <t>ID - 4649,  Про передачу з балансу комунального підприємства «Червоноградводоканал» на баланс вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>61</v>
       </c>
       <c r="E59" t="s">
         <v>48</v>
       </c>
       <c r="F59">
         <v>25</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
@@ -8946,55 +8944,55 @@
       </c>
       <c r="AO59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>4650Про проведення позапланової інвентаризації мережі каналів меліоративної системи Червоноградської міської територіальної громади</t>
+          <t>ID - 4650,  Про проведення позапланової інвентаризації мережі каналів меліоративної системи Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>61</v>
       </c>
       <c r="E60" t="s">
         <v>48</v>
       </c>
       <c r="F60">
         <v>24</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>49</v>
@@ -9088,55 +9086,55 @@
       </c>
       <c r="AO60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>4651Про внесення змін до рішення Острівської сільської ради від 21 березня 2017 року №278 «Про взяття на облік гідротехнічних споруд, які знаходяться на території Острівської сільської ради»</t>
+          <t>ID - 4651,  Про внесення змін до рішення Острівської сільської ради від 21 березня 2017 року №278 «Про взяття на облік гідротехнічних споруд, які знаходяться на території Острівської сільської ради»</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>61</v>
       </c>
       <c r="E61" t="s">
         <v>48</v>
       </c>
       <c r="F61">
         <v>24</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
@@ -9230,55 +9228,55 @@
       </c>
       <c r="AO61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>4652Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 4652,  Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>61</v>
       </c>
       <c r="E62" t="s">
         <v>64</v>
       </c>
       <c r="F62">
         <v>8</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
@@ -9372,55 +9370,55 @@
       </c>
       <c r="AO62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>4653Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 4653,  Про внесення змін в Положення про відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>61</v>
       </c>
       <c r="E63" t="s">
         <v>48</v>
       </c>
       <c r="F63">
         <v>24</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
@@ -9514,54 +9512,54 @@
       </c>
       <c r="AO63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D64" t="s">
         <v>47</v>
       </c>
       <c r="E64" t="s">
         <v>48</v>
       </c>
       <c r="F64">
         <v>22</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
@@ -9654,54 +9652,54 @@
       </c>
       <c r="AO64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D65" t="s">
         <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65">
         <v>25</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
       </c>
@@ -9794,54 +9792,54 @@
       </c>
       <c r="AO65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D66" t="s">
         <v>55</v>
       </c>
       <c r="E66" t="s">
         <v>48</v>
       </c>
       <c r="F66">
         <v>23</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
@@ -9934,54 +9932,54 @@
       </c>
       <c r="AO66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D67" t="s">
         <v>61</v>
       </c>
       <c r="E67" t="s">
         <v>48</v>
       </c>
       <c r="F67">
         <v>24</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
       </c>
@@ -10074,55 +10072,55 @@
       </c>
       <c r="AO67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>4658Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 4658,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>61</v>
       </c>
       <c r="E68" t="s">
         <v>48</v>
       </c>
       <c r="F68">
         <v>26</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>49</v>
@@ -10216,54 +10214,54 @@
       </c>
       <c r="AO68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D69" t="s">
         <v>61</v>
       </c>
       <c r="E69" t="s">
         <v>48</v>
       </c>
       <c r="F69">
         <v>26</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10356,54 +10354,54 @@
       </c>
       <c r="AO69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D70" t="s">
         <v>61</v>
       </c>
       <c r="E70" t="s">
         <v>48</v>
       </c>
       <c r="F70">
         <v>25</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
@@ -10496,54 +10494,54 @@
       </c>
       <c r="AO70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C71" t="s" s="4">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D71" t="s">
         <v>61</v>
       </c>
       <c r="E71" t="s">
         <v>48</v>
       </c>
       <c r="F71">
         <v>26</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
       </c>
@@ -10636,54 +10634,54 @@
       </c>
       <c r="AO71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D72" t="s">
         <v>61</v>
       </c>
       <c r="E72" t="s">
         <v>48</v>
       </c>
       <c r="F72">
         <v>23</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>49</v>
       </c>
@@ -10776,55 +10774,55 @@
       </c>
       <c r="AO72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>4663Про внесення змін в рішення Червоноградської міської ради від 02.02.2023 № 1637 «Про надання згоди на прийняття у власність Червоноградської міської територіальної громади майна психоневрологічного 32 відділення «Червоноградський центр психічного здоров’я».</t>
+          <t>ID - 4663,  Про внесення змін в рішення Червоноградської міської ради від 02.02.2023 № 1637 «Про надання згоди на прийняття у власність Червоноградської міської територіальної громади майна психоневрологічного 32 відділення «Червоноградський центр психічного здоров’я».</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>61</v>
       </c>
       <c r="E73" t="s">
         <v>48</v>
       </c>
       <c r="F73">
         <v>26</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>49</v>
@@ -10918,55 +10916,55 @@
       </c>
       <c r="AO73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>4664Про безоплатну передачу автомобіля на баланс КНП «Соснівська міська лікарня Червоноградської міської ради»</t>
+          <t>ID - 4664,  Про безоплатну передачу автомобіля на баланс КНП «Соснівська міська лікарня Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>61</v>
       </c>
       <c r="E74" t="s">
         <v>48</v>
       </c>
       <c r="F74">
         <v>26</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
@@ -11060,55 +11058,55 @@
       </c>
       <c r="AO74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>4665Про уповноваження першого заступника міського голови з питань діяльності виконавчих органів ради Балка Дмитра Ігоровича на підписання «Меморандуму про співпрацю та партнерство між Червоноградською міською радою і Ґміною Ксенжполь» та інших документів</t>
+          <t>ID - 4665,  Про уповноваження першого заступника міського голови з питань діяльності виконавчих органів ради Балка Дмитра Ігоровича на підписання «Меморандуму про співпрацю та партнерство між Червоноградською міською радою і Ґміною Ксенжполь» та інших документів</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>61</v>
       </c>
       <c r="E75" t="s">
         <v>48</v>
       </c>
       <c r="F75">
         <v>24</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>