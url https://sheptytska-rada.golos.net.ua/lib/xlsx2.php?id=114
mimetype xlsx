--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="214" uniqueCount="214">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -155,561 +155,546 @@
   <si>
     <t>Levkun Valentyna Heorhiyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Savchuk Anastasiya Andriyivna</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>Tymechko Vasylyna Ihorivna</t>
   </si>
   <si>
     <t>30.03.23  10:29:56</t>
   </si>
   <si>
-    <t>4466Про депутатськi запити</t>
+    <t>ID - 4466,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>30.03.23  10:34:30</t>
   </si>
   <si>
-    <t>4469Про депутатськi запити</t>
+    <t>ID - 4469,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>30.03.23  10:45:17</t>
   </si>
   <si>
     <t>30.03.23  10:46:44</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>30.03.23  10:50:55</t>
   </si>
   <si>
     <t>30.03.23  10:53:50</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>30.03.23  11:02:38</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>30.03.23  11:05:03</t>
   </si>
   <si>
     <t>30.03.23  11:42:40</t>
   </si>
   <si>
-    <t>4477Про звіт заступника міського голови з питань діяльності виконавчих органів ради</t>
+    <t>ID - 4477,  Про звіт заступника міського голови з питань діяльності виконавчих органів ради</t>
   </si>
   <si>
     <t>30.03.23  11:44:49</t>
   </si>
   <si>
     <t>30.03.23  11:45:33</t>
   </si>
   <si>
     <t>30.03.23  11:47:03</t>
   </si>
   <si>
-    <t>4480Внести зміни в пункт 1.4 озвученні Ковалем В. С.</t>
+    <t>ID - 4480,  Внести зміни в пункт 1.4 озвученні Ковалем В. С.</t>
   </si>
   <si>
     <t>30.03.23  11:49:06</t>
   </si>
   <si>
     <t>30.03.23  11:50:53</t>
   </si>
   <si>
     <t>30.03.23  11:51:46</t>
   </si>
   <si>
-    <t>4483Про прийняття матеріальних цінностей</t>
+    <t>ID - 4483,  Про прийняття матеріальних цінностей</t>
   </si>
   <si>
     <t>30.03.23  11:52:47</t>
   </si>
   <si>
     <t>30.03.23  11:53:49</t>
   </si>
   <si>
-    <t>4485Про надання одноразової грошової допомоги</t>
+    <t>ID - 4485,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>30.03.23  11:59:18</t>
   </si>
   <si>
-    <t>4486Внести правки озвучені Кудрик І.І.</t>
+    <t>ID - 4486,  Внести правки озвучені Кудрик І.І.</t>
   </si>
   <si>
     <t>30.03.23  11:59:48</t>
   </si>
   <si>
-    <t>4487Про надання одноразової грошової допомоги</t>
+    <t>ID - 4487,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>30.03.23  12:01:41</t>
   </si>
   <si>
     <t>30.03.23  12:05:21</t>
   </si>
   <si>
     <t>30.03.23  12:06:41</t>
   </si>
   <si>
     <t>30.03.23  12:07:32</t>
   </si>
   <si>
-    <t>4491Внести правку озвучену Мисаком М. І. </t>
+    <t>ID - 4491,  Внести правку озвучену Мисаком М. І. </t>
   </si>
   <si>
     <t>30.03.23  12:08:23</t>
   </si>
   <si>
     <t>30.03.23  12:09:59</t>
   </si>
   <si>
     <t>30.03.23  12:12:00</t>
   </si>
   <si>
     <t>30.03.23  12:15:31</t>
   </si>
   <si>
     <t>30.03.23  12:17:30</t>
   </si>
   <si>
     <t>30.03.23  12:21:05</t>
   </si>
   <si>
-    <t>4497Про безоплатну передачу матеріальних цінностей</t>
+    <t>ID - 4497,  Про безоплатну передачу матеріальних цінностей</t>
   </si>
   <si>
     <t>30.03.23  12:27:24</t>
   </si>
   <si>
-    <t>4498Внести правку озвучену Мисаком М. І. </t>
+    <t>ID - 4498,  Внести правку озвучену Мисаком М. І. </t>
   </si>
   <si>
     <t>30.03.23  12:28:08</t>
   </si>
   <si>
-    <t>4499Про безоплатну передачу матеріальних цінностей</t>
+    <t>ID - 4499,  Про безоплатну передачу матеріальних цінностей</t>
   </si>
   <si>
     <t>30.03.23  12:31:16</t>
   </si>
   <si>
-    <t>4500Про безоплатну передачу матеріальних активів</t>
+    <t>ID - 4500,  Про безоплатну передачу матеріальних активів</t>
   </si>
   <si>
     <t>30.03.23  12:37:43</t>
   </si>
   <si>
     <t>30.03.23  12:39:13</t>
   </si>
   <si>
     <t>30.03.23  12:44:56</t>
   </si>
   <si>
     <t>30.03.23  12:53:57</t>
   </si>
   <si>
     <t>30.03.23  12:58:01</t>
   </si>
   <si>
     <t>30.03.23  12:59:30</t>
   </si>
   <si>
     <t>30.03.23  13:01:45</t>
   </si>
   <si>
-    <t>4507Про розгляд клопотання Товариства з обмеженою відповідальністю «Преса»</t>
+    <t>ID - 4507,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Преса»</t>
   </si>
   <si>
     <t>30.03.23  13:04:11</t>
   </si>
   <si>
     <t>30.03.23  14:50:53</t>
   </si>
   <si>
     <t>30.03.23  14:52:26</t>
   </si>
   <si>
     <t>30.03.23  14:53:41</t>
   </si>
   <si>
     <t>30.03.23  14:54:38</t>
   </si>
   <si>
     <t>30.03.23  15:01:37</t>
   </si>
   <si>
-    <t>4514Про розгляд клопотання Товариства з обмеженою відповідальністю фірма «Оріон»</t>
+    <t>ID - 4514,  Про розгляд клопотання Товариства з обмеженою відповідальністю фірма «Оріон»</t>
   </si>
   <si>
     <t>30.03.23  15:03:37</t>
   </si>
   <si>
-    <t>4515Про розгляд клопотання Різника Богдана Ярославовича</t>
+    <t>ID - 4515,  Про розгляд клопотання Різника Богдана Ярославовича</t>
   </si>
   <si>
     <t>30.03.23  15:05:09</t>
   </si>
   <si>
-    <t>4516Про розгляд клопотання Клачка Богдана Адольфовича</t>
+    <t>ID - 4516,  Про розгляд клопотання Клачка Богдана Адольфовича</t>
   </si>
   <si>
     <t>30.03.23  15:12:11</t>
   </si>
   <si>
-    <t>4517Про продовження строку оренди земельних ділянок</t>
+    <t>ID - 4517,  Про продовження строку оренди земельних ділянок</t>
   </si>
   <si>
     <t>30.03.23  15:14:12</t>
   </si>
   <si>
-    <t>4518Про розгляд клопотання Приватного підприємства «Майдан»</t>
+    <t>ID - 4518,  Про розгляд клопотання Приватного підприємства «Майдан»</t>
   </si>
   <si>
     <t>30.03.23  15:15:35</t>
   </si>
   <si>
-    <t>4519Про припинення права оренди землі та передачу у власність земельної ділянки</t>
+    <t>ID - 4519,  Про припинення права оренди землі та передачу у власність земельної ділянки</t>
   </si>
   <si>
     <t>30.03.23  15:16:05</t>
   </si>
   <si>
-    <t>4520Про припинення права оренди землі та передачу у власність земельної ділянки</t>
+    <t>ID - 4520,  Про припинення права оренди землі та передачу у власність земельної ділянки</t>
   </si>
   <si>
     <t>30.03.23  15:17:35</t>
   </si>
   <si>
-    <t>4521Про розгляд клопотання Товариства з обмеженою відповідальністю «Агробізнес»</t>
+    <t>ID - 4521,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Агробізнес»</t>
   </si>
   <si>
     <t>30.03.23  15:18:12</t>
   </si>
   <si>
-    <t>4522Про розгляд клопотання Товариства з обмеженою відповідальністю «Агробізнес»</t>
+    <t>ID - 4522,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Агробізнес»</t>
   </si>
   <si>
     <t>30.03.23  15:20:58</t>
   </si>
   <si>
-    <t>4523Про розгляд клопотання громадянки Бусигіної Тетяни Олексіївни</t>
+    <t>ID - 4523,  Про розгляд клопотання громадянки Бусигіної Тетяни Олексіївни</t>
   </si>
   <si>
     <t>30.03.23  15:22:51</t>
   </si>
   <si>
-    <t>4524Про розгляд клопотання громадянина Микити Василя Володимировича</t>
+    <t>ID - 4524,  Про розгляд клопотання громадянина Микити Василя Володимировича</t>
   </si>
   <si>
     <t>30.03.23  15:25:29</t>
   </si>
   <si>
     <t>30.03.23  15:27:14</t>
   </si>
   <si>
-    <t>4526Про розгляд клопотання громадянина Тітаренка Віктора Анатолійовича</t>
+    <t>ID - 4526,  Про розгляд клопотання громадянина Тітаренка Віктора Анатолійовича</t>
   </si>
   <si>
     <t>30.03.23  15:31:41</t>
   </si>
   <si>
-    <t>4527Про розгляд клопотання Фермерського господарства «Дзвін»</t>
+    <t>ID - 4527,  Про розгляд клопотання Фермерського господарства «Дзвін»</t>
   </si>
   <si>
     <t>30.03.23  15:33:39</t>
   </si>
   <si>
-    <t>4528Про розгляд клопотання громадянки Карпушиної Світлани Дмитрівни</t>
+    <t>ID - 4528,  Про розгляд клопотання громадянки Карпушиної Світлани Дмитрівни</t>
   </si>
   <si>
     <t>30.03.23  15:35:58</t>
   </si>
   <si>
-    <t>4529Про розгляд клопотання громадянина Сала Богдана Павловича</t>
+    <t>ID - 4529,  Про розгляд клопотання громадянина Сала Богдана Павловича</t>
   </si>
   <si>
     <t>30.03.23  15:38:52</t>
   </si>
   <si>
-    <t>4530Про розгляд клопотання громадянина Баса Ярослава Івановича</t>
+    <t>ID - 4530,  Про розгляд клопотання громадянина Баса Ярослава Івановича</t>
   </si>
   <si>
     <t>30.03.23  15:40:22</t>
   </si>
   <si>
-    <t>4531Про розгляд клопотання громадянина Скоропади Ореста Петровича</t>
+    <t>ID - 4531,  Про розгляд клопотання громадянина Скоропади Ореста Петровича</t>
   </si>
   <si>
     <t>30.03.23  15:41:29</t>
   </si>
   <si>
-    <t>4532Про розгляд клопотання громадянки Герляк Ольги Ільківни</t>
+    <t>ID - 4532,  Про розгляд клопотання громадянки Герляк Ольги Ільківни</t>
   </si>
   <si>
     <t>30.03.23  15:43:32</t>
   </si>
   <si>
-    <t>4533Про розгляд клопотання громадянина Лінинського Володимира Йосиповича</t>
+    <t>ID - 4533,  Про розгляд клопотання громадянина Лінинського Володимира Йосиповича</t>
   </si>
   <si>
     <t>30.03.23  15:45:59</t>
   </si>
   <si>
-    <t>4534Про продаж у власність земельних ділянок громадянину Дмитруку Василю Івановичу</t>
+    <t>ID - 4534,  Про продаж у власність земельних ділянок громадянину Дмитруку Василю Івановичу</t>
   </si>
   <si>
     <t>30.03.23  15:47:17</t>
   </si>
   <si>
-    <t>4535Про розгляд клопотання громадянина Цимбаляка Ігоря Богдановича</t>
+    <t>ID - 4535,  Про розгляд клопотання громадянина Цимбаляка Ігоря Богдановича</t>
   </si>
   <si>
     <t>30.03.23  15:52:05</t>
   </si>
   <si>
-    <t>4536Про затвердження проектів землеустрою щодо відведення земельних ділянок у оренду</t>
-[...1 lines deleted...]
-  <si>
     <t>30.03.23  15:55:12</t>
   </si>
   <si>
-    <t>4537Про продаж у власність земельних ділянок громадянину Шумилу Мирославу Омеляновичу</t>
-[...1 lines deleted...]
-  <si>
     <t>30.03.23  15:58:31</t>
   </si>
   <si>
-    <t>4538Про розгляд клопотання громадянина Богуна Михайла Богдановича</t>
+    <t>ID - 4538,  Про розгляд клопотання громадянина Богуна Михайла Богдановича</t>
   </si>
   <si>
     <t>30.03.23  15:59:03</t>
   </si>
   <si>
-    <t>4539Про розгляд клопотання громадянина Богуна Михайла Богдановича</t>
+    <t>ID - 4539,  Про розгляд клопотання громадянина Богуна Михайла Богдановича</t>
   </si>
   <si>
     <t>30.03.23  16:00:51</t>
   </si>
   <si>
-    <t>4540Про розгляд клопотання громадянки Голи Валентини Іванівни</t>
+    <t>ID - 4540,  Про розгляд клопотання громадянки Голи Валентини Іванівни</t>
   </si>
   <si>
     <t>30.03.23  16:02:46</t>
   </si>
   <si>
-    <t>4541Про розгляд клопотання Товариства з обмеженою відповідальністю «Тетра- Агро»</t>
+    <t>ID - 4541,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Тетра- Агро»</t>
   </si>
   <si>
     <t>30.03.23  16:04:02</t>
   </si>
   <si>
-    <t>4542Про розгляд клопотання громадянки Мащак Ольги Йосипівни</t>
+    <t>ID - 4542,  Про розгляд клопотання громадянки Мащак Ольги Йосипівни</t>
   </si>
   <si>
     <t>30.03.23  16:05:04</t>
   </si>
   <si>
-    <t>4543Про розгляд клопотання громадянки Брюхович Марії Іванівни</t>
+    <t>ID - 4543,  Про розгляд клопотання громадянки Брюхович Марії Іванівни</t>
   </si>
   <si>
     <t>30.03.23  16:06:47</t>
   </si>
   <si>
-    <t>4544Про припинення права оренди землі та надання в оренду земельної ділянки</t>
+    <t>ID - 4544,  Про припинення права оренди землі та надання в оренду земельної ділянки</t>
   </si>
   <si>
     <t>30.03.23  16:07:20</t>
   </si>
   <si>
-    <t>4545Про припинення права оренди землі та надання в оренду земельної ділянки</t>
+    <t>ID - 4545,  Про припинення права оренди землі та надання в оренду земельної ділянки</t>
   </si>
   <si>
     <t>30.03.23  16:10:14</t>
   </si>
   <si>
-    <t>4546Про розгляд клопотання громадянки Шишковської Наталії Михайлівни</t>
+    <t>ID - 4546,  Про розгляд клопотання громадянки Шишковської Наталії Михайлівни</t>
   </si>
   <si>
     <t>30.03.23  16:11:38</t>
   </si>
   <si>
-    <t>4547Про розгляд клопотання Товариства з обмеженою відповідальністю «Агро Л В ЛІМІТЕД»</t>
-[...1 lines deleted...]
-  <si>
     <t>30.03.23  16:13:42</t>
   </si>
   <si>
     <t>30.03.23  16:14:39</t>
   </si>
   <si>
     <t>30.03.23  16:18:42</t>
   </si>
   <si>
     <t>30.03.23  16:19:43</t>
   </si>
   <si>
     <t>30.03.23  16:20:46</t>
   </si>
   <si>
-    <t>4552Про розгляд клопотання громадянки Стельмащук Катерини Василівни</t>
+    <t>ID - 4552,  Про розгляд клопотання громадянки Стельмащук Катерини Василівни</t>
   </si>
   <si>
     <t>30.03.23  16:22:42</t>
   </si>
   <si>
-    <t>4553Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 4553,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>30.03.23  16:24:32</t>
   </si>
   <si>
-    <t>4554Про розгляд клопотання громадянина Яцківа Назара Петровича</t>
+    <t>ID - 4554,  Про розгляд клопотання громадянина Яцківа Назара Петровича</t>
   </si>
   <si>
     <t>30.03.23  16:25:07</t>
   </si>
   <si>
-    <t>4555Про розгляд клопотання громадянина Яцківа Назара Петровича</t>
+    <t>ID - 4555,  Про розгляд клопотання громадянина Яцківа Назара Петровича</t>
   </si>
   <si>
     <t>30.03.23  16:26:25</t>
   </si>
   <si>
-    <t>4556Про продаж у власність земельної ділянки громадянину Стецю Ігорю Тимофійовичу</t>
+    <t>ID - 4556,  Про продаж у власність земельної ділянки громадянину Стецю Ігорю Тимофійовичу</t>
   </si>
   <si>
     <t>30.03.23  16:28:42</t>
   </si>
   <si>
     <t>30.03.23  16:30:51</t>
   </si>
   <si>
     <t>30.03.23  16:33:27</t>
   </si>
   <si>
     <t>30.03.23  16:34:57</t>
   </si>
   <si>
-    <t>4560Про розгляд клопотання Завадського Юрія Петровича</t>
+    <t>ID - 4560,  Про розгляд клопотання Завадського Юрія Петровича</t>
   </si>
   <si>
     <t>30.03.23  16:36:46</t>
   </si>
   <si>
-    <t>4561Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>30.03.23  16:37:47</t>
   </si>
   <si>
-    <t>4562Про продаж у власність земельної ділянки громадянину Канафоцькому Ігорю Івановичу</t>
-[...1 lines deleted...]
-  <si>
     <t>30.03.23  16:39:10</t>
   </si>
   <si>
     <t>30.03.23  16:39:41</t>
   </si>
   <si>
     <t>30.03.23  16:44:20</t>
   </si>
   <si>
     <t>30.03.23  16:46:16</t>
   </si>
   <si>
     <t>30.03.23  16:46:53</t>
   </si>
   <si>
     <t>30.03.23  16:52:49</t>
   </si>
   <si>
     <t>30.03.23  16:53:27</t>
   </si>
   <si>
     <t>30.03.23  16:55:34</t>
   </si>
   <si>
-    <t>4570Внести правку озвучену Балко Д. І. - встановити 1,5 % </t>
+    <t>ID - 4570,  Внести правку озвучену Балко Д. І. - встановити 1,5 % </t>
   </si>
   <si>
     <t>30.03.23  16:56:38</t>
   </si>
   <si>
-    <t>4571Внести правку озвучену Пилипчуком П.П.</t>
+    <t>ID - 4571,  Внести правку озвучену Пилипчуком П.П.</t>
   </si>
   <si>
     <t>30.03.23  16:57:14</t>
   </si>
   <si>
     <t>30.03.23  16:58:55</t>
   </si>
   <si>
-    <t>4573Про продаж у власність земельної ділянки громадянці Пуздерко Ганні Петрівні</t>
+    <t>ID - 4573,  Про продаж у власність земельної ділянки громадянці Пуздерко Ганні Петрівні</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1223,51 +1208,51 @@
       <c r="AQ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>4470Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік.</t>
+          <t>ID - 4470,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік.</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>49</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>29</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
@@ -1368,51 +1353,51 @@
       <c r="AQ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>4471Правки до проекту рішення «Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023».  1. Внести  зміни до міської Програми проведення земельної реформи на території Червоноградської міської ради на 2023рік, (проведення заходів із землеустрою за КПКВ 0217130 загальний фонд), зменшивши асигнування передбачені на виготовлення проектів землеустрою щодо відведення земельних ділянок на суму 4613 грн та направити кошти в розмірі 4613 грн на оплату роботи за виготовлення проекту землеустрою щодо відведення земельної ділянки за межами с. Сілець, Червонограської міської ради, Червоноградського району, Львівської області площею 10,0га (проведення заходів із землеустрою за КПКВ 0217130 загальний фонд).   2.Внести зміни до Програми благоустрою населених пунктів Червоноградської міської територіальної громади на 2023 рік (код ПКВКМБ 0216030): кошти в сумі 99,0 тис. грн. спрямувати на встановлення та обслуговування біотуалетів, зменшивши на цю суму видатки  передбачені на оплату електроенергії зовнішнього освітлення.   </t>
+          <t>ID - 4471,  Правки до проекту рішення «Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023».  1. Внести  зміни до міської Програми проведення земельної реформи на території Червоноградської міської ради на 2023рік, (проведення заходів із землеустрою за КПКВ 0217130 загальний фонд), зменшивши асигнування передбачені на виготовлення проектів землеустрою щодо відведення земельних ділянок на суму 4613 грн та направити кошти в розмірі 4613 грн на оплату роботи за виготовлення проекту землеустрою щодо відведення земельної ділянки за межами с. Сілець, Червонограської міської ради, Червоноградського району, Львівської області площею 10,0га (проведення заходів із землеустрою за КПКВ 0217130 загальний фонд).   2.Внести зміни до Програми благоустрою населених пунктів Червоноградської міської територіальної громади на 2023 рік (код ПКВКМБ 0216030): кошти в сумі 99,0 тис. грн. спрямувати на встановлення та обслуговування біотуалетів, зменшивши на цю суму видатки  передбачені на оплату електроенергії зовнішнього освітлення.   </t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>24</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1513,51 +1498,51 @@
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>4472Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік.</t>
+          <t>ID - 4472,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік.</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>28</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -1658,51 +1643,51 @@
       <c r="AQ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>4474Про надання дозволу комунальному підприємству «Червонограджитлокомунсервіс» на списання з балансу приватизованих квартир у 2022 році</t>
+          <t>ID - 4474,  Про надання дозволу комунальному підприємству «Червонограджитлокомунсервіс» на списання з балансу приватизованих квартир у 2022 році</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>27</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1803,51 +1788,51 @@
       <c r="AQ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>4475Про погодження комунальному підприємству `Червоноградтеплокомун- енерго` Договорів реструктуризації заборгованості за спожитий природний газ з ДК `Газ України` НАК `Нафтогаз України` та надання місцевої гарантії щодо їх виконання шляхом укладення Договорів про надання місцевих гарантій</t>
+          <t>ID - 4475,  Про погодження комунальному підприємству `Червоноградтеплокомун- енерго` Договорів реструктуризації заборгованості за спожитий природний газ з ДК `Газ України` НАК `Нафтогаз України` та надання місцевої гарантії щодо їх виконання шляхом укладення Договорів про надання місцевих гарантій</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>64</v>
       </c>
       <c r="F8">
         <v>16</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>2</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -1948,51 +1933,51 @@
       <c r="AQ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>4476Про створення комунального закладу «Центр культурних послуг смт. Гірник » Червоноградської міської ради</t>
+          <t>ID - 4476,  Про створення комунального закладу «Центр культурних послуг смт. Гірник » Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>62</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>27</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>56</v>
@@ -2236,51 +2221,51 @@
       <c r="AQ10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>69</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>4478Про затвердження Статуту Гімназії № 4 Червоноградської міської ради Львівської області</t>
+          <t>ID - 4478,  Про затвердження Статуту Гімназії № 4 Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>62</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>28</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2381,51 +2366,51 @@
       <c r="AQ11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>4479Про затвердження Положення про відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 4479,  Про затвердження Положення про відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>49</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12">
         <v>26</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -2669,51 +2654,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>4481Про затвердження Положення про відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 4481,  Про затвердження Положення про відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14">
         <v>26</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
@@ -2814,51 +2799,51 @@
       <c r="AQ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>4482Про внесення змін до складу комісії з припинення комунального підприємства «Радіостудія «Новий двір» шляхом ліквідації, затвердженої рішенням Червоноградської міської ради Червоноградського району від 17.08.2021 № 723</t>
+          <t>ID - 4482,  Про внесення змін до складу комісії з припинення комунального підприємства «Радіостудія «Новий двір» шляхом ліквідації, затвердженої рішенням Червоноградської міської ради Червоноградського району від 17.08.2021 № 723</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>62</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15">
         <v>25</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
@@ -3102,51 +3087,51 @@
       <c r="AQ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>77</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>4484Про безоплатну передачу малоцінних необоротних матеріальних активів з балансу Управління праці та соціального захисту населення</t>
+          <t>ID - 4484,  Про безоплатну передачу малоцінних необоротних матеріальних активів з балансу Управління праці та соціального захисту населення</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>62</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17">
         <v>27</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -3676,51 +3661,51 @@
       <c r="AQ20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>4488«Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2023 рiк»</t>
+          <t>ID - 4488,  «Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2023 рiк»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21">
         <v>27</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
@@ -3821,51 +3806,51 @@
       <c r="AQ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>4489Про передачу нежитлового приміщення за адресою: м.Червоноград, вул.Миру, 7 з балансу комунального підприємства «Школяр» на баланс комунального підприємства «Червоно-граджитлокомунсервіс»</t>
+          <t>ID - 4489,  Про передачу нежитлового приміщення за адресою: м.Червоноград, вул.Миру, 7 з балансу комунального підприємства «Школяр» на баланс комунального підприємства «Червоно-граджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22">
         <v>27</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
@@ -3966,51 +3951,51 @@
       <c r="AQ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>86</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>4490Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 4490,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>49</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23">
         <v>27</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
@@ -4254,51 +4239,51 @@
       <c r="AQ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>89</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>4492Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 4492,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>55</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25">
         <v>25</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -4399,51 +4384,51 @@
       <c r="AQ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>4493Про звільнення орендаря ТзОВ «Престиж - ЛПМ» від орендної плати за період з 01.12.2022 по 31.01.2023, у зв’язку із підтопленням орендованого нежитлового підвального приміщення</t>
+          <t>ID - 4493,  Про звільнення орендаря ТзОВ «Престиж - ЛПМ» від орендної плати за період з 01.12.2022 по 31.01.2023, у зв’язку із підтопленням орендованого нежитлового підвального приміщення</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26">
         <v>23</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
@@ -4544,51 +4529,51 @@
       <c r="AQ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>4494Про внесення змін до складу комісії з припинення комунального підприємства «Школяр» шляхом ліквідації, затвердженої рішенням Червоноградської міської ради Червоноградського району від 19.05.2022 № 1288</t>
+          <t>ID - 4494,  Про внесення змін до складу комісії з припинення комунального підприємства «Школяр» шляхом ліквідації, затвердженої рішенням Червоноградської міської ради Червоноградського району від 19.05.2022 № 1288</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>62</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>26</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
@@ -4689,51 +4674,51 @@
       <c r="AQ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>92</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>4495Про внесення змiн в рішення Червоноградської мiської ради від 22.12.2022 №1602 «Про створення індустріального парку «Червоноград»</t>
+          <t>ID - 4495,  Про внесення змiн в рішення Червоноградської мiської ради від 22.12.2022 №1602 «Про створення індустріального парку «Червоноград»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>62</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28">
         <v>28</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -4834,51 +4819,51 @@
       <c r="AQ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>93</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>4496Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП «Центральна міська лікарня Червоноградської міської ради» капiтальних вкладень</t>
+          <t>ID - 4496,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП «Центральна міська лікарня Червоноградської міської ради» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>62</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29">
         <v>26</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
@@ -5551,51 +5536,51 @@
       <c r="AQ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>102</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>4501Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 4501,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>62</v>
       </c>
       <c r="E34" t="s">
         <v>50</v>
       </c>
       <c r="F34">
         <v>20</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>51</v>
@@ -5696,51 +5681,51 @@
       <c r="AQ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>103</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>4502Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 4502,  Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>62</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
         <v>24</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
@@ -5841,51 +5826,51 @@
       <c r="AQ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>4503Про затвердження містобудівної документації `Детальний план території в районі вулиць Козацька, Миру та Садова в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 4503,  Про затвердження містобудівної документації `Детальний план території в районі вулиць Козацька, Миру та Садова в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>62</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
         <v>24</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
@@ -5986,51 +5971,51 @@
       <c r="AQ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>4504Про затвердження містобудівної документації `Детальний план території в урочищі «Грушів» за межами населених пунктів Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 4504,  Про затвердження містобудівної документації `Детальний план території в урочищі «Грушів» за межами населених пунктів Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>62</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>25</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
@@ -6131,51 +6116,51 @@
       <c r="AQ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>106</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>4505Про затвердження містобудівної документації `Детальний план території частини колишнього господарського двору на присілку Заболотня в с. Сілець (за межами населеного пункту)`</t>
+          <t>ID - 4505,  Про затвердження містобудівної документації `Детальний план території частини колишнього господарського двору на присілку Заболотня в с. Сілець (за межами населеного пункту)`</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>62</v>
       </c>
       <c r="E38" t="s">
         <v>50</v>
       </c>
       <c r="F38">
         <v>26</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
@@ -6276,51 +6261,51 @@
       <c r="AQ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>107</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>4506Про безоплатну передачу 30 залізобетонних лотків, що були у використанні, з балансу комунального підприємства «Червоноград- теплокомуненерго» на баланс комунального підприємства «Червонограджитлокомунсервіс»</t>
+          <t>ID - 4506,  Про безоплатну передачу 30 залізобетонних лотків, що були у використанні, з балансу комунального підприємства «Червоноград- теплокомуненерго» на баланс комунального підприємства «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>62</v>
       </c>
       <c r="E39" t="s">
         <v>50</v>
       </c>
       <c r="F39">
         <v>28</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
@@ -6564,51 +6549,51 @@
       <c r="AQ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>110</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>4508Про передачу основних засобів, малоцінних необоротних матеріальних активів та матеріальних цінностей з балансу комунального підприємства «Соснівкажи-тлокомунсервіс» на баланс комунального підприємства «Комунальник»</t>
+          <t>ID - 4508,  Про передачу основних засобів, малоцінних необоротних матеріальних активів та матеріальних цінностей з балансу комунального підприємства «Соснівкажи-тлокомунсервіс» на баланс комунального підприємства «Комунальник»</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>62</v>
       </c>
       <c r="E41" t="s">
         <v>50</v>
       </c>
       <c r="F41">
         <v>26</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>51</v>
@@ -6709,51 +6694,51 @@
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>111</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>4510Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 4510,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>62</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42">
         <v>21</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
@@ -6854,51 +6839,51 @@
       <c r="AQ42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>112</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>4511Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 4511,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>62</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
       <c r="F43">
         <v>20</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
@@ -6999,51 +6984,51 @@
       <c r="AQ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>113</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>4512Про внесення змiн в рішення Острівської сільської ради та рішення Червоноградської міської ради</t>
+          <t>ID - 4512,  Про внесення змiн в рішення Острівської сільської ради та рішення Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>62</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>21</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
@@ -7144,51 +7129,51 @@
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>114</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>4513Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 4513,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>62</v>
       </c>
       <c r="E45" t="s">
         <v>50</v>
       </c>
       <c r="F45">
         <v>21</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
@@ -8862,51 +8847,51 @@
       <c r="AQ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>137</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>4525Про затвердження нормативної грошової оцінки на земельну ділянку, кадастровий номер 4624884200:03:000:0034</t>
+          <t>ID - 4525,  Про затвердження нормативної грошової оцінки на земельну ділянку, кадастровий номер 4624884200:03:000:0034</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>62</v>
       </c>
       <c r="E57" t="s">
         <v>50</v>
       </c>
       <c r="F57">
         <v>20</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>56</v>
@@ -10435,52 +10420,54 @@
         <v>51</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>158</v>
       </c>
-      <c r="C68" t="s" s="4">
-        <v>159</v>
+      <c r="C68" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4536,  Про затвердження проектів землеустрою щодо відведення земельних ділянок у оренду</t>
+        </is>
       </c>
       <c r="D68" t="s">
         <v>62</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68">
         <v>21</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10576,54 +10563,56 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>159</v>
+      </c>
+      <c r="C69" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4537,  Про продаж у власність земельних ділянок громадянину Шумилу Мирославу Омеляновичу</t>
+        </is>
       </c>
       <c r="D69" t="s">
         <v>62</v>
       </c>
       <c r="E69" t="s">
         <v>50</v>
       </c>
       <c r="F69">
         <v>20</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
@@ -10719,54 +10708,54 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D70" t="s">
         <v>62</v>
       </c>
       <c r="E70" t="s">
         <v>64</v>
       </c>
       <c r="F70">
         <v>19</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>
       </c>
@@ -10862,54 +10851,54 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C71" t="s" s="4">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D71" t="s">
         <v>62</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>20</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
@@ -11005,54 +10994,54 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D72" t="s">
         <v>62</v>
       </c>
       <c r="E72" t="s">
         <v>50</v>
       </c>
       <c r="F72">
         <v>21</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
       </c>
@@ -11148,54 +11137,54 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D73" t="s">
         <v>62</v>
       </c>
       <c r="E73" t="s">
         <v>50</v>
       </c>
       <c r="F73">
         <v>21</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11291,54 +11280,54 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D74" t="s">
         <v>62</v>
       </c>
       <c r="E74" t="s">
         <v>50</v>
       </c>
       <c r="F74">
         <v>21</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
       </c>
@@ -11434,54 +11423,54 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D75" t="s">
         <v>62</v>
       </c>
       <c r="E75" t="s">
         <v>50</v>
       </c>
       <c r="F75">
         <v>20</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>56</v>
       </c>
@@ -11577,54 +11566,54 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C76" t="s" s="4">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D76" t="s">
         <v>62</v>
       </c>
       <c r="E76" t="s">
         <v>64</v>
       </c>
       <c r="F76">
         <v>18</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>56</v>
       </c>
@@ -11720,54 +11709,54 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D77" t="s">
         <v>62</v>
       </c>
       <c r="E77" t="s">
         <v>50</v>
       </c>
       <c r="F77">
         <v>20</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>56</v>
       </c>
@@ -11863,54 +11852,54 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D78" t="s">
         <v>62</v>
       </c>
       <c r="E78" t="s">
         <v>50</v>
       </c>
       <c r="F78">
         <v>20</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
       </c>
@@ -12006,54 +11995,56 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>178</v>
+      </c>
+      <c r="C79" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4547,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Агро Л В ЛІМІТЕД»</t>
+        </is>
       </c>
       <c r="D79" t="s">
         <v>62</v>
       </c>
       <c r="E79" t="s">
         <v>50</v>
       </c>
       <c r="F79">
         <v>21</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
       </c>
@@ -12149,55 +12140,55 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>4548Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
+          <t>ID - 4548,  Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>62</v>
       </c>
       <c r="E80" t="s">
         <v>64</v>
       </c>
       <c r="F80">
         <v>19</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>51</v>
@@ -12294,55 +12285,55 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>4549Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
+          <t>ID - 4549,  Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>62</v>
       </c>
       <c r="E81" t="s">
         <v>64</v>
       </c>
       <c r="F81">
         <v>19</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>51</v>
@@ -12439,55 +12430,55 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>4550Про розгляд клопотання Товариства з обмеженою відповідальністю «ЄВРО-ЕНЕРГО-АЛЬЯНС»</t>
+          <t>ID - 4550,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ЄВРО-ЕНЕРГО-АЛЬЯНС»</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>62</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>20</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>51</v>
@@ -12584,55 +12575,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>4551Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
+          <t>ID - 4551,  Про затвердження проектів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>62</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>20</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>51</v>
@@ -12729,54 +12720,54 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D84" t="s">
         <v>62</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
         <v>22</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>51</v>
       </c>
@@ -12872,54 +12863,54 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D85" t="s">
         <v>62</v>
       </c>
       <c r="E85" t="s">
         <v>50</v>
       </c>
       <c r="F85">
         <v>20</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>51</v>
       </c>
@@ -13015,54 +13006,54 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D86" t="s">
         <v>62</v>
       </c>
       <c r="E86" t="s">
         <v>64</v>
       </c>
       <c r="F86">
         <v>19</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>51</v>
       </c>
@@ -13158,54 +13149,54 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D87" t="s">
         <v>62</v>
       </c>
       <c r="E87" t="s">
         <v>50</v>
       </c>
       <c r="F87">
         <v>21</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>56</v>
       </c>
@@ -13301,54 +13292,54 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D88" t="s">
         <v>62</v>
       </c>
       <c r="E88" t="s">
         <v>50</v>
       </c>
       <c r="F88">
         <v>21</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>56</v>
       </c>
@@ -13444,55 +13435,55 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>4557Про надання дозволу на виготовлення технiчної документації iз землеустрою щодо поділу земельної ділянки, орендованої Публічним акціонерним товариством «Зміна»</t>
+          <t>ID - 4557,  Про надання дозволу на виготовлення технiчної документації iз землеустрою щодо поділу земельної ділянки, орендованої Публічним акціонерним товариством «Зміна»</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>62</v>
       </c>
       <c r="E89" t="s">
         <v>50</v>
       </c>
       <c r="F89">
         <v>22</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
@@ -13589,55 +13580,55 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>4558Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді на вул. Львівській</t>
+          <t>ID - 4558,  Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді на вул. Львівській</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>62</v>
       </c>
       <c r="E90" t="s">
         <v>50</v>
       </c>
       <c r="F90">
         <v>22</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>51</v>
@@ -13734,55 +13725,55 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>4559Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 4559,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>62</v>
       </c>
       <c r="E91" t="s">
         <v>50</v>
       </c>
       <c r="F91">
         <v>21</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>51</v>
@@ -13879,54 +13870,54 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D92" t="s">
         <v>62</v>
       </c>
       <c r="E92" t="s">
         <v>50</v>
       </c>
       <c r="F92">
         <v>22</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>51</v>
       </c>
@@ -14022,54 +14013,56 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>198</v>
+      </c>
+      <c r="C93" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4561,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D93" t="s">
         <v>62</v>
       </c>
       <c r="E93" t="s">
         <v>50</v>
       </c>
       <c r="F93">
         <v>20</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>56</v>
       </c>
@@ -14165,54 +14158,56 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>199</v>
+      </c>
+      <c r="C94" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4562,  Про продаж у власність земельної ділянки громадянину Канафоцькому Ігорю Івановичу</t>
+        </is>
       </c>
       <c r="D94" t="s">
         <v>62</v>
       </c>
       <c r="E94" t="s">
         <v>50</v>
       </c>
       <c r="F94">
         <v>21</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>51</v>
       </c>
@@ -14308,55 +14303,55 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>4563Про проведення експертної грошової оцiнки земельної ділянки в місті Соснівка на вулиці Львівська з кадастровим номером 4611870400:02:001:0023</t>
+          <t>ID - 4563,  Про проведення експертної грошової оцiнки земельної ділянки в місті Соснівка на вулиці Львівська з кадастровим номером 4611870400:02:001:0023</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>62</v>
       </c>
       <c r="E95" t="s">
         <v>50</v>
       </c>
       <c r="F95">
         <v>20</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>51</v>
@@ -14453,55 +14448,55 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>4564Про проведення експертної грошової оцiнки земельної ділянки в місті Соснівка на вулиці Львівська з кадастровим номером 4611870400:02:001:0024</t>
+          <t>ID - 4564,  Про проведення експертної грошової оцiнки земельної ділянки в місті Соснівка на вулиці Львівська з кадастровим номером 4611870400:02:001:0024</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>62</v>
       </c>
       <c r="E96" t="s">
         <v>50</v>
       </c>
       <c r="F96">
         <v>21</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
@@ -14598,55 +14593,55 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>4565Про розгляд клопотання Сокальського дочірнього лісогосподарського підприємства ЛГП «Галсільліс»</t>
+          <t>ID - 4565,  Про розгляд клопотання Сокальського дочірнього лісогосподарського підприємства ЛГП «Галсільліс»</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>62</v>
       </c>
       <c r="E97" t="s">
         <v>50</v>
       </c>
       <c r="F97">
         <v>20</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>56</v>
@@ -14743,55 +14738,55 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>4566Про проведення експертної грошової оцiнки земельної ділянки в селі Волсвин з кадастровим номером 4624881300:02:000:0018</t>
+          <t>ID - 4566,  Про проведення експертної грошової оцiнки земельної ділянки в селі Волсвин з кадастровим номером 4624881300:02:000:0018</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>62</v>
       </c>
       <c r="E98" t="s">
         <v>64</v>
       </c>
       <c r="F98">
         <v>17</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
@@ -14888,55 +14883,55 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>4567Про проведення експертної грошової оцiнки земельної ділянки в селі Волсвин з кадастровим номером 4624881300:02:000:0018</t>
+          <t>ID - 4567,  Про проведення експертної грошової оцiнки земельної ділянки в селі Волсвин з кадастровим номером 4624881300:02:000:0018</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>62</v>
       </c>
       <c r="E99" t="s">
         <v>50</v>
       </c>
       <c r="F99">
         <v>20</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
@@ -15033,55 +15028,55 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>4568Про надання дозволів на розроблення проектів землеустрою щодо вiдведення земельних дiлянок в місті Червонограді</t>
+          <t>ID - 4568,  Про надання дозволів на розроблення проектів землеустрою щодо вiдведення земельних дiлянок в місті Червонограді</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>62</v>
       </c>
       <c r="E100" t="s">
         <v>50</v>
       </c>
       <c r="F100">
         <v>21</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
@@ -15178,55 +15173,55 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>4569Про затвердження нормативної грошової оцінки на земельну ділянку, кадастровий номер 4624884200:03:000:0035</t>
+          <t>ID - 4569,  Про затвердження нормативної грошової оцінки на земельну ділянку, кадастровий номер 4624884200:03:000:0035</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>49</v>
       </c>
       <c r="E101" t="s">
         <v>50</v>
       </c>
       <c r="F101">
         <v>21</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
@@ -15323,54 +15318,54 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D102" t="s">
         <v>59</v>
       </c>
       <c r="E102" t="s">
         <v>64</v>
       </c>
       <c r="F102">
         <v>19</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>56</v>
       </c>
@@ -15466,54 +15461,54 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="C103" t="s" s="4">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="D103" t="s">
         <v>59</v>
       </c>
       <c r="E103" t="s">
         <v>50</v>
       </c>
       <c r="F103">
         <v>20</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
       </c>
@@ -15609,55 +15604,55 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>4572Про затвердження нормативної грошової оцінки на земельну ділянку, кадастровий номер 4624884200:03:000:0035</t>
+          <t>ID - 4572,  Про затвердження нормативної грошової оцінки на земельну ділянку, кадастровий номер 4624884200:03:000:0035</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>55</v>
       </c>
       <c r="E104" t="s">
         <v>50</v>
       </c>
       <c r="F104">
         <v>20</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>51</v>
@@ -15754,54 +15749,54 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D105" t="s">
         <v>62</v>
       </c>
       <c r="E105" t="s">
         <v>50</v>
       </c>
       <c r="F105">
         <v>21</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>51</v>
       </c>