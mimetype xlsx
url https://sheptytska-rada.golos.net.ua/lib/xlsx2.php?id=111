--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -155,297 +155,297 @@
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Levkun Valentyna Heorhiyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Savchuk Anastasiya Andriyivna</t>
   </si>
   <si>
     <t>Boyarchuk Vasyl Yosypovych</t>
   </si>
   <si>
     <t>23.02.23  10:23:44</t>
   </si>
   <si>
-    <t>4384Про депутатськi запити</t>
+    <t>ID - 4384,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>23.02.23  10:27:04</t>
   </si>
   <si>
-    <t>4386Про депутатськi запити</t>
+    <t>ID - 4386,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>23.02.23  10:28:48</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>23.02.23  10:30:20</t>
   </si>
   <si>
     <t>23.02.23  10:57:38</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>23.02.23  10:58:10</t>
   </si>
   <si>
     <t>23.02.23  11:04:04</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>23.02.23  11:18:54</t>
   </si>
   <si>
     <t>23.02.23  11:26:44</t>
   </si>
   <si>
     <t>23.02.23  11:29:13</t>
   </si>
   <si>
     <t>23.02.23  11:29:47</t>
   </si>
   <si>
-    <t>4395Замінити слово на баланс замінити у власність</t>
+    <t>ID - 4395,  Замінити слово на баланс замінити у власність</t>
   </si>
   <si>
     <t>23.02.23  11:30:21</t>
   </si>
   <si>
     <t>23.02.23  11:32:06</t>
   </si>
   <si>
     <t>23.02.23  11:37:50</t>
   </si>
   <si>
     <t>23.02.23  11:43:06</t>
   </si>
   <si>
     <t>23.02.23  11:46:52</t>
   </si>
   <si>
     <t>23.02.23  11:49:02</t>
   </si>
   <si>
     <t>23.02.23  11:50:40</t>
   </si>
   <si>
     <t>23.02.23  11:51:59</t>
   </si>
   <si>
     <t>23.02.23  11:53:05</t>
   </si>
   <si>
     <t>23.02.23  11:54:58</t>
   </si>
   <si>
     <t>23.02.23  11:58:26</t>
   </si>
   <si>
-    <t>4406Внести правки озвучені Мисаком М. І.</t>
+    <t>ID - 4406,  Внести правки озвучені Мисаком М. І.</t>
   </si>
   <si>
     <t>23.02.23  11:58:56</t>
   </si>
   <si>
     <t>23.02.23  12:00:48</t>
   </si>
   <si>
     <t>23.02.23  12:06:57</t>
   </si>
   <si>
-    <t>4409Про безоплатну передачу матеріальних цінностей</t>
+    <t>ID - 4409,  Про безоплатну передачу матеріальних цінностей</t>
   </si>
   <si>
     <t>23.02.23  12:08:03</t>
   </si>
   <si>
-    <t>4410Про безоплатну передачу основних засобів</t>
+    <t>ID - 4410,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>23.02.23  12:09:46</t>
   </si>
   <si>
     <t>23.02.23  12:11:44</t>
   </si>
   <si>
     <t>23.02.23  12:13:28</t>
   </si>
   <si>
     <t>23.02.23  12:16:56</t>
   </si>
   <si>
     <t>23.02.23  12:23:56</t>
   </si>
   <si>
     <t>23.02.23  12:26:17</t>
   </si>
   <si>
     <t>23.02.23  12:27:59</t>
   </si>
   <si>
-    <t>4417Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 4417,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>23.02.23  12:29:54</t>
   </si>
   <si>
-    <t>4418Про надання одноразової грошової допомоги</t>
+    <t>ID - 4418,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>23.02.23  12:33:14</t>
   </si>
   <si>
-    <t>4419Внести правки озвучені Кудрик І.І. та Лепцем М. Р.</t>
+    <t>ID - 4419,  Внести правки озвучені Кудрик І.І. та Лепцем М. Р.</t>
   </si>
   <si>
     <t>23.02.23  12:33:45</t>
   </si>
   <si>
-    <t>4420Про надання одноразової грошової допомоги</t>
+    <t>ID - 4420,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>23.02.23  12:36:21</t>
   </si>
   <si>
     <t>23.02.23  12:40:48</t>
   </si>
   <si>
-    <t>4422Про розгляд клопотання громадянина Карабіна Зіновія Омеляновича</t>
+    <t>ID - 4422,  Про розгляд клопотання громадянина Карабіна Зіновія Омеляновича</t>
   </si>
   <si>
     <t>23.02.23  12:43:06</t>
   </si>
   <si>
-    <t>4423Про розгляд клопотання громадянина Пелеха Павла Павловича</t>
+    <t>ID - 4423,  Про розгляд клопотання громадянина Пелеха Павла Павловича</t>
   </si>
   <si>
     <t>23.02.23  12:45:05</t>
   </si>
   <si>
-    <t>4424Про внесення змiни в рішення Острівської сільської ради</t>
+    <t>ID - 4424,  Про внесення змiни в рішення Острівської сільської ради</t>
   </si>
   <si>
     <t>23.02.23  12:46:39</t>
   </si>
   <si>
-    <t>4425Про розгляд клопотання громадянки Костюк Катерини Йосипівни</t>
+    <t>ID - 4425,  Про розгляд клопотання громадянки Костюк Катерини Йосипівни</t>
   </si>
   <si>
     <t>23.02.23  12:47:55</t>
   </si>
   <si>
-    <t>4426Про розгляд клопотання громадянки Запісоцької Ольги Василівни</t>
+    <t>ID - 4426,  Про розгляд клопотання громадянки Запісоцької Ольги Василівни</t>
   </si>
   <si>
     <t>23.02.23  12:49:47</t>
   </si>
   <si>
-    <t>4427Про розгляд клопотання громадянина Стеця Ігоря Тимофійовича</t>
+    <t>ID - 4427,  Про розгляд клопотання громадянина Стеця Ігоря Тимофійовича</t>
   </si>
   <si>
     <t>23.02.23  12:51:03</t>
   </si>
   <si>
-    <t>4428Про розгляд клопотання Соснівської загальноосвітньої школи I-III ступенів № 7</t>
+    <t>ID - 4428,  Про розгляд клопотання Соснівської загальноосвітньої школи I-III ступенів № 7</t>
   </si>
   <si>
     <t>23.02.23  12:51:34</t>
   </si>
   <si>
-    <t>4429Про розгляд клопотання громадянки Дубанович Галини Михайлівни</t>
+    <t>ID - 4429,  Про розгляд клопотання громадянки Дубанович Галини Михайлівни</t>
   </si>
   <si>
     <t>23.02.23  12:52:54</t>
   </si>
   <si>
-    <t>4430Внести правки озвучені Балком Д. І.</t>
+    <t>ID - 4430,  Внести правки озвучені Балком Д. І.</t>
   </si>
   <si>
     <t>23.02.23  12:53:59</t>
   </si>
   <si>
-    <t>4431Про розгляд клопотання громадянки Дубанович Галини Михайлівни</t>
+    <t>ID - 4431,  Про розгляд клопотання громадянки Дубанович Галини Михайлівни</t>
   </si>
   <si>
     <t>23.02.23  12:58:58</t>
   </si>
   <si>
-    <t>4432Про розгляд клопотання Товариства з обмеженою відповідальністю фірми «Оріон»</t>
+    <t>ID - 4432,  Про розгляд клопотання Товариства з обмеженою відповідальністю фірми «Оріон»</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>23.02.23  13:01:43</t>
   </si>
   <si>
     <t>23.02.23  13:03:23</t>
   </si>
   <si>
     <t>23.02.23  13:05:32</t>
   </si>
   <si>
-    <t>4435Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 4435,  Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>23.02.23  13:07:20</t>
   </si>
   <si>
     <t>23.02.23  13:07:51</t>
   </si>
   <si>
     <t>23.02.23  13:08:59</t>
   </si>
   <si>
     <t>23.02.23  13:10:46</t>
   </si>
   <si>
     <t>23.02.23  13:13:33</t>
   </si>
   <si>
     <t>23.02.23  13:14:34</t>
   </si>
   <si>
     <t>23.02.23  13:15:24</t>
   </si>
   <si>
     <t>23.02.23  13:17:32</t>
   </si>
@@ -462,53 +462,50 @@
     <t>23.02.23  13:26:33</t>
   </si>
   <si>
     <t>23.02.23  13:27:17</t>
   </si>
   <si>
     <t>23.02.23  13:28:04</t>
   </si>
   <si>
     <t>23.02.23  13:29:09</t>
   </si>
   <si>
     <t>23.02.23  13:30:25</t>
   </si>
   <si>
     <t>23.02.23  13:31:28</t>
   </si>
   <si>
     <t>23.02.23  13:32:09</t>
   </si>
   <si>
     <t>23.02.23  13:34:13</t>
   </si>
   <si>
     <t>23.02.23  13:36:53</t>
-  </si>
-[...1 lines deleted...]
-    <t>4455Про продаж у власність земельної ділянки підприємцю Ільчуку Володимиру Богдановичу</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1022,51 +1019,51 @@
       <c r="AQ3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>4387Про дострокове припинення повноважень депутата Червоноградської міської ради VIIІ скликання Мусія Олега Ігоровича</t>
+          <t>ID - 4387,  Про дострокове припинення повноважень депутата Червоноградської міської ради VIIІ скликання Мусія Олега Ігоровича</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>58</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>24</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
@@ -1167,51 +1164,51 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>4388Про звільнення заступника міського голови з питань діяльності виконавчих органів ради Земницької Надії Миколаївни</t>
+          <t>ID - 4388,  Про звільнення заступника міського голови з питань діяльності виконавчих органів ради Земницької Надії Миколаївни</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>24</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1312,51 +1309,51 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>4389Про виконання бюджету Червоноградської міської територіальної громади за 2022 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4389,  Про виконання бюджету Червоноградської міської територіальної громади за 2022 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>49</v>
       </c>
       <c r="E6" t="s">
         <v>61</v>
       </c>
       <c r="F6">
         <v>18</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -1457,51 +1454,51 @@
       <c r="AQ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>4390Про виконання бюджету Червоноградської міської територіальної громади за 2022 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4390,  Про виконання бюджету Червоноградської міської територіальної громади за 2022 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>49</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>23</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1602,51 +1599,51 @@
       <c r="AQ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>4391 1. Зменшити видатки резервного фонду на 3 324,0   тис.грн. 2. Виділити із загального фонду місцевого бюджету субвенцію для  обласного бюджету Львівської області  на поточний ремонт автомобільної дороги загального користування місцевого значення О141604 Червоноград-Перетоки в сумі 400,0тис.грн. гривень за КПКВК 3719730 «Субвенція з місцевого бюджету на фінансове забезпечення будівництва, реконструкції, ремонту і утримання автомобільних доріг загального користування місцевого значення, вулиць і доріг комунальної власності у населених пунктах» КЕКВ 2620 «Поточні трансферти органам державного управління інших рівнів». 3. Виділити із спеціального фонду місцевого бюджету субвенцію  обласному бюджету Львівської області на закупівлю холодильної камери для моргу в сумі 140,0 тис.грн. 4. Виділити кошти Соснівській міській лікарні (код 0613230) : - 200,0 тис.грн. - на ремонт ліфта; - 70,0 тис.грн. - на дозвільні документи по експлуатації ліфта; - 150,0 тис.грн. – придбання будівельних матеріалів для облаштування території під встановлення модульних вагончиків. 5. Відділ освіти: - 88,5</t>
+          <t>ID - 4391,   1. Зменшити видатки резервного фонду на 3 324,0   тис.грн. 2. Виділити із загального фонду місцевого бюджету субвенцію для  обласного бюджету Львівської області  на поточний ремонт автомобільної дороги загального користування місцевого значення О141604 Червоноград-Перетоки в сумі 400,0тис.грн. гривень за КПКВК 3719730 «Субвенція з місцевого бюджету на фінансове забезпечення будівництва, реконструкції, ремонту і утримання автомобільних доріг загального користування місцевого значення, вулиць і доріг комунальної власності у населених пунктах» КЕКВ 2620 «Поточні трансферти органам державного управління інших рівнів». 3. Виділити із спеціального фонду місцевого бюджету субвенцію  обласному бюджету Львівської області на закупівлю холодильної камери для моргу в сумі 140,0 тис.грн. 4. Виділити кошти Соснівській міській лікарні (код 0613230) : - 200,0 тис.грн. - на ремонт ліфта; - 70,0 тис.грн. - на дозвільні документи по експлуатації ліфта; - 150,0 тис.грн. – придбання будівельних матеріалів для облаштування території під встановлення модульних вагончиків. 5. Відділ освіти: - 88,5</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>61</v>
       </c>
       <c r="F8">
         <v>4</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -1747,51 +1744,51 @@
       <c r="AQ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>4392 1. Зменшити видатки резервного фонду на 3 324,0   тис.грн. 2. Виділити із загального фонду місцевого бюджету субвенцію для  обласного бюджету Львівської області  на поточний ремонт автомобільної дороги загального користування місцевого значення О141604 Червоноград-Перетоки в сумі 400,0тис.грн. гривень за КПКВК 3719730 «Субвенція з місцевого бюджету на фінансове забезпечення будівництва, реконструкції, ремонту і утримання автомобільних доріг загального користування місцевого значення, вулиць і доріг комунальної власності у населених пунктах» КЕКВ 2620 «Поточні трансферти органам державного управління інших рівнів». 3. Виділити із спеціального фонду місцевого бюджету субвенцію  обласному бюджету Львівської області на закупівлю холодильної камери для моргу в сумі 140,0 тис.грн. 4. Виділити кошти Соснівській міській лікарні (код 0613230) : - 200,0 тис.грн. - на ремонт ліфта; - 70,0 тис.грн. - на дозвільні документи по експлуатації ліфта; - 150,0 тис.грн. – придбання будівельних матеріалів для облаштування території під встановлення модульних вагончиків. 5. Відділ освіти: - 88,5</t>
+          <t>ID - 4392,   1. Зменшити видатки резервного фонду на 3 324,0   тис.грн. 2. Виділити із загального фонду місцевого бюджету субвенцію для  обласного бюджету Львівської області  на поточний ремонт автомобільної дороги загального користування місцевого значення О141604 Червоноград-Перетоки в сумі 400,0тис.грн. гривень за КПКВК 3719730 «Субвенція з місцевого бюджету на фінансове забезпечення будівництва, реконструкції, ремонту і утримання автомобільних доріг загального користування місцевого значення, вулиць і доріг комунальної власності у населених пунктах» КЕКВ 2620 «Поточні трансферти органам державного управління інших рівнів». 3. Виділити із спеціального фонду місцевого бюджету субвенцію  обласному бюджету Львівської області на закупівлю холодильної камери для моргу в сумі 140,0 тис.грн. 4. Виділити кошти Соснівській міській лікарні (код 0613230) : - 200,0 тис.грн. - на ремонт ліфта; - 70,0 тис.грн. - на дозвільні документи по експлуатації ліфта; - 150,0 тис.грн. – придбання будівельних матеріалів для облаштування території під встановлення модульних вагончиків. 5. Відділ освіти: - 88,5</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>64</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>25</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>53</v>
@@ -1892,51 +1889,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>4393Про виконання бюджету Червоноградської міської територіальної громади за 2022 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4393,  Про виконання бюджету Червоноградської міської територіальної громади за 2022 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>56</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10">
         <v>24</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2037,51 +2034,51 @@
       <c r="AQ10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>4394Про безоплатну передачу об’єкта права комунальної власності Червоноградської міської територіальної громади автомобіля марки RENAULT на баланс Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного</t>
+          <t>ID - 4394,  Про безоплатну передачу об’єкта права комунальної власності Червоноградської міської територіальної громади автомобіля марки RENAULT на баланс Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>49</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>26</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2325,51 +2322,51 @@
       <c r="AQ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>4396Про безоплатну передачу об’єкта права комунальної власності Червоноградської міської територіальної громади автомобіля марки RENAULT на баланс Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного</t>
+          <t>ID - 4396,  Про безоплатну передачу об’єкта права комунальної власності Червоноградської міської територіальної громади автомобіля марки RENAULT на баланс Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>56</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13">
         <v>26</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>51</v>
@@ -2470,51 +2467,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>4397Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 4397,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>61</v>
       </c>
       <c r="F14">
         <v>8</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>52</v>
@@ -2615,51 +2612,51 @@
       <c r="AQ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>4398Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 4398,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>58</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15">
         <v>23</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
@@ -2760,51 +2757,51 @@
       <c r="AQ15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>4399Про звернення Червоноградської міської ради Львівської області до Президента України, Верховної Ради України, щодо повернути додаткову винагороду в 30 000 грн. для українських військових і силовиків, навіть якщо вони не перебувають безпосередньо на фронті.</t>
+          <t>ID - 4399,  Про звернення Червоноградської міської ради Львівської області до Президента України, Верховної Ради України, щодо повернути додаткову винагороду в 30 000 грн. для українських військових і силовиків, навіть якщо вони не перебувають безпосередньо на фронті.</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>58</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16">
         <v>21</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>53</v>
@@ -2905,51 +2902,51 @@
       <c r="AQ16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>4400Про звернення Червоноградської міської ради до Президента України, Верховної Ради України, Кабінету Міністрів України щодо внесення змін в законопроект №8401 від 31.01.2023р.</t>
+          <t>ID - 4400,  Про звернення Червоноградської міської ради до Президента України, Верховної Ради України, Кабінету Міністрів України щодо внесення змін в законопроект №8401 від 31.01.2023р.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17">
         <v>21</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>52</v>
@@ -3050,51 +3047,51 @@
       <c r="AQ17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>4401Про звернення Червоноградської міської ради Львівської області до Президента України, Кабінету Міністрів України щодо невідкладного приведення постанови КМУ від 27.01.2023 № 69 у відповідність до рішення РНБОУ від 23.01.2023 «Про деякі питання щодо перетину Державного кордону України в умовах воєнного стану»</t>
+          <t>ID - 4401,  Про звернення Червоноградської міської ради Львівської області до Президента України, Кабінету Міністрів України щодо невідкладного приведення постанови КМУ від 27.01.2023 № 69 у відповідність до рішення РНБОУ від 23.01.2023 «Про деякі питання щодо перетину Державного кордону України в умовах воєнного стану»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>58</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18">
         <v>24</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3195,51 +3192,51 @@
       <c r="AQ18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>4402Про надання дозвол Комунальному підприємству «Центральна міська лікарня Червоноградської міської ради» на списання з балансу основних засобів</t>
+          <t>ID - 4402,  Про надання дозвол Комунальному підприємству «Центральна міська лікарня Червоноградської міської ради» на списання з балансу основних засобів</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>58</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19">
         <v>25</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>53</v>
@@ -3340,51 +3337,51 @@
       <c r="AQ19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>77</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>4403«Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2023 рiк»</t>
+          <t>ID - 4403,  «Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2023 рiк»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20">
         <v>26</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>53</v>
@@ -3485,51 +3482,51 @@
       <c r="AQ20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>78</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>4404Про надання згоди на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Стуса, 25</t>
+          <t>ID - 4404,  Про надання згоди на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Стуса, 25</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>58</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21">
         <v>25</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>53</v>
@@ -3630,51 +3627,51 @@
       <c r="AQ21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>79</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>4405Про затвердження «Програми приватизацiї об’єктiв комунальної власностi Червоноградської міської територіальної громади на 2023 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
+          <t>ID - 4405,  Про затвердження «Програми приватизацiї об’єктiв комунальної власностi Червоноградської міської територіальної громади на 2023 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22">
         <v>26</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>53</v>
@@ -3918,51 +3915,51 @@
       <c r="AQ23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>82</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>4407Про затвердження «Програми приватизацiї об’єктiв комунальної власностi Червоноградської міської територіальної громади на 2023 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
+          <t>ID - 4407,  Про затвердження «Програми приватизацiї об’єктiв комунальної власностi Червоноградської міської територіальної громади на 2023 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>56</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24">
         <v>26</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>53</v>
@@ -4063,51 +4060,51 @@
       <c r="AQ24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>83</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>4408Про надання дозволу комунальному підприємству «Школяр» на списання з балансу основних засобів</t>
+          <t>ID - 4408,  Про надання дозволу комунальному підприємству «Школяр» на списання з балансу основних засобів</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>58</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25">
         <v>24</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>53</v>
@@ -4494,51 +4491,51 @@
       <c r="AQ27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>88</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>4411Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 4411,  Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>58</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28">
         <v>24</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -4639,51 +4636,51 @@
       <c r="AQ28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>4412Про безоплатну передачу генератора електричного струму з балансу КП «Червонограджитлокомунсервіс» на баланс фінансового управління Червоноградської міської ради</t>
+          <t>ID - 4412,  Про безоплатну передачу генератора електричного струму з балансу КП «Червонограджитлокомунсервіс» на баланс фінансового управління Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>58</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29">
         <v>25</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
@@ -4784,51 +4781,51 @@
       <c r="AQ29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>90</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>4413Про передачу основних засобів, малоцінних необоротних матеріальних активів та матеріальних активів з балансу КП «Соснівкажитлокомунсервіс» на баланс КП «Комунальник»</t>
+          <t>ID - 4413,  Про передачу основних засобів, малоцінних необоротних матеріальних активів та матеріальних активів з балансу КП «Соснівкажитлокомунсервіс» на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>58</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30">
         <v>22</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
@@ -4929,51 +4926,51 @@
       <c r="AQ30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>4414Про розроблення детального плану території з метою розташування індустріального парку за межами с. Острів Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 4414,  Про розроблення детального плану території з метою розташування індустріального парку за межами с. Острів Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>58</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31">
         <v>24</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
@@ -5074,51 +5071,51 @@
       <c r="AQ31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>92</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>4415Про уповноваження управління містобудування та архітектури Червоноградської міської ради приймати рішення щодо переведення дачного чи садового будинку у жилий будинок</t>
+          <t>ID - 4415,  Про уповноваження управління містобудування та архітектури Червоноградської міської ради приймати рішення щодо переведення дачного чи садового будинку у жилий будинок</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>58</v>
       </c>
       <c r="E32" t="s">
         <v>50</v>
       </c>
       <c r="F32">
         <v>22</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
@@ -5219,51 +5216,51 @@
       <c r="AQ32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>4416Про уповноваження відділу з питань надзвичайних ситуацій, оборонної та мобілізаційної роботи Червоноградської міської ради вносити до Єдиної державної електронної системи у сфері будівництва рішення про демонтаж будівель і споруд</t>
+          <t>ID - 4416,  Про уповноваження відділу з питань надзвичайних ситуацій, оборонної та мобілізаційної роботи Червоноградської міської ради вносити до Єдиної державної електронної системи у сфері будівництва рішення про демонтаж будівель і споруд</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>58</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33">
         <v>23</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>53</v>
@@ -5936,51 +5933,51 @@
       <c r="AQ37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>4421Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 4421,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>58</v>
       </c>
       <c r="E38" t="s">
         <v>50</v>
       </c>
       <c r="F38">
         <v>22</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
@@ -7654,51 +7651,51 @@
       <c r="AQ49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>126</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>127</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>4433Про розгляд клопотання громадянина Решетухи Павла Петровича та громадянина Мухи Івана Павловича</t>
+          <t>ID - 4433,  Про розгляд клопотання громадянина Решетухи Павла Петровича та громадянина Мухи Івана Павловича</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>58</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
         <v>22</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
@@ -7799,51 +7796,51 @@
       <c r="AQ50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>128</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>4434Про надання в оренду земельної ділянки Приватному акціонерному товариству «Львівобленерго»</t>
+          <t>ID - 4434,  Про надання в оренду земельної ділянки Приватному акціонерному товариству «Львівобленерго»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>58</v>
       </c>
       <c r="E51" t="s">
         <v>50</v>
       </c>
       <c r="F51">
         <v>21</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
@@ -8087,51 +8084,51 @@
       <c r="AQ52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>131</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>4436Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в селі Волсвин (за межами населеного пункту)</t>
+          <t>ID - 4436,  Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в селі Волсвин (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>58</v>
       </c>
       <c r="E53" t="s">
         <v>61</v>
       </c>
       <c r="F53">
         <v>18</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>51</v>
@@ -8232,51 +8229,51 @@
       <c r="AQ53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>132</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>4437Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в селі Волсвин (за межами населеного пункту)</t>
+          <t>ID - 4437,  Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в селі Волсвин (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>58</v>
       </c>
       <c r="E54" t="s">
         <v>61</v>
       </c>
       <c r="F54">
         <v>18</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
@@ -8377,51 +8374,51 @@
       <c r="AQ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>133</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>4438Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в селі Волсвин (за межами населеного пункту)</t>
+          <t>ID - 4438,  Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в селі Волсвин (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>58</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55">
         <v>20</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
@@ -8522,51 +8519,51 @@
       <c r="AQ55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>134</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>4439Про затвердження проектів землеустрою щодо відведення земельних ділянок в місті Соснівка, на вулиці Львівська з кадастровими номерами 4611870400:02:001:0023, 26.4611870400:02:27.001:0024</t>
+          <t>ID - 4439,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в місті Соснівка, на вулиці Львівська з кадастровими номерами 4611870400:02:001:0023, 26.4611870400:02:27.001:0024</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>58</v>
       </c>
       <c r="E56" t="s">
         <v>50</v>
       </c>
       <c r="F56">
         <v>21</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
@@ -8667,51 +8664,51 @@
       <c r="AQ56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>135</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>4440Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
+          <t>ID - 4440,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>58</v>
       </c>
       <c r="E57" t="s">
         <v>61</v>
       </c>
       <c r="F57">
         <v>0</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
@@ -8812,51 +8809,51 @@
       <c r="AQ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>136</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>4441Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
+          <t>ID - 4441,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>58</v>
       </c>
       <c r="E58" t="s">
         <v>61</v>
       </c>
       <c r="F58">
         <v>18</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>52</v>
@@ -8957,51 +8954,51 @@
       <c r="AQ58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>137</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>4442Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
+          <t>ID - 4442,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>58</v>
       </c>
       <c r="E59" t="s">
         <v>61</v>
       </c>
       <c r="F59">
         <v>18</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>52</v>
@@ -9102,51 +9099,51 @@
       <c r="AQ59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>138</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>4443Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
+          <t>ID - 4443,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>58</v>
       </c>
       <c r="E60" t="s">
         <v>61</v>
       </c>
       <c r="F60">
         <v>19</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
@@ -9247,51 +9244,51 @@
       <c r="AQ60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>139</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>4444Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
+          <t>ID - 4444,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>58</v>
       </c>
       <c r="E61" t="s">
         <v>61</v>
       </c>
       <c r="F61">
         <v>18</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>52</v>
@@ -9392,51 +9389,51 @@
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>140</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>4445Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
+          <t>ID - 4445,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в селі Волсвин</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>58</v>
       </c>
       <c r="E62" t="s">
         <v>50</v>
       </c>
       <c r="F62">
         <v>21</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>52</v>
@@ -9537,51 +9534,51 @@
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>141</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>4446Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Клюсівська 28а кадастровий номер земельної ділянки 4611800000:03:005:0104</t>
+          <t>ID - 4446,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Клюсівська 28а кадастровий номер земельної ділянки 4611800000:03:005:0104</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>58</v>
       </c>
       <c r="E63" t="s">
         <v>50</v>
       </c>
       <c r="F63">
         <v>21</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>52</v>
@@ -9682,51 +9679,51 @@
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>142</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>4447Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Радехівська кадастровий номер земельної ділянки 4611800000:04:016:0057</t>
+          <t>ID - 4447,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Радехівська кадастровий номер земельної ділянки 4611800000:04:016:0057</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>58</v>
       </c>
       <c r="E64" t="s">
         <v>50</v>
       </c>
       <c r="F64">
         <v>21</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>52</v>
@@ -9827,51 +9824,51 @@
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>143</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>4448Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) за межами с. Сілець, Червоноградської міської ради кадастровий номер земельної ділянки 4624886600:08:000:0117</t>
+          <t>ID - 4448,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) за межами с. Сілець, Червоноградської міської ради кадастровий номер земельної ділянки 4624886600:08:000:0117</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>58</v>
       </c>
       <c r="E65" t="s">
         <v>50</v>
       </c>
       <c r="F65">
         <v>21</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>53</v>
@@ -9972,51 +9969,51 @@
       <c r="AQ65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>144</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>4449Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) за межами с. Сілець, Червоноградської міської ради кадастровий номер земельної ділянки 4624886600:08:000:0118</t>
+          <t>ID - 4449,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) за межами с. Сілець, Червоноградської міської ради кадастровий номер земельної ділянки 4624886600:08:000:0118</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>58</v>
       </c>
       <c r="E66" t="s">
         <v>50</v>
       </c>
       <c r="F66">
         <v>21</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>53</v>
@@ -10117,51 +10114,51 @@
       <c r="AQ66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>145</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>4450Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, вулиця Яструбецька, кадастровий номер земельної ділянки 4624881300:10:004:0070</t>
+          <t>ID - 4450,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Волсвин, вулиця Яструбецька, кадастровий номер земельної ділянки 4624881300:10:004:0070</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>58</v>
       </c>
       <c r="E67" t="s">
         <v>50</v>
       </c>
       <c r="F67">
         <v>20</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>53</v>
@@ -10262,51 +10259,51 @@
       <c r="AQ67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>146</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>4451Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Львівська, кадастровий номер земельної ділянки 4611800000:06:002:0055</t>
+          <t>ID - 4451,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Львівська, кадастровий номер земельної ділянки 4611800000:06:002:0055</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>58</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68">
         <v>21</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>53</v>
@@ -10407,51 +10404,51 @@
       <c r="AQ68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>147</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>4452Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Радехівська кадастровий номер земельної ділянки 4611800000:04:016:0059</t>
+          <t>ID - 4452,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Радехівська кадастровий номер земельної ділянки 4611800000:04:016:0059</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>58</v>
       </c>
       <c r="E69" t="s">
         <v>50</v>
       </c>
       <c r="F69">
         <v>21</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>53</v>
@@ -10552,51 +10549,51 @@
       <c r="AQ69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>148</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>4453Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Радехівська кадастровий номер земельної ділянки 4611800000:04:016:0058</t>
+          <t>ID - 4453,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Червоноград, вулиця Радехівська кадастровий номер земельної ділянки 4611800000:04:016:0058</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>58</v>
       </c>
       <c r="E70" t="s">
         <v>50</v>
       </c>
       <c r="F70">
         <v>20</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>53</v>
@@ -10697,51 +10694,51 @@
       <c r="AQ70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>149</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>4454Про надання дозволу на розроблення технiчних документацiї iз землеустрою щодо iнвентаризацiї земель в селі Добрячин та в селі Волсвин</t>
+          <t>ID - 4454,  Про надання дозволу на розроблення технiчних документацiї iз землеустрою щодо iнвентаризацiї земель в селі Добрячин та в селі Волсвин</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>58</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>21</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>52</v>
@@ -10840,52 +10837,54 @@
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>150</v>
       </c>
-      <c r="C72" t="s" s="4">
-        <v>151</v>
+      <c r="C72" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4455,  Про продаж у власність земельної ділянки підприємцю Ільчуку Володимиру Богдановичу</t>
+        </is>
       </c>
       <c r="D72" t="s">
         <v>58</v>
       </c>
       <c r="E72" t="s">
         <v>61</v>
       </c>
       <c r="F72">
         <v>18</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>52</v>
       </c>