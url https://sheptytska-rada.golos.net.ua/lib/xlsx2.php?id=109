--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="199">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -212,441 +212,429 @@
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>22.12.22  11:11:32</t>
   </si>
   <si>
     <t>22.12.22  11:16:20</t>
   </si>
   <si>
     <t>22.12.22  11:27:27</t>
   </si>
   <si>
     <t>22.12.22  11:36:46</t>
   </si>
   <si>
     <t>22.12.22  11:41:20</t>
   </si>
   <si>
     <t>22.12.22  12:18:17</t>
   </si>
   <si>
     <t>22.12.22  12:19:36</t>
   </si>
   <si>
-    <t>4198Про надання одноразової грошової допомоги</t>
+    <t>ID - 4198,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>22.12.22  12:21:09</t>
   </si>
   <si>
-    <t>4199Внести правки, які озвучив голова комісії</t>
+    <t>ID - 4199,  Внести правки, які озвучив голова комісії</t>
   </si>
   <si>
     <t>22.12.22  12:21:39</t>
   </si>
   <si>
-    <t>4200Про надання одноразової грошової допомоги</t>
+    <t>ID - 4200,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>22.12.22  12:27:54</t>
   </si>
   <si>
     <t>22.12.22  12:29:08</t>
   </si>
   <si>
     <t>22.12.22  12:38:47</t>
   </si>
   <si>
     <t>22.12.22  12:41:08</t>
   </si>
   <si>
     <t>22.12.22  12:41:54</t>
   </si>
   <si>
-    <t>4205Внести Героя Буруцького Василя Йосиповича</t>
+    <t>ID - 4205,  Внести Героя Буруцького Василя Йосиповича</t>
   </si>
   <si>
     <t>22.12.22  12:42:23</t>
   </si>
   <si>
     <t>22.12.22  12:45:01</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>22.12.22  12:45:34</t>
   </si>
   <si>
     <t>22.12.22  12:47:42</t>
   </si>
   <si>
     <t>22.12.22  12:48:42</t>
   </si>
   <si>
-    <t>4210Змінити назву, додати в новій редакції в пункті 1</t>
+    <t>ID - 4210,  Змінити назву, додати в новій редакції в пункті 1</t>
   </si>
   <si>
     <t>22.12.22  12:49:14</t>
   </si>
   <si>
     <t>22.12.22  12:53:05</t>
   </si>
   <si>
-    <t>4212Про затвердження місцевих програм в галузі соціального захисту населення на 2023 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>22.12.22  12:55:55</t>
   </si>
   <si>
-    <t>4213Про затвердження актів приймання-передачі автомобілів</t>
+    <t>ID - 4213,  Про затвердження актів приймання-передачі автомобілів</t>
   </si>
   <si>
     <t>22.12.22  12:57:58</t>
   </si>
   <si>
     <t>22.12.22  14:38:06</t>
   </si>
   <si>
-    <t>4217Внести рішення в новій редакції</t>
+    <t>ID - 4217,  Внести рішення в новій редакції</t>
   </si>
   <si>
     <t>22.12.22  14:38:39</t>
   </si>
   <si>
-    <t>4218Про внесення змін до складу виконавчого комітету Червоноградської міської ради</t>
+    <t>ID - 4218,  Про внесення змін до складу виконавчого комітету Червоноградської міської ради</t>
   </si>
   <si>
     <t>22.12.22  14:39:55</t>
   </si>
   <si>
-    <t>4219Про затвердження списку присяжних</t>
+    <t>ID - 4219,  Про затвердження списку присяжних</t>
   </si>
   <si>
     <t>22.12.22  14:41:52</t>
   </si>
   <si>
-    <t>4220Про затвердження місцевої програми природоохоронних заходів на 2023 рік</t>
+    <t>ID - 4220,  Про затвердження місцевої програми природоохоронних заходів на 2023 рік</t>
   </si>
   <si>
     <t>22.12.22  14:45:00</t>
   </si>
   <si>
-    <t>4221Про затвердження місцевих програм пов’язаних з економічною діяльністю на 2023 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>22.12.22  14:46:43</t>
   </si>
   <si>
     <t>22.12.22  14:48:13</t>
   </si>
   <si>
     <t>22.12.22  14:49:35</t>
   </si>
   <si>
     <t>22.12.22  14:51:14</t>
   </si>
   <si>
     <t>22.12.22  14:52:44</t>
   </si>
   <si>
-    <t>4226Про безоплатну передачу малоцінних необоротних матеріальних активів</t>
+    <t>ID - 4226,  Про безоплатну передачу малоцінних необоротних матеріальних активів</t>
   </si>
   <si>
     <t>22.12.22  14:54:11</t>
   </si>
   <si>
     <t>22.12.22  14:55:07</t>
   </si>
   <si>
-    <t>4228Про безоплатну передачу основних засобів</t>
+    <t>ID - 4228,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>22.12.22  14:57:51</t>
   </si>
   <si>
-    <t>4229Про затвердження місцевих програм в медичній галузі на 2023 рік</t>
+    <t>ID - 4229,  Про затвердження місцевих програм в медичній галузі на 2023 рік</t>
   </si>
   <si>
     <t>22.12.22  15:02:19</t>
   </si>
   <si>
-    <t>4230Про затвердження місцевих програм в галузі молодіжної політики та промоцій на 2023 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>22.12.22  15:03:12</t>
   </si>
   <si>
-    <t>4231Про затвердження місцевих програм в галузі спорту на 2023 рік</t>
+    <t>ID - 4231,  Про затвердження місцевих програм в галузі спорту на 2023 рік</t>
   </si>
   <si>
     <t>22.12.22  15:04:07</t>
   </si>
   <si>
-    <t>4232Про затвердження місцевих програм в галузі спорту на 2023 рік</t>
+    <t>ID - 4232,  Про затвердження місцевих програм в галузі спорту на 2023 рік</t>
   </si>
   <si>
     <t>22.12.22  15:05:15</t>
   </si>
   <si>
-    <t>4233Про затвердження місцевих програм в галузі культури на 2023 рік</t>
+    <t>ID - 4233,  Про затвердження місцевих програм в галузі культури на 2023 рік</t>
   </si>
   <si>
     <t>22.12.22  15:06:17</t>
   </si>
   <si>
     <t>22.12.22  15:07:10</t>
   </si>
   <si>
     <t>22.12.22  15:07:56</t>
   </si>
   <si>
-    <t>4236Правка щодо виконавців заходів</t>
+    <t>ID - 4236,  Правка щодо виконавців заходів</t>
   </si>
   <si>
     <t>22.12.22  15:09:58</t>
   </si>
   <si>
     <t>22.12.22  15:11:08</t>
   </si>
   <si>
     <t>22.12.22  15:12:52</t>
   </si>
   <si>
     <t>22.12.22  15:14:25</t>
   </si>
   <si>
     <t>22.12.22  15:16:24</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>22.12.22  15:17:53</t>
   </si>
   <si>
     <t>22.12.22  15:19:19</t>
   </si>
   <si>
-    <t>4243Про передачу захисних споруд цивільного захисту</t>
+    <t>ID - 4243,  Про передачу захисних споруд цивільного захисту</t>
   </si>
   <si>
     <t>22.12.22  15:21:21</t>
   </si>
   <si>
-    <t>4244Про створення індустріального парку «Червоноград»</t>
+    <t>ID - 4244,  Про створення індустріального парку «Червоноград»</t>
   </si>
   <si>
     <t>22.12.22  15:23:41</t>
   </si>
   <si>
-    <t>4245Про погодження базових цiн на послуги з технiчного обслуговування лiфтiв на 2023 рік</t>
+    <t>ID - 4245,  Про погодження базових цiн на послуги з технiчного обслуговування лiфтiв на 2023 рік</t>
   </si>
   <si>
     <t>22.12.22  15:25:01</t>
   </si>
   <si>
     <t>22.12.22  15:27:02</t>
   </si>
   <si>
     <t>22.12.22  15:28:17</t>
   </si>
   <si>
     <t>22.12.22  15:31:43</t>
   </si>
   <si>
-    <t>4249Замінити `затверджених переліків` на `згідно затверджених переліків, що додаються.`</t>
-[...1 lines deleted...]
-  <si>
     <t>22.12.22  15:32:13</t>
   </si>
   <si>
     <t>22.12.22  15:33:22</t>
   </si>
   <si>
     <t>22.12.22  15:35:16</t>
   </si>
   <si>
     <t>22.12.22  15:36:29</t>
   </si>
   <si>
     <t>22.12.22  15:37:34</t>
   </si>
   <si>
-    <t>4254Про розгляд клопотання громадянина Купровського Івана Федоровича</t>
+    <t>ID - 4254,  Про розгляд клопотання громадянина Купровського Івана Федоровича</t>
   </si>
   <si>
     <t>22.12.22  15:43:52</t>
   </si>
   <si>
-    <t>4258Про надання в оренду земельних ділянок</t>
+    <t>ID - 4258,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>22.12.22  15:44:26</t>
   </si>
   <si>
-    <t>4259Змінити 3% на 1%</t>
+    <t>ID - 4259,  Змінити 3% на 1%</t>
   </si>
   <si>
     <t>22.12.22  15:44:57</t>
   </si>
   <si>
-    <t>4260Змінити 3% на 1%</t>
+    <t>ID - 4260,  Змінити 3% на 1%</t>
   </si>
   <si>
     <t>22.12.22  15:45:25</t>
   </si>
   <si>
-    <t>4261Про надання в оренду земельних ділянок</t>
+    <t>ID - 4261,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>22.12.22  15:47:23</t>
   </si>
   <si>
-    <t>4262Про припинення прав оренди землі та передачу у власність земельних ділянок</t>
+    <t>ID - 4262,  Про припинення прав оренди землі та передачу у власність земельних ділянок</t>
   </si>
   <si>
     <t>22.12.22  15:48:39</t>
   </si>
   <si>
     <t>22.12.22  15:50:28</t>
   </si>
   <si>
     <t>22.12.22  15:51:43</t>
   </si>
   <si>
-    <t>4265Про розгляд клопотання громадянина Карабіна Зіновія Омеляновича</t>
+    <t>ID - 4265,  Про розгляд клопотання громадянина Карабіна Зіновія Омеляновича</t>
   </si>
   <si>
     <t>22.12.22  15:52:45</t>
   </si>
   <si>
-    <t>4266Про розгляд клопотання громадянина Чашинського Анатолія Йосиповича</t>
+    <t>ID - 4266,  Про розгляд клопотання громадянина Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>22.12.22  15:58:41</t>
   </si>
   <si>
-    <t>4267Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
+    <t>ID - 4267,  Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
   </si>
   <si>
     <t>22.12.22  15:59:11</t>
   </si>
   <si>
-    <t>4268Замінити 12 % на 4%</t>
+    <t>ID - 4268,  Замінити 12 % на 4%</t>
   </si>
   <si>
     <t>22.12.22  15:59:43</t>
   </si>
   <si>
-    <t>4269Замінити 12 % на 4%</t>
+    <t>ID - 4269,  Замінити 12 % на 4%</t>
   </si>
   <si>
     <t>22.12.22  16:01:37</t>
   </si>
   <si>
-    <t>4270Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
+    <t>ID - 4270,  Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
   </si>
   <si>
     <t>22.12.22  16:03:12</t>
   </si>
   <si>
-    <t>4271Про розгляд клопотання громадянина Андрієцького Михайла Ярославовича</t>
+    <t>ID - 4271,  Про розгляд клопотання громадянина Андрієцького Михайла Ярославовича</t>
   </si>
   <si>
     <t>22.12.22  16:05:09</t>
   </si>
   <si>
     <t>22.12.22  16:06:29</t>
   </si>
   <si>
-    <t>4273Про розгляд клопотання громадянки Пуздерко Ганни Петрівни</t>
+    <t>ID - 4273,  Про розгляд клопотання громадянки Пуздерко Ганни Петрівни</t>
   </si>
   <si>
     <t>22.12.22  16:09:06</t>
   </si>
   <si>
-    <t>4274Про розгляд клопотання ФОП Лящука Юрія Володимировича</t>
+    <t>ID - 4274,  Про розгляд клопотання ФОП Лящука Юрія Володимировича</t>
   </si>
   <si>
     <t>22.12.22  16:10:02</t>
   </si>
   <si>
     <t>22.12.22  16:12:00</t>
   </si>
   <si>
     <t>22.12.22  16:12:59</t>
   </si>
   <si>
-    <t>4277Про розгляд клопотання Долішнього Сергія Івановича</t>
+    <t>ID - 4277,  Про розгляд клопотання Долішнього Сергія Івановича</t>
   </si>
   <si>
     <t>22.12.22  16:14:44</t>
   </si>
   <si>
     <t>22.12.22  16:16:12</t>
   </si>
   <si>
-    <t>4279Про розгляд клопотання громадянки Власюк Мирослави Богданівни</t>
+    <t>ID - 4279,  Про розгляд клопотання громадянки Власюк Мирослави Богданівни</t>
   </si>
   <si>
     <t>22.12.22  16:17:58</t>
   </si>
   <si>
     <t>22.12.22  16:22:31</t>
   </si>
   <si>
-    <t>4281Про розгляд клопотання підприємця Ільчука Володимира Богдановича</t>
+    <t>ID - 4281,  Про розгляд клопотання підприємця Ільчука Володимира Богдановича</t>
   </si>
   <si>
     <t>22.12.22  16:23:01</t>
   </si>
   <si>
-    <t>4282Змінити орендну плату за земельну ділянку з 12 % на 6%</t>
+    <t>ID - 4282,  Змінити орендну плату за земельну ділянку з 12 % на 6%</t>
   </si>
   <si>
     <t>22.12.22  16:25:47</t>
   </si>
   <si>
-    <t>4283Про розгляд клопотання підприємця Ільчука Володимира Богдановича</t>
+    <t>ID - 4283,  Про розгляд клопотання підприємця Ільчука Володимира Богдановича</t>
   </si>
   <si>
     <t>22.12.22  16:27:00</t>
   </si>
   <si>
-    <t>4284Розгляд клопотання громадянки Щирби Ганни Богданівни</t>
+    <t>ID - 4284,  Розгляд клопотання громадянки Щирби Ганни Богданівни</t>
   </si>
   <si>
     <t>22.12.22  16:28:59</t>
   </si>
   <si>
     <t>22.12.22  16:30:21</t>
   </si>
   <si>
-    <t>4286Про розгляд клопотання громадянина Пелеха Павла Павловича</t>
+    <t>ID - 4286,  Про розгляд клопотання громадянина Пелеха Павла Павловича</t>
   </si>
   <si>
     <t>22.12.22  16:31:44</t>
   </si>
   <si>
     <t>22.12.22  16:33:12</t>
   </si>
   <si>
     <t>22.12.22  16:35:26</t>
   </si>
   <si>
     <t>22.12.22  16:36:55</t>
   </si>
   <si>
     <t>22.12.22  16:42:04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
@@ -889,51 +877,51 @@
       <c r="AQ1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>4185Про звернення Червоноградської міської ради Львівської області до Прем’єр-міністра України, Голови комітету Верховної Ради з питань фінансів, податкової та митної політики, щодо забезпечення реалізації Програми справедливої трансформації вугільних регіонів України</t>
+          <t>ID - 4185,  Про звернення Червоноградської міської ради Львівської області до Прем’єр-міністра України, Голови комітету Верховної Ради з питань фінансів, податкової та митної політики, щодо забезпечення реалізації Програми справедливої трансформації вугільних регіонів України</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>28</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1034,51 +1022,51 @@
       <c r="AQ2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>4186Про звернення Червоноградської міської ради Львівської області до Президента України щодо повернення до Верховної Ради України з пропозиціями (накладання вето) проєкту Закону України «Про внесення змін до деяких законодавчих актів України щодо реформування сфери містобудівної діяльності» (№5655 від 11.06.2021)</t>
+          <t>ID - 4186,  Про звернення Червоноградської міської ради Львівської області до Президента України щодо повернення до Верховної Ради України з пропозиціями (накладання вето) проєкту Закону України «Про внесення змін до деяких законодавчих актів України щодо реформування сфери містобудівної діяльності» (№5655 від 11.06.2021)</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>48</v>
       </c>
       <c r="E3" t="s">
         <v>49</v>
       </c>
       <c r="F3">
         <v>28</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>50</v>
@@ -1179,51 +1167,51 @@
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>4187Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4187,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>55</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4">
         <v>31</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1324,51 +1312,51 @@
       <c r="AQ4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>4188  На фінансову підтримку ГО « Червоноградська  територіальна  асоціація осіб з інвалідністю», на проведення  Міжнародного дня  людей з обмеженими фізичними  можливостями ( 0215;  0213192;  2610 ) -  50,0тис.грн.   Керуючись  листом ДКСУ від 09.12.2022 № 15-12-12/17828 «Щодо застосування КЕКВ для паливо-мастильних матеріалів» пропонується здійснити  переміщення по ЗДО  та ЗШ із КЕКВ 2210 «Предмети, матеріали, обладнання» та КЕКВ 2275 «Оплата інших енергоносіїв та інших комунальних послуг» 15,4 тис.грн. ( 0600;  0611010;  2210-2 200грн. 2275+2 200;  0600;  0611021;  2210-13 200грн. 2275+13 200;   По “Програмі розвиток та фінансова підтримки КП “ЦМЛ ЧМР” пропонується зменшити  видатки по завданню “Поточний ремонт даху хірургічного корпусу у зв’язку з підготовкою до зими» на суму 1 518 442 грн (у зв&amp;#39;язку з не проведенням видатків Управлінням Державного казначейства) та перемісти завдання “Оплата праці медичних працівників КП “Центральна міська лікарня Червоноградської міської ради”.  Вказані видатки по поточному ремонту даху хірургічного корпусу будуть оплачені із власних коштів ЦМЛ ЧМР. По виконавчому</t>
+          <t>ID - 4188,    На фінансову підтримку ГО « Червоноградська  територіальна  асоціація осіб з інвалідністю», на проведення  Міжнародного дня  людей з обмеженими фізичними  можливостями ( 0215;  0213192;  2610 ) -  50,0тис.грн.   Керуючись  листом ДКСУ від 09.12.2022 № 15-12-12/17828 «Щодо застосування КЕКВ для паливо-мастильних матеріалів» пропонується здійснити  переміщення по ЗДО  та ЗШ із КЕКВ 2210 «Предмети, матеріали, обладнання» та КЕКВ 2275 «Оплата інших енергоносіїв та інших комунальних послуг» 15,4 тис.грн. ( 0600;  0611010;  2210-2 200грн. 2275+2 200;  0600;  0611021;  2210-13 200грн. 2275+13 200;   По “Програмі розвиток та фінансова підтримки КП “ЦМЛ ЧМР” пропонується зменшити  видатки по завданню “Поточний ремонт даху хірургічного корпусу у зв’язку з підготовкою до зими» на суму 1 518 442 грн (у зв&amp;#39;язку з не проведенням видатків Управлінням Державного казначейства) та перемісти завдання “Оплата праці медичних працівників КП “Центральна міська лікарня Червоноградської міської ради”.  Вказані видатки по поточному ремонту даху хірургічного корпусу будуть оплачені із власних коштів ЦМЛ ЧМР. По виконавчому</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>57</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5">
         <v>28</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1469,51 +1457,51 @@
       <c r="AQ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>4189Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4189,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6">
         <v>30</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -1614,51 +1602,51 @@
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>4190Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік в частині міжбюджетних трансфертів (1358700000) (код бюджету)</t>
+          <t>ID - 4190,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2023 рік в частині міжбюджетних трансфертів (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>30</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1759,51 +1747,51 @@
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>4191Про розроблення детального плану території в районі вул. Шевченка в с. Добрячин та північної межі м. Червонограда Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 4191,  Про розроблення детального плану території в районі вул. Шевченка в с. Добрячин та північної межі м. Червонограда Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>48</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8">
         <v>26</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -1904,51 +1892,51 @@
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>62</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>4192Про затвердження містобудівної документації `Детальний план території колишньої шахти `Великомостівська № 5` (за межами населеного пункту) в с. Волсвин Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 4192,  Про затвердження містобудівної документації `Детальний план території колишньої шахти `Великомостівська № 5` (за межами населеного пункту) в с. Волсвин Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9">
         <v>26</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2049,51 +2037,51 @@
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>4194Про затвердження містобудівної документації `Детальний план території в присілку Дженджерівка у селі Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 4194,  Про затвердження містобудівної документації `Детальний план території в присілку Дженджерівка у селі Сілець Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>48</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10">
         <v>29</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2194,51 +2182,51 @@
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>4195Про затвердження містобудівної документації `Детальний план території з метою розташування індустріального парку в присілку Дженджерівка у селі Сілець Червоноградської міської територіальної громади Львівської області`</t>
+          <t>ID - 4195,  Про затвердження містобудівної документації `Детальний план території з метою розташування індустріального парку в присілку Дженджерівка у селі Сілець Червоноградської міської територіальної громади Львівської області`</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>48</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
         <v>29</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
@@ -2339,51 +2327,51 @@
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>4196Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
+          <t>ID - 4196,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12">
         <v>22</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2484,51 +2472,51 @@
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>4197Про звіт першого заступника міського голови з питань діяльності виконавчих органів ради за 2022 рік</t>
+          <t>ID - 4197,  Про звіт першого заступника міського голови з питань діяльності виконавчих органів ради за 2022 рік</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13">
         <v>28</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -3058,51 +3046,51 @@
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>4201Про затвердження місцевих програм в галузі земельних відносин та містобудування на 2023 рік</t>
+          <t>ID - 4201,  Про затвердження місцевих програм в галузі земельних відносин та містобудування на 2023 рік</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>48</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17">
         <v>23</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
@@ -3203,51 +3191,51 @@
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>4202Про затвердження Програми фінансового забезпечення територіальної оборони на 2023 рік</t>
+          <t>ID - 4202,  Про затвердження Програми фінансового забезпечення територіальної оборони на 2023 рік</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18">
         <v>22</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
@@ -3348,51 +3336,51 @@
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>74</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>4203Про затвердження місцевих програм в галузі житлово-комунального господарства на 2023 рік</t>
+          <t>ID - 4203,  Про затвердження місцевих програм в галузі житлово-комунального господарства на 2023 рік</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19">
         <v>27</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -3493,51 +3481,51 @@
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>75</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>4204Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 4204,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20">
         <v>27</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -3781,51 +3769,51 @@
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>78</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>4206Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 4206,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>59</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22">
         <v>28</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -3926,51 +3914,51 @@
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>79</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>4207Про затвердження Міської програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів іх сімей на 2023 рік</t>
+          <t>ID - 4207,  Про затвердження Міської програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів іх сімей на 2023 рік</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>48</v>
       </c>
       <c r="E23" t="s">
         <v>80</v>
       </c>
       <c r="F23">
         <v>6</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
@@ -4071,51 +4059,51 @@
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>81</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>4208Про затвердження Міської програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів іх сімей на 2023 рік</t>
+          <t>ID - 4208,  Про затвердження Міської програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів іх сімей на 2023 рік</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>48</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24">
         <v>26</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
@@ -4216,51 +4204,51 @@
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>82</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>4209Про затвердження Положення про управління праці та соціального захисту населення Червоноградської міської ради</t>
+          <t>ID - 4209,  Про затвердження Положення про управління праці та соціального захисту населення Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>55</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25">
         <v>26</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
@@ -4504,51 +4492,51 @@
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>85</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>4211Про затвердження Положення про управління праці та соціального захисту населення Червоноградської міської ради</t>
+          <t>ID - 4211,  Про затвердження Положення про управління праці та соціального захисту населення Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>48</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27">
         <v>26</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
@@ -4647,52 +4635,54 @@
         <v>51</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>86</v>
       </c>
-      <c r="C28" t="s" s="4">
-        <v>87</v>
+      <c r="C28" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4212,  Про затвердження місцевих програм в галузі соціального захисту населення на 2023 рік</t>
+        </is>
       </c>
       <c r="D28" t="s">
         <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28">
         <v>27</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
       </c>
@@ -4788,54 +4778,54 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" t="s" s="4">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D29" t="s">
         <v>48</v>
       </c>
       <c r="E29" t="s">
         <v>49</v>
       </c>
       <c r="F29">
         <v>25</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
       </c>
@@ -4931,55 +4921,55 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>4214Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 4214,  Про затвердження загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>48</v>
       </c>
       <c r="E30" t="s">
         <v>49</v>
       </c>
       <c r="F30">
         <v>26</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
@@ -5076,54 +5066,54 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" t="s" s="4">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D31" t="s">
         <v>57</v>
       </c>
       <c r="E31" t="s">
         <v>49</v>
       </c>
       <c r="F31">
         <v>22</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
       </c>
@@ -5219,54 +5209,54 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" t="s" s="4">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D32" t="s">
         <v>59</v>
       </c>
       <c r="E32" t="s">
         <v>49</v>
       </c>
       <c r="F32">
         <v>22</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5362,54 +5352,54 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>94</v>
+      </c>
+      <c r="C33" t="s" s="4">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D33" t="s">
         <v>48</v>
       </c>
       <c r="E33" t="s">
         <v>49</v>
       </c>
       <c r="F33">
         <v>22</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5505,54 +5495,54 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" t="s" s="4">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D34" t="s">
         <v>48</v>
       </c>
       <c r="E34" t="s">
         <v>49</v>
       </c>
       <c r="F34">
         <v>21</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5648,54 +5638,56 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>98</v>
+      </c>
+      <c r="C35" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4221,  Про затвердження місцевих програм пов’язаних з економічною діяльністю на 2023 рік</t>
+        </is>
       </c>
       <c r="D35" t="s">
         <v>48</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
         <v>21</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
       </c>
@@ -5791,55 +5783,55 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>4222Про затвердження ліквідаційного балансу комунального підприє-мства Червоноградське управління будівництва і інвестицій «Будінвест»</t>
+          <t>ID - 4222,  Про затвердження ліквідаційного балансу комунального підприє-мства Червоноградське управління будівництва і інвестицій «Будінвест»</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>48</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>22</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -5936,55 +5928,55 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>4223«Про затвердження плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2023 рiк»</t>
+          <t>ID - 4223,  «Про затвердження плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2023 рiк»</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>48</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37">
         <v>22</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
@@ -6081,55 +6073,55 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>4224Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021року №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 4224,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021року №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>48</v>
       </c>
       <c r="E38" t="s">
         <v>80</v>
       </c>
       <c r="F38">
         <v>19</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
@@ -6226,55 +6218,55 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>4225Про надання згоди на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Стуса, 25</t>
+          <t>ID - 4225,  Про надання згоди на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Стуса, 25</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>48</v>
       </c>
       <c r="E39" t="s">
         <v>80</v>
       </c>
       <c r="F39">
         <v>12</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>52</v>
@@ -6371,54 +6363,54 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C40" t="s" s="4">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D40" t="s">
         <v>48</v>
       </c>
       <c r="E40" t="s">
         <v>49</v>
       </c>
       <c r="F40">
         <v>22</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
       </c>
@@ -6514,55 +6506,55 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>4227Про надання дозволу комунальному пiдприємству Червоноградський ринок на залучення кредиту у формi овердрафт</t>
+          <t>ID - 4227,  Про надання дозволу комунальному пiдприємству Червоноградський ринок на залучення кредиту у формi овердрафт</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>48</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>20</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>52</v>
@@ -6659,54 +6651,54 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s" s="4">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D42" t="s">
         <v>48</v>
       </c>
       <c r="E42" t="s">
         <v>49</v>
       </c>
       <c r="F42">
         <v>22</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
       </c>
@@ -6802,54 +6794,54 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D43" t="s">
         <v>48</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43">
         <v>20</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
       </c>
@@ -6945,54 +6937,56 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>110</v>
+      </c>
+      <c r="C44" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4230,  Про затвердження місцевих програм в галузі молодіжної політики та промоцій на 2023 рік</t>
+        </is>
       </c>
       <c r="D44" t="s">
         <v>48</v>
       </c>
       <c r="E44" t="s">
         <v>49</v>
       </c>
       <c r="F44">
         <v>20</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
       </c>
@@ -7088,54 +7082,54 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D45" t="s">
         <v>48</v>
       </c>
       <c r="E45" t="s">
         <v>80</v>
       </c>
       <c r="F45">
         <v>19</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
       </c>
@@ -7231,54 +7225,54 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D46" t="s">
         <v>48</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46">
         <v>22</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
       </c>
@@ -7374,54 +7368,54 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C47" t="s" s="4">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D47" t="s">
         <v>48</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47">
         <v>21</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
       </c>
@@ -7517,55 +7511,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>4234Про затвердження місцевої програми з висвітлення діяльності Червоноградської міської ради на 2023 рік</t>
+          <t>ID - 4234,  Про затвердження місцевої програми з висвітлення діяльності Червоноградської міської ради на 2023 рік</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>48</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48">
         <v>21</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
@@ -7662,55 +7656,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>4235Про затвердження Програми підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2023 рiк</t>
+          <t>ID - 4235,  Про затвердження Програми підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2023 рiк</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>55</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49">
         <v>22</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
@@ -7807,54 +7801,54 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D50" t="s">
         <v>57</v>
       </c>
       <c r="E50" t="s">
         <v>49</v>
       </c>
       <c r="F50">
         <v>21</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
       </c>
@@ -7950,55 +7944,55 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>4237Про затвердження Програми підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2023 рiк</t>
+          <t>ID - 4237,  Про затвердження Програми підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2023 рiк</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>59</v>
       </c>
       <c r="E51" t="s">
         <v>49</v>
       </c>
       <c r="F51">
         <v>20</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
@@ -8095,55 +8089,55 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>4238Про безкоштовну передачу благодійної пожертви благодійного фонду «Фонд Мерклє на баланс КНП «Соснівська міська лікарня Червоноградської міської ради»</t>
+          <t>ID - 4238,  Про безкоштовну передачу благодійної пожертви благодійного фонду «Фонд Мерклє на баланс КНП «Соснівська міська лікарня Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>49</v>
       </c>
       <c r="F52">
         <v>22</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
@@ -8240,55 +8234,55 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>4239Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021року №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 4239,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021року №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>48</v>
       </c>
       <c r="E53" t="s">
         <v>49</v>
       </c>
       <c r="F53">
         <v>21</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
@@ -8385,55 +8379,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>4240Про передачу з балансу КП «Червоноградводоканал» на баланс вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень</t>
+          <t>ID - 4240,  Про передачу з балансу КП «Червоноградводоканал» на баланс вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>48</v>
       </c>
       <c r="E54" t="s">
         <v>49</v>
       </c>
       <c r="F54">
         <v>20</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
@@ -8530,74 +8524,74 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>4241Про погодження комунальному підприємству Червоноградської міської ради `Червоноградтеплокомуненерго` договорів реструктуризації заборгова- ності за спожитий природний газ з НАК `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
+          <t>ID - 4241,  Про погодження комунальному підприємству Червоноградської міської ради `Червоноградтеплокомуненерго` договорів реструктуризації заборгова- ності за спожитий природний газ з НАК `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>48</v>
       </c>
       <c r="E55" t="s">
         <v>80</v>
       </c>
       <c r="F55">
         <v>16</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>3</v>
       </c>
       <c r="I55" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>51</v>
       </c>
@@ -8607,60 +8601,60 @@
       <c r="S55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA55" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD55" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL55" t="s" s="5">
         <v>50</v>
       </c>
@@ -8675,55 +8669,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>4242Про прийняття в комунальну власність Червоноградської міської територіальної громади об’єкт нерухомого майна «Незавершене будівництво, будівля каналізаційної-насосної станції №2 кварталу 2-3-4 поверхової забудови котеджного типу» від ТзОВ «СОКМЕ»</t>
+          <t>ID - 4242,  Про прийняття в комунальну власність Червоноградської міської територіальної громади об’єкт нерухомого майна «Незавершене будівництво, будівля каналізаційної-насосної станції №2 кварталу 2-3-4 поверхової забудови котеджного типу» від ТзОВ «СОКМЕ»</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>48</v>
       </c>
       <c r="E56" t="s">
         <v>49</v>
       </c>
       <c r="F56">
         <v>20</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>52</v>
@@ -8820,54 +8814,54 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D57" t="s">
         <v>48</v>
       </c>
       <c r="E57" t="s">
         <v>49</v>
       </c>
       <c r="F57">
         <v>21</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
       </c>
@@ -8963,54 +8957,54 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D58" t="s">
         <v>48</v>
       </c>
       <c r="E58" t="s">
         <v>49</v>
       </c>
       <c r="F58">
         <v>21</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>52</v>
       </c>
@@ -9106,54 +9100,54 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D59" t="s">
         <v>48</v>
       </c>
       <c r="E59" t="s">
         <v>49</v>
       </c>
       <c r="F59">
         <v>23</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
       </c>
@@ -9249,55 +9243,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>4246Про внесення змін в рішення від 27.07.2022 №1372 «Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на отримання кредиту»</t>
+          <t>ID - 4246,  Про внесення змін в рішення від 27.07.2022 №1372 «Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на отримання кредиту»</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>48</v>
       </c>
       <c r="E60" t="s">
         <v>49</v>
       </c>
       <c r="F60">
         <v>24</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
@@ -9394,55 +9388,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>4247Про затвердження Порядку підготовки проєктів регуляторних актів та їх розгляд Червоноградською міською радою</t>
+          <t>ID - 4247,  Про затвердження Порядку підготовки проєктів регуляторних актів та їх розгляд Червоноградською міською радою</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>48</v>
       </c>
       <c r="E61" t="s">
         <v>49</v>
       </c>
       <c r="F61">
         <v>24</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
@@ -9539,55 +9533,55 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>4248Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 4248,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>55</v>
       </c>
       <c r="E62" t="s">
         <v>49</v>
       </c>
       <c r="F62">
         <v>22</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
@@ -9684,54 +9678,56 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>137</v>
+      </c>
+      <c r="C63" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4249,  Замінити `затверджених переліків` на `згідно затверджених переліків, що додаються.`</t>
+        </is>
       </c>
       <c r="D63" t="s">
         <v>57</v>
       </c>
       <c r="E63" t="s">
         <v>49</v>
       </c>
       <c r="F63">
         <v>21</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>52</v>
       </c>
@@ -9827,55 +9823,55 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>4250Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 4250,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>59</v>
       </c>
       <c r="E64" t="s">
         <v>49</v>
       </c>
       <c r="F64">
         <v>23</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>50</v>
@@ -9972,55 +9968,55 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>4251Про розгляд клопотання Релігійної організації «Релігійної громади Львівсько - Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Святого Юрія у місті Червонограді Львівської області»</t>
+          <t>ID - 4251,  Про розгляд клопотання Релігійної організації «Релігійної громади Львівсько - Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Святого Юрія у місті Червонограді Львівської області»</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>48</v>
       </c>
       <c r="E65" t="s">
         <v>49</v>
       </c>
       <c r="F65">
         <v>23</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>50</v>
@@ -10117,55 +10113,55 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>4252Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 4252,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>48</v>
       </c>
       <c r="E66" t="s">
         <v>49</v>
       </c>
       <c r="F66">
         <v>22</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>50</v>
@@ -10262,55 +10258,55 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>4253Про затвердження проекту землеустрою щодо відведення земельної ділянки в м. Червонограді на вул. Клюсівська, 28 «а»</t>
+          <t>ID - 4253,  Про затвердження проекту землеустрою щодо відведення земельної ділянки в м. Червонограді на вул. Клюсівська, 28 «а»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>48</v>
       </c>
       <c r="E67" t="s">
         <v>80</v>
       </c>
       <c r="F67">
         <v>19</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
@@ -10407,54 +10403,54 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D68" t="s">
         <v>48</v>
       </c>
       <c r="E68" t="s">
         <v>49</v>
       </c>
       <c r="F68">
         <v>20</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>50</v>
       </c>
@@ -10550,54 +10546,54 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D69" t="s">
         <v>55</v>
       </c>
       <c r="E69" t="s">
         <v>49</v>
       </c>
       <c r="F69">
         <v>21</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>50</v>
       </c>
@@ -10693,54 +10689,54 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D70" t="s">
         <v>57</v>
       </c>
       <c r="E70" t="s">
         <v>80</v>
       </c>
       <c r="F70">
         <v>16</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>52</v>
       </c>
@@ -10836,54 +10832,54 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C71" t="s" s="4">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D71" t="s">
         <v>57</v>
       </c>
       <c r="E71" t="s">
         <v>49</v>
       </c>
       <c r="F71">
         <v>22</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>50</v>
       </c>
@@ -10979,54 +10975,54 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D72" t="s">
         <v>59</v>
       </c>
       <c r="E72" t="s">
         <v>49</v>
       </c>
       <c r="F72">
         <v>21</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
       </c>
@@ -11122,54 +11118,54 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D73" t="s">
         <v>48</v>
       </c>
       <c r="E73" t="s">
         <v>49</v>
       </c>
       <c r="F73">
         <v>22</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
       </c>
@@ -11265,55 +11261,55 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>4263Про розгляд клопотань комунального підприємства «Червонограджитлокомунсервіс» та релігійної організації «Монастир Святого Юрія Провінції Отців Василіян Найсвятішого Спасителя в Україні Української Греко-Католицької Церкви в Червонограді»</t>
+          <t>ID - 4263,  Про розгляд клопотань комунального підприємства «Червонограджитлокомунсервіс» та релігійної організації «Монастир Святого Юрія Провінції Отців Василіян Найсвятішого Спасителя в Україні Української Греко-Католицької Церкви в Червонограді»</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>48</v>
       </c>
       <c r="E74" t="s">
         <v>49</v>
       </c>
       <c r="F74">
         <v>21</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>1</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>52</v>
@@ -11375,90 +11371,90 @@
       <c r="AD74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL74" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="AM74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>4264Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки для продажу права оренди на земельному аукціоні</t>
+          <t>ID - 4264,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки для продажу права оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>48</v>
       </c>
       <c r="E75" t="s">
         <v>49</v>
       </c>
       <c r="F75">
         <v>21</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>50</v>
@@ -11555,54 +11551,54 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C76" t="s" s="4">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D76" t="s">
         <v>48</v>
       </c>
       <c r="E76" t="s">
         <v>80</v>
       </c>
       <c r="F76">
         <v>19</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>50</v>
       </c>
@@ -11698,54 +11694,54 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D77" t="s">
         <v>48</v>
       </c>
       <c r="E77" t="s">
         <v>80</v>
       </c>
       <c r="F77">
         <v>14</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>4</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>50</v>
       </c>
@@ -11755,57 +11751,57 @@
       <c r="M77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U77" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="V77" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="W77" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="X77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE77" t="s" s="5">
         <v>51</v>
       </c>
@@ -11830,65 +11826,65 @@
       <c r="AL77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D78" t="s">
         <v>55</v>
       </c>
       <c r="E78" t="s">
         <v>49</v>
       </c>
       <c r="F78">
         <v>21</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>52</v>
       </c>
@@ -11984,54 +11980,54 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D79" t="s">
         <v>57</v>
       </c>
       <c r="E79" t="s">
         <v>80</v>
       </c>
       <c r="F79">
         <v>18</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>52</v>
       </c>
@@ -12127,54 +12123,54 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C80" t="s" s="4">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D80" t="s">
         <v>57</v>
       </c>
       <c r="E80" t="s">
         <v>80</v>
       </c>
       <c r="F80">
         <v>19</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>52</v>
       </c>
@@ -12270,54 +12266,54 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D81" t="s">
         <v>59</v>
       </c>
       <c r="E81" t="s">
         <v>49</v>
       </c>
       <c r="F81">
         <v>24</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>50</v>
       </c>
@@ -12413,54 +12409,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D82" t="s">
         <v>48</v>
       </c>
       <c r="E82" t="s">
         <v>49</v>
       </c>
       <c r="F82">
         <v>21</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>50</v>
       </c>
@@ -12556,55 +12552,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>4272Про внесення змiн в рішення Червоноградської мiської ради та Межирічанської сільської ради</t>
+          <t>ID - 4272,  Про внесення змiн в рішення Червоноградської мiської ради та Межирічанської сільської ради</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>48</v>
       </c>
       <c r="E83" t="s">
         <v>49</v>
       </c>
       <c r="F83">
         <v>23</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>50</v>
@@ -12701,54 +12697,54 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D84" t="s">
         <v>48</v>
       </c>
       <c r="E84" t="s">
         <v>49</v>
       </c>
       <c r="F84">
         <v>22</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>50</v>
       </c>
@@ -12844,54 +12840,54 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D85" t="s">
         <v>48</v>
       </c>
       <c r="E85" t="s">
         <v>49</v>
       </c>
       <c r="F85">
         <v>22</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>50</v>
       </c>
@@ -12987,55 +12983,55 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>4275Про розгляд клопотання Товариства з обмеженою відповідальністю «ЄВРО-ЕНЕРГО-АЛЬЯНС»</t>
+          <t>ID - 4275,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ЄВРО-ЕНЕРГО-АЛЬЯНС»</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>48</v>
       </c>
       <c r="E86" t="s">
         <v>49</v>
       </c>
       <c r="F86">
         <v>21</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>50</v>
@@ -13132,55 +13128,55 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>4276Про розгляд клопотання товариства з обмеженою відповідальністю «ФЕРОЗІТ ВІНД ЕНЕРДЖІ» щодо встановлення земельних сервітутів</t>
+          <t>ID - 4276,  Про розгляд клопотання товариства з обмеженою відповідальністю «ФЕРОЗІТ ВІНД ЕНЕРДЖІ» щодо встановлення земельних сервітутів</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>48</v>
       </c>
       <c r="E87" t="s">
         <v>49</v>
       </c>
       <c r="F87">
         <v>23</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>50</v>
@@ -13277,54 +13273,54 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D88" t="s">
         <v>48</v>
       </c>
       <c r="E88" t="s">
         <v>49</v>
       </c>
       <c r="F88">
         <v>23</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>50</v>
       </c>
@@ -13420,55 +13416,55 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>4278Про затвердження проекту землеустрою щодо організації і встановлення меж земель водного фонду та водоохоронних зон, обмежень у використанні земель та їх режимоутворюючих об’єктів (прибережна захисна смуга р. Солокія на території Червоноградської міської ради)</t>
+          <t>ID - 4278,  Про затвердження проекту землеустрою щодо організації і встановлення меж земель водного фонду та водоохоронних зон, обмежень у використанні земель та їх режимоутворюючих об’єктів (прибережна захисна смуга р. Солокія на території Червоноградської міської ради)</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>48</v>
       </c>
       <c r="E89" t="s">
         <v>49</v>
       </c>
       <c r="F89">
         <v>21</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>50</v>
@@ -13565,54 +13561,54 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D90" t="s">
         <v>48</v>
       </c>
       <c r="E90" t="s">
         <v>49</v>
       </c>
       <c r="F90">
         <v>21</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>50</v>
       </c>
@@ -13708,55 +13704,55 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>4280Про затвердження технічної документації із землеустрою на території Червоноградської міської ради</t>
+          <t>ID - 4280,  Про затвердження технічної документації із землеустрою на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>48</v>
       </c>
       <c r="E91" t="s">
         <v>49</v>
       </c>
       <c r="F91">
         <v>23</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>50</v>
@@ -13853,54 +13849,54 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D92" t="s">
         <v>55</v>
       </c>
       <c r="E92" t="s">
         <v>49</v>
       </c>
       <c r="F92">
         <v>23</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>50</v>
       </c>
@@ -13996,54 +13992,54 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D93" t="s">
         <v>57</v>
       </c>
       <c r="E93" t="s">
         <v>49</v>
       </c>
       <c r="F93">
         <v>20</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>52</v>
       </c>
@@ -14139,54 +14135,54 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D94" t="s">
         <v>59</v>
       </c>
       <c r="E94" t="s">
         <v>49</v>
       </c>
       <c r="F94">
         <v>21</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>50</v>
       </c>
@@ -14282,54 +14278,54 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D95" t="s">
         <v>48</v>
       </c>
       <c r="E95" t="s">
         <v>49</v>
       </c>
       <c r="F95">
         <v>22</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>50</v>
       </c>
@@ -14425,55 +14421,55 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>4285Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 4285,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>48</v>
       </c>
       <c r="E96" t="s">
         <v>49</v>
       </c>
       <c r="F96">
         <v>21</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>50</v>
@@ -14570,54 +14566,54 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C97" t="s" s="4">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D97" t="s">
         <v>48</v>
       </c>
       <c r="E97" t="s">
         <v>49</v>
       </c>
       <c r="F97">
         <v>23</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>50</v>
       </c>
@@ -14713,55 +14709,55 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>4287Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 4287,  Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>48</v>
       </c>
       <c r="E98" t="s">
         <v>49</v>
       </c>
       <c r="F98">
         <v>22</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>50</v>
@@ -14858,55 +14854,55 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>4288Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в селі Волсвин (за межами населеного пункту)</t>
+          <t>ID - 4288,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в селі Волсвин (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>48</v>
       </c>
       <c r="E99" t="s">
         <v>49</v>
       </c>
       <c r="F99">
         <v>21</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>50</v>
@@ -15003,55 +14999,55 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>4289Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу земельних ділянок в селі Волсвин (за межами населеного пункту)</t>
+          <t>ID - 4289,  Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу земельних ділянок в селі Волсвин (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>48</v>
       </c>
       <c r="E100" t="s">
         <v>49</v>
       </c>
       <c r="F100">
         <v>20</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>50</v>
@@ -15148,55 +15144,55 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>4290Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради з кадастровими номерами 4611800000:04:016:0057, 4624886600:08:000:0117</t>
+          <t>ID - 4290,  Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради з кадастровими номерами 4611800000:04:016:0057, 4624886600:08:000:0117</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>48</v>
       </c>
       <c r="E101" t="s">
         <v>49</v>
       </c>
       <c r="F101">
         <v>21</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>50</v>
@@ -15293,55 +15289,55 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>4291Про зменшення орендної плати за торгівельні місця та наданих послуг з обслуговування цих торгівельних місць із причини, які виникли в результаті військової агресії російської федерації проти України, яка перешкодила проведенню підприємницької діяльності.</t>
+          <t>ID - 4291,  Про зменшення орендної плати за торгівельні місця та наданих послуг з обслуговування цих торгівельних місць із причини, які виникли в результаті військової агресії російської федерації проти України, яка перешкодила проведенню підприємницької діяльності.</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>48</v>
       </c>
       <c r="E102" t="s">
         <v>80</v>
       </c>
       <c r="F102">
         <v>13</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>1</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>50</v>
@@ -15355,51 +15351,51 @@
       <c r="N102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V102" t="s" s="5">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="W102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD102" t="s" s="5">
         <v>50</v>
       </c>