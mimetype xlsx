--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -152,261 +152,249 @@
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Levkun Valentyna Heorhiyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Savchuk Anastasiya Andriyivna</t>
   </si>
   <si>
     <t>01.12.22  10:22:15</t>
   </si>
   <si>
-    <t>4130Про депутатські запити</t>
+    <t>ID - 4130,  Про депутатські запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>01.12.22  10:24:00</t>
   </si>
   <si>
-    <t>4132Про депутатські запити</t>
+    <t>ID - 4132,  Про депутатські запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>01.12.22  10:31:00</t>
   </si>
   <si>
     <t>01.12.22  10:41:23</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>01.12.22  10:43:02</t>
   </si>
   <si>
     <t>01.12.22  11:04:47</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>01.12.22  11:09:59</t>
   </si>
   <si>
-    <t>4137Про присвоєння назви вулиці м.Червонограда</t>
+    <t>ID - 4137,  Про присвоєння назви вулиці м.Червонограда</t>
   </si>
   <si>
     <t>01.12.22  11:29:56</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>01.12.22  11:33:02</t>
   </si>
   <si>
     <t>01.12.22  11:34:49</t>
   </si>
   <si>
-    <t>4140Про затвердження Положення про відділ реєстрації Червоноградської міської ради</t>
+    <t>ID - 4140,  Про затвердження Положення про відділ реєстрації Червоноградської міської ради</t>
   </si>
   <si>
     <t>01.12.22  11:35:59</t>
   </si>
   <si>
     <t>01.12.22  11:37:32</t>
   </si>
   <si>
     <t>01.12.22  11:39:23</t>
   </si>
   <si>
-    <t>4143Про затвердження актів приймання-передачі автомобілів</t>
+    <t>ID - 4143,  Про затвердження актів приймання-передачі автомобілів</t>
   </si>
   <si>
     <t>01.12.22  11:40:52</t>
   </si>
   <si>
-    <t>4144Про безоплатну передачу та інших необоротних матеріальних активів</t>
+    <t>ID - 4144,  Про безоплатну передачу та інших необоротних матеріальних активів</t>
   </si>
   <si>
     <t>01.12.22  11:42:08</t>
   </si>
   <si>
-    <t>4145Про передачу в безоплатне користування генераторів електричного струму</t>
+    <t>ID - 4145,  Про передачу в безоплатне користування генераторів електричного струму</t>
   </si>
   <si>
     <t>01.12.22  11:43:12</t>
   </si>
   <si>
-    <t>4146Про безоплатну передачу основних засобів</t>
+    <t>ID - 4146,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>01.12.22  11:44:34</t>
   </si>
   <si>
     <t>01.12.22  11:45:39</t>
   </si>
   <si>
     <t>01.12.22  11:47:39</t>
   </si>
   <si>
     <t>01.12.22  11:49:14</t>
   </si>
   <si>
     <t>01.12.22  11:51:03</t>
   </si>
   <si>
     <t>01.12.22  11:52:22</t>
   </si>
   <si>
-    <t>4152Про розгляд клопотання СП «Київ-Захід» у формі ТзОВ</t>
+    <t>ID - 4152,  Про розгляд клопотання СП «Київ-Захід» у формі ТзОВ</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>01.12.22  11:56:50</t>
   </si>
   <si>
-    <t>4153Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
+    <t>ID - 4153,  Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
   </si>
   <si>
     <t>01.12.22  11:58:08</t>
   </si>
   <si>
-    <t>4154Замість 12% поставити 6%</t>
+    <t>ID - 4154,  Замість 12% поставити 6%</t>
   </si>
   <si>
     <t>01.12.22  11:58:40</t>
   </si>
   <si>
-    <t>4155Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
+    <t>ID - 4155,  Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
   </si>
   <si>
     <t>01.12.22  12:00:45</t>
   </si>
   <si>
-    <t>4156Про продовження строку оренди земельних ділянок</t>
+    <t>ID - 4156,  Про продовження строку оренди земельних ділянок</t>
   </si>
   <si>
     <t>01.12.22  12:01:44</t>
   </si>
   <si>
     <t>01.12.22  12:03:14</t>
   </si>
   <si>
-    <t>4158Про розгляд клопотання ПП «Золотва»</t>
+    <t>ID - 4158,  Про розгляд клопотання ПП «Золотва»</t>
   </si>
   <si>
     <t>01.12.22  12:04:22</t>
   </si>
   <si>
     <t>01.12.22  12:04:54</t>
   </si>
   <si>
     <t>01.12.22  12:07:03</t>
   </si>
   <si>
-    <t>4161Включити озвучені правки</t>
+    <t>ID - 4161,  Включити озвучені правки</t>
   </si>
   <si>
     <t>01.12.22  12:08:17</t>
   </si>
   <si>
     <t>01.12.22  12:10:25</t>
   </si>
   <si>
     <t>01.12.22  12:10:56</t>
   </si>
   <si>
-    <t>4164Про розгляд клопотання товариства з обмеженою відповідальністю фірма «Горизонт»</t>
-[...1 lines deleted...]
-  <si>
     <t>01.12.22  12:12:39</t>
   </si>
   <si>
-    <t>4165Перефразувати пункт 2</t>
+    <t>ID - 4165,  Перефразувати пункт 2</t>
   </si>
   <si>
     <t>01.12.22  12:13:10</t>
   </si>
   <si>
-    <t>4166Про розгляд клопотання товариства з обмеженою відповідальністю фірма «Горизонт»</t>
-[...1 lines deleted...]
-  <si>
     <t>01.12.22  12:14:48</t>
   </si>
   <si>
-    <t>4167Про розгляд клопотання Товариства з обмеженою відповідальністю «Агро Л В ЛІМІТЕД»</t>
-[...1 lines deleted...]
-  <si>
     <t>01.12.22  12:15:23</t>
   </si>
   <si>
-    <t>4168Про розгляд клопотання Товариства з обмеженою відповідальністю «Агро Л В ЛІМІТЕД»</t>
-[...1 lines deleted...]
-  <si>
     <t>01.12.22  12:16:38</t>
   </si>
   <si>
     <t>01.12.22  12:17:15</t>
   </si>
   <si>
     <t>01.12.22  12:19:08</t>
   </si>
   <si>
-    <t>4171Внести правки озвучені Надільною Г. В. - зміна номеру класифікації</t>
+    <t>ID - 4171,  Внести правки озвучені Надільною Г. В. - зміна номеру класифікації</t>
   </si>
   <si>
     <t>01.12.22  12:19:39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -913,51 +901,51 @@
       <c r="AP3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>4133Про внесення змін до місцевих програм та уточнення видатків бюджету на 2022 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4133,  Про внесення змін до місцевих програм та уточнення видатків бюджету на 2022 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>48</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4">
         <v>24</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1055,51 +1043,51 @@
       <c r="AP4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>4134 Пропонується внести зміни до «Програми підтримки та покращення матеріально-технічного забезпечення військових частин Т0410 та Т0200 Державної спеціальної служби транспорту на 2022 рiк» по військовій частині Т0200 ЗМЕНШИТИ ВИДАТКИ на - Придбання димохідної та вентиляційної систем, будівельних матеріалів—340,7тис.грн.; - Придбання предметів, матеріалів та обладнання: котла твердопаливного  Unik P 250 кВт, теплоакумулятора ТА0-5000.0, бойлерної ємності ВТ0,1 2000л., автоматики та комплектуючих частин  -831,2тис.грн. ЗБІЛЬШИТИ ВИДАТКИ на: - нове будівництво котельні на твердому паливі продуктивністю 450 кВт – 338,2тис.грн.; - нове будівництво котельні на твердому паливі продуктивністю 250 кВт - 387,2тис.грн. - нове будівництво котельні на твердому паливі продуктивністю 200 кВт - 446,5тис.грн.   2. Пропонується внести зміни до міської «Програми проведення земельної реформи на території Червоноградської міської ради на 2022рік», зокрема : - 10,0тис.грн., які були виділені для розроблення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,1135 га для будівництва та</t>
+          <t>ID - 4134,   Пропонується внести зміни до «Програми підтримки та покращення матеріально-технічного забезпечення військових частин Т0410 та Т0200 Державної спеціальної служби транспорту на 2022 рiк» по військовій частині Т0200 ЗМЕНШИТИ ВИДАТКИ на - Придбання димохідної та вентиляційної систем, будівельних матеріалів—340,7тис.грн.; - Придбання предметів, матеріалів та обладнання: котла твердопаливного  Unik P 250 кВт, теплоакумулятора ТА0-5000.0, бойлерної ємності ВТ0,1 2000л., автоматики та комплектуючих частин  -831,2тис.грн. ЗБІЛЬШИТИ ВИДАТКИ на: - нове будівництво котельні на твердому паливі продуктивністю 450 кВт – 338,2тис.грн.; - нове будівництво котельні на твердому паливі продуктивністю 250 кВт - 387,2тис.грн. - нове будівництво котельні на твердому паливі продуктивністю 200 кВт - 446,5тис.грн.   2. Пропонується внести зміни до міської «Програми проведення земельної реформи на території Червоноградської міської ради на 2022рік», зокрема : - 10,0тис.грн., які були виділені для розроблення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,1135 га для будівництва та</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5">
         <v>24</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1197,51 +1185,51 @@
       <c r="AP5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>4135Про внесення змін до місцевих програм та уточнення видатків бюджету на 2022 рік (13587000000) (код бюджету)</t>
+          <t>ID - 4135,  Про внесення змін до місцевих програм та уточнення видатків бюджету на 2022 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6">
         <v>25</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -1339,51 +1327,51 @@
       <c r="AP6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>4136Про звіт Червоноградського міського голови про діяльність виконавчих органів Червоноградської міської ради за 2022 рік</t>
+          <t>ID - 4136,  Про звіт Червоноградського міського голови про діяльність виконавчих органів Червоноградської міської ради за 2022 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>24</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1621,51 +1609,51 @@
       <c r="AP8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>4138Про затвердження Стратегії розвитку освіти Червоноградської міської ради на 2022-2027 роки</t>
+          <t>ID - 4138,  Про затвердження Стратегії розвитку освіти Червоноградської міської ради на 2022-2027 роки</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>61</v>
       </c>
       <c r="E9" t="s">
         <v>65</v>
       </c>
       <c r="F9">
         <v>5</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>55</v>
@@ -1763,51 +1751,51 @@
       <c r="AP9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>4139Про затвердження Стратегії розвитку освіти Червоноградської міської ради на 2022-2027 роки</t>
+          <t>ID - 4139,  Про затвердження Стратегії розвитку освіти Червоноградської міської ради на 2022-2027 роки</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>61</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10">
         <v>24</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2045,51 +2033,51 @@
       <c r="AP11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>4141Про надання згоди на безоплатне прийняття комп’ютерної техніки з державної власності на баланс виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 4141,  Про надання згоди на безоплатне прийняття комп’ютерної техніки з державної власності на баланс виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>61</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12">
         <v>24</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2187,51 +2175,51 @@
       <c r="AP12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>4142Про безоплатну передачу основних засобів з балансу виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 4142,  Про безоплатну передачу основних засобів з балансу виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>61</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
@@ -2889,51 +2877,51 @@
       <c r="AP17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>4147Про безоплатну передачу дизельного електроагрегату ДЕА-30 від комуналь- комунального підприємства «Центральна міська лікарня Черво- ноградської міської ради»</t>
+          <t>ID - 4147,  Про безоплатну передачу дизельного електроагрегату ДЕА-30 від комуналь- комунального підприємства «Центральна міська лікарня Черво- ноградської міської ради»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>61</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18">
         <v>23</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
@@ -3031,51 +3019,51 @@
       <c r="AP18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>4148Про затвердження статуту комунального пiдприємства «Червонограджитлокомунсервіс» в новiй редакції</t>
+          <t>ID - 4148,  Про затвердження статуту комунального пiдприємства «Червонограджитлокомунсервіс» в новiй редакції</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19">
         <v>24</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -3173,51 +3161,51 @@
       <c r="AP19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>4149Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок з метою надання їх в оренду для будівництва індивідуальних гаражів</t>
+          <t>ID - 4149,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок з метою надання їх в оренду для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20">
         <v>24</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -3315,51 +3303,51 @@
       <c r="AP20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>4150Про затвердження технічної документації із нормативної грошової оцінки земельної ділянки за межами села Бендюга для обслуговування ставка</t>
+          <t>ID - 4150,  Про затвердження технічної документації із нормативної грошової оцінки земельної ділянки за межами села Бендюга для обслуговування ставка</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21">
         <v>22</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -3457,51 +3445,51 @@
       <c r="AP21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>83</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>4151Про затвердження проекту землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
+          <t>ID - 4151,  Про затвердження проекту землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22">
         <v>22</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -4299,51 +4287,51 @@
       <c r="AP27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>95</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>4157Про затвердження проекту землеустрою щодо відведення земельної ділянки в м. Червонограді, вул. Мазепи</t>
+          <t>ID - 4157,  Про затвердження проекту землеустрою щодо відведення земельної ділянки в м. Червонограді, вул. Мазепи</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>61</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28">
         <v>23</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
@@ -4581,51 +4569,51 @@
       <c r="AP29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>98</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>4159Про втрату чинності рішення Червоноградської міської ради № 1404 від 25.08.2022 «Про розгляд клопотань Комунального підприємства «Комунальник» та Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України»</t>
+          <t>ID - 4159,  Про втрату чинності рішення Червоноградської міської ради № 1404 від 25.08.2022 «Про розгляд клопотань Комунального підприємства «Комунальник» та Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>61</v>
       </c>
       <c r="E30" t="s">
         <v>49</v>
       </c>
       <c r="F30">
         <v>22</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
@@ -4723,51 +4711,51 @@
       <c r="AP30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>99</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>4160Про розгляд клопотання Головного управління національної поліції у Львівській області</t>
+          <t>ID - 4160,  Про розгляд клопотання Головного управління національної поліції у Львівській області</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>48</v>
       </c>
       <c r="E31" t="s">
         <v>49</v>
       </c>
       <c r="F31">
         <v>21</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -5005,51 +4993,51 @@
       <c r="AP32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>102</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>4162Про розгляд клопотання Головного управління національної поліції у Львівській області</t>
+          <t>ID - 4162,  Про розгляд клопотання Головного управління національної поліції у Львівській області</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>54</v>
       </c>
       <c r="E33" t="s">
         <v>49</v>
       </c>
       <c r="F33">
         <v>23</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
@@ -5147,51 +5135,51 @@
       <c r="AP33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>103</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>4163Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки для продажу права оренди на земельному аукціоні</t>
+          <t>ID - 4163,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки для продажу права оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>61</v>
       </c>
       <c r="E34" t="s">
         <v>49</v>
       </c>
       <c r="F34">
         <v>22</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -5287,52 +5275,54 @@
         <v>51</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
-      <c r="C35" t="s" s="4">
-        <v>105</v>
+      <c r="C35" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4164,  Про розгляд клопотання товариства з обмеженою відповідальністю фірма «Горизонт»</t>
+        </is>
       </c>
       <c r="D35" t="s">
         <v>48</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
         <v>23</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
       </c>
@@ -5425,54 +5415,54 @@
       </c>
       <c r="AO35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" t="s" s="4">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D36" t="s">
         <v>58</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>20</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
       </c>
@@ -5565,54 +5555,56 @@
       </c>
       <c r="AO36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>107</v>
+      </c>
+      <c r="C37" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4166,  Про розгляд клопотання товариства з обмеженою відповідальністю фірма «Горизонт»</t>
+        </is>
       </c>
       <c r="D37" t="s">
         <v>54</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37">
         <v>23</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
@@ -5705,54 +5697,56 @@
       </c>
       <c r="AO37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>108</v>
+      </c>
+      <c r="C38" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4167,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Агро Л В ЛІМІТЕД»</t>
+        </is>
       </c>
       <c r="D38" t="s">
         <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>65</v>
       </c>
       <c r="F38">
         <v>18</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>55</v>
       </c>
@@ -5845,54 +5839,56 @@
       </c>
       <c r="AO38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>109</v>
+      </c>
+      <c r="C39" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4168,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Агро Л В ЛІМІТЕД»</t>
+        </is>
       </c>
       <c r="D39" t="s">
         <v>61</v>
       </c>
       <c r="E39" t="s">
         <v>49</v>
       </c>
       <c r="F39">
         <v>20</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
       </c>
@@ -5985,55 +5981,55 @@
       </c>
       <c r="AO39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>4169Про затвердження технічної документації із землеустрою громадянина Зойне Миколи Пантелеймоновича</t>
+          <t>ID - 4169,  Про затвердження технічної документації із землеустрою громадянина Зойне Миколи Пантелеймоновича</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>61</v>
       </c>
       <c r="E40" t="s">
         <v>49</v>
       </c>
       <c r="F40">
         <v>23</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
@@ -6127,55 +6123,55 @@
       </c>
       <c r="AO40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>4170Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок для продажу прав оренди на земельному аукціоні</t>
+          <t>ID - 4170,  Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок для продажу прав оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>48</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>23</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
@@ -6269,54 +6265,54 @@
       </c>
       <c r="AO41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C42" t="s" s="4">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D42" t="s">
         <v>58</v>
       </c>
       <c r="E42" t="s">
         <v>49</v>
       </c>
       <c r="F42">
         <v>21</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
       </c>
@@ -6409,55 +6405,55 @@
       </c>
       <c r="AO42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>4172Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок для продажу прав оренди на земельному аукціоні</t>
+          <t>ID - 4172,  Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок для продажу прав оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>54</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43">
         <v>23</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>