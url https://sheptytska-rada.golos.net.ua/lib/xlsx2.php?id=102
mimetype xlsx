--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -35,114 +35,114 @@
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
+    <t>Vasylyshyn Petro Stefanovych</t>
+  </si>
+  <si>
+    <t>Hots Pavlo Vasylovych</t>
+  </si>
+  <si>
+    <t>Zakala Bohdan Vasylovych</t>
+  </si>
+  <si>
+    <t>Tvardovskyy Bohdan Ivanovych</t>
+  </si>
+  <si>
     <t>Zalivskyy Andriy Ivanovych</t>
   </si>
   <si>
     <t>Lyakhovskyy Bohdan Vasylovych</t>
   </si>
   <si>
     <t>Hamanyuk Vitaliy Volodymyrovych</t>
   </si>
   <si>
     <t>Maydanovych Sofiya Volodymyrivna</t>
   </si>
   <si>
     <t>Dmukhovskyy Stepan Mykhaylovych</t>
   </si>
   <si>
     <t>Lishchynskyy Bohdan Stepanovych</t>
   </si>
   <si>
     <t>Hrasulov Oleksandr Olehovych</t>
   </si>
   <si>
     <t>Kudryk Ivan Ivanovych</t>
   </si>
   <si>
     <t>Musiy Oleh Ihorovych</t>
   </si>
   <si>
     <t>Lapets Mykhaylo Romanovych</t>
   </si>
   <si>
     <t>Ostapyuk Petro Petrovych</t>
   </si>
   <si>
-    <t>Hots Pavlo Vasylovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Kruk Halyna Vasylivna</t>
   </si>
   <si>
     <t>Ryndyk Vitaliy Bohdanovych</t>
   </si>
   <si>
     <t>Yakymchuk Serhiy Stepanovych</t>
   </si>
   <si>
     <t>Pylypchuk Petro Pavlovych</t>
   </si>
   <si>
     <t>Pushchyk Myroslav Stepanovych</t>
   </si>
   <si>
     <t>Zapisotskyy Roman Vasylovych</t>
   </si>
   <si>
     <t>Voytovych Andriy Serhiyovych</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vasylyshyn Petro Stefanovych</t>
   </si>
   <si>
     <t>Kurivchak Nataliya Mykhaylivna</t>
   </si>
   <si>
     <t>Kashuba Volodymyr Volodymyrovych</t>
   </si>
   <si>
     <t>Fartushok Dmytro Ihorovych</t>
   </si>
   <si>
     <t>Kulakovskyy Serhiy Yuriyovych</t>
   </si>
   <si>
     <t>Mykytyuk Volodymyr Romanovych</t>
   </si>
   <si>
     <t>Pribeha Oleksandr Vasylovych</t>
   </si>
   <si>
     <t>Shevchuk Hryhoriy Anatoliyovych</t>
   </si>
   <si>
     <t>Darenskyy Dmytro Borysovych</t>
   </si>
@@ -858,105 +858,105 @@
       <c r="D2" t="s">
         <v>49</v>
       </c>
       <c r="E2" t="s">
         <v>50</v>
       </c>
       <c r="F2">
         <v>21</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL2" t="s" s="5">
         <v>52</v>
       </c>
@@ -1001,105 +1001,105 @@
       <c r="D3" t="s">
         <v>56</v>
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3">
         <v>21</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL3" t="s" s="5">
         <v>52</v>
       </c>
@@ -1138,111 +1138,111 @@
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s" s="4">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>59</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>20</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL4" t="s" s="5">
         <v>52</v>
       </c>
@@ -1292,102 +1292,102 @@
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>22</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL5" t="s" s="5">
         <v>52</v>
       </c>
@@ -1434,105 +1434,105 @@
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>24</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL6" t="s" s="5">
         <v>52</v>
       </c>
@@ -1579,105 +1579,105 @@
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>23</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL7" t="s" s="5">
         <v>52</v>
       </c>
@@ -1718,111 +1718,111 @@
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>3876Про  затвердження змін до Плану зонування території міста Червонограда  Львівської області</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>65</v>
       </c>
       <c r="F8">
         <v>15</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>7</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q8" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S8" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T8" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U8" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="R8" t="s" s="5">
+      <c r="V8" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="S8" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="W8" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL8" t="s" s="5">
         <v>52</v>
       </c>
@@ -1869,105 +1869,105 @@
       <c r="D9" t="s">
         <v>56</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>20</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N9" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD9" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL9" t="s" s="5">
         <v>52</v>
       </c>
@@ -2006,111 +2006,111 @@
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10" t="s" s="4">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>64</v>
       </c>
       <c r="E10" t="s">
         <v>65</v>
       </c>
       <c r="F10">
         <v>12</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>3</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="M10" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N10" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R10" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD10" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL10" t="s" s="5">
         <v>66</v>
       </c>
@@ -2158,102 +2158,102 @@
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>26</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL11" t="s" s="5">
         <v>52</v>
       </c>
@@ -2301,102 +2301,102 @@
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12">
         <v>26</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL12" t="s" s="5">
         <v>52</v>
       </c>
@@ -2444,102 +2444,102 @@
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13">
         <v>26</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL13" t="s" s="5">
         <v>52</v>
       </c>
@@ -2589,102 +2589,102 @@
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14">
         <v>26</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL14" t="s" s="5">
         <v>52</v>
       </c>
@@ -2732,102 +2732,102 @@
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15">
         <v>26</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL15" t="s" s="5">
         <v>52</v>
       </c>
@@ -2877,102 +2877,102 @@
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16">
         <v>23</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M16" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL16" t="s" s="5">
         <v>52</v>
       </c>
@@ -3013,111 +3013,111 @@
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>38881. Надати дозвiл на  вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень, вiдповiдно до перелiку звернень, якi були зареєстрованi у виконавчому комiтетi Червоноградської мiської ради у період з 16.09.2021 р. до 16.09.2022 р. включно.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>56</v>
       </c>
       <c r="E17" t="s">
         <v>65</v>
       </c>
       <c r="F17">
         <v>12</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>2</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="M17" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N17" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL17" t="s" s="5">
         <v>66</v>
       </c>
@@ -3167,102 +3167,102 @@
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18">
         <v>24</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M18" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL18" t="s" s="5">
         <v>52</v>
       </c>
@@ -3306,108 +3306,108 @@
           <t>3891Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>64</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19">
         <v>24</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL19" t="s" s="5">
         <v>52</v>
       </c>
@@ -3451,108 +3451,108 @@
           <t>3892Про внесення змін в рішення №1221 від 24.03.2022р.«Про затвердження Програми приватизацiї об’єктiв комунальної власностi Червоно-градської територіальної громади на 2022 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" t="s">
         <v>65</v>
       </c>
       <c r="F20">
         <v>18</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N20" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB20" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC20" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD20" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL20" t="s" s="5">
         <v>66</v>
       </c>
@@ -3593,111 +3593,111 @@
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>3893Про внесення змін в рішення №1221 від 24.03.2022р.«Про затвердження Програми приватизацiї об’єктiв комунальної власностi Червоно-градської територіальної громади на 2022 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>64</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21">
         <v>20</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL21" t="s" s="5">
         <v>66</v>
       </c>
@@ -3741,108 +3741,108 @@
           <t>3894Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради при реалізації проекту «Капітальний ремонт будівлі - приміщення ДВДВ для розміщення   військово - лікарської комісії Червоно-градського районного ТЦК та СП по вул.Шевська,34 в м.Червоноград Червоно-градського району Львівської області»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22">
         <v>22</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL22" t="s" s="5">
         <v>52</v>
       </c>
@@ -3884,108 +3884,108 @@
       <c r="C23" t="s" s="4">
         <v>87</v>
       </c>
       <c r="D23" t="s">
         <v>56</v>
       </c>
       <c r="E23" t="s">
         <v>65</v>
       </c>
       <c r="F23">
         <v>18</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL23" t="s" s="5">
         <v>52</v>
       </c>
@@ -4027,108 +4027,108 @@
       <c r="C24" t="s" s="4">
         <v>89</v>
       </c>
       <c r="D24" t="s">
         <v>56</v>
       </c>
       <c r="E24" t="s">
         <v>65</v>
       </c>
       <c r="F24">
         <v>17</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N24" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL24" t="s" s="5">
         <v>52</v>
       </c>
@@ -4172,108 +4172,108 @@
           <t>3897Про встановлення орендної плати за  оренду нерухомого та іншого окремого індивідуально визначеного майна закладів загальної середньої освіти на період воєнного стану</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>64</v>
       </c>
       <c r="E25" t="s">
         <v>65</v>
       </c>
       <c r="F25">
         <v>2</v>
       </c>
       <c r="G25">
         <v>2</v>
       </c>
       <c r="H25">
         <v>6</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K25" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M25" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N25" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q25" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="R25" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S25" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T25" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U25" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="R25" t="s" s="5">
+      <c r="V25" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="S25" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="W25" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y25" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z25" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA25" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="Z25" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="AB25" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD25" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>66</v>
       </c>
       <c r="AJ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL25" t="s" s="5">
         <v>91</v>
       </c>
@@ -4312,111 +4312,111 @@
       <c r="B26" t="s">
         <v>92</v>
       </c>
       <c r="C26" t="s" s="4">
         <v>93</v>
       </c>
       <c r="D26" t="s">
         <v>56</v>
       </c>
       <c r="E26" t="s">
         <v>65</v>
       </c>
       <c r="F26">
         <v>14</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="M26" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N26" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Q26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL26" t="s" s="5">
         <v>52</v>
       </c>
@@ -4458,108 +4458,108 @@
       <c r="C27" t="s" s="4">
         <v>95</v>
       </c>
       <c r="D27" t="s">
         <v>56</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>20</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL27" t="s" s="5">
         <v>52</v>
       </c>
@@ -4601,108 +4601,108 @@
       <c r="C28" t="s" s="4">
         <v>97</v>
       </c>
       <c r="D28" t="s">
         <v>56</v>
       </c>
       <c r="E28" t="s">
         <v>65</v>
       </c>
       <c r="F28">
         <v>17</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="L28" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="M28" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="N28" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="O28" t="s" s="5">
         <v>91</v>
       </c>
-      <c r="L28" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="P28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL28" t="s" s="5">
         <v>52</v>
       </c>
@@ -4741,111 +4741,111 @@
       <c r="B29" t="s">
         <v>98</v>
       </c>
       <c r="C29" t="s" s="4">
         <v>99</v>
       </c>
       <c r="D29" t="s">
         <v>59</v>
       </c>
       <c r="E29" t="s">
         <v>65</v>
       </c>
       <c r="F29">
         <v>15</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K29" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M29" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R29" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V29" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W29" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="X29" t="s" s="5">
         <v>91</v>
       </c>
-      <c r="W29" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Y29" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB29" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC29" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD29" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL29" t="s" s="5">
         <v>52</v>
       </c>
@@ -4889,108 +4889,108 @@
           <t>3902Про передачу основних засобів та  малоцінних необоротних матеріальних активів з балансу КП «Комунальник» на баланс КП «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>64</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30">
         <v>21</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD30" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL30" t="s" s="5">
         <v>52</v>
       </c>
@@ -5031,111 +5031,111 @@
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>3904Про погодження комунальному підприємству Червоноградської міської ради `Червоноградтеплокомуненерго` договорів реструктуризації заборгова- ності за спожитий природний газ з НАК  `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>64</v>
       </c>
       <c r="E31" t="s">
         <v>65</v>
       </c>
       <c r="F31">
         <v>12</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>2</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K31" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M31" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N31" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q31" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R31" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S31" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T31" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U31" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V31" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y31" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="Z31" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA31" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AB31" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC31" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD31" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL31" t="s" s="5">
         <v>66</v>
       </c>
@@ -5179,108 +5179,108 @@
           <t>3905Про безоплатну передачу основних засобів об`єктів благоустрою з балансу КП `Соснівкажитлокомунсервіс` на баланс КП `Комунальник`</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>64</v>
       </c>
       <c r="E32" t="s">
         <v>50</v>
       </c>
       <c r="F32">
         <v>21</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M32" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N32" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R32" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U32" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z32" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA32" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB32" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC32" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD32" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL32" t="s" s="5">
         <v>52</v>
       </c>
@@ -5322,108 +5322,108 @@
       <c r="C33" t="s" s="4">
         <v>104</v>
       </c>
       <c r="D33" t="s">
         <v>64</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33">
         <v>21</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC33" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD33" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL33" t="s" s="5">
         <v>52</v>
       </c>
@@ -5467,108 +5467,108 @@
           <t>3907Про безоплатну передачу тротуарних плит з балансу КП «Комунальник» на баланс військової частини Т0410</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>64</v>
       </c>
       <c r="E34" t="s">
         <v>50</v>
       </c>
       <c r="F34">
         <v>21</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC34" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL34" t="s" s="5">
         <v>52</v>
       </c>
@@ -5612,108 +5612,108 @@
           <t>3908Про внесення змін до рішення сесії Червоноградської міської ради від 27.07.2022 №1371 «Про безоплатну  передачу основних засобів  з балансу  КП «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>64</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
         <v>21</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL35" t="s" s="5">
         <v>52</v>
       </c>
@@ -5754,111 +5754,111 @@
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>3909Про внесення змін у рішення Червоноградської міської ради від 27.07.2022р. №1365 щодо надання згоди на безкоштовну передачу від ТзОВ «СОКМЕ» у власність  Червоноградської територіальної громади  незавершеного будівництва каналізаційної-насосної станції</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>64</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
         <v>20</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC36" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL36" t="s" s="5">
         <v>52</v>
       </c>
@@ -5902,108 +5902,108 @@
           <t>3910Про затвердження Положення про одноразову виплату Червоноградської міської ради для найкращих учасників національного мультипредметного тесту</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>64</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>21</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC37" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL37" t="s" s="5">
         <v>52</v>
       </c>
@@ -6044,111 +6044,111 @@
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>3911Про переніс розгляду питання. Провести до наступного розгляду, консультацію з батьками дітей, що відвідують вказані заклади дошкільної освіти</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>56</v>
       </c>
       <c r="E38" t="s">
         <v>65</v>
       </c>
       <c r="F38">
         <v>8</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M38" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N38" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R38" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U38" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y38" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="Z38" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB38" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD38" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL38" t="s" s="5">
         <v>52</v>
       </c>
@@ -6189,111 +6189,111 @@
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>3912Про продовження тимчасового проживання внутрішньо переміщених та/або евакуйованих осіб у закладах дошкільної освіти</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>64</v>
       </c>
       <c r="E39" t="s">
         <v>65</v>
       </c>
       <c r="F39">
         <v>14</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>2</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K39" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M39" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N39" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R39" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S39" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T39" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U39" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y39" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB39" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD39" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL39" t="s" s="5">
         <v>66</v>
       </c>
@@ -6334,111 +6334,111 @@
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>3913Про розгляд клопотання громадян Бахурського Володимира Йосиповича та Коник Ігоря Івановича</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>64</v>
       </c>
       <c r="E40" t="s">
         <v>65</v>
       </c>
       <c r="F40">
         <v>12</v>
       </c>
       <c r="G40">
         <v>2</v>
       </c>
       <c r="H40">
         <v>2</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="L40" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="M40" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="N40" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O40" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="L40" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="P40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q40" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="R40" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S40" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="T40" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U40" t="s" s="5">
         <v>91</v>
       </c>
-      <c r="R40" t="s" s="5">
+      <c r="V40" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="S40" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="W40" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y40" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z40" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB40" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD40" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL40" t="s" s="5">
         <v>52</v>
       </c>
@@ -6482,108 +6482,108 @@
           <t>3914Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок з метою надання їх в оренду для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>49</v>
       </c>
       <c r="E41" t="s">
         <v>50</v>
       </c>
       <c r="F41">
         <v>22</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB41" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL41" t="s" s="5">
         <v>52</v>
       </c>
@@ -6625,108 +6625,108 @@
       <c r="C42" t="s" s="4">
         <v>114</v>
       </c>
       <c r="D42" t="s">
         <v>56</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42">
         <v>22</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL42" t="s" s="5">
         <v>52</v>
       </c>
@@ -6770,108 +6770,108 @@
           <t>3916Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок з метою надання їх в оренду для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>59</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
       <c r="F43">
         <v>22</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL43" t="s" s="5">
         <v>52</v>
       </c>
@@ -6915,108 +6915,108 @@
           <t>3917Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок та надання їх в оренду для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>64</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>21</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M44" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N44" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R44" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U44" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB44" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD44" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL44" t="s" s="5">
         <v>53</v>
       </c>
@@ -7060,108 +7060,108 @@
           <t>3918Про розгляд клопотань Комунального підприємства «Комунальник» та Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>64</v>
       </c>
       <c r="E45" t="s">
         <v>50</v>
       </c>
       <c r="F45">
         <v>20</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N45" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q45" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="R45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U45" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z45" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD45" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL45" t="s" s="5">
         <v>66</v>
       </c>
@@ -7200,111 +7200,111 @@
       <c r="B46" t="s">
         <v>118</v>
       </c>
       <c r="C46" s="4">
         <v>3919</v>
       </c>
       <c r="D46" t="s">
         <v>49</v>
       </c>
       <c r="E46" t="s">
         <v>50</v>
       </c>
       <c r="F46">
         <v>20</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T46" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL46" t="s" s="5">
         <v>52</v>
       </c>
@@ -7346,108 +7346,108 @@
       <c r="C47" s="4">
         <v>3920</v>
       </c>
       <c r="D47" t="s">
         <v>56</v>
       </c>
       <c r="E47" t="s">
         <v>50</v>
       </c>
       <c r="F47">
         <v>22</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K47" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M47" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N47" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R47" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U47" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y47" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z47" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB47" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD47" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL47" t="s" s="5">
         <v>52</v>
       </c>
@@ -7488,111 +7488,111 @@
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>3921Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>56</v>
       </c>
       <c r="E48" t="s">
         <v>65</v>
       </c>
       <c r="F48">
         <v>15</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K48" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M48" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O48" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q48" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R48" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T48" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y48" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA48" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB48" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC48" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL48" t="s" s="5">
         <v>52</v>
       </c>
@@ -7636,108 +7636,108 @@
           <t>39221. Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>56</v>
       </c>
       <c r="E49" t="s">
         <v>65</v>
       </c>
       <c r="F49">
         <v>18</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>2</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M49" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q49" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL49" t="s" s="5">
         <v>52</v>
       </c>
@@ -7779,108 +7779,108 @@
       <c r="C50" t="s" s="4">
         <v>123</v>
       </c>
       <c r="D50" t="s">
         <v>49</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
         <v>21</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL50" t="s" s="5">
         <v>52</v>
       </c>
@@ -7922,108 +7922,108 @@
       <c r="C51" t="s" s="4">
         <v>125</v>
       </c>
       <c r="D51" t="s">
         <v>56</v>
       </c>
       <c r="E51" t="s">
         <v>50</v>
       </c>
       <c r="F51">
         <v>22</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL51" t="s" s="5">
         <v>52</v>
       </c>
@@ -8065,108 +8065,108 @@
       <c r="C52" t="s" s="4">
         <v>127</v>
       </c>
       <c r="D52" t="s">
         <v>56</v>
       </c>
       <c r="E52" t="s">
         <v>65</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M52" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="N52" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O52" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="P52" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Q52" t="s" s="5">
         <v>91</v>
       </c>
-      <c r="N52" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="R52" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U52" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W52" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="Z52" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB52" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD52" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL52" t="s" s="5">
         <v>53</v>
       </c>
@@ -8205,111 +8205,111 @@
       <c r="B53" t="s">
         <v>128</v>
       </c>
       <c r="C53" t="s" s="4">
         <v>129</v>
       </c>
       <c r="D53" t="s">
         <v>56</v>
       </c>
       <c r="E53" t="s">
         <v>65</v>
       </c>
       <c r="F53">
         <v>2</v>
       </c>
       <c r="G53">
         <v>2</v>
       </c>
       <c r="H53">
         <v>3</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="K53" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M53" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N53" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q53" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="R53" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="S53" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="T53" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U53" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V53" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="W53" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="T53" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="X53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y53" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z53" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA53" t="s" s="5">
         <v>66</v>
       </c>
-      <c r="Z53" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="AB53" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC53" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD53" t="s" s="5">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL53" t="s" s="5">
         <v>91</v>
       </c>
@@ -8348,111 +8348,111 @@
       <c r="B54" t="s">
         <v>130</v>
       </c>
       <c r="C54" t="s" s="4">
         <v>131</v>
       </c>
       <c r="D54" t="s">
         <v>56</v>
       </c>
       <c r="E54" t="s">
         <v>65</v>
       </c>
       <c r="F54">
         <v>16</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K54" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M54" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N54" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R54" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S54" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T54" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U54" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V54" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="W54" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X54" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y54" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z54" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA54" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB54" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC54" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD54" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL54" t="s" s="5">
         <v>52</v>
       </c>
@@ -8494,108 +8494,108 @@
       <c r="C55" t="s" s="4">
         <v>133</v>
       </c>
       <c r="D55" t="s">
         <v>56</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55">
         <v>21</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K55" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M55" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N55" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R55" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U55" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W55" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y55" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z55" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB55" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD55" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL55" t="s" s="5">
         <v>52</v>
       </c>
@@ -8637,108 +8637,108 @@
       <c r="C56" t="s" s="4">
         <v>135</v>
       </c>
       <c r="D56" t="s">
         <v>56</v>
       </c>
       <c r="E56" t="s">
         <v>50</v>
       </c>
       <c r="F56">
         <v>22</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K56" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M56" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N56" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R56" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U56" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W56" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y56" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z56" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB56" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD56" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL56" t="s" s="5">
         <v>52</v>
       </c>
@@ -8782,108 +8782,108 @@
           <t>39301. Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>56</v>
       </c>
       <c r="E57" t="s">
         <v>65</v>
       </c>
       <c r="F57">
         <v>19</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>1</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M57" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N57" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q57" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R57" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U57" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W57" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y57" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z57" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB57" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD57" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL57" t="s" s="5">
         <v>52</v>
       </c>
@@ -8925,108 +8925,108 @@
       <c r="C58" t="s" s="4">
         <v>138</v>
       </c>
       <c r="D58" t="s">
         <v>59</v>
       </c>
       <c r="E58" t="s">
         <v>50</v>
       </c>
       <c r="F58">
         <v>21</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K58" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M58" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N58" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O58" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R58" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U58" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W58" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y58" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z58" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB58" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD58" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL58" t="s" s="5">
         <v>52</v>
       </c>
@@ -9070,108 +9070,108 @@
           <t>3932Про розгляд клопотання громадської організації «Спілки ветеранів АТО Червонограда ˮВоляˮ»</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>49</v>
       </c>
       <c r="E59" t="s">
         <v>50</v>
       </c>
       <c r="F59">
         <v>20</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K59" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M59" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N59" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R59" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U59" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W59" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z59" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB59" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC59" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD59" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL59" t="s" s="5">
         <v>53</v>
       </c>
@@ -9215,108 +9215,108 @@
           <t>3933Надати громадській організації «Спілка ветеранів АТО Червонограда ˮВоляˮ» на 24  років в оренду земельну дiлянку площею 0,4220 га, для будівництва та обслуговування будинку рибалки, (код КВЦПЗД - 07.01 для будівництва та обслуговування об’єктів рекреаційного призначення), в місті Червонограді на вулиці Б. Хмельницького, 2-5, встановивши річну орендну плату за земельну ділянку 1,5(півтора) % від її нормативної грошової оцінки, кадастровий номер земельної ділянки – 4611800000:04:013:0053.</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>56</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60">
         <v>20</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N60" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U60" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z60" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA60" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC60" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD60" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL60" t="s" s="5">
         <v>53</v>
       </c>
@@ -9360,108 +9360,108 @@
           <t>3934Про розгляд клопотання громадської організації «Спілки ветеранів АТО Червонограда ˮВоляˮ»</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>59</v>
       </c>
       <c r="E61" t="s">
         <v>50</v>
       </c>
       <c r="F61">
         <v>21</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M61" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N61" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R61" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U61" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W61" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y61" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z61" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB61" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD61" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL61" t="s" s="5">
         <v>53</v>
       </c>
@@ -9503,108 +9503,108 @@
       <c r="C62" t="s" s="4">
         <v>143</v>
       </c>
       <c r="D62" t="s">
         <v>49</v>
       </c>
       <c r="E62" t="s">
         <v>50</v>
       </c>
       <c r="F62">
         <v>22</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M62" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N62" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R62" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U62" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W62" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y62" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z62" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB62" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD62" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL62" t="s" s="5">
         <v>52</v>
       </c>
@@ -9646,108 +9646,108 @@
       <c r="C63" t="s" s="4">
         <v>145</v>
       </c>
       <c r="D63" t="s">
         <v>56</v>
       </c>
       <c r="E63" t="s">
         <v>50</v>
       </c>
       <c r="F63">
         <v>21</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M63" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N63" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O63" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R63" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S63" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U63" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W63" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y63" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z63" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB63" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD63" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL63" t="s" s="5">
         <v>52</v>
       </c>
@@ -9789,108 +9789,108 @@
       <c r="C64" t="s" s="4">
         <v>147</v>
       </c>
       <c r="D64" t="s">
         <v>59</v>
       </c>
       <c r="E64" t="s">
         <v>50</v>
       </c>
       <c r="F64">
         <v>22</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K64" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M64" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N64" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R64" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U64" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W64" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y64" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z64" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB64" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD64" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL64" t="s" s="5">
         <v>52</v>
       </c>
@@ -9934,108 +9934,108 @@
           <t>3938Про затвердження технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення для ведення товарного сільськогосподарського виробництва та передачу земельних ділянок в оренду</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>64</v>
       </c>
       <c r="E65" t="s">
         <v>50</v>
       </c>
       <c r="F65">
         <v>20</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K65" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M65" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N65" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R65" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U65" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W65" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y65" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z65" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB65" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD65" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL65" t="s" s="5">
         <v>52</v>
       </c>
@@ -10077,108 +10077,108 @@
       <c r="C66" t="s" s="4">
         <v>150</v>
       </c>
       <c r="D66" t="s">
         <v>49</v>
       </c>
       <c r="E66" t="s">
         <v>50</v>
       </c>
       <c r="F66">
         <v>21</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K66" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M66" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N66" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R66" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U66" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W66" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y66" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z66" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB66" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD66" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL66" t="s" s="5">
         <v>52</v>
       </c>
@@ -10220,108 +10220,108 @@
       <c r="C67" t="s" s="4">
         <v>152</v>
       </c>
       <c r="D67" t="s">
         <v>56</v>
       </c>
       <c r="E67" t="s">
         <v>50</v>
       </c>
       <c r="F67">
         <v>20</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K67" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M67" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N67" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R67" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S67" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U67" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W67" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y67" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z67" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB67" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD67" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL67" t="s" s="5">
         <v>52</v>
       </c>
@@ -10363,108 +10363,108 @@
       <c r="C68" t="s" s="4">
         <v>154</v>
       </c>
       <c r="D68" t="s">
         <v>59</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68">
         <v>20</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K68" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M68" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N68" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R68" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U68" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W68" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y68" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z68" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA68" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB68" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC68" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD68" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL68" t="s" s="5">
         <v>52</v>
       </c>
@@ -10506,108 +10506,108 @@
       <c r="C69" t="s" s="4">
         <v>156</v>
       </c>
       <c r="D69" t="s">
         <v>64</v>
       </c>
       <c r="E69" t="s">
         <v>50</v>
       </c>
       <c r="F69">
         <v>21</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K69" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M69" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N69" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R69" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U69" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W69" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y69" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z69" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB69" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD69" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL69" t="s" s="5">
         <v>52</v>
       </c>
@@ -10649,108 +10649,108 @@
       <c r="C70" t="s" s="4">
         <v>158</v>
       </c>
       <c r="D70" t="s">
         <v>64</v>
       </c>
       <c r="E70" t="s">
         <v>50</v>
       </c>
       <c r="F70">
         <v>20</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K70" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M70" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N70" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q70" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R70" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U70" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W70" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y70" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z70" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB70" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD70" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL70" t="s" s="5">
         <v>52</v>
       </c>
@@ -10792,108 +10792,108 @@
       <c r="C71" t="s" s="4">
         <v>160</v>
       </c>
       <c r="D71" t="s">
         <v>49</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>21</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K71" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M71" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N71" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R71" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U71" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W71" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y71" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z71" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB71" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD71" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL71" t="s" s="5">
         <v>52</v>
       </c>
@@ -10935,108 +10935,108 @@
       <c r="C72" t="s" s="4">
         <v>162</v>
       </c>
       <c r="D72" t="s">
         <v>56</v>
       </c>
       <c r="E72" t="s">
         <v>50</v>
       </c>
       <c r="F72">
         <v>20</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M72" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N72" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O72" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R72" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U72" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W72" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y72" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z72" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB72" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD72" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL72" t="s" s="5">
         <v>52</v>
       </c>
@@ -11078,108 +11078,108 @@
       <c r="C73" t="s" s="4">
         <v>164</v>
       </c>
       <c r="D73" t="s">
         <v>59</v>
       </c>
       <c r="E73" t="s">
         <v>50</v>
       </c>
       <c r="F73">
         <v>21</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N73" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U73" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W73" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD73" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL73" t="s" s="5">
         <v>52</v>
       </c>
@@ -11223,108 +11223,108 @@
           <t>3948Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Олеся, 5, кадастровий номер земельної діляки 4611800000:03:018:0058</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>64</v>
       </c>
       <c r="E74" t="s">
         <v>50</v>
       </c>
       <c r="F74">
         <v>21</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M74" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N74" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R74" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U74" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W74" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y74" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z74" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB74" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD74" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL74" t="s" s="5">
         <v>52</v>
       </c>
@@ -11368,108 +11368,108 @@
           <t>3949Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>64</v>
       </c>
       <c r="E75" t="s">
         <v>50</v>
       </c>
       <c r="F75">
         <v>21</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL75" t="s" s="5">
         <v>52</v>
       </c>
@@ -11513,108 +11513,108 @@
           <t>3950Про продаж у власність земельної ділянки громадянину Сковрону Мар’яну Володимировичу</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>49</v>
       </c>
       <c r="E76" t="s">
         <v>50</v>
       </c>
       <c r="F76">
         <v>20</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K76" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M76" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N76" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R76" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U76" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W76" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y76" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z76" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB76" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD76" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL76" t="s" s="5">
         <v>52</v>
       </c>
@@ -11656,108 +11656,108 @@
       <c r="C77" t="s" s="4">
         <v>169</v>
       </c>
       <c r="D77" t="s">
         <v>56</v>
       </c>
       <c r="E77" t="s">
         <v>50</v>
       </c>
       <c r="F77">
         <v>21</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K77" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M77" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N77" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R77" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U77" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W77" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y77" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z77" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB77" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD77" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL77" t="s" s="5">
         <v>52</v>
       </c>
@@ -11801,108 +11801,108 @@
           <t>3952Про продаж у власність земельної ділянки громадянину Сковрону Мар’яну Володимировичу</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>59</v>
       </c>
       <c r="E78" t="s">
         <v>50</v>
       </c>
       <c r="F78">
         <v>21</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K78" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M78" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N78" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R78" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U78" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W78" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y78" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z78" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB78" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD78" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL78" t="s" s="5">
         <v>52</v>
       </c>
@@ -11944,108 +11944,108 @@
       <c r="C79" s="4">
         <v>3953</v>
       </c>
       <c r="D79" t="s">
         <v>49</v>
       </c>
       <c r="E79" t="s">
         <v>65</v>
       </c>
       <c r="F79">
         <v>15</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M79" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N79" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O79" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q79" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R79" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S79" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U79" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W79" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="X79" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y79" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z79" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AA79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB79" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD79" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AE79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL79" t="s" s="5">
         <v>53</v>
       </c>
@@ -12089,108 +12089,108 @@
           <t>3954Про надання дозволу на виготовлення технічної документацій із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) з метою зміни конфігурації земельної ділянки з кадастровим номером 4611800000:01:011:0288</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>64</v>
       </c>
       <c r="E80" t="s">
         <v>50</v>
       </c>
       <c r="F80">
         <v>21</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M80" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N80" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R80" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U80" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W80" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y80" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z80" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB80" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD80" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL80" t="s" s="5">
         <v>52</v>
       </c>
@@ -12228,114 +12228,114 @@
       </c>
       <c r="B81" t="s">
         <v>173</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
           <t>3959Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>49</v>
       </c>
       <c r="E81" t="s">
         <v>50</v>
       </c>
       <c r="F81">
         <v>31</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N81" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R81" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD81" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL81" t="s" s="5">
         <v>51</v>
       </c>
@@ -12371,114 +12371,114 @@
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>174</v>
       </c>
       <c r="C82" t="s" s="4">
         <v>175</v>
       </c>
       <c r="D82" t="s">
         <v>56</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>29</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N82" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R82" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD82" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL82" t="s" s="5">
         <v>51</v>
       </c>
@@ -12516,114 +12516,114 @@
       </c>
       <c r="B83" t="s">
         <v>176</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
           <t>3961Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>59</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>31</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N83" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R83" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD83" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL83" t="s" s="5">
         <v>51</v>
       </c>
@@ -12661,114 +12661,114 @@
       </c>
       <c r="B84" t="s">
         <v>177</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
           <t>3962Про звільнення  Притулка В.Я. з посади старости виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>64</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
         <v>31</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q84" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U84" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD84" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL84" t="s" s="5">
         <v>51</v>
       </c>
@@ -12804,114 +12804,114 @@
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>178</v>
       </c>
       <c r="C85" t="s" s="4">
         <v>179</v>
       </c>
       <c r="D85" t="s">
         <v>49</v>
       </c>
       <c r="E85" t="s">
         <v>50</v>
       </c>
       <c r="F85">
         <v>24</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K85" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M85" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N85" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R85" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X85" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB85" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD85" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL85" t="s" s="5">
         <v>51</v>
       </c>
@@ -12947,114 +12947,114 @@
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>180</v>
       </c>
       <c r="C86" t="s" s="4">
         <v>181</v>
       </c>
       <c r="D86" t="s">
         <v>56</v>
       </c>
       <c r="E86" t="s">
         <v>50</v>
       </c>
       <c r="F86">
         <v>25</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K86" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M86" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N86" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R86" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X86" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB86" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD86" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL86" t="s" s="5">
         <v>52</v>
       </c>
@@ -13090,114 +13090,114 @@
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>182</v>
       </c>
       <c r="C87" t="s" s="4">
         <v>183</v>
       </c>
       <c r="D87" t="s">
         <v>59</v>
       </c>
       <c r="E87" t="s">
         <v>50</v>
       </c>
       <c r="F87">
         <v>25</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K87" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M87" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N87" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R87" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X87" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB87" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD87" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL87" t="s" s="5">
         <v>52</v>
       </c>