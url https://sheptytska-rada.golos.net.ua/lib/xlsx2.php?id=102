--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -155,456 +155,450 @@
   <si>
     <t>Koltakova Hanna Petrivna</t>
   </si>
   <si>
     <t>Lozynska Ivanna Anatoliyivna</t>
   </si>
   <si>
     <t>Levkun Valentyna Heorhiyivna</t>
   </si>
   <si>
     <t>Kurinna Nataliya Myronivna</t>
   </si>
   <si>
     <t>Podletskyy Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Dmytruk Mykhaylo Vasylovych</t>
   </si>
   <si>
     <t>Savchuk Anastasiya Andriyivna</t>
   </si>
   <si>
     <t>25.08.22  10:51:39</t>
   </si>
   <si>
-    <t>3870Про депутатськi запити</t>
+    <t>ID - 3870,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>25.08.22  10:52:10</t>
   </si>
   <si>
-    <t>3871ЗА запити Колтакової А.П., Лапця М.Р, </t>
+    <t>ID - 3871,  ЗА запити Колтакової А.П., Лапця М.Р, </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>25.08.22  10:52:32</t>
   </si>
   <si>
-    <t>3872Про депутатськi запити</t>
+    <t>ID - 3872,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>25.08.22  11:09:18</t>
   </si>
   <si>
     <t>25.08.22  11:37:25</t>
   </si>
   <si>
     <t>25.08.22  11:37:49</t>
   </si>
   <si>
     <t>25.08.22  12:01:15</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>25.08.22  12:28:02</t>
   </si>
   <si>
     <t>25.08.22  12:43:41</t>
   </si>
   <si>
-    <t>3879Про здійснення державного контролю за використанням та охороною земель</t>
+    <t>ID - 3879,  Про здійснення державного контролю за використанням та охороною земель</t>
   </si>
   <si>
     <t>25.08.22  12:50:06</t>
   </si>
   <si>
-    <t>3882Про внесення змін в рішення Червоноградської міської ради №1298 від 02.06.2022</t>
+    <t>ID - 3882,  Про внесення змін в рішення Червоноградської міської ради №1298 від 02.06.2022</t>
   </si>
   <si>
     <t>25.08.22  12:50:33</t>
   </si>
   <si>
-    <t>3883стенограмно озвучено Тимчишиним </t>
+    <t>ID - 3883,  стенограмно озвучено Тимчишиним </t>
   </si>
   <si>
     <t>25.08.22  12:50:59</t>
   </si>
   <si>
-    <t>3884Про внесення змін в рішення Червоноградської міської ради №1298 від 02.06.2022</t>
+    <t>ID - 3884,  Про внесення змін в рішення Червоноградської міської ради №1298 від 02.06.2022</t>
   </si>
   <si>
     <t>25.08.22  12:52:11</t>
   </si>
   <si>
     <t>25.08.22  12:54:35</t>
   </si>
   <si>
-    <t>3886Про надання одноразової грошової допомоги</t>
+    <t>ID - 3886,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>25.08.22  12:58:43</t>
   </si>
   <si>
     <t>25.08.22  13:03:21</t>
   </si>
   <si>
     <t>25.08.22  13:09:02</t>
   </si>
   <si>
     <t>25.08.22  14:56:27</t>
   </si>
   <si>
     <t>25.08.22  15:01:42</t>
   </si>
   <si>
     <t>25.08.22  15:04:42</t>
   </si>
   <si>
     <t>25.08.22  15:08:28</t>
   </si>
   <si>
     <t>25.08.22  15:18:55</t>
   </si>
   <si>
-    <t>3895Зняти питання з рогляду</t>
+    <t>ID - 3895,  Зняти питання з рогляду</t>
   </si>
   <si>
     <t>25.08.22  15:19:20</t>
   </si>
   <si>
-    <t>3896Розглянути питання в кінці порядку денного</t>
+    <t>ID - 3896,  Розглянути питання в кінці порядку денного</t>
   </si>
   <si>
     <t>25.08.22  15:21:55</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>25.08.22  15:28:49</t>
   </si>
   <si>
-    <t>3898 Замінити  по тексту благодійник на доброчинець</t>
+    <t>ID - 3898,   Замінити  по тексту благодійник на доброчинець</t>
   </si>
   <si>
     <t>25.08.22  15:30:00</t>
   </si>
   <si>
-    <t>3899Рішення про присвоєння звання приймалось міською радою </t>
+    <t>ID - 3899,  Рішення про присвоєння звання приймалось міською радою </t>
   </si>
   <si>
     <t>25.08.22  15:31:00</t>
   </si>
   <si>
-    <t>3900Перенести розгляд на наступну сесію </t>
+    <t>ID - 3900,  Перенести розгляд на наступну сесію </t>
   </si>
   <si>
     <t>25.08.22  15:33:46</t>
   </si>
   <si>
-    <t>3901Про присвоєння звання «Почесний громадянин мiста Червонограда»</t>
+    <t>ID - 3901,  Про присвоєння звання «Почесний громадянин мiста Червонограда»</t>
   </si>
   <si>
     <t>25.08.22  15:36:06</t>
   </si>
   <si>
     <t>25.08.22  16:05:18</t>
   </si>
   <si>
     <t>25.08.22  16:07:58</t>
   </si>
   <si>
     <t>25.08.22  16:11:13</t>
   </si>
   <si>
-    <t>3906Про проведення організаційно-правових заходів на КП `Соснівкажитлокомунсервіс`</t>
+    <t>ID - 3906,  Про проведення організаційно-правових заходів на КП `Соснівкажитлокомунсервіс`</t>
   </si>
   <si>
     <t>25.08.22  16:13:42</t>
   </si>
   <si>
     <t>25.08.22  16:15:23</t>
   </si>
   <si>
     <t>25.08.22  16:17:59</t>
   </si>
   <si>
     <t>25.08.22  16:19:39</t>
   </si>
   <si>
     <t>25.08.22  16:33:37</t>
   </si>
   <si>
     <t>25.08.22  16:34:09</t>
   </si>
   <si>
     <t>25.08.22  16:47:56</t>
   </si>
   <si>
     <t>25.08.22  16:48:48</t>
   </si>
   <si>
     <t>25.08.22  16:51:08</t>
   </si>
   <si>
-    <t>3915замінити у п.1 Нероба Петро Михайлович,на Небора Петро Михайлович</t>
+    <t>ID - 3915,  замінити у п.1 Нероба Петро Михайлович,на Небора Петро Михайлович</t>
   </si>
   <si>
     <t>25.08.22  16:51:43</t>
   </si>
   <si>
     <t>25.08.22  16:53:32</t>
   </si>
   <si>
     <t>25.08.22  17:06:28</t>
   </si>
   <si>
     <t>25.08.22  17:08:32</t>
   </si>
   <si>
+    <t>ID - 3919,  </t>
+  </si>
+  <si>
     <t>25.08.22  17:09:25</t>
   </si>
   <si>
+    <t>ID - 3920,  </t>
+  </si>
+  <si>
     <t>25.08.22  17:20:46</t>
   </si>
   <si>
     <t>25.08.22  17:22:19</t>
   </si>
   <si>
     <t>25.08.22  17:23:00</t>
   </si>
   <si>
-    <t>3923Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 3923,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>25.08.22  17:23:46</t>
   </si>
   <si>
-    <t>3924По пунктах голосувати</t>
+    <t>ID - 3924,  По пунктах голосувати</t>
   </si>
   <si>
     <t>25.08.22  17:28:10</t>
   </si>
   <si>
-    <t>3925По пунктах голосувати</t>
+    <t>ID - 3925,  По пунктах голосувати</t>
   </si>
   <si>
     <t>25.08.22  17:28:42</t>
   </si>
   <si>
-    <t>3926За підтримку пункту №1 </t>
+    <t>ID - 3926,  За підтримку пункту №1 </t>
   </si>
   <si>
     <t>25.08.22  17:29:21</t>
   </si>
   <si>
-    <t>3927За підтримку пункту №2</t>
+    <t>ID - 3927,  За підтримку пункту №2</t>
   </si>
   <si>
     <t>25.08.22  17:29:53</t>
   </si>
   <si>
-    <t>3928За підтримку пункту №3</t>
+    <t>ID - 3928,  За підтримку пункту №3</t>
   </si>
   <si>
     <t>25.08.22  17:30:29</t>
   </si>
   <si>
-    <t>3929За підтримку пункту №4</t>
+    <t>ID - 3929,  За підтримку пункту №4</t>
   </si>
   <si>
     <t>25.08.22  17:35:21</t>
   </si>
   <si>
     <t>25.08.22  17:38:52</t>
   </si>
   <si>
-    <t>3931Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 3931,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>25.08.22  17:41:58</t>
   </si>
   <si>
     <t>25.08.22  17:42:33</t>
   </si>
   <si>
     <t>25.08.22  17:43:02</t>
   </si>
   <si>
     <t>25.08.22  17:44:26</t>
   </si>
   <si>
-    <t>3935Про розгляд клопотання громадянина Трофимовича Ігоря Миколайовича</t>
+    <t>ID - 3935,  Про розгляд клопотання громадянина Трофимовича Ігоря Миколайовича</t>
   </si>
   <si>
     <t>25.08.22  17:45:57</t>
   </si>
   <si>
-    <t>3936Стенограмно озвучена Балком Д.І. </t>
+    <t>ID - 3936,  Стенограмно озвучена Балком Д.І. </t>
   </si>
   <si>
     <t>25.08.22  17:46:26</t>
   </si>
   <si>
-    <t>3937Про розгляд клопотання громадянина Трофимовича Ігоря Миколайовича</t>
+    <t>ID - 3937,  Про розгляд клопотання громадянина Трофимовича Ігоря Миколайовича</t>
   </si>
   <si>
     <t>25.08.22  17:49:41</t>
   </si>
   <si>
     <t>25.08.22  17:53:23</t>
   </si>
   <si>
-    <t>3940Про розгляд клопотання Товариства з з обмеженою відповідальністю «Акріс - Захід»</t>
-[...1 lines deleted...]
-  <si>
     <t>25.08.22  17:54:19</t>
   </si>
   <si>
-    <t>3941виключити з преамбулу посилання на комісію</t>
+    <t>ID - 3941,  виключити з преамбулу посилання на комісію</t>
   </si>
   <si>
     <t>25.08.22  17:54:42</t>
   </si>
   <si>
-    <t>3942Про розгляд клопотання Товариства з з обмеженою відповідальністю «Акріс - Захід»</t>
-[...1 lines deleted...]
-  <si>
     <t>25.08.22  17:56:02</t>
   </si>
   <si>
-    <t>3943Про розгляд клопотання Приватного підприємства «Західний Буг»</t>
+    <t>ID - 3943,  Про розгляд клопотання Приватного підприємства «Західний Буг»</t>
   </si>
   <si>
     <t>25.08.22  17:57:06</t>
   </si>
   <si>
-    <t>3944Про розгляд клопотання Фермерського господарства «Дзвін»</t>
+    <t>ID - 3944,  Про розгляд клопотання Фермерського господарства «Дзвін»</t>
   </si>
   <si>
     <t>25.08.22  17:58:49</t>
   </si>
   <si>
-    <t>3945Про розгляд клопотання Товариства з обмеженою відповідальність «ЕКО - ТЕХРЕСУРС»</t>
-[...1 lines deleted...]
-  <si>
     <t>25.08.22  17:59:50</t>
   </si>
   <si>
-    <t>3946стенограмно озвучена Балком Д.І, - вказати площу 1,6292 Га</t>
+    <t>ID - 3946,  стенограмно озвучена Балком Д.І, - вказати площу 1,6292 Га</t>
   </si>
   <si>
     <t>25.08.22  18:00:19</t>
   </si>
   <si>
-    <t>3947Про розгляд клопотання Товариства з обмеженою відповідальність «ЕКО - ТЕХРЕСУРС»</t>
-[...1 lines deleted...]
-  <si>
     <t>25.08.22  18:03:46</t>
   </si>
   <si>
     <t>25.08.22  18:07:17</t>
   </si>
   <si>
     <t>25.08.22  18:09:28</t>
   </si>
   <si>
     <t>25.08.22  18:09:58</t>
   </si>
   <si>
-    <t>3951Добавити ціну ділянки 24 134 грн</t>
+    <t>ID - 3951,  Добавити ціну ділянки 24 134 грн</t>
   </si>
   <si>
     <t>25.08.22  18:10:27</t>
   </si>
   <si>
     <t>25.08.22  18:11:56</t>
   </si>
   <si>
+    <t>ID - 3953,  </t>
+  </si>
+  <si>
     <t>25.08.22  18:15:30</t>
   </si>
   <si>
     <t>01.09.22  16:15:07</t>
   </si>
   <si>
     <t>01.09.22  16:53:00</t>
   </si>
   <si>
-    <t>3960Стенограмно озвучена правка Сементух Л. І. щодо виділення коштів для відділу освіти </t>
-[...1 lines deleted...]
-  <si>
     <t>01.09.22  16:53:28</t>
   </si>
   <si>
     <t>01.09.22  16:57:59</t>
   </si>
   <si>
     <t>08.09.22  16:14:59</t>
   </si>
   <si>
-    <t>3967Про внесення змін до місцевих програм на 2022 рік</t>
+    <t>ID - 3967,  Про внесення змін до місцевих програм на 2022 рік</t>
   </si>
   <si>
     <t>08.09.22  16:21:17</t>
   </si>
   <si>
-    <t>3968Щодо фінансування гімнації ім. Луговського на гідроізоляцію укриття</t>
+    <t>ID - 3968,  Щодо фінансування гімнації ім. Луговського на гідроізоляцію укриття</t>
   </si>
   <si>
     <t>08.09.22  16:21:46</t>
   </si>
   <si>
-    <t>3969Про внесення змін до місцевих програм на 2022 рік</t>
+    <t>ID - 3969,  Про внесення змін до місцевих програм на 2022 рік</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1261,51 +1255,51 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>3873Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3873,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>22</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
@@ -1406,51 +1400,51 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>3874ПРАВКИ З ГОЛОСУ ( сесія серпень)  Діа 21 Збільшити видатки на виконання Програми «Фінансової  підтримки КП «Школяр» на  суму 500,0 тис.грн. та спрямувати їх на «погашення заборгованості по електроенергії -26,8 тис.грн., погашення заборгованості заробітна плата -388,4тис.грн., оплату податку на майно -   4,0 тис.грн., оплату податку на землю-1,5тис.грн., погашення заборгованості по оплаті ПДВ -79,3тис.грн.» ( 0207; КПКВ 0217693, КЕКВ 2610);   Діа 22 Видатки в сумі 3 000,0 тис.грн., які були виділені на придбання безпілотників, дронів, тепловізорів, рацій з підвищеним рівнем захисту  для військових частин (одержувач- ГО `Штаб національного спротиву Червоноградського району`) перемістити на головного розпорядника коштів - виконавчий комітет Червоноградської  міської  ради) ( з 0260; КПКВ 0218240, КЕКВ 3210  на 0200 КПКВ 0218240, КЕКВ 3110);   Діа 23 На поточний ремонт покрівлі з аварійних робіт  ЗДО №13 виділити   додатково 45,0 тис.грн.( 0600; 0611010; 2240);   З ініціативи громадської організації  «Спілка політв’язнів і репресованих» пропонується зменшити виділені ГО асигнування в  сумі 5,0 тис.грн.  та</t>
+          <t>ID - 3874,  ПРАВКИ З ГОЛОСУ ( сесія серпень)  Діа 21 Збільшити видатки на виконання Програми «Фінансової  підтримки КП «Школяр» на  суму 500,0 тис.грн. та спрямувати їх на «погашення заборгованості по електроенергії -26,8 тис.грн., погашення заборгованості заробітна плата -388,4тис.грн., оплату податку на майно -   4,0 тис.грн., оплату податку на землю-1,5тис.грн., погашення заборгованості по оплаті ПДВ -79,3тис.грн.» ( 0207; КПКВ 0217693, КЕКВ 2610);   Діа 22 Видатки в сумі 3 000,0 тис.грн., які були виділені на придбання безпілотників, дронів, тепловізорів, рацій з підвищеним рівнем захисту  для військових частин (одержувач- ГО `Штаб національного спротиву Червоноградського району`) перемістити на головного розпорядника коштів - виконавчий комітет Червоноградської  міської  ради) ( з 0260; КПКВ 0218240, КЕКВ 3210  на 0200 КПКВ 0218240, КЕКВ 3110);   Діа 23 На поточний ремонт покрівлі з аварійних робіт  ЗДО №13 виділити   додатково 45,0 тис.грн.( 0600; 0611010; 2240);   З ініціативи громадської організації  «Спілка політв’язнів і репресованих» пропонується зменшити виділені ГО асигнування в  сумі 5,0 тис.грн.  та</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6">
         <v>24</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>52</v>
@@ -1551,51 +1545,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>3875Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3875,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>23</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
@@ -1696,51 +1690,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>3876Про  затвердження змін до Плану зонування території міста Червонограда  Львівської області</t>
+          <t>ID - 3876,  Про  затвердження змін до Плану зонування території міста Червонограда  Львівської області</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>65</v>
       </c>
       <c r="F8">
         <v>15</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>7</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -1841,51 +1835,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>66</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>3877Перенести розгляд питання Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в   м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019р. № 1490</t>
+          <t>ID - 3877,  Перенести розгляд питання Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в   м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2019р. № 1490</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>56</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>20</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -2558,51 +2552,51 @@
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>3885Про створення груп подовженого дня у закладах загальної середньої освіти на 2022/2023 навчальний рік</t>
+          <t>ID - 3885,  Про створення груп подовженого дня у закладах загальної середньої освіти на 2022/2023 навчальний рік</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>64</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14">
         <v>26</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>52</v>
@@ -2846,51 +2840,51 @@
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>3887Про надання дозволу на вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень</t>
+          <t>ID - 3887,  Про надання дозволу на вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16">
         <v>23</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>52</v>
@@ -2991,51 +2985,51 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>80</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>38881. Надати дозвiл на  вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень, вiдповiдно до перелiку звернень, якi були зареєстрованi у виконавчому комiтетi Червоноградської мiської ради у період з 16.09.2021 р. до 16.09.2022 р. включно.</t>
+          <t>ID - 3888,  1. Надати дозвiл на  вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень, вiдповiдно до перелiку звернень, якi були зареєстрованi у виконавчому комiтетi Червоноградської мiської ради у період з 16.09.2021 р. до 16.09.2022 р. включно.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>56</v>
       </c>
       <c r="E17" t="s">
         <v>65</v>
       </c>
       <c r="F17">
         <v>12</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>2</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>52</v>
@@ -3136,51 +3130,51 @@
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>3889Про надання дозволу на вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень</t>
+          <t>ID - 3889,  Про надання дозволу на вiдключення вiд систем централiзованого опалення та постачання гарячої води власникiв квартир та нежитлових примiщень</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>59</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18">
         <v>24</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3281,51 +3275,51 @@
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>3891Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 3891,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>64</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19">
         <v>24</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>51</v>
@@ -3426,51 +3420,51 @@
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>3892Про внесення змін в рішення №1221 від 24.03.2022р.«Про затвердження Програми приватизацiї об’єктiв комунальної власностi Червоно-градської територіальної громади на 2022 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
+          <t>ID - 3892,  Про внесення змін в рішення №1221 від 24.03.2022р.«Про затвердження Програми приватизацiї об’єктiв комунальної власностi Червоно-градської територіальної громади на 2022 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" t="s">
         <v>65</v>
       </c>
       <c r="F20">
         <v>18</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -3571,51 +3565,51 @@
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>3893Про внесення змін в рішення №1221 від 24.03.2022р.«Про затвердження Програми приватизацiї об’єктiв комунальної власностi Червоно-градської територіальної громади на 2022 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
+          <t>ID - 3893,  Про внесення змін в рішення №1221 від 24.03.2022р.«Про затвердження Програми приватизацiї об’єктiв комунальної власностi Червоно-градської територіальної громади на 2022 рiк та делегування повноважень Регiональному вiддiленню ФДМ України по Львiвськiй, Закарпатській та Волинській областях»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>64</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21">
         <v>20</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
@@ -3716,51 +3710,51 @@
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>3894Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради при реалізації проекту «Капітальний ремонт будівлі - приміщення ДВДВ для розміщення   військово - лікарської комісії Червоно-градського районного ТЦК та СП по вул.Шевська,34 в м.Червоноград Червоно-градського району Львівської області»</t>
+          <t>ID - 3894,  Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Червоноградської міської ради при реалізації проекту «Капітальний ремонт будівлі - приміщення ДВДВ для розміщення   військово - лікарської комісії Червоно-градського районного ТЦК та СП по вул.Шевська,34 в м.Червоноград Червоно-градського району Львівської області»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22">
         <v>22</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
@@ -4147,51 +4141,51 @@
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>90</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>3897Про встановлення орендної плати за  оренду нерухомого та іншого окремого індивідуально визначеного майна закладів загальної середньої освіти на період воєнного стану</t>
+          <t>ID - 3897,  Про встановлення орендної плати за  оренду нерухомого та іншого окремого індивідуально визначеного майна закладів загальної середньої освіти на період воєнного стану</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>64</v>
       </c>
       <c r="E25" t="s">
         <v>65</v>
       </c>
       <c r="F25">
         <v>2</v>
       </c>
       <c r="G25">
         <v>2</v>
       </c>
       <c r="H25">
         <v>6</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -4864,51 +4858,51 @@
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>100</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>3902Про передачу основних засобів та  малоцінних необоротних матеріальних активів з балансу КП «Комунальник» на баланс КП «Червонограджитлокомунсервіс»</t>
+          <t>ID - 3902,  Про передачу основних засобів та  малоцінних необоротних матеріальних активів з балансу КП «Комунальник» на баланс КП «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>64</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30">
         <v>21</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
@@ -5009,51 +5003,51 @@
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>101</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>3904Про погодження комунальному підприємству Червоноградської міської ради `Червоноградтеплокомуненерго` договорів реструктуризації заборгова- ності за спожитий природний газ з НАК  `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
+          <t>ID - 3904,  Про погодження комунальному підприємству Червоноградської міської ради `Червоноградтеплокомуненерго` договорів реструктуризації заборгова- ності за спожитий природний газ з НАК  `Нафтогаз України` та надання місцевої гарантії щодо його виконання шляхом укладення договорів місцевих гарантій</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>64</v>
       </c>
       <c r="E31" t="s">
         <v>65</v>
       </c>
       <c r="F31">
         <v>12</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>2</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
@@ -5154,51 +5148,51 @@
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>102</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>3905Про безоплатну передачу основних засобів об`єктів благоустрою з балансу КП `Соснівкажитлокомунсервіс` на баланс КП `Комунальник`</t>
+          <t>ID - 3905,  Про безоплатну передачу основних засобів об`єктів благоустрою з балансу КП `Соснівкажитлокомунсервіс` на баланс КП `Комунальник`</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>64</v>
       </c>
       <c r="E32" t="s">
         <v>50</v>
       </c>
       <c r="F32">
         <v>21</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
@@ -5442,51 +5436,51 @@
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>105</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>3907Про безоплатну передачу тротуарних плит з балансу КП «Комунальник» на баланс військової частини Т0410</t>
+          <t>ID - 3907,  Про безоплатну передачу тротуарних плит з балансу КП «Комунальник» на баланс військової частини Т0410</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>64</v>
       </c>
       <c r="E34" t="s">
         <v>50</v>
       </c>
       <c r="F34">
         <v>21</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>51</v>
@@ -5587,51 +5581,51 @@
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>106</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>3908Про внесення змін до рішення сесії Червоноградської міської ради від 27.07.2022 №1371 «Про безоплатну  передачу основних засобів  з балансу  КП «Соснівкажитлокомунсервіс»</t>
+          <t>ID - 3908,  Про внесення змін до рішення сесії Червоноградської міської ради від 27.07.2022 №1371 «Про безоплатну  передачу основних засобів  з балансу  КП «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>64</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
         <v>21</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
@@ -5732,51 +5726,51 @@
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>107</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>3909Про внесення змін у рішення Червоноградської міської ради від 27.07.2022р. №1365 щодо надання згоди на безкоштовну передачу від ТзОВ «СОКМЕ» у власність  Червоноградської територіальної громади  незавершеного будівництва каналізаційної-насосної станції</t>
+          <t>ID - 3909,  Про внесення змін у рішення Червоноградської міської ради від 27.07.2022р. №1365 щодо надання згоди на безкоштовну передачу від ТзОВ «СОКМЕ» у власність  Червоноградської територіальної громади  незавершеного будівництва каналізаційної-насосної станції</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>64</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
         <v>20</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
@@ -5877,51 +5871,51 @@
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>108</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>3910Про затвердження Положення про одноразову виплату Червоноградської міської ради для найкращих учасників національного мультипредметного тесту</t>
+          <t>ID - 3910,  Про затвердження Положення про одноразову виплату Червоноградської міської ради для найкращих учасників національного мультипредметного тесту</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>64</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>21</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
@@ -6022,51 +6016,51 @@
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>3911Про переніс розгляду питання. Провести до наступного розгляду, консультацію з батьками дітей, що відвідують вказані заклади дошкільної освіти</t>
+          <t>ID - 3911,  Про переніс розгляду питання. Провести до наступного розгляду, консультацію з батьками дітей, що відвідують вказані заклади дошкільної освіти</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>56</v>
       </c>
       <c r="E38" t="s">
         <v>65</v>
       </c>
       <c r="F38">
         <v>8</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
@@ -6167,51 +6161,51 @@
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>110</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>3912Про продовження тимчасового проживання внутрішньо переміщених та/або евакуйованих осіб у закладах дошкільної освіти</t>
+          <t>ID - 3912,  Про продовження тимчасового проживання внутрішньо переміщених та/або евакуйованих осіб у закладах дошкільної освіти</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>64</v>
       </c>
       <c r="E39" t="s">
         <v>65</v>
       </c>
       <c r="F39">
         <v>14</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>2</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
@@ -6312,51 +6306,51 @@
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>111</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>3913Про розгляд клопотання громадян Бахурського Володимира Йосиповича та Коник Ігоря Івановича</t>
+          <t>ID - 3913,  Про розгляд клопотання громадян Бахурського Володимира Йосиповича та Коник Ігоря Івановича</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>64</v>
       </c>
       <c r="E40" t="s">
         <v>65</v>
       </c>
       <c r="F40">
         <v>12</v>
       </c>
       <c r="G40">
         <v>2</v>
       </c>
       <c r="H40">
         <v>2</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>51</v>
@@ -6457,51 +6451,51 @@
       <c r="AQ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>91</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>112</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>3914Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок з метою надання їх в оренду для будівництва індивідуальних гаражів</t>
+          <t>ID - 3914,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок з метою надання їх в оренду для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>49</v>
       </c>
       <c r="E41" t="s">
         <v>50</v>
       </c>
       <c r="F41">
         <v>22</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>51</v>
@@ -6745,51 +6739,51 @@
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>115</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>3916Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок з метою надання їх в оренду для будівництва індивідуальних гаражів</t>
+          <t>ID - 3916,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок з метою надання їх в оренду для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>59</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
       <c r="F43">
         <v>22</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
@@ -6890,51 +6884,51 @@
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>116</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>3917Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок та надання їх в оренду для будівництва індивідуальних гаражів</t>
+          <t>ID - 3917,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок та надання їх в оренду для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>64</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>21</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
@@ -7035,51 +7029,51 @@
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>117</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>3918Про розгляд клопотань Комунального підприємства «Комунальник» та Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України</t>
+          <t>ID - 3918,  Про розгляд клопотань Комунального підприємства «Комунальник» та Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>64</v>
       </c>
       <c r="E45" t="s">
         <v>50</v>
       </c>
       <c r="F45">
         <v>20</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
@@ -7178,52 +7172,52 @@
         <v>51</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>118</v>
       </c>
-      <c r="C46" s="4">
-        <v>3919</v>
+      <c r="C46" t="s" s="4">
+        <v>119</v>
       </c>
       <c r="D46" t="s">
         <v>49</v>
       </c>
       <c r="E46" t="s">
         <v>50</v>
       </c>
       <c r="F46">
         <v>20</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>51</v>
       </c>
@@ -7319,54 +7313,54 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>3920</v>
+        <v>120</v>
+      </c>
+      <c r="C47" t="s" s="4">
+        <v>121</v>
       </c>
       <c r="D47" t="s">
         <v>56</v>
       </c>
       <c r="E47" t="s">
         <v>50</v>
       </c>
       <c r="F47">
         <v>22</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>51</v>
       </c>
@@ -7462,55 +7456,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>3921Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
+          <t>ID - 3921,  Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>56</v>
       </c>
       <c r="E48" t="s">
         <v>65</v>
       </c>
       <c r="F48">
         <v>15</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>51</v>
@@ -7607,55 +7601,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>39221. Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
+          <t>ID - 3922,  1. Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>56</v>
       </c>
       <c r="E49" t="s">
         <v>65</v>
       </c>
       <c r="F49">
         <v>18</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>2</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
@@ -7752,54 +7746,54 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D50" t="s">
         <v>49</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
         <v>21</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
       </c>
@@ -7895,54 +7889,54 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D51" t="s">
         <v>56</v>
       </c>
       <c r="E51" t="s">
         <v>50</v>
       </c>
       <c r="F51">
         <v>22</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
       </c>
@@ -8038,54 +8032,54 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C52" t="s" s="4">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D52" t="s">
         <v>56</v>
       </c>
       <c r="E52" t="s">
         <v>65</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
       </c>
@@ -8181,54 +8175,54 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D53" t="s">
         <v>56</v>
       </c>
       <c r="E53" t="s">
         <v>65</v>
       </c>
       <c r="F53">
         <v>2</v>
       </c>
       <c r="G53">
         <v>2</v>
       </c>
       <c r="H53">
         <v>3</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>91</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>51</v>
       </c>
@@ -8324,54 +8318,54 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C54" t="s" s="4">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D54" t="s">
         <v>56</v>
       </c>
       <c r="E54" t="s">
         <v>65</v>
       </c>
       <c r="F54">
         <v>16</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
       </c>
@@ -8467,54 +8461,54 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D55" t="s">
         <v>56</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55">
         <v>21</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
       </c>
@@ -8610,54 +8604,54 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D56" t="s">
         <v>56</v>
       </c>
       <c r="E56" t="s">
         <v>50</v>
       </c>
       <c r="F56">
         <v>22</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
       </c>
@@ -8753,55 +8747,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>39301. Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
+          <t>ID - 3930,  1. Відмовити товариству з обмеженою відповідальністю «Укрпродторгсервіс» у продовжені оренди земельної дiлянки площею 0,0056 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград на вулиці Св. Володимира, 1-11 «а»,</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>56</v>
       </c>
       <c r="E57" t="s">
         <v>65</v>
       </c>
       <c r="F57">
         <v>19</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>1</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>51</v>
@@ -8898,54 +8892,54 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D58" t="s">
         <v>59</v>
       </c>
       <c r="E58" t="s">
         <v>50</v>
       </c>
       <c r="F58">
         <v>21</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
       </c>
@@ -9041,55 +9035,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>3932Про розгляд клопотання громадської організації «Спілки ветеранів АТО Червонограда ˮВоляˮ»</t>
+          <t>ID - 3932,  Про розгляд клопотання громадської організації «Спілки ветеранів АТО Червонограда ˮВоляˮ»</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>49</v>
       </c>
       <c r="E59" t="s">
         <v>50</v>
       </c>
       <c r="F59">
         <v>20</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
@@ -9186,55 +9180,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>3933Надати громадській організації «Спілка ветеранів АТО Червонограда ˮВоляˮ» на 24  років в оренду земельну дiлянку площею 0,4220 га, для будівництва та обслуговування будинку рибалки, (код КВЦПЗД - 07.01 для будівництва та обслуговування об’єктів рекреаційного призначення), в місті Червонограді на вулиці Б. Хмельницького, 2-5, встановивши річну орендну плату за земельну ділянку 1,5(півтора) % від її нормативної грошової оцінки, кадастровий номер земельної ділянки – 4611800000:04:013:0053.</t>
+          <t>ID - 3933,  Надати громадській організації «Спілка ветеранів АТО Червонограда ˮВоляˮ» на 24  років в оренду земельну дiлянку площею 0,4220 га, для будівництва та обслуговування будинку рибалки, (код КВЦПЗД - 07.01 для будівництва та обслуговування об’єктів рекреаційного призначення), в місті Червонограді на вулиці Б. Хмельницького, 2-5, встановивши річну орендну плату за земельну ділянку 1,5(півтора) % від її нормативної грошової оцінки, кадастровий номер земельної ділянки – 4611800000:04:013:0053.</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>56</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60">
         <v>20</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
@@ -9331,55 +9325,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>3934Про розгляд клопотання громадської організації «Спілки ветеранів АТО Червонограда ˮВоляˮ»</t>
+          <t>ID - 3934,  Про розгляд клопотання громадської організації «Спілки ветеранів АТО Червонограда ˮВоляˮ»</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>59</v>
       </c>
       <c r="E61" t="s">
         <v>50</v>
       </c>
       <c r="F61">
         <v>21</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>51</v>
@@ -9476,54 +9470,54 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C62" t="s" s="4">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D62" t="s">
         <v>49</v>
       </c>
       <c r="E62" t="s">
         <v>50</v>
       </c>
       <c r="F62">
         <v>22</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>51</v>
       </c>
@@ -9619,54 +9613,54 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C63" t="s" s="4">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D63" t="s">
         <v>56</v>
       </c>
       <c r="E63" t="s">
         <v>50</v>
       </c>
       <c r="F63">
         <v>21</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
       </c>
@@ -9762,54 +9756,54 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D64" t="s">
         <v>59</v>
       </c>
       <c r="E64" t="s">
         <v>50</v>
       </c>
       <c r="F64">
         <v>22</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
       </c>
@@ -9905,55 +9899,55 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>3938Про затвердження технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення для ведення товарного сільськогосподарського виробництва та передачу земельних ділянок в оренду</t>
+          <t>ID - 3938,  Про затвердження технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення для ведення товарного сільськогосподарського виробництва та передачу земельних ділянок в оренду</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>64</v>
       </c>
       <c r="E65" t="s">
         <v>50</v>
       </c>
       <c r="F65">
         <v>20</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
@@ -10050,54 +10044,56 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>151</v>
+      </c>
+      <c r="C66" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3940,  Про розгляд клопотання Товариства з з обмеженою відповідальністю «Акріс - Захід»</t>
+        </is>
       </c>
       <c r="D66" t="s">
         <v>49</v>
       </c>
       <c r="E66" t="s">
         <v>50</v>
       </c>
       <c r="F66">
         <v>21</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>51</v>
       </c>
@@ -10193,54 +10189,54 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D67" t="s">
         <v>56</v>
       </c>
       <c r="E67" t="s">
         <v>50</v>
       </c>
       <c r="F67">
         <v>20</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
       </c>
@@ -10336,54 +10332,56 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="C68" t="s" s="4">
         <v>154</v>
+      </c>
+      <c r="C68" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3942,  Про розгляд клопотання Товариства з з обмеженою відповідальністю «Акріс - Захід»</t>
+        </is>
       </c>
       <c r="D68" t="s">
         <v>59</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68">
         <v>20</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10767,52 +10765,54 @@
         <v>51</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>159</v>
       </c>
-      <c r="C71" t="s" s="4">
-        <v>160</v>
+      <c r="C71" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3945,  Про розгляд клопотання Товариства з обмеженою відповідальність «ЕКО - ТЕХРЕСУРС»</t>
+        </is>
       </c>
       <c r="D71" t="s">
         <v>49</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>21</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
@@ -10908,54 +10908,54 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>160</v>
+      </c>
+      <c r="C72" t="s" s="4">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D72" t="s">
         <v>56</v>
       </c>
       <c r="E72" t="s">
         <v>50</v>
       </c>
       <c r="F72">
         <v>20</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
       </c>
@@ -11051,54 +11051,56 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>162</v>
+      </c>
+      <c r="C73" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3947,  Про розгляд клопотання Товариства з обмеженою відповідальність «ЕКО - ТЕХРЕСУРС»</t>
+        </is>
       </c>
       <c r="D73" t="s">
         <v>59</v>
       </c>
       <c r="E73" t="s">
         <v>50</v>
       </c>
       <c r="F73">
         <v>21</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11194,55 +11196,55 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>3948Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Олеся, 5, кадастровий номер земельної діляки 4611800000:03:018:0058</t>
+          <t>ID - 3948,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Олеся, 5, кадастровий номер земельної діляки 4611800000:03:018:0058</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>64</v>
       </c>
       <c r="E74" t="s">
         <v>50</v>
       </c>
       <c r="F74">
         <v>21</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
@@ -11339,55 +11341,55 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>3949Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 3949,  Про затвердження проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>64</v>
       </c>
       <c r="E75" t="s">
         <v>50</v>
       </c>
       <c r="F75">
         <v>21</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
@@ -11484,55 +11486,55 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>3950Про продаж у власність земельної ділянки громадянину Сковрону Мар’яну Володимировичу</t>
+          <t>ID - 3950,  Про продаж у власність земельної ділянки громадянину Сковрону Мар’яну Володимировичу</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>49</v>
       </c>
       <c r="E76" t="s">
         <v>50</v>
       </c>
       <c r="F76">
         <v>20</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
@@ -11629,54 +11631,54 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D77" t="s">
         <v>56</v>
       </c>
       <c r="E77" t="s">
         <v>50</v>
       </c>
       <c r="F77">
         <v>21</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>51</v>
       </c>
@@ -11772,55 +11774,55 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>3952Про продаж у власність земельної ділянки громадянину Сковрону Мар’яну Володимировичу</t>
+          <t>ID - 3952,  Про продаж у власність земельної ділянки громадянину Сковрону Мар’яну Володимировичу</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>59</v>
       </c>
       <c r="E78" t="s">
         <v>50</v>
       </c>
       <c r="F78">
         <v>21</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
@@ -11917,54 +11919,54 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>3953</v>
+        <v>169</v>
+      </c>
+      <c r="C79" t="s" s="4">
+        <v>170</v>
       </c>
       <c r="D79" t="s">
         <v>49</v>
       </c>
       <c r="E79" t="s">
         <v>65</v>
       </c>
       <c r="F79">
         <v>15</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
       </c>
@@ -12060,55 +12062,55 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>3954Про надання дозволу на виготовлення технічної документацій із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) з метою зміни конфігурації земельної ділянки з кадастровим номером 4611800000:01:011:0288</t>
+          <t>ID - 3954,  Про надання дозволу на виготовлення технічної документацій із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) з метою зміни конфігурації земельної ділянки з кадастровим номером 4611800000:01:011:0288</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>64</v>
       </c>
       <c r="E80" t="s">
         <v>50</v>
       </c>
       <c r="F80">
         <v>21</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>51</v>
@@ -12205,55 +12207,55 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>3959Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3959,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>49</v>
       </c>
       <c r="E81" t="s">
         <v>50</v>
       </c>
       <c r="F81">
         <v>31</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>52</v>
@@ -12350,54 +12352,56 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>173</v>
+      </c>
+      <c r="C82" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3960,  Стенограмно озвучена правка Сементух Л. І. щодо виділення коштів для відділу освіти </t>
+        </is>
       </c>
       <c r="D82" t="s">
         <v>56</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>29</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>52</v>
       </c>
@@ -12493,55 +12497,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>3961Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3961,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>59</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>31</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>52</v>
@@ -12638,55 +12642,55 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>3962Про звільнення  Притулка В.Я. з посади старости виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 3962,  Про звільнення  Притулка В.Я. з посади старости виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>64</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
         <v>31</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>52</v>
@@ -12783,54 +12787,54 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D85" t="s">
         <v>49</v>
       </c>
       <c r="E85" t="s">
         <v>50</v>
       </c>
       <c r="F85">
         <v>24</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>51</v>
       </c>
@@ -12926,54 +12930,54 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D86" t="s">
         <v>56</v>
       </c>
       <c r="E86" t="s">
         <v>50</v>
       </c>
       <c r="F86">
         <v>25</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>51</v>
       </c>
@@ -13069,54 +13073,54 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D87" t="s">
         <v>59</v>
       </c>
       <c r="E87" t="s">
         <v>50</v>
       </c>
       <c r="F87">
         <v>25</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>51</v>
       </c>