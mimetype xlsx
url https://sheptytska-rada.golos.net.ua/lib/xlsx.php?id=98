--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="485" uniqueCount="485">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="486" uniqueCount="486">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XVI сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -218,387 +218,381 @@
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>17.03.22  10:25:08</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>17.03.22  10:37:40</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>17.03.22  10:40:30</t>
   </si>
   <si>
     <t>17.03.22  10:49:14</t>
   </si>
   <si>
-    <t>3357Про затвердження Статуту комунального підприємства «Школяр» в новiй  редакцiї</t>
-[...2 lines deleted...]
-    <t>3358Про введення штатних одиниць</t>
+    <t>ID - 3357,  Про затвердження Статуту комунального підприємства «Школяр» в новiй  редакцiї</t>
+  </si>
+  <si>
+    <t>ID - 3358,  Про введення штатних одиниць</t>
   </si>
   <si>
     <t>17.03.22  11:02:54</t>
   </si>
   <si>
-    <t>3361Про безоплатну передачу активів КП «Соснівський міський ринок»</t>
+    <t>ID - 3361,  Про безоплатну передачу активів КП «Соснівський міський ринок»</t>
   </si>
   <si>
     <t>17.03.22  11:06:36</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>17.03.22  11:08:30</t>
   </si>
   <si>
     <t>17.03.22  11:10:13</t>
   </si>
   <si>
     <t>17.03.22  11:11:48</t>
   </si>
   <si>
     <t>17.03.22  11:15:39</t>
   </si>
   <si>
-    <t>3378Про розгляд клопотань комунального підприємства Спортивний комплекс «Шахтар»</t>
+    <t>ID - 3378,  Про розгляд клопотань комунального підприємства Спортивний комплекс «Шахтар»</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>Проти: 3</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
-    <t>3382Про затвердження технічних документацій для ведення садівництва</t>
-[...53 lines deleted...]
-    <t>3419​​​​​​​Про розгляд клопотання підприємця Дошака Романа Зеноновича</t>
+    <t>ID - 3382,  Про затвердження технічних документацій для ведення садівництва</t>
+  </si>
+  <si>
+    <t>ID - 3384,  Про надання в оренду земельних ділянок</t>
+  </si>
+  <si>
+    <t>ID - 3386,  Про розгляд клопотання товариства з обмеженою відповідальністю «Заготпром»</t>
+  </si>
+  <si>
+    <t>ID - 3388,  Про розгляд клопотання громадянина Боровського Тараса Васильовича</t>
+  </si>
+  <si>
+    <t>ID - 3392,  Про продовження термiну оренди земельних ділянок</t>
+  </si>
+  <si>
+    <t>ID - 3393,  Про надання в оренду земельних ділянок</t>
+  </si>
+  <si>
+    <t>ID - 3395,  Про розгляд клопотання Сіледчика Василя Васильовича</t>
+  </si>
+  <si>
+    <t>ID - 3402,  Про розгляд клопотання громадянина Файчука Євгена Володимировича</t>
+  </si>
+  <si>
+    <t>ID - 3404,  Про розгляд клопотання Шишковської Наталії Михайлівни</t>
+  </si>
+  <si>
+    <t>ID - 3405,  Про розгляд клопотання Мазурука Олександра Вікторовича</t>
+  </si>
+  <si>
+    <t>ID - 3407,  Про внесення змiн в рішення Червоноградської мiської ради</t>
+  </si>
+  <si>
+    <t>ID - 3409,  Про розгляд клопотання громадянина Хоми Олега Васильовича</t>
+  </si>
+  <si>
+    <t>ID - 3410,  Про розгляд клопотання громадянина Дяківа Богдана Григоровича</t>
+  </si>
+  <si>
+    <t>ID - 3411,  Про розгляд клопотання громадянина Трофимовича Ігоря Миколайовича</t>
+  </si>
+  <si>
+    <t>ID - 3412,  Про розгляд клопотання громадянина Шумила Мирослава Омеляновича</t>
+  </si>
+  <si>
+    <t>ID - 3413,  Про розгляд клопотання громадянинаи Медюка Ігоря Володимировича</t>
+  </si>
+  <si>
+    <t>ID - 3417,  Про продаж земельної ділянки у власність громадянину Данчуку Ігорю Степановичу</t>
+  </si>
+  <si>
+    <t>ID - 3419,  ​​​​​​​Про розгляд клопотання підприємця Дошака Романа Зеноновича</t>
   </si>
   <si>
     <t>17.03.22  11:22:14</t>
   </si>
   <si>
     <t>17.03.22  11:23:10</t>
   </si>
   <si>
     <t>17.03.22  11:24:49</t>
   </si>
   <si>
     <t>17.03.22  11:26:01</t>
   </si>
   <si>
     <t>17.03.22  11:27:20</t>
   </si>
   <si>
-    <t>3431Про розгляд клопотання громадянина Войценко Івана Аркадійовича</t>
+    <t>ID - 3431,  Про розгляд клопотання громадянина Войценко Івана Аркадійовича</t>
   </si>
   <si>
     <t>17.03.22  11:29:30</t>
   </si>
   <si>
-    <t>3432Про розгляд клопотання Брюхович Марії Іванівни</t>
+    <t>ID - 3432,  Про розгляд клопотання Брюхович Марії Іванівни</t>
   </si>
   <si>
     <t>17.03.22  11:33:20</t>
   </si>
   <si>
-    <t>3434Про розгляд клопотань комунального підприємства Спортивний комплекс «Шахтар»</t>
+    <t>ID - 3434,  Про розгляд клопотань комунального підприємства Спортивний комплекс «Шахтар»</t>
   </si>
   <si>
     <t>17.03.22  11:38:34</t>
   </si>
   <si>
-    <t>3440Про надання в оренду земельних ділянок</t>
+    <t>ID - 3440,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>17.03.22  11:39:21</t>
   </si>
   <si>
     <t>17.03.22  11:40:29</t>
   </si>
   <si>
-    <t>3442Про розгляд клопотання товариства з обмеженою відповідальністю «Заготпром»</t>
+    <t>ID - 3442,  Про розгляд клопотання товариства з обмеженою відповідальністю «Заготпром»</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>17.03.22  11:42:05</t>
   </si>
   <si>
-    <t>3444Про розгляд клопотання громадянина Боровського Тараса Васильовича</t>
+    <t>ID - 3444,  Про розгляд клопотання громадянина Боровського Тараса Васильовича</t>
   </si>
   <si>
     <t>17.03.22  11:46:21</t>
   </si>
   <si>
-    <t>3448Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 3448,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>17.03.22  11:47:13</t>
   </si>
   <si>
-    <t>3449Про надання в оренду земельних ділянок</t>
+    <t>ID - 3449,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>17.03.22  11:48:04</t>
   </si>
   <si>
     <t>17.03.22  11:49:03</t>
   </si>
   <si>
-    <t>3451Про розгляд клопотання Сіледчика Василя Васильовича</t>
+    <t>ID - 3451,  Про розгляд клопотання Сіледчика Василя Васильовича</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>17.03.22  11:49:57</t>
   </si>
   <si>
     <t>17.03.22  11:50:53</t>
   </si>
   <si>
     <t>17.03.22  11:52:11</t>
   </si>
   <si>
     <t>17.03.22  11:53:36</t>
   </si>
   <si>
     <t>17.03.22  11:55:02</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>17.03.22  11:56:29</t>
   </si>
   <si>
     <t>17.03.22  11:57:27</t>
   </si>
   <si>
-    <t>3458Про розгляд клопотання громадянина Файчука Євгена Володимировича</t>
+    <t>ID - 3458,  Про розгляд клопотання громадянина Файчука Євгена Володимировича</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>17.03.22  11:58:34</t>
   </si>
   <si>
     <t>17.03.22  12:00:09</t>
   </si>
   <si>
-    <t>3460Про розгляд клопотання Шишковської Наталії Михайлівни</t>
+    <t>ID - 3460,  Про розгляд клопотання Шишковської Наталії Михайлівни</t>
   </si>
   <si>
     <t>17.03.22  12:01:21</t>
   </si>
   <si>
-    <t>3461Про розгляд клопотання Мазурука Олександра Вікторовича</t>
+    <t>ID - 3461,  Про розгляд клопотання Мазурука Олександра Вікторовича</t>
   </si>
   <si>
     <t>17.03.22  12:03:11</t>
   </si>
   <si>
     <t>17.03.22  12:05:26</t>
   </si>
   <si>
-    <t>3463Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 3463,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>17.03.22  12:07:29</t>
   </si>
   <si>
-    <t>3465Про розгляд клопотання громадянина Хоми Олега Васильовича</t>
+    <t>ID - 3465,  Про розгляд клопотання громадянина Хоми Олега Васильовича</t>
   </si>
   <si>
     <t>17.03.22  12:08:25</t>
   </si>
   <si>
-    <t>3466Про розгляд клопотання громадянина Дяківа Богдана Григоровича</t>
+    <t>ID - 3466,  Про розгляд клопотання громадянина Дяківа Богдана Григоровича</t>
   </si>
   <si>
     <t>17.03.22  12:09:51</t>
   </si>
   <si>
-    <t>3467Про розгляд клопотання громадянина Трофимовича Ігоря Миколайовича</t>
+    <t>ID - 3467,  Про розгляд клопотання громадянина Трофимовича Ігоря Миколайовича</t>
   </si>
   <si>
     <t>17.03.22  12:10:55</t>
   </si>
   <si>
-    <t>3468Про розгляд клопотання громадянина Шумила Мирослава Омеляновича</t>
+    <t>ID - 3468,  Про розгляд клопотання громадянина Шумила Мирослава Омеляновича</t>
   </si>
   <si>
     <t>17.03.22  12:11:53</t>
   </si>
   <si>
-    <t>3469Про розгляд клопотання громадянинаи Медюка Ігоря Володимировича</t>
+    <t>ID - 3469,  Про розгляд клопотання громадянинаи Медюка Ігоря Володимировича</t>
   </si>
   <si>
     <t>17.03.22  12:12:55</t>
   </si>
   <si>
-    <t>3470Про розгляд клопотань громадян щодо затвердження проектів землеустрою в селі Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>17.03.22  12:14:37</t>
   </si>
   <si>
     <t>17.03.22  12:15:52</t>
   </si>
   <si>
     <t>17.03.22  12:16:54</t>
   </si>
   <si>
-    <t>3473Про продаж земельної ділянки у власність громадянину Данчуку Ігорю Степановичу</t>
+    <t>ID - 3473,  Про продаж земельної ділянки у власність громадянину Данчуку Ігорю Степановичу</t>
   </si>
   <si>
     <t>17.03.22  12:18:10</t>
   </si>
   <si>
     <t>17.03.22  12:19:20</t>
   </si>
   <si>
-    <t>3475​​​​​​​Про розгляд клопотання підприємця Дошака Романа Зеноновича</t>
+    <t>ID - 3475,  ​​​​​​​Про розгляд клопотання підприємця Дошака Романа Зеноновича</t>
   </si>
   <si>
     <t>17.03.22  12:21:56</t>
   </si>
   <si>
     <t>17.03.22  12:23:05</t>
   </si>
   <si>
     <t>17.03.22  12:24:07</t>
   </si>
   <si>
     <t>17.03.22  12:25:17</t>
   </si>
   <si>
     <t>17.03.22  12:27:01</t>
   </si>
   <si>
     <t>17.03.22  12:28:32</t>
   </si>
   <si>
     <t>17.03.22  12:29:40</t>
   </si>
   <si>
     <t>24.03.22  10:18:40</t>
   </si>
   <si>
     <t>24.03.22  10:21:24</t>
   </si>
   <si>
     <t>24.03.22  10:25:20</t>
   </si>
   <si>
-    <t>3489Про внесення змін до місцевих програм на 2022 рік</t>
+    <t>ID - 3489,  Про внесення змін до місцевих програм на 2022 рік</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>24.03.22  10:27:50</t>
   </si>
   <si>
     <t>24.03.22  10:28:22</t>
   </si>
   <si>
-    <t>3491Про внесення змін до місцевих програм на 2022 рік</t>
+    <t>ID - 3491,  Про внесення змін до місцевих програм на 2022 рік</t>
   </si>
   <si>
     <t>24.03.22  10:46:07</t>
   </si>
   <si>
     <t>24.03.22  10:47:02</t>
   </si>
   <si>
     <t>За: 10</t>
   </si>
   <si>
     <t>Утримались: 8</t>
   </si>
   <si>
     <t>24.03.22  10:54:31</t>
   </si>
   <si>
     <t>За: 2</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>24.03.22  10:58:15</t>
   </si>
@@ -647,570 +641,579 @@
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>24.03.22  11:29:14</t>
   </si>
   <si>
     <t>24.03.22  11:31:06</t>
   </si>
   <si>
     <t>24.03.22  11:32:55</t>
   </si>
   <si>
     <t>24.03.22  11:35:49</t>
   </si>
   <si>
     <t>24.03.22  11:39:38</t>
   </si>
   <si>
     <t>24.03.22  11:41:45</t>
   </si>
   <si>
     <t>24.03.22  11:44:02</t>
   </si>
   <si>
-    <t>3510Про надання одноразової грошової допомоги</t>
+    <t>ID - 3510,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>24.03.22  11:46:00</t>
   </si>
   <si>
-    <t>3511озвучені стенограмно  колективні подання Кудриком І.І.</t>
+    <t>ID - 3511,  озвучені стенограмно  колективні подання Кудриком І.І.</t>
   </si>
   <si>
     <t>24.03.22  11:49:11</t>
   </si>
   <si>
-    <t>3512Про надання одноразової грошової допомоги</t>
+    <t>ID - 3512,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>24.03.22  11:51:23</t>
   </si>
   <si>
-    <t>3513Про внесення змін до рішення Червоноградської міської ради №21 від 10.12.2020 року  </t>
+    <t>ID - 3513,  Про внесення змін до рішення Червоноградської міської ради №21 від 10.12.2020 року  </t>
   </si>
   <si>
     <t>24.03.22  11:57:27</t>
   </si>
   <si>
-    <t>3514Про депутатськi запити</t>
+    <t>ID - 3514,  Про депутатськi запити</t>
   </si>
   <si>
     <t>24.03.22  11:58:13</t>
   </si>
   <si>
-    <t>3515За запити Фартшука Д,І., Кулаковського С.Ю. </t>
+    <t>ID - 3515,  За запити Фартшука Д,І., Кулаковського С.Ю. </t>
   </si>
   <si>
     <t>24.03.22  11:58:41</t>
   </si>
   <si>
-    <t>3516Про депутатськi запити</t>
+    <t>ID - 3516,  Про депутатськi запити</t>
   </si>
   <si>
     <t>24.03.22  12:00:05</t>
   </si>
   <si>
-    <t>3517Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 3517,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>24.03.22  12:09:00</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>24.03.22  12:09:27</t>
   </si>
   <si>
-    <t>3519Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 3519,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>24.03.22  12:11:14</t>
   </si>
   <si>
-    <t>3520Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
+    <t>ID - 3520,  Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>24.03.22  12:13:13</t>
   </si>
   <si>
     <t>24.03.22  12:14:19</t>
   </si>
   <si>
     <t>24.03.22  12:14:55</t>
   </si>
   <si>
     <t>24.03.22  12:16:34</t>
   </si>
   <si>
+    <t>ID - 3524,  </t>
+  </si>
+  <si>
     <t>24.03.22  12:18:05</t>
   </si>
   <si>
+    <t>ID - 3525,  </t>
+  </si>
+  <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>24.03.22  12:18:35</t>
   </si>
   <si>
+    <t>ID - 3526,  </t>
+  </si>
+  <si>
     <t>Змінне</t>
   </si>
   <si>
     <t>24.03.22  12:19:12</t>
   </si>
   <si>
-    <t>3527Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
+    <t>ID - 3527,  Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>24.03.22  12:21:09</t>
   </si>
   <si>
     <t>24.03.22  12:21:39</t>
   </si>
   <si>
-    <t>3529Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
+    <t>ID - 3529,  Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>24.03.22  12:22:14</t>
   </si>
   <si>
     <t>24.03.22  12:24:38</t>
   </si>
   <si>
-    <t>3531Стенограмно озвучені Балком Д..І. </t>
+    <t>ID - 3531,  Стенограмно озвучені Балком Д..І. </t>
   </si>
   <si>
     <t>24.03.22  12:26:53</t>
   </si>
   <si>
     <t>24.03.22  12:27:49</t>
   </si>
   <si>
     <t>24.03.22  12:29:37</t>
   </si>
   <si>
-    <t>3534Стенограмно озвучені Балком Д.І. </t>
+    <t>ID - 3534,  Стенограмно озвучені Балком Д.І. </t>
   </si>
   <si>
     <t>24.03.22  12:30:07</t>
   </si>
   <si>
     <t>24.03.22  12:33:02</t>
   </si>
   <si>
     <t>24.03.22  12:33:33</t>
   </si>
   <si>
     <t>24.03.22  12:35:10</t>
   </si>
   <si>
-    <t>3538Про розгляд клопотання громадянина Козоріза Романа Миколайовича</t>
+    <t>ID - 3538,  Про розгляд клопотання громадянина Козоріза Романа Миколайовича</t>
   </si>
   <si>
     <t>24.03.22  12:36:19</t>
   </si>
   <si>
     <t>24.03.22  12:39:00</t>
   </si>
   <si>
-    <t>3540Стенограмно озвучена правка Балком Д.І.</t>
+    <t>ID - 3540,  Стенограмно озвучена правка Балком Д.І.</t>
   </si>
   <si>
     <t>24.03.22  12:39:34</t>
   </si>
   <si>
     <t>24.03.22  12:40:14</t>
   </si>
   <si>
     <t>24.03.22  12:42:20</t>
   </si>
   <si>
-    <t>3543у п.2 замінити Волсвин на Поздимир. Скорегувати площу  </t>
+    <t>ID - 3543,  у п.2 замінити Волсвин на Поздимир. Скорегувати площу  </t>
   </si>
   <si>
     <t>24.03.22  12:43:02</t>
   </si>
   <si>
     <t>24.03.22  12:43:44</t>
   </si>
   <si>
     <t>24.03.22  12:45:30</t>
   </si>
   <si>
     <t>24.03.22  12:45:58</t>
   </si>
   <si>
     <t>14.04.22  10:19:07</t>
   </si>
   <si>
     <t>14.04.22  10:21:58</t>
   </si>
   <si>
     <t>14.04.22  10:35:34</t>
   </si>
   <si>
     <t>14.04.22  10:44:58</t>
   </si>
   <si>
     <t>14.04.22  10:45:34</t>
   </si>
   <si>
     <t>14.04.22  10:52:45</t>
   </si>
   <si>
     <t>14.04.22  10:56:15</t>
   </si>
   <si>
     <t>14.04.22  10:57:40</t>
   </si>
   <si>
     <t>14.04.22  11:03:06</t>
   </si>
   <si>
-    <t>3561Про   надання  дозволу КП «Червоно-граджитлокомунсервіс»  на списання дерев</t>
+    <t>ID - 3561,  Про   надання  дозволу КП «Червоно-граджитлокомунсервіс»  на списання дерев</t>
   </si>
   <si>
     <t>14.04.22  11:07:46</t>
   </si>
   <si>
     <t>14.04.22  11:16:55</t>
   </si>
   <si>
-    <t>3563Про розгляд клопотання приватного підприємства «Золотва»</t>
+    <t>ID - 3563,  Про розгляд клопотання приватного підприємства «Золотва»</t>
   </si>
   <si>
     <t>14.04.22  11:29:23</t>
   </si>
   <si>
     <t>14.04.22  11:32:25</t>
   </si>
   <si>
-    <t>3565Про перейменування вулиць Червоноградської міської територіальної громади   </t>
+    <t>ID - 3565,  Про перейменування вулиць Червоноградської міської територіальної громади   </t>
   </si>
   <si>
     <t>14.04.22  11:49:57</t>
   </si>
   <si>
     <t>14.04.22  11:50:23</t>
   </si>
   <si>
-    <t>3567Про перейменування вулиць Червоноградської міської територіальної громади   </t>
+    <t>ID - 3567,  Про перейменування вулиць Червоноградської міської територіальної громади   </t>
   </si>
   <si>
     <t>14.04.22  11:51:29</t>
   </si>
   <si>
-    <t>3568Про безоплатну передачу малоцінних необоротних матеріальних активів</t>
+    <t>ID - 3568,  Про безоплатну передачу малоцінних необоротних матеріальних активів</t>
   </si>
   <si>
     <t>14.04.22  11:52:29</t>
   </si>
   <si>
-    <t>3569Про безоплатну передачу малоцінних та швидкозношуваних предметів</t>
+    <t>ID - 3569,  Про безоплатну передачу малоцінних та швидкозношуваних предметів</t>
   </si>
   <si>
     <t>14.04.22  11:54:30</t>
   </si>
   <si>
     <t>14.04.22  11:56:17</t>
   </si>
   <si>
     <t>14.04.22  11:59:21</t>
   </si>
   <si>
     <t>14.04.22  12:41:02</t>
   </si>
   <si>
     <t>14.04.22  12:43:21</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>14.04.22  12:44:50</t>
   </si>
   <si>
     <t>14.04.22  12:46:32</t>
   </si>
   <si>
     <t>14.04.22  12:51:09</t>
   </si>
   <si>
     <t>14.04.22  13:00:06</t>
   </si>
   <si>
     <t>14.04.22  13:19:17</t>
   </si>
   <si>
     <t>14.04.22  13:22:50</t>
   </si>
   <si>
     <t>14.04.22  13:23:41</t>
   </si>
   <si>
-    <t>3581Стенограмно озвучено Кудриком І.І. колективне подання для гр. Пастушин </t>
+    <t>ID - 3581,  Стенограмно озвучено Кудриком І.І. колективне подання для гр. Пастушин </t>
   </si>
   <si>
     <t>14.04.22  13:24:10</t>
   </si>
   <si>
     <t>14.04.22  13:26:52</t>
   </si>
   <si>
     <t>14.04.22  13:28:02</t>
   </si>
   <si>
     <t>14.04.22  13:28:39</t>
   </si>
   <si>
     <t>05.05.22  10:26:28</t>
   </si>
   <si>
-    <t>3592Про зміни до програм місцевого значення на 2022 рік</t>
+    <t>ID - 3592,  Про зміни до програм місцевого значення на 2022 рік</t>
   </si>
   <si>
     <t>05.05.22  10:56:25</t>
   </si>
   <si>
     <t>05.05.22  10:59:20</t>
   </si>
   <si>
-    <t>3594Про зміни до програм місцевого значення на 2022 рік</t>
+    <t>ID - 3594,  Про зміни до програм місцевого значення на 2022 рік</t>
   </si>
   <si>
     <t>05.05.22  11:00:44</t>
   </si>
   <si>
     <t>05.05.22  11:01:46</t>
   </si>
   <si>
     <t>05.05.22  11:03:15</t>
   </si>
   <si>
     <t>05.05.22  11:05:28</t>
   </si>
   <si>
     <t>05.05.22  11:08:09</t>
   </si>
   <si>
     <t>05.05.22  11:10:25</t>
   </si>
   <si>
     <t>05.05.22  11:16:42</t>
   </si>
   <si>
     <t>05.05.22  11:19:05</t>
   </si>
   <si>
     <t>05.05.22  11:21:31</t>
   </si>
   <si>
     <t>05.05.22  11:23:13</t>
   </si>
   <si>
     <t>05.05.22  11:24:41</t>
   </si>
   <si>
     <t>05.05.22  11:28:37</t>
   </si>
   <si>
     <t>05.05.22  11:36:28</t>
   </si>
   <si>
     <t>05.05.22  11:39:23</t>
   </si>
   <si>
-    <t>3608Про розгляд клопотання Фермерського господарства Бас І.М.</t>
+    <t>ID - 3608,  Про розгляд клопотання Фермерського господарства Бас І.М.</t>
   </si>
   <si>
     <t>05.05.22  11:43:26</t>
   </si>
   <si>
-    <t>3609становити річну орендну плату за земельну ділянку 8 % для всіх пунктів у рішенні</t>
+    <t>ID - 3609,  становити річну орендну плату за земельну ділянку 8 % для всіх пунктів у рішенні</t>
   </si>
   <si>
     <t>05.05.22  11:43:50</t>
   </si>
   <si>
-    <t>3610Про розгляд клопотання Фермерського господарства Бас І.М.</t>
+    <t>ID - 3610,  Про розгляд клопотання Фермерського господарства Бас І.М.</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>05.05.22  12:04:16</t>
   </si>
   <si>
-    <t>3612Про розгляд клопотання Фермерського господарства Тобяш В.С.</t>
+    <t>ID - 3612,  Про розгляд клопотання Фермерського господарства Тобяш В.С.</t>
   </si>
   <si>
     <t>05.05.22  12:04:42</t>
   </si>
   <si>
-    <t>3613становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
+    <t>ID - 3613,  становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
   </si>
   <si>
     <t>05.05.22  12:05:05</t>
   </si>
   <si>
-    <t>3614Про розгляд клопотання Фермерського господарства Тобяш В.С.</t>
+    <t>ID - 3614,  Про розгляд клопотання Фермерського господарства Тобяш В.С.</t>
   </si>
   <si>
     <t>05.05.22  12:06:30</t>
   </si>
   <si>
-    <t>3616Про розгляд клопотання Фермерського господарства Бас І.М.</t>
+    <t>ID - 3616,  Про розгляд клопотання Фермерського господарства Бас І.М.</t>
   </si>
   <si>
     <t>05.05.22  12:07:09</t>
   </si>
   <si>
-    <t>3617становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
+    <t>ID - 3617,  становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
   </si>
   <si>
     <t>05.05.22  12:07:36</t>
   </si>
   <si>
-    <t>3618Про розгляд клопотання Фермерського господарства Бас І.М.</t>
+    <t>ID - 3618,  Про розгляд клопотання Фермерського господарства Бас І.М.</t>
   </si>
   <si>
     <t>05.05.22  12:09:04</t>
   </si>
   <si>
-    <t>3619Про розгляд клопотання Фермерського господарства Шумило М.О.</t>
+    <t>ID - 3619,  Про розгляд клопотання Фермерського господарства Шумило М.О.</t>
   </si>
   <si>
     <t>05.05.22  12:09:29</t>
   </si>
   <si>
-    <t>3620становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
+    <t>ID - 3620,  становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
   </si>
   <si>
     <t>05.05.22  12:09:57</t>
   </si>
   <si>
-    <t>3621Про розгляд клопотання Фермерського господарства Шумило М.О.</t>
+    <t>ID - 3621,  Про розгляд клопотання Фермерського господарства Шумило М.О.</t>
   </si>
   <si>
     <t>05.05.22  12:10:35</t>
   </si>
   <si>
-    <t>3622Про розгляд клопотання Фермерського господарства Батюх М.М.</t>
+    <t>ID - 3622,  Про розгляд клопотання Фермерського господарства Батюх М.М.</t>
   </si>
   <si>
     <t>05.05.22  12:11:31</t>
   </si>
   <si>
-    <t>3623становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
+    <t>ID - 3623,  становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
   </si>
   <si>
     <t>05.05.22  12:11:58</t>
   </si>
   <si>
-    <t>3624Про розгляд клопотання Фермерського господарства Батюх М.М.</t>
+    <t>ID - 3624,  Про розгляд клопотання Фермерського господарства Батюх М.М.</t>
   </si>
   <si>
     <t>05.05.22  12:12:25</t>
   </si>
   <si>
-    <t>3625Про розгляд клопотання Фермерського господарства Богун М.Б.</t>
+    <t>ID - 3625,  Про розгляд клопотання Фермерського господарства Богун М.Б.</t>
   </si>
   <si>
     <t>05.05.22  12:14:21</t>
   </si>
   <si>
-    <t>3626становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
+    <t>ID - 3626,  становити річну орендну плату за земельну ділянку 3 % для всіх пунктів у рішенні</t>
   </si>
   <si>
     <t>05.05.22  12:14:55</t>
   </si>
   <si>
-    <t>3627Про розгляд клопотання Фермерського господарства Богун М.Б.</t>
+    <t>ID - 3627,  Про розгляд клопотання Фермерського господарства Богун М.Б.</t>
   </si>
   <si>
     <t>05.05.22  12:16:48</t>
   </si>
   <si>
     <t>05.05.22  12:17:54</t>
   </si>
   <si>
     <t>05.05.22  12:20:28</t>
   </si>
   <si>
-    <t>3630Про надання в оренду земельних ділянок</t>
+    <t>ID - 3630,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>05.05.22  12:22:41</t>
   </si>
   <si>
-    <t>3631Про розгляд клопотання громадянина Канафоцького Ігоря Івановича</t>
+    <t>ID - 3631,  Про розгляд клопотання громадянина Канафоцького Ігоря Івановича</t>
   </si>
   <si>
     <t>05.05.22  12:23:53</t>
   </si>
   <si>
-    <t>3632Про розгляд клопотання фізичної особи підприємця Різника Богдана Ярославовича</t>
+    <t>ID - 3632,  Про розгляд клопотання фізичної особи підприємця Різника Богдана Ярославовича</t>
   </si>
   <si>
     <t>05.05.22  12:25:08</t>
   </si>
   <si>
     <t>05.05.22  12:28:41</t>
   </si>
   <si>
     <t>19.05.22  16:28:47</t>
   </si>
   <si>
     <t>19.05.22  16:38:33</t>
   </si>
   <si>
-    <t>3643  Добавити 40 тисяч у  програму про надання одноразової грошової допомоги  </t>
+    <t>ID - 3643,    Добавити 40 тисяч у  програму про надання одноразової грошової допомоги  </t>
   </si>
   <si>
     <t>19.05.22  16:42:59</t>
   </si>
   <si>
     <t>19.05.22  16:43:37</t>
   </si>
   <si>
     <t>19.05.22  16:46:31</t>
   </si>
   <si>
     <t>19.05.22  16:47:53</t>
   </si>
   <si>
     <t>19.05.22  16:48:32</t>
   </si>
   <si>
-    <t>3648Колобову Кирилу Михайловичу 10 000 </t>
+    <t>ID - 3648,  Колобову Кирилу Михайловичу 10 000 </t>
   </si>
   <si>
     <t>19.05.22  16:49:03</t>
   </si>
   <si>
     <t>19.05.22  16:50:24</t>
   </si>
   <si>
     <t>За: 253</t>
   </si>
   <si>
     <t>За: 167</t>
   </si>
   <si>
     <t>За: 123</t>
   </si>
   <si>
     <t>За: 160</t>
   </si>
   <si>
     <t>За: 238</t>
   </si>
   <si>
     <t>За: 135</t>
   </si>
@@ -1729,51 +1732,51 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>3342Про виконання бюджету Червоноградської міської територіальної громади  за 2021 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3342,  Про виконання бюджету Червоноградської міської територіальної громади  за 2021 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1874,51 +1877,51 @@
       <c r="AQ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>3343 Рішення в редакції стенограмно озвучено Сементух Л.І.  щодо коштів на військово-силових витрат та резерв</t>
+          <t>ID - 3343,   Рішення в редакції стенограмно озвучено Сементух Л.І.  щодо коштів на військово-силових витрат та резерв</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>55</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>49</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>50</v>
@@ -2019,51 +2022,51 @@
       <c r="AQ3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>3344Про виконання бюджету Червоноградської міської територіальної громади  за 2021 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3344,  Про виконання бюджету Червоноградської міської територіальної громади  за 2021 рік та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>58</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -2164,51 +2167,51 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>3351Про ініціювання створення Асоціації територіальних громад, розташованих в межах басейну річки Західний Буг «Надбужжя – Україна»</t>
+          <t>ID - 3351,  Про ініціювання створення Асоціації територіальних громад, розташованих в межах басейну річки Західний Буг «Надбужжя – Україна»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>60</v>
       </c>
       <c r="E5" t="s">
         <v>61</v>
       </c>
       <c r="F5" t="s">
         <v>62</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -2309,51 +2312,51 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>3352Про ініціювання створення Асоціації територіальних громад, розташованих в межах басейну річки Західний Буг «Надбужжя – Україна»</t>
+          <t>ID - 3352,  Про ініціювання створення Асоціації територіальних громад, розташованих в межах басейну річки Західний Буг «Надбужжя – Україна»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>60</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>64</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -2454,51 +2457,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>3353Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік (13587000000) (код бюджету)</t>
+          <t>ID - 3353,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік (13587000000) (код бюджету)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>66</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>49</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -2599,51 +2602,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>3354Про резервний фонд бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3354,  Про резервний фонд бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>60</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -2744,51 +2747,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>3356Про перейменування Червоноградської міської централізованої бібліотечної системи у комунальний заклад  «Червоноградська публічна бібліотека» Червоноградської міської ради та затвердження Статуту комунального закладу «Червоноградська публічна бібліотека» Червоноградської міської ради</t>
+          <t>ID - 3356,  Про перейменування Червоноградської міської централізованої бібліотечної системи у комунальний заклад  «Червоноградська публічна бібліотека» Червоноградської міської ради та затвердження Статуту комунального закладу «Червоноградська публічна бібліотека» Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>60</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>64</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -3175,51 +3178,51 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>71</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>3360Про надання дозволу на вiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, пр. Шевченка,16</t>
+          <t>ID - 3360,  Про надання дозволу на вiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, пр. Шевченка,16</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>66</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -3463,51 +3466,51 @@
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>3362Про       надання       дозволу  кому нальному пiдприємству `Червонограджитлокомунсервiс` на списання з  балансу  об`єкта комунальної власностi - нежитлового  примiщення   </t>
+          <t>ID - 3362,  Про       надання       дозволу  кому нальному пiдприємству `Червонограджитлокомунсервiс` на списання з  балансу  об`єкта комунальної власностi - нежитлового  примiщення   </t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>60</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>66</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
@@ -3608,51 +3611,51 @@
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>71</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>3363Про внесення змiн до рiшення   від 24.06.2021року №572 Червоноградської мiської ради       «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
+          <t>ID - 3363,  Про внесення змiн до рiшення   від 24.06.2021року №572 Червоноградської мiської ради       «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>60</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>66</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
         <v>49</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
@@ -3753,51 +3756,51 @@
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>3364«Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на 2022 рiк»</t>
+          <t>ID - 3364,  «Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на 2022 рiк»</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>60</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>66</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -3898,51 +3901,51 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>3365Про затвердження Статуту комунального підприємства «Червоноградський ринок» в новiй  редакцiї</t>
+          <t>ID - 3365,  Про затвердження Статуту комунального підприємства «Червоноградський ринок» в новiй  редакцiї</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>60</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" t="s">
         <v>66</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>49</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
@@ -4043,51 +4046,51 @@
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>71</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>3366Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП Спортивний комплекс «Шахтар» капiтальних вкладень</t>
+          <t>ID - 3366,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП Спортивний комплекс «Шахтар» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>66</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
@@ -4188,51 +4191,51 @@
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>71</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>3367Про встановлення орендної плати за оренду нерухомого та окремого індивідуально визначеного майна закладів дошкільної освіти на період воєнного стану</t>
+          <t>ID - 3367,  Про встановлення орендної плати за оренду нерухомого та окремого індивідуально визначеного майна закладів дошкільної освіти на період воєнного стану</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>66</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>49</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -4333,51 +4336,51 @@
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>3368Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП Спортивний комплекс «Шахтар» капiтальних вкладень</t>
+          <t>ID - 3368,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП Спортивний комплекс «Шахтар» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>55</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>74</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -4478,51 +4481,51 @@
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>76</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>3369Про надання згоди на безоплатну передачу  у  комунальну власність Червоноградської міської територіальної громади вбудованого нежитлового приміщення першого поверху буд.23 по вул. Стуса у м. Червоноград</t>
+          <t>ID - 3369,  Про надання згоди на безоплатну передачу  у  комунальну власність Червоноградської міської територіальної громади вбудованого нежитлового приміщення першого поверху буд.23 по вул. Стуса у м. Червоноград</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>64</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>49</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
@@ -4623,51 +4626,51 @@
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>77</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>3371Про затвердження  Програми фінансування робіт з капітального ремонту багатоквартирних житлових будинків Червоноградсь-кої міської територіальної громади на 2022-2025 роки</t>
+          <t>ID - 3371,  Про затвердження  Програми фінансування робіт з капітального ремонту багатоквартирних житлових будинків Червоноградсь-кої міської територіальної громади на 2022-2025 роки</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>60</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>66</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -4768,51 +4771,51 @@
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>77</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>3372Про   надання згоди керівникам комунальних підприємств  виконавчого комітету Червоноградської міської ради  на вчинення значних господарських правочинів</t>
+          <t>ID - 3372,  Про   надання згоди керівникам комунальних підприємств  виконавчого комітету Червоноградської міської ради  на вчинення значних господарських правочинів</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>60</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
         <v>66</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>49</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
@@ -4913,51 +4916,51 @@
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>77</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>3373Про   надання згоди директору КП «Комунальник» на вчинення значних господарських правочинів</t>
+          <t>ID - 3373,  Про   надання згоди директору КП «Комунальник» на вчинення значних господарських правочинів</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>60</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
         <v>66</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>49</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
@@ -5058,51 +5061,51 @@
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>78</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>3375Про безоплатну передачу обладнання системи відеоспостереження на баланс     КП «Соснівкажитлокомунсервіс»</t>
+          <t>ID - 3375,  Про безоплатну передачу обладнання системи відеоспостереження на баланс     КП «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
         <v>66</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
         <v>49</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
@@ -5203,51 +5206,51 @@
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>3376Про  розроблення детального плану території колишньої шахти «Великомостівська №5»  в с. Волсвин  (за межами населеного пункту) Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 3376,  Про  розроблення детального плану території колишньої шахти «Великомостівська №5»  в с. Волсвин  (за межами населеного пункту) Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>60</v>
       </c>
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" t="s">
         <v>66</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
         <v>49</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
@@ -5491,51 +5494,51 @@
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>3379Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка) та передачу їх у власність</t>
+          <t>ID - 3379,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка) та передачу їх у власність</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>60</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
         <v>81</v>
       </c>
       <c r="G28" t="s">
         <v>82</v>
       </c>
       <c r="H28" t="s">
         <v>83</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>84</v>
@@ -5636,51 +5639,51 @@
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>79</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>3380Про затвердження проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій</t>
+          <t>ID - 3380,  Про затвердження проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>60</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
         <v>81</v>
       </c>
       <c r="G29" t="s">
         <v>82</v>
       </c>
       <c r="H29" t="s">
         <v>83</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>84</v>
@@ -5781,51 +5784,51 @@
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>79</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>3381Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для ведення особистого селянського господарства</t>
+          <t>ID - 3381,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>60</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="G30" t="s">
         <v>82</v>
       </c>
       <c r="H30" t="s">
         <v>83</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>84</v>
@@ -6069,51 +6072,51 @@
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>79</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>3383Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 3383,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
         <v>81</v>
       </c>
       <c r="G32" t="s">
         <v>82</v>
       </c>
       <c r="H32" t="s">
         <v>83</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>84</v>
@@ -6357,51 +6360,51 @@
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>79</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>3385Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 3385,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>81</v>
       </c>
       <c r="G34" t="s">
         <v>82</v>
       </c>
       <c r="H34" t="s">
         <v>83</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>84</v>
@@ -6645,51 +6648,51 @@
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>79</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>3387Про затвердження проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій на території Червоноградської міської ради</t>
+          <t>ID - 3387,  Про затвердження проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>60</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36" t="s">
         <v>81</v>
       </c>
       <c r="G36" t="s">
         <v>82</v>
       </c>
       <c r="H36" t="s">
         <v>83</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>84</v>
@@ -6933,51 +6936,51 @@
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>3389Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 3389,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>46</v>
       </c>
       <c r="F38" t="s">
         <v>81</v>
       </c>
       <c r="G38" t="s">
         <v>82</v>
       </c>
       <c r="H38" t="s">
         <v>83</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>84</v>
@@ -7078,51 +7081,51 @@
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>3390Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка) та передачу їх у власність</t>
+          <t>ID - 3390,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка) та передачу їх у власність</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>46</v>
       </c>
       <c r="F39" t="s">
         <v>81</v>
       </c>
       <c r="G39" t="s">
         <v>82</v>
       </c>
       <c r="H39" t="s">
         <v>83</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>84</v>
@@ -7223,51 +7226,51 @@
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>79</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>3391Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва на території Червоноградської міської ради</t>
+          <t>ID - 3391,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>60</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>81</v>
       </c>
       <c r="G40" t="s">
         <v>82</v>
       </c>
       <c r="H40" t="s">
         <v>83</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>84</v>
@@ -7654,51 +7657,51 @@
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>79</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>3394Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 3394,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>46</v>
       </c>
       <c r="F43" t="s">
         <v>81</v>
       </c>
       <c r="G43" t="s">
         <v>82</v>
       </c>
       <c r="H43" t="s">
         <v>83</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>84</v>
@@ -7942,51 +7945,51 @@
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>79</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>3396Про резервування земельних ділянок для учасників бойових дій на території Червоноградської міської ради</t>
+          <t>ID - 3396,  Про резервування земельних ділянок для учасників бойових дій на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>60</v>
       </c>
       <c r="E45" t="s">
         <v>46</v>
       </c>
       <c r="F45" t="s">
         <v>81</v>
       </c>
       <c r="G45" t="s">
         <v>82</v>
       </c>
       <c r="H45" t="s">
         <v>83</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>84</v>
@@ -8087,51 +8090,51 @@
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>79</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>3397Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 3397,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>60</v>
       </c>
       <c r="E46" t="s">
         <v>46</v>
       </c>
       <c r="F46" t="s">
         <v>81</v>
       </c>
       <c r="G46" t="s">
         <v>82</v>
       </c>
       <c r="H46" t="s">
         <v>83</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>84</v>
@@ -8232,51 +8235,51 @@
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>79</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>3398Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій</t>
+          <t>ID - 3398,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>60</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>81</v>
       </c>
       <c r="G47" t="s">
         <v>82</v>
       </c>
       <c r="H47" t="s">
         <v>83</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>84</v>
@@ -8377,51 +8380,51 @@
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>79</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>3399Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 3399,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>46</v>
       </c>
       <c r="F48" t="s">
         <v>81</v>
       </c>
       <c r="G48" t="s">
         <v>82</v>
       </c>
       <c r="H48" t="s">
         <v>83</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>84</v>
@@ -8522,51 +8525,51 @@
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>79</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>3400​​​​​​​Про розгляд клопотання релігійної громади Української Греко-Католицької Церкви с. Добрячин та клопотання громадянина Полєтухи Романа Олександровича</t>
+          <t>ID - 3400,  ​​​​​​​Про розгляд клопотання релігійної громади Української Греко-Католицької Церкви с. Добрячин та клопотання громадянина Полєтухи Романа Олександровича</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>60</v>
       </c>
       <c r="E49" t="s">
         <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>81</v>
       </c>
       <c r="G49" t="s">
         <v>82</v>
       </c>
       <c r="H49" t="s">
         <v>83</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>84</v>
@@ -8667,51 +8670,51 @@
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>79</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>3401Про розгляд клопотань громадян про надання дозволу на розроблення проектів землеустрою на території Червоноградської міської ради</t>
+          <t>ID - 3401,  Про розгляд клопотань громадян про надання дозволу на розроблення проектів землеустрою на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>60</v>
       </c>
       <c r="E50" t="s">
         <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>81</v>
       </c>
       <c r="G50" t="s">
         <v>82</v>
       </c>
       <c r="H50" t="s">
         <v>83</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>84</v>
@@ -8955,51 +8958,51 @@
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>79</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>3403Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою  в м. Червонограді та с. Волсвин</t>
+          <t>ID - 3403,  Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою  в м. Червонограді та с. Волсвин</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>60</v>
       </c>
       <c r="E52" t="s">
         <v>46</v>
       </c>
       <c r="F52" t="s">
         <v>81</v>
       </c>
       <c r="G52" t="s">
         <v>82</v>
       </c>
       <c r="H52" t="s">
         <v>83</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>84</v>
@@ -9386,51 +9389,51 @@
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>79</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>3406Про надання дозволу на виготовлення технічної документації щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
+          <t>ID - 3406,  Про надання дозволу на виготовлення технічної документації щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>60</v>
       </c>
       <c r="E55" t="s">
         <v>46</v>
       </c>
       <c r="F55" t="s">
         <v>81</v>
       </c>
       <c r="G55" t="s">
         <v>82</v>
       </c>
       <c r="H55" t="s">
         <v>83</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>84</v>
@@ -9674,51 +9677,51 @@
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>79</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>3408Про затвердження технічних документацій із землеустрою на території Червоноградської міської ради</t>
+          <t>ID - 3408,  Про затвердження технічних документацій із землеустрою на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>60</v>
       </c>
       <c r="E57" t="s">
         <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>81</v>
       </c>
       <c r="G57" t="s">
         <v>82</v>
       </c>
       <c r="H57" t="s">
         <v>83</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>84</v>
@@ -10532,52 +10535,54 @@
         <v>50</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>79</v>
       </c>
-      <c r="C63" t="s" s="4">
-        <v>101</v>
+      <c r="C63" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3414,  Про розгляд клопотань громадян щодо затвердження проектів землеустрою в селі Сілець</t>
+        </is>
       </c>
       <c r="D63" t="s">
         <v>60</v>
       </c>
       <c r="E63" t="s">
         <v>46</v>
       </c>
       <c r="F63" t="s">
         <v>81</v>
       </c>
       <c r="G63" t="s">
         <v>82</v>
       </c>
       <c r="H63" t="s">
         <v>83</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>84</v>
       </c>
@@ -10677,51 +10682,51 @@
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>79</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>3415Про надання дозволу на виготовлення технічної документації iз землеустрою щодо поділу та об’єднання земельних ділянок за межами населеного пункту села Сілець</t>
+          <t>ID - 3415,  Про надання дозволу на виготовлення технічної документації iз землеустрою щодо поділу та об’єднання земельних ділянок за межами населеного пункту села Сілець</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>60</v>
       </c>
       <c r="E64" t="s">
         <v>46</v>
       </c>
       <c r="F64" t="s">
         <v>81</v>
       </c>
       <c r="G64" t="s">
         <v>82</v>
       </c>
       <c r="H64" t="s">
         <v>83</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>84</v>
@@ -10822,51 +10827,51 @@
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>79</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>3416Про продаж земельної ділянки у власність громадянину Дещиці Володимиру Сильвестровичу</t>
+          <t>ID - 3416,  Про продаж земельної ділянки у власність громадянину Дещиці Володимиру Сильвестровичу</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>60</v>
       </c>
       <c r="E65" t="s">
         <v>46</v>
       </c>
       <c r="F65" t="s">
         <v>81</v>
       </c>
       <c r="G65" t="s">
         <v>82</v>
       </c>
       <c r="H65" t="s">
         <v>83</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>84</v>
@@ -10966,51 +10971,51 @@
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>79</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D66" t="s">
         <v>60</v>
       </c>
       <c r="E66" t="s">
         <v>46</v>
       </c>
       <c r="F66" t="s">
         <v>81</v>
       </c>
       <c r="G66" t="s">
         <v>82</v>
       </c>
       <c r="H66" t="s">
         <v>83</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>84</v>
       </c>
@@ -11110,51 +11115,51 @@
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>79</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>3418Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича,  довіреної особи Сковрона Мар’яна Володимировича</t>
+          <t>ID - 3418,  Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича,  довіреної особи Сковрона Мар’яна Володимировича</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>60</v>
       </c>
       <c r="E67" t="s">
         <v>46</v>
       </c>
       <c r="F67" t="s">
         <v>81</v>
       </c>
       <c r="G67" t="s">
         <v>82</v>
       </c>
       <c r="H67" t="s">
         <v>83</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>84</v>
@@ -11254,51 +11259,51 @@
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>79</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D68" t="s">
         <v>60</v>
       </c>
       <c r="E68" t="s">
         <v>46</v>
       </c>
       <c r="F68" t="s">
         <v>81</v>
       </c>
       <c r="G68" t="s">
         <v>82</v>
       </c>
       <c r="H68" t="s">
         <v>83</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>84</v>
       </c>
@@ -11398,51 +11403,51 @@
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>79</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>3420Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Волсвин вул. Яструбецька, кадастровий номер земельної ділянки 4624881300:10:005:0023</t>
+          <t>ID - 3420,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Волсвин вул. Яструбецька, кадастровий номер земельної ділянки 4624881300:10:005:0023</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>60</v>
       </c>
       <c r="E69" t="s">
         <v>46</v>
       </c>
       <c r="F69" t="s">
         <v>81</v>
       </c>
       <c r="G69" t="s">
         <v>82</v>
       </c>
       <c r="H69" t="s">
         <v>83</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>84</v>
@@ -11543,51 +11548,51 @@
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>79</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>3421Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Волсвин, кадастровий номер земельної ділянки 4624881300:10:004:0036</t>
+          <t>ID - 3421,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Волсвин, кадастровий номер земельної ділянки 4624881300:10:004:0036</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>60</v>
       </c>
       <c r="E70" t="s">
         <v>46</v>
       </c>
       <c r="F70" t="s">
         <v>81</v>
       </c>
       <c r="G70" t="s">
         <v>82</v>
       </c>
       <c r="H70" t="s">
         <v>83</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>84</v>
@@ -11688,51 +11693,51 @@
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>79</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>3422Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Героїв Майдану, 23 «г», кадастровий номер земельної ділянки 4611800000:02:012:0081</t>
+          <t>ID - 3422,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Героїв Майдану, 23 «г», кадастровий номер земельної ділянки 4611800000:02:012:0081</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>60</v>
       </c>
       <c r="E71" t="s">
         <v>46</v>
       </c>
       <c r="F71" t="s">
         <v>81</v>
       </c>
       <c r="G71" t="s">
         <v>82</v>
       </c>
       <c r="H71" t="s">
         <v>83</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>84</v>
@@ -11833,51 +11838,51 @@
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>79</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>3423Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Будівельна, 7 «а», кадастровий номер земельної ділянки 4611800000:02:011:0114</t>
+          <t>ID - 3423,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Будівельна, 7 «а», кадастровий номер земельної ділянки 4611800000:02:011:0114</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>60</v>
       </c>
       <c r="E72" t="s">
         <v>46</v>
       </c>
       <c r="F72" t="s">
         <v>81</v>
       </c>
       <c r="G72" t="s">
         <v>82</v>
       </c>
       <c r="H72" t="s">
         <v>83</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>84</v>
@@ -11978,51 +11983,51 @@
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>79</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>3424Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Стуса, 26 «б», кадастровий номер земельної ділянки 4611800000:02:009:0032</t>
+          <t>ID - 3424,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Стуса, 26 «б», кадастровий номер земельної ділянки 4611800000:02:009:0032</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>60</v>
       </c>
       <c r="E73" t="s">
         <v>46</v>
       </c>
       <c r="F73" t="s">
         <v>81</v>
       </c>
       <c r="G73" t="s">
         <v>82</v>
       </c>
       <c r="H73" t="s">
         <v>83</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>84</v>
@@ -12123,51 +12128,51 @@
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>79</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>3425Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді  на вул. Львівська, 13, кадастровий номер земельної ділянки 4611800000:03:010:0061</t>
+          <t>ID - 3425,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді  на вул. Львівська, 13, кадастровий номер земельної ділянки 4611800000:03:010:0061</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>60</v>
       </c>
       <c r="E74" t="s">
         <v>46</v>
       </c>
       <c r="F74" t="s">
         <v>81</v>
       </c>
       <c r="G74" t="s">
         <v>82</v>
       </c>
       <c r="H74" t="s">
         <v>83</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>84</v>
@@ -12268,51 +12273,51 @@
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>79</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>3426Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 2 «в», кадастровий номер земельної ділянки 4611800000:02:003:0042</t>
+          <t>ID - 3426,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 2 «в», кадастровий номер земельної ділянки 4611800000:02:003:0042</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>60</v>
       </c>
       <c r="E75" t="s">
         <v>46</v>
       </c>
       <c r="F75" t="s">
         <v>81</v>
       </c>
       <c r="G75" t="s">
         <v>82</v>
       </c>
       <c r="H75" t="s">
         <v>83</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>84</v>
@@ -12409,55 +12414,55 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>3427Про внесення змiн в рішення Червоноградської мiської ради від 27.01.2022 №1070 «Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 62, кадастровий номер земельної ділянки 4611800000:02:002:0187 »</t>
+          <t>ID - 3427,  Про внесення змiн в рішення Червоноградської мiської ради від 27.01.2022 №1070 «Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 62, кадастровий номер земельної ділянки 4611800000:02:002:0187 »</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>60</v>
       </c>
       <c r="E76" t="s">
         <v>46</v>
       </c>
       <c r="F76" t="s">
         <v>64</v>
       </c>
       <c r="G76" t="s">
         <v>48</v>
       </c>
       <c r="H76" t="s">
         <v>49</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>50</v>
@@ -12554,55 +12559,55 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>3428Про розгляд клопотання Головного управління Національної поліції у Львівській області</t>
+          <t>ID - 3428,  Про розгляд клопотання Головного управління Національної поліції у Львівській області</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>60</v>
       </c>
       <c r="E77" t="s">
         <v>46</v>
       </c>
       <c r="F77" t="s">
         <v>66</v>
       </c>
       <c r="G77" t="s">
         <v>48</v>
       </c>
       <c r="H77" t="s">
         <v>49</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>50</v>
@@ -12699,55 +12704,55 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>3429Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича, довіреної особи Маліцкої Ірини Йосипівни</t>
+          <t>ID - 3429,  Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича, довіреної особи Маліцкої Ірини Йосипівни</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>60</v>
       </c>
       <c r="E78" t="s">
         <v>46</v>
       </c>
       <c r="F78" t="s">
         <v>64</v>
       </c>
       <c r="G78" t="s">
         <v>48</v>
       </c>
       <c r="H78" t="s">
         <v>49</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>50</v>
@@ -12844,55 +12849,55 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>3430​​​​​​​Про розгляд клопотання Публічному акціонерного товариства «Львівська вугільна компанія»</t>
+          <t>ID - 3430,  ​​​​​​​Про розгляд клопотання Публічному акціонерного товариства «Львівська вугільна компанія»</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>60</v>
       </c>
       <c r="E79" t="s">
         <v>46</v>
       </c>
       <c r="F79" t="s">
         <v>58</v>
       </c>
       <c r="G79" t="s">
         <v>48</v>
       </c>
       <c r="H79" t="s">
         <v>49</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>50</v>
@@ -12989,54 +12994,54 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>107</v>
+      </c>
+      <c r="C80" t="s" s="4">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D80" t="s">
         <v>60</v>
       </c>
       <c r="E80" t="s">
         <v>46</v>
       </c>
       <c r="F80" t="s">
         <v>55</v>
       </c>
       <c r="G80" t="s">
         <v>48</v>
       </c>
       <c r="H80" t="s">
         <v>49</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>50</v>
       </c>
@@ -13132,54 +13137,54 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>109</v>
+      </c>
+      <c r="C81" t="s" s="4">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D81" t="s">
         <v>60</v>
       </c>
       <c r="E81" t="s">
         <v>46</v>
       </c>
       <c r="F81" t="s">
         <v>64</v>
       </c>
       <c r="G81" t="s">
         <v>48</v>
       </c>
       <c r="H81" t="s">
         <v>49</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>50</v>
       </c>
@@ -13275,54 +13280,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>111</v>
+      </c>
+      <c r="C82" t="s" s="4">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D82" t="s">
         <v>60</v>
       </c>
       <c r="E82" t="s">
         <v>46</v>
       </c>
       <c r="F82" t="s">
         <v>55</v>
       </c>
       <c r="G82" t="s">
         <v>48</v>
       </c>
       <c r="H82" t="s">
         <v>49</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>50</v>
       </c>
@@ -13418,54 +13423,54 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>113</v>
+      </c>
+      <c r="C83" t="s" s="4">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>46</v>
       </c>
       <c r="F83" t="s">
         <v>58</v>
       </c>
       <c r="G83" t="s">
         <v>48</v>
       </c>
       <c r="H83" t="s">
         <v>49</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>50</v>
       </c>
@@ -13561,55 +13566,55 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>3441Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 3441,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>46</v>
       </c>
       <c r="F84" t="s">
         <v>55</v>
       </c>
       <c r="G84" t="s">
         <v>48</v>
       </c>
       <c r="H84" t="s">
         <v>49</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>50</v>
@@ -13706,63 +13711,63 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>116</v>
+      </c>
+      <c r="C85" t="s" s="4">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D85" t="s">
         <v>60</v>
       </c>
       <c r="E85" t="s">
         <v>46</v>
       </c>
       <c r="F85" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G85" t="s">
         <v>48</v>
       </c>
       <c r="H85" t="s">
         <v>49</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>52</v>
       </c>
@@ -13849,54 +13854,54 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>119</v>
+      </c>
+      <c r="C86" t="s" s="4">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D86" t="s">
         <v>60</v>
       </c>
       <c r="E86" t="s">
         <v>46</v>
       </c>
       <c r="F86" t="s">
         <v>58</v>
       </c>
       <c r="G86" t="s">
         <v>48</v>
       </c>
       <c r="H86" t="s">
         <v>49</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>50</v>
       </c>
@@ -13992,54 +13997,54 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>121</v>
+      </c>
+      <c r="C87" t="s" s="4">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D87" t="s">
         <v>60</v>
       </c>
       <c r="E87" t="s">
         <v>46</v>
       </c>
       <c r="F87" t="s">
         <v>58</v>
       </c>
       <c r="G87" t="s">
         <v>48</v>
       </c>
       <c r="H87" t="s">
         <v>49</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>50</v>
       </c>
@@ -14135,54 +14140,54 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>123</v>
+      </c>
+      <c r="C88" t="s" s="4">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D88" t="s">
         <v>60</v>
       </c>
       <c r="E88" t="s">
         <v>46</v>
       </c>
       <c r="F88" t="s">
         <v>58</v>
       </c>
       <c r="G88" t="s">
         <v>48</v>
       </c>
       <c r="H88" t="s">
         <v>49</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>50</v>
       </c>
@@ -14278,55 +14283,55 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>3450Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 3450,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>60</v>
       </c>
       <c r="E89" t="s">
         <v>46</v>
       </c>
       <c r="F89" t="s">
         <v>58</v>
       </c>
       <c r="G89" t="s">
         <v>48</v>
       </c>
       <c r="H89" t="s">
         <v>49</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>50</v>
@@ -14423,66 +14428,66 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>126</v>
+      </c>
+      <c r="C90" t="s" s="4">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
         <v>46</v>
       </c>
       <c r="F90" t="s">
         <v>47</v>
       </c>
       <c r="G90" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H90" t="s">
         <v>74</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>84</v>
       </c>
       <c r="L90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O90" t="s" s="5">
         <v>51</v>
       </c>
@@ -14566,55 +14571,55 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>3452Про резервування земельних ділянок для учасників бойових дій на території Червоноградської міської ради</t>
+          <t>ID - 3452,  Про резервування земельних ділянок для учасників бойових дій на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>60</v>
       </c>
       <c r="E91" t="s">
         <v>46</v>
       </c>
       <c r="F91" t="s">
         <v>64</v>
       </c>
       <c r="G91" t="s">
         <v>48</v>
       </c>
       <c r="H91" t="s">
         <v>49</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>50</v>
@@ -14711,55 +14716,55 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>3453Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 3453,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>60</v>
       </c>
       <c r="E92" t="s">
         <v>46</v>
       </c>
       <c r="F92" t="s">
         <v>58</v>
       </c>
       <c r="G92" t="s">
         <v>48</v>
       </c>
       <c r="H92" t="s">
         <v>49</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>50</v>
@@ -14856,55 +14861,55 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>3454Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій</t>
+          <t>ID - 3454,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>60</v>
       </c>
       <c r="E93" t="s">
         <v>46</v>
       </c>
       <c r="F93" t="s">
         <v>64</v>
       </c>
       <c r="G93" t="s">
         <v>48</v>
       </c>
       <c r="H93" t="s">
         <v>49</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>50</v>
@@ -15001,55 +15006,55 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
-          <t>3455Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 3455,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>60</v>
       </c>
       <c r="E94" t="s">
         <v>46</v>
       </c>
       <c r="F94" t="s">
         <v>55</v>
       </c>
       <c r="G94" t="s">
         <v>48</v>
       </c>
       <c r="H94" t="s">
         <v>49</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>50</v>
@@ -15146,65 +15151,65 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>3456​​​​​​​Про розгляд клопотання релігійної громади Української Греко-Католицької Церкви с. Добрячин та клопотання громадянина Полєтухи Романа Олександровича</t>
+          <t>ID - 3456,  ​​​​​​​Про розгляд клопотання релігійної громади Української Греко-Католицької Церкви с. Добрячин та клопотання громадянина Полєтухи Романа Олександровича</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>60</v>
       </c>
       <c r="E95" t="s">
         <v>46</v>
       </c>
       <c r="F95" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G95" t="s">
         <v>48</v>
       </c>
       <c r="H95" t="s">
         <v>49</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>50</v>
       </c>
@@ -15291,65 +15296,65 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>3457Про розгляд клопотань громадян про надання дозволу на розроблення проектів землеустрою на території Червоноградської міської ради</t>
+          <t>ID - 3457,  Про розгляд клопотань громадян про надання дозволу на розроблення проектів землеустрою на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>60</v>
       </c>
       <c r="E96" t="s">
         <v>46</v>
       </c>
       <c r="F96" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G96" t="s">
         <v>48</v>
       </c>
       <c r="H96" t="s">
         <v>49</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>50</v>
       </c>
@@ -15436,63 +15441,63 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>136</v>
+      </c>
+      <c r="C97" t="s" s="4">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D97" t="s">
         <v>60</v>
       </c>
       <c r="E97" t="s">
         <v>46</v>
       </c>
       <c r="F97" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G97" t="s">
         <v>48</v>
       </c>
       <c r="H97" t="s">
         <v>49</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>52</v>
       </c>
@@ -15579,65 +15584,65 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>3459Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою  в м. Червонограді та с. Волсвин</t>
+          <t>ID - 3459,  Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою  в м. Червонограді та с. Волсвин</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>60</v>
       </c>
       <c r="E98" t="s">
         <v>46</v>
       </c>
       <c r="F98" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G98" t="s">
         <v>48</v>
       </c>
       <c r="H98" t="s">
         <v>49</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>50</v>
       </c>
@@ -15724,63 +15729,63 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>140</v>
+      </c>
+      <c r="C99" t="s" s="4">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D99" t="s">
         <v>60</v>
       </c>
       <c r="E99" t="s">
         <v>46</v>
       </c>
       <c r="F99" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G99" t="s">
         <v>48</v>
       </c>
       <c r="H99" t="s">
         <v>49</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>50</v>
       </c>
@@ -15867,54 +15872,54 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
+        <v>142</v>
+      </c>
+      <c r="C100" t="s" s="4">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D100" t="s">
         <v>60</v>
       </c>
       <c r="E100" t="s">
         <v>46</v>
       </c>
       <c r="F100" t="s">
         <v>55</v>
       </c>
       <c r="G100" t="s">
         <v>48</v>
       </c>
       <c r="H100" t="s">
         <v>49</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>50</v>
       </c>
@@ -16010,65 +16015,65 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>3462Про надання дозволу на виготовлення технічної документації щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
+          <t>ID - 3462,  Про надання дозволу на виготовлення технічної документації щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>60</v>
       </c>
       <c r="E101" t="s">
         <v>46</v>
       </c>
       <c r="F101" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G101" t="s">
         <v>48</v>
       </c>
       <c r="H101" t="s">
         <v>49</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>50</v>
       </c>
@@ -16155,54 +16160,54 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>145</v>
+      </c>
+      <c r="C102" t="s" s="4">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D102" t="s">
         <v>60</v>
       </c>
       <c r="E102" t="s">
         <v>46</v>
       </c>
       <c r="F102" t="s">
         <v>55</v>
       </c>
       <c r="G102" t="s">
         <v>48</v>
       </c>
       <c r="H102" t="s">
         <v>49</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>50</v>
       </c>
@@ -16298,54 +16303,54 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>147</v>
+      </c>
+      <c r="C103" t="s" s="4">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D103" t="s">
         <v>60</v>
       </c>
       <c r="E103" t="s">
         <v>46</v>
       </c>
       <c r="F103" t="s">
         <v>55</v>
       </c>
       <c r="G103" t="s">
         <v>48</v>
       </c>
       <c r="H103" t="s">
         <v>49</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>50</v>
       </c>
@@ -16441,54 +16446,54 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>149</v>
+      </c>
+      <c r="C104" t="s" s="4">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D104" t="s">
         <v>60</v>
       </c>
       <c r="E104" t="s">
         <v>46</v>
       </c>
       <c r="F104" t="s">
         <v>58</v>
       </c>
       <c r="G104" t="s">
         <v>48</v>
       </c>
       <c r="H104" t="s">
         <v>49</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>50</v>
       </c>
@@ -16584,54 +16589,54 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>151</v>
+      </c>
+      <c r="C105" t="s" s="4">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D105" t="s">
         <v>60</v>
       </c>
       <c r="E105" t="s">
         <v>46</v>
       </c>
       <c r="F105" t="s">
         <v>58</v>
       </c>
       <c r="G105" t="s">
         <v>48</v>
       </c>
       <c r="H105" t="s">
         <v>49</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>50</v>
       </c>
@@ -16727,54 +16732,54 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>153</v>
+      </c>
+      <c r="C106" t="s" s="4">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D106" t="s">
         <v>60</v>
       </c>
       <c r="E106" t="s">
         <v>46</v>
       </c>
       <c r="F106" t="s">
         <v>55</v>
       </c>
       <c r="G106" t="s">
         <v>48</v>
       </c>
       <c r="H106" t="s">
         <v>49</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>50</v>
       </c>
@@ -16870,54 +16875,54 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>155</v>
+      </c>
+      <c r="C107" t="s" s="4">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D107" t="s">
         <v>60</v>
       </c>
       <c r="E107" t="s">
         <v>46</v>
       </c>
       <c r="F107" t="s">
         <v>55</v>
       </c>
       <c r="G107" t="s">
         <v>48</v>
       </c>
       <c r="H107" t="s">
         <v>49</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>50</v>
       </c>
@@ -17013,54 +17018,56 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>157</v>
+      </c>
+      <c r="C108" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3470,  Про розгляд клопотань громадян щодо затвердження проектів землеустрою в селі Сілець</t>
+        </is>
       </c>
       <c r="D108" t="s">
         <v>60</v>
       </c>
       <c r="E108" t="s">
         <v>46</v>
       </c>
       <c r="F108" t="s">
         <v>55</v>
       </c>
       <c r="G108" t="s">
         <v>48</v>
       </c>
       <c r="H108" t="s">
         <v>49</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>50</v>
       </c>
@@ -17156,55 +17163,55 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>3471Про надання дозволу на виготовлення технічної документації iз землеустрою щодо поділу та об’єднання земельних ділянок за межами населеного пункту села Сілець</t>
+          <t>ID - 3471,  Про надання дозволу на виготовлення технічної документації iз землеустрою щодо поділу та об’єднання земельних ділянок за межами населеного пункту села Сілець</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>60</v>
       </c>
       <c r="E109" t="s">
         <v>46</v>
       </c>
       <c r="F109" t="s">
         <v>55</v>
       </c>
       <c r="G109" t="s">
         <v>48</v>
       </c>
       <c r="H109" t="s">
         <v>49</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>52</v>
@@ -17301,55 +17308,55 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>3472Про продаж земельної ділянки у власність громадянину Дещиці Володимиру Сильвестровичу</t>
+          <t>ID - 3472,  Про продаж земельної ділянки у власність громадянину Дещиці Володимиру Сильвестровичу</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>60</v>
       </c>
       <c r="E110" t="s">
         <v>46</v>
       </c>
       <c r="F110" t="s">
         <v>55</v>
       </c>
       <c r="G110" t="s">
         <v>48</v>
       </c>
       <c r="H110" t="s">
         <v>49</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>50</v>
@@ -17446,54 +17453,54 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D111" t="s">
         <v>60</v>
       </c>
       <c r="E111" t="s">
         <v>46</v>
       </c>
       <c r="F111" t="s">
         <v>58</v>
       </c>
       <c r="G111" t="s">
         <v>48</v>
       </c>
       <c r="H111" t="s">
         <v>49</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>50</v>
       </c>
@@ -17589,55 +17596,55 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>3474Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича,  довіреної особи Сковрона Мар’яна Володимировича</t>
+          <t>ID - 3474,  Про розгляд клопотання громадянина Маліцкого Михайла Ігоровича,  довіреної особи Сковрона Мар’яна Володимировича</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>60</v>
       </c>
       <c r="E112" t="s">
         <v>46</v>
       </c>
       <c r="F112" t="s">
         <v>55</v>
       </c>
       <c r="G112" t="s">
         <v>48</v>
       </c>
       <c r="H112" t="s">
         <v>49</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>50</v>
@@ -17734,54 +17741,54 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C113" t="s" s="4">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D113" t="s">
         <v>60</v>
       </c>
       <c r="E113" t="s">
         <v>46</v>
       </c>
       <c r="F113" t="s">
         <v>55</v>
       </c>
       <c r="G113" t="s">
         <v>48</v>
       </c>
       <c r="H113" t="s">
         <v>49</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>50</v>
       </c>
@@ -17877,55 +17884,55 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>3476Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Волсвин вул. Яструбецька, кадастровий номер земельної ділянки 4624881300:10:005:0023</t>
+          <t>ID - 3476,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Волсвин вул. Яструбецька, кадастровий номер земельної ділянки 4624881300:10:005:0023</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>60</v>
       </c>
       <c r="E114" t="s">
         <v>46</v>
       </c>
       <c r="F114" t="s">
         <v>55</v>
       </c>
       <c r="G114" t="s">
         <v>48</v>
       </c>
       <c r="H114" t="s">
         <v>49</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>50</v>
@@ -18022,55 +18029,55 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>3477Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Волсвин, кадастровий номер земельної ділянки 4624881300:10:004:0036</t>
+          <t>ID - 3477,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Волсвин, кадастровий номер земельної ділянки 4624881300:10:004:0036</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>60</v>
       </c>
       <c r="E115" t="s">
         <v>46</v>
       </c>
       <c r="F115" t="s">
         <v>58</v>
       </c>
       <c r="G115" t="s">
         <v>48</v>
       </c>
       <c r="H115" t="s">
         <v>49</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>50</v>
@@ -18167,65 +18174,65 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>3478Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Героїв Майдану, 23 «г», кадастровий номер земельної ділянки 4611800000:02:012:0081</t>
+          <t>ID - 3478,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Героїв Майдану, 23 «г», кадастровий номер земельної ділянки 4611800000:02:012:0081</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>60</v>
       </c>
       <c r="E116" t="s">
         <v>46</v>
       </c>
       <c r="F116" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G116" t="s">
         <v>48</v>
       </c>
       <c r="H116" t="s">
         <v>49</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>52</v>
       </c>
@@ -18312,55 +18319,55 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>3479Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Будівельна, 7 «а», кадастровий номер земельної ділянки 4611800000:02:011:0114</t>
+          <t>ID - 3479,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Будівельна, 7 «а», кадастровий номер земельної ділянки 4611800000:02:011:0114</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>60</v>
       </c>
       <c r="E117" t="s">
         <v>46</v>
       </c>
       <c r="F117" t="s">
         <v>55</v>
       </c>
       <c r="G117" t="s">
         <v>48</v>
       </c>
       <c r="H117" t="s">
         <v>49</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>50</v>
@@ -18457,68 +18464,68 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>3480Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Стуса, 26 «б», кадастровий номер земельної ділянки 4611800000:02:009:0032</t>
+          <t>ID - 3480,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. Стуса, 26 «б», кадастровий номер земельної ділянки 4611800000:02:009:0032</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>60</v>
       </c>
       <c r="E118" t="s">
         <v>46</v>
       </c>
       <c r="F118" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G118" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H118" t="s">
         <v>49</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M118" t="s" s="5">
         <v>84</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O118" t="s" s="5">
         <v>51</v>
       </c>
@@ -18602,55 +18609,55 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
-          <t>3481Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді  на вул. Львівська, 13, кадастровий номер земельної ділянки 4611800000:03:010:0061</t>
+          <t>ID - 3481,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді  на вул. Львівська, 13, кадастровий номер земельної ділянки 4611800000:03:010:0061</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>60</v>
       </c>
       <c r="E119" t="s">
         <v>46</v>
       </c>
       <c r="F119" t="s">
         <v>58</v>
       </c>
       <c r="G119" t="s">
         <v>48</v>
       </c>
       <c r="H119" t="s">
         <v>49</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>50</v>
@@ -18747,55 +18754,55 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>3482Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 2 «в», кадастровий номер земельної ділянки 4611800000:02:003:0042</t>
+          <t>ID - 3482,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червонограді на вул. С. Бандери, 2 «в», кадастровий номер земельної ділянки 4611800000:02:003:0042</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>60</v>
       </c>
       <c r="E120" t="s">
         <v>46</v>
       </c>
       <c r="F120" t="s">
         <v>58</v>
       </c>
       <c r="G120" t="s">
         <v>48</v>
       </c>
       <c r="H120" t="s">
         <v>49</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>50</v>
@@ -18892,55 +18899,55 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>3487Про погодження кандидатур командирів добровольчих формувань Червоноградської міської територіальної громади та визначення їх місць розташування</t>
+          <t>ID - 3487,  Про погодження кандидатур командирів добровольчих формувань Червоноградської міської територіальної громади та визначення їх місць розташування</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>60</v>
       </c>
       <c r="E121" t="s">
         <v>46</v>
       </c>
       <c r="F121" t="s">
         <v>55</v>
       </c>
       <c r="G121" t="s">
         <v>48</v>
       </c>
       <c r="H121" t="s">
         <v>49</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>50</v>
@@ -19037,55 +19044,55 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>3488Про встановлення орендної плати для Львівського обласного територіального центру комплектування та соціальної підтримки за інше окреме індивідуально визначене майно на період воєнного стану</t>
+          <t>ID - 3488,  Про встановлення орендної плати для Львівського обласного територіального центру комплектування та соціальної підтримки за інше окреме індивідуально визначене майно на період воєнного стану</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>60</v>
       </c>
       <c r="E122" t="s">
         <v>46</v>
       </c>
       <c r="F122" t="s">
         <v>58</v>
       </c>
       <c r="G122" t="s">
         <v>48</v>
       </c>
       <c r="H122" t="s">
         <v>49</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>50</v>
@@ -19182,63 +19189,63 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C123" t="s" s="4">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D123" t="s">
         <v>45</v>
       </c>
       <c r="E123" t="s">
         <v>46</v>
       </c>
       <c r="F123" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G123" t="s">
         <v>48</v>
       </c>
       <c r="H123" t="s">
         <v>49</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>50</v>
       </c>
@@ -19325,55 +19332,55 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
-          <t>3490озвучена Сементух Л.І. перемісти кошти  з військового ліцею на КП Комунальник ( облаштування  штурмової смуги)</t>
+          <t>ID - 3490,  озвучена Сементух Л.І. перемісти кошти  з військового ліцею на КП Комунальник ( облаштування  штурмової смуги)</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>54</v>
       </c>
       <c r="E124" t="s">
         <v>46</v>
       </c>
       <c r="F124" t="s">
         <v>55</v>
       </c>
       <c r="G124" t="s">
         <v>48</v>
       </c>
       <c r="H124" t="s">
         <v>49</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>50</v>
@@ -19470,54 +19477,54 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C125" t="s" s="4">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D125" t="s">
         <v>57</v>
       </c>
       <c r="E125" t="s">
         <v>46</v>
       </c>
       <c r="F125" t="s">
         <v>64</v>
       </c>
       <c r="G125" t="s">
         <v>48</v>
       </c>
       <c r="H125" t="s">
         <v>49</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>50</v>
       </c>
@@ -19613,55 +19620,55 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>3492Про заборону продажу пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових на території Червоноградської міської територіальної громади</t>
+          <t>ID - 3492,  Про заборону продажу пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>45</v>
       </c>
       <c r="E126" t="s">
         <v>46</v>
       </c>
       <c r="F126" t="s">
         <v>58</v>
       </c>
       <c r="G126" t="s">
         <v>48</v>
       </c>
       <c r="H126" t="s">
         <v>49</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>50</v>
@@ -19758,71 +19765,71 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>34931. Заборонити продаж пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади </t>
+          <t>ID - 3493,  1. Заборонити продаж пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади </t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>54</v>
       </c>
       <c r="E127" t="s">
         <v>61</v>
       </c>
       <c r="F127" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G127" t="s">
         <v>48</v>
       </c>
       <c r="H127" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P127" t="s" s="5">
         <v>50</v>
       </c>
@@ -19903,71 +19910,71 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>75</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>34941. Заборонити продаж  алкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади</t>
+          <t>ID - 3494,  1. Заборонити продаж  алкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>54</v>
       </c>
       <c r="E128" t="s">
         <v>61</v>
       </c>
       <c r="F128" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G128" t="s">
         <v>48</v>
       </c>
       <c r="H128" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P128" t="s" s="5">
         <v>52</v>
       </c>
@@ -20048,71 +20055,71 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>75</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
-          <t>34951. Заборонити продаж  алкогольних напоїв (крім  пива,  слабоалкогольних напоїв) закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади </t>
+          <t>ID - 3495,  1. Заборонити продаж  алкогольних напоїв (крім  пива,  слабоалкогольних напоїв) закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади </t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>54</v>
       </c>
       <c r="E129" t="s">
         <v>61</v>
       </c>
       <c r="F129" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="G129" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H129" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N129" t="s" s="5">
         <v>84</v>
       </c>
       <c r="O129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P129" t="s" s="5">
         <v>52</v>
       </c>
@@ -20193,65 +20200,65 @@
       </c>
       <c r="AP129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>75</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>34964. Звернутися до провоохоронних органів, територіальної оборони щодо посилення заходів по контролю за безпекою міста, правопорядку, зокрема розпиття алкогольних напоїв у громадських місцях, враховуючи ст.178 Адміністративного кодексу</t>
+          <t>ID - 3496,  4. Звернутися до провоохоронних органів, територіальної оборони щодо посилення заходів по контролю за безпекою міста, правопорядку, зокрема розпиття алкогольних напоїв у громадських місцях, враховуючи ст.178 Адміністративного кодексу</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>54</v>
       </c>
       <c r="E130" t="s">
         <v>46</v>
       </c>
       <c r="F130" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G130" t="s">
         <v>48</v>
       </c>
       <c r="H130" t="s">
         <v>74</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>52</v>
       </c>
@@ -20338,71 +20345,71 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
-          <t>34974. Заборонити продаж пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади  особам у військовій формі та більше двох одиниць товару покупцеві. </t>
+          <t>ID - 3497,  4. Заборонити продаж пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади  особам у військовій формі та більше двох одиниць товару покупцеві. </t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>54</v>
       </c>
       <c r="E131" t="s">
         <v>61</v>
       </c>
       <c r="F131" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="G131" t="s">
         <v>48</v>
       </c>
       <c r="H131" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P131" t="s" s="5">
         <v>52</v>
       </c>
@@ -20483,71 +20490,71 @@
       </c>
       <c r="AP131" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
-          <t>34984. Заборонити продаж пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади  особам у військовій формі та більше двох одиниць товару покупцеві. </t>
+          <t>ID - 3498,  4. Заборонити продаж пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади  особам у військовій формі та більше двох одиниць товару покупцеві. </t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>54</v>
       </c>
       <c r="E132" t="s">
         <v>46</v>
       </c>
       <c r="F132" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G132" t="s">
         <v>48</v>
       </c>
       <c r="H132" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P132" t="s" s="5">
         <v>52</v>
       </c>
@@ -20628,71 +20635,71 @@
       </c>
       <c r="AP132" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
-          <t>34991. Заборонити продаж пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади до чергового засідання сесії Червоноградської міської ради </t>
+          <t>ID - 3499,  1. Заборонити продаж пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових закладами торгівлі  та громадського харчування усіх форм власності на території Червоноградської міської територіальної громади до чергового засідання сесії Червоноградської міської ради </t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>54</v>
       </c>
       <c r="E133" t="s">
         <v>61</v>
       </c>
       <c r="F133" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="G133" t="s">
         <v>48</v>
       </c>
       <c r="H133" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P133" t="s" s="5">
         <v>50</v>
       </c>
@@ -20773,65 +20780,65 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>3500Про заборону продажу пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових на території Червоноградської міської територіальної громади</t>
+          <t>ID - 3500,  Про заборону продажу пива (крім безалкогольного), алкогольних та слабоалкогольних напоїв, вин столових на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>57</v>
       </c>
       <c r="E134" t="s">
         <v>61</v>
       </c>
       <c r="F134" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="G134" t="s">
         <v>48</v>
       </c>
       <c r="H134" t="s">
         <v>49</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N134" t="s" s="5">
         <v>52</v>
       </c>
@@ -20918,55 +20925,55 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C135" t="inlineStr" s="4">
         <is>
-          <t>3501Про надання згоди на безоплатну передачу  у  комунальну     власність Червоноградської міської територіальної громади вбудованого нежитлового приміщення першого поверху буд.23 по вул. Стуса у  м. Червоноград та використання його за цільовим призначенням без відчуження у приватну власність</t>
+          <t>ID - 3501,  Про надання згоди на безоплатну передачу  у  комунальну     власність Червоноградської міської територіальної громади вбудованого нежитлового приміщення першого поверху буд.23 по вул. Стуса у  м. Червоноград та використання його за цільовим призначенням без відчуження у приватну власність</t>
         </is>
       </c>
       <c r="D135" t="s">
         <v>60</v>
       </c>
       <c r="E135" t="s">
         <v>46</v>
       </c>
       <c r="F135" t="s">
         <v>58</v>
       </c>
       <c r="G135" t="s">
         <v>48</v>
       </c>
       <c r="H135" t="s">
         <v>49</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>50</v>
@@ -21063,71 +21070,71 @@
       </c>
       <c r="AP135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
-          <t>3502Про встановлення місячної орендної плати для філії - Львівського обласного управління     АТ «Ощадбанк» в м. Червонограді за оренду нежитлових приміщень на період воєнного стану</t>
+          <t>ID - 3502,  Про встановлення місячної орендної плати для філії - Львівського обласного управління     АТ «Ощадбанк» в м. Червонограді за оренду нежитлових приміщень на період воєнного стану</t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>60</v>
       </c>
       <c r="E136" t="s">
         <v>61</v>
       </c>
       <c r="F136" t="s">
         <v>62</v>
       </c>
       <c r="G136" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="H136" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>84</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>84</v>
       </c>
       <c r="L136" t="s" s="5">
         <v>84</v>
       </c>
       <c r="M136" t="s" s="5">
         <v>75</v>
       </c>
       <c r="N136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P136" t="s" s="5">
         <v>52</v>
       </c>
@@ -21208,65 +21215,65 @@
       </c>
       <c r="AP136" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>84</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
-          <t>3503Про надання дозволів на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресами: м. Червоноград, вул. Івасюка, 14 та м. Червоноград, вул. Грушевського, 2</t>
+          <t>ID - 3503,  Про надання дозволів на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресами: м. Червоноград, вул. Івасюка, 14 та м. Червоноград, вул. Грушевського, 2</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>60</v>
       </c>
       <c r="E137" t="s">
         <v>46</v>
       </c>
       <c r="F137" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G137" t="s">
         <v>48</v>
       </c>
       <c r="H137" t="s">
         <v>83</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N137" t="s" s="5">
         <v>50</v>
       </c>
@@ -21353,65 +21360,65 @@
       </c>
       <c r="AP137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C138" t="inlineStr" s="4">
         <is>
-          <t>3504Про внесення змiн до рiшення Червоноградської мiської ради від 06.07.2021 року №586 „Про  встановлення збору за місця для паркування транспортних засобів на території  Червоноградської міської територіальної громади”</t>
+          <t>ID - 3504,  Про внесення змiн до рiшення Червоноградської мiської ради від 06.07.2021 року №586 „Про  встановлення збору за місця для паркування транспортних засобів на території  Червоноградської міської територіальної громади”</t>
         </is>
       </c>
       <c r="D138" t="s">
         <v>60</v>
       </c>
       <c r="E138" t="s">
         <v>46</v>
       </c>
       <c r="F138" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G138" t="s">
         <v>48</v>
       </c>
       <c r="H138" t="s">
         <v>49</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N138" t="s" s="5">
         <v>50</v>
       </c>
@@ -21498,55 +21505,55 @@
       </c>
       <c r="AP138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
-          <t>3505Про затвердження Програми приватизацiї об’єктiв комунальної власностi Червоноградської територіальної громади на 2022 рiк та делегування повноважень Регiональному вiддiленню​​​​​​​ ФДМ України по Львiвськiй, Закарпатській та Волинській областях</t>
+          <t>ID - 3505,  Про затвердження Програми приватизацiї об’єктiв комунальної власностi Червоноградської територіальної громади на 2022 рiк та делегування повноважень Регiональному вiддiленню​​​​​​​ ФДМ України по Львiвськiй, Закарпатській та Волинській областях</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>60</v>
       </c>
       <c r="E139" t="s">
         <v>46</v>
       </c>
       <c r="F139" t="s">
         <v>55</v>
       </c>
       <c r="G139" t="s">
         <v>48</v>
       </c>
       <c r="H139" t="s">
         <v>49</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>50</v>
@@ -21643,65 +21650,65 @@
       </c>
       <c r="AP139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>3506Про безоплатну  передачу майданчика для  збору ТПВ з балансу КП «Комунальник» на баланс КП «Червонограджитлокомунсервіс»</t>
+          <t>ID - 3506,  Про безоплатну  передачу майданчика для  збору ТПВ з балансу КП «Комунальник» на баланс КП «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>60</v>
       </c>
       <c r="E140" t="s">
         <v>46</v>
       </c>
       <c r="F140" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G140" t="s">
         <v>48</v>
       </c>
       <c r="H140" t="s">
         <v>49</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N140" t="s" s="5">
         <v>52</v>
       </c>
@@ -21788,55 +21795,55 @@
       </c>
       <c r="AP140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>3507Про затвердження Програми розроблення містобудівної документації по Червоноградській територіальній громаді на 2022 - 2023 роки </t>
+          <t>ID - 3507,  Про затвердження Програми розроблення містобудівної документації по Червоноградській територіальній громаді на 2022 - 2023 роки </t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>60</v>
       </c>
       <c r="E141" t="s">
         <v>46</v>
       </c>
       <c r="F141" t="s">
         <v>55</v>
       </c>
       <c r="G141" t="s">
         <v>48</v>
       </c>
       <c r="H141" t="s">
         <v>49</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>50</v>
@@ -21933,65 +21940,65 @@
       </c>
       <c r="AP141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C142" t="inlineStr" s="4">
         <is>
-          <t>3508Про затвердження положення про відділ з питань державного архітектурно-будівельного контролю</t>
+          <t>ID - 3508,  Про затвердження положення про відділ з питань державного архітектурно-будівельного контролю</t>
         </is>
       </c>
       <c r="D142" t="s">
         <v>60</v>
       </c>
       <c r="E142" t="s">
         <v>46</v>
       </c>
       <c r="F142" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G142" t="s">
         <v>48</v>
       </c>
       <c r="H142" t="s">
         <v>49</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N142" t="s" s="5">
         <v>50</v>
       </c>
@@ -22078,65 +22085,65 @@
       </c>
       <c r="AP142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
-          <t>3509Про внесення змін в рішення Червоноградської міської ради №9 від 10.12.2020 р. «Про затвердження Положення про старосту»</t>
+          <t>ID - 3509,  Про внесення змін в рішення Червоноградської міської ради №9 від 10.12.2020 р. «Про затвердження Положення про старосту»</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>60</v>
       </c>
       <c r="E143" t="s">
         <v>46</v>
       </c>
       <c r="F143" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G143" t="s">
         <v>48</v>
       </c>
       <c r="H143" t="s">
         <v>49</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N143" t="s" s="5">
         <v>50</v>
       </c>
@@ -22223,63 +22230,63 @@
       </c>
       <c r="AP143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C144" t="s" s="4">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D144" t="s">
         <v>45</v>
       </c>
       <c r="E144" t="s">
         <v>46</v>
       </c>
       <c r="F144" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G144" t="s">
         <v>48</v>
       </c>
       <c r="H144" t="s">
         <v>49</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N144" t="s" s="5">
         <v>50</v>
       </c>
@@ -22366,54 +22373,54 @@
       </c>
       <c r="AP144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C145" t="s" s="4">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D145" t="s">
         <v>54</v>
       </c>
       <c r="E145" t="s">
         <v>46</v>
       </c>
       <c r="F145" t="s">
         <v>47</v>
       </c>
       <c r="G145" t="s">
         <v>48</v>
       </c>
       <c r="H145" t="s">
         <v>49</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>50</v>
       </c>
@@ -22509,63 +22516,63 @@
       </c>
       <c r="AP145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C146" t="s" s="4">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D146" t="s">
         <v>57</v>
       </c>
       <c r="E146" t="s">
         <v>46</v>
       </c>
       <c r="F146" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G146" t="s">
         <v>48</v>
       </c>
       <c r="H146" t="s">
         <v>49</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N146" t="s" s="5">
         <v>50</v>
       </c>
@@ -22652,54 +22659,54 @@
       </c>
       <c r="AP146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C147" t="s" s="4">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D147" t="s">
         <v>60</v>
       </c>
       <c r="E147" t="s">
         <v>46</v>
       </c>
       <c r="F147" t="s">
         <v>47</v>
       </c>
       <c r="G147" t="s">
         <v>48</v>
       </c>
       <c r="H147" t="s">
         <v>49</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>50</v>
       </c>
@@ -22795,54 +22802,54 @@
       </c>
       <c r="AP147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU147" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C148" t="s" s="4">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D148" t="s">
         <v>45</v>
       </c>
       <c r="E148" t="s">
         <v>46</v>
       </c>
       <c r="F148" t="s">
         <v>55</v>
       </c>
       <c r="G148" t="s">
         <v>48</v>
       </c>
       <c r="H148" t="s">
         <v>49</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>50</v>
       </c>
@@ -22938,63 +22945,63 @@
       </c>
       <c r="AP148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C149" t="s" s="4">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D149" t="s">
         <v>54</v>
       </c>
       <c r="E149" t="s">
         <v>46</v>
       </c>
       <c r="F149" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G149" t="s">
         <v>48</v>
       </c>
       <c r="H149" t="s">
         <v>49</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N149" t="s" s="5">
         <v>50</v>
       </c>
@@ -23081,63 +23088,63 @@
       </c>
       <c r="AP149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C150" t="s" s="4">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D150" t="s">
         <v>57</v>
       </c>
       <c r="E150" t="s">
         <v>46</v>
       </c>
       <c r="F150" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G150" t="s">
         <v>48</v>
       </c>
       <c r="H150" t="s">
         <v>49</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N150" t="s" s="5">
         <v>50</v>
       </c>
@@ -23224,63 +23231,63 @@
       </c>
       <c r="AP150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C151" t="s" s="4">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D151" t="s">
         <v>45</v>
       </c>
       <c r="E151" t="s">
         <v>46</v>
       </c>
       <c r="F151" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G151" t="s">
         <v>48</v>
       </c>
       <c r="H151" t="s">
         <v>49</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N151" t="s" s="5">
         <v>50</v>
       </c>
@@ -23367,65 +23374,65 @@
       </c>
       <c r="AP151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU151" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C152" t="inlineStr" s="4">
         <is>
-          <t>35181. Продовжити Товариству з обмеженою відповідальністю «Оріон» на 1 рік термін оренди земельної дiлянки площею 0,0113 га для обслуговування торгового павільйону, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград, вулиця Героїв Майдану, 23 «а», встановивши річну орендну плату за земельну ділянку 12% від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:02:012:0014. 5. Продовжити фізичній особі підприємець  Момот Наталії Борисівні на 1 рік термін оренди земельної дiлянки площею 0,0140 га для обслуговування торгового комплексу (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград, вулиця Сокальська, 5/7, встановивши річну орендну плату за земельну ділянку 12% від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:02:007:0091. п. 3 Москалик Н.М. вилучити</t>
+          <t>ID - 3518,  1. Продовжити Товариству з обмеженою відповідальністю «Оріон» на 1 рік термін оренди земельної дiлянки площею 0,0113 га для обслуговування торгового павільйону, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград, вулиця Героїв Майдану, 23 «а», встановивши річну орендну плату за земельну ділянку 12% від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:02:012:0014. 5. Продовжити фізичній особі підприємець  Момот Наталії Борисівні на 1 рік термін оренди земельної дiлянки площею 0,0140 га для обслуговування торгового комплексу (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червоноград, вулиця Сокальська, 5/7, встановивши річну орендну плату за земельну ділянку 12% від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:02:007:0091. п. 3 Москалик Н.М. вилучити</t>
         </is>
       </c>
       <c r="D152" t="s">
         <v>54</v>
       </c>
       <c r="E152" t="s">
         <v>46</v>
       </c>
       <c r="F152" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G152" t="s">
         <v>48</v>
       </c>
       <c r="H152" t="s">
         <v>49</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N152" t="s" s="5">
         <v>50</v>
       </c>
@@ -23512,63 +23519,63 @@
       </c>
       <c r="AP152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU152" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C153" t="s" s="4">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D153" t="s">
         <v>57</v>
       </c>
       <c r="E153" t="s">
         <v>46</v>
       </c>
       <c r="F153" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G153" t="s">
         <v>48</v>
       </c>
       <c r="H153" t="s">
         <v>49</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N153" t="s" s="5">
         <v>50</v>
       </c>
@@ -23655,69 +23662,69 @@
       </c>
       <c r="AP153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU153" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C154" t="s" s="4">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D154" t="s">
         <v>60</v>
       </c>
       <c r="E154" t="s">
         <v>61</v>
       </c>
       <c r="F154" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="G154" t="s">
         <v>48</v>
       </c>
       <c r="H154" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M154" t="s" s="5">
         <v>75</v>
       </c>
       <c r="N154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P154" t="s" s="5">
         <v>50</v>
       </c>
@@ -23798,65 +23805,65 @@
       </c>
       <c r="AP154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU154" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C155" t="inlineStr" s="4">
         <is>
-          <t>3521Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення</t>
+          <t>ID - 3521,  Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення</t>
         </is>
       </c>
       <c r="D155" t="s">
         <v>45</v>
       </c>
       <c r="E155" t="s">
         <v>46</v>
       </c>
       <c r="F155" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G155" t="s">
         <v>48</v>
       </c>
       <c r="H155" t="s">
         <v>49</v>
       </c>
       <c r="I155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N155" t="s" s="5">
         <v>50</v>
       </c>
@@ -23943,65 +23950,65 @@
       </c>
       <c r="AP155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU155" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C156" t="inlineStr" s="4">
         <is>
-          <t>3522вилучити у додатку п.11 п.15 вилучити  11 2,0 за межами населеного пункту с. Острів( на захід від земельної ділянки 4624884200:02:000:0126) 12 9,0 за межами населеного пункту с. Острів( на південь від земельної ділянки 4624884200:10:000:0089) 13                  14,0 за межами населеного пункту с. Острів( на південь від земельної ділянки 4624884200:09:000:0190) 14 8,0 за межами населеного пункту с. Острів( на захід від земельної ділянки 4624884200:09:000:0193) 15 1,0 в с. Острів (на захід від земельної ділянки 4624884200:21:009:001) </t>
+          <t>ID - 3522,  вилучити у додатку п.11 п.15 вилучити  11 2,0 за межами населеного пункту с. Острів( на захід від земельної ділянки 4624884200:02:000:0126) 12 9,0 за межами населеного пункту с. Острів( на південь від земельної ділянки 4624884200:10:000:0089) 13                  14,0 за межами населеного пункту с. Острів( на південь від земельної ділянки 4624884200:09:000:0190) 14 8,0 за межами населеного пункту с. Острів( на захід від земельної ділянки 4624884200:09:000:0193) 15 1,0 в с. Острів (на захід від земельної ділянки 4624884200:21:009:001) </t>
         </is>
       </c>
       <c r="D156" t="s">
         <v>54</v>
       </c>
       <c r="E156" t="s">
         <v>46</v>
       </c>
       <c r="F156" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G156" t="s">
         <v>48</v>
       </c>
       <c r="H156" t="s">
         <v>49</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N156" t="s" s="5">
         <v>50</v>
       </c>
@@ -24088,65 +24095,65 @@
       </c>
       <c r="AP156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU156" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C157" t="inlineStr" s="4">
         <is>
-          <t>3523Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення</t>
+          <t>ID - 3523,  Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення</t>
         </is>
       </c>
       <c r="D157" t="s">
         <v>57</v>
       </c>
       <c r="E157" t="s">
         <v>46</v>
       </c>
       <c r="F157" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G157" t="s">
         <v>48</v>
       </c>
       <c r="H157" t="s">
         <v>49</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N157" t="s" s="5">
         <v>50</v>
       </c>
@@ -24233,63 +24240,63 @@
       </c>
       <c r="AP157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>3524</v>
+        <v>236</v>
+      </c>
+      <c r="C158" t="s" s="4">
+        <v>237</v>
       </c>
       <c r="D158" t="s">
         <v>45</v>
       </c>
       <c r="E158" t="s">
         <v>46</v>
       </c>
       <c r="F158" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G158" t="s">
         <v>48</v>
       </c>
       <c r="H158" t="s">
         <v>49</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N158" t="s" s="5">
         <v>50</v>
       </c>
@@ -24376,54 +24383,54 @@
       </c>
       <c r="AP158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU158" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
+        <v>238</v>
+      </c>
+      <c r="C159" t="s" s="4">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>3525</v>
       </c>
       <c r="D159" t="s">
         <v>54</v>
       </c>
       <c r="E159" t="s">
         <v>61</v>
       </c>
       <c r="F159" t="s">
         <v>240</v>
       </c>
       <c r="G159" t="s">
         <v>48</v>
       </c>
       <c r="H159" t="s">
         <v>49</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>52</v>
       </c>
@@ -24521,61 +24528,61 @@
         <v>52</v>
       </c>
       <c r="AQ159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU159" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
         <v>241</v>
       </c>
-      <c r="C160" s="4">
-        <v>3526</v>
+      <c r="C160" t="s" s="4">
+        <v>242</v>
       </c>
       <c r="D160" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E160" t="s">
         <v>61</v>
       </c>
       <c r="F160" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G160" t="s">
         <v>48</v>
       </c>
       <c r="H160" t="s">
         <v>49</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N160" t="s" s="5">
         <v>50</v>
       </c>
@@ -24662,63 +24669,63 @@
       </c>
       <c r="AP160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU160" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C161" t="s" s="4">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D161" t="s">
         <v>45</v>
       </c>
       <c r="E161" t="s">
         <v>46</v>
       </c>
       <c r="F161" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G161" t="s">
         <v>48</v>
       </c>
       <c r="H161" t="s">
         <v>49</v>
       </c>
       <c r="I161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N161" t="s" s="5">
         <v>50</v>
       </c>
@@ -24805,65 +24812,65 @@
       </c>
       <c r="AP161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU161" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C162" t="inlineStr" s="4">
         <is>
-          <t>3528Замість дозволу на розроблення проектiв землеустрою дати дозвіл на виготовлення технічних документацій</t>
+          <t>ID - 3528,  Замість дозволу на розроблення проектiв землеустрою дати дозвіл на виготовлення технічних документацій</t>
         </is>
       </c>
       <c r="D162" t="s">
         <v>54</v>
       </c>
       <c r="E162" t="s">
         <v>46</v>
       </c>
       <c r="F162" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G162" t="s">
         <v>48</v>
       </c>
       <c r="H162" t="s">
         <v>49</v>
       </c>
       <c r="I162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N162" t="s" s="5">
         <v>50</v>
       </c>
@@ -24950,63 +24957,63 @@
       </c>
       <c r="AP162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU162" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C163" t="s" s="4">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D163" t="s">
         <v>57</v>
       </c>
       <c r="E163" t="s">
         <v>46</v>
       </c>
       <c r="F163" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G163" t="s">
         <v>48</v>
       </c>
       <c r="H163" t="s">
         <v>49</v>
       </c>
       <c r="I163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N163" t="s" s="5">
         <v>50</v>
       </c>
@@ -25093,65 +25100,65 @@
       </c>
       <c r="AP163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU163" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C164" t="inlineStr" s="4">
         <is>
-          <t>3530Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
+          <t>ID - 3530,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D164" t="s">
         <v>45</v>
       </c>
       <c r="E164" t="s">
         <v>46</v>
       </c>
       <c r="F164" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G164" t="s">
         <v>48</v>
       </c>
       <c r="H164" t="s">
         <v>49</v>
       </c>
       <c r="I164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N164" t="s" s="5">
         <v>50</v>
       </c>
@@ -25238,54 +25245,54 @@
       </c>
       <c r="AP164" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU164" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C165" t="s" s="4">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D165" t="s">
         <v>54</v>
       </c>
       <c r="E165" t="s">
         <v>46</v>
       </c>
       <c r="F165" t="s">
         <v>81</v>
       </c>
       <c r="G165" t="s">
         <v>48</v>
       </c>
       <c r="H165" t="s">
         <v>49</v>
       </c>
       <c r="I165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K165" t="s" s="5">
         <v>52</v>
       </c>
@@ -25381,65 +25388,65 @@
       </c>
       <c r="AP165" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU165" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C166" t="inlineStr" s="4">
         <is>
-          <t>3532Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
+          <t>ID - 3532,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D166" t="s">
         <v>57</v>
       </c>
       <c r="E166" t="s">
         <v>46</v>
       </c>
       <c r="F166" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G166" t="s">
         <v>48</v>
       </c>
       <c r="H166" t="s">
         <v>49</v>
       </c>
       <c r="I166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N166" t="s" s="5">
         <v>52</v>
       </c>
@@ -25526,65 +25533,65 @@
       </c>
       <c r="AP166" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU166" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C167" t="inlineStr" s="4">
         <is>
-          <t>3533Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок для  продажу права оренди на земельному аукціоні</t>
+          <t>ID - 3533,  Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок для  продажу права оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D167" t="s">
         <v>45</v>
       </c>
       <c r="E167" t="s">
         <v>46</v>
       </c>
       <c r="F167" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G167" t="s">
         <v>48</v>
       </c>
       <c r="H167" t="s">
         <v>49</v>
       </c>
       <c r="I167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N167" t="s" s="5">
         <v>52</v>
       </c>
@@ -25671,63 +25678,63 @@
       </c>
       <c r="AP167" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU167" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C168" t="s" s="4">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D168" t="s">
         <v>54</v>
       </c>
       <c r="E168" t="s">
         <v>46</v>
       </c>
       <c r="F168" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G168" t="s">
         <v>48</v>
       </c>
       <c r="H168" t="s">
         <v>49</v>
       </c>
       <c r="I168" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J168" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M168" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N168" t="s" s="5">
         <v>52</v>
       </c>
@@ -25814,65 +25821,65 @@
       </c>
       <c r="AP168" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU168" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C169" t="inlineStr" s="4">
         <is>
-          <t>3535Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок для  продажу права оренди на земельному аукціоні</t>
+          <t>ID - 3535,  Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок для  продажу права оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D169" t="s">
         <v>57</v>
       </c>
       <c r="E169" t="s">
         <v>46</v>
       </c>
       <c r="F169" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G169" t="s">
         <v>48</v>
       </c>
       <c r="H169" t="s">
         <v>49</v>
       </c>
       <c r="I169" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J169" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M169" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N169" t="s" s="5">
         <v>52</v>
       </c>
@@ -25959,65 +25966,65 @@
       </c>
       <c r="AP169" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU169" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C170" t="inlineStr" s="4">
         <is>
-          <t>3536Надати дозвіл на 2 роки,  встановивши річну орендну плату за земельну ділянку 3 % від її нормативної грошової оцінки</t>
+          <t>ID - 3536,  Надати дозвіл на 2 роки,  встановивши річну орендну плату за земельну ділянку 3 % від її нормативної грошової оцінки</t>
         </is>
       </c>
       <c r="D170" t="s">
         <v>54</v>
       </c>
       <c r="E170" t="s">
         <v>46</v>
       </c>
       <c r="F170" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G170" t="s">
         <v>48</v>
       </c>
       <c r="H170" t="s">
         <v>49</v>
       </c>
       <c r="I170" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J170" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M170" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N170" t="s" s="5">
         <v>52</v>
       </c>
@@ -26104,65 +26111,65 @@
       </c>
       <c r="AP170" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU170" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C171" t="inlineStr" s="4">
         <is>
-          <t>3537Про розгляд клопотання громадян Дзядика Миколи Михайловича та  Дзядик Оксани Йосипівни</t>
+          <t>ID - 3537,  Про розгляд клопотання громадян Дзядика Миколи Михайловича та  Дзядик Оксани Йосипівни</t>
         </is>
       </c>
       <c r="D171" t="s">
         <v>57</v>
       </c>
       <c r="E171" t="s">
         <v>46</v>
       </c>
       <c r="F171" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G171" t="s">
         <v>48</v>
       </c>
       <c r="H171" t="s">
         <v>49</v>
       </c>
       <c r="I171" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J171" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M171" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N171" t="s" s="5">
         <v>50</v>
       </c>
@@ -26249,63 +26256,63 @@
       </c>
       <c r="AP171" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU171" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C172" t="s" s="4">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D172" t="s">
         <v>60</v>
       </c>
       <c r="E172" t="s">
         <v>46</v>
       </c>
       <c r="F172" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G172" t="s">
         <v>48</v>
       </c>
       <c r="H172" t="s">
         <v>49</v>
       </c>
       <c r="I172" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J172" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M172" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N172" t="s" s="5">
         <v>50</v>
       </c>
@@ -26392,65 +26399,65 @@
       </c>
       <c r="AP172" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU172" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C173" t="inlineStr" s="4">
         <is>
-          <t>3539Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу та об’єднання земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 3539,  Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу та об’єднання земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D173" t="s">
         <v>45</v>
       </c>
       <c r="E173" t="s">
         <v>46</v>
       </c>
       <c r="F173" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G173" t="s">
         <v>48</v>
       </c>
       <c r="H173" t="s">
         <v>49</v>
       </c>
       <c r="I173" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J173" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M173" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N173" t="s" s="5">
         <v>50</v>
       </c>
@@ -26537,63 +26544,63 @@
       </c>
       <c r="AP173" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU173" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C174" t="s" s="4">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D174" t="s">
         <v>54</v>
       </c>
       <c r="E174" t="s">
         <v>46</v>
       </c>
       <c r="F174" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G174" t="s">
         <v>48</v>
       </c>
       <c r="H174" t="s">
         <v>49</v>
       </c>
       <c r="I174" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J174" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M174" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N174" t="s" s="5">
         <v>50</v>
       </c>
@@ -26680,65 +26687,65 @@
       </c>
       <c r="AP174" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ174" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR174" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS174" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT174" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU174" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C175" t="inlineStr" s="4">
         <is>
-          <t>3541Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу та об’єднання земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 3541,  Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу та об’єднання земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D175" t="s">
         <v>57</v>
       </c>
       <c r="E175" t="s">
         <v>46</v>
       </c>
       <c r="F175" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G175" t="s">
         <v>48</v>
       </c>
       <c r="H175" t="s">
         <v>49</v>
       </c>
       <c r="I175" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J175" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M175" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N175" t="s" s="5">
         <v>50</v>
       </c>
@@ -26825,65 +26832,65 @@
       </c>
       <c r="AP175" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ175" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR175" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS175" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT175" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU175" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C176" t="inlineStr" s="4">
         <is>
-          <t>3542Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Поздимир, кадастровий номер земельної ділянки 4623984400:01:006:0131</t>
+          <t>ID - 3542,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Поздимир, кадастровий номер земельної ділянки 4623984400:01:006:0131</t>
         </is>
       </c>
       <c r="D176" t="s">
         <v>45</v>
       </c>
       <c r="E176" t="s">
         <v>46</v>
       </c>
       <c r="F176" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G176" t="s">
         <v>48</v>
       </c>
       <c r="H176" t="s">
         <v>49</v>
       </c>
       <c r="I176" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J176" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M176" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N176" t="s" s="5">
         <v>50</v>
       </c>
@@ -26970,63 +26977,63 @@
       </c>
       <c r="AP176" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ176" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR176" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS176" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT176" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU176" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C177" t="s" s="4">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D177" t="s">
         <v>54</v>
       </c>
       <c r="E177" t="s">
         <v>46</v>
       </c>
       <c r="F177" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G177" t="s">
         <v>48</v>
       </c>
       <c r="H177" t="s">
         <v>49</v>
       </c>
       <c r="I177" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J177" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M177" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N177" t="s" s="5">
         <v>50</v>
       </c>
@@ -27113,65 +27120,65 @@
       </c>
       <c r="AP177" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU177" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C178" t="inlineStr" s="4">
         <is>
-          <t>3544Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Поздимир, кадастровий номер земельної ділянки 4623984400:01:006:0131</t>
+          <t>ID - 3544,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Поздимир, кадастровий номер земельної ділянки 4623984400:01:006:0131</t>
         </is>
       </c>
       <c r="D178" t="s">
         <v>57</v>
       </c>
       <c r="E178" t="s">
         <v>46</v>
       </c>
       <c r="F178" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G178" t="s">
         <v>48</v>
       </c>
       <c r="H178" t="s">
         <v>49</v>
       </c>
       <c r="I178" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J178" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M178" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N178" t="s" s="5">
         <v>50</v>
       </c>
@@ -27258,65 +27265,65 @@
       </c>
       <c r="AP178" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU178" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C179" t="inlineStr" s="4">
         <is>
-          <t>3545Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону)  в с. Поздимир, вул. Лесі Українки, 14 кадастровий номер земельної ділянки 4623984400:01:002:0336</t>
+          <t>ID - 3545,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону)  в с. Поздимир, вул. Лесі Українки, 14 кадастровий номер земельної ділянки 4623984400:01:002:0336</t>
         </is>
       </c>
       <c r="D179" t="s">
         <v>45</v>
       </c>
       <c r="E179" t="s">
         <v>46</v>
       </c>
       <c r="F179" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G179" t="s">
         <v>48</v>
       </c>
       <c r="H179" t="s">
         <v>49</v>
       </c>
       <c r="I179" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M179" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N179" t="s" s="5">
         <v>50</v>
       </c>
@@ -27403,65 +27410,65 @@
       </c>
       <c r="AP179" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU179" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C180" t="inlineStr" s="4">
         <is>
-          <t>3546Замінити цільове призначення на будівництво будівель загального призначення та скорегувати площу</t>
+          <t>ID - 3546,  Замінити цільове призначення на будівництво будівель загального призначення та скорегувати площу</t>
         </is>
       </c>
       <c r="D180" t="s">
         <v>54</v>
       </c>
       <c r="E180" t="s">
         <v>46</v>
       </c>
       <c r="F180" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G180" t="s">
         <v>48</v>
       </c>
       <c r="H180" t="s">
         <v>49</v>
       </c>
       <c r="I180" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J180" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M180" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N180" t="s" s="5">
         <v>50</v>
       </c>
@@ -27548,65 +27555,65 @@
       </c>
       <c r="AP180" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU180" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C181" t="inlineStr" s="4">
         <is>
-          <t>3547Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону)  в с. Поздимир, вул. Лесі Українки, 14 кадастровий номер земельної ділянки 4623984400:01:002:0336</t>
+          <t>ID - 3547,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону)  в с. Поздимир, вул. Лесі Українки, 14 кадастровий номер земельної ділянки 4623984400:01:002:0336</t>
         </is>
       </c>
       <c r="D181" t="s">
         <v>57</v>
       </c>
       <c r="E181" t="s">
         <v>46</v>
       </c>
       <c r="F181" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G181" t="s">
         <v>48</v>
       </c>
       <c r="H181" t="s">
         <v>49</v>
       </c>
       <c r="I181" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J181" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M181" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N181" t="s" s="5">
         <v>50</v>
       </c>
@@ -27693,55 +27700,55 @@
       </c>
       <c r="AP181" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU181" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C182" t="inlineStr" s="4">
         <is>
-          <t>3553Про внесення  змін до Міської програми   соціальної  підтримки  учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік</t>
+          <t>ID - 3553,  Про внесення  змін до Міської програми   соціальної  підтримки  учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2022 рік</t>
         </is>
       </c>
       <c r="D182" t="s">
         <v>60</v>
       </c>
       <c r="E182" t="s">
         <v>46</v>
       </c>
       <c r="F182" t="s">
         <v>47</v>
       </c>
       <c r="G182" t="s">
         <v>48</v>
       </c>
       <c r="H182" t="s">
         <v>49</v>
       </c>
       <c r="I182" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J182" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K182" t="s" s="5">
         <v>50</v>
@@ -27838,65 +27845,65 @@
       </c>
       <c r="AP182" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ182" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR182" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS182" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT182" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU182" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C183" t="inlineStr" s="4">
         <is>
-          <t>3554Про внесення  змін до Положення про надання одноразової грошової допомоги, затвердженого рішенням Червоноградської міської ради від 26.01.2021р.  № 129</t>
+          <t>ID - 3554,  Про внесення  змін до Положення про надання одноразової грошової допомоги, затвердженого рішенням Червоноградської міської ради від 26.01.2021р.  № 129</t>
         </is>
       </c>
       <c r="D183" t="s">
         <v>60</v>
       </c>
       <c r="E183" t="s">
         <v>46</v>
       </c>
       <c r="F183" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G183" t="s">
         <v>48</v>
       </c>
       <c r="H183" t="s">
         <v>49</v>
       </c>
       <c r="I183" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J183" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K183" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L183" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M183" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N183" t="s" s="5">
         <v>50</v>
       </c>
@@ -27983,65 +27990,65 @@
       </c>
       <c r="AP183" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ183" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR183" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS183" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT183" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU183" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C184" t="inlineStr" s="4">
         <is>
-          <t>3555Про виконання бюджету Червоноградської міської територіальної громади  за січень-березень 2022 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3555,  Про виконання бюджету Червоноградської міської територіальної громади  за січень-березень 2022 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D184" t="s">
         <v>45</v>
       </c>
       <c r="E184" t="s">
         <v>46</v>
       </c>
       <c r="F184" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G184" t="s">
         <v>48</v>
       </c>
       <c r="H184" t="s">
         <v>49</v>
       </c>
       <c r="I184" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J184" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K184" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L184" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M184" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N184" t="s" s="5">
         <v>50</v>
       </c>
@@ -28128,55 +28135,55 @@
       </c>
       <c r="AP184" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ184" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR184" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS184" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT184" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU184" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C185" t="inlineStr" s="4">
         <is>
-          <t>3556Для покращення умов ВПО передбачити кошти : 20 тисяч - закпівля  бойлерів 27 тисяч інтернет школи, садочки 320 тис. ліжки, матраси 100 тис. пралки  інші правки озвучені Сементух Л.І. стенограмно</t>
+          <t>ID - 3556,  Для покращення умов ВПО передбачити кошти : 20 тисяч - закпівля  бойлерів 27 тисяч інтернет школи, садочки 320 тис. ліжки, матраси 100 тис. пралки  інші правки озвучені Сементух Л.І. стенограмно</t>
         </is>
       </c>
       <c r="D185" t="s">
         <v>54</v>
       </c>
       <c r="E185" t="s">
         <v>46</v>
       </c>
       <c r="F185" t="s">
         <v>55</v>
       </c>
       <c r="G185" t="s">
         <v>48</v>
       </c>
       <c r="H185" t="s">
         <v>49</v>
       </c>
       <c r="I185" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J185" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K185" t="s" s="5">
         <v>50</v>
@@ -28273,55 +28280,55 @@
       </c>
       <c r="AP185" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ185" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR185" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS185" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT185" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU185" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C186" t="inlineStr" s="4">
         <is>
-          <t>3557Про виконання бюджету Червоноградської міської територіальної громади  за січень-березень 2022 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3557,  Про виконання бюджету Червоноградської міської територіальної громади  за січень-березень 2022 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D186" t="s">
         <v>57</v>
       </c>
       <c r="E186" t="s">
         <v>46</v>
       </c>
       <c r="F186" t="s">
         <v>55</v>
       </c>
       <c r="G186" t="s">
         <v>48</v>
       </c>
       <c r="H186" t="s">
         <v>49</v>
       </c>
       <c r="I186" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J186" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K186" t="s" s="5">
         <v>50</v>
@@ -28418,65 +28425,65 @@
       </c>
       <c r="AP186" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ186" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR186" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS186" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT186" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU186" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C187" t="inlineStr" s="4">
         <is>
-          <t>3558Про зупинення дії пп.4.1 п.4 рішення Червоноградської міської ради №2 від 24.11.2020 року щодо щомісячного преміювання</t>
+          <t>ID - 3558,  Про зупинення дії пп.4.1 п.4 рішення Червоноградської міської ради №2 від 24.11.2020 року щодо щомісячного преміювання</t>
         </is>
       </c>
       <c r="D187" t="s">
         <v>60</v>
       </c>
       <c r="E187" t="s">
         <v>46</v>
       </c>
       <c r="F187" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G187" t="s">
         <v>48</v>
       </c>
       <c r="H187" t="s">
         <v>49</v>
       </c>
       <c r="I187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J187" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K187" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L187" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N187" t="s" s="5">
         <v>50</v>
       </c>
@@ -28563,65 +28570,65 @@
       </c>
       <c r="AP187" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT187" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU187" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C188" t="inlineStr" s="4">
         <is>
-          <t>3559Про делегування  повноважень щодо здiйснення функцiй замовника Приватному акцiонерному товариству «Львiвобленерго» по об`єкту «Електропостачання  об`єктів громадської  організації «Агенція розвитку громади села Поздимир», за  адресою: Львівська область, Радехівський район, с.Поздимир»</t>
+          <t>ID - 3559,  Про делегування  повноважень щодо здiйснення функцiй замовника Приватному акцiонерному товариству «Львiвобленерго» по об`єкту «Електропостачання  об`єктів громадської  організації «Агенція розвитку громади села Поздимир», за  адресою: Львівська область, Радехівський район, с.Поздимир»</t>
         </is>
       </c>
       <c r="D188" t="s">
         <v>60</v>
       </c>
       <c r="E188" t="s">
         <v>46</v>
       </c>
       <c r="F188" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G188" t="s">
         <v>48</v>
       </c>
       <c r="H188" t="s">
         <v>49</v>
       </c>
       <c r="I188" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J188" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K188" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L188" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M188" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N188" t="s" s="5">
         <v>50</v>
       </c>
@@ -28708,65 +28715,65 @@
       </c>
       <c r="AP188" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ188" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR188" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS188" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT188" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU188" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C189" t="inlineStr" s="4">
         <is>
-          <t>3560Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»</t>
+          <t>ID - 3560,  Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»</t>
         </is>
       </c>
       <c r="D189" t="s">
         <v>60</v>
       </c>
       <c r="E189" t="s">
         <v>46</v>
       </c>
       <c r="F189" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G189" t="s">
         <v>48</v>
       </c>
       <c r="H189" t="s">
         <v>49</v>
       </c>
       <c r="I189" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J189" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K189" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L189" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M189" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N189" t="s" s="5">
         <v>50</v>
       </c>
@@ -28853,63 +28860,63 @@
       </c>
       <c r="AP189" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ189" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR189" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS189" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT189" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU189" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C190" t="s" s="4">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D190" t="s">
         <v>60</v>
       </c>
       <c r="E190" t="s">
         <v>46</v>
       </c>
       <c r="F190" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G190" t="s">
         <v>48</v>
       </c>
       <c r="H190" t="s">
         <v>49</v>
       </c>
       <c r="I190" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J190" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K190" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L190" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M190" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N190" t="s" s="5">
         <v>50</v>
       </c>
@@ -28996,65 +29003,65 @@
       </c>
       <c r="AP190" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ190" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR190" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS190" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT190" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU190" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C191" t="inlineStr" s="4">
         <is>
-          <t>3562Про зупинення дії рішення Червоноградської міської ради №484 від 25.05.2021 року «Про затвердження Програми децентралізації</t>
+          <t>ID - 3562,  Про зупинення дії рішення Червоноградської міської ради №484 від 25.05.2021 року «Про затвердження Програми децентралізації</t>
         </is>
       </c>
       <c r="D191" t="s">
         <v>60</v>
       </c>
       <c r="E191" t="s">
         <v>46</v>
       </c>
       <c r="F191" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G191" t="s">
         <v>48</v>
       </c>
       <c r="H191" t="s">
         <v>49</v>
       </c>
       <c r="I191" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J191" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L191" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M191" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N191" t="s" s="5">
         <v>50</v>
       </c>
@@ -29141,63 +29148,63 @@
       </c>
       <c r="AP191" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ191" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR191" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS191" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT191" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU191" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C192" t="s" s="4">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D192" t="s">
         <v>60</v>
       </c>
       <c r="E192" t="s">
         <v>46</v>
       </c>
       <c r="F192" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G192" t="s">
         <v>48</v>
       </c>
       <c r="H192" t="s">
         <v>49</v>
       </c>
       <c r="I192" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J192" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K192" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L192" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M192" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N192" t="s" s="5">
         <v>50</v>
       </c>
@@ -29284,65 +29291,65 @@
       </c>
       <c r="AP192" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ192" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR192" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS192" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT192" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU192" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C193" t="inlineStr" s="4">
         <is>
-          <t>3564Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення з метою подальшого надання в оренду</t>
+          <t>ID - 3564,  Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земель сільськогосподарського призначення з метою подальшого надання в оренду</t>
         </is>
       </c>
       <c r="D193" t="s">
         <v>60</v>
       </c>
       <c r="E193" t="s">
         <v>46</v>
       </c>
       <c r="F193" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G193" t="s">
         <v>48</v>
       </c>
       <c r="H193" t="s">
         <v>49</v>
       </c>
       <c r="I193" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J193" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K193" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M193" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N193" t="s" s="5">
         <v>50</v>
       </c>
@@ -29429,63 +29436,63 @@
       </c>
       <c r="AP193" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ193" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR193" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS193" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT193" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU193" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C194" t="s" s="4">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D194" t="s">
         <v>45</v>
       </c>
       <c r="E194" t="s">
         <v>46</v>
       </c>
       <c r="F194" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G194" t="s">
         <v>48</v>
       </c>
       <c r="H194" t="s">
         <v>49</v>
       </c>
       <c r="I194" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J194" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K194" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L194" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M194" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N194" t="s" s="5">
         <v>50</v>
       </c>
@@ -29572,65 +29579,65 @@
       </c>
       <c r="AP194" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ194" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR194" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS194" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT194" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU194" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C195" t="inlineStr" s="4">
         <is>
-          <t>3566 Організаційному відділу Червоноградської міської ради, старостам Червоноградської міської ради до 1.05.2022 року провести  громадське обговорення, громадське опитування щодо пропозицій по перейменуванню вулиць Червоноградської територіальної громади відповідно до п.1, а також обговорення щодо перейменування  вул. Гоголя, вул. Корольова, вул. Сахарова </t>
+          <t>ID - 3566,   Організаційному відділу Червоноградської міської ради, старостам Червоноградської міської ради до 1.05.2022 року провести  громадське обговорення, громадське опитування щодо пропозицій по перейменуванню вулиць Червоноградської територіальної громади відповідно до п.1, а також обговорення щодо перейменування  вул. Гоголя, вул. Корольова, вул. Сахарова </t>
         </is>
       </c>
       <c r="D195" t="s">
         <v>54</v>
       </c>
       <c r="E195" t="s">
         <v>46</v>
       </c>
       <c r="F195" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G195" t="s">
         <v>48</v>
       </c>
       <c r="H195" t="s">
         <v>49</v>
       </c>
       <c r="I195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K195" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L195" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M195" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N195" t="s" s="5">
         <v>52</v>
       </c>
@@ -29717,54 +29724,54 @@
       </c>
       <c r="AP195" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ195" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR195" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS195" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT195" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU195" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C196" t="s" s="4">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D196" t="s">
         <v>57</v>
       </c>
       <c r="E196" t="s">
         <v>46</v>
       </c>
       <c r="F196" t="s">
         <v>55</v>
       </c>
       <c r="G196" t="s">
         <v>48</v>
       </c>
       <c r="H196" t="s">
         <v>49</v>
       </c>
       <c r="I196" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J196" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K196" t="s" s="5">
         <v>50</v>
       </c>
@@ -29860,63 +29867,63 @@
       </c>
       <c r="AP196" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ196" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR196" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS196" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT196" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU196" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C197" t="s" s="4">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D197" t="s">
         <v>60</v>
       </c>
       <c r="E197" t="s">
         <v>46</v>
       </c>
       <c r="F197" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G197" t="s">
         <v>48</v>
       </c>
       <c r="H197" t="s">
         <v>49</v>
       </c>
       <c r="I197" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J197" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K197" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L197" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M197" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N197" t="s" s="5">
         <v>50</v>
       </c>
@@ -30003,63 +30010,63 @@
       </c>
       <c r="AP197" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ197" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR197" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS197" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT197" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU197" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C198" t="s" s="4">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D198" t="s">
         <v>60</v>
       </c>
       <c r="E198" t="s">
         <v>46</v>
       </c>
       <c r="F198" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G198" t="s">
         <v>48</v>
       </c>
       <c r="H198" t="s">
         <v>49</v>
       </c>
       <c r="I198" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J198" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K198" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L198" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M198" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N198" t="s" s="5">
         <v>50</v>
       </c>
@@ -30146,65 +30153,65 @@
       </c>
       <c r="AP198" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ198" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR198" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS198" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT198" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU198" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C199" t="inlineStr" s="4">
         <is>
-          <t>3570Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд</t>
+          <t>ID - 3570,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд</t>
         </is>
       </c>
       <c r="D199" t="s">
         <v>60</v>
       </c>
       <c r="E199" t="s">
         <v>46</v>
       </c>
       <c r="F199" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G199" t="s">
         <v>48</v>
       </c>
       <c r="H199" t="s">
         <v>49</v>
       </c>
       <c r="I199" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J199" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K199" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L199" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M199" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N199" t="s" s="5">
         <v>50</v>
       </c>
@@ -30291,65 +30298,65 @@
       </c>
       <c r="AP199" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ199" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR199" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS199" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT199" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU199" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C200" t="inlineStr" s="4">
         <is>
-          <t>3571Про списання з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень по об’єкту «Електропостачання індивідуальної житлової забудови кварталу `Солокія` в м.Червонограді Львівської області (будівництво) Коригування»</t>
+          <t>ID - 3571,  Про списання з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень по об’єкту «Електропостачання індивідуальної житлової забудови кварталу `Солокія` в м.Червонограді Львівської області (будівництво) Коригування»</t>
         </is>
       </c>
       <c r="D200" t="s">
         <v>60</v>
       </c>
       <c r="E200" t="s">
         <v>46</v>
       </c>
       <c r="F200" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G200" t="s">
         <v>48</v>
       </c>
       <c r="H200" t="s">
         <v>49</v>
       </c>
       <c r="I200" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J200" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K200" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L200" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M200" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N200" t="s" s="5">
         <v>50</v>
       </c>
@@ -30436,65 +30443,65 @@
       </c>
       <c r="AP200" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ200" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR200" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS200" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT200" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU200" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C201" t="inlineStr" s="4">
         <is>
-          <t>3572Про внесення змiн до рiшення   Червоноградської мiської ради від 24.06.2021року №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради» </t>
+          <t>ID - 3572,  Про внесення змiн до рiшення   Червоноградської мiської ради від 24.06.2021року №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради» </t>
         </is>
       </c>
       <c r="D201" t="s">
         <v>60</v>
       </c>
       <c r="E201" t="s">
         <v>46</v>
       </c>
       <c r="F201" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G201" t="s">
         <v>48</v>
       </c>
       <c r="H201" t="s">
         <v>49</v>
       </c>
       <c r="I201" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J201" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K201" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L201" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M201" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N201" t="s" s="5">
         <v>50</v>
       </c>
@@ -30581,65 +30588,65 @@
       </c>
       <c r="AP201" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ201" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR201" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS201" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT201" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU201" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C202" t="inlineStr" s="4">
         <is>
-          <t>3573Про припинення юридичної особи комунального підприємства «Школяр» шляхом ліквідації</t>
+          <t>ID - 3573,  Про припинення юридичної особи комунального підприємства «Школяр» шляхом ліквідації</t>
         </is>
       </c>
       <c r="D202" t="s">
         <v>45</v>
       </c>
       <c r="E202" t="s">
         <v>46</v>
       </c>
       <c r="F202" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G202" t="s">
         <v>48</v>
       </c>
       <c r="H202" t="s">
         <v>49</v>
       </c>
       <c r="I202" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J202" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K202" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L202" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M202" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N202" t="s" s="5">
         <v>50</v>
       </c>
@@ -30726,65 +30733,65 @@
       </c>
       <c r="AP202" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ202" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR202" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS202" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT202" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU202" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C203" t="inlineStr" s="4">
         <is>
-          <t>35741. Припинити юридичну особу комунальне підприємство «Школяр»  ( код ЄДРПОУ  19175328)  шляхом ліквідації з 1.06.2022 року. </t>
+          <t>ID - 3574,  1. Припинити юридичну особу комунальне підприємство «Школяр»  ( код ЄДРПОУ  19175328)  шляхом ліквідації з 1.06.2022 року. </t>
         </is>
       </c>
       <c r="D203" t="s">
         <v>54</v>
       </c>
       <c r="E203" t="s">
         <v>61</v>
       </c>
       <c r="F203" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G203" t="s">
         <v>48</v>
       </c>
       <c r="H203" t="s">
         <v>74</v>
       </c>
       <c r="I203" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J203" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K203" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L203" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M203" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N203" t="s" s="5">
         <v>52</v>
       </c>
@@ -30871,71 +30878,71 @@
       </c>
       <c r="AP203" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ203" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR203" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS203" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT203" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU203" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C204" t="inlineStr" s="4">
         <is>
-          <t>35751. Припинити юридичну особу комунальне підприємство «Школяр»  ( код ЄДРПОУ  19175328)  шляхом ліквідації з 31.05.2022 року. </t>
+          <t>ID - 3575,  1. Припинити юридичну особу комунальне підприємство «Школяр»  ( код ЄДРПОУ  19175328)  шляхом ліквідації з 31.05.2022 року. </t>
         </is>
       </c>
       <c r="D204" t="s">
         <v>54</v>
       </c>
       <c r="E204" t="s">
         <v>61</v>
       </c>
       <c r="F204" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G204" t="s">
         <v>48</v>
       </c>
       <c r="H204" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="I204" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J204" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K204" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L204" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M204" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N204" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O204" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P204" t="s" s="5">
         <v>52</v>
       </c>
@@ -31016,65 +31023,65 @@
       </c>
       <c r="AP204" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AQ204" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR204" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS204" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT204" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AU204" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C205" t="inlineStr" s="4">
         <is>
-          <t>35761. Припинити юридичну особу комунальне підприємство «Школяр»  ( код ЄДРПОУ  19175328)  шляхом ліквідації з 15.05.2022 року. </t>
+          <t>ID - 3576,  1. Припинити юридичну особу комунальне підприємство «Школяр»  ( код ЄДРПОУ  19175328)  шляхом ліквідації з 15.05.2022 року. </t>
         </is>
       </c>
       <c r="D205" t="s">
         <v>54</v>
       </c>
       <c r="E205" t="s">
         <v>46</v>
       </c>
       <c r="F205" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G205" t="s">
         <v>48</v>
       </c>
       <c r="H205" t="s">
         <v>74</v>
       </c>
       <c r="I205" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J205" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K205" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L205" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M205" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N205" t="s" s="5">
         <v>50</v>
       </c>
@@ -31161,55 +31168,55 @@
       </c>
       <c r="AP205" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ205" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR205" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS205" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT205" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU205" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C206" t="inlineStr" s="4">
         <is>
-          <t>3577Про припинення юридичної особи комунального підприємства «Школяр» шляхом ліквідації</t>
+          <t>ID - 3577,  Про припинення юридичної особи комунального підприємства «Школяр» шляхом ліквідації</t>
         </is>
       </c>
       <c r="D206" t="s">
         <v>57</v>
       </c>
       <c r="E206" t="s">
         <v>46</v>
       </c>
       <c r="F206" t="s">
         <v>47</v>
       </c>
       <c r="G206" t="s">
         <v>48</v>
       </c>
       <c r="H206" t="s">
         <v>74</v>
       </c>
       <c r="I206" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J206" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K206" t="s" s="5">
         <v>50</v>
@@ -31306,65 +31313,65 @@
       </c>
       <c r="AP206" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ206" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR206" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS206" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT206" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU206" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C207" t="inlineStr" s="4">
         <is>
-          <t>3578Про звіт  відділу  інспекції з паркування управління житлово-комунального господарства Червоноградської міської ради</t>
+          <t>ID - 3578,  Про звіт  відділу  інспекції з паркування управління житлово-комунального господарства Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D207" t="s">
         <v>60</v>
       </c>
       <c r="E207" t="s">
         <v>46</v>
       </c>
       <c r="F207" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G207" t="s">
         <v>48</v>
       </c>
       <c r="H207" t="s">
         <v>49</v>
       </c>
       <c r="I207" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J207" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K207" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L207" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M207" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N207" t="s" s="5">
         <v>50</v>
       </c>
@@ -31451,55 +31458,55 @@
       </c>
       <c r="AP207" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ207" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR207" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS207" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT207" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU207" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C208" t="inlineStr" s="4">
         <is>
-          <t>3579Про організацію харчування та проживання внутрішньо переміщених та/або евакуйованих осіб, що тимчасово розміщуються у закладах загальної середньої освіти, які фінансуються  з бюджету Червоноградської міської ради</t>
+          <t>ID - 3579,  Про організацію харчування та проживання внутрішньо переміщених та/або евакуйованих осіб, що тимчасово розміщуються у закладах загальної середньої освіти, які фінансуються  з бюджету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D208" t="s">
         <v>60</v>
       </c>
       <c r="E208" t="s">
         <v>46</v>
       </c>
       <c r="F208" t="s">
         <v>47</v>
       </c>
       <c r="G208" t="s">
         <v>48</v>
       </c>
       <c r="H208" t="s">
         <v>49</v>
       </c>
       <c r="I208" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J208" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K208" t="s" s="5">
         <v>52</v>
@@ -31596,55 +31603,55 @@
       </c>
       <c r="AP208" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ208" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR208" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS208" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT208" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU208" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C209" t="inlineStr" s="4">
         <is>
-          <t>3580Про надання мешканцям Червоноградської міської громади одноразової  грошової допомоги</t>
+          <t>ID - 3580,  Про надання мешканцям Червоноградської міської громади одноразової  грошової допомоги</t>
         </is>
       </c>
       <c r="D209" t="s">
         <v>45</v>
       </c>
       <c r="E209" t="s">
         <v>46</v>
       </c>
       <c r="F209" t="s">
         <v>47</v>
       </c>
       <c r="G209" t="s">
         <v>48</v>
       </c>
       <c r="H209" t="s">
         <v>49</v>
       </c>
       <c r="I209" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J209" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K209" t="s" s="5">
         <v>52</v>
@@ -31741,54 +31748,54 @@
       </c>
       <c r="AP209" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ209" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR209" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS209" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT209" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU209" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C210" t="s" s="4">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D210" t="s">
         <v>54</v>
       </c>
       <c r="E210" t="s">
         <v>46</v>
       </c>
       <c r="F210" t="s">
         <v>47</v>
       </c>
       <c r="G210" t="s">
         <v>48</v>
       </c>
       <c r="H210" t="s">
         <v>49</v>
       </c>
       <c r="I210" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J210" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K210" t="s" s="5">
         <v>52</v>
       </c>
@@ -31884,55 +31891,55 @@
       </c>
       <c r="AP210" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ210" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR210" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS210" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT210" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU210" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C211" t="inlineStr" s="4">
         <is>
-          <t>3582Про надання мешканцям Червоноградської міської громади одноразової  грошової допомоги</t>
+          <t>ID - 3582,  Про надання мешканцям Червоноградської міської громади одноразової  грошової допомоги</t>
         </is>
       </c>
       <c r="D211" t="s">
         <v>57</v>
       </c>
       <c r="E211" t="s">
         <v>46</v>
       </c>
       <c r="F211" t="s">
         <v>47</v>
       </c>
       <c r="G211" t="s">
         <v>48</v>
       </c>
       <c r="H211" t="s">
         <v>49</v>
       </c>
       <c r="I211" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J211" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K211" t="s" s="5">
         <v>52</v>
@@ -32029,55 +32036,55 @@
       </c>
       <c r="AP211" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ211" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR211" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS211" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT211" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU211" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C212" t="inlineStr" s="4">
         <is>
-          <t>3584Про організацію харчування та проживання внутрішньо переміщених та/або евакуйованих осіб, що тимчасово розміщуються у закладах загальної середньої освіти, які фінансуються  з бюджету Червоноградської міської ради</t>
+          <t>ID - 3584,  Про організацію харчування та проживання внутрішньо переміщених та/або евакуйованих осіб, що тимчасово розміщуються у закладах загальної середньої освіти, які фінансуються  з бюджету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D212" t="s">
         <v>45</v>
       </c>
       <c r="E212" t="s">
         <v>46</v>
       </c>
       <c r="F212" t="s">
         <v>47</v>
       </c>
       <c r="G212" t="s">
         <v>48</v>
       </c>
       <c r="H212" t="s">
         <v>49</v>
       </c>
       <c r="I212" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J212" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K212" t="s" s="5">
         <v>52</v>
@@ -32174,65 +32181,65 @@
       </c>
       <c r="AP212" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ212" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR212" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS212" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT212" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU212" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C213" t="inlineStr" s="4">
         <is>
-          <t>3585замінити  по рішенню текст  `ТОВ «ПОНТЕМ.UA»` на `суб&amp;#39;єкта господарювання в галузі громадського харчування `</t>
+          <t>ID - 3585,  замінити  по рішенню текст  `ТОВ «ПОНТЕМ.UA»` на `суб&amp;#39;єкта господарювання в галузі громадського харчування `</t>
         </is>
       </c>
       <c r="D213" t="s">
         <v>54</v>
       </c>
       <c r="E213" t="s">
         <v>46</v>
       </c>
       <c r="F213" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G213" t="s">
         <v>48</v>
       </c>
       <c r="H213" t="s">
         <v>49</v>
       </c>
       <c r="I213" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J213" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K213" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L213" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M213" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N213" t="s" s="5">
         <v>50</v>
       </c>
@@ -32319,65 +32326,65 @@
       </c>
       <c r="AP213" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ213" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR213" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS213" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT213" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU213" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C214" t="inlineStr" s="4">
         <is>
-          <t>3586Про організацію харчування та проживання внутрішньо переміщених та/або евакуйованих осіб, що тимчасово розміщуються у закладах загальної середньої освіти, які фінансуються  з бюджету Червоноградської міської ради</t>
+          <t>ID - 3586,  Про організацію харчування та проживання внутрішньо переміщених та/або евакуйованих осіб, що тимчасово розміщуються у закладах загальної середньої освіти, які фінансуються  з бюджету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D214" t="s">
         <v>57</v>
       </c>
       <c r="E214" t="s">
         <v>46</v>
       </c>
       <c r="F214" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G214" t="s">
         <v>48</v>
       </c>
       <c r="H214" t="s">
         <v>49</v>
       </c>
       <c r="I214" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J214" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K214" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L214" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M214" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N214" t="s" s="5">
         <v>50</v>
       </c>
@@ -32464,63 +32471,63 @@
       </c>
       <c r="AP214" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ214" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR214" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS214" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT214" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU214" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C215" t="s" s="4">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D215" t="s">
         <v>45</v>
       </c>
       <c r="E215" t="s">
         <v>46</v>
       </c>
       <c r="F215" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G215" t="s">
         <v>48</v>
       </c>
       <c r="H215" t="s">
         <v>49</v>
       </c>
       <c r="I215" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J215" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K215" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L215" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M215" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N215" t="s" s="5">
         <v>50</v>
       </c>
@@ -32607,65 +32614,65 @@
       </c>
       <c r="AP215" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ215" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR215" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS215" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT215" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU215" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C216" t="inlineStr" s="4">
         <is>
-          <t>3593Пропонується внести зміни до проекту рішення:   1. Спрямувати по спеціальному фонду місцевого бюджету (за рахунок залишку коштів субвенції з державного бюджету місцевим бюджетам на розвиток комунальної інфраструктури, у тому числі на придбання комунальної техніки, який утворився на 01.01.2022 року) 11 000 гривень на закупівлю віконного блоку для ЗДО №17. Внести відповідні зміни у Програму підтримки внутрішньо переміщеним та/ або евакуйованим особам у зв’язку із введенням воєнного стану на 2022 рік. (код ПКВКМБ 0613230 «Видатки пов’язані з наданням підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану»). Внести зміни у Програму підтримки внутрішньо переміщеним та/ або евакуйованим особам у зв’язку із введенням воєнного стану на 2022 рік Головний розпорядник коштів – відділ освіти Червоноградської міської ради. 2.Спрямувати кошти місцевого бюджету в сумі 573 000 гривень для  КП «Центральна міська лікарня Червоноградської міської ради», з них: по загальному фонду – 300 000 гривень на придбання матеріалів</t>
+          <t>ID - 3593,  Пропонується внести зміни до проекту рішення:   1. Спрямувати по спеціальному фонду місцевого бюджету (за рахунок залишку коштів субвенції з державного бюджету місцевим бюджетам на розвиток комунальної інфраструктури, у тому числі на придбання комунальної техніки, який утворився на 01.01.2022 року) 11 000 гривень на закупівлю віконного блоку для ЗДО №17. Внести відповідні зміни у Програму підтримки внутрішньо переміщеним та/ або евакуйованим особам у зв’язку із введенням воєнного стану на 2022 рік. (код ПКВКМБ 0613230 «Видатки пов’язані з наданням підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану»). Внести зміни у Програму підтримки внутрішньо переміщеним та/ або евакуйованим особам у зв’язку із введенням воєнного стану на 2022 рік Головний розпорядник коштів – відділ освіти Червоноградської міської ради. 2.Спрямувати кошти місцевого бюджету в сумі 573 000 гривень для  КП «Центральна міська лікарня Червоноградської міської ради», з них: по загальному фонду – 300 000 гривень на придбання матеріалів</t>
         </is>
       </c>
       <c r="D216" t="s">
         <v>54</v>
       </c>
       <c r="E216" t="s">
         <v>46</v>
       </c>
       <c r="F216" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G216" t="s">
         <v>48</v>
       </c>
       <c r="H216" t="s">
         <v>49</v>
       </c>
       <c r="I216" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J216" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K216" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L216" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M216" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N216" t="s" s="5">
         <v>50</v>
       </c>
@@ -32752,63 +32759,63 @@
       </c>
       <c r="AP216" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ216" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR216" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS216" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT216" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU216" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C217" t="s" s="4">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D217" t="s">
         <v>57</v>
       </c>
       <c r="E217" t="s">
         <v>46</v>
       </c>
       <c r="F217" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G217" t="s">
         <v>48</v>
       </c>
       <c r="H217" t="s">
         <v>49</v>
       </c>
       <c r="I217" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J217" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K217" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L217" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M217" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N217" t="s" s="5">
         <v>50</v>
       </c>
@@ -32895,65 +32902,65 @@
       </c>
       <c r="AP217" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ217" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR217" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS217" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT217" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU217" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C218" t="inlineStr" s="4">
         <is>
-          <t>3595Про  внесення змін до Порядку організації  харчування внутрішньо переміщених та/ або  евакуйованих осіб, що тимчасово розміщуються  у закладах загальної середньої  освіти, що фінансуються з бюджету Червоноградської територіальної ради</t>
+          <t>ID - 3595,  Про  внесення змін до Порядку організації  харчування внутрішньо переміщених та/ або  евакуйованих осіб, що тимчасово розміщуються  у закладах загальної середньої  освіти, що фінансуються з бюджету Червоноградської територіальної ради</t>
         </is>
       </c>
       <c r="D218" t="s">
         <v>60</v>
       </c>
       <c r="E218" t="s">
         <v>46</v>
       </c>
       <c r="F218" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G218" t="s">
         <v>48</v>
       </c>
       <c r="H218" t="s">
         <v>49</v>
       </c>
       <c r="I218" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J218" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K218" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L218" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M218" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N218" t="s" s="5">
         <v>50</v>
       </c>
@@ -33040,65 +33047,65 @@
       </c>
       <c r="AP218" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ218" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR218" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS218" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT218" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU218" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C219" t="inlineStr" s="4">
         <is>
-          <t>3596Про   надання  дозволу на безкоштовну  передачу деревини дров’яної із балансу відділу освіти Червоноградської міської ради на баланс КП «Червонограджитлокомунсервіс»</t>
+          <t>ID - 3596,  Про   надання  дозволу на безкоштовну  передачу деревини дров’яної із балансу відділу освіти Червоноградської міської ради на баланс КП «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D219" t="s">
         <v>60</v>
       </c>
       <c r="E219" t="s">
         <v>46</v>
       </c>
       <c r="F219" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G219" t="s">
         <v>48</v>
       </c>
       <c r="H219" t="s">
         <v>49</v>
       </c>
       <c r="I219" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J219" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K219" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L219" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M219" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N219" t="s" s="5">
         <v>52</v>
       </c>
@@ -33185,65 +33192,65 @@
       </c>
       <c r="AP219" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ219" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR219" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS219" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT219" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU219" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C220" t="inlineStr" s="4">
         <is>
-          <t>3597Про  безкоштовну передачу гуманітарної допомоги, яка знаходиться на балансі відділу освіти Червоноградської міської ради на баланс Червоноградського гірничо-економічного фахового коледжу</t>
+          <t>ID - 3597,  Про  безкоштовну передачу гуманітарної допомоги, яка знаходиться на балансі відділу освіти Червоноградської міської ради на баланс Червоноградського гірничо-економічного фахового коледжу</t>
         </is>
       </c>
       <c r="D220" t="s">
         <v>60</v>
       </c>
       <c r="E220" t="s">
         <v>46</v>
       </c>
       <c r="F220" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G220" t="s">
         <v>48</v>
       </c>
       <c r="H220" t="s">
         <v>49</v>
       </c>
       <c r="I220" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J220" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K220" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L220" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M220" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N220" t="s" s="5">
         <v>50</v>
       </c>
@@ -33330,55 +33337,55 @@
       </c>
       <c r="AP220" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ220" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR220" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS220" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT220" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU220" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C221" t="inlineStr" s="4">
         <is>
-          <t>3598Про  проведення заходів з демонтажу об’єктів символів комуністичного та нацистського тоталітарного режиму</t>
+          <t>ID - 3598,  Про  проведення заходів з демонтажу об’єктів символів комуністичного та нацистського тоталітарного режиму</t>
         </is>
       </c>
       <c r="D221" t="s">
         <v>60</v>
       </c>
       <c r="E221" t="s">
         <v>46</v>
       </c>
       <c r="F221" t="s">
         <v>47</v>
       </c>
       <c r="G221" t="s">
         <v>48</v>
       </c>
       <c r="H221" t="s">
         <v>49</v>
       </c>
       <c r="I221" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J221" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K221" t="s" s="5">
         <v>50</v>
@@ -33475,65 +33482,65 @@
       </c>
       <c r="AP221" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ221" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR221" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS221" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT221" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU221" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C222" t="inlineStr" s="4">
         <is>
-          <t>3599Про  розроблення детального плану території західної частини колишнього господарського двору на присілку Солтиси  в с. Сілець  Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 3599,  Про  розроблення детального плану території західної частини колишнього господарського двору на присілку Солтиси  в с. Сілець  Червоноградської міської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D222" t="s">
         <v>60</v>
       </c>
       <c r="E222" t="s">
         <v>46</v>
       </c>
       <c r="F222" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G222" t="s">
         <v>48</v>
       </c>
       <c r="H222" t="s">
         <v>49</v>
       </c>
       <c r="I222" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J222" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K222" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L222" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M222" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N222" t="s" s="5">
         <v>50</v>
       </c>
@@ -33620,65 +33627,65 @@
       </c>
       <c r="AP222" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ222" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR222" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS222" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT222" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU222" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C223" t="inlineStr" s="4">
         <is>
-          <t>3600Про розгляд звернення ОК «ЖБК «ВІРА» щодо надання згоди на продовження терміну будівництва об’єкта незавершеного будівництва - 2, 3 та 4-ої блок-секцій житлового будинку на  вул. Корольова, 18«а»  в м. Червонограді</t>
+          <t>ID - 3600,  Про розгляд звернення ОК «ЖБК «ВІРА» щодо надання згоди на продовження терміну будівництва об’єкта незавершеного будівництва - 2, 3 та 4-ої блок-секцій житлового будинку на  вул. Корольова, 18«а»  в м. Червонограді</t>
         </is>
       </c>
       <c r="D223" t="s">
         <v>60</v>
       </c>
       <c r="E223" t="s">
         <v>46</v>
       </c>
       <c r="F223" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G223" t="s">
         <v>48</v>
       </c>
       <c r="H223" t="s">
         <v>49</v>
       </c>
       <c r="I223" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J223" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K223" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L223" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M223" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N223" t="s" s="5">
         <v>50</v>
       </c>
@@ -33765,65 +33772,65 @@
       </c>
       <c r="AP223" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ223" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR223" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS223" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT223" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU223" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C224" t="inlineStr" s="4">
         <is>
-          <t>3601Щодо відтермінування плати за тимчасове користування місцями розташування рекламних засобів у період воєнного стану</t>
+          <t>ID - 3601,  Щодо відтермінування плати за тимчасове користування місцями розташування рекламних засобів у період воєнного стану</t>
         </is>
       </c>
       <c r="D224" t="s">
         <v>60</v>
       </c>
       <c r="E224" t="s">
         <v>46</v>
       </c>
       <c r="F224" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G224" t="s">
         <v>48</v>
       </c>
       <c r="H224" t="s">
         <v>49</v>
       </c>
       <c r="I224" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J224" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K224" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L224" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M224" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N224" t="s" s="5">
         <v>50</v>
       </c>
@@ -33910,65 +33917,65 @@
       </c>
       <c r="AP224" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ224" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR224" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS224" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT224" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU224" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C225" t="inlineStr" s="4">
         <is>
-          <t>3602Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноград- ської мiської ради в статутний фонд    КП «Червоноградводоканал» капiтальних вкладень</t>
+          <t>ID - 3602,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноград- ської мiської ради в статутний фонд    КП «Червоноградводоканал» капiтальних вкладень</t>
         </is>
       </c>
       <c r="D225" t="s">
         <v>60</v>
       </c>
       <c r="E225" t="s">
         <v>46</v>
       </c>
       <c r="F225" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G225" t="s">
         <v>48</v>
       </c>
       <c r="H225" t="s">
         <v>49</v>
       </c>
       <c r="I225" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J225" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K225" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L225" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M225" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N225" t="s" s="5">
         <v>50</v>
       </c>
@@ -34055,65 +34062,65 @@
       </c>
       <c r="AP225" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ225" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR225" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS225" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT225" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU225" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C226" t="inlineStr" s="4">
         <is>
-          <t>3603Про звiльнення ФОП Горбаня А.Я., призваного на військову службу в ЗСУ від плати  за орендоване майно, що належить до комунальної власності Червоноградської міської територіальної громади</t>
+          <t>ID - 3603,  Про звiльнення ФОП Горбаня А.Я., призваного на військову службу в ЗСУ від плати  за орендоване майно, що належить до комунальної власності Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D226" t="s">
         <v>60</v>
       </c>
       <c r="E226" t="s">
         <v>46</v>
       </c>
       <c r="F226" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G226" t="s">
         <v>48</v>
       </c>
       <c r="H226" t="s">
         <v>49</v>
       </c>
       <c r="I226" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J226" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K226" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L226" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M226" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N226" t="s" s="5">
         <v>50</v>
       </c>
@@ -34200,65 +34207,65 @@
       </c>
       <c r="AP226" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ226" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR226" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS226" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT226" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU226" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C227" t="inlineStr" s="4">
         <is>
-          <t>3604Про внесення змін до рішення Червоноградської міської ради від 25.04.2017 року №505 «Про затвердження Положення про оренду окремих елементiв благоустрою для розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi на територiї м. Червонограда»</t>
+          <t>ID - 3604,  Про внесення змін до рішення Червоноградської міської ради від 25.04.2017 року №505 «Про затвердження Положення про оренду окремих елементiв благоустрою для розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi на територiї м. Червонограда»</t>
         </is>
       </c>
       <c r="D227" t="s">
         <v>60</v>
       </c>
       <c r="E227" t="s">
         <v>46</v>
       </c>
       <c r="F227" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G227" t="s">
         <v>48</v>
       </c>
       <c r="H227" t="s">
         <v>49</v>
       </c>
       <c r="I227" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J227" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K227" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L227" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M227" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N227" t="s" s="5">
         <v>50</v>
       </c>
@@ -34345,65 +34352,65 @@
       </c>
       <c r="AP227" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ227" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR227" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS227" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT227" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU227" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C228" t="inlineStr" s="4">
         <is>
-          <t>3605Про безоплатну передачу з балансу КП «Комунальник» матеріальних засобів на баланс Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного</t>
+          <t>ID - 3605,  Про безоплатну передачу з балансу КП «Комунальник» матеріальних засобів на баланс Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного</t>
         </is>
       </c>
       <c r="D228" t="s">
         <v>60</v>
       </c>
       <c r="E228" t="s">
         <v>46</v>
       </c>
       <c r="F228" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G228" t="s">
         <v>48</v>
       </c>
       <c r="H228" t="s">
         <v>49</v>
       </c>
       <c r="I228" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J228" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K228" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L228" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M228" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N228" t="s" s="5">
         <v>50</v>
       </c>
@@ -34490,65 +34497,65 @@
       </c>
       <c r="AP228" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ228" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR228" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS228" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT228" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU228" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C229" t="inlineStr" s="4">
         <is>
-          <t>3606Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомун-енерго» громадянину  Кузьмів І.Р.</t>
+          <t>ID - 3606,  Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомун-енерго» громадянину  Кузьмів І.Р.</t>
         </is>
       </c>
       <c r="D229" t="s">
         <v>60</v>
       </c>
       <c r="E229" t="s">
         <v>46</v>
       </c>
       <c r="F229" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G229" t="s">
         <v>48</v>
       </c>
       <c r="H229" t="s">
         <v>49</v>
       </c>
       <c r="I229" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J229" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K229" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L229" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M229" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N229" t="s" s="5">
         <v>50</v>
       </c>
@@ -34635,65 +34642,65 @@
       </c>
       <c r="AP229" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ229" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR229" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS229" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT229" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU229" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C230" t="inlineStr" s="4">
         <is>
-          <t>3607Про  проведення конкурсу  на визначення  виконавця послуг  з вивезення побутових відходів з населених пунктів Червоноградської міської територіальної громади</t>
+          <t>ID - 3607,  Про  проведення конкурсу  на визначення  виконавця послуг  з вивезення побутових відходів з населених пунктів Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D230" t="s">
         <v>60</v>
       </c>
       <c r="E230" t="s">
         <v>46</v>
       </c>
       <c r="F230" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G230" t="s">
         <v>48</v>
       </c>
       <c r="H230" t="s">
         <v>49</v>
       </c>
       <c r="I230" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J230" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K230" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L230" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M230" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N230" t="s" s="5">
         <v>50</v>
       </c>
@@ -34780,63 +34787,63 @@
       </c>
       <c r="AP230" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ230" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR230" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS230" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT230" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU230" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C231" t="s" s="4">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D231" t="s">
         <v>45</v>
       </c>
       <c r="E231" t="s">
         <v>46</v>
       </c>
       <c r="F231" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G231" t="s">
         <v>48</v>
       </c>
       <c r="H231" t="s">
         <v>49</v>
       </c>
       <c r="I231" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J231" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K231" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L231" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M231" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N231" t="s" s="5">
         <v>50</v>
       </c>
@@ -34923,54 +34930,54 @@
       </c>
       <c r="AP231" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ231" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR231" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS231" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT231" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU231" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C232" t="s" s="4">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D232" t="s">
         <v>54</v>
       </c>
       <c r="E232" t="s">
         <v>61</v>
       </c>
       <c r="F232" t="s">
         <v>240</v>
       </c>
       <c r="G232" t="s">
         <v>48</v>
       </c>
       <c r="H232" t="s">
         <v>83</v>
       </c>
       <c r="I232" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J232" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K232" t="s" s="5">
         <v>50</v>
       </c>
@@ -35066,63 +35073,63 @@
       </c>
       <c r="AP232" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ232" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR232" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS232" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT232" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU232" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C233" t="s" s="4">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D233" t="s">
         <v>57</v>
       </c>
       <c r="E233" t="s">
         <v>61</v>
       </c>
       <c r="F233" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G233" t="s">
         <v>48</v>
       </c>
       <c r="H233" t="s">
         <v>83</v>
       </c>
       <c r="I233" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J233" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K233" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L233" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M233" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N233" t="s" s="5">
         <v>50</v>
       </c>
@@ -35209,54 +35216,54 @@
       </c>
       <c r="AP233" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ233" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR233" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS233" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT233" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU233" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C234" t="s" s="4">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D234" t="s">
         <v>45</v>
       </c>
       <c r="E234" t="s">
         <v>46</v>
       </c>
       <c r="F234" t="s">
         <v>47</v>
       </c>
       <c r="G234" t="s">
         <v>48</v>
       </c>
       <c r="H234" t="s">
         <v>49</v>
       </c>
       <c r="I234" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J234" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K234" t="s" s="5">
         <v>50</v>
       </c>
@@ -35352,63 +35359,63 @@
       </c>
       <c r="AP234" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS234" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU234" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C235" t="s" s="4">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D235" t="s">
         <v>54</v>
       </c>
       <c r="E235" t="s">
         <v>46</v>
       </c>
       <c r="F235" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G235" t="s">
         <v>48</v>
       </c>
       <c r="H235" t="s">
         <v>49</v>
       </c>
       <c r="I235" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J235" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K235" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L235" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M235" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N235" t="s" s="5">
         <v>52</v>
       </c>
@@ -35495,54 +35502,54 @@
       </c>
       <c r="AP235" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ235" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR235" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS235" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT235" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU235" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C236" t="s" s="4">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D236" t="s">
         <v>57</v>
       </c>
       <c r="E236" t="s">
         <v>46</v>
       </c>
       <c r="F236" t="s">
         <v>47</v>
       </c>
       <c r="G236" t="s">
         <v>48</v>
       </c>
       <c r="H236" t="s">
         <v>49</v>
       </c>
       <c r="I236" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J236" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K236" t="s" s="5">
         <v>50</v>
       </c>
@@ -35638,54 +35645,54 @@
       </c>
       <c r="AP236" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ236" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR236" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS236" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT236" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU236" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C237" t="s" s="4">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D237" t="s">
         <v>45</v>
       </c>
       <c r="E237" t="s">
         <v>46</v>
       </c>
       <c r="F237" t="s">
         <v>47</v>
       </c>
       <c r="G237" t="s">
         <v>48</v>
       </c>
       <c r="H237" t="s">
         <v>49</v>
       </c>
       <c r="I237" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J237" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K237" t="s" s="5">
         <v>50</v>
       </c>
@@ -35781,54 +35788,54 @@
       </c>
       <c r="AP237" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ237" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR237" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS237" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT237" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU237" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C238" t="s" s="4">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D238" t="s">
         <v>54</v>
       </c>
       <c r="E238" t="s">
         <v>46</v>
       </c>
       <c r="F238" t="s">
         <v>47</v>
       </c>
       <c r="G238" t="s">
         <v>48</v>
       </c>
       <c r="H238" t="s">
         <v>49</v>
       </c>
       <c r="I238" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J238" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K238" t="s" s="5">
         <v>50</v>
       </c>
@@ -35924,54 +35931,54 @@
       </c>
       <c r="AP238" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ238" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR238" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS238" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT238" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU238" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C239" t="s" s="4">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D239" t="s">
         <v>57</v>
       </c>
       <c r="E239" t="s">
         <v>46</v>
       </c>
       <c r="F239" t="s">
         <v>47</v>
       </c>
       <c r="G239" t="s">
         <v>48</v>
       </c>
       <c r="H239" t="s">
         <v>49</v>
       </c>
       <c r="I239" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J239" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K239" t="s" s="5">
         <v>50</v>
       </c>
@@ -36067,54 +36074,54 @@
       </c>
       <c r="AP239" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ239" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR239" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS239" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT239" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU239" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C240" t="s" s="4">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D240" t="s">
         <v>45</v>
       </c>
       <c r="E240" t="s">
         <v>46</v>
       </c>
       <c r="F240" t="s">
         <v>47</v>
       </c>
       <c r="G240" t="s">
         <v>48</v>
       </c>
       <c r="H240" t="s">
         <v>49</v>
       </c>
       <c r="I240" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J240" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K240" t="s" s="5">
         <v>50</v>
       </c>
@@ -36210,54 +36217,54 @@
       </c>
       <c r="AP240" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ240" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR240" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS240" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT240" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU240" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C241" t="s" s="4">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D241" t="s">
         <v>54</v>
       </c>
       <c r="E241" t="s">
         <v>46</v>
       </c>
       <c r="F241" t="s">
         <v>47</v>
       </c>
       <c r="G241" t="s">
         <v>48</v>
       </c>
       <c r="H241" t="s">
         <v>49</v>
       </c>
       <c r="I241" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J241" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K241" t="s" s="5">
         <v>50</v>
       </c>
@@ -36353,54 +36360,54 @@
       </c>
       <c r="AP241" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ241" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR241" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS241" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT241" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU241" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C242" t="s" s="4">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D242" t="s">
         <v>57</v>
       </c>
       <c r="E242" t="s">
         <v>46</v>
       </c>
       <c r="F242" t="s">
         <v>47</v>
       </c>
       <c r="G242" t="s">
         <v>48</v>
       </c>
       <c r="H242" t="s">
         <v>49</v>
       </c>
       <c r="I242" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J242" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K242" t="s" s="5">
         <v>50</v>
       </c>
@@ -36496,63 +36503,63 @@
       </c>
       <c r="AP242" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ242" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR242" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS242" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT242" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU242" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C243" t="s" s="4">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D243" t="s">
         <v>45</v>
       </c>
       <c r="E243" t="s">
         <v>46</v>
       </c>
       <c r="F243" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G243" t="s">
         <v>48</v>
       </c>
       <c r="H243" t="s">
         <v>49</v>
       </c>
       <c r="I243" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J243" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K243" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L243" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M243" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N243" t="s" s="5">
         <v>50</v>
       </c>
@@ -36639,54 +36646,54 @@
       </c>
       <c r="AP243" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ243" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR243" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS243" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT243" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU243" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C244" t="s" s="4">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D244" t="s">
         <v>54</v>
       </c>
       <c r="E244" t="s">
         <v>46</v>
       </c>
       <c r="F244" t="s">
         <v>47</v>
       </c>
       <c r="G244" t="s">
         <v>48</v>
       </c>
       <c r="H244" t="s">
         <v>49</v>
       </c>
       <c r="I244" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J244" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K244" t="s" s="5">
         <v>50</v>
       </c>
@@ -36782,63 +36789,63 @@
       </c>
       <c r="AP244" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ244" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR244" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS244" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT244" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU244" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C245" t="s" s="4">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D245" t="s">
         <v>57</v>
       </c>
       <c r="E245" t="s">
         <v>46</v>
       </c>
       <c r="F245" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G245" t="s">
         <v>48</v>
       </c>
       <c r="H245" t="s">
         <v>49</v>
       </c>
       <c r="I245" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J245" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K245" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L245" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M245" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N245" t="s" s="5">
         <v>50</v>
       </c>
@@ -36925,54 +36932,54 @@
       </c>
       <c r="AP245" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ245" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR245" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS245" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT245" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU245" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C246" t="s" s="4">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D246" t="s">
         <v>45</v>
       </c>
       <c r="E246" t="s">
         <v>46</v>
       </c>
       <c r="F246" t="s">
         <v>47</v>
       </c>
       <c r="G246" t="s">
         <v>48</v>
       </c>
       <c r="H246" t="s">
         <v>49</v>
       </c>
       <c r="I246" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J246" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K246" t="s" s="5">
         <v>50</v>
       </c>
@@ -37068,63 +37075,63 @@
       </c>
       <c r="AP246" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ246" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR246" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS246" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT246" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU246" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C247" t="s" s="4">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D247" t="s">
         <v>54</v>
       </c>
       <c r="E247" t="s">
         <v>46</v>
       </c>
       <c r="F247" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G247" t="s">
         <v>48</v>
       </c>
       <c r="H247" t="s">
         <v>49</v>
       </c>
       <c r="I247" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J247" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K247" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L247" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M247" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N247" t="s" s="5">
         <v>50</v>
       </c>
@@ -37211,63 +37218,63 @@
       </c>
       <c r="AP247" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ247" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR247" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS247" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT247" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU247" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C248" t="s" s="4">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D248" t="s">
         <v>57</v>
       </c>
       <c r="E248" t="s">
         <v>46</v>
       </c>
       <c r="F248" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G248" t="s">
         <v>48</v>
       </c>
       <c r="H248" t="s">
         <v>49</v>
       </c>
       <c r="I248" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J248" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K248" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L248" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M248" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N248" t="s" s="5">
         <v>50</v>
       </c>
@@ -37354,65 +37361,65 @@
       </c>
       <c r="AP248" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ248" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR248" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS248" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT248" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU248" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C249" t="inlineStr" s="4">
         <is>
-          <t>3628Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 3628,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D249" t="s">
         <v>60</v>
       </c>
       <c r="E249" t="s">
         <v>46</v>
       </c>
       <c r="F249" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G249" t="s">
         <v>48</v>
       </c>
       <c r="H249" t="s">
         <v>49</v>
       </c>
       <c r="I249" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J249" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K249" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L249" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M249" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N249" t="s" s="5">
         <v>50</v>
       </c>
@@ -37499,65 +37506,65 @@
       </c>
       <c r="AP249" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ249" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR249" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS249" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT249" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU249" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C250" t="inlineStr" s="4">
         <is>
-          <t>3629​​​​​​​Про розгляд клопотання Спільного підприємства «Київ-Захід» у формі товариства з обмеженою відповідальністю</t>
+          <t>ID - 3629,  ​​​​​​​Про розгляд клопотання Спільного підприємства «Київ-Захід» у формі товариства з обмеженою відповідальністю</t>
         </is>
       </c>
       <c r="D250" t="s">
         <v>60</v>
       </c>
       <c r="E250" t="s">
         <v>46</v>
       </c>
       <c r="F250" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G250" t="s">
         <v>48</v>
       </c>
       <c r="H250" t="s">
         <v>49</v>
       </c>
       <c r="I250" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J250" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K250" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L250" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M250" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N250" t="s" s="5">
         <v>50</v>
       </c>
@@ -37644,63 +37651,63 @@
       </c>
       <c r="AP250" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ250" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR250" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS250" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT250" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU250" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C251" t="s" s="4">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D251" t="s">
         <v>60</v>
       </c>
       <c r="E251" t="s">
         <v>46</v>
       </c>
       <c r="F251" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G251" t="s">
         <v>48</v>
       </c>
       <c r="H251" t="s">
         <v>49</v>
       </c>
       <c r="I251" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J251" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K251" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L251" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M251" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N251" t="s" s="5">
         <v>50</v>
       </c>
@@ -37787,63 +37794,63 @@
       </c>
       <c r="AP251" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ251" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR251" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS251" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT251" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU251" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C252" t="s" s="4">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D252" t="s">
         <v>60</v>
       </c>
       <c r="E252" t="s">
         <v>46</v>
       </c>
       <c r="F252" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G252" t="s">
         <v>48</v>
       </c>
       <c r="H252" t="s">
         <v>49</v>
       </c>
       <c r="I252" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J252" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K252" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L252" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M252" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N252" t="s" s="5">
         <v>50</v>
       </c>
@@ -37930,63 +37937,63 @@
       </c>
       <c r="AP252" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ252" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR252" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS252" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT252" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU252" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C253" t="s" s="4">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D253" t="s">
         <v>60</v>
       </c>
       <c r="E253" t="s">
         <v>46</v>
       </c>
       <c r="F253" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G253" t="s">
         <v>48</v>
       </c>
       <c r="H253" t="s">
         <v>49</v>
       </c>
       <c r="I253" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J253" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K253" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L253" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M253" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N253" t="s" s="5">
         <v>50</v>
       </c>
@@ -38073,55 +38080,55 @@
       </c>
       <c r="AP253" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ253" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR253" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS253" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT253" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU253" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C254" t="inlineStr" s="4">
         <is>
-          <t>3633Про безоплатну передачу на баланс Комунального підприємства «Центр первинної медико-санітарної допомоги м. Червонограда» матеріальних цінностей</t>
+          <t>ID - 3633,  Про безоплатну передачу на баланс Комунального підприємства «Центр первинної медико-санітарної допомоги м. Червонограда» матеріальних цінностей</t>
         </is>
       </c>
       <c r="D254" t="s">
         <v>60</v>
       </c>
       <c r="E254" t="s">
         <v>46</v>
       </c>
       <c r="F254" t="s">
         <v>47</v>
       </c>
       <c r="G254" t="s">
         <v>48</v>
       </c>
       <c r="H254" t="s">
         <v>49</v>
       </c>
       <c r="I254" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J254" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K254" t="s" s="5">
         <v>50</v>
@@ -38218,65 +38225,65 @@
       </c>
       <c r="AP254" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ254" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR254" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS254" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT254" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU254" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C255" t="inlineStr" s="4">
         <is>
-          <t>3634Про звернення Червоноградської міської  ради до  парафіян московського патріархату щодо єднання з Помісною Православною Церквою України</t>
+          <t>ID - 3634,  Про звернення Червоноградської міської  ради до  парафіян московського патріархату щодо єднання з Помісною Православною Церквою України</t>
         </is>
       </c>
       <c r="D255" t="s">
         <v>60</v>
       </c>
       <c r="E255" t="s">
         <v>46</v>
       </c>
       <c r="F255" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G255" t="s">
         <v>48</v>
       </c>
       <c r="H255" t="s">
         <v>74</v>
       </c>
       <c r="I255" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J255" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K255" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L255" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M255" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N255" t="s" s="5">
         <v>50</v>
       </c>
@@ -38363,65 +38370,65 @@
       </c>
       <c r="AP255" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AQ255" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR255" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS255" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT255" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU255" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C256" t="inlineStr" s="4">
         <is>
-          <t>3642Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3642,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D256" t="s">
         <v>45</v>
       </c>
       <c r="E256" t="s">
         <v>46</v>
       </c>
       <c r="F256" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G256" t="s">
         <v>48</v>
       </c>
       <c r="H256" t="s">
         <v>49</v>
       </c>
       <c r="I256" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J256" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K256" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L256" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M256" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N256" t="s" s="5">
         <v>50</v>
       </c>
@@ -38508,63 +38515,63 @@
       </c>
       <c r="AP256" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ256" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR256" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS256" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT256" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU256" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C257" t="s" s="4">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D257" t="s">
         <v>54</v>
       </c>
       <c r="E257" t="s">
         <v>46</v>
       </c>
       <c r="F257" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G257" t="s">
         <v>48</v>
       </c>
       <c r="H257" t="s">
         <v>49</v>
       </c>
       <c r="I257" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J257" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K257" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L257" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M257" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N257" t="s" s="5">
         <v>50</v>
       </c>
@@ -38651,55 +38658,55 @@
       </c>
       <c r="AP257" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ257" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR257" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS257" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT257" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU257" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C258" t="inlineStr" s="4">
         <is>
-          <t>3644правка по відділу освіти  перміщення коштів на школи, ДНЗ де внутрішньопереміщені особі  технічна правка по назві доріг для ремонту Яструбецька, Центральна с. Волсвин</t>
+          <t>ID - 3644,  правка по відділу освіти  перміщення коштів на школи, ДНЗ де внутрішньопереміщені особі  технічна правка по назві доріг для ремонту Яструбецька, Центральна с. Волсвин</t>
         </is>
       </c>
       <c r="D258" t="s">
         <v>54</v>
       </c>
       <c r="E258" t="s">
         <v>46</v>
       </c>
       <c r="F258" t="s">
         <v>81</v>
       </c>
       <c r="G258" t="s">
         <v>48</v>
       </c>
       <c r="H258" t="s">
         <v>49</v>
       </c>
       <c r="I258" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J258" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K258" t="s" s="5">
         <v>50</v>
@@ -38796,65 +38803,65 @@
       </c>
       <c r="AP258" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ258" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR258" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS258" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT258" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU258" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C259" t="inlineStr" s="4">
         <is>
-          <t>3645Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
+          <t>ID - 3645,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D259" t="s">
         <v>57</v>
       </c>
       <c r="E259" t="s">
         <v>46</v>
       </c>
       <c r="F259" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G259" t="s">
         <v>48</v>
       </c>
       <c r="H259" t="s">
         <v>49</v>
       </c>
       <c r="I259" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J259" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K259" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L259" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M259" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N259" t="s" s="5">
         <v>50</v>
       </c>
@@ -38941,55 +38948,55 @@
       </c>
       <c r="AP259" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ259" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR259" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS259" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT259" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU259" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C260" t="inlineStr" s="4">
         <is>
-          <t>3646Про зупинення дії пп.4.1 п.4 рішення Червоноградської міської ради №2 від 24.11.2020 року щодо щомісячного преміювання</t>
+          <t>ID - 3646,  Про зупинення дії пп.4.1 п.4 рішення Червоноградської міської ради №2 від 24.11.2020 року щодо щомісячного преміювання</t>
         </is>
       </c>
       <c r="D260" t="s">
         <v>60</v>
       </c>
       <c r="E260" t="s">
         <v>46</v>
       </c>
       <c r="F260" t="s">
         <v>81</v>
       </c>
       <c r="G260" t="s">
         <v>48</v>
       </c>
       <c r="H260" t="s">
         <v>49</v>
       </c>
       <c r="I260" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J260" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K260" t="s" s="5">
         <v>50</v>
@@ -39086,65 +39093,65 @@
       </c>
       <c r="AP260" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ260" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR260" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS260" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT260" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU260" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C261" t="inlineStr" s="4">
         <is>
-          <t>3647Про надання одноразової грошової допомоги Ластович Тетяні Анатоліївні та Огородник Олександрі Василівні</t>
+          <t>ID - 3647,  Про надання одноразової грошової допомоги Ластович Тетяні Анатоліївні та Огородник Олександрі Василівні</t>
         </is>
       </c>
       <c r="D261" t="s">
         <v>45</v>
       </c>
       <c r="E261" t="s">
         <v>46</v>
       </c>
       <c r="F261" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G261" t="s">
         <v>48</v>
       </c>
       <c r="H261" t="s">
         <v>49</v>
       </c>
       <c r="I261" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J261" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K261" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L261" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M261" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N261" t="s" s="5">
         <v>50</v>
       </c>
@@ -39231,63 +39238,63 @@
       </c>
       <c r="AP261" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ261" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR261" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS261" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT261" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU261" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C262" t="s" s="4">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D262" t="s">
         <v>54</v>
       </c>
       <c r="E262" t="s">
         <v>46</v>
       </c>
       <c r="F262" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G262" t="s">
         <v>48</v>
       </c>
       <c r="H262" t="s">
         <v>49</v>
       </c>
       <c r="I262" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J262" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K262" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L262" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M262" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N262" t="s" s="5">
         <v>50</v>
       </c>
@@ -39374,65 +39381,65 @@
       </c>
       <c r="AP262" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ262" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR262" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS262" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT262" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU262" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C263" t="inlineStr" s="4">
         <is>
-          <t>3649Про надання одноразової грошової допомоги Ластович Тетяні Анатоліївні та Огородник Олександрі Василівні</t>
+          <t>ID - 3649,  Про надання одноразової грошової допомоги Ластович Тетяні Анатоліївні та Огородник Олександрі Василівні</t>
         </is>
       </c>
       <c r="D263" t="s">
         <v>57</v>
       </c>
       <c r="E263" t="s">
         <v>46</v>
       </c>
       <c r="F263" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G263" t="s">
         <v>48</v>
       </c>
       <c r="H263" t="s">
         <v>49</v>
       </c>
       <c r="I263" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J263" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K263" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L263" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M263" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N263" t="s" s="5">
         <v>50</v>
       </c>
@@ -39519,55 +39526,55 @@
       </c>
       <c r="AP263" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ263" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR263" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS263" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT263" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU263" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C264" t="inlineStr" s="4">
         <is>
-          <t>3650Про внесення змін в рішення Червоноградської міськї ради Червоноградського району від 14.04.2022р. № 1255 «Про припинення юридичної особи комунального підприємства «Школяр» шляхом ліквідації»</t>
+          <t>ID - 3650,  Про внесення змін в рішення Червоноградської міськї ради Червоноградського району від 14.04.2022р. № 1255 «Про припинення юридичної особи комунального підприємства «Школяр» шляхом ліквідації»</t>
         </is>
       </c>
       <c r="D264" t="s">
         <v>60</v>
       </c>
       <c r="E264" t="s">
         <v>46</v>
       </c>
       <c r="F264" t="s">
         <v>81</v>
       </c>
       <c r="G264" t="s">
         <v>48</v>
       </c>
       <c r="H264" t="s">
         <v>49</v>
       </c>
       <c r="I264" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J264" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K264" t="s" s="5">
         <v>50</v>
@@ -39669,673 +39676,673 @@
         <v>51</v>
       </c>
       <c r="AR264" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS264" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT264" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU264" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="265">
       <c r="A265"/>
       <c r="B265"/>
       <c r="C265"/>
       <c r="D265"/>
       <c r="E265"/>
       <c r="F265"/>
       <c r="G265"/>
       <c r="H265"/>
       <c r="I265" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J265" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="K265" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="L265" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M265" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N265" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="O265" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P265" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="Q265" t="s">
         <v>62</v>
       </c>
       <c r="R265" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="S265" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="T265" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="U265" t="s">
+        <v>398</v>
+      </c>
+      <c r="V265" t="s">
+        <v>399</v>
+      </c>
+      <c r="W265" t="s">
+        <v>400</v>
+      </c>
+      <c r="X265" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y265" t="s">
+        <v>402</v>
+      </c>
+      <c r="Z265" t="s">
+        <v>389</v>
+      </c>
+      <c r="AA265" t="s">
+        <v>403</v>
+      </c>
+      <c r="AB265" t="s">
+        <v>404</v>
+      </c>
+      <c r="AC265" t="s">
+        <v>405</v>
+      </c>
+      <c r="AD265" t="s">
+        <v>406</v>
+      </c>
+      <c r="AE265" t="s">
+        <v>407</v>
+      </c>
+      <c r="AF265" t="s">
+        <v>408</v>
+      </c>
+      <c r="AG265" t="s">
+        <v>409</v>
+      </c>
+      <c r="AH265" t="s">
+        <v>410</v>
+      </c>
+      <c r="AI265" t="s">
+        <v>411</v>
+      </c>
+      <c r="AJ265" t="s">
+        <v>412</v>
+      </c>
+      <c r="AK265" t="s">
+        <v>413</v>
+      </c>
+      <c r="AL265" t="s">
+        <v>414</v>
+      </c>
+      <c r="AM265" t="s">
+        <v>415</v>
+      </c>
+      <c r="AN265" t="s">
+        <v>416</v>
+      </c>
+      <c r="AO265" t="s">
+        <v>417</v>
+      </c>
+      <c r="AP265" t="s">
         <v>397</v>
-      </c>
-[...61 lines deleted...]
-        <v>396</v>
       </c>
       <c r="AQ265" t="s">
         <v>62</v>
       </c>
       <c r="AR265" t="s">
         <v>62</v>
       </c>
       <c r="AS265" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="AT265" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="AU265" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="266">
       <c r="A266"/>
       <c r="B266"/>
       <c r="C266"/>
       <c r="D266"/>
       <c r="E266"/>
       <c r="F266"/>
       <c r="G266"/>
       <c r="H266"/>
       <c r="I266" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J266" t="s">
         <v>48</v>
       </c>
       <c r="K266" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="L266" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="M266" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N266" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="O266" t="s">
         <v>48</v>
       </c>
       <c r="P266" t="s">
         <v>48</v>
       </c>
       <c r="Q266" t="s">
         <v>48</v>
       </c>
       <c r="R266" t="s">
         <v>48</v>
       </c>
       <c r="S266" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="T266" t="s">
         <v>48</v>
       </c>
       <c r="U266" t="s">
         <v>48</v>
       </c>
       <c r="V266" t="s">
         <v>48</v>
       </c>
       <c r="W266" t="s">
         <v>48</v>
       </c>
       <c r="X266" t="s">
         <v>48</v>
       </c>
       <c r="Y266" t="s">
         <v>48</v>
       </c>
       <c r="Z266" t="s">
         <v>48</v>
       </c>
       <c r="AA266" t="s">
         <v>48</v>
       </c>
       <c r="AB266" t="s">
         <v>48</v>
       </c>
       <c r="AC266" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AD266" t="s">
         <v>48</v>
       </c>
       <c r="AE266" t="s">
         <v>48</v>
       </c>
       <c r="AF266" t="s">
         <v>48</v>
       </c>
       <c r="AG266" t="s">
         <v>48</v>
       </c>
       <c r="AH266" t="s">
         <v>48</v>
       </c>
       <c r="AI266" t="s">
         <v>48</v>
       </c>
       <c r="AJ266" t="s">
         <v>48</v>
       </c>
       <c r="AK266" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AL266" t="s">
         <v>48</v>
       </c>
       <c r="AM266" t="s">
         <v>48</v>
       </c>
       <c r="AN266" t="s">
         <v>48</v>
       </c>
       <c r="AO266" t="s">
         <v>48</v>
       </c>
       <c r="AP266" t="s">
         <v>48</v>
       </c>
       <c r="AQ266" t="s">
         <v>48</v>
       </c>
       <c r="AR266" t="s">
         <v>48</v>
       </c>
       <c r="AS266" t="s">
         <v>48</v>
       </c>
       <c r="AT266" t="s">
         <v>48</v>
       </c>
       <c r="AU266" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="267">
       <c r="A267"/>
       <c r="B267"/>
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267"/>
       <c r="F267"/>
       <c r="G267"/>
       <c r="H267"/>
       <c r="I267" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="J267" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K267" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="L267" t="s">
+        <v>425</v>
+      </c>
+      <c r="M267" t="s">
+        <v>426</v>
+      </c>
+      <c r="N267" t="s">
         <v>424</v>
       </c>
-      <c r="M267" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O267" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P267" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="Q267" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="R267" t="s">
+        <v>427</v>
+      </c>
+      <c r="S267" t="s">
+        <v>428</v>
+      </c>
+      <c r="T267" t="s">
         <v>426</v>
       </c>
-      <c r="S267" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U267" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="V267" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="W267" t="s">
+        <v>430</v>
+      </c>
+      <c r="X267" t="s">
         <v>429</v>
       </c>
-      <c r="X267" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y267" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="Z267" t="s">
+        <v>431</v>
+      </c>
+      <c r="AA267" t="s">
+        <v>429</v>
+      </c>
+      <c r="AB267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AC267" t="s">
+        <v>429</v>
+      </c>
+      <c r="AD267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AE267" t="s">
+        <v>432</v>
+      </c>
+      <c r="AF267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AG267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AH267" t="s">
+        <v>429</v>
+      </c>
+      <c r="AI267" t="s">
+        <v>429</v>
+      </c>
+      <c r="AJ267" t="s">
+        <v>429</v>
+      </c>
+      <c r="AK267" t="s">
         <v>430</v>
       </c>
-      <c r="AA267" t="s">
-[...11 lines deleted...]
-      <c r="AE267" t="s">
+      <c r="AL267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AM267" t="s">
+        <v>432</v>
+      </c>
+      <c r="AN267" t="s">
+        <v>429</v>
+      </c>
+      <c r="AO267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AP267" t="s">
+        <v>433</v>
+      </c>
+      <c r="AQ267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AR267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AS267" t="s">
+        <v>424</v>
+      </c>
+      <c r="AT267" t="s">
+        <v>434</v>
+      </c>
+      <c r="AU267" t="s">
         <v>431</v>
-      </c>
-[...46 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="268">
       <c r="A268"/>
       <c r="B268"/>
       <c r="C268"/>
       <c r="D268"/>
       <c r="E268"/>
       <c r="F268"/>
       <c r="G268"/>
       <c r="H268"/>
       <c r="I268" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J268" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K268" t="s">
+        <v>436</v>
+      </c>
+      <c r="L268" t="s">
+        <v>437</v>
+      </c>
+      <c r="M268" t="s">
+        <v>438</v>
+      </c>
+      <c r="N268" t="s">
+        <v>439</v>
+      </c>
+      <c r="O268" t="s">
+        <v>440</v>
+      </c>
+      <c r="P268" t="s">
+        <v>441</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>442</v>
+      </c>
+      <c r="R268" t="s">
+        <v>443</v>
+      </c>
+      <c r="S268" t="s">
+        <v>444</v>
+      </c>
+      <c r="T268" t="s">
         <v>435</v>
       </c>
-      <c r="L268" t="s">
-[...2 lines deleted...]
-      <c r="M268" t="s">
+      <c r="U268" t="s">
+        <v>445</v>
+      </c>
+      <c r="V268" t="s">
+        <v>446</v>
+      </c>
+      <c r="W268" t="s">
+        <v>447</v>
+      </c>
+      <c r="X268" t="s">
+        <v>441</v>
+      </c>
+      <c r="Y268" t="s">
+        <v>448</v>
+      </c>
+      <c r="Z268" t="s">
+        <v>449</v>
+      </c>
+      <c r="AA268" t="s">
+        <v>450</v>
+      </c>
+      <c r="AB268" t="s">
+        <v>451</v>
+      </c>
+      <c r="AC268" t="s">
+        <v>452</v>
+      </c>
+      <c r="AD268" t="s">
+        <v>453</v>
+      </c>
+      <c r="AE268" t="s">
+        <v>454</v>
+      </c>
+      <c r="AF268" t="s">
+        <v>455</v>
+      </c>
+      <c r="AG268" t="s">
         <v>437</v>
       </c>
-      <c r="N268" t="s">
-[...11 lines deleted...]
-      <c r="R268" t="s">
+      <c r="AH268" t="s">
+        <v>456</v>
+      </c>
+      <c r="AI268" t="s">
+        <v>451</v>
+      </c>
+      <c r="AJ268" t="s">
+        <v>457</v>
+      </c>
+      <c r="AK268" t="s">
+        <v>435</v>
+      </c>
+      <c r="AL268" t="s">
         <v>442</v>
       </c>
-      <c r="S268" t="s">
-[...5 lines deleted...]
-      <c r="U268" t="s">
+      <c r="AM268" t="s">
+        <v>455</v>
+      </c>
+      <c r="AN268" t="s">
+        <v>458</v>
+      </c>
+      <c r="AO268" t="s">
+        <v>459</v>
+      </c>
+      <c r="AP268" t="s">
         <v>444</v>
       </c>
-      <c r="V268" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="AQ268" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="AR268" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="AS268" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AT268" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="AU268" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="269">
       <c r="A269"/>
       <c r="B269"/>
       <c r="C269"/>
       <c r="D269"/>
       <c r="E269"/>
       <c r="F269"/>
       <c r="G269"/>
       <c r="H269"/>
       <c r="I269" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="J269" t="s">
+        <v>464</v>
+      </c>
+      <c r="K269" t="s">
         <v>463</v>
       </c>
-      <c r="K269" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L269" t="s">
+        <v>465</v>
+      </c>
+      <c r="M269" t="s">
+        <v>466</v>
+      </c>
+      <c r="N269" t="s">
+        <v>463</v>
+      </c>
+      <c r="O269" t="s">
+        <v>467</v>
+      </c>
+      <c r="P269" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>468</v>
+      </c>
+      <c r="R269" t="s">
+        <v>469</v>
+      </c>
+      <c r="S269" t="s">
+        <v>470</v>
+      </c>
+      <c r="T269" t="s">
+        <v>471</v>
+      </c>
+      <c r="U269" t="s">
+        <v>463</v>
+      </c>
+      <c r="V269" t="s">
         <v>464</v>
       </c>
-      <c r="M269" t="s">
-[...14 lines deleted...]
-      <c r="R269" t="s">
+      <c r="W269" t="s">
+        <v>463</v>
+      </c>
+      <c r="X269" t="s">
+        <v>472</v>
+      </c>
+      <c r="Y269" t="s">
+        <v>473</v>
+      </c>
+      <c r="Z269" t="s">
+        <v>463</v>
+      </c>
+      <c r="AA269" t="s">
+        <v>469</v>
+      </c>
+      <c r="AB269" t="s">
+        <v>463</v>
+      </c>
+      <c r="AC269" t="s">
+        <v>471</v>
+      </c>
+      <c r="AD269" t="s">
+        <v>474</v>
+      </c>
+      <c r="AE269" t="s">
+        <v>474</v>
+      </c>
+      <c r="AF269" t="s">
+        <v>475</v>
+      </c>
+      <c r="AG269" t="s">
+        <v>464</v>
+      </c>
+      <c r="AH269" t="s">
+        <v>476</v>
+      </c>
+      <c r="AI269" t="s">
+        <v>477</v>
+      </c>
+      <c r="AJ269" t="s">
+        <v>478</v>
+      </c>
+      <c r="AK269" t="s">
+        <v>479</v>
+      </c>
+      <c r="AL269" t="s">
+        <v>480</v>
+      </c>
+      <c r="AM269" t="s">
+        <v>481</v>
+      </c>
+      <c r="AN269" t="s">
+        <v>482</v>
+      </c>
+      <c r="AO269" t="s">
+        <v>483</v>
+      </c>
+      <c r="AP269" t="s">
+        <v>463</v>
+      </c>
+      <c r="AQ269" t="s">
+        <v>484</v>
+      </c>
+      <c r="AR269" t="s">
         <v>468</v>
       </c>
-      <c r="S269" t="s">
-[...32 lines deleted...]
-      <c r="AD269" t="s">
+      <c r="AS269" t="s">
+        <v>483</v>
+      </c>
+      <c r="AT269" t="s">
+        <v>485</v>
+      </c>
+      <c r="AU269" t="s">
         <v>473</v>
-      </c>
-[...49 lines deleted...]
-        <v>472</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>