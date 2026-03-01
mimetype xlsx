--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="432" uniqueCount="432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="439">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XIV сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Василишин Петро Стефанович</t>
   </si>
   <si>
     <t>Гоц Павло Васильович</t>
   </si>
   <si>
     <t>Закала Богдан Васильович</t>
   </si>
   <si>
@@ -146,975 +146,996 @@
   <si>
     <t>Сімчук Василь Михайлович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>09.12.21  10:56:16</t>
   </si>
   <si>
-    <t>2984Про депутатськi запити</t>
+    <t>ID - 2984,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>09.12.21  10:56:49</t>
   </si>
   <si>
-    <t>2985За запит Гоца П.В., Закали Б.В.,</t>
+    <t>ID - 2985,  За запит Гоца П.В., Закали Б.В.,</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>09.12.21  10:57:16</t>
   </si>
   <si>
-    <t>2986Про депутатськi запити</t>
+    <t>ID - 2986,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>09.12.21  11:02:43</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>09.12.21  11:17:24</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>09.12.21  11:17:59</t>
   </si>
   <si>
     <t>09.12.21  11:20:03</t>
   </si>
   <si>
-    <t>2990Про  внесення змін до рішення Червоноградської міської ради від 01.04.2021року № 313</t>
+    <t>ID - 2990,  Про  внесення змін до рішення Червоноградської міської ради від 01.04.2021року № 313</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>09.12.21  11:24:12</t>
   </si>
   <si>
     <t>09.12.21  11:30:31</t>
   </si>
   <si>
     <t>09.12.21  11:32:47</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>09.12.21  11:37:53</t>
   </si>
   <si>
     <t>09.12.21  11:38:53</t>
   </si>
   <si>
-    <t>2995Про внесення змін в рішення сесії  № 179 від  04.02.2021 р.</t>
+    <t>ID - 2995,  Про внесення змін в рішення сесії  № 179 від  04.02.2021 р.</t>
   </si>
   <si>
     <t>09.12.21  11:40:58</t>
   </si>
   <si>
     <t>09.12.21  11:42:13</t>
   </si>
   <si>
     <t>09.12.21  11:46:45</t>
   </si>
   <si>
     <t>09.12.21  11:49:16</t>
   </si>
   <si>
     <t>09.12.21  11:50:58</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>09.12.21  11:52:49</t>
   </si>
   <si>
     <t>09.12.21  11:54:32</t>
   </si>
   <si>
     <t>09.12.21  12:01:26</t>
   </si>
   <si>
-    <t>3003Про скасування рішення Червоноградської міської ради № 467 від 20.05.2021 р.</t>
+    <t>ID - 3003,  Про скасування рішення Червоноградської міської ради № 467 від 20.05.2021 р.</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 7</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>09.12.21  12:04:57</t>
   </si>
   <si>
     <t>09.12.21  12:06:39</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>09.12.21  12:08:04</t>
   </si>
   <si>
-    <t>3007Про затвердження плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2022 рiк</t>
-[...1 lines deleted...]
-  <si>
     <t>09.12.21  12:10:37</t>
   </si>
   <si>
-    <t>3008Про розгляд звернення громадянина Холявінського Андрія Володимировича</t>
+    <t>ID - 3008,  Про розгляд звернення громадянина Холявінського Андрія Володимировича</t>
   </si>
   <si>
     <t>09.12.21  12:11:21</t>
   </si>
   <si>
+    <t>ID - 3009,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:16:35</t>
   </si>
   <si>
+    <t>ID - 3010,  </t>
+  </si>
+  <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>09.12.21  12:17:13</t>
   </si>
   <si>
+    <t>ID - 3011,  </t>
+  </si>
+  <si>
     <t>Змінне</t>
   </si>
   <si>
     <t>09.12.21  12:21:14</t>
   </si>
   <si>
     <t>09.12.21  12:23:21</t>
   </si>
   <si>
     <t>09.12.21  12:25:51</t>
   </si>
   <si>
-    <t>3014вилучити п. 8 Додатку № 2 замінити `Клішевський Дмитро Олександрович` </t>
+    <t>ID - 3014,  вилучити п. 8 Додатку № 2 замінити `Клішевський Дмитро Олександрович` </t>
   </si>
   <si>
     <t>09.12.21  12:26:20</t>
   </si>
   <si>
     <t>09.12.21  12:28:26</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>09.12.21  12:29:11</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>09.12.21  12:29:26</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>09.12.21  12:29:53</t>
   </si>
   <si>
     <t>09.12.21  12:30:38</t>
   </si>
   <si>
+    <t>ID - 3020,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:32:04</t>
   </si>
   <si>
+    <t>ID - 3021,  </t>
+  </si>
+  <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>09.12.21  12:32:48</t>
   </si>
   <si>
+    <t>ID - 3022,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:33:33</t>
   </si>
   <si>
     <t>09.12.21  12:34:16</t>
   </si>
   <si>
     <t>09.12.21  12:35:28</t>
   </si>
   <si>
-    <t>3025відкорегувати нумерацію пунтків. Вилучити п.5. додатку №5</t>
+    <t>ID - 3025,  відкорегувати нумерацію пунтків. Вилучити п.5. додатку №5</t>
   </si>
   <si>
     <t>09.12.21  12:36:06</t>
   </si>
   <si>
     <t>09.12.21  12:36:48</t>
   </si>
   <si>
-    <t>3027Про розгляд клопотання громадянки Виноградової Галини Іванівни</t>
+    <t>ID - 3027,  Про розгляд клопотання громадянки Виноградової Галини Іванівни</t>
   </si>
   <si>
     <t>09.12.21  12:37:27</t>
   </si>
   <si>
-    <t>3028Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 3028,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>09.12.21  12:37:59</t>
   </si>
   <si>
+    <t>ID - 3029,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:38:41</t>
   </si>
   <si>
+    <t>ID - 3030,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:39:41</t>
   </si>
   <si>
+    <t>ID - 3031,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:40:10</t>
   </si>
   <si>
+    <t>ID - 3032,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:42:38</t>
   </si>
   <si>
+    <t>ID - 3033,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:43:02</t>
   </si>
   <si>
+    <t>ID - 3034,  </t>
+  </si>
+  <si>
     <t>09.12.21  12:43:52</t>
   </si>
   <si>
     <t>09.12.21  12:45:20</t>
   </si>
   <si>
     <t>09.12.21  12:46:09</t>
   </si>
   <si>
     <t>09.12.21  12:47:10</t>
   </si>
   <si>
     <t>09.12.21  12:47:59</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>09.12.21  12:48:32</t>
   </si>
   <si>
     <t>09.12.21  12:49:21</t>
   </si>
   <si>
     <t>09.12.21  12:50:27</t>
   </si>
   <si>
-    <t>3042у додатку №2 - Гочанчарук уточнити номер гаража , без букви М. </t>
+    <t>ID - 3042,  у додатку №2 - Гочанчарук уточнити номер гаража , без букви М. </t>
   </si>
   <si>
     <t>09.12.21  12:51:01</t>
   </si>
   <si>
     <t>09.12.21  12:51:49</t>
   </si>
   <si>
     <t>09.12.21  12:52:39</t>
   </si>
   <si>
-    <t>3045Про розгляд клопотань учасників бойових дій (АТО)</t>
+    <t>ID - 3045,  Про розгляд клопотань учасників бойових дій (АТО)</t>
   </si>
   <si>
     <t>09.12.21  12:53:11</t>
   </si>
   <si>
     <t>09.12.21  12:54:03</t>
   </si>
   <si>
-    <t>3047п.1 додаток змінити адресу Грушевського 1а/8 </t>
+    <t>ID - 3047,  п.1 додаток змінити адресу Грушевського 1а/8 </t>
   </si>
   <si>
     <t>09.12.21  12:54:35</t>
   </si>
   <si>
     <t>09.12.21  12:55:21</t>
   </si>
   <si>
-    <t>3049Про внесення змін в Додаток 3 до рішення Червоноградської міської ради № 663 від 05.08.2021</t>
-[...1 lines deleted...]
-  <si>
     <t>09.12.21  12:55:55</t>
   </si>
   <si>
     <t>09.12.21  12:57:30</t>
   </si>
   <si>
-    <t>3051у п.17. замінити слово `відмовити` на `надати Клепак Н.О.`  </t>
+    <t>ID - 3051,  у п.17. замінити слово `відмовити` на `надати Клепак Н.О.`  </t>
   </si>
   <si>
     <t>09.12.21  12:58:00</t>
   </si>
   <si>
     <t>09.12.21  12:58:34</t>
   </si>
   <si>
     <t>09.12.21  12:59:24</t>
   </si>
   <si>
-    <t>3054привести у відповідність нумерацію пунктів рішення</t>
+    <t>ID - 3054,  привести у відповідність нумерацію пунктів рішення</t>
   </si>
   <si>
     <t>09.12.21  13:00:17</t>
   </si>
   <si>
     <t>09.12.21  13:00:56</t>
   </si>
   <si>
-    <t>3056Про розгляд клопотання громадянки Шульган Світлани Василівни</t>
+    <t>ID - 3056,  Про розгляд клопотання громадянки Шульган Світлани Василівни</t>
   </si>
   <si>
     <t>09.12.21  13:01:57</t>
   </si>
   <si>
-    <t>3057у п.1  виправити слово `селянське`</t>
+    <t>ID - 3057,  у п.1  виправити слово `селянське`</t>
   </si>
   <si>
     <t>09.12.21  13:02:35</t>
   </si>
   <si>
-    <t>3058Про розгляд клопотання громадянки Шульган Світлани Василівни</t>
+    <t>ID - 3058,  Про розгляд клопотання громадянки Шульган Світлани Василівни</t>
   </si>
   <si>
     <t>09.12.21  13:04:29</t>
   </si>
   <si>
-    <t>3059Про припинення права оренди земельної ділянки  в м. Соснівка</t>
+    <t>ID - 3059,  Про припинення права оренди земельної ділянки  в м. Соснівка</t>
   </si>
   <si>
     <t>09.12.21  14:46:49</t>
   </si>
   <si>
     <t>09.12.21  14:48:05</t>
   </si>
   <si>
-    <t>3063Про надання земельних ділянок в постійне користування в с. Поздимир та с. Волсвин</t>
+    <t>ID - 3063,  Про надання земельних ділянок в постійне користування в с. Поздимир та с. Волсвин</t>
   </si>
   <si>
     <t>09.12.21  16:06:40</t>
   </si>
   <si>
     <t>За: 33</t>
   </si>
   <si>
     <t>09.12.21  16:18:48</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>09.12.21  16:24:38</t>
   </si>
   <si>
-    <t>3068Про розгляд клопотання громадянина Данчука Ігоря Степановича</t>
+    <t>ID - 3068,  Про розгляд клопотання громадянина Данчука Ігоря Степановича</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>09.12.21  16:25:57</t>
   </si>
   <si>
     <t>09.12.21  16:27:09</t>
   </si>
   <si>
-    <t>3070стенограмно озвучена Надільною Г.В. </t>
+    <t>ID - 3070,  стенограмно озвучена Надільною Г.В. </t>
   </si>
   <si>
     <t>09.12.21  16:27:45</t>
   </si>
   <si>
     <t>09.12.21  16:29:36</t>
   </si>
   <si>
-    <t>3072Про розгляд клопотань про внесення змін  в договори оренди земельних ділянок</t>
+    <t>ID - 3072,  Про розгляд клопотань про внесення змін  в договори оренди земельних ділянок</t>
   </si>
   <si>
     <t>09.12.21  16:30:24</t>
   </si>
   <si>
-    <t>3073Про розгляд клопотання громадянки Осміловської Ольги Григорівни</t>
+    <t>ID - 3073,  Про розгляд клопотання громадянки Осміловської Ольги Григорівни</t>
   </si>
   <si>
     <t>09.12.21  16:31:37</t>
   </si>
   <si>
     <t>09.12.21  16:33:10</t>
   </si>
   <si>
     <t>09.12.21  16:34:28</t>
   </si>
   <si>
     <t>09.12.21  16:36:32</t>
   </si>
   <si>
     <t>09.12.21  16:37:33</t>
   </si>
   <si>
     <t>09.12.21  16:51:33</t>
   </si>
   <si>
     <t>09.12.21  16:55:32</t>
   </si>
   <si>
     <t>09.12.21  16:56:25</t>
   </si>
   <si>
     <t>09.12.21  16:58:25</t>
   </si>
   <si>
-    <t>3082Про припинення та надання в постійне користування земельної ділянки в с. Сілець</t>
+    <t>ID - 3082,  Про припинення та надання в постійне користування земельної ділянки в с. Сілець</t>
   </si>
   <si>
     <t>09.12.21  16:59:21</t>
   </si>
   <si>
-    <t>3083Про розгляд клопотань учасників бойових дій (АТО)</t>
+    <t>ID - 3083,  Про розгляд клопотань учасників бойових дій (АТО)</t>
   </si>
   <si>
     <t>09.12.21  17:00:05</t>
   </si>
   <si>
-    <t>3084Про розгляд клопотання громадянина Ільчука Володимира Богдановича</t>
+    <t>ID - 3084,  Про розгляд клопотання громадянина Ільчука Володимира Богдановича</t>
   </si>
   <si>
     <t>09.12.21  17:01:18</t>
   </si>
   <si>
     <t>09.12.21  17:19:51</t>
   </si>
   <si>
     <t>09.12.21  17:22:07</t>
   </si>
   <si>
-    <t>3087вилучити п.2  ( подготовити окреме рішення на друге засідання 14ї сесії)</t>
+    <t>ID - 3087,  вилучити п.2  ( подготовити окреме рішення на друге засідання 14ї сесії)</t>
   </si>
   <si>
     <t>За: 13</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>09.12.21  17:22:41</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Утримались: 8</t>
   </si>
   <si>
     <t>09.12.21  17:24:21</t>
   </si>
   <si>
-    <t>3089Про розгляд клопотання Дещиці Володимира Сильвестровича</t>
+    <t>ID - 3089,  Про розгляд клопотання Дещиці Володимира Сильвестровича</t>
   </si>
   <si>
     <t>09.12.21  17:25:45</t>
   </si>
   <si>
     <t>16.12.21  10:27:52</t>
   </si>
   <si>
-    <t>3095Про внесення змін до місцевих програм на 2021 рік</t>
+    <t>ID - 3095,  Про внесення змін до місцевих програм на 2021 рік</t>
   </si>
   <si>
     <t>16.12.21  10:46:54</t>
   </si>
   <si>
-    <t>3096Про  бюджет Червоноградської міської територіальної громади на 2022 рік</t>
+    <t>ID - 3096,  Про  бюджет Червоноградської міської територіальної громади на 2022 рік</t>
   </si>
   <si>
     <t>16.12.21  11:09:07</t>
   </si>
   <si>
     <t>16.12.21  11:09:41</t>
   </si>
   <si>
-    <t>3098Про  бюджет Червоноградської міської територіальної громади на 2022 рік</t>
+    <t>ID - 3098,  Про  бюджет Червоноградської міської територіальної громади на 2022 рік</t>
   </si>
   <si>
     <t>16.12.21  11:13:36</t>
   </si>
   <si>
     <t>16.12.21  11:16:08</t>
   </si>
   <si>
     <t>16.12.21  11:18:32</t>
   </si>
   <si>
     <t>16.12.21  11:19:49</t>
   </si>
   <si>
-    <t>3102Про затвердження місцевої програми природоохоронних заходів на 2022 рік</t>
+    <t>ID - 3102,  Про затвердження місцевої програми природоохоронних заходів на 2022 рік</t>
   </si>
   <si>
     <t>16.12.21  11:22:29</t>
   </si>
   <si>
-    <t>3103Про затвердження місцевих програм пов’язаних з економічною діяльністю на 2022 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>16.12.21  11:34:22</t>
   </si>
   <si>
-    <t>3104Про затвердження місцевих програм в галузі соціального захисту населення на 2022 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>16.12.21  11:44:41</t>
   </si>
   <si>
-    <t>3105Про затвердження місцевих програм в медичній галузі  на 2022 рік</t>
+    <t>ID - 3105,  Про затвердження місцевих програм в медичній галузі  на 2022 рік</t>
   </si>
   <si>
     <t>16.12.21  11:46:59</t>
   </si>
   <si>
-    <t>3106Про затвердження місцевих програм в галузі молодіжної політики та промоцій на 2022 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>16.12.21  11:52:55</t>
   </si>
   <si>
-    <t>3107Про затвердження місцевих програм в галузі спорту на 2022 рік</t>
+    <t>ID - 3107,  Про затвердження місцевих програм в галузі спорту на 2022 рік</t>
   </si>
   <si>
     <t>16.12.21  11:54:30</t>
   </si>
   <si>
-    <t>3108Про затвердження місцевих програм в галузі культури на 2022 рік</t>
+    <t>ID - 3108,  Про затвердження місцевих програм в галузі культури на 2022 рік</t>
   </si>
   <si>
     <t>16.12.21  11:56:32</t>
   </si>
   <si>
     <t>16.12.21  11:58:34</t>
   </si>
   <si>
-    <t>3110 у додатку №1 перенести  з п .5  50 000 з інтернет ресурів на соціальну рекламу   п.4</t>
+    <t>ID - 3110,   у додатку №1 перенести  з п .5  50 000 з інтернет ресурів на соціальну рекламу   п.4</t>
   </si>
   <si>
     <t>16.12.21  11:59:06</t>
   </si>
   <si>
     <t>16.12.21  12:27:12</t>
   </si>
   <si>
     <t>16.12.21  12:29:30</t>
   </si>
   <si>
     <t>16.12.21  12:30:55</t>
   </si>
   <si>
     <t>16.12.21  12:32:17</t>
   </si>
   <si>
     <t>16.12.21  12:35:46</t>
   </si>
   <si>
     <t>16.12.21  12:36:49</t>
   </si>
   <si>
     <t>16.12.21  12:38:21</t>
   </si>
   <si>
-    <t>3118Про надання одноразової  грошової допомоги</t>
+    <t>ID - 3118,  Про надання одноразової  грошової допомоги</t>
   </si>
   <si>
     <t>16.12.21  12:40:16</t>
   </si>
   <si>
     <t>16.12.21  12:41:02</t>
   </si>
   <si>
-    <t>3120Якимчук  для Бех 3500 грн</t>
+    <t>ID - 3120,  Якимчук  для Бех 3500 грн</t>
   </si>
   <si>
     <t>16.12.21  12:41:32</t>
   </si>
   <si>
-    <t>3121Про надання одноразової  грошової допомоги</t>
+    <t>ID - 3121,  Про надання одноразової  грошової допомоги</t>
   </si>
   <si>
     <t>16.12.21  12:43:58</t>
   </si>
   <si>
     <t>16.12.21  12:46:56</t>
   </si>
   <si>
     <t>16.12.21  12:53:41</t>
   </si>
   <si>
     <t>16.12.21  12:55:41</t>
   </si>
   <si>
     <t>16.12.21  12:57:04</t>
   </si>
   <si>
-    <t>3126п.27. методики з 1% на 0,1 ( громадські організації, благодійні організації) </t>
+    <t>ID - 3126,  п.27. методики з 1% на 0,1 ( громадські організації, благодійні організації) </t>
   </si>
   <si>
     <t>16.12.21  13:01:12</t>
   </si>
   <si>
     <t>16.12.21  13:13:08</t>
   </si>
   <si>
     <t>16.12.21  13:15:26</t>
   </si>
   <si>
     <t>16.12.21  13:15:56</t>
   </si>
   <si>
-    <t>3130Про затвердження персонального складу комісії з оцінки корупційних ризиків</t>
+    <t>ID - 3130,  Про затвердження персонального складу комісії з оцінки корупційних ризиків</t>
   </si>
   <si>
     <t>16.12.21  13:16:36</t>
   </si>
   <si>
-    <t>3131Ввести у склад комісії Микитюка В. </t>
+    <t>ID - 3131,  Ввести у склад комісії Микитюка В. </t>
   </si>
   <si>
     <t>16.12.21  13:17:31</t>
   </si>
   <si>
-    <t>3132ввести у склад комісії Василишина П.С, </t>
+    <t>ID - 3132,  ввести у склад комісії Василишина П.С, </t>
   </si>
   <si>
     <t>16.12.21  13:18:19</t>
   </si>
   <si>
-    <t>3133ввести у склад комісії Остапюка П.П.</t>
+    <t>ID - 3133,  ввести у склад комісії Остапюка П.П.</t>
   </si>
   <si>
     <t>16.12.21  13:19:01</t>
   </si>
   <si>
-    <t>3134ввести у склад комісії Колтакової Г.П. </t>
+    <t>ID - 3134,  ввести у склад комісії Колтакової Г.П. </t>
   </si>
   <si>
     <t>16.12.21  13:19:31</t>
   </si>
   <si>
-    <t>3135Про затвердження персонального складу комісії з оцінки корупційних ризиків</t>
+    <t>ID - 3135,  Про затвердження персонального складу комісії з оцінки корупційних ризиків</t>
   </si>
   <si>
     <t>16.12.21  13:30:00</t>
   </si>
   <si>
     <t>16.12.21  15:13:01</t>
   </si>
   <si>
     <t>16.12.21  15:15:02</t>
   </si>
   <si>
     <t>16.12.21  15:26:52</t>
   </si>
   <si>
     <t>16.12.21  15:30:10</t>
   </si>
   <si>
     <t>16.12.21  15:31:12</t>
   </si>
   <si>
     <t>16.12.21  15:32:27</t>
   </si>
   <si>
-    <t>3144Правки озвучені стенограмно Надільною Г.В. </t>
+    <t>ID - 3144,  Правки озвучені стенограмно Надільною Г.В. </t>
   </si>
   <si>
     <t>16.12.21  15:33:03</t>
   </si>
   <si>
     <t>16.12.21  15:33:48</t>
   </si>
   <si>
-    <t>3146Про розгляд клопотань громадян щодо затвердження технічних документацій</t>
+    <t>ID - 3146,  Про розгляд клопотань громадян щодо затвердження технічних документацій</t>
   </si>
   <si>
     <t>16.12.21  15:36:09</t>
   </si>
   <si>
-    <t>3147правка стенограмно озвучена Надільною Г.В. </t>
+    <t>ID - 3147,  правка стенограмно озвучена Надільною Г.В. </t>
   </si>
   <si>
     <t>16.12.21  15:38:50</t>
   </si>
   <si>
-    <t>3148Про розгляд клопотань громадян щодо затвердження технічних документацій</t>
+    <t>ID - 3148,  Про розгляд клопотань громадян щодо затвердження технічних документацій</t>
   </si>
   <si>
     <t>16.12.21  15:41:14</t>
   </si>
   <si>
     <t>16.12.21  15:42:42</t>
   </si>
   <si>
     <t>16.12.21  15:44:30</t>
   </si>
   <si>
-    <t>3151Про продаж у власність земельної ділянки громадянину Бутку Петру Степановичу</t>
+    <t>ID - 3151,  Про продаж у власність земельної ділянки громадянину Бутку Петру Степановичу</t>
   </si>
   <si>
     <t>16.12.21  15:45:36</t>
   </si>
   <si>
-    <t>3152правка вартість 134 152 грн,  добавити № рецензії</t>
+    <t>ID - 3152,  правка вартість 134 152 грн,  добавити № рецензії</t>
   </si>
   <si>
     <t>16.12.21  15:46:05</t>
   </si>
   <si>
-    <t>3153Про продаж у власність земельної ділянки громадянину Бутку Петру Степановичу</t>
+    <t>ID - 3153,  Про продаж у власність земельної ділянки громадянину Бутку Петру Степановичу</t>
   </si>
   <si>
     <t>16.12.21  15:47:10</t>
   </si>
   <si>
-    <t>3154Про розгляд заяви громадянки Тимчишин Інни Вікторівни</t>
+    <t>ID - 3154,  Про розгляд заяви громадянки Тимчишин Інни Вікторівни</t>
   </si>
   <si>
     <t>16.12.21  15:47:42</t>
   </si>
   <si>
-    <t>3155Про розгляд заяви громадянина Медюка Ігоря Володимировича</t>
+    <t>ID - 3155,  Про розгляд заяви громадянина Медюка Ігоря Володимировича</t>
   </si>
   <si>
     <t>16.12.21  15:48:45</t>
   </si>
   <si>
-    <t>3156вилучити додатки</t>
+    <t>ID - 3156,  вилучити додатки</t>
   </si>
   <si>
     <t>16.12.21  15:50:22</t>
   </si>
   <si>
-    <t>3157Про розгляд заяви громадянина Медюка Ігоря Володимировича</t>
+    <t>ID - 3157,  Про розгляд заяви громадянина Медюка Ігоря Володимировича</t>
   </si>
   <si>
     <t>16.12.21  15:56:34</t>
   </si>
   <si>
-    <t>3159​​​​​​​Пророзгляд клопотання громадянки Клак Галини Михайлівни</t>
+    <t>ID - 3159,  ​​​​​​​Пророзгляд клопотання громадянки Клак Галини Михайлівни</t>
   </si>
   <si>
     <t>16.12.21  15:58:07</t>
   </si>
   <si>
-    <t>3160 скасувати  п.4 додатку №2 рішення ЧМР №513</t>
+    <t>ID - 3160,   скасувати  п.4 додатку №2 рішення ЧМР №513</t>
   </si>
   <si>
     <t>16.12.21  15:58:34</t>
   </si>
   <si>
-    <t>3161​​​​​​​Пророзгляд клопотання громадянки Клак Галини Михайлівни</t>
+    <t>ID - 3161,  ​​​​​​​Пророзгляд клопотання громадянки Клак Галини Михайлівни</t>
   </si>
   <si>
     <t>16.12.21  15:59:53</t>
   </si>
   <si>
-    <t>3163Про продаж у власність земельної ділянки громадянину Соханю Івану Івановичу</t>
+    <t>ID - 3163,  Про продаж у власність земельної ділянки громадянину Соханю Івану Івановичу</t>
   </si>
   <si>
     <t>16.12.21  16:01:32</t>
   </si>
   <si>
-    <t>3164добавити вартість</t>
+    <t>ID - 3164,  добавити вартість</t>
   </si>
   <si>
     <t>16.12.21  16:02:55</t>
   </si>
   <si>
-    <t>3165Про продаж у власність земельної ділянки громадянину Соханю Івану Івановичу</t>
+    <t>ID - 3165,  Про продаж у власність земельної ділянки громадянину Соханю Івану Івановичу</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>16.12.21  16:05:04</t>
   </si>
   <si>
     <t>16.12.21  16:05:43</t>
   </si>
   <si>
     <t>16.12.21  16:08:14</t>
   </si>
   <si>
     <t>16.12.21  16:09:08</t>
   </si>
   <si>
     <t>16.12.21  16:10:15</t>
   </si>
   <si>
     <t>16.12.21  16:11:24</t>
   </si>
   <si>
     <t>16.12.21  16:14:02</t>
   </si>
   <si>
-    <t>3172змінити адресу з а просп. Шевченка, 3а на а просп. Шевченка, 3б</t>
+    <t>ID - 3172,  змінити адресу з а просп. Шевченка, 3а на а просп. Шевченка, 3б</t>
   </si>
   <si>
     <t>16.12.21  16:14:44</t>
   </si>
   <si>
     <t>16.12.21  16:15:59</t>
   </si>
   <si>
     <t>16.12.21  16:18:13</t>
   </si>
   <si>
-    <t>3175добавити у додаток п.6-8 озвучено стенограмно Надільною Г.В. </t>
+    <t>ID - 3175,  добавити у додаток п.6-8 озвучено стенограмно Надільною Г.В. </t>
   </si>
   <si>
     <t>16.12.21  16:18:47</t>
   </si>
   <si>
     <t>16.12.21  16:19:59</t>
   </si>
   <si>
     <t>16.12.21  16:21:34</t>
   </si>
   <si>
-    <t>3178Про розгляд клопотання громадянки Нацик Юлії Сергіївни</t>
+    <t>ID - 3178,  Про розгляд клопотання громадянки Нацик Юлії Сергіївни</t>
   </si>
   <si>
     <t>16.12.21  16:23:04</t>
   </si>
   <si>
-    <t>3179Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 3179,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>16.12.21  16:24:24</t>
   </si>
   <si>
     <t>16.12.21  16:27:48</t>
   </si>
   <si>
     <t>16.12.21  16:30:38</t>
   </si>
   <si>
     <t>16.12.21  16:33:12</t>
   </si>
   <si>
     <t>28.12.21  16:29:19</t>
   </si>
   <si>
     <t>28.12.21  16:35:20</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>28.12.21  16:36:20</t>
   </si>
   <si>
     <t>28.12.21  16:37:21</t>
   </si>
   <si>
-    <t>3195Про депутатськi запити</t>
+    <t>ID - 3195,  Про депутатськi запити</t>
   </si>
   <si>
     <t>28.12.21  16:40:09</t>
   </si>
   <si>
-    <t>3196За запит Лапця М,Р. </t>
+    <t>ID - 3196,  За запит Лапця М,Р. </t>
   </si>
   <si>
     <t>28.12.21  16:41:50</t>
   </si>
   <si>
-    <t>3197За запит Гоца П.В,</t>
+    <t>ID - 3197,  За запит Гоца П.В,</t>
   </si>
   <si>
     <t>28.12.21  16:42:19</t>
   </si>
   <si>
-    <t>3198Про депутатськi запити</t>
+    <t>ID - 3198,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За: 170</t>
   </si>
   <si>
     <t>За: 179</t>
   </si>
   <si>
     <t>За: 105</t>
   </si>
   <si>
     <t>За: 189</t>
   </si>
   <si>
     <t>За: 174</t>
   </si>
   <si>
     <t>За: 177</t>
   </si>
   <si>
     <t>За: 185</t>
   </si>
   <si>
     <t>За: 97</t>
   </si>
@@ -1999,51 +2020,51 @@
       <c r="AQ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>2987Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2987,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>61</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
@@ -2144,51 +2165,51 @@
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>2988  1. Зменшити на 139 074 гривні видатки по обєкту «Будівництво технологічної лінії утилізації шламів (осадів) від очищених стічних вод Червоноградських  очисних споруд (IІІ-тя черга)» Коригування (код ПКВКМБ 1518340 «Природоохоронні заходи за рахунок цільових фондів» КЕКВ 3122)  передбачені за рахунок : - екологічного податку в сумі 45 000 гривень; -залишку коштів спеціального фонду, який утворився на 01.01.2021 року по екологічному податку в сумі 94074 гривні.  Спрямувати кошти спеціального фонду місцевого бюджету в сумі 139 074 гривні на об»єкт  «Реконструкція скидного колектора очищених стічних вод Червоноградських очисних споруд в с.Добрячин Сокальського району Львівської обл. на ділянці від автодороги Червоноград-Сокаль до р. Західний Буг» (Коригування)» (код ПКВКМБ 1518340 «Природоохоронні заходи за рахунок цільових фондів» КЕКВ 3142). Внести відповідні зміни до Програми проведення природоохоронних заходів  на 2021 рік.  Головний розпорядник коштів – відділ капітального будівництва та інвестицій.   2. Провести переміщення по відділу освіти:   - зменшити видатки</t>
+          <t>ID - 2988,    1. Зменшити на 139 074 гривні видатки по обєкту «Будівництво технологічної лінії утилізації шламів (осадів) від очищених стічних вод Червоноградських  очисних споруд (IІІ-тя черга)» Коригування (код ПКВКМБ 1518340 «Природоохоронні заходи за рахунок цільових фондів» КЕКВ 3122)  передбачені за рахунок : - екологічного податку в сумі 45 000 гривень; -залишку коштів спеціального фонду, який утворився на 01.01.2021 року по екологічному податку в сумі 94074 гривні.  Спрямувати кошти спеціального фонду місцевого бюджету в сумі 139 074 гривні на об»єкт  «Реконструкція скидного колектора очищених стічних вод Червоноградських очисних споруд в с.Добрячин Сокальського району Львівської обл. на ділянці від автодороги Червоноград-Сокаль до р. Західний Буг» (Коригування)» (код ПКВКМБ 1518340 «Природоохоронні заходи за рахунок цільових фондів» КЕКВ 3142). Внести відповідні зміни до Програми проведення природоохоронних заходів  на 2021 рік.  Головний розпорядник коштів – відділ капітального будівництва та інвестицій.   2. Провести переміщення по відділу освіти:   - зменшити видатки</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>63</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>52</v>
@@ -2289,51 +2310,51 @@
       <c r="AQ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>2989Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2989,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>61</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>50</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
@@ -2577,51 +2598,51 @@
       <c r="AQ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>2991Про   розроблення  детального плану території в селі Межиріччя ( за межами населених пунктів) Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2991,  Про   розроблення  детального плану території в селі Межиріччя ( за межами населених пунктів) Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>67</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>63</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -2722,51 +2743,51 @@
       <c r="AQ9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>2992Про  розроблення детального плану території  в присілку  Заболотня у селі Сілець (за межами населених пунктів)   Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2992,  Про  розроблення детального плану території  в присілку  Заболотня у селі Сілець (за межами населених пунктів)   Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>67</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s">
         <v>61</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>52</v>
@@ -2867,51 +2888,51 @@
       <c r="AQ10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>2993Про  розроблення детального плану території кварталу житлової забудови садибного типу в присілку  Тетерівець  у селі Сілець Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2993,  Про  розроблення детального плану території кварталу житлової забудови садибного типу в присілку  Тетерівець  у селі Сілець Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>67</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>71</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>52</v>
@@ -3012,51 +3033,51 @@
       <c r="AQ11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>2994Про затвердження Статуту Комунального некомерційного підприємства «Соснівська міська лікарня Червоноградської міської ради»</t>
+          <t>ID - 2994,  Про затвердження Статуту Комунального некомерційного підприємства «Соснівська міська лікарня Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>67</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>52</v>
@@ -3300,51 +3321,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>2996Про   надання   дозволу   вiддiлу освiти Червоноградської  мiської ради Львівської області на проведення списання з балансу дерев та їх видалення, що знаходяться на територiях навчальних закладів освіти</t>
+          <t>ID - 2996,  Про   надання   дозволу   вiддiлу освiти Червоноградської  мiської ради Львівської області на проведення списання з балансу дерев та їх видалення, що знаходяться на територiях навчальних закладів освіти</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>67</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>61</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>52</v>
@@ -3445,51 +3466,51 @@
       <c r="AQ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>77</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>2997Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти, учням закладiв загальної середньої освiти</t>
+          <t>ID - 2997,  Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти, учням закладiв загальної середньої освiти</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>67</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>61</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
         <v>50</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>52</v>
@@ -3590,51 +3611,51 @@
       <c r="AQ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>78</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>2998Про затвердження актів приймання передачі об`єкта завершеного будівництва з державної власності у комунальну власність – Амбулаторію монопрактики в с. Волсвин, вул. Шептицького,57а</t>
+          <t>ID - 2998,  Про затвердження актів приймання передачі об`єкта завершеного будівництва з державної власності у комунальну власність – Амбулаторію монопрактики в с. Волсвин, вул. Шептицького,57а</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>67</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>52</v>
@@ -3735,51 +3756,51 @@
       <c r="AQ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>79</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>2999Про придбання житла для особи з числа дітей- сиріт, яка перебуває на квартирному обліку громадян, які потребують покращення житлових  умов при  виконавчому комітеті Червоноградської міської ради</t>
+          <t>ID - 2999,  Про придбання житла для особи з числа дітей- сиріт, яка перебуває на квартирному обліку громадян, які потребують покращення житлових  умов при  виконавчому комітеті Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>67</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>61</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>52</v>
@@ -3880,51 +3901,51 @@
       <c r="AQ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>80</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>3000Про затвердження Порядку звiльнення учасникiв АТО (ООС), бійців – добровольців АТО   та   членiв   їх  сiмей, членiв сімей загиблих / померлих учасникiв АТО(ООС), бiйцiв-добровольцiв АТО, постраждалих   учасникiв Революцiї Гiдностi, членів сімей полонених та зниклих безвісти військовослужбовців АТО (ООС),  вiд   сплати   за   послуги  з    утримання будинкiв та прибудинкових територiй незалежно вiд форми власностi житлового фонду</t>
+          <t>ID - 3000,  Про затвердження Порядку звiльнення учасникiв АТО (ООС), бійців – добровольців АТО   та   членiв   їх  сiмей, членiв сімей загиблих / померлих учасникiв АТО(ООС), бiйцiв-добровольцiв АТО, постраждалих   учасникiв Революцiї Гiдностi, членів сімей полонених та зниклих безвісти військовослужбовців АТО (ООС),  вiд   сплати   за   послуги  з    утримання будинкiв та прибудинкових територiй незалежно вiд форми власностi житлового фонду</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>67</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>81</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -4025,51 +4046,51 @@
       <c r="AQ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>3001Про внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
+          <t>ID - 3001,  Про внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>67</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>52</v>
@@ -4170,51 +4191,51 @@
       <c r="AQ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>3002Про внесення змiн в схему теплопостачання м. Соснівки, затверджену рiшенням Соснівської мiської ради вiд 26.07.2012 № 157 «Про затвердження оптимiзованої схеми теплопостачання м. Соснівки»</t>
+          <t>ID - 3002,  Про внесення змiн в схему теплопостачання м. Соснівки, затверджену рiшенням Соснівської мiської ради вiд 26.07.2012 № 157 «Про затвердження оптимiзованої схеми теплопостачання м. Соснівки»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>67</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>61</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>52</v>
@@ -4458,51 +4479,51 @@
       <c r="AQ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>90</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>3005Про надання згоди на безкоштовну передачу  у  комунальну     власність      Червоноградської міської територіаль-ної громади, в особі Червоноградської міської ради, лінійного об’єкту інженерно-транспортної інфраструктури – водопониження  підробленої  та підтопленої території закритої шахти «Бендюзька» від Відокремленого підрозділу «Західна дирекція з ліквідації шахт» ДП «Об’єднана Компанія «Укрвуглереструктуризація»</t>
+          <t>ID - 3005,  Про надання згоди на безкоштовну передачу  у  комунальну     власність      Червоноградської міської територіаль-ної громади, в особі Червоноградської міської ради, лінійного об’єкту інженерно-транспортної інфраструктури – водопониження  підробленої  та підтопленої території закритої шахти «Бендюзька» від Відокремленого підрозділу «Західна дирекція з ліквідації шахт» ДП «Об’єднана Компанія «Укрвуглереструктуризація»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>67</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>52</v>
@@ -4603,51 +4624,51 @@
       <c r="AQ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>91</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>3006Про надання дозволу на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Сокальська,1</t>
+          <t>ID - 3006,  Про надання дозволу на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Сокальська,1</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>92</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>52</v>
@@ -4746,52 +4767,54 @@
         <v>52</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
-      <c r="C24" t="s" s="4">
-        <v>94</v>
+      <c r="C24" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3007,  Про затвердження плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2022 рiк</t>
+        </is>
       </c>
       <c r="D24" t="s">
         <v>67</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
       </c>
@@ -4887,54 +4910,54 @@
       </c>
       <c r="AP24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>94</v>
+      </c>
+      <c r="C25" t="s" s="4">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D25" t="s">
         <v>67</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>81</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>52</v>
       </c>
@@ -5030,54 +5053,54 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>96</v>
+      </c>
+      <c r="C26" t="s" s="4">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>3009</v>
       </c>
       <c r="D26" t="s">
         <v>46</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>81</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>52</v>
       </c>
@@ -5175,61 +5198,61 @@
         <v>52</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>98</v>
       </c>
-      <c r="C27" s="4">
-        <v>3010</v>
+      <c r="C27" t="s" s="4">
+        <v>99</v>
       </c>
       <c r="D27" t="s">
         <v>56</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>52</v>
       </c>
@@ -5316,57 +5339,57 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>3011</v>
+        <v>101</v>
+      </c>
+      <c r="C28" t="s" s="4">
+        <v>102</v>
       </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>81</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>52</v>
       </c>
@@ -5459,65 +5482,65 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>3012Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій (АТО)</t>
+          <t>ID - 3012,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій (АТО)</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>46</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>53</v>
       </c>
@@ -5604,65 +5627,65 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>3013у п. 7 Додатку № 2 замінити `Клішевський Дмитро Олександрович` на  `Клепак Наталія Олександрівна` </t>
+          <t>ID - 3013,  у п. 7 Додатку № 2 замінити `Клішевський Дмитро Олександрович` на  `Клепак Наталія Олександрівна` </t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>56</v>
       </c>
       <c r="E30" t="s">
         <v>47</v>
       </c>
       <c r="F30" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>53</v>
       </c>
@@ -5749,54 +5772,54 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C31" t="s" s="4">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D31" t="s">
         <v>56</v>
       </c>
       <c r="E31" t="s">
         <v>47</v>
       </c>
       <c r="F31" t="s">
         <v>92</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31" t="s">
         <v>50</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>52</v>
       </c>
@@ -5892,55 +5915,55 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>3015Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій (АТО)</t>
+          <t>ID - 3015,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій (АТО)</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>59</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>92</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>50</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>52</v>
@@ -6037,65 +6060,65 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>3016Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 3016,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D33" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>52</v>
       </c>
@@ -6182,65 +6205,65 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>3017Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 3017,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>67</v>
       </c>
       <c r="E34" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F34" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34" t="s">
         <v>50</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>53</v>
       </c>
@@ -6327,65 +6350,65 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>3018Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 3018,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D35" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E35" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F35" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>52</v>
       </c>
@@ -6472,62 +6495,62 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>3019Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 3019,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E36" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F36" t="s">
         <v>92</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>52</v>
       </c>
@@ -6617,54 +6640,54 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>3020</v>
+        <v>117</v>
+      </c>
+      <c r="C37" t="s" s="4">
+        <v>118</v>
       </c>
       <c r="D37" t="s">
         <v>46</v>
       </c>
       <c r="E37" t="s">
         <v>47</v>
       </c>
       <c r="F37" t="s">
         <v>81</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>52</v>
       </c>
@@ -6760,63 +6783,63 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>3021</v>
+        <v>119</v>
+      </c>
+      <c r="C38" t="s" s="4">
+        <v>120</v>
       </c>
       <c r="D38" t="s">
         <v>56</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>52</v>
       </c>
@@ -6903,63 +6926,63 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>3022</v>
+        <v>122</v>
+      </c>
+      <c r="C39" t="s" s="4">
+        <v>123</v>
       </c>
       <c r="D39" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E39" t="s">
         <v>47</v>
       </c>
       <c r="F39" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>50</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>52</v>
       </c>
@@ -7046,65 +7069,65 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>3023Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 3023,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D40" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>52</v>
       </c>
@@ -7191,65 +7214,65 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>3024Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 3024,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>46</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>52</v>
       </c>
@@ -7336,54 +7359,54 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C42" t="s" s="4">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="D42" t="s">
         <v>56</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
         <v>48</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>52</v>
       </c>
@@ -7479,55 +7502,55 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>3026Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 3026,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>59</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
         <v>48</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>52</v>
@@ -7624,57 +7647,57 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D44" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
         <v>81</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
         <v>50</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>52</v>
       </c>
@@ -7767,54 +7790,54 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
         <v>67</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
         <v>92</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>52</v>
       </c>
@@ -7910,63 +7933,63 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>3029</v>
+        <v>133</v>
+      </c>
+      <c r="C46" t="s" s="4">
+        <v>134</v>
       </c>
       <c r="D46" t="s">
         <v>46</v>
       </c>
       <c r="E46" t="s">
         <v>47</v>
       </c>
       <c r="F46" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>52</v>
       </c>
@@ -8053,63 +8076,63 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>3030</v>
+        <v>135</v>
+      </c>
+      <c r="C47" t="s" s="4">
+        <v>136</v>
       </c>
       <c r="D47" t="s">
         <v>56</v>
       </c>
       <c r="E47" t="s">
         <v>47</v>
       </c>
       <c r="F47" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>52</v>
       </c>
@@ -8196,57 +8219,57 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>3031</v>
+        <v>137</v>
+      </c>
+      <c r="C48" t="s" s="4">
+        <v>138</v>
       </c>
       <c r="D48" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E48" t="s">
         <v>47</v>
       </c>
       <c r="F48" t="s">
         <v>81</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
         <v>50</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>52</v>
       </c>
@@ -8339,54 +8362,54 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>3032</v>
+        <v>139</v>
+      </c>
+      <c r="C49" t="s" s="4">
+        <v>140</v>
       </c>
       <c r="D49" t="s">
         <v>46</v>
       </c>
       <c r="E49" t="s">
         <v>47</v>
       </c>
       <c r="F49" t="s">
         <v>48</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
         <v>50</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>52</v>
       </c>
@@ -8482,63 +8505,63 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>3033</v>
+        <v>141</v>
+      </c>
+      <c r="C50" t="s" s="4">
+        <v>142</v>
       </c>
       <c r="D50" t="s">
         <v>56</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>52</v>
       </c>
@@ -8625,63 +8648,63 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>3034</v>
+        <v>143</v>
+      </c>
+      <c r="C51" t="s" s="4">
+        <v>144</v>
       </c>
       <c r="D51" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>52</v>
       </c>
@@ -8768,65 +8791,65 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>3035Про затвердження проектів землеустрою щодо зміни цільового призначення земельних ділянок</t>
+          <t>ID - 3035,  Про затвердження проектів землеустрою щодо зміни цільового призначення земельних ділянок</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>67</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
         <v>50</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>52</v>
       </c>
@@ -8913,65 +8936,65 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>3036Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 3036,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>67</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53" t="s">
         <v>50</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>52</v>
       </c>
@@ -9058,65 +9081,65 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>3037Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки в м. Червонограді на вул. Будівельній, 1«а»</t>
+          <t>ID - 3037,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки в м. Червонограді на вул. Будівельній, 1«а»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>67</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>52</v>
       </c>
@@ -9203,65 +9226,65 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>3038Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки за межами села Волсвин</t>
+          <t>ID - 3038,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки за межами села Волсвин</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>67</v>
       </c>
       <c r="E55" t="s">
         <v>47</v>
       </c>
       <c r="F55" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55" t="s">
         <v>50</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>52</v>
       </c>
@@ -9348,65 +9371,65 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>3039Про надання дозволу на виготовлення проектiв землеустрою щодо вiдведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд</t>
+          <t>ID - 3039,  Про надання дозволу на виготовлення проектiв землеустрою щодо вiдведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>67</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>53</v>
       </c>
@@ -9493,55 +9516,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>3040Про надання дозволу на виготовлення проектiв землеустрою щодо вiдведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд</t>
+          <t>ID - 3040,  Про надання дозволу на виготовлення проектiв землеустрою щодо вiдведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>67</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>92</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
@@ -9638,65 +9661,65 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>3041Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 3041,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>46</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>53</v>
       </c>
@@ -9783,63 +9806,63 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="D59" t="s">
         <v>56</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>52</v>
       </c>
@@ -9926,65 +9949,65 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>3043Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 3043,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>59</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>52</v>
       </c>
@@ -10071,65 +10094,65 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>3044Про надання дозволу на виготовлення технічних документацій для ведення особистого селянського господарства</t>
+          <t>ID - 3044,  Про надання дозволу на виготовлення технічних документацій для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>67</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G61" t="s">
         <v>49</v>
       </c>
       <c r="H61" t="s">
         <v>50</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>52</v>
       </c>
@@ -10216,63 +10239,63 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="C62" t="s" s="4">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="D62" t="s">
         <v>67</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>52</v>
       </c>
@@ -10359,55 +10382,55 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>3046Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
+          <t>ID - 3046,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>46</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
         <v>81</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>52</v>
@@ -10504,54 +10527,54 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="D64" t="s">
         <v>56</v>
       </c>
       <c r="E64" t="s">
         <v>47</v>
       </c>
       <c r="F64" t="s">
         <v>92</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
         <v>50</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>52</v>
       </c>
@@ -10647,65 +10670,65 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>3048Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
+          <t>ID - 3048,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>59</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>52</v>
       </c>
@@ -10792,63 +10815,65 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>163</v>
+      </c>
+      <c r="C66" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3049,  Про внесення змін в Додаток 3 до рішення Червоноградської міської ради № 663 від 05.08.2021</t>
+        </is>
       </c>
       <c r="D66" t="s">
         <v>67</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>52</v>
       </c>
@@ -10935,65 +10960,65 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>3050Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою</t>
+          <t>ID - 3050,  Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>46</v>
       </c>
       <c r="E67" t="s">
         <v>47</v>
       </c>
       <c r="F67" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G67" t="s">
         <v>49</v>
       </c>
       <c r="H67" t="s">
         <v>50</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>52</v>
       </c>
@@ -11080,63 +11105,63 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="D68" t="s">
         <v>56</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>52</v>
       </c>
@@ -11223,65 +11248,65 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>3052Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою</t>
+          <t>ID - 3052,  Про розгляд клопотань громадян про надання дозволу на виготовлення проектів землеустрою</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>59</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>52</v>
       </c>
@@ -11368,65 +11393,65 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>3053Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 3053,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>46</v>
       </c>
       <c r="E70" t="s">
         <v>47</v>
       </c>
       <c r="F70" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>52</v>
       </c>
@@ -11513,63 +11538,63 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="C71" t="s" s="4">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="D71" t="s">
         <v>56</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>52</v>
       </c>
@@ -11656,65 +11681,65 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>3055Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 3055,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>59</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="G72" t="s">
         <v>49</v>
       </c>
       <c r="H72" t="s">
         <v>50</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>52</v>
       </c>
@@ -11801,63 +11826,63 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="D73" t="s">
         <v>46</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>52</v>
       </c>
@@ -11944,63 +11969,63 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="D74" t="s">
         <v>56</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>52</v>
       </c>
@@ -12087,63 +12112,63 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D75" t="s">
         <v>59</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>52</v>
       </c>
@@ -12230,63 +12255,63 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="C76" t="s" s="4">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="D76" t="s">
         <v>67</v>
       </c>
       <c r="E76" t="s">
         <v>47</v>
       </c>
       <c r="F76" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>52</v>
       </c>
@@ -12373,55 +12398,55 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>3062Про звернення Червоноградської  міської ради щодо критичної ситуації у шахтарських колективах ДП «Львіввугілля» у зв’язку з не виплатою заробітної плати за липень – грудень 2021 року.</t>
+          <t>ID - 3062,  Про звернення Червоноградської  міської ради щодо критичної ситуації у шахтарських колективах ДП «Львіввугілля» у зв’язку з не виплатою заробітної плати за липень – грудень 2021 року.</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>67</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
         <v>63</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>50</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>52</v>
@@ -12518,54 +12543,54 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="D78" t="s">
         <v>67</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
         <v>63</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>52</v>
       </c>
@@ -12661,65 +12686,65 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>3065Про припинення права оренди на земельну ділянку та передачу її у власність в смт. Гірник</t>
+          <t>ID - 3065,  Про припинення права оренди на земельну ділянку та передачу її у власність в смт. Гірник</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>67</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>52</v>
       </c>
@@ -12806,71 +12831,71 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>3066Про розгляд клопотання громадян Радчука Миколи Миколайовича та Радчук Ірини Петрівни</t>
+          <t>ID - 3066,  Про розгляд клопотання громадян Радчука Миколи Миколайовича та Радчук Ірини Петрівни</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>67</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G80" t="s">
         <v>87</v>
       </c>
       <c r="H80" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>72</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O80" t="s" s="5">
         <v>89</v>
       </c>
       <c r="P80" t="s" s="5">
         <v>53</v>
       </c>
@@ -12951,63 +12976,63 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="D81" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>52</v>
       </c>
@@ -13094,65 +13119,65 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>3069​​​​​​​Про розгляд клопотання товариства  з обмеженою відповідальністю «Терразем»</t>
+          <t>ID - 3069,  ​​​​​​​Про розгляд клопотання товариства  з обмеженою відповідальністю «Терразем»</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>46</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>52</v>
       </c>
@@ -13239,54 +13264,54 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="D83" t="s">
         <v>56</v>
       </c>
       <c r="E83" t="s">
         <v>47</v>
       </c>
       <c r="F83" t="s">
         <v>92</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
         <v>50</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>52</v>
       </c>
@@ -13382,55 +13407,55 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>3071​​​​​​​Про розгляд клопотання товариства  з обмеженою відповідальністю «Терразем»</t>
+          <t>ID - 3071,  ​​​​​​​Про розгляд клопотання товариства  з обмеженою відповідальністю «Терразем»</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>59</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
         <v>81</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>52</v>
@@ -13527,63 +13552,63 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="D85" t="s">
         <v>67</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>50</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>52</v>
       </c>
@@ -13670,54 +13695,54 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="D86" t="s">
         <v>67</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
         <v>92</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>52</v>
       </c>
@@ -13813,55 +13838,55 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>3074Про розгляд клопотань державного підприємства «Радехівське лісомисливське господарство»</t>
+          <t>ID - 3074,  Про розгляд клопотань державного підприємства «Радехівське лісомисливське господарство»</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>67</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
         <v>81</v>
       </c>
       <c r="G87" t="s">
         <v>49</v>
       </c>
       <c r="H87" t="s">
         <v>50</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>52</v>
@@ -13958,55 +13983,55 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>3075​​​​​​​Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
+          <t>ID - 3075,  ​​​​​​​Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>67</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
         <v>61</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>52</v>
@@ -14103,55 +14128,55 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>3076​​​​​​​Про резервування земельних ділянок для створення індустріального парку в с. Сілець</t>
+          <t>ID - 3076,  ​​​​​​​Про резервування земельних ділянок для створення індустріального парку в с. Сілець</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>67</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
         <v>48</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>52</v>
@@ -14248,55 +14273,55 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>3077Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу земельних ділянок на території Червоноградської міської ради</t>
+          <t>ID - 3077,  Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу земельних ділянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>67</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
         <v>61</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
         <v>50</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>52</v>
@@ -14393,55 +14418,55 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>3078Про передачу у власність земельних ділянок для ведення особистого селянського господарства в с. Острів</t>
+          <t>ID - 3078,  Про передачу у власність земельних ділянок для ведення особистого селянського господарства в с. Острів</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>67</v>
       </c>
       <c r="E91" t="s">
         <v>47</v>
       </c>
       <c r="F91" t="s">
         <v>61</v>
       </c>
       <c r="G91" t="s">
         <v>49</v>
       </c>
       <c r="H91" t="s">
         <v>50</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>52</v>
@@ -14538,55 +14563,55 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>3079​​​​​​​Про надання в оренду земельних ділянок Публічному акціонерному товариству «Львівська вугільна компанія»</t>
+          <t>ID - 3079,  ​​​​​​​Про надання в оренду земельних ділянок Публічному акціонерному товариству «Львівська вугільна компанія»</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>46</v>
       </c>
       <c r="E92" t="s">
         <v>47</v>
       </c>
       <c r="F92" t="s">
         <v>63</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
         <v>50</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>52</v>
@@ -14683,55 +14708,55 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>3080встановити річну орендну плату за земельні ділянки 6 % від їх нормативної грошової оцінки</t>
+          <t>ID - 3080,  встановити річну орендну плату за земельні ділянки 6 % від їх нормативної грошової оцінки</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>56</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
         <v>92</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
       <c r="H93" t="s">
         <v>50</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>52</v>
@@ -14828,55 +14853,55 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
-          <t>3081​​​​​​​Про надання в оренду земельних ділянок Публічному акціонерному товариству «Львівська вугільна компанія»</t>
+          <t>ID - 3081,  ​​​​​​​Про надання в оренду земельних ділянок Публічному акціонерному товариству «Львівська вугільна компанія»</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>59</v>
       </c>
       <c r="E94" t="s">
         <v>47</v>
       </c>
       <c r="F94" t="s">
         <v>63</v>
       </c>
       <c r="G94" t="s">
         <v>49</v>
       </c>
       <c r="H94" t="s">
         <v>50</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>52</v>
@@ -14973,63 +14998,63 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="D95" t="s">
         <v>67</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>50</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>52</v>
       </c>
@@ -15116,54 +15141,54 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="D96" t="s">
         <v>67</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
         <v>48</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>71</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>52</v>
       </c>
@@ -15259,54 +15284,54 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="C97" t="s" s="4">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="D97" t="s">
         <v>67</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
         <v>48</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>52</v>
       </c>
@@ -15402,55 +15427,55 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>3085Про надання дозволу на розроблення проекту землеустрою щодо відведення  земельної ділянки для обслуговування кладовища в с. Сілець</t>
+          <t>ID - 3085,  Про надання дозволу на розроблення проекту землеустрою щодо відведення  земельної ділянки для обслуговування кладовища в с. Сілець</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>67</v>
       </c>
       <c r="E98" t="s">
         <v>47</v>
       </c>
       <c r="F98" t="s">
         <v>48</v>
       </c>
       <c r="G98" t="s">
         <v>49</v>
       </c>
       <c r="H98" t="s">
         <v>50</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>52</v>
@@ -15547,55 +15572,55 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>3086​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді</t>
+          <t>ID - 3086,  ​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>46</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
         <v>48</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
         <v>50</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>52</v>
@@ -15692,69 +15717,69 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="C100" t="s" s="4">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="D100" t="s">
         <v>56</v>
       </c>
       <c r="E100" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F100" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>72</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P100" t="s" s="5">
         <v>52</v>
       </c>
@@ -15835,71 +15860,71 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>3088​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді</t>
+          <t>ID - 3088,  ​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>67</v>
       </c>
       <c r="E101" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F101" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="G101" t="s">
         <v>49</v>
       </c>
       <c r="H101" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>72</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P101" t="s" s="5">
         <v>72</v>
       </c>
@@ -15980,54 +16005,54 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="D102" t="s">
         <v>67</v>
       </c>
       <c r="E102" t="s">
         <v>47</v>
       </c>
       <c r="F102" t="s">
         <v>61</v>
       </c>
       <c r="G102" t="s">
         <v>49</v>
       </c>
       <c r="H102" t="s">
         <v>50</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>52</v>
       </c>
@@ -16123,55 +16148,55 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>3090Про припинення прав оренди земельних ділянок та передачу їх у власність в м. Червонограді</t>
+          <t>ID - 3090,  Про припинення прав оренди земельних ділянок та передачу їх у власність в м. Червонограді</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>67</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
         <v>92</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>53</v>
@@ -16268,54 +16293,54 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="D104" t="s">
         <v>67</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
         <v>81</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>51</v>
       </c>
@@ -16411,63 +16436,63 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="D105" t="s">
         <v>46</v>
       </c>
       <c r="E105" t="s">
         <v>47</v>
       </c>
       <c r="F105" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>71</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>72</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>52</v>
       </c>
@@ -16554,65 +16579,65 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>3097Правки озвучені стенограмно Сементух Л.І. ( пункти охорони здоров&amp;#39;я у селах, станція знезалізнення, щодо надходжень від оренди приміщень КП)  </t>
+          <t>ID - 3097,  Правки озвучені стенограмно Сементух Л.І. ( пункти охорони здоров&amp;#39;я у селах, станція знезалізнення, щодо надходжень від оренди приміщень КП)  </t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>56</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>52</v>
       </c>
@@ -16699,54 +16724,54 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="C107" t="s" s="4">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="D107" t="s">
         <v>59</v>
       </c>
       <c r="E107" t="s">
         <v>47</v>
       </c>
       <c r="F107" t="s">
         <v>48</v>
       </c>
       <c r="G107" t="s">
         <v>49</v>
       </c>
       <c r="H107" t="s">
         <v>50</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>51</v>
       </c>
@@ -16842,55 +16867,55 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>3099Про затвердження місцевих програм в галузі земельних відносин та містобудування на 2022 рік</t>
+          <t>ID - 3099,  Про затвердження місцевих програм в галузі земельних відносин та містобудування на 2022 рік</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>67</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
         <v>48</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
@@ -16987,55 +17012,55 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>3100Про затвердження Програми мобілізаційної підготовки місцевого значення та забезпечення заходів, пов’язаних із виконанням військового обов’язку, призовом громадян України на строкову військову службу, військову службу за контрактом та військову службу в резерві до лав Збройних Сил України та інших військових формувань на 2022 рік</t>
+          <t>ID - 3100,  Про затвердження Програми мобілізаційної підготовки місцевого значення та забезпечення заходів, пов’язаних із виконанням військового обов’язку, призовом громадян України на строкову військову службу, військову службу за контрактом та військову службу в резерві до лав Збройних Сил України та інших військових формувань на 2022 рік</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>67</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
         <v>48</v>
       </c>
       <c r="G109" t="s">
         <v>49</v>
       </c>
       <c r="H109" t="s">
         <v>50</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
@@ -17132,65 +17157,65 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>3101Про затвердження місцевих програм в галузі житлово-комунального господарства  на 2022 рік</t>
+          <t>ID - 3101,  Про затвердження місцевих програм в галузі житлово-комунального господарства  на 2022 рік</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>67</v>
       </c>
       <c r="E110" t="s">
         <v>47</v>
       </c>
       <c r="F110" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G110" t="s">
         <v>49</v>
       </c>
       <c r="H110" t="s">
         <v>50</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>52</v>
       </c>
@@ -17277,54 +17302,54 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="D111" t="s">
         <v>67</v>
       </c>
       <c r="E111" t="s">
         <v>47</v>
       </c>
       <c r="F111" t="s">
         <v>81</v>
       </c>
       <c r="G111" t="s">
         <v>49</v>
       </c>
       <c r="H111" t="s">
         <v>50</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>51</v>
       </c>
@@ -17420,54 +17445,56 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>236</v>
+      </c>
+      <c r="C112" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3103,  Про затвердження місцевих програм пов’язаних з економічною діяльністю на 2022 рік</t>
+        </is>
       </c>
       <c r="D112" t="s">
         <v>67</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
         <v>61</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>51</v>
       </c>
@@ -17563,54 +17590,56 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>237</v>
+      </c>
+      <c r="C113" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3104,  Про затвердження місцевих програм в галузі соціального захисту населення на 2022 рік</t>
+        </is>
       </c>
       <c r="D113" t="s">
         <v>67</v>
       </c>
       <c r="E113" t="s">
         <v>47</v>
       </c>
       <c r="F113" t="s">
         <v>63</v>
       </c>
       <c r="G113" t="s">
         <v>49</v>
       </c>
       <c r="H113" t="s">
         <v>50</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>51</v>
       </c>
@@ -17706,54 +17735,54 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C114" t="s" s="4">
-        <v>231</v>
+        <v>239</v>
       </c>
       <c r="D114" t="s">
         <v>67</v>
       </c>
       <c r="E114" t="s">
         <v>47</v>
       </c>
       <c r="F114" t="s">
         <v>61</v>
       </c>
       <c r="G114" t="s">
         <v>49</v>
       </c>
       <c r="H114" t="s">
         <v>50</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>51</v>
       </c>
@@ -17849,54 +17878,56 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>240</v>
+      </c>
+      <c r="C115" t="inlineStr" s="4">
+        <is>
+          <t>ID - 3106,  Про затвердження місцевих програм в галузі молодіжної політики та промоцій на 2022 рік</t>
+        </is>
       </c>
       <c r="D115" t="s">
         <v>67</v>
       </c>
       <c r="E115" t="s">
         <v>47</v>
       </c>
       <c r="F115" t="s">
         <v>63</v>
       </c>
       <c r="G115" t="s">
         <v>49</v>
       </c>
       <c r="H115" t="s">
         <v>50</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
       </c>
@@ -17992,54 +18023,54 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="D116" t="s">
         <v>67</v>
       </c>
       <c r="E116" t="s">
         <v>47</v>
       </c>
       <c r="F116" t="s">
         <v>48</v>
       </c>
       <c r="G116" t="s">
         <v>49</v>
       </c>
       <c r="H116" t="s">
         <v>50</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>51</v>
       </c>
@@ -18135,54 +18166,54 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="C117" t="s" s="4">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="D117" t="s">
         <v>67</v>
       </c>
       <c r="E117" t="s">
         <v>47</v>
       </c>
       <c r="F117" t="s">
         <v>48</v>
       </c>
       <c r="G117" t="s">
         <v>49</v>
       </c>
       <c r="H117" t="s">
         <v>50</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>51</v>
       </c>
@@ -18278,55 +18309,55 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>3109Про затвердження місцевих програми з висвітлення діяльності та цифровізації Червоноградської міської ради на 2022 рік</t>
+          <t>ID - 3109,  Про затвердження місцевих програми з висвітлення діяльності та цифровізації Червоноградської міської ради на 2022 рік</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>46</v>
       </c>
       <c r="E118" t="s">
         <v>47</v>
       </c>
       <c r="F118" t="s">
         <v>81</v>
       </c>
       <c r="G118" t="s">
         <v>49</v>
       </c>
       <c r="H118" t="s">
         <v>50</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
@@ -18423,63 +18454,63 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="D119" t="s">
         <v>56</v>
       </c>
       <c r="E119" t="s">
         <v>47</v>
       </c>
       <c r="F119" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G119" t="s">
         <v>49</v>
       </c>
       <c r="H119" t="s">
         <v>50</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>52</v>
       </c>
@@ -18566,55 +18597,55 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>3111Про затвердження місцевих програми з висвітлення діяльності та цифровізації Червоноградської міської ради на 2022 рік</t>
+          <t>ID - 3111,  Про затвердження місцевих програми з висвітлення діяльності та цифровізації Червоноградської міської ради на 2022 рік</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>59</v>
       </c>
       <c r="E120" t="s">
         <v>47</v>
       </c>
       <c r="F120" t="s">
         <v>48</v>
       </c>
       <c r="G120" t="s">
         <v>49</v>
       </c>
       <c r="H120" t="s">
         <v>50</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>51</v>
@@ -18711,65 +18742,65 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>3112Про затвердження міської цільової програми реконструкції та модернізації закладів освіти на 2022-2025роки</t>
+          <t>ID - 3112,  Про затвердження міської цільової програми реконструкції та модернізації закладів освіти на 2022-2025роки</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>46</v>
       </c>
       <c r="E121" t="s">
         <v>47</v>
       </c>
       <c r="F121" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G121" t="s">
         <v>49</v>
       </c>
       <c r="H121" t="s">
         <v>50</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>52</v>
       </c>
@@ -18856,65 +18887,65 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>3113Заходи що стосуються 2026-2030 рік перенести у роки до 2025 року. Заходи по ліцею передбачити у 2022 році </t>
+          <t>ID - 3113,  Заходи що стосуються 2026-2030 рік перенести у роки до 2025 року. Заходи по ліцею передбачити у 2022 році </t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>56</v>
       </c>
       <c r="E122" t="s">
         <v>47</v>
       </c>
       <c r="F122" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G122" t="s">
         <v>49</v>
       </c>
       <c r="H122" t="s">
         <v>50</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N122" t="s" s="5">
         <v>52</v>
       </c>
@@ -19001,65 +19032,65 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>3114Про затвердження міської цільової програми реконструкції та модернізації закладів освіти на 2022-2025роки</t>
+          <t>ID - 3114,  Про затвердження міської цільової програми реконструкції та модернізації закладів освіти на 2022-2025роки</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>59</v>
       </c>
       <c r="E123" t="s">
         <v>47</v>
       </c>
       <c r="F123" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G123" t="s">
         <v>49</v>
       </c>
       <c r="H123" t="s">
         <v>50</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>52</v>
       </c>
@@ -19146,55 +19177,55 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
-          <t>3115Про затвердження Положення про Відділ охорони здоров’я Червоноградської міської ради</t>
+          <t>ID - 3115,  Про затвердження Положення про Відділ охорони здоров’я Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>67</v>
       </c>
       <c r="E124" t="s">
         <v>47</v>
       </c>
       <c r="F124" t="s">
         <v>48</v>
       </c>
       <c r="G124" t="s">
         <v>49</v>
       </c>
       <c r="H124" t="s">
         <v>50</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>51</v>
@@ -19291,55 +19322,55 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>3116Про організацію освітнього процесу за очною формою учнів  5-9, 11 класів Червоноградської загальноосвітньої школи І-ІІІ ступенів  № 6 Червоноградської міської ради Львівської області  у приміщенні   ЗДО № 4, Народного дому смт.Гірник , адмінбудівлі ( вул. Грушевського, 17 а, смт. Гірник)</t>
+          <t>ID - 3116,  Про організацію освітнього процесу за очною формою учнів  5-9, 11 класів Червоноградської загальноосвітньої школи І-ІІІ ступенів  № 6 Червоноградської міської ради Львівської області  у приміщенні   ЗДО № 4, Народного дому смт.Гірник , адмінбудівлі ( вул. Грушевського, 17 а, смт. Гірник)</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>67</v>
       </c>
       <c r="E125" t="s">
         <v>47</v>
       </c>
       <c r="F125" t="s">
         <v>48</v>
       </c>
       <c r="G125" t="s">
         <v>49</v>
       </c>
       <c r="H125" t="s">
         <v>50</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>51</v>
@@ -19436,55 +19467,55 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>3117Про передачу з комунальної  власності у власність КП `ЦПМСД`  амбулаторії монопрактики в с. Волсвин, вул. Шептицького,57а </t>
+          <t>ID - 3117,  Про передачу з комунальної  власності у власність КП `ЦПМСД`  амбулаторії монопрактики в с. Волсвин, вул. Шептицького,57а </t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>67</v>
       </c>
       <c r="E126" t="s">
         <v>47</v>
       </c>
       <c r="F126" t="s">
         <v>48</v>
       </c>
       <c r="G126" t="s">
         <v>49</v>
       </c>
       <c r="H126" t="s">
         <v>50</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>51</v>
@@ -19581,54 +19612,54 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="C127" t="s" s="4">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="D127" t="s">
         <v>46</v>
       </c>
       <c r="E127" t="s">
         <v>47</v>
       </c>
       <c r="F127" t="s">
         <v>48</v>
       </c>
       <c r="G127" t="s">
         <v>49</v>
       </c>
       <c r="H127" t="s">
         <v>50</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>51</v>
       </c>
@@ -19724,55 +19755,55 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>3119Правки депутатів озвучені головою комісії Кудриком І.І.  Крук, Шевчук,Запіський, Риндик -9500 Курівчак - 1500  Фартшука - 6000 Прібега, Даренський  -6000 ( замість Лозинської) </t>
+          <t>ID - 3119,  Правки депутатів озвучені головою комісії Кудриком І.І.  Крук, Шевчук,Запіський, Риндик -9500 Курівчак - 1500  Фартшука - 6000 Прібега, Даренський  -6000 ( замість Лозинської) </t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>56</v>
       </c>
       <c r="E128" t="s">
         <v>47</v>
       </c>
       <c r="F128" t="s">
         <v>81</v>
       </c>
       <c r="G128" t="s">
         <v>49</v>
       </c>
       <c r="H128" t="s">
         <v>50</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>51</v>
@@ -19869,54 +19900,54 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C129" t="s" s="4">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="D129" t="s">
         <v>56</v>
       </c>
       <c r="E129" t="s">
         <v>47</v>
       </c>
       <c r="F129" t="s">
         <v>48</v>
       </c>
       <c r="G129" t="s">
         <v>49</v>
       </c>
       <c r="H129" t="s">
         <v>50</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>51</v>
       </c>
@@ -20012,54 +20043,54 @@
       </c>
       <c r="AP129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C130" t="s" s="4">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="D130" t="s">
         <v>59</v>
       </c>
       <c r="E130" t="s">
         <v>47</v>
       </c>
       <c r="F130" t="s">
         <v>48</v>
       </c>
       <c r="G130" t="s">
         <v>49</v>
       </c>
       <c r="H130" t="s">
         <v>50</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>51</v>
       </c>
@@ -20155,55 +20186,55 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
-          <t>3122Про звернення Червоноградської мiської  ради Червоноградського району щодо аварійного стану суміщеного моста  через річку Західний Буг (місцезнаходження: Львівська область, Червоноградський район, с. Городище)</t>
+          <t>ID - 3122,  Про звернення Червоноградської мiської  ради Червоноградського району щодо аварійного стану суміщеного моста  через річку Західний Буг (місцезнаходження: Львівська область, Червоноградський район, с. Городище)</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>67</v>
       </c>
       <c r="E131" t="s">
         <v>47</v>
       </c>
       <c r="F131" t="s">
         <v>81</v>
       </c>
       <c r="G131" t="s">
         <v>49</v>
       </c>
       <c r="H131" t="s">
         <v>50</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>51</v>
@@ -20300,55 +20331,55 @@
       </c>
       <c r="AP131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
-          <t>3123Про     затвердження    статуту комунального    підприємства «Червоноградтеплокомуненерго» в новій редакції</t>
+          <t>ID - 3123,  Про     затвердження    статуту комунального    підприємства «Червоноградтеплокомуненерго» в новій редакції</t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>67</v>
       </c>
       <c r="E132" t="s">
         <v>47</v>
       </c>
       <c r="F132" t="s">
         <v>48</v>
       </c>
       <c r="G132" t="s">
         <v>49</v>
       </c>
       <c r="H132" t="s">
         <v>50</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>51</v>
@@ -20445,55 +20476,55 @@
       </c>
       <c r="AP132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
-          <t>3124Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670  «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 3124,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021року №670  «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>67</v>
       </c>
       <c r="E133" t="s">
         <v>47</v>
       </c>
       <c r="F133" t="s">
         <v>48</v>
       </c>
       <c r="G133" t="s">
         <v>49</v>
       </c>
       <c r="H133" t="s">
         <v>50</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>51</v>
@@ -20590,55 +20621,55 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>3125Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради   «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 3125,  Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради   «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>46</v>
       </c>
       <c r="E134" t="s">
         <v>47</v>
       </c>
       <c r="F134" t="s">
         <v>48</v>
       </c>
       <c r="G134" t="s">
         <v>49</v>
       </c>
       <c r="H134" t="s">
         <v>50</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>51</v>
@@ -20735,63 +20766,63 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="C135" t="s" s="4">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="D135" t="s">
         <v>56</v>
       </c>
       <c r="E135" t="s">
         <v>47</v>
       </c>
       <c r="F135" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G135" t="s">
         <v>49</v>
       </c>
       <c r="H135" t="s">
         <v>50</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N135" t="s" s="5">
         <v>53</v>
       </c>
@@ -20878,55 +20909,55 @@
       </c>
       <c r="AP135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
-          <t>3127Озвучені Мисаом М.І., а саме:  У преамбулі - вставити керуючись постановою яка затверджує методику Кабміну п.1 -  постановою яка затверджує методику Кабміну п.14 -  вставити балансової вартості  п.17. - плата за оренду майна спрямовується до міського бюджету у повному обсязі додатк №1 ставка місць загального користування у додатку №   п.11  слово `на площі` виключити </t>
+          <t>ID - 3127,  Озвучені Мисаом М.І., а саме:  У преамбулі - вставити керуючись постановою яка затверджує методику Кабміну п.1 -  постановою яка затверджує методику Кабміну п.14 -  вставити балансової вартості  п.17. - плата за оренду майна спрямовується до міського бюджету у повному обсязі додатк №1 ставка місць загального користування у додатку №   п.11  слово `на площі` виключити </t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>56</v>
       </c>
       <c r="E136" t="s">
         <v>47</v>
       </c>
       <c r="F136" t="s">
         <v>61</v>
       </c>
       <c r="G136" t="s">
         <v>49</v>
       </c>
       <c r="H136" t="s">
         <v>50</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>51</v>
@@ -21023,55 +21054,55 @@
       </c>
       <c r="AP136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
-          <t>3128Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради   «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 3128,  Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради   «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>59</v>
       </c>
       <c r="E137" t="s">
         <v>47</v>
       </c>
       <c r="F137" t="s">
         <v>48</v>
       </c>
       <c r="G137" t="s">
         <v>49</v>
       </c>
       <c r="H137" t="s">
         <v>50</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>51</v>
@@ -21168,65 +21199,65 @@
       </c>
       <c r="AP137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C138" t="inlineStr" s="4">
         <is>
-          <t>3129Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради   «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 3129,  Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради   «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D138" t="s">
         <v>46</v>
       </c>
       <c r="E138" t="s">
         <v>47</v>
       </c>
       <c r="F138" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G138" t="s">
         <v>49</v>
       </c>
       <c r="H138" t="s">
         <v>50</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N138" t="s" s="5">
         <v>52</v>
       </c>
@@ -21313,63 +21344,63 @@
       </c>
       <c r="AP138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="C139" t="s" s="4">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="D139" t="s">
         <v>46</v>
       </c>
       <c r="E139" t="s">
         <v>47</v>
       </c>
       <c r="F139" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G139" t="s">
         <v>49</v>
       </c>
       <c r="H139" t="s">
         <v>50</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N139" t="s" s="5">
         <v>52</v>
       </c>
@@ -21456,63 +21487,63 @@
       </c>
       <c r="AP139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="C140" t="s" s="4">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="D140" t="s">
         <v>56</v>
       </c>
       <c r="E140" t="s">
         <v>47</v>
       </c>
       <c r="F140" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G140" t="s">
         <v>49</v>
       </c>
       <c r="H140" t="s">
         <v>50</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N140" t="s" s="5">
         <v>52</v>
       </c>
@@ -21599,63 +21630,63 @@
       </c>
       <c r="AP140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="C141" t="s" s="4">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="D141" t="s">
         <v>56</v>
       </c>
       <c r="E141" t="s">
         <v>47</v>
       </c>
       <c r="F141" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G141" t="s">
         <v>49</v>
       </c>
       <c r="H141" t="s">
         <v>50</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N141" t="s" s="5">
         <v>52</v>
       </c>
@@ -21742,54 +21773,54 @@
       </c>
       <c r="AP141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="C142" t="s" s="4">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="D142" t="s">
         <v>56</v>
       </c>
       <c r="E142" t="s">
         <v>47</v>
       </c>
       <c r="F142" t="s">
         <v>92</v>
       </c>
       <c r="G142" t="s">
         <v>49</v>
       </c>
       <c r="H142" t="s">
         <v>50</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>51</v>
       </c>
@@ -21885,54 +21916,54 @@
       </c>
       <c r="AP142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C143" t="s" s="4">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="D143" t="s">
         <v>56</v>
       </c>
       <c r="E143" t="s">
         <v>47</v>
       </c>
       <c r="F143" t="s">
         <v>92</v>
       </c>
       <c r="G143" t="s">
         <v>49</v>
       </c>
       <c r="H143" t="s">
         <v>50</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>51</v>
       </c>
@@ -22028,54 +22059,54 @@
       </c>
       <c r="AP143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="C144" t="s" s="4">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="D144" t="s">
         <v>59</v>
       </c>
       <c r="E144" t="s">
         <v>47</v>
       </c>
       <c r="F144" t="s">
         <v>92</v>
       </c>
       <c r="G144" t="s">
         <v>49</v>
       </c>
       <c r="H144" t="s">
         <v>50</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>51</v>
       </c>
@@ -22171,55 +22202,55 @@
       </c>
       <c r="AP144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>3136Про звернення Червоноградської міської  ради Президента України, Верховної Ради України щодо неприпустимості набрання чинності проєктом закону «Про внесення змін до Податкового кодексу України та деяких законодавчих актів України щодо забезпечення збалансованості бюджетних надходжень» (реєстр. №ВР 5600).</t>
+          <t>ID - 3136,  Про звернення Червоноградської міської  ради Президента України, Верховної Ради України щодо неприпустимості набрання чинності проєктом закону «Про внесення змін до Податкового кодексу України та деяких законодавчих актів України щодо забезпечення збалансованості бюджетних надходжень» (реєстр. №ВР 5600).</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>67</v>
       </c>
       <c r="E145" t="s">
         <v>47</v>
       </c>
       <c r="F145" t="s">
         <v>81</v>
       </c>
       <c r="G145" t="s">
         <v>49</v>
       </c>
       <c r="H145" t="s">
         <v>50</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>51</v>
@@ -22316,65 +22347,65 @@
       </c>
       <c r="AP145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>3139Про затвердження  Програми фінансування робіт з капітального ремонту багатоквартирних житлових будинків Червоноградсь-кої міської територіальної громади на 2022-2025 роки</t>
+          <t>ID - 3139,  Про затвердження  Програми фінансування робіт з капітального ремонту багатоквартирних житлових будинків Червоноградсь-кої міської територіальної громади на 2022-2025 роки</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>46</v>
       </c>
       <c r="E146" t="s">
         <v>47</v>
       </c>
       <c r="F146" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G146" t="s">
         <v>49</v>
       </c>
       <c r="H146" t="s">
         <v>50</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N146" t="s" s="5">
         <v>52</v>
       </c>
@@ -22461,55 +22492,55 @@
       </c>
       <c r="AP146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="C147" t="inlineStr" s="4">
         <is>
-          <t>3140- Фінансування для одного будинку один раз на два роки  - р.6  добавити пункт капітальний ремонт під&amp;#39;їздів  </t>
+          <t>ID - 3140,  - Фінансування для одного будинку один раз на два роки  - р.6  добавити пункт капітальний ремонт під&amp;#39;їздів  </t>
         </is>
       </c>
       <c r="D147" t="s">
         <v>56</v>
       </c>
       <c r="E147" t="s">
         <v>47</v>
       </c>
       <c r="F147" t="s">
         <v>86</v>
       </c>
       <c r="G147" t="s">
         <v>49</v>
       </c>
       <c r="H147" t="s">
         <v>50</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>51</v>
@@ -22606,55 +22637,55 @@
       </c>
       <c r="AP147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU147" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C148" t="inlineStr" s="4">
         <is>
-          <t>3141у проект рішення добавити  п .3 закріпити відповідальну особу в УЖКС п.4. доручити інформаційному відділу  оприлюднити інформацію щодо ОСББ п.5. доручити інформаційному відділу провести промокомпанію щрдо даної компанії</t>
+          <t>ID - 3141,  у проект рішення добавити  п .3 закріпити відповідальну особу в УЖКС п.4. доручити інформаційному відділу  оприлюднити інформацію щодо ОСББ п.5. доручити інформаційному відділу провести промокомпанію щрдо даної компанії</t>
         </is>
       </c>
       <c r="D148" t="s">
         <v>56</v>
       </c>
       <c r="E148" t="s">
         <v>47</v>
       </c>
       <c r="F148" t="s">
         <v>92</v>
       </c>
       <c r="G148" t="s">
         <v>49</v>
       </c>
       <c r="H148" t="s">
         <v>50</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>51</v>
@@ -22751,65 +22782,65 @@
       </c>
       <c r="AP148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="C149" t="inlineStr" s="4">
         <is>
-          <t>3142Про затвердження  Програми фінансування робіт з капітального ремонту багатоквартирних житлових будинків Червоноградсь-кої міської територіальної громади на 2022-2025 роки</t>
+          <t>ID - 3142,  Про затвердження  Програми фінансування робіт з капітального ремонту багатоквартирних житлових будинків Червоноградсь-кої міської територіальної громади на 2022-2025 роки</t>
         </is>
       </c>
       <c r="D149" t="s">
         <v>59</v>
       </c>
       <c r="E149" t="s">
         <v>47</v>
       </c>
       <c r="F149" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G149" t="s">
         <v>49</v>
       </c>
       <c r="H149" t="s">
         <v>50</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N149" t="s" s="5">
         <v>52</v>
       </c>
@@ -22896,65 +22927,65 @@
       </c>
       <c r="AP149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="C150" t="inlineStr" s="4">
         <is>
-          <t>3143Про припинення права оренди земельної ділянки та надання її в оренду Товариству з обмеженою відповідальністю «ВІТАН-ТРАНС» в с. Поздимир</t>
+          <t>ID - 3143,  Про припинення права оренди земельної ділянки та надання її в оренду Товариству з обмеженою відповідальністю «ВІТАН-ТРАНС» в с. Поздимир</t>
         </is>
       </c>
       <c r="D150" t="s">
         <v>46</v>
       </c>
       <c r="E150" t="s">
         <v>47</v>
       </c>
       <c r="F150" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G150" t="s">
         <v>49</v>
       </c>
       <c r="H150" t="s">
         <v>50</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N150" t="s" s="5">
         <v>52</v>
       </c>
@@ -23041,54 +23072,54 @@
       </c>
       <c r="AP150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="C151" t="s" s="4">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="D151" t="s">
         <v>56</v>
       </c>
       <c r="E151" t="s">
         <v>47</v>
       </c>
       <c r="F151" t="s">
         <v>92</v>
       </c>
       <c r="G151" t="s">
         <v>49</v>
       </c>
       <c r="H151" t="s">
         <v>50</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>51</v>
       </c>
@@ -23184,55 +23215,55 @@
       </c>
       <c r="AP151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU151" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="C152" t="inlineStr" s="4">
         <is>
-          <t>3145Про припинення права оренди земельної ділянки та надання її в оренду Товариству з обмеженою відповідальністю «ВІТАН-ТРАНС» в с. Поздимир</t>
+          <t>ID - 3145,  Про припинення права оренди земельної ділянки та надання її в оренду Товариству з обмеженою відповідальністю «ВІТАН-ТРАНС» в с. Поздимир</t>
         </is>
       </c>
       <c r="D152" t="s">
         <v>59</v>
       </c>
       <c r="E152" t="s">
         <v>47</v>
       </c>
       <c r="F152" t="s">
         <v>92</v>
       </c>
       <c r="G152" t="s">
         <v>49</v>
       </c>
       <c r="H152" t="s">
         <v>50</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>51</v>
@@ -23329,63 +23360,63 @@
       </c>
       <c r="AP152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU152" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C153" t="s" s="4">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="D153" t="s">
         <v>46</v>
       </c>
       <c r="E153" t="s">
         <v>47</v>
       </c>
       <c r="F153" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G153" t="s">
         <v>49</v>
       </c>
       <c r="H153" t="s">
         <v>50</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N153" t="s" s="5">
         <v>52</v>
       </c>
@@ -23472,54 +23503,54 @@
       </c>
       <c r="AP153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU153" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="C154" t="s" s="4">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="D154" t="s">
         <v>56</v>
       </c>
       <c r="E154" t="s">
         <v>47</v>
       </c>
       <c r="F154" t="s">
         <v>81</v>
       </c>
       <c r="G154" t="s">
         <v>49</v>
       </c>
       <c r="H154" t="s">
         <v>50</v>
       </c>
       <c r="I154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>51</v>
       </c>
@@ -23615,54 +23646,54 @@
       </c>
       <c r="AP154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU154" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="C155" t="s" s="4">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="D155" t="s">
         <v>59</v>
       </c>
       <c r="E155" t="s">
         <v>47</v>
       </c>
       <c r="F155" t="s">
         <v>81</v>
       </c>
       <c r="G155" t="s">
         <v>49</v>
       </c>
       <c r="H155" t="s">
         <v>71</v>
       </c>
       <c r="I155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>51</v>
       </c>
@@ -23758,55 +23789,55 @@
       </c>
       <c r="AP155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU155" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="C156" t="inlineStr" s="4">
         <is>
-          <t>3149Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 3149,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D156" t="s">
         <v>67</v>
       </c>
       <c r="E156" t="s">
         <v>47</v>
       </c>
       <c r="F156" t="s">
         <v>48</v>
       </c>
       <c r="G156" t="s">
         <v>49</v>
       </c>
       <c r="H156" t="s">
         <v>50</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>51</v>
@@ -23903,55 +23934,55 @@
       </c>
       <c r="AP156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU156" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="C157" t="inlineStr" s="4">
         <is>
-          <t>3150Про затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка) в с.Острів</t>
+          <t>ID - 3150,  Про затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка) в с.Острів</t>
         </is>
       </c>
       <c r="D157" t="s">
         <v>67</v>
       </c>
       <c r="E157" t="s">
         <v>47</v>
       </c>
       <c r="F157" t="s">
         <v>81</v>
       </c>
       <c r="G157" t="s">
         <v>49</v>
       </c>
       <c r="H157" t="s">
         <v>50</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>51</v>
@@ -24048,54 +24079,54 @@
       </c>
       <c r="AP157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="C158" t="s" s="4">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="D158" t="s">
         <v>46</v>
       </c>
       <c r="E158" t="s">
         <v>47</v>
       </c>
       <c r="F158" t="s">
         <v>48</v>
       </c>
       <c r="G158" t="s">
         <v>49</v>
       </c>
       <c r="H158" t="s">
         <v>50</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>51</v>
       </c>
@@ -24191,63 +24222,63 @@
       </c>
       <c r="AP158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU158" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="C159" t="s" s="4">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="D159" t="s">
         <v>56</v>
       </c>
       <c r="E159" t="s">
         <v>47</v>
       </c>
       <c r="F159" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G159" t="s">
         <v>49</v>
       </c>
       <c r="H159" t="s">
         <v>50</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N159" t="s" s="5">
         <v>52</v>
       </c>
@@ -24334,54 +24365,54 @@
       </c>
       <c r="AP159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU159" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C160" t="s" s="4">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="D160" t="s">
         <v>59</v>
       </c>
       <c r="E160" t="s">
         <v>47</v>
       </c>
       <c r="F160" t="s">
         <v>48</v>
       </c>
       <c r="G160" t="s">
         <v>49</v>
       </c>
       <c r="H160" t="s">
         <v>50</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>51</v>
       </c>
@@ -24477,63 +24508,63 @@
       </c>
       <c r="AP160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU160" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="C161" t="s" s="4">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="D161" t="s">
         <v>67</v>
       </c>
       <c r="E161" t="s">
         <v>47</v>
       </c>
       <c r="F161" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G161" t="s">
         <v>49</v>
       </c>
       <c r="H161" t="s">
         <v>50</v>
       </c>
       <c r="I161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N161" t="s" s="5">
         <v>52</v>
       </c>
@@ -24620,63 +24651,63 @@
       </c>
       <c r="AP161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT161" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU161" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C162" t="s" s="4">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="D162" t="s">
         <v>46</v>
       </c>
       <c r="E162" t="s">
         <v>47</v>
       </c>
       <c r="F162" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G162" t="s">
         <v>49</v>
       </c>
       <c r="H162" t="s">
         <v>50</v>
       </c>
       <c r="I162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N162" t="s" s="5">
         <v>52</v>
       </c>
@@ -24763,63 +24794,63 @@
       </c>
       <c r="AP162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU162" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="C163" t="s" s="4">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="D163" t="s">
         <v>56</v>
       </c>
       <c r="E163" t="s">
         <v>47</v>
       </c>
       <c r="F163" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G163" t="s">
         <v>49</v>
       </c>
       <c r="H163" t="s">
         <v>50</v>
       </c>
       <c r="I163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N163" t="s" s="5">
         <v>52</v>
       </c>
@@ -24906,69 +24937,69 @@
       </c>
       <c r="AP163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU163" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="C164" t="s" s="4">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="D164" t="s">
         <v>59</v>
       </c>
       <c r="E164" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F164" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G164" t="s">
         <v>49</v>
       </c>
       <c r="H164" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="I164" t="s" s="5">
         <v>72</v>
       </c>
       <c r="J164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P164" t="s" s="5">
         <v>51</v>
       </c>
@@ -25049,63 +25080,63 @@
       </c>
       <c r="AP164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU164" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C165" t="s" s="4">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="D165" t="s">
         <v>46</v>
       </c>
       <c r="E165" t="s">
         <v>47</v>
       </c>
       <c r="F165" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G165" t="s">
         <v>49</v>
       </c>
       <c r="H165" t="s">
         <v>50</v>
       </c>
       <c r="I165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N165" t="s" s="5">
         <v>52</v>
       </c>
@@ -25192,63 +25223,63 @@
       </c>
       <c r="AP165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU165" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="C166" t="s" s="4">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="D166" t="s">
         <v>56</v>
       </c>
       <c r="E166" t="s">
         <v>47</v>
       </c>
       <c r="F166" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G166" t="s">
         <v>49</v>
       </c>
       <c r="H166" t="s">
         <v>50</v>
       </c>
       <c r="I166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M166" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N166" t="s" s="5">
         <v>52</v>
       </c>
@@ -25335,63 +25366,63 @@
       </c>
       <c r="AP166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU166" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C167" t="s" s="4">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="D167" t="s">
         <v>59</v>
       </c>
       <c r="E167" t="s">
         <v>47</v>
       </c>
       <c r="F167" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G167" t="s">
         <v>49</v>
       </c>
       <c r="H167" t="s">
         <v>50</v>
       </c>
       <c r="I167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N167" t="s" s="5">
         <v>52</v>
       </c>
@@ -25478,54 +25509,54 @@
       </c>
       <c r="AP167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU167" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="C168" t="s" s="4">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="D168" t="s">
         <v>46</v>
       </c>
       <c r="E168" t="s">
         <v>47</v>
       </c>
       <c r="F168" t="s">
         <v>81</v>
       </c>
       <c r="G168" t="s">
         <v>49</v>
       </c>
       <c r="H168" t="s">
         <v>50</v>
       </c>
       <c r="I168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K168" t="s" s="5">
         <v>51</v>
       </c>
@@ -25621,54 +25652,54 @@
       </c>
       <c r="AP168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU168" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="C169" t="s" s="4">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="D169" t="s">
         <v>56</v>
       </c>
       <c r="E169" t="s">
         <v>47</v>
       </c>
       <c r="F169" t="s">
         <v>81</v>
       </c>
       <c r="G169" t="s">
         <v>49</v>
       </c>
       <c r="H169" t="s">
         <v>50</v>
       </c>
       <c r="I169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K169" t="s" s="5">
         <v>51</v>
       </c>
@@ -25764,69 +25795,69 @@
       </c>
       <c r="AP169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU169" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="C170" t="s" s="4">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="D170" t="s">
         <v>59</v>
       </c>
       <c r="E170" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F170" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G170" t="s">
         <v>49</v>
       </c>
       <c r="H170" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="I170" t="s" s="5">
         <v>72</v>
       </c>
       <c r="J170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P170" t="s" s="5">
         <v>51</v>
       </c>
@@ -25907,65 +25938,65 @@
       </c>
       <c r="AP170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU170" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="C171" t="inlineStr" s="4">
         <is>
-          <t>3166Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки в смт. Гірник біля дороги Р-15</t>
+          <t>ID - 3166,  Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки в смт. Гірник біля дороги Р-15</t>
         </is>
       </c>
       <c r="D171" t="s">
         <v>67</v>
       </c>
       <c r="E171" t="s">
         <v>47</v>
       </c>
       <c r="F171" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G171" t="s">
         <v>49</v>
       </c>
       <c r="H171" t="s">
         <v>50</v>
       </c>
       <c r="I171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N171" t="s" s="5">
         <v>52</v>
       </c>
@@ -26052,55 +26083,55 @@
       </c>
       <c r="AP171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU171" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C172" t="inlineStr" s="4">
         <is>
-          <t>3167Про надання дозволу на виготовлення технічної документації iз землеустрою щодо поділу земельної ділянки в селі Сілець, присілок Копані, вулиця Шевченка </t>
+          <t>ID - 3167,  Про надання дозволу на виготовлення технічної документації iз землеустрою щодо поділу земельної ділянки в селі Сілець, присілок Копані, вулиця Шевченка </t>
         </is>
       </c>
       <c r="D172" t="s">
         <v>46</v>
       </c>
       <c r="E172" t="s">
         <v>47</v>
       </c>
       <c r="F172" t="s">
         <v>81</v>
       </c>
       <c r="G172" t="s">
         <v>49</v>
       </c>
       <c r="H172" t="s">
         <v>50</v>
       </c>
       <c r="I172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K172" t="s" s="5">
         <v>51</v>
@@ -26197,55 +26228,55 @@
       </c>
       <c r="AP172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU172" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="C173" t="inlineStr" s="4">
         <is>
-          <t>3168правка у розміри ділянок 1,491 га,  0,34га,  0,2483 га,  0,1588 га,  0,3283 га,  0,3 га,  0,1733 га,  1,3 (стенограмно озвучено Надільною Г.В.) </t>
+          <t>ID - 3168,  правка у розміри ділянок 1,491 га,  0,34га,  0,2483 га,  0,1588 га,  0,3283 га,  0,3 га,  0,1733 га,  1,3 (стенограмно озвучено Надільною Г.В.) </t>
         </is>
       </c>
       <c r="D173" t="s">
         <v>56</v>
       </c>
       <c r="E173" t="s">
         <v>47</v>
       </c>
       <c r="F173" t="s">
         <v>92</v>
       </c>
       <c r="G173" t="s">
         <v>49</v>
       </c>
       <c r="H173" t="s">
         <v>71</v>
       </c>
       <c r="I173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J173" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K173" t="s" s="5">
         <v>51</v>
@@ -26342,55 +26373,55 @@
       </c>
       <c r="AP173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU173" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="C174" t="inlineStr" s="4">
         <is>
-          <t>3169Про надання дозволу на виготовлення технічної документації iз землеустрою щодо поділу земельної ділянки в селі Сілець, присілок Копані, вулиця Шевченка </t>
+          <t>ID - 3169,  Про надання дозволу на виготовлення технічної документації iз землеустрою щодо поділу земельної ділянки в селі Сілець, присілок Копані, вулиця Шевченка </t>
         </is>
       </c>
       <c r="D174" t="s">
         <v>59</v>
       </c>
       <c r="E174" t="s">
         <v>47</v>
       </c>
       <c r="F174" t="s">
         <v>81</v>
       </c>
       <c r="G174" t="s">
         <v>49</v>
       </c>
       <c r="H174" t="s">
         <v>50</v>
       </c>
       <c r="I174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K174" t="s" s="5">
         <v>51</v>
@@ -26487,55 +26518,55 @@
       </c>
       <c r="AP174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR174" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS174" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU174" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="C175" t="inlineStr" s="4">
         <is>
-          <t>3170​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної с. Волсвин</t>
+          <t>ID - 3170,  ​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної с. Волсвин</t>
         </is>
       </c>
       <c r="D175" t="s">
         <v>67</v>
       </c>
       <c r="E175" t="s">
         <v>47</v>
       </c>
       <c r="F175" t="s">
         <v>48</v>
       </c>
       <c r="G175" t="s">
         <v>49</v>
       </c>
       <c r="H175" t="s">
         <v>50</v>
       </c>
       <c r="I175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K175" t="s" s="5">
         <v>51</v>
@@ -26632,55 +26663,55 @@
       </c>
       <c r="AP175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR175" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS175" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU175" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="C176" t="inlineStr" s="4">
         <is>
-          <t>3171Про надання згоди на підписання Акту приймання-передачі земельної ділянки з державної власності у комунальну власність</t>
+          <t>ID - 3171,  Про надання згоди на підписання Акту приймання-передачі земельної ділянки з державної власності у комунальну власність</t>
         </is>
       </c>
       <c r="D176" t="s">
         <v>46</v>
       </c>
       <c r="E176" t="s">
         <v>47</v>
       </c>
       <c r="F176" t="s">
         <v>81</v>
       </c>
       <c r="G176" t="s">
         <v>49</v>
       </c>
       <c r="H176" t="s">
         <v>50</v>
       </c>
       <c r="I176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K176" t="s" s="5">
         <v>51</v>
@@ -26777,63 +26808,63 @@
       </c>
       <c r="AP176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR176" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS176" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU176" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C177" t="s" s="4">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="D177" t="s">
         <v>56</v>
       </c>
       <c r="E177" t="s">
         <v>47</v>
       </c>
       <c r="F177" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G177" t="s">
         <v>49</v>
       </c>
       <c r="H177" t="s">
         <v>50</v>
       </c>
       <c r="I177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N177" t="s" s="5">
         <v>52</v>
       </c>
@@ -26920,65 +26951,65 @@
       </c>
       <c r="AP177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU177" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="C178" t="inlineStr" s="4">
         <is>
-          <t>3173Про надання згоди на підписання Акту приймання-передачі земельної ділянки з державної власності у комунальну власність</t>
+          <t>ID - 3173,  Про надання згоди на підписання Акту приймання-передачі земельної ділянки з державної власності у комунальну власність</t>
         </is>
       </c>
       <c r="D178" t="s">
         <v>59</v>
       </c>
       <c r="E178" t="s">
         <v>47</v>
       </c>
       <c r="F178" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G178" t="s">
         <v>49</v>
       </c>
       <c r="H178" t="s">
         <v>50</v>
       </c>
       <c r="I178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N178" t="s" s="5">
         <v>53</v>
       </c>
@@ -27065,65 +27096,65 @@
       </c>
       <c r="AP178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU178" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C179" t="inlineStr" s="4">
         <is>
-          <t>3174Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді для будівництва і обслуговування багатоквартирних житлових будинків</t>
+          <t>ID - 3174,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді для будівництва і обслуговування багатоквартирних житлових будинків</t>
         </is>
       </c>
       <c r="D179" t="s">
         <v>46</v>
       </c>
       <c r="E179" t="s">
         <v>47</v>
       </c>
       <c r="F179" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G179" t="s">
         <v>49</v>
       </c>
       <c r="H179" t="s">
         <v>50</v>
       </c>
       <c r="I179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N179" t="s" s="5">
         <v>52</v>
       </c>
@@ -27210,63 +27241,63 @@
       </c>
       <c r="AP179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU179" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="C180" t="s" s="4">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="D180" t="s">
         <v>56</v>
       </c>
       <c r="E180" t="s">
         <v>47</v>
       </c>
       <c r="F180" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G180" t="s">
         <v>49</v>
       </c>
       <c r="H180" t="s">
         <v>50</v>
       </c>
       <c r="I180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N180" t="s" s="5">
         <v>52</v>
       </c>
@@ -27353,55 +27384,55 @@
       </c>
       <c r="AP180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU180" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="C181" t="inlineStr" s="4">
         <is>
-          <t>3176Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді для будівництва і обслуговування багатоквартирних житлових будинків</t>
+          <t>ID - 3176,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді для будівництва і обслуговування багатоквартирних житлових будинків</t>
         </is>
       </c>
       <c r="D181" t="s">
         <v>59</v>
       </c>
       <c r="E181" t="s">
         <v>47</v>
       </c>
       <c r="F181" t="s">
         <v>81</v>
       </c>
       <c r="G181" t="s">
         <v>49</v>
       </c>
       <c r="H181" t="s">
         <v>50</v>
       </c>
       <c r="I181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K181" t="s" s="5">
         <v>51</v>
@@ -27498,55 +27529,55 @@
       </c>
       <c r="AP181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU181" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="C182" t="inlineStr" s="4">
         <is>
-          <t>3177Про розгляд клопотання Релігійної організації Релігійної громади Львівсько - Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Преображення Господнього у місті Червоноград Львівської області щодо внесення змін в рішення</t>
+          <t>ID - 3177,  Про розгляд клопотання Релігійної організації Релігійної громади Львівсько - Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Преображення Господнього у місті Червоноград Львівської області щодо внесення змін в рішення</t>
         </is>
       </c>
       <c r="D182" t="s">
         <v>67</v>
       </c>
       <c r="E182" t="s">
         <v>47</v>
       </c>
       <c r="F182" t="s">
         <v>48</v>
       </c>
       <c r="G182" t="s">
         <v>49</v>
       </c>
       <c r="H182" t="s">
         <v>50</v>
       </c>
       <c r="I182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K182" t="s" s="5">
         <v>51</v>
@@ -27643,54 +27674,54 @@
       </c>
       <c r="AP182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR182" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS182" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU182" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="C183" t="s" s="4">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D183" t="s">
         <v>67</v>
       </c>
       <c r="E183" t="s">
         <v>47</v>
       </c>
       <c r="F183" t="s">
         <v>81</v>
       </c>
       <c r="G183" t="s">
         <v>49</v>
       </c>
       <c r="H183" t="s">
         <v>50</v>
       </c>
       <c r="I183" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J183" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K183" t="s" s="5">
         <v>51</v>
       </c>
@@ -27786,63 +27817,63 @@
       </c>
       <c r="AP183" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ183" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR183" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS183" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT183" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU183" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="C184" t="s" s="4">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="D184" t="s">
         <v>67</v>
       </c>
       <c r="E184" t="s">
         <v>47</v>
       </c>
       <c r="F184" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G184" t="s">
         <v>49</v>
       </c>
       <c r="H184" t="s">
         <v>50</v>
       </c>
       <c r="I184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K184" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N184" t="s" s="5">
         <v>52</v>
       </c>
@@ -27929,55 +27960,55 @@
       </c>
       <c r="AP184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR184" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS184" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU184" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="C185" t="inlineStr" s="4">
         <is>
-          <t>3180Про припинення за Сілецькою сільською радою права  постійного користування на земельну ділянку</t>
+          <t>ID - 3180,  Про припинення за Сілецькою сільською радою права  постійного користування на земельну ділянку</t>
         </is>
       </c>
       <c r="D185" t="s">
         <v>67</v>
       </c>
       <c r="E185" t="s">
         <v>47</v>
       </c>
       <c r="F185" t="s">
         <v>92</v>
       </c>
       <c r="G185" t="s">
         <v>49</v>
       </c>
       <c r="H185" t="s">
         <v>50</v>
       </c>
       <c r="I185" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J185" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K185" t="s" s="5">
         <v>51</v>
@@ -28074,55 +28105,55 @@
       </c>
       <c r="AP185" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ185" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR185" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS185" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT185" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU185" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="C186" t="inlineStr" s="4">
         <is>
-          <t>3181Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді на вул. Івасюка</t>
+          <t>ID - 3181,  Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді на вул. Івасюка</t>
         </is>
       </c>
       <c r="D186" t="s">
         <v>67</v>
       </c>
       <c r="E186" t="s">
         <v>47</v>
       </c>
       <c r="F186" t="s">
         <v>81</v>
       </c>
       <c r="G186" t="s">
         <v>49</v>
       </c>
       <c r="H186" t="s">
         <v>50</v>
       </c>
       <c r="I186" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J186" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K186" t="s" s="5">
         <v>51</v>
@@ -28219,65 +28250,65 @@
       </c>
       <c r="AP186" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ186" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR186" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS186" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT186" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU186" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="C187" t="inlineStr" s="4">
         <is>
-          <t>3182​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді</t>
+          <t>ID - 3182,  ​​​​​​​Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді</t>
         </is>
       </c>
       <c r="D187" t="s">
         <v>67</v>
       </c>
       <c r="E187" t="s">
         <v>47</v>
       </c>
       <c r="F187" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G187" t="s">
         <v>49</v>
       </c>
       <c r="H187" t="s">
         <v>50</v>
       </c>
       <c r="I187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N187" t="s" s="5">
         <v>52</v>
       </c>
@@ -28364,59 +28395,59 @@
       </c>
       <c r="AP187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU187" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="C188" t="inlineStr" s="4">
         <is>
-          <t>3184Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 3184,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D188" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E188" t="s">
         <v>47</v>
       </c>
       <c r="F188" t="s">
         <v>81</v>
       </c>
       <c r="G188" t="s">
         <v>49</v>
       </c>
       <c r="H188" t="s">
         <v>50</v>
       </c>
       <c r="I188" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J188" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K188" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L188" t="s" s="5">
         <v>52</v>
       </c>
@@ -28509,55 +28540,55 @@
       </c>
       <c r="AP188" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ188" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR188" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS188" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT188" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU188" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="C189" t="inlineStr" s="4">
         <is>
-          <t>3192Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 3192,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D189" t="s">
         <v>67</v>
       </c>
       <c r="E189" t="s">
         <v>47</v>
       </c>
       <c r="F189" t="s">
         <v>92</v>
       </c>
       <c r="G189" t="s">
         <v>49</v>
       </c>
       <c r="H189" t="s">
         <v>50</v>
       </c>
       <c r="I189" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J189" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K189" t="s" s="5">
         <v>52</v>
@@ -28654,65 +28685,65 @@
       </c>
       <c r="AP189" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ189" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR189" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS189" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT189" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU189" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="C190" t="inlineStr" s="4">
         <is>
-          <t>3193Про звернення Червоноградської міської  ради Президента України, Верховної Ради України, Генерального прокурора України щодо припинення переслідування опозиції.</t>
+          <t>ID - 3193,  Про звернення Червоноградської міської  ради Президента України, Верховної Ради України, Генерального прокурора України щодо припинення переслідування опозиції.</t>
         </is>
       </c>
       <c r="D190" t="s">
         <v>67</v>
       </c>
       <c r="E190" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F190" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="G190" t="s">
         <v>49</v>
       </c>
       <c r="H190" t="s">
         <v>50</v>
       </c>
       <c r="I190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N190" t="s" s="5">
         <v>52</v>
       </c>
@@ -28799,65 +28830,65 @@
       </c>
       <c r="AP190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR190" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU190" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="C191" t="inlineStr" s="4">
         <is>
-          <t>3194Про звернення Червоноградської міської  ради Президента України, Верховної Ради України, Генерального прокурора України щодо припинення переслідування опозиції.</t>
+          <t>ID - 3194,  Про звернення Червоноградської міської  ради Президента України, Верховної Ради України, Генерального прокурора України щодо припинення переслідування опозиції.</t>
         </is>
       </c>
       <c r="D191" t="s">
         <v>67</v>
       </c>
       <c r="E191" t="s">
         <v>47</v>
       </c>
       <c r="F191" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G191" t="s">
         <v>49</v>
       </c>
       <c r="H191" t="s">
         <v>50</v>
       </c>
       <c r="I191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N191" t="s" s="5">
         <v>52</v>
       </c>
@@ -28944,54 +28975,54 @@
       </c>
       <c r="AP191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR191" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU191" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="C192" t="s" s="4">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="D192" t="s">
         <v>46</v>
       </c>
       <c r="E192" t="s">
         <v>47</v>
       </c>
       <c r="F192" t="s">
         <v>92</v>
       </c>
       <c r="G192" t="s">
         <v>49</v>
       </c>
       <c r="H192" t="s">
         <v>50</v>
       </c>
       <c r="I192" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J192" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K192" t="s" s="5">
         <v>52</v>
       </c>
@@ -29087,63 +29118,63 @@
       </c>
       <c r="AP192" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ192" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR192" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS192" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT192" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU192" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="C193" t="s" s="4">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="D193" t="s">
         <v>56</v>
       </c>
       <c r="E193" t="s">
         <v>47</v>
       </c>
       <c r="F193" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G193" t="s">
         <v>49</v>
       </c>
       <c r="H193" t="s">
         <v>50</v>
       </c>
       <c r="I193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N193" t="s" s="5">
         <v>52</v>
       </c>
@@ -29230,63 +29261,63 @@
       </c>
       <c r="AP193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR193" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU193" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="C194" t="s" s="4">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="D194" t="s">
         <v>56</v>
       </c>
       <c r="E194" t="s">
         <v>47</v>
       </c>
       <c r="F194" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="G194" t="s">
         <v>49</v>
       </c>
       <c r="H194" t="s">
         <v>50</v>
       </c>
       <c r="I194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N194" t="s" s="5">
         <v>52</v>
       </c>
@@ -29373,63 +29404,63 @@
       </c>
       <c r="AP194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR194" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU194" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="C195" t="s" s="4">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="D195" t="s">
         <v>59</v>
       </c>
       <c r="E195" t="s">
         <v>47</v>
       </c>
       <c r="F195" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G195" t="s">
         <v>49</v>
       </c>
       <c r="H195" t="s">
         <v>50</v>
       </c>
       <c r="I195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N195" t="s" s="5">
         <v>52</v>
       </c>
@@ -29521,165 +29552,165 @@
         <v>52</v>
       </c>
       <c r="AR195" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU195" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="196">
       <c r="A196"/>
       <c r="B196"/>
       <c r="C196"/>
       <c r="D196"/>
       <c r="E196"/>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196"/>
       <c r="I196" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="J196" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="K196" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="L196" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="M196" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="N196" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="O196" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="P196" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="Q196" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="R196" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="S196" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="T196" t="s">
+        <v>371</v>
+      </c>
+      <c r="U196" t="s">
         <v>364</v>
       </c>
-      <c r="U196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V196" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="W196" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="X196" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="Y196" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="Z196" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="AA196" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="AB196" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="AC196" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="AD196" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="AE196" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="AF196" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="AG196" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="AH196" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="AI196" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="AJ196" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="AK196" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="AL196" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="AM196" t="s">
+        <v>387</v>
+      </c>
+      <c r="AN196" t="s">
+        <v>382</v>
+      </c>
+      <c r="AO196" t="s">
+        <v>388</v>
+      </c>
+      <c r="AP196" t="s">
+        <v>381</v>
+      </c>
+      <c r="AQ196" t="s">
+        <v>389</v>
+      </c>
+      <c r="AR196" t="s">
+        <v>390</v>
+      </c>
+      <c r="AS196" t="s">
         <v>380</v>
       </c>
-      <c r="AN196" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AT196" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="AU196" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
     </row>
     <row r="197">
       <c r="A197"/>
       <c r="B197"/>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197"/>
       <c r="I197" t="s">
         <v>49</v>
       </c>
       <c r="J197" t="s">
         <v>49</v>
       </c>
       <c r="K197" t="s">
         <v>49</v>
       </c>
       <c r="L197" t="s">
         <v>49</v>
       </c>
       <c r="M197" t="s">
         <v>49</v>
@@ -29775,419 +29806,419 @@
         <v>49</v>
       </c>
       <c r="AR197" t="s">
         <v>49</v>
       </c>
       <c r="AS197" t="s">
         <v>49</v>
       </c>
       <c r="AT197" t="s">
         <v>49</v>
       </c>
       <c r="AU197" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="198">
       <c r="A198"/>
       <c r="B198"/>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198"/>
       <c r="I198" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="J198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="K198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="L198" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="M198" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="N198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="O198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="P198" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="Q198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="R198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="S198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="T198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="U198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="V198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="W198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="X198" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="Y198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="Z198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AA198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AB198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AC198" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="AD198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AE198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AF198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AG198" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="AH198" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="AI198" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="AJ198" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="AK198" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="AL198" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="AM198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AN198" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="AO198" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="AP198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AQ198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AR198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AS198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AT198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="AU198" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
     </row>
     <row r="199">
       <c r="A199"/>
       <c r="B199"/>
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199"/>
       <c r="I199" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="J199" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="K199" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="L199" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="M199" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="N199" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="O199" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="P199" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="Q199" t="s">
+        <v>405</v>
+      </c>
+      <c r="R199" t="s">
+        <v>406</v>
+      </c>
+      <c r="S199" t="s">
+        <v>407</v>
+      </c>
+      <c r="T199" t="s">
+        <v>408</v>
+      </c>
+      <c r="U199" t="s">
+        <v>409</v>
+      </c>
+      <c r="V199" t="s">
+        <v>410</v>
+      </c>
+      <c r="W199" t="s">
+        <v>411</v>
+      </c>
+      <c r="X199" t="s">
+        <v>400</v>
+      </c>
+      <c r="Y199" t="s">
+        <v>403</v>
+      </c>
+      <c r="Z199" t="s">
+        <v>399</v>
+      </c>
+      <c r="AA199" t="s">
+        <v>403</v>
+      </c>
+      <c r="AB199" t="s">
+        <v>400</v>
+      </c>
+      <c r="AC199" t="s">
+        <v>409</v>
+      </c>
+      <c r="AD199" t="s">
         <v>398</v>
       </c>
-      <c r="R199" t="s">
+      <c r="AE199" t="s">
+        <v>407</v>
+      </c>
+      <c r="AF199" t="s">
         <v>399</v>
       </c>
-      <c r="S199" t="s">
+      <c r="AG199" t="s">
+        <v>412</v>
+      </c>
+      <c r="AH199" t="s">
+        <v>413</v>
+      </c>
+      <c r="AI199" t="s">
+        <v>414</v>
+      </c>
+      <c r="AJ199" t="s">
+        <v>401</v>
+      </c>
+      <c r="AK199" t="s">
+        <v>413</v>
+      </c>
+      <c r="AL199" t="s">
+        <v>415</v>
+      </c>
+      <c r="AM199" t="s">
+        <v>401</v>
+      </c>
+      <c r="AN199" t="s">
+        <v>406</v>
+      </c>
+      <c r="AO199" t="s">
+        <v>409</v>
+      </c>
+      <c r="AP199" t="s">
         <v>400</v>
       </c>
-      <c r="T199" t="s">
-[...38 lines deleted...]
-      <c r="AG199" t="s">
+      <c r="AQ199" t="s">
+        <v>412</v>
+      </c>
+      <c r="AR199" t="s">
+        <v>399</v>
+      </c>
+      <c r="AS199" t="s">
+        <v>407</v>
+      </c>
+      <c r="AT199" t="s">
         <v>405</v>
       </c>
-      <c r="AH199" t="s">
-[...2 lines deleted...]
-      <c r="AI199" t="s">
+      <c r="AU199" t="s">
         <v>407</v>
-      </c>
-[...34 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="200">
       <c r="A200"/>
       <c r="B200"/>
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200"/>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200"/>
       <c r="I200" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="J200" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="K200" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="L200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="M200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="N200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="O200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="P200" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="Q200" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="R200" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="S200" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="T200" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="U200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="V200" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="W200" t="s">
+        <v>426</v>
+      </c>
+      <c r="X200" t="s">
         <v>419</v>
       </c>
-      <c r="X200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="Z200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="AA200" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="AB200" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="AC200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="AD200" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="AE200" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="AF200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="AG200" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="AH200" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="AI200" t="s">
+        <v>432</v>
+      </c>
+      <c r="AJ200" t="s">
         <v>425</v>
       </c>
-      <c r="AJ200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AK200" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="AL200" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="AM200" t="s">
+        <v>434</v>
+      </c>
+      <c r="AN200" t="s">
         <v>427</v>
       </c>
-      <c r="AN200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AO200" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="AP200" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="AQ200" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="AR200" t="s">
+        <v>437</v>
+      </c>
+      <c r="AS200" t="s">
         <v>430</v>
       </c>
-      <c r="AS200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AT200" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="AU200" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>