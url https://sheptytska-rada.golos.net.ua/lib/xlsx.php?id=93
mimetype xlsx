--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -146,264 +146,264 @@
   <si>
     <t>Сімчук Василь Михайлович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>18.11.21  10:53:59</t>
   </si>
   <si>
-    <t>2938Про депутатськi запити</t>
+    <t>ID - 2938,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 33</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>18.11.21  10:54:36</t>
   </si>
   <si>
-    <t>2939За запити Остапюка, Даренського, Курівчак, Гоца, Лапця, Фартушка</t>
+    <t>ID - 2939,  За запити Остапюка, Даренського, Курівчак, Гоца, Лапця, Фартушка</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>18.11.21  10:55:11</t>
   </si>
   <si>
-    <t>2940Про депутатськi запити</t>
+    <t>ID - 2940,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>18.11.21  11:46:33</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>18.11.21  12:04:47</t>
   </si>
   <si>
     <t>18.11.21  12:17:28</t>
   </si>
   <si>
-    <t>2943перемістити 49 тисяч з освітлення на вивезення чагарників у смт. Гірник </t>
+    <t>ID - 2943,  перемістити 49 тисяч з освітлення на вивезення чагарників у смт. Гірник </t>
   </si>
   <si>
     <t>18.11.21  12:26:52</t>
   </si>
   <si>
     <t>18.11.21  12:28:51</t>
   </si>
   <si>
     <t>18.11.21  12:29:44</t>
   </si>
   <si>
     <t>18.11.21  12:36:17</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>18.11.21  12:42:18</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>Проти: 5</t>
   </si>
   <si>
     <t>Утримались: 17</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>18.11.21  12:45:18</t>
   </si>
   <si>
-    <t>2949Про надання одноразової  грошової допомоги</t>
+    <t>ID - 2949,  Про надання одноразової  грошової допомоги</t>
   </si>
   <si>
     <t>18.11.21  12:46:31</t>
   </si>
   <si>
-    <t>2950Гаманюка 3000  - Райман Г.В. Гамаюк, Ляховський, Дмуховсткий  Палюзі М.Р. 11300</t>
+    <t>ID - 2950,  Гаманюка 3000  - Райман Г.В. Гамаюк, Ляховський, Дмуховсткий  Палюзі М.Р. 11300</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>18.11.21  12:48:45</t>
   </si>
   <si>
-    <t>2951Войтович А .для Соколик Н.В. 1000 грн </t>
+    <t>ID - 2951,  Войтович А .для Соколик Н.В. 1000 грн </t>
   </si>
   <si>
     <t>18.11.21  12:49:12</t>
   </si>
   <si>
-    <t>2952Про надання одноразової  грошової допомоги</t>
+    <t>ID - 2952,  Про надання одноразової  грошової допомоги</t>
   </si>
   <si>
     <t>18.11.21  12:55:41</t>
   </si>
   <si>
     <t>18.11.21  14:47:21</t>
   </si>
   <si>
     <t>18.11.21  14:48:43</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>18.11.21  14:50:12</t>
   </si>
   <si>
     <t>18.11.21  14:51:32</t>
   </si>
   <si>
     <t>18.11.21  14:53:08</t>
   </si>
   <si>
     <t>18.11.21  14:55:25</t>
   </si>
   <si>
     <t>18.11.21  14:57:08</t>
   </si>
   <si>
     <t>18.11.21  15:05:10</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>18.11.21  15:06:26</t>
   </si>
   <si>
     <t>18.11.21  15:14:18</t>
   </si>
   <si>
-    <t>2966Про надання в оренду земельних ділянок</t>
+    <t>ID - 2966,  Про надання в оренду земельних ділянок</t>
   </si>
   <si>
     <t>18.11.21  15:19:32</t>
   </si>
   <si>
     <t>18.11.21  15:22:45</t>
   </si>
   <si>
-    <t>2968Про розгляд клопотання ФОП Дошака Романа Зеноновича в м. Соснівка</t>
+    <t>ID - 2968,  Про розгляд клопотання ФОП Дошака Романа Зеноновича в м. Соснівка</t>
   </si>
   <si>
     <t>Утримались: 5</t>
   </si>
   <si>
     <t>18.11.21  15:25:03</t>
   </si>
   <si>
-    <t>2969Про розгляд клопотання громадянина Грабінського Ігоря Мироновича в смт. Гірник</t>
+    <t>ID - 2969,  Про розгляд клопотання громадянина Грабінського Ігоря Мироновича в смт. Гірник</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>18.11.21  15:28:54</t>
   </si>
   <si>
-    <t>2970Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 2970,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>18.11.21  15:30:11</t>
   </si>
   <si>
-    <t>2971Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 2971,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>18.11.21  15:31:05</t>
   </si>
   <si>
     <t>18.11.21  15:31:34</t>
   </si>
   <si>
-    <t>2973Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 2973,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>18.11.21  15:33:24</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>18.11.21  15:35:46</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>За: 11</t>
   </si>
@@ -1156,51 +1156,51 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>2941Про звіт Червоноградського міського голови про діяльність виконавчих органів Червоноградської міської ради за 2021 рік</t>
+          <t>ID - 2941,  Про звіт Червоноградського міського голови про діяльність виконавчих органів Червоноградської міської ради за 2021 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>62</v>
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>63</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1301,51 +1301,51 @@
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>64</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>2942Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2942,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>46</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>57</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -1589,51 +1589,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>2944Правки до проекту рішення.   Діа.35 1.Відповідно до розпорядження Львівської обласної державної адміністрації від 09.11..2021 №1117/0/5-21 «Про внесення змін до розпорядження голови обласної державної адміністрації від 27.07.2021 №629/0/5-21» зменшити обсяг доходів загального фонду місцевого бюджету на субвенцію з обласного бюджету, передбачену на реалізацію проектів регіонального, економічного та інноваційного розвитку у 2021 році  (код доходів 41053900) на суму 350 000  гривень. Зменшити на цю суму видатки спеціального фонду місцевого бюджету передбачені на реалізацію проекту «Трансформація вугільних регіонів України» по коду  ПКВКМБ 0217370 «Реалізація інших заходів щодо соціально-економічного розвитку територій». Головний розпорядник коштів – виконавчий комітет Червоноградської міської ради. Діа.36 2.Виділити кошти загального фонду місцевого бюджету в сумі 30 000 гривень на  субвенцію обласному бюджету для збільшення потужностей електричних мереж Червоноградського відділення КЗ ЛОР  «Будинок Воїна» за адресою, м.Червоноград, вул.Корольова 8. (код ПКВКМБ 3719770 «Інші</t>
+          <t>ID - 2944,  Правки до проекту рішення.   Діа.35 1.Відповідно до розпорядження Львівської обласної державної адміністрації від 09.11..2021 №1117/0/5-21 «Про внесення змін до розпорядження голови обласної державної адміністрації від 27.07.2021 №629/0/5-21» зменшити обсяг доходів загального фонду місцевого бюджету на субвенцію з обласного бюджету, передбачену на реалізацію проектів регіонального, економічного та інноваційного розвитку у 2021 році  (код доходів 41053900) на суму 350 000  гривень. Зменшити на цю суму видатки спеціального фонду місцевого бюджету передбачені на реалізацію проекту «Трансформація вугільних регіонів України» по коду  ПКВКМБ 0217370 «Реалізація інших заходів щодо соціально-економічного розвитку територій». Головний розпорядник коштів – виконавчий комітет Червоноградської міської ради. Діа.36 2.Виділити кошти загального фонду місцевого бюджету в сумі 30 000 гривень на  субвенцію обласному бюджету для збільшення потужностей електричних мереж Червоноградського відділення КЗ ЛОР  «Будинок Воїна» за адресою, м.Червоноград, вул.Корольова 8. (код ПКВКМБ 3719770 «Інші</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>56</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>57</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -1734,51 +1734,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>2945Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2945,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>60</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -1879,51 +1879,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>2946Про  внесення змін до Положення про фінансове управління Червоноградської міської ради</t>
+          <t>ID - 2946,  Про  внесення змін до Положення про фінансове управління Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>62</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s">
         <v>63</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2024,51 +2024,51 @@
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>2947Про  внесення змін в «Детальний план території по вул. Підлісній в с. Бендюга з метою будівництва житлових будинків»</t>
+          <t>ID - 2947,  Про  внесення змін в «Детальний план території по вул. Підлісній в с. Бендюга з метою будівництва житлових будинків»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>62</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>71</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2169,51 +2169,51 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>2948Про  розроблення детального плану території в районі перехрестя автомобільної дороги Р-15 та автомобільної дороги С141615 Сілець – Соснівка в селі Сілець  Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2948,  Про  розроблення детального плану території в районі перехрестя автомобільної дороги Р-15 та автомобільної дороги С141615 Сілець – Соснівка в селі Сілець  Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12" t="s">
         <v>75</v>
       </c>
       <c r="H12" t="s">
         <v>76</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>77</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>78</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>78</v>
@@ -2886,51 +2886,51 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>88</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>2953Про надання дозволу КП «Червоноградський парк культури і відпочинку» на списання з балансу основних засобів</t>
+          <t>ID - 2953,  Про надання дозволу КП «Червоноградський парк культури і відпочинку» на списання з балансу основних засобів</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>62</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>63</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -3031,51 +3031,51 @@
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>89</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>2956Про     затвердження    статуту комунального    підприємства «Червоноградтеплокомуненерго» в новій редакції </t>
+          <t>ID - 2956,  Про     затвердження    статуту комунального    підприємства «Червоноградтеплокомуненерго» в новій редакції </t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>62</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>71</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>51</v>
@@ -3176,51 +3176,51 @@
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>90</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>2957Про надання згоди на безкоштовну передачу  у  комунальну     власність      Червоноградської територіальної громади, в особі Червоноградської міської ради, мереж побутової каналізації від ТОВ «АКОМ ГРУП»</t>
+          <t>ID - 2957,  Про надання згоди на безкоштовну передачу  у  комунальну     власність      Червоноградської територіальної громади, в особі Червоноградської міської ради, мереж побутової каналізації від ТОВ «АКОМ ГРУП»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>62</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" t="s">
         <v>91</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>51</v>
@@ -3321,51 +3321,51 @@
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>2958Про внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
+          <t>ID - 2958,  Про внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>83</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -3466,51 +3466,51 @@
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>2959Про внесення змiн в схему теплопостачання смт. Гiрник, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 274 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання смт. Гiрник»</t>
+          <t>ID - 2959,  Про внесення змiн в схему теплопостачання смт. Гiрник, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 274 «Про затвердження оптимiзованої схеми перспективного розвитку теплопостачання смт. Гiрник»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>91</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
@@ -3611,51 +3611,51 @@
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>94</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>2960Про внесення змін до рішення сесії Червоноградської міської ради  від 05.08.2021р. №676 «Про безоплатну  передачу вуличного спортивного комплексу  з   балансу  КП «Червонограджитло-комунсервіс» на баланс відділу освіти Червоноградської міської ради»</t>
+          <t>ID - 2960,  Про внесення змін до рішення сесії Червоноградської міської ради  від 05.08.2021р. №676 «Про безоплатну  передачу вуличного спортивного комплексу  з   балансу  КП «Червонограджитло-комунсервіс» на баланс відділу освіти Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>83</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
@@ -3756,51 +3756,51 @@
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>2961Про надання згоди на безкоштовну передачу  у  комунальну     власність      Червоноградської територіальної громади, в особі Червоноградської міської ради, обладнання  системи відеоспостереження від Громадського формування «Соснівська народна самооборона»</t>
+          <t>ID - 2961,  Про надання згоди на безкоштовну передачу  у  комунальну     власність      Червоноградської територіальної громади, в особі Червоноградської міської ради, обладнання  системи відеоспостереження від Громадського формування «Соснівська народна самооборона»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>83</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
@@ -3901,51 +3901,51 @@
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>96</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>2962Про прийняття у комунальну власність Червоноградської міської територіальної громади пам’ятник «Борцям за волю України»</t>
+          <t>ID - 2962,  Про прийняття у комунальну власність Червоноградської міської територіальної громади пам’ятник «Борцям за волю України»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>62</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>91</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -4046,51 +4046,51 @@
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>2963Про внесення змін в рішення №11 від 10.12.2020 р. «Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
+          <t>ID - 2963,  Про внесення змін в рішення №11 від 10.12.2020 р. «Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>62</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>91</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>98</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -4191,51 +4191,51 @@
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>2964Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: адміністративного будинку по вул.Потічна, 5, в с.Поздимир</t>
+          <t>ID - 2964,  Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: адміністративного будинку по вул.Потічна, 5, в с.Поздимир</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
@@ -4479,51 +4479,51 @@
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>102</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>2967Про розгляд клопотання Товариства з обмеженою відповідальністю «Сокальський вітропарк»</t>
+          <t>ID - 2967,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Сокальський вітропарк»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>62</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -5196,51 +5196,51 @@
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>114</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>29726. Продовжити Товариству з обмеженою відповідальністю «Кольга» на 10 років термін оренди земельної дiлянки площею 0,0225 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червонограді на вулиці Парковій, 3 «а», встановивши річну орендну плату за земельну ділянку 12% від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:02:009:0074.</t>
+          <t>ID - 2972,  6. Продовжити Товариству з обмеженою відповідальністю «Кольга» на 10 років термін оренди земельної дiлянки площею 0,0225 га для розміщення літнього майданчика для обслуговування відвідувачів та виносної торгівлі, (код КВЦПЗД - 03.07 - для будівництва та обслуговування будівель торгівлі), в місті Червонограді на вулиці Парковій, 3 «а», встановивши річну орендну плату за земельну ділянку 12% від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:02:009:0074.</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>56</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
         <v>57</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
@@ -5484,51 +5484,51 @@
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>117</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>2974Про припинення постійного користування за виконавчим комітетом Соснівської міської ради на земельну ділянку</t>
+          <t>ID - 2974,  Про припинення постійного користування за виконавчим комітетом Соснівської міської ради на земельну ділянку</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>62</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
         <v>118</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
@@ -5629,51 +5629,51 @@
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>119</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>2975Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді</t>
+          <t>ID - 2975,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>62</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
         <v>57</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>