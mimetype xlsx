--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -146,294 +146,300 @@
   <si>
     <t>Сімчук Василь Михайлович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>21.10.21  10:29:45</t>
   </si>
   <si>
-    <t>2792Про депутатськi запити</t>
+    <t>ID - 2792,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>21.10.21  10:30:19</t>
   </si>
   <si>
-    <t>2793За запит Гоца П.В. </t>
+    <t>ID - 2793,  За запит Гоца П.В. </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>21.10.21  10:31:46</t>
   </si>
   <si>
-    <t>2794ЗА запит Кулаковського С.Ю. </t>
+    <t>ID - 2794,  ЗА запит Кулаковського С.Ю. </t>
   </si>
   <si>
     <t>21.10.21  10:34:17</t>
   </si>
   <si>
     <t>21.10.21  10:35:26</t>
   </si>
   <si>
-    <t>2796За запит Сімчука В.М. </t>
+    <t>ID - 2796,  За запит Сімчука В.М. </t>
   </si>
   <si>
     <t>21.10.21  10:39:05</t>
   </si>
   <si>
     <t>21.10.21  10:43:43</t>
   </si>
   <si>
-    <t>2798За запит Даренського Д.Б. щодо матеріального забезпечення шкіл </t>
+    <t>ID - 2798,  За запит Даренського Д.Б. щодо матеріального забезпечення шкіл </t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>21.10.21  10:47:20</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>21.10.21  10:49:12</t>
   </si>
   <si>
-    <t>2800за запит Запісоцького Р.В. щодо зрізання дерев</t>
+    <t>ID - 2800,  за запит Запісоцького Р.В. щодо зрізання дерев</t>
   </si>
   <si>
     <t>21.10.21  10:50:54</t>
   </si>
   <si>
-    <t>2801За запит  Гаманюка В.В. </t>
+    <t>ID - 2801,  За запит  Гаманюка В.В. </t>
   </si>
   <si>
     <t>21.10.21  10:53:43</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>21.10.21  10:55:24</t>
   </si>
   <si>
-    <t>2803За запит Якимчука С.С. щодо дороги по  Львівська 13 ( виїзд з ВГРЗ) </t>
+    <t>ID - 2803,  За запит Якимчука С.С. щодо дороги по  Львівська 13 ( виїзд з ВГРЗ) </t>
   </si>
   <si>
     <t>21.10.21  10:57:01</t>
   </si>
   <si>
-    <t>2804За Запит Закала Б.В. щодо аварійного стану доріг у м. Соснівка та створення комісії </t>
-[...1 lines deleted...]
-  <si>
     <t>21.10.21  10:57:31</t>
   </si>
   <si>
-    <t>2805Про депутатськi запити</t>
+    <t>ID - 2805,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>21.10.21  11:31:32</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>21.10.21  12:08:09</t>
   </si>
   <si>
     <t>21.10.21  12:32:45</t>
   </si>
   <si>
     <t>21.10.21  12:36:38</t>
   </si>
   <si>
-    <t>2809Озвучені Сементух Л.І. </t>
+    <t>ID - 2809,  Озвучені Сементух Л.І. </t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>21.10.21  12:39:27</t>
   </si>
   <si>
-    <t>281077 тисяч гривень  перемістити з витрат для паркувальників  на будинок воїна . </t>
+    <t>ID - 2810,  77 тисяч гривень  перемістити з витрат для паркувальників  на будинок воїна . </t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>21.10.21  12:47:17</t>
   </si>
   <si>
-    <t>281177 тисяч гривень  перемістити з витрат для паркувальників  на будинок воїна  </t>
+    <t>ID - 2811,  77 тисяч гривень  перемістити з витрат для паркувальників  на будинок воїна  </t>
   </si>
   <si>
     <t>21.10.21  12:47:52</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>21.10.21  12:51:06</t>
   </si>
   <si>
     <t>Змінне</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>21.10.21  12:52:01</t>
   </si>
   <si>
     <t>21.10.21  12:53:19</t>
   </si>
   <si>
-    <t>2815Про розгляд клопотань учасників бойових дій (АТО)</t>
+    <t>ID - 2815,  Про розгляд клопотань учасників бойових дій (АТО)</t>
   </si>
   <si>
     <t>21.10.21  12:54:15</t>
   </si>
   <si>
     <t>21.10.21  12:55:08</t>
   </si>
   <si>
     <t>Більшість ЗА</t>
   </si>
   <si>
     <t>21.10.21  12:56:15</t>
   </si>
   <si>
-    <t>2818Про розгляд клопотань громадянина Коцвая Василя Ярославовича</t>
+    <t>ID - 2818,  Про розгляд клопотань громадянина Коцвая Василя Ярославовича</t>
   </si>
   <si>
     <t>21.10.21  12:57:10</t>
   </si>
   <si>
-    <t>2819 Про розгляд клопотання Сохань Івана Івановича</t>
+    <t>ID - 2819,   Про розгляд клопотання Сохань Івана Івановича</t>
   </si>
   <si>
     <t>21.10.21  12:57:58</t>
   </si>
   <si>
+    <t>ID - 2820,  </t>
+  </si>
+  <si>
     <t>21.10.21  12:59:00</t>
   </si>
   <si>
+    <t>ID - 2821,  </t>
+  </si>
+  <si>
     <t>21.10.21  12:59:30</t>
   </si>
   <si>
+    <t>ID - 2822,  </t>
+  </si>
+  <si>
     <t>21.10.21  13:00:23</t>
   </si>
   <si>
-    <t>2823Про розгляд клопотання Бутко Петра Степановича</t>
+    <t>ID - 2823,  Про розгляд клопотання Бутко Петра Степановича</t>
   </si>
   <si>
     <t>21.10.21  13:02:13</t>
   </si>
   <si>
-    <t>2824Про розгляд клопотання учасника бойових дій Уряшева Дмитра Олександровича</t>
+    <t>ID - 2824,  Про розгляд клопотання учасника бойових дій Уряшева Дмитра Олександровича</t>
   </si>
   <si>
     <t>За: 1</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 11</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>21.10.21  13:03:09</t>
   </si>
   <si>
-    <t>2825Про розгляд клопотання громадянки Прихідько Оксани Петрівни</t>
+    <t>ID - 2825,  Про розгляд клопотання громадянки Прихідько Оксани Петрівни</t>
   </si>
   <si>
     <t>21.10.21  13:04:07</t>
   </si>
   <si>
-    <t>2826Про продаж у власність земельної ділянки Данчуку Ігорю Степановичу</t>
+    <t>ID - 2826,  Про продаж у власність земельної ділянки Данчуку Ігорю Степановичу</t>
   </si>
   <si>
     <t>21.10.21  14:50:55</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>21.10.21  14:53:24</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>21.10.21  14:59:39</t>
   </si>
   <si>
     <t>21.10.21  15:01:57</t>
   </si>
   <si>
     <t>21.10.21  15:05:03</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
@@ -443,420 +449,420 @@
   <si>
     <t>21.10.21  15:15:19</t>
   </si>
   <si>
     <t>21.10.21  15:18:39</t>
   </si>
   <si>
     <t>21.10.21  15:22:47</t>
   </si>
   <si>
     <t>21.10.21  15:29:28</t>
   </si>
   <si>
     <t>21.10.21  15:30:21</t>
   </si>
   <si>
     <t>21.10.21  15:34:20</t>
   </si>
   <si>
     <t>21.10.21  15:35:34</t>
   </si>
   <si>
     <t>21.10.21  15:37:05</t>
   </si>
   <si>
-    <t>2843Про внесення змін в рішення сесії  № 83 від  29.12.2020 р. та № 177 від  04.02.2021р.</t>
+    <t>ID - 2843,  Про внесення змін в рішення сесії  № 83 від  29.12.2020 р. та № 177 від  04.02.2021р.</t>
   </si>
   <si>
     <t>21.10.21  15:38:10</t>
   </si>
   <si>
     <t>21.10.21  15:39:37</t>
   </si>
   <si>
     <t>21.10.21  15:48:18</t>
   </si>
   <si>
     <t>21.10.21  15:50:05</t>
   </si>
   <si>
     <t>21.10.21  15:55:08</t>
   </si>
   <si>
-    <t>2848Про затвердження Положення про відділ охорони здоров’я</t>
+    <t>ID - 2848,  Про затвердження Положення про відділ охорони здоров’я</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>Утримались: 7</t>
   </si>
   <si>
     <t>21.10.21  15:56:57</t>
   </si>
   <si>
     <t>21.10.21  15:58:51</t>
   </si>
   <si>
-    <t>2850Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 2850,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>21.10.21  15:59:45</t>
   </si>
   <si>
-    <t>2851Про передачу в оперативне управління нежитлового приміщення  </t>
+    <t>ID - 2851,  Про передачу в оперативне управління нежитлового приміщення  </t>
   </si>
   <si>
     <t>21.10.21  16:00:46</t>
   </si>
   <si>
-    <t>2852Про погодження проведення ремонту приміщення   </t>
+    <t>ID - 2852,  Про погодження проведення ремонту приміщення   </t>
   </si>
   <si>
     <t>21.10.21  16:02:04</t>
   </si>
   <si>
-    <t>2853Про внесення змін в рішення Червоноградської міської ради №572 від 24.06.2021 року</t>
+    <t>ID - 2853,  Про внесення змін в рішення Червоноградської міської ради №572 від 24.06.2021 року</t>
   </si>
   <si>
     <t>21.10.21  16:09:14</t>
   </si>
   <si>
     <t>21.10.21  16:15:34</t>
   </si>
   <si>
     <t>21.10.21  16:23:28</t>
   </si>
   <si>
     <t>21.10.21  16:25:27</t>
   </si>
   <si>
-    <t>2858Про безоплатну передачу тротуарних плит</t>
+    <t>ID - 2858,  Про безоплатну передачу тротуарних плит</t>
   </si>
   <si>
     <t>21.10.21  16:26:52</t>
   </si>
   <si>
     <t>21.10.21  16:27:52</t>
   </si>
   <si>
-    <t>2860Про розгляд клопотання громадянина Кравець Ярослава Івановича  в с. Бендюга</t>
+    <t>ID - 2860,  Про розгляд клопотання громадянина Кравець Ярослава Івановича  в с. Бендюга</t>
   </si>
   <si>
     <t>21.10.21  16:29:02</t>
   </si>
   <si>
     <t>21.10.21  16:31:22</t>
   </si>
   <si>
     <t>21.10.21  16:32:06</t>
   </si>
   <si>
-    <t>2863п1.2 вилучити </t>
+    <t>ID - 2863,  п1.2 вилучити </t>
   </si>
   <si>
     <t>21.10.21  16:32:34</t>
   </si>
   <si>
     <t>21.10.21  16:33:45</t>
   </si>
   <si>
     <t>21.10.21  16:35:13</t>
   </si>
   <si>
     <t>21.10.21  16:36:26</t>
   </si>
   <si>
-    <t>2867Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 2867,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>21.10.21  16:38:47</t>
   </si>
   <si>
     <t>21.10.21  16:40:05</t>
   </si>
   <si>
     <t>21.10.21  16:41:22</t>
   </si>
   <si>
     <t>21.10.21  16:42:38</t>
   </si>
   <si>
-    <t>2871Про розгляд клопотання Релігійної громади Церкви Християн Віри Євангельської</t>
+    <t>ID - 2871,  Про розгляд клопотання Релігійної громади Церкви Християн Віри Євангельської</t>
   </si>
   <si>
     <t>21.10.21  16:43:11</t>
   </si>
   <si>
-    <t>2872Про розгляд клопотання громадянина Тимчака Степана Андрійовича</t>
+    <t>ID - 2872,  Про розгляд клопотання громадянина Тимчака Степана Андрійовича</t>
   </si>
   <si>
     <t>21.10.21  16:47:25</t>
   </si>
   <si>
     <t>21.10.21  16:47:56</t>
   </si>
   <si>
-    <t>2874Про розгляд клопотання громадянина Тимчака Степана Андрійовича</t>
+    <t>ID - 2874,  Про розгляд клопотання громадянина Тимчака Степана Андрійовича</t>
   </si>
   <si>
     <t>21.10.21  16:49:41</t>
   </si>
   <si>
-    <t>2875Про розгляд клопотання Служби автомобільних доріг у Львівській області</t>
+    <t>ID - 2875,  Про розгляд клопотання Служби автомобільних доріг у Львівській області</t>
   </si>
   <si>
     <t>21.10.21  16:50:43</t>
   </si>
   <si>
-    <t>2876Про розгляд клопотання громадянки Юристовської Руслани Степанівни</t>
+    <t>ID - 2876,  Про розгляд клопотання громадянки Юристовської Руслани Степанівни</t>
   </si>
   <si>
     <t>21.10.21  16:52:21</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>21.10.21  16:55:06</t>
   </si>
   <si>
-    <t>2878Про розгляд клопотання громадянина Киба Романа Богдановича</t>
+    <t>ID - 2878,  Про розгляд клопотання громадянина Киба Романа Богдановича</t>
   </si>
   <si>
     <t>28.10.21  10:12:29</t>
   </si>
   <si>
-    <t>2881Про надання одноразової грошової допомоги</t>
+    <t>ID - 2881,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>28.10.21  10:13:20</t>
   </si>
   <si>
-    <t>2882Надати допомогу за зверненням Шевчука Г.  (3000, 1000,1000)</t>
+    <t>ID - 2882,  Надати допомогу за зверненням Шевчука Г.  (3000, 1000,1000)</t>
   </si>
   <si>
     <t>28.10.21  10:13:55</t>
   </si>
   <si>
-    <t>2883Про надання одноразової грошової допомоги</t>
+    <t>ID - 2883,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>28.10.21  10:15:39</t>
   </si>
   <si>
     <t>28.10.21  10:19:52</t>
   </si>
   <si>
     <t>28.10.21  10:26:52</t>
   </si>
   <si>
-    <t>2887Про розгляд клопотання ПП «Майдан»</t>
+    <t>ID - 2887,  Про розгляд клопотання ПП «Майдан»</t>
   </si>
   <si>
     <t>28.10.21  10:30:25</t>
   </si>
   <si>
     <t>28.10.21  10:32:18</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>28.10.21  10:34:52</t>
   </si>
   <si>
-    <t>2890Про розгляд клопотання ПП «Майдан»</t>
+    <t>ID - 2890,  Про розгляд клопотання ПП «Майдан»</t>
   </si>
   <si>
     <t>28.10.21  10:36:09</t>
   </si>
   <si>
-    <t>2891Про резервування земельних ділянок за межами населеного пункту села Сілець</t>
+    <t>ID - 2891,  Про резервування земельних ділянок за межами населеного пункту села Сілець</t>
   </si>
   <si>
     <t>28.10.21  10:37:18</t>
   </si>
   <si>
-    <t>2892Про розгляд клопотання громадянина Кульчицького Аркадія Гавриловича</t>
+    <t>ID - 2892,  Про розгляд клопотання громадянина Кульчицького Аркадія Гавриловича</t>
   </si>
   <si>
     <t>28.10.21  10:39:03</t>
   </si>
   <si>
     <t>28.10.21  10:39:54</t>
   </si>
   <si>
-    <t>2894у преамбулі добавити  доручення - Сковрон Мар&amp;#39;яна</t>
+    <t>ID - 2894,  у преамбулі добавити  доручення - Сковрон Мар&amp;#39;яна</t>
   </si>
   <si>
     <t>28.10.21  10:40:26</t>
   </si>
   <si>
     <t>28.10.21  10:41:44</t>
   </si>
   <si>
-    <t>2896Про розгляд клопотання громадянина Мурашова Олега</t>
+    <t>ID - 2896,  Про розгляд клопотання громадянина Мурашова Олега</t>
   </si>
   <si>
     <t>28.10.21  10:42:46</t>
   </si>
   <si>
     <t>28.10.21  10:44:00</t>
   </si>
   <si>
     <t>28.10.21  10:45:41</t>
   </si>
   <si>
-    <t>2899Про розгляд клопотань громадянки Ткаченко Наталії Григорівні</t>
+    <t>ID - 2899,  Про розгляд клопотань громадянки Ткаченко Наталії Григорівні</t>
   </si>
   <si>
     <t>28.10.21  10:55:23</t>
   </si>
   <si>
     <t>28.10.21  10:56:25</t>
   </si>
   <si>
-    <t>2901Про розгляд клопотання громадянина Пуршева Олексія Петровича</t>
+    <t>ID - 2901,  Про розгляд клопотання громадянина Пуршева Олексія Петровича</t>
   </si>
   <si>
     <t>28.10.21  10:59:20</t>
   </si>
   <si>
     <t>28.10.21  11:01:26</t>
   </si>
   <si>
-    <t>2903Про надання земельних ділянок в постійне користування</t>
+    <t>ID - 2903,  Про надання земельних ділянок в постійне користування</t>
   </si>
   <si>
     <t>28.10.21  11:02:50</t>
   </si>
   <si>
-    <t>2904Про розгляд клопотання громадянки Новосад Галини Григорівни</t>
+    <t>ID - 2904,  Про розгляд клопотання громадянки Новосад Галини Григорівни</t>
   </si>
   <si>
     <t>28.10.21  11:04:25</t>
   </si>
   <si>
-    <t>2905Про розгляд заяви учасника бойових дій (АТО) Никитюка Тимофія Борисовича</t>
+    <t>ID - 2905,  Про розгляд заяви учасника бойових дій (АТО) Никитюка Тимофія Борисовича</t>
   </si>
   <si>
     <t>28.10.21  11:06:26</t>
   </si>
   <si>
     <t>28.10.21  11:08:20</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>Утримались: 5</t>
   </si>
   <si>
     <t>28.10.21  11:11:01</t>
   </si>
   <si>
-    <t>2908Про надання в оренду земельних ділянок в м. Червоноград</t>
+    <t>ID - 2908,  Про надання в оренду земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>28.10.21  11:12:30</t>
   </si>
   <si>
-    <t>2909Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
+    <t>ID - 2909,  Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>28.10.21  11:13:42</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>28.10.21  11:14:04</t>
   </si>
   <si>
     <t>28.10.21  11:15:34</t>
   </si>
   <si>
     <t>28.10.21  11:18:16</t>
   </si>
   <si>
     <t>28.10.21  11:20:52</t>
   </si>
   <si>
     <t>28.10.21  11:22:46</t>
   </si>
   <si>
     <t>28.10.21  11:23:59</t>
   </si>
   <si>
-    <t>2916у п. 2 замінити 0,3500гр  на 0,35 Га</t>
+    <t>ID - 2916,  у п. 2 замінити 0,3500гр  на 0,35 Га</t>
   </si>
   <si>
     <t>28.10.21  11:24:25</t>
   </si>
   <si>
     <t>28.10.21  11:26:42</t>
   </si>
   <si>
     <t>28.10.21  11:27:23</t>
   </si>
   <si>
-    <t>2919у п.1,2,3 КВЦПЗД</t>
+    <t>ID - 2919,  у п.1,2,3 КВЦПЗД</t>
   </si>
   <si>
     <t>28.10.21  11:37:15</t>
   </si>
   <si>
     <t>28.10.21  11:39:38</t>
   </si>
   <si>
-    <t>2921Про надання дозволу на укладання договору суперфіцію в м. Соснівка</t>
+    <t>ID - 2921,  Про надання дозволу на укладання договору суперфіцію в м. Соснівка</t>
   </si>
   <si>
     <t>28.10.21  11:41:22</t>
   </si>
   <si>
     <t>28.10.21  11:43:09</t>
   </si>
   <si>
     <t>28.10.21  11:43:54</t>
   </si>
   <si>
-    <t>2924по тексту виправити `Бережне ` на ` Рудка`</t>
+    <t>ID - 2924,  по тексту виправити `Бережне ` на ` Рудка`</t>
   </si>
   <si>
     <t>28.10.21  11:44:27</t>
   </si>
   <si>
     <t>28.10.21  11:46:15</t>
   </si>
   <si>
-    <t>2926​​​​​​​Про розгляд звернення Воляник Галини Василівни</t>
+    <t>ID - 2926,  ​​​​​​​Про розгляд звернення Воляник Галини Василівни</t>
   </si>
   <si>
     <t>За: 98</t>
   </si>
   <si>
     <t>За: 121</t>
   </si>
   <si>
     <t>За: 116</t>
   </si>
   <si>
     <t>За: 109</t>
   </si>
   <si>
     <t>За: 73</t>
   </si>
   <si>
     <t>За: 114</t>
   </si>
   <si>
     <t>За: 124</t>
   </si>
   <si>
     <t>За: 106</t>
   </si>
@@ -1681,51 +1687,51 @@
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>2795За два запити Колтакової Ганни Петрівни щодо  виконання проекту переможця громадського бюджету  по с. Добрячин, щодо пропозиції переміщення коштів з витрат на висвітлення інформації </t>
+          <t>ID - 2795,  За два запити Колтакової Ганни Петрівни щодо  виконання проекту переможця громадського бюджету  по с. Добрячин, щодо пропозиції переміщення коштів з витрат на висвітлення інформації </t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>56</v>
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>57</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1969,51 +1975,51 @@
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>2797ЗА запит Даренського Дмитра Борисовича щодо доцільності виділення коштів для встановлення камер у школах. </t>
+          <t>ID - 2797,  ЗА запит Даренського Дмитра Борисовича щодо доцільності виділення коштів для встановлення камер у школах. </t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>57</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>50</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -2257,51 +2263,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>2799За запит Запісоцького Р..В. щодо  передбачити кошти для влаштування тиру у школі №7  у 2022 р</t>
+          <t>ID - 2799,  За запит Запісоцького Р..В. щодо  передбачити кошти для влаштування тиру у школі №7  у 2022 р</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>56</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>68</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2688,51 +2694,51 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>2802За запит Лапця М. Р. щодо сміттєвих баків по вул. Будівельна, Героїв Майдану та ремонту доріг і влаштування обмежувача швидкості .</t>
+          <t>ID - 2802,  За запит Лапця М. Р. щодо сміттєвих баків по вул. Будівельна, Героїв Майдану та ремонту доріг і влаштування обмежувача швидкості .</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>56</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -2974,52 +2980,54 @@
         <v>51</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s" s="4">
-        <v>78</v>
+      <c r="C14" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2804,  За Запит Закала Б.В. щодо аварійного стану доріг у м. Соснівка та створення комісії </t>
+        </is>
       </c>
       <c r="D14" t="s">
         <v>56</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>74</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
       </c>
@@ -3115,57 +3123,57 @@
       </c>
       <c r="AP14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s" s="4">
         <v>79</v>
       </c>
-      <c r="C15" t="s" s="4">
+      <c r="D15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>74</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
         <v>50</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>51</v>
       </c>
@@ -3258,59 +3266,59 @@
       </c>
       <c r="AP15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>2806Про погодження комунальному підприємству Червоноградської міської ради `Червоноградтеплокомуненерго` договору реструктуризації заборгова- ності за послугу з розподілу природного газу з АТ  `Львівгаз` та надання місцевої гарантії щодо його виконання</t>
+          <t>ID - 2806,  Про погодження комунальному підприємству Червоноградської міської ради `Червоноградтеплокомуненерго` договору реструктуризації заборгова- ності за послугу з розподілу природного газу з АТ  `Львівгаз` та надання місцевої гарантії щодо його виконання</t>
         </is>
       </c>
       <c r="D16" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>68</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>51</v>
       </c>
@@ -3403,59 +3411,59 @@
       </c>
       <c r="AP16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>2807Про звіт КП“Центр первинної медично-санітарної допомоги м. Червонограда” щодо діяльності  комунального підприємства</t>
+          <t>ID - 2807,  Про звіт КП“Центр первинної медично-санітарної допомоги м. Червонограда” щодо діяльності  комунального підприємства</t>
         </is>
       </c>
       <c r="D17" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>68</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>51</v>
       </c>
@@ -3548,55 +3556,55 @@
       </c>
       <c r="AP17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>2808Про виконання бюджету Червоноградської міської територіальної громади за січень-вересень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2808,  Про виконання бюджету Червоноградської міської територіальної громади за січень-вересень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>51</v>
@@ -3693,63 +3701,63 @@
       </c>
       <c r="AP18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" t="s" s="4">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>53</v>
       </c>
@@ -3836,105 +3844,105 @@
       </c>
       <c r="AP19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C20" t="s" s="4">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
+        <v>92</v>
+      </c>
+      <c r="I20" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="J20" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="K20" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="L20" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="M20" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="N20" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O20" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="P20" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Q20" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R20" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="S20" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T20" t="s" s="5">
         <v>93</v>
-      </c>
-[...34 lines deleted...]
-        <v>94</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>51</v>
       </c>
@@ -3979,54 +3987,54 @@
       </c>
       <c r="AP20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>94</v>
+      </c>
+      <c r="C21" t="s" s="4">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D21" t="s">
         <v>56</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
       </c>
@@ -4122,65 +4130,65 @@
       </c>
       <c r="AP21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>2812Про виконання бюджету Червоноградської міської територіальної громади за січень-вересень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2812,  Про виконання бюджету Червоноградської міської територіальної громади за січень-вересень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D22" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>53</v>
       </c>
@@ -4267,65 +4275,65 @@
       </c>
       <c r="AP22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>2813Про затвердження проектів землеустрою щодо відведення земельних ділянок длятведення садівництва</t>
+          <t>ID - 2813,  Про затвердження проектів землеустрою щодо відведення земельних ділянок длятведення садівництва</t>
         </is>
       </c>
       <c r="D23" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>53</v>
       </c>
@@ -4412,65 +4420,65 @@
       </c>
       <c r="AP23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>2814Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 2814,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D24" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>53</v>
       </c>
@@ -4557,63 +4565,63 @@
       </c>
       <c r="AP24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>102</v>
+      </c>
+      <c r="C25" t="s" s="4">
         <v>103</v>
       </c>
-      <c r="C25" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>53</v>
       </c>
@@ -4700,65 +4708,65 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>2816Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 2816,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D26" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>53</v>
       </c>
@@ -4845,59 +4853,59 @@
       </c>
       <c r="AP26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>2817Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для ведення особистого селянського господарства</t>
+          <t>ID - 2817,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D27" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
         <v>48</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>51</v>
       </c>
@@ -4990,57 +4998,57 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>107</v>
+      </c>
+      <c r="C28" t="s" s="4">
         <v>108</v>
       </c>
-      <c r="C28" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>48</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>51</v>
       </c>
@@ -5133,63 +5141,63 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" t="s" s="4">
         <v>110</v>
       </c>
-      <c r="C29" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>53</v>
       </c>
@@ -5276,54 +5284,54 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>111</v>
+      </c>
+      <c r="C30" t="s" s="4">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>2820</v>
       </c>
       <c r="D30" t="s">
         <v>46</v>
       </c>
       <c r="E30" t="s">
         <v>47</v>
       </c>
       <c r="F30" t="s">
         <v>48</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
       </c>
@@ -5421,61 +5429,61 @@
         <v>51</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>113</v>
       </c>
-      <c r="C31" s="4">
-        <v>2821</v>
+      <c r="C31" t="s" s="4">
+        <v>114</v>
       </c>
       <c r="D31" t="s">
         <v>56</v>
       </c>
       <c r="E31" t="s">
         <v>47</v>
       </c>
       <c r="F31" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31" t="s">
         <v>50</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>53</v>
       </c>
@@ -5562,57 +5570,57 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>2822</v>
+        <v>115</v>
+      </c>
+      <c r="C32" t="s" s="4">
+        <v>116</v>
       </c>
       <c r="D32" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>48</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>50</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>51</v>
       </c>
@@ -5705,57 +5713,57 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C33" t="s" s="4">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D33" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
         <v>48</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>51</v>
       </c>
@@ -5848,200 +5856,200 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E34" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F34" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G34" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="H34" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I34" t="s" s="5">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="J34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AG34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AH34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AO34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AP34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AQ34" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C35" t="s" s="4">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D35" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
         <v>48</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>51</v>
       </c>
@@ -6134,57 +6142,57 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C36" t="s" s="4">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D36" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
         <v>48</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>51</v>
       </c>
@@ -6277,65 +6285,65 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>2830Про   затвердження містобудівної документації «Детальний план території  по вул. Червоноградська села Острів»</t>
+          <t>ID - 2830,  Про   затвердження містобудівної документації «Детальний план території  по вул. Червоноградська села Острів»</t>
         </is>
       </c>
       <c r="D37" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E37" t="s">
         <v>47</v>
       </c>
       <c r="F37" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>53</v>
       </c>
@@ -6422,65 +6430,65 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>2831Про   затвердження містобудівної документаці ї «Детальний план території в с. Сілець присілок Підрочин»</t>
+          <t>ID - 2831,  Про   затвердження містобудівної документаці ї «Детальний план території в с. Сілець присілок Підрочин»</t>
         </is>
       </c>
       <c r="D38" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>53</v>
       </c>
@@ -6567,59 +6575,59 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>2832Про   розроблення  детального плану території вздовж автодороги Р-15  між селами Сілець та Межиріччя Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2832,  Про   розроблення  детального плану території вздовж автодороги Р-15  між селами Сілець та Межиріччя Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D39" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E39" t="s">
         <v>47</v>
       </c>
       <c r="F39" t="s">
         <v>66</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>50</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>52</v>
       </c>
@@ -6712,65 +6720,65 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>2833Про   розроблення  детального плану  території обмеженої вулицями Симоненка, Тарнавського, Івасюка, Січових Стрільців  в смт. Гірник Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2833,  Про   розроблення  детального плану  території обмеженої вулицями Симоненка, Тарнавського, Івасюка, Січових Стрільців  в смт. Гірник Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D40" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>53</v>
       </c>
@@ -6857,65 +6865,65 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>2834Про   розроблення  детальних планів територій в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2834,  Про   розроблення  детальних планів територій в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D41" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>53</v>
       </c>
@@ -7002,65 +7010,65 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>2835Про звернення Червоноградської міської  ради до Президента України, Верховної Ради України, Кабінету Міністрів України з приводу належного фінансового забезпечення сфери охорони здоров’я</t>
+          <t>ID - 2835,  Про звернення Червоноградської міської  ради до Президента України, Верховної Ради України, Кабінету Міністрів України з приводу належного фінансового забезпечення сфери охорони здоров’я</t>
         </is>
       </c>
       <c r="D42" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>53</v>
       </c>
@@ -7147,65 +7155,65 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>2836Про звернення Червоноградської міської  ради до Верховної Ради України, Президента України, Кабінету Міністрів України, народного депутата України Синютки О.М., народного депутата України Камельчука Ю.О., голови Львівської обласної ради  Гримак І.Я., голови комісії з питань охорони здоров’я та материнства Львівської обласної ради Ярмоли А.П., голови Червоноградської  районної ради Порицького А.В. щодо виділення  коштів в сумі 9 млн. 500тис. грн. для перезарядки  гамма-терапевтичного апарату АГАТ Р-1 джерелом іонізуючого випромінювання радіоактивним Co-60.</t>
+          <t>ID - 2836,  Про звернення Червоноградської міської  ради до Верховної Ради України, Президента України, Кабінету Міністрів України, народного депутата України Синютки О.М., народного депутата України Камельчука Ю.О., голови Львівської обласної ради  Гримак І.Я., голови комісії з питань охорони здоров’я та материнства Львівської обласної ради Ярмоли А.П., голови Червоноградської  районної ради Порицького А.В. щодо виділення  коштів в сумі 9 млн. 500тис. грн. для перезарядки  гамма-терапевтичного апарату АГАТ Р-1 джерелом іонізуючого випромінювання радіоактивним Co-60.</t>
         </is>
       </c>
       <c r="D43" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>53</v>
       </c>
@@ -7292,65 +7300,65 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>2837Про звернення Червоноградської міської  ради до  Кабінету Міністрів України,  щодо забезпечення права дітей з особливими освітніми потребами на психолого-педагогічні та корекційно-розвиткові послуги</t>
+          <t>ID - 2837,  Про звернення Червоноградської міської  ради до  Кабінету Міністрів України,  щодо забезпечення права дітей з особливими освітніми потребами на психолого-педагогічні та корекційно-розвиткові послуги</t>
         </is>
       </c>
       <c r="D44" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
         <v>50</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>53</v>
       </c>
@@ -7437,65 +7445,65 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>2838Про звернення Червоноградської міської  ради  до Верховної Ради України, Президента України,  Генерального прокурора України про притягнення до кримінальної відповідальності осіб, причетних  як до злочинного введення коштів Приватбанку,  так і тих, хто брав участь у відмиванні вкрадених  коштів через офшорні компанії.</t>
+          <t>ID - 2838,  Про звернення Червоноградської міської  ради  до Верховної Ради України, Президента України,  Генерального прокурора України про притягнення до кримінальної відповідальності осіб, причетних  як до злочинного введення коштів Приватбанку,  так і тих, хто брав участь у відмиванні вкрадених  коштів через офшорні компанії.</t>
         </is>
       </c>
       <c r="D45" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>53</v>
       </c>
@@ -7582,65 +7590,65 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>2839Про звернення Червоноградської міської  ради  до Верховної Ради України, Президента України,  Кабінету Міністрів України щодо неприпустимості  грубого наступу на фінансову спроможність  місцевого самоврядування.</t>
+          <t>ID - 2839,  Про звернення Червоноградської міської  ради  до Верховної Ради України, Президента України,  Кабінету Міністрів України щодо неприпустимості  грубого наступу на фінансову спроможність  місцевого самоврядування.</t>
         </is>
       </c>
       <c r="D46" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E46" t="s">
         <v>47</v>
       </c>
       <c r="F46" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>53</v>
       </c>
@@ -7727,65 +7735,65 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>2840Про звернення Червоноградської міської  ради  до Верховної Ради України, Президента України,  Кабінету Міністрів України щодо неприпустимості  грубого наступу на фінансову спроможність  місцевого самоврядування.</t>
+          <t>ID - 2840,  Про звернення Червоноградської міської  ради  до Верховної Ради України, Президента України,  Кабінету Міністрів України щодо неприпустимості  грубого наступу на фінансову спроможність  місцевого самоврядування.</t>
         </is>
       </c>
       <c r="D47" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E47" t="s">
         <v>47</v>
       </c>
       <c r="F47" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>53</v>
       </c>
@@ -7872,65 +7880,65 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>2841Про звернення Червоноградської міської  ради до Генерального прокурора України щодо розслідування обставин трагічної загибелі Героя України В’ячеслава Чорновол</t>
+          <t>ID - 2841,  Про звернення Червоноградської міської  ради до Генерального прокурора України щодо розслідування обставин трагічної загибелі Героя України В’ячеслава Чорновол</t>
         </is>
       </c>
       <c r="D48" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E48" t="s">
         <v>47</v>
       </c>
       <c r="F48" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
         <v>50</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>53</v>
       </c>
@@ -8017,65 +8025,65 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>2842Про  надання пільги дітям, батьки яких загинули вiд нещасних випадкiв на шахтi щодо безоплатного навчання в школах естетичного виховання</t>
+          <t>ID - 2842,  Про  надання пільги дітям, батьки яких загинули вiд нещасних випадкiв на шахтi щодо безоплатного навчання в школах естетичного виховання</t>
         </is>
       </c>
       <c r="D49" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E49" t="s">
         <v>47</v>
       </c>
       <c r="F49" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
         <v>50</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>53</v>
       </c>
@@ -8162,63 +8170,63 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D50" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>53</v>
       </c>
@@ -8305,65 +8313,65 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>2844Про затвердження Статуту КП «Соснівська міська лікарня Червоноградської міської ради»</t>
+          <t>ID - 2844,  Про затвердження Статуту КП «Соснівська міська лікарня Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D51" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>53</v>
       </c>
@@ -8450,65 +8458,65 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>2845«Про внесення змін до рішення сесії Червоноградської міської ради від 10.12.2020 № 25 «Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти, учням закладiв загальної середньої освiти»</t>
+          <t>ID - 2845,  «Про внесення змін до рішення сесії Червоноградської міської ради від 10.12.2020 № 25 «Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти, учням закладiв загальної середньої освiти»</t>
         </is>
       </c>
       <c r="D52" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
         <v>50</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>53</v>
       </c>
@@ -8595,65 +8603,65 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>2846Про затверження програми реконструкції стрілецького тиру на базі ЧНВК №3 на 2022- 2024 роки</t>
+          <t>ID - 2846,  Про затверження програми реконструкції стрілецького тиру на базі ЧНВК №3 на 2022- 2024 роки</t>
         </is>
       </c>
       <c r="D53" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53" t="s">
         <v>50</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>53</v>
       </c>
@@ -8740,65 +8748,65 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>2847Про затвердження складу комісії на проведення конкурсного відбору на заміщення вакантної посади директора КП «Міська лікарня Соснівської міської ради»</t>
+          <t>ID - 2847,  Про затвердження складу комісії на проведення конкурсного відбору на заміщення вакантної посади директора КП «Міська лікарня Соснівської міської ради»</t>
         </is>
       </c>
       <c r="D54" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>53</v>
       </c>
@@ -8885,208 +8893,208 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D55" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E55" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F55" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U55" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="V55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W55" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA55" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AB55" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD55" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ55" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS55" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>2849Про безоплатну передачу з балансу комунальної власності Червоноградської міської ради об’єктів рухомого майна (спортивний інвентар) на баланс КП Спортивний комплекс «Шахтар» ( правка у назву - первинна назва Про передачу майна з комунальної власності Червоноградської міської ради ГО «Ініціатива Спорт»)</t>
+          <t>ID - 2849,  Про безоплатну передачу з балансу комунальної власності Червоноградської міської ради об’єктів рухомого майна (спортивний інвентар) на баланс КП Спортивний комплекс «Шахтар» ( правка у назву - первинна назва Про передачу майна з комунальної власності Червоноградської міської ради ГО «Ініціатива Спорт»)</t>
         </is>
       </c>
       <c r="D56" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>53</v>
       </c>
@@ -9173,63 +9181,63 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D57" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>53</v>
       </c>
@@ -9316,63 +9324,63 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D58" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>53</v>
       </c>
@@ -9459,63 +9467,63 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D59" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>53</v>
       </c>
@@ -9602,63 +9610,63 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D60" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>53</v>
       </c>
@@ -9745,65 +9753,65 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>2855Про прийняття у комунальну власність Червоноградської міської територіальної громади тимчасових споруд</t>
+          <t>ID - 2855,  Про прийняття у комунальну власність Червоноградської міської територіальної громади тимчасових споруд</t>
         </is>
       </c>
       <c r="D61" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G61" t="s">
         <v>49</v>
       </c>
       <c r="H61" t="s">
         <v>50</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>53</v>
       </c>
@@ -9890,65 +9898,65 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>2856Про   надання       дозволу     КП «Червонограджитлокомунсервіс»  на демонтаж декоративних стінок «Дитяче містечко» за адресою: вул.С.Бандери, 45а в частині 9,3м³</t>
+          <t>ID - 2856,  Про   надання       дозволу     КП «Червонограджитлокомунсервіс»  на демонтаж декоративних стінок «Дитяче містечко» за адресою: вул.С.Бандери, 45а в частині 9,3м³</t>
         </is>
       </c>
       <c r="D62" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>53</v>
       </c>
@@ -10035,65 +10043,65 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>2857Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»</t>
+          <t>ID - 2857,  Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»</t>
         </is>
       </c>
       <c r="D63" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>53</v>
       </c>
@@ -10180,63 +10188,63 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D64" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E64" t="s">
         <v>47</v>
       </c>
       <c r="F64" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
         <v>50</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>53</v>
       </c>
@@ -10323,65 +10331,65 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>2859Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій (АТО)</t>
+          <t>ID - 2859,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій (АТО)</t>
         </is>
       </c>
       <c r="D65" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>53</v>
       </c>
@@ -10468,63 +10476,63 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D66" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>53</v>
       </c>
@@ -10611,65 +10619,65 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>2861Про розгляд клопотань громадян щодо надання дозволу на розроблення проектів землеустрою за межами с. Борятин</t>
+          <t>ID - 2861,  Про розгляд клопотань громадян щодо надання дозволу на розроблення проектів землеустрою за межами с. Борятин</t>
         </is>
       </c>
       <c r="D67" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E67" t="s">
         <v>47</v>
       </c>
       <c r="F67" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G67" t="s">
         <v>49</v>
       </c>
       <c r="H67" t="s">
         <v>50</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>53</v>
       </c>
@@ -10756,65 +10764,65 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>2862Про розгляд клопотань щодо надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для ведення особистого селянського господарства</t>
+          <t>ID - 2862,  Про розгляд клопотань щодо надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>46</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>53</v>
       </c>
@@ -10901,63 +10909,63 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D69" t="s">
         <v>56</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>53</v>
       </c>
@@ -11044,65 +11052,65 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>2864Про розгляд клопотань щодо надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для ведення особистого селянського господарства</t>
+          <t>ID - 2864,  Про розгляд клопотань щодо надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D70" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E70" t="s">
         <v>47</v>
       </c>
       <c r="F70" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>53</v>
       </c>
@@ -11189,65 +11197,65 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>2865Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі ( на місцевості) для будiвництва індивідуальних гаражів</t>
+          <t>ID - 2865,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі ( на місцевості) для будiвництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D71" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>53</v>
       </c>
@@ -11334,65 +11342,65 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>2866Про розгляд клопотань громадян про надання дозволу на розроблення проектів землеустрою в селі Волсвин, Межиріччя та Поздимир</t>
+          <t>ID - 2866,  Про розгляд клопотань громадян про надання дозволу на розроблення проектів землеустрою в селі Волсвин, Межиріччя та Поздимир</t>
         </is>
       </c>
       <c r="D72" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G72" t="s">
         <v>49</v>
       </c>
       <c r="H72" t="s">
         <v>50</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>53</v>
       </c>
@@ -11479,63 +11487,63 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D73" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>53</v>
       </c>
@@ -11622,65 +11630,65 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>2868Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
+          <t>ID - 2868,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D74" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>53</v>
       </c>
@@ -11767,65 +11775,65 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>2869Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
+          <t>ID - 2869,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D75" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>53</v>
       </c>
@@ -11912,65 +11920,65 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>2870Про розгляд клопотання Релігійної організації Релігійної громади Львівсько - Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Преображення Господнього у місті Червоноград Львівської області</t>
+          <t>ID - 2870,  Про розгляд клопотання Релігійної організації Релігійної громади Львівсько - Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Преображення Господнього у місті Червоноград Львівської області</t>
         </is>
       </c>
       <c r="D76" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E76" t="s">
         <v>47</v>
       </c>
       <c r="F76" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>53</v>
       </c>
@@ -12057,206 +12065,206 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D77" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
+        <v>92</v>
+      </c>
+      <c r="I77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="J77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="K77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="L77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="N77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O77" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="S77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="U77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="W77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="X77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AB77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC77" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AD77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AE77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF77" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AH77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AJ77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK77" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AL77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AM77" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AN77" t="s" s="5">
         <v>93</v>
-      </c>
-[...94 lines deleted...]
-        <v>94</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D78" t="s">
         <v>46</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>53</v>
       </c>
@@ -12343,65 +12351,65 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>2873у  пункті 1 добавити причину відмови ( на момент надання дозволу таке право  на розроблення документації мав Державний земельний кадастр, а не сільська рада) </t>
+          <t>ID - 2873,  у  пункті 1 добавити причину відмови ( на момент надання дозволу таке право  на розроблення документації мав Державний земельний кадастр, а не сільська рада) </t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>56</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>53</v>
       </c>
@@ -12488,63 +12496,63 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C80" t="s" s="4">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D80" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>53</v>
       </c>
@@ -12631,63 +12639,63 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D81" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>53</v>
       </c>
@@ -12774,63 +12782,63 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D82" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>53</v>
       </c>
@@ -12917,71 +12925,71 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>2877Про розгляд клопотання державного підприємства «Радехівське лісомисливське господарство»</t>
+          <t>ID - 2877,  Про розгляд клопотання державного підприємства «Радехівське лісомисливське господарство»</t>
         </is>
       </c>
       <c r="D83" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E83" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F83" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P83" t="s" s="5">
         <v>51</v>
       </c>
@@ -13036,89 +13044,89 @@
       <c r="AG83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO83" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ83" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D84" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>53</v>
       </c>
@@ -13205,63 +13213,63 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D85" t="s">
         <v>46</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>50</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>53</v>
       </c>
@@ -13348,63 +13356,63 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D86" t="s">
         <v>56</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>53</v>
       </c>
@@ -13491,63 +13499,63 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D87" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G87" t="s">
         <v>49</v>
       </c>
       <c r="H87" t="s">
         <v>50</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>53</v>
       </c>
@@ -13634,65 +13642,65 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>2884Про надання дозволу на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Ст. Бандери,35</t>
+          <t>ID - 2884,  Про надання дозволу на здiйснення невiд’ємних полiпшень орендованого комунального майна за адресою: м. Червоноград, вул. Ст. Бандери,35</t>
         </is>
       </c>
       <c r="D88" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>53</v>
       </c>
@@ -13779,65 +13787,65 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>2886Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: адміністративний будинок  по вул. Кривоноса,8-В, в м. Соснівка</t>
+          <t>ID - 2886,  Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: адміністративний будинок  по вул. Кривоноса,8-В, в м. Соснівка</t>
         </is>
       </c>
       <c r="D89" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>53</v>
       </c>
@@ -13924,63 +13932,63 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D90" t="s">
         <v>46</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
         <v>50</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>53</v>
       </c>
@@ -14067,65 +14075,65 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>28881.  Встановити Приватному підприємству «Майдан» у зменшенні розміру орендної плати за земельну ділянку площею 0,0300 га (кадастровий номер 4611800000:01:003:0182) для будівництва та обслуговування будівель торгівлі, для влаштування торгового ряду промтоварного ринку, (код КВЦПЗД – 03.07 – для будівництва та обслуговування будівель торгівлі), в місті Червоноградi, на вулиці на термін тривання червоної зони. </t>
+          <t>ID - 2888,  1.  Встановити Приватному підприємству «Майдан» у зменшенні розміру орендної плати за земельну ділянку площею 0,0300 га (кадастровий номер 4611800000:01:003:0182) для будівництва та обслуговування будівель торгівлі, для влаштування торгового ряду промтоварного ринку, (код КВЦПЗД – 03.07 – для будівництва та обслуговування будівель торгівлі), в місті Червоноградi, на вулиці на термін тривання червоної зони. </t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>56</v>
       </c>
       <c r="E91" t="s">
         <v>47</v>
       </c>
       <c r="F91" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G91" t="s">
         <v>49</v>
       </c>
       <c r="H91" t="s">
         <v>50</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>53</v>
       </c>
@@ -14212,208 +14220,208 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>28891. Встановити Приватному підприємству «Майдан» у зменшенні розміру орендної плати за земельну ділянку площею 0,0300 га (кадастровий номер 4611800000:01:003:0182) для будівництва та обслуговування будівель торгівлі, для влаштування торгового ряду промтоварного ринку, (код КВЦПЗД – 03.07 – для будівництва та обслуговування будівель торгівлі), в місті Червоноградi, на вулиці на термін термін дії договору аналогічно п.2,п.3</t>
+          <t>ID - 2889,  1. Встановити Приватному підприємству «Майдан» у зменшенні розміру орендної плати за земельну ділянку площею 0,0300 га (кадастровий номер 4611800000:01:003:0182) для будівництва та обслуговування будівель торгівлі, для влаштування торгового ряду промтоварного ринку, (код КВЦПЗД – 03.07 – для будівництва та обслуговування будівель торгівлі), в місті Червоноградi, на вулиці на термін термін дії договору аналогічно п.2,п.3</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>56</v>
       </c>
       <c r="E92" t="s">
+        <v>90</v>
+      </c>
+      <c r="F92" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S92" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="T92" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="U92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF92" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AG92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO92" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AP92" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AQ92" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D93" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
       <c r="H93" t="s">
         <v>50</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>53</v>
       </c>
@@ -14500,63 +14508,63 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D94" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E94" t="s">
         <v>47</v>
       </c>
       <c r="F94" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G94" t="s">
         <v>49</v>
       </c>
       <c r="H94" t="s">
         <v>50</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>53</v>
       </c>
@@ -14643,63 +14651,63 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D95" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>50</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>53</v>
       </c>
@@ -14786,65 +14794,65 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>2893Про затвердження технічних документацій із нормативної грошової оцінки земельних ділянок в с. Сілець, присілок Копані, вулиця Шевченка, 65а (за межами нп)</t>
+          <t>ID - 2893,  Про затвердження технічних документацій із нормативної грошової оцінки земельних ділянок в с. Сілець, присілок Копані, вулиця Шевченка, 65а (за межами нп)</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>46</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>50</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>53</v>
       </c>
@@ -14931,63 +14939,63 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C97" t="s" s="4">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D97" t="s">
         <v>56</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>53</v>
       </c>
@@ -15074,65 +15082,65 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>2895Про затвердження технічних документацій із нормативної грошової оцінки земельних ділянок в с. Сілець, присілок Копані, вулиця Шевченка, 65а (за межами нп)</t>
+          <t>ID - 2895,  Про затвердження технічних документацій із нормативної грошової оцінки земельних ділянок в с. Сілець, присілок Копані, вулиця Шевченка, 65а (за межами нп)</t>
         </is>
       </c>
       <c r="D98" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E98" t="s">
         <v>47</v>
       </c>
       <c r="F98" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G98" t="s">
         <v>49</v>
       </c>
       <c r="H98" t="s">
         <v>50</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>53</v>
       </c>
@@ -15219,63 +15227,63 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C99" t="s" s="4">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D99" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
         <v>50</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>53</v>
       </c>
@@ -15362,65 +15370,65 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>2897Про резервування земельної ділянки для створення громадського пасовища в с. Сілець, присілок Заболотня</t>
+          <t>ID - 2897,  Про резервування земельної ділянки для створення громадського пасовища в с. Сілець, присілок Заболотня</t>
         </is>
       </c>
       <c r="D100" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E100" t="s">
         <v>47</v>
       </c>
       <c r="F100" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
         <v>50</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>53</v>
       </c>
@@ -15507,65 +15515,65 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>2898Про розгляд клопотань громадян щодо надання дозволу на розроблення проектів землеустрою в с. Сілець, присілок Заболотня  </t>
+          <t>ID - 2898,  Про розгляд клопотань громадян щодо надання дозволу на розроблення проектів землеустрою в с. Сілець, присілок Заболотня  </t>
         </is>
       </c>
       <c r="D101" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E101" t="s">
         <v>47</v>
       </c>
       <c r="F101" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G101" t="s">
         <v>49</v>
       </c>
       <c r="H101" t="s">
         <v>50</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>53</v>
       </c>
@@ -15652,63 +15660,63 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D102" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E102" t="s">
         <v>47</v>
       </c>
       <c r="F102" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G102" t="s">
         <v>49</v>
       </c>
       <c r="H102" t="s">
         <v>50</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>53</v>
       </c>
@@ -15795,65 +15803,65 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>2900Про розгляд клопотань громадян щодо надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок за межами населеного пункту с. Сілець, урочище «Пониззя»</t>
+          <t>ID - 2900,  Про розгляд клопотань громадян щодо надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок за межами населеного пункту с. Сілець, урочище «Пониззя»</t>
         </is>
       </c>
       <c r="D103" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N103" t="s" s="5">
         <v>53</v>
       </c>
@@ -15940,63 +15948,63 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D104" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>53</v>
       </c>
@@ -16083,65 +16091,65 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>2902Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 2902,  Про затвердження технiчних документацiй iз землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі ( на місцевості) для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D105" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E105" t="s">
         <v>47</v>
       </c>
       <c r="F105" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>50</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>53</v>
       </c>
@@ -16228,63 +16236,63 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C106" t="s" s="4">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D106" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>53</v>
       </c>
@@ -16371,63 +16379,63 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C107" t="s" s="4">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D107" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E107" t="s">
         <v>47</v>
       </c>
       <c r="F107" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G107" t="s">
         <v>49</v>
       </c>
       <c r="H107" t="s">
         <v>50</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>53</v>
       </c>
@@ -16514,63 +16522,63 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D108" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>53</v>
       </c>
@@ -16657,65 +16665,65 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>2906​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
+          <t>ID - 2906,  ​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
         </is>
       </c>
       <c r="D109" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G109" t="s">
         <v>49</v>
       </c>
       <c r="H109" t="s">
         <v>50</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>53</v>
       </c>
@@ -16802,107 +16810,107 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>2907​​​​​​​Про розгляд клопотання фізичної особи-підприємця Павленко Наталії Іванівни</t>
+          <t>ID - 2907,  ​​​​​​​Про розгляд клопотання фізичної особи-підприємця Павленко Наталії Іванівни</t>
         </is>
       </c>
       <c r="D110" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E110" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F110" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="G110" t="s">
         <v>49</v>
       </c>
       <c r="H110" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K110" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="L110" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="M110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S110" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="T110" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="U110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB110" t="s" s="5">
         <v>51</v>
       </c>
@@ -16921,89 +16929,89 @@
       <c r="AG110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO110" t="s" s="5">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D111" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E111" t="s">
         <v>47</v>
       </c>
       <c r="F111" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G111" t="s">
         <v>49</v>
       </c>
       <c r="H111" t="s">
         <v>50</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>53</v>
       </c>
@@ -17090,63 +17098,63 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C112" t="s" s="4">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D112" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>53</v>
       </c>
@@ -17233,65 +17241,65 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>2910Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді на вул. Шептицького, 12</t>
+          <t>ID - 2910,  Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді на вул. Шептицького, 12</t>
         </is>
       </c>
       <c r="D113" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E113" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F113" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="G113" t="s">
         <v>49</v>
       </c>
       <c r="H113" t="s">
         <v>50</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>53</v>
       </c>
@@ -17340,103 +17348,103 @@
       <c r="AC113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK113" t="s" s="5">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AL113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>2911Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді на вул. Шептицького, 12</t>
+          <t>ID - 2911,  Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в м. Червонограді на вул. Шептицького, 12</t>
         </is>
       </c>
       <c r="D114" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E114" t="s">
         <v>47</v>
       </c>
       <c r="F114" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G114" t="s">
         <v>49</v>
       </c>
       <c r="H114" t="s">
         <v>50</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>53</v>
       </c>
@@ -17523,65 +17531,65 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>2912​​​​​​​Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення в м. Червонограді на вул. С. Бандери, 62</t>
+          <t>ID - 2912,  ​​​​​​​Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення в м. Червонограді на вул. С. Бандери, 62</t>
         </is>
       </c>
       <c r="D115" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E115" t="s">
         <v>47</v>
       </c>
       <c r="F115" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G115" t="s">
         <v>49</v>
       </c>
       <c r="H115" t="s">
         <v>50</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N115" t="s" s="5">
         <v>53</v>
       </c>
@@ -17668,65 +17676,65 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>2913​​​​​​​Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення в м. Червонограді</t>
+          <t>ID - 2913,  ​​​​​​​Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення в м. Червонограді</t>
         </is>
       </c>
       <c r="D116" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E116" t="s">
         <v>47</v>
       </c>
       <c r="F116" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G116" t="s">
         <v>49</v>
       </c>
       <c r="H116" t="s">
         <v>50</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>53</v>
       </c>
@@ -17813,65 +17821,65 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>2914Про затвердження проектів землеустрою щодо відведення земельних ділянок в м. Червонограді на вул. Набережній</t>
+          <t>ID - 2914,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в м. Червонограді на вул. Набережній</t>
         </is>
       </c>
       <c r="D117" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E117" t="s">
         <v>47</v>
       </c>
       <c r="F117" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G117" t="s">
         <v>49</v>
       </c>
       <c r="H117" t="s">
         <v>50</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N117" t="s" s="5">
         <v>53</v>
       </c>
@@ -17958,65 +17966,65 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>2915Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
+          <t>ID - 2915,  Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>46</v>
       </c>
       <c r="E118" t="s">
         <v>47</v>
       </c>
       <c r="F118" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G118" t="s">
         <v>49</v>
       </c>
       <c r="H118" t="s">
         <v>50</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>53</v>
       </c>
@@ -18103,63 +18111,63 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D119" t="s">
         <v>56</v>
       </c>
       <c r="E119" t="s">
         <v>47</v>
       </c>
       <c r="F119" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G119" t="s">
         <v>49</v>
       </c>
       <c r="H119" t="s">
         <v>50</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>53</v>
       </c>
@@ -18246,65 +18254,65 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>2917Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 2917,  Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D120" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E120" t="s">
         <v>47</v>
       </c>
       <c r="F120" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G120" t="s">
         <v>49</v>
       </c>
       <c r="H120" t="s">
         <v>50</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>53</v>
       </c>
@@ -18391,65 +18399,65 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>2918Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
+          <t>ID - 2918,  Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>46</v>
       </c>
       <c r="E121" t="s">
         <v>47</v>
       </c>
       <c r="F121" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G121" t="s">
         <v>49</v>
       </c>
       <c r="H121" t="s">
         <v>50</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>53</v>
       </c>
@@ -18536,63 +18544,63 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C122" t="s" s="4">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D122" t="s">
         <v>56</v>
       </c>
       <c r="E122" t="s">
         <v>47</v>
       </c>
       <c r="F122" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G122" t="s">
         <v>49</v>
       </c>
       <c r="H122" t="s">
         <v>50</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N122" t="s" s="5">
         <v>53</v>
       </c>
@@ -18679,65 +18687,65 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>2920Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
+          <t>ID - 2920,  Про надання дозволу на розроблення проектів землеустрою щодо вiдведення земельних дiлянок на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D123" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E123" t="s">
         <v>47</v>
       </c>
       <c r="F123" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G123" t="s">
         <v>49</v>
       </c>
       <c r="H123" t="s">
         <v>50</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>53</v>
       </c>
@@ -18824,63 +18832,63 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C124" t="s" s="4">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D124" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E124" t="s">
         <v>47</v>
       </c>
       <c r="F124" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G124" t="s">
         <v>49</v>
       </c>
       <c r="H124" t="s">
         <v>50</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N124" t="s" s="5">
         <v>53</v>
       </c>
@@ -18967,65 +18975,65 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>2922Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для обслуговування свердловин Бендюзького водозабору на території Червоноградської міської ради</t>
+          <t>ID - 2922,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок для обслуговування свердловин Бендюзького водозабору на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D125" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E125" t="s">
         <v>47</v>
       </c>
       <c r="F125" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G125" t="s">
         <v>49</v>
       </c>
       <c r="H125" t="s">
         <v>50</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N125" t="s" s="5">
         <v>53</v>
       </c>
@@ -19112,65 +19120,65 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>2923Про затвердження технічної документації з нормативної грошової оцiнки земель с. Рудка</t>
+          <t>ID - 2923,  Про затвердження технічної документації з нормативної грошової оцiнки земель с. Рудка</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>46</v>
       </c>
       <c r="E126" t="s">
         <v>47</v>
       </c>
       <c r="F126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G126" t="s">
         <v>49</v>
       </c>
       <c r="H126" t="s">
         <v>50</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N126" t="s" s="5">
         <v>53</v>
       </c>
@@ -19257,63 +19265,63 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C127" t="s" s="4">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D127" t="s">
         <v>56</v>
       </c>
       <c r="E127" t="s">
         <v>47</v>
       </c>
       <c r="F127" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G127" t="s">
         <v>49</v>
       </c>
       <c r="H127" t="s">
         <v>50</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N127" t="s" s="5">
         <v>53</v>
       </c>
@@ -19400,65 +19408,65 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>2925Про затвердження технічної документації з нормативної грошової оцiнки земель с. Рудка</t>
+          <t>ID - 2925,  Про затвердження технічної документації з нормативної грошової оцiнки земель с. Рудка</t>
         </is>
       </c>
       <c r="D128" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E128" t="s">
         <v>47</v>
       </c>
       <c r="F128" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G128" t="s">
         <v>49</v>
       </c>
       <c r="H128" t="s">
         <v>50</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N128" t="s" s="5">
         <v>53</v>
       </c>
@@ -19545,63 +19553,63 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C129" t="s" s="4">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D129" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E129" t="s">
         <v>47</v>
       </c>
       <c r="F129" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G129" t="s">
         <v>49</v>
       </c>
       <c r="H129" t="s">
         <v>50</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N129" t="s" s="5">
         <v>53</v>
       </c>
@@ -19693,178 +19701,178 @@
         <v>51</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="130">
       <c r="A130"/>
       <c r="B130"/>
       <c r="C130"/>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130"/>
       <c r="I130" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="J130" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="K130" t="s">
+        <v>272</v>
+      </c>
+      <c r="L130" t="s">
+        <v>273</v>
+      </c>
+      <c r="M130" t="s">
+        <v>274</v>
+      </c>
+      <c r="N130" t="s">
+        <v>248</v>
+      </c>
+      <c r="O130" t="s">
+        <v>275</v>
+      </c>
+      <c r="P130" t="s">
+        <v>276</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>271</v>
+      </c>
+      <c r="R130" t="s">
+        <v>248</v>
+      </c>
+      <c r="S130" t="s">
+        <v>277</v>
+      </c>
+      <c r="T130" t="s">
+        <v>278</v>
+      </c>
+      <c r="U130" t="s">
+        <v>276</v>
+      </c>
+      <c r="V130" t="s">
+        <v>279</v>
+      </c>
+      <c r="W130" t="s">
+        <v>280</v>
+      </c>
+      <c r="X130" t="s">
+        <v>248</v>
+      </c>
+      <c r="Y130" t="s">
+        <v>281</v>
+      </c>
+      <c r="Z130" t="s">
+        <v>100</v>
+      </c>
+      <c r="AA130" t="s">
+        <v>282</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>283</v>
+      </c>
+      <c r="AC130" t="s">
         <v>270</v>
       </c>
-      <c r="L130" t="s">
+      <c r="AD130" t="s">
+        <v>282</v>
+      </c>
+      <c r="AE130" t="s">
+        <v>283</v>
+      </c>
+      <c r="AF130" t="s">
+        <v>284</v>
+      </c>
+      <c r="AG130" t="s">
+        <v>285</v>
+      </c>
+      <c r="AH130" t="s">
+        <v>278</v>
+      </c>
+      <c r="AI130" t="s">
+        <v>248</v>
+      </c>
+      <c r="AJ130" t="s">
         <v>271</v>
       </c>
-      <c r="M130" t="s">
-[...41 lines deleted...]
-      <c r="AA130" t="s">
+      <c r="AK130" t="s">
+        <v>286</v>
+      </c>
+      <c r="AL130" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM130" t="s">
+        <v>130</v>
+      </c>
+      <c r="AN130" t="s">
+        <v>287</v>
+      </c>
+      <c r="AO130" t="s">
         <v>280</v>
       </c>
-      <c r="AB130" t="s">
-[...11 lines deleted...]
-      <c r="AF130" t="s">
+      <c r="AP130" t="s">
+        <v>288</v>
+      </c>
+      <c r="AQ130" t="s">
         <v>282</v>
-      </c>
-[...31 lines deleted...]
-        <v>280</v>
       </c>
       <c r="AR130" t="s">
         <v>74</v>
       </c>
       <c r="AS130" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AT130" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="AU130" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="131">
       <c r="A131"/>
       <c r="B131"/>
       <c r="C131"/>
       <c r="D131"/>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131"/>
       <c r="I131" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="J131" t="s">
         <v>49</v>
       </c>
       <c r="K131" t="s">
         <v>49</v>
       </c>
       <c r="L131" t="s">
         <v>49</v>
       </c>
       <c r="M131" t="s">
         <v>49</v>
       </c>
       <c r="N131" t="s">
         <v>49</v>
       </c>
       <c r="O131" t="s">
         <v>49</v>
       </c>
       <c r="P131" t="s">
         <v>49</v>
       </c>
       <c r="Q131" t="s">
         <v>49</v>
       </c>
@@ -19904,462 +19912,462 @@
       <c r="AC131" t="s">
         <v>49</v>
       </c>
       <c r="AD131" t="s">
         <v>49</v>
       </c>
       <c r="AE131" t="s">
         <v>49</v>
       </c>
       <c r="AF131" t="s">
         <v>49</v>
       </c>
       <c r="AG131" t="s">
         <v>49</v>
       </c>
       <c r="AH131" t="s">
         <v>49</v>
       </c>
       <c r="AI131" t="s">
         <v>49</v>
       </c>
       <c r="AJ131" t="s">
         <v>49</v>
       </c>
       <c r="AK131" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AL131" t="s">
         <v>49</v>
       </c>
       <c r="AM131" t="s">
         <v>49</v>
       </c>
       <c r="AN131" t="s">
         <v>49</v>
       </c>
       <c r="AO131" t="s">
         <v>49</v>
       </c>
       <c r="AP131" t="s">
         <v>49</v>
       </c>
       <c r="AQ131" t="s">
         <v>49</v>
       </c>
       <c r="AR131" t="s">
         <v>49</v>
       </c>
       <c r="AS131" t="s">
         <v>49</v>
       </c>
       <c r="AT131" t="s">
         <v>49</v>
       </c>
       <c r="AU131" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="132">
       <c r="A132"/>
       <c r="B132"/>
       <c r="C132"/>
       <c r="D132"/>
       <c r="E132"/>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132"/>
       <c r="I132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="J132" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="K132" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="L132" t="s">
+        <v>293</v>
+      </c>
+      <c r="M132" t="s">
         <v>291</v>
       </c>
-      <c r="M132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="O132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="Q132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="R132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="S132" t="s">
+        <v>293</v>
+      </c>
+      <c r="T132" t="s">
+        <v>294</v>
+      </c>
+      <c r="U132" t="s">
+        <v>293</v>
+      </c>
+      <c r="V132" t="s">
         <v>291</v>
       </c>
-      <c r="T132" t="s">
+      <c r="W132" t="s">
         <v>292</v>
       </c>
-      <c r="U132" t="s">
+      <c r="X132" t="s">
         <v>291</v>
       </c>
-      <c r="V132" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Y132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="Z132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="AA132" t="s">
+        <v>293</v>
+      </c>
+      <c r="AB132" t="s">
+        <v>292</v>
+      </c>
+      <c r="AC132" t="s">
         <v>291</v>
       </c>
-      <c r="AB132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD132" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="AE132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="AF132" t="s">
+        <v>293</v>
+      </c>
+      <c r="AG132" t="s">
+        <v>292</v>
+      </c>
+      <c r="AH132" t="s">
+        <v>292</v>
+      </c>
+      <c r="AI132" t="s">
         <v>291</v>
       </c>
-      <c r="AG132" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AJ132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="AK132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="AL132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="AM132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="AN132" t="s">
+        <v>293</v>
+      </c>
+      <c r="AO132" t="s">
+        <v>295</v>
+      </c>
+      <c r="AP132" t="s">
+        <v>293</v>
+      </c>
+      <c r="AQ132" t="s">
+        <v>295</v>
+      </c>
+      <c r="AR132" t="s">
         <v>291</v>
       </c>
-      <c r="AO132" t="s">
-[...2 lines deleted...]
-      <c r="AP132" t="s">
+      <c r="AS132" t="s">
+        <v>292</v>
+      </c>
+      <c r="AT132" t="s">
         <v>291</v>
       </c>
-      <c r="AQ132" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AU132" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="133">
       <c r="A133"/>
       <c r="B133"/>
       <c r="C133"/>
       <c r="D133"/>
       <c r="E133"/>
       <c r="F133"/>
       <c r="G133"/>
       <c r="H133"/>
       <c r="I133" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="J133" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="K133" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="L133" t="s">
+        <v>299</v>
+      </c>
+      <c r="M133" t="s">
+        <v>300</v>
+      </c>
+      <c r="N133" t="s">
+        <v>301</v>
+      </c>
+      <c r="O133" t="s">
+        <v>302</v>
+      </c>
+      <c r="P133" t="s">
+        <v>303</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>304</v>
+      </c>
+      <c r="R133" t="s">
+        <v>301</v>
+      </c>
+      <c r="S133" t="s">
+        <v>305</v>
+      </c>
+      <c r="T133" t="s">
+        <v>303</v>
+      </c>
+      <c r="U133" t="s">
+        <v>306</v>
+      </c>
+      <c r="V133" t="s">
+        <v>307</v>
+      </c>
+      <c r="W133" t="s">
+        <v>308</v>
+      </c>
+      <c r="X133" t="s">
+        <v>301</v>
+      </c>
+      <c r="Y133" t="s">
+        <v>306</v>
+      </c>
+      <c r="Z133" t="s">
+        <v>306</v>
+      </c>
+      <c r="AA133" t="s">
+        <v>309</v>
+      </c>
+      <c r="AB133" t="s">
         <v>297</v>
       </c>
-      <c r="M133" t="s">
+      <c r="AC133" t="s">
+        <v>310</v>
+      </c>
+      <c r="AD133" t="s">
+        <v>303</v>
+      </c>
+      <c r="AE133" t="s">
+        <v>311</v>
+      </c>
+      <c r="AF133" t="s">
+        <v>302</v>
+      </c>
+      <c r="AG133" t="s">
+        <v>303</v>
+      </c>
+      <c r="AH133" t="s">
         <v>298</v>
       </c>
-      <c r="N133" t="s">
-[...5 lines deleted...]
-      <c r="P133" t="s">
+      <c r="AI133" t="s">
         <v>301</v>
       </c>
-      <c r="Q133" t="s">
-[...5 lines deleted...]
-      <c r="S133" t="s">
+      <c r="AJ133" t="s">
+        <v>297</v>
+      </c>
+      <c r="AK133" t="s">
+        <v>304</v>
+      </c>
+      <c r="AL133" t="s">
+        <v>312</v>
+      </c>
+      <c r="AM133" t="s">
+        <v>312</v>
+      </c>
+      <c r="AN133" t="s">
+        <v>304</v>
+      </c>
+      <c r="AO133" t="s">
+        <v>313</v>
+      </c>
+      <c r="AP133" t="s">
         <v>303</v>
       </c>
-      <c r="T133" t="s">
+      <c r="AQ133" t="s">
+        <v>314</v>
+      </c>
+      <c r="AR133" t="s">
+        <v>309</v>
+      </c>
+      <c r="AS133" t="s">
+        <v>313</v>
+      </c>
+      <c r="AT133" t="s">
+        <v>314</v>
+      </c>
+      <c r="AU133" t="s">
         <v>301</v>
-      </c>
-[...79 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="134">
       <c r="A134"/>
       <c r="B134"/>
       <c r="C134"/>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134"/>
       <c r="I134" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="J134" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="K134" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="L134" t="s">
+        <v>317</v>
+      </c>
+      <c r="M134" t="s">
+        <v>318</v>
+      </c>
+      <c r="N134" t="s">
+        <v>319</v>
+      </c>
+      <c r="O134" t="s">
         <v>315</v>
       </c>
-      <c r="M134" t="s">
-[...2 lines deleted...]
-      <c r="N134" t="s">
+      <c r="P134" t="s">
+        <v>315</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>315</v>
+      </c>
+      <c r="R134" t="s">
+        <v>319</v>
+      </c>
+      <c r="S134" t="s">
         <v>317</v>
       </c>
-      <c r="O134" t="s">
-[...8 lines deleted...]
-      <c r="R134" t="s">
+      <c r="T134" t="s">
+        <v>320</v>
+      </c>
+      <c r="U134" t="s">
+        <v>315</v>
+      </c>
+      <c r="V134" t="s">
+        <v>321</v>
+      </c>
+      <c r="W134" t="s">
+        <v>315</v>
+      </c>
+      <c r="X134" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y134" t="s">
+        <v>322</v>
+      </c>
+      <c r="Z134" t="s">
+        <v>323</v>
+      </c>
+      <c r="AA134" t="s">
+        <v>315</v>
+      </c>
+      <c r="AB134" t="s">
+        <v>324</v>
+      </c>
+      <c r="AC134" t="s">
+        <v>315</v>
+      </c>
+      <c r="AD134" t="s">
+        <v>315</v>
+      </c>
+      <c r="AE134" t="s">
+        <v>315</v>
+      </c>
+      <c r="AF134" t="s">
         <v>317</v>
       </c>
-      <c r="S134" t="s">
+      <c r="AG134" t="s">
+        <v>318</v>
+      </c>
+      <c r="AH134" t="s">
         <v>315</v>
       </c>
-      <c r="T134" t="s">
-[...5 lines deleted...]
-      <c r="V134" t="s">
+      <c r="AI134" t="s">
         <v>319</v>
       </c>
-      <c r="W134" t="s">
-[...2 lines deleted...]
-      <c r="X134" t="s">
+      <c r="AJ134" t="s">
         <v>317</v>
       </c>
-      <c r="Y134" t="s">
-[...2 lines deleted...]
-      <c r="Z134" t="s">
+      <c r="AK134" t="s">
+        <v>315</v>
+      </c>
+      <c r="AL134" t="s">
+        <v>325</v>
+      </c>
+      <c r="AM134" t="s">
+        <v>326</v>
+      </c>
+      <c r="AN134" t="s">
         <v>321</v>
       </c>
-      <c r="AA134" t="s">
-[...14 lines deleted...]
-      <c r="AF134" t="s">
+      <c r="AO134" t="s">
         <v>315</v>
       </c>
-      <c r="AG134" t="s">
-[...8 lines deleted...]
-      <c r="AJ134" t="s">
+      <c r="AP134" t="s">
+        <v>321</v>
+      </c>
+      <c r="AQ134" t="s">
         <v>315</v>
       </c>
-      <c r="AK134" t="s">
-[...8 lines deleted...]
-      <c r="AN134" t="s">
+      <c r="AR134" t="s">
+        <v>325</v>
+      </c>
+      <c r="AS134" t="s">
+        <v>327</v>
+      </c>
+      <c r="AT134" t="s">
+        <v>326</v>
+      </c>
+      <c r="AU134" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>317</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>