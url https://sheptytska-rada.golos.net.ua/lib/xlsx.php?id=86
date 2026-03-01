--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="331" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="329">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>X сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -146,720 +146,714 @@
   <si>
     <t>Сімчук Василь Михайлович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>05.08.21  11:03:16</t>
   </si>
   <si>
-    <t>2450Про депутатські запити</t>
+    <t>ID - 2450,  Про депутатські запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 33</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>05.08.21  11:03:42</t>
   </si>
   <si>
-    <t>2451ЗА 4 запити  Колтакої Г.П.  </t>
+    <t>ID - 2451,  ЗА 4 запити  Колтакої Г.П.  </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>05.08.21  11:05:04</t>
   </si>
   <si>
-    <t>2452За запит Шеремети О.В</t>
+    <t>ID - 2452,  За запит Шеремети О.В</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>05.08.21  11:12:21</t>
   </si>
   <si>
-    <t>2453За  3 запити Даренського Д.Б. </t>
+    <t>ID - 2453,  За  3 запити Даренського Д.Б. </t>
   </si>
   <si>
     <t>05.08.21  11:13:31</t>
   </si>
   <si>
-    <t>2454За запит  Гоца П.В. </t>
+    <t>ID - 2454,  За запит  Гоца П.В. </t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>05.08.21  11:14:13</t>
   </si>
   <si>
-    <t>2455Про депутатські запити</t>
+    <t>ID - 2455,  Про депутатські запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>05.08.21  11:33:55</t>
   </si>
   <si>
     <t>05.08.21  11:57:39</t>
   </si>
   <si>
     <t>05.08.21  11:58:17</t>
   </si>
   <si>
     <t>05.08.21  12:14:46</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>05.08.21  12:16:36</t>
   </si>
   <si>
     <t>Змінне</t>
   </si>
   <si>
     <t>05.08.21  12:17:23</t>
   </si>
   <si>
-    <t>2461Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Поздимир</t>
-[...1 lines deleted...]
-  <si>
     <t>05.08.21  12:19:14</t>
   </si>
   <si>
-    <t>2462правка у назву рішення після `с. Поздимир` добавити `с. Волсвин. с. Межиріччя` </t>
+    <t>ID - 2462,  правка у назву рішення після `с. Поздимир` добавити `с. Волсвин. с. Межиріччя` </t>
   </si>
   <si>
     <t>05.08.21  12:19:50</t>
   </si>
   <si>
-    <t>2463Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Поздимир</t>
-[...1 lines deleted...]
-  <si>
     <t>05.08.21  12:23:25</t>
   </si>
   <si>
     <t>05.08.21  12:24:32</t>
   </si>
   <si>
-    <t>2465Про розгляд  клопотання громадянина Яструба Петра Івановича в с. Волсвин</t>
+    <t>ID - 2465,  Про розгляд  клопотання громадянина Яструба Петра Івановича в с. Волсвин</t>
   </si>
   <si>
     <t>05.08.21  12:26:28</t>
   </si>
   <si>
     <t>05.08.21  12:28:47</t>
   </si>
   <si>
     <t>05.08.21  12:33:13</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>05.08.21  12:34:21</t>
   </si>
   <si>
-    <t>2469Про розгляд клопотання громадянина Грошка Олега Олександровича в с. Добрячин</t>
+    <t>ID - 2469,  Про розгляд клопотання громадянина Грошка Олега Олександровича в с. Добрячин</t>
   </si>
   <si>
     <t>05.08.21  12:36:02</t>
   </si>
   <si>
     <t>05.08.21  12:38:28</t>
   </si>
   <si>
+    <t>ID - 2471,  </t>
+  </si>
+  <si>
     <t>05.08.21  12:39:30</t>
   </si>
   <si>
+    <t>ID - 2472,  </t>
+  </si>
+  <si>
     <t>05.08.21  12:40:02</t>
   </si>
   <si>
+    <t>ID - 2473,  </t>
+  </si>
+  <si>
     <t>05.08.21  12:41:45</t>
   </si>
   <si>
-    <t>2474Про розгляд клопотань учасників бойових дій за межами населеного пункту с. Острів</t>
-[...1 lines deleted...]
-  <si>
     <t>05.08.21  12:43:08</t>
   </si>
   <si>
-    <t>2475Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>05.08.21  12:44:39</t>
   </si>
   <si>
-    <t>2476Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>05.08.21  12:46:12</t>
   </si>
   <si>
-    <t>2477Про розгляд клопотання громадянина Дикого Руслана Богдановича в с. Сілець</t>
+    <t>ID - 2477,  Про розгляд клопотання громадянина Дикого Руслана Богдановича в с. Сілець</t>
   </si>
   <si>
     <t>05.08.21  12:48:32</t>
   </si>
   <si>
     <t>05.08.21  12:49:48</t>
   </si>
   <si>
-    <t>2479Про розгляд клопотання учасника бойових дій (АТО) Паньківа Юрія Володимировича</t>
+    <t>ID - 2479,  Про розгляд клопотання учасника бойових дій (АТО) Паньківа Юрія Володимировича</t>
   </si>
   <si>
     <t>05.08.21  12:53:48</t>
   </si>
   <si>
     <t>05.08.21  12:58:47</t>
   </si>
   <si>
     <t>05.08.21  12:59:51</t>
   </si>
   <si>
-    <t>2482Про розгляд клопотання ромадянина Шевчука Зеновія Петровича</t>
+    <t>ID - 2482,  Про розгляд клопотання ромадянина Шевчука Зеновія Петровича</t>
   </si>
   <si>
     <t>05.08.21  13:01:32</t>
   </si>
   <si>
-    <t>2483Про затвердження технiчних документацiй iз землеустрою в м. Червонограді</t>
+    <t>ID - 2483,  Про затвердження технiчних документацiй iз землеустрою в м. Червонограді</t>
   </si>
   <si>
     <t>05.08.21  14:53:52</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>05.08.21  14:55:24</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>05.08.21  14:58:44</t>
   </si>
   <si>
     <t>05.08.21  14:59:54</t>
   </si>
   <si>
     <t>05.08.21  15:04:55</t>
   </si>
   <si>
     <t>05.08.21  15:07:48</t>
   </si>
   <si>
     <t>05.08.21  15:13:23</t>
   </si>
   <si>
-    <t>2490Про оплату праці старост виконавчого  комiтету Червоноградської мiської ради</t>
+    <t>ID - 2490,  Про оплату праці старост виконавчого  комiтету Червоноградської мiської ради</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>05.08.21  15:15:08</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>05.08.21  15:16:22</t>
   </si>
   <si>
-    <t>2492Змінити у назві рішення -  дату з 7.10.2020 р на 10.12.2020 </t>
+    <t>ID - 2492,  Змінити у назві рішення -  дату з 7.10.2020 р на 10.12.2020 </t>
   </si>
   <si>
     <t>05.08.21  15:16:54</t>
   </si>
   <si>
     <t>05.08.21  15:19:48</t>
   </si>
   <si>
     <t>05.08.21  15:23:20</t>
   </si>
   <si>
     <t>05.08.21  15:29:41</t>
   </si>
   <si>
     <t>05.08.21  15:30:58</t>
   </si>
   <si>
     <t>05.08.21  15:32:33</t>
   </si>
   <si>
     <t>05.08.21  15:35:17</t>
   </si>
   <si>
-    <t>2500Про надання одноразової грошової допомоги</t>
+    <t>ID - 2500,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>05.08.21  15:36:20</t>
   </si>
   <si>
-    <t>2501Кулаковський С.Ю. 4000 , Микитюк  1500 - для В Ананьків </t>
+    <t>ID - 2501,  Кулаковський С.Ю. 4000 , Микитюк  1500 - для В Ананьків </t>
   </si>
   <si>
     <t>05.08.21  15:37:56</t>
   </si>
   <si>
-    <t>2502Боровська - колективне подання загальна сума 10 000 грн п.114 - Бас + 1000 грн </t>
+    <t>ID - 2502,  Боровська - колективне подання загальна сума 10 000 грн п.114 - Бас + 1000 грн </t>
   </si>
   <si>
     <t>05.08.21  15:39:22</t>
   </si>
   <si>
-    <t>2503Озвучені правки Грасуловим </t>
+    <t>ID - 2503,  Озвучені правки Грасуловим </t>
   </si>
   <si>
     <t>05.08.21  15:40:23</t>
   </si>
   <si>
-    <t>2504Мачіха П.В. колективне подання - 12000 грн </t>
+    <t>ID - 2504,  Мачіха П.В. колективне подання - 12000 грн </t>
   </si>
   <si>
     <t>05.08.21  15:40:49</t>
   </si>
   <si>
-    <t>2505Про надання одноразової грошової допомоги</t>
+    <t>ID - 2505,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>05.08.21  15:42:06</t>
   </si>
   <si>
     <t>05.08.21  15:43:20</t>
   </si>
   <si>
     <t>05.08.21  15:44:47</t>
   </si>
   <si>
     <t>05.08.21  15:46:12</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>05.08.21  15:47:09</t>
   </si>
   <si>
     <t>05.08.21  15:48:21</t>
   </si>
   <si>
     <t>05.08.21  15:51:01</t>
   </si>
   <si>
     <t>05.08.21  15:52:28</t>
   </si>
   <si>
     <t>05.08.21  15:54:38</t>
   </si>
   <si>
     <t>05.08.21  15:59:26</t>
   </si>
   <si>
-    <t>2516Про затвердження Положення «Про комісію з оцінки корупційних ризиків»</t>
+    <t>ID - 2516,  Про затвердження Положення «Про комісію з оцінки корупційних ризиків»</t>
   </si>
   <si>
     <t>05.08.21  16:01:09</t>
   </si>
   <si>
     <t>05.08.21  16:04:45</t>
   </si>
   <si>
-    <t>2518Про розгляд клопотань  учасників бойових дій  в с. Межиріччя</t>
+    <t>ID - 2518,  Про розгляд клопотань  учасників бойових дій  в с. Межиріччя</t>
   </si>
   <si>
     <t>05.08.21  16:05:59</t>
   </si>
   <si>
     <t>05.08.21  16:06:29</t>
   </si>
   <si>
-    <t>2520Про розгляд клопотань  учасників бойових дій  в с. Межиріччя</t>
+    <t>ID - 2520,  Про розгляд клопотань  учасників бойових дій  в с. Межиріччя</t>
   </si>
   <si>
     <t>05.08.21  16:07:52</t>
   </si>
   <si>
     <t>05.08.21  16:08:59</t>
   </si>
   <si>
-    <t>2522Про розгляд  клопотання  громадянки Осміловської  Ольги  Григорівни</t>
+    <t>ID - 2522,  Про розгляд  клопотання  громадянки Осміловської  Ольги  Григорівни</t>
   </si>
   <si>
     <t>05.08.21  16:10:24</t>
   </si>
   <si>
     <t>05.08.21  16:11:38</t>
   </si>
   <si>
     <t>05.08.21  16:14:11</t>
   </si>
   <si>
     <t>05.08.21  16:15:38</t>
   </si>
   <si>
     <t>05.08.21  16:17:07</t>
   </si>
   <si>
-    <t>2527Про розгляд клопотання громадянина илипчука Максима Романовича в с. Поздимир</t>
+    <t>ID - 2527,  Про розгляд клопотання громадянина илипчука Максима Романовича в с. Поздимир</t>
   </si>
   <si>
     <t>05.08.21  16:22:19</t>
   </si>
   <si>
     <t>05.08.21  16:23:23</t>
   </si>
   <si>
-    <t>2529правки у п.5,6,7 озвучені Надільною Г.В. </t>
+    <t>ID - 2529,  правки у п.5,6,7 озвучені Надільною Г.В. </t>
   </si>
   <si>
     <t>05.08.21  16:23:56</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>05.08.21  16:25:12</t>
   </si>
   <si>
-    <t>2531Про розгляд клопотання закладу дошкільної освіти дитячий садок с. Волсвин</t>
+    <t>ID - 2531,  Про розгляд клопотання закладу дошкільної освіти дитячий садок с. Волсвин</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>05.08.21  16:26:41</t>
   </si>
   <si>
-    <t>2532Про розгляд клопотання громадянки Медюк Тетяни Іванівни в с. Волсвин</t>
+    <t>ID - 2532,  Про розгляд клопотання громадянки Медюк Тетяни Іванівни в с. Волсвин</t>
   </si>
   <si>
     <t>05.08.21  16:29:09</t>
   </si>
   <si>
-    <t>2533Про розгляд клопотання  ФОП Дошака Романа Зеноновича в м. Соснівка</t>
+    <t>ID - 2533,  Про розгляд клопотання  ФОП Дошака Романа Зеноновича в м. Соснівка</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 12</t>
   </si>
   <si>
     <t>05.08.21  16:30:31</t>
   </si>
   <si>
-    <t>2534Про розгляд клопотання громадянки Бішко Галини Євстахіївни в м. Соснівка</t>
+    <t>ID - 2534,  Про розгляд клопотання громадянки Бішко Галини Євстахіївни в м. Соснівка</t>
   </si>
   <si>
     <t>05.08.21  16:31:55</t>
   </si>
   <si>
     <t>05.08.21  16:32:37</t>
   </si>
   <si>
-    <t>2536Про розгляд клопотання громадянина Баца Василя Степановича в с. Борятин</t>
+    <t>ID - 2536,  Про розгляд клопотання громадянина Баца Василя Степановича в с. Борятин</t>
   </si>
   <si>
     <t>05.08.21  16:34:06</t>
   </si>
   <si>
     <t>05.08.21  16:34:46</t>
   </si>
   <si>
-    <t>2538Про розгляд клопотання громадянина Баца Василя Степановича в с. Борятин</t>
+    <t>ID - 2538,  Про розгляд клопотання громадянина Баца Василя Степановича в с. Борятин</t>
   </si>
   <si>
     <t>05.08.21  16:36:00</t>
   </si>
   <si>
-    <t>2539Про розгляд клопотання громадянки Канюки Стефанії Володимирівни в с. Добрячин</t>
+    <t>ID - 2539,  Про розгляд клопотання громадянки Канюки Стефанії Володимирівни в с. Добрячин</t>
   </si>
   <si>
     <t>05.08.21  16:37:32</t>
   </si>
   <si>
     <t>05.08.21  16:41:26</t>
   </si>
   <si>
-    <t>2541Про розгляд клопотань учасників бойових дій в с. Острів та с. Бережне</t>
+    <t>ID - 2541,  Про розгляд клопотань учасників бойових дій в с. Острів та с. Бережне</t>
   </si>
   <si>
     <t>05.08.21  16:42:54</t>
   </si>
   <si>
-    <t>2542п.1, п.2, п.3 вилучити </t>
+    <t>ID - 2542,  п.1, п.2, п.3 вилучити </t>
   </si>
   <si>
     <t>05.08.21  16:43:17</t>
   </si>
   <si>
-    <t>2543Про розгляд клопотань учасників бойових дій в с. Острів та с. Бережне</t>
+    <t>ID - 2543,  Про розгляд клопотань учасників бойових дій в с. Острів та с. Бережне</t>
   </si>
   <si>
     <t>05.08.21  16:44:50</t>
   </si>
   <si>
-    <t>2544Про розгляд клопотань громадянки Сало Оксани Степанівни в с. Бережне</t>
+    <t>ID - 2544,  Про розгляд клопотань громадянки Сало Оксани Степанівни в с. Бережне</t>
   </si>
   <si>
     <t>05.08.21  16:46:08</t>
   </si>
   <si>
     <t>05.08.21  16:47:13</t>
   </si>
   <si>
-    <t>2546Про розгляд клопотання громадянина Гайдуша Ярослава Петровича в с. Сілець</t>
+    <t>ID - 2546,  Про розгляд клопотання громадянина Гайдуша Ярослава Петровича в с. Сілець</t>
   </si>
   <si>
     <t>05.08.21  16:49:17</t>
   </si>
   <si>
     <t>05.08.21  16:50:34</t>
   </si>
   <si>
-    <t>2548Про розгляд клопотання ФОП Юферова Василя Вікторовича</t>
+    <t>ID - 2548,  Про розгляд клопотання ФОП Юферова Василя Вікторовича</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>05.08.21  16:54:49</t>
   </si>
   <si>
-    <t>2549Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
+    <t>ID - 2549,  Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
   </si>
   <si>
     <t>За: 8</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>05.08.21  16:59:39</t>
   </si>
   <si>
     <t>05.08.21  17:02:18</t>
   </si>
   <si>
-    <t>2551Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 2551,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>05.08.21  17:05:02</t>
   </si>
   <si>
     <t>05.08.21  17:09:31</t>
   </si>
   <si>
     <t>05.08.21  17:10:26</t>
   </si>
   <si>
-    <t>2554впорядкувати нумерацію пунктів </t>
+    <t>ID - 2554,  впорядкувати нумерацію пунктів </t>
   </si>
   <si>
     <t>05.08.21  17:11:02</t>
   </si>
   <si>
     <t>05.08.21  17:12:17</t>
   </si>
   <si>
     <t>05.08.21  17:14:04</t>
   </si>
   <si>
     <t>05.08.21  17:19:14</t>
   </si>
   <si>
     <t>05.08.21  17:21:19</t>
   </si>
   <si>
     <t>05.08.21  17:22:23</t>
   </si>
   <si>
     <t>05.08.21  17:24:08</t>
   </si>
   <si>
     <t>05.08.21  17:25:09</t>
   </si>
   <si>
     <t>05.08.21  17:25:43</t>
   </si>
   <si>
     <t>05.08.21  17:26:48</t>
   </si>
   <si>
     <t>05.08.21  17:27:33</t>
   </si>
   <si>
-    <t>2565Про надання дозволу на розроблення проектів землеустрою в смт. Гірник</t>
+    <t>ID - 2565,  Про надання дозволу на розроблення проектів землеустрою в смт. Гірник</t>
   </si>
   <si>
     <t>05.08.21  17:29:02</t>
   </si>
   <si>
-    <t>2566вилучити п.2 . та скорегувати назву </t>
+    <t>ID - 2566,  вилучити п.2 . та скорегувати назву </t>
   </si>
   <si>
     <t>05.08.21  17:29:52</t>
   </si>
   <si>
-    <t>2567Про надання дозволу на розроблення проектів землеустрою в смт. Гірник</t>
+    <t>ID - 2567,  Про надання дозволу на розроблення проектів землеустрою в смт. Гірник</t>
   </si>
   <si>
     <t>05.08.21  17:31:28</t>
   </si>
   <si>
     <t>05.08.21  17:32:57</t>
   </si>
   <si>
     <t>05.08.21  17:35:13</t>
   </si>
   <si>
     <t>05.08.21  17:36:22</t>
   </si>
   <si>
-    <t>2571Правки озвучені стенограмно Надільною Г.В. щодо поділу ділянок</t>
+    <t>ID - 2571,  Правки озвучені стенограмно Надільною Г.В. щодо поділу ділянок</t>
   </si>
   <si>
     <t>05.08.21  17:36:55</t>
   </si>
   <si>
     <t>17.08.21  10:14:27</t>
   </si>
   <si>
     <t>17.08.21  10:15:59</t>
   </si>
   <si>
-    <t>2577У склад конкурсної комісії  включити у по одному представнику фракції</t>
+    <t>ID - 2577,  У склад конкурсної комісії  включити у по одному представнику фракції</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>17.08.21  10:17:33</t>
   </si>
   <si>
     <t>17.08.21  10:18:43</t>
   </si>
   <si>
-    <t>2579Озвучені правки Земницькою Н.М. </t>
+    <t>ID - 2579,  Озвучені правки Земницькою Н.М. </t>
   </si>
   <si>
     <t>17.08.21  10:19:15</t>
   </si>
   <si>
     <t>17.08.21  10:23:30</t>
   </si>
   <si>
     <t>17.08.21  10:37:49</t>
   </si>
   <si>
-    <t>2582Про контракт директора КП «Радіостудія «Новий двір»</t>
+    <t>ID - 2582,  Про контракт директора КП «Радіостудія «Новий двір»</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>17.08.21  11:06:20</t>
   </si>
   <si>
     <t>17.08.21  11:09:58</t>
   </si>
   <si>
     <t>17.08.21  11:10:39</t>
   </si>
   <si>
     <t>17.08.21  11:12:20</t>
   </si>
   <si>
     <t>17.08.21  11:17:35</t>
   </si>
   <si>
     <t>17.08.21  12:42:24</t>
   </si>
   <si>
-    <t>2589Про внесення змін до місцевих програм на 2021 рік</t>
+    <t>ID - 2589,  Про внесення змін до місцевих програм на 2021 рік</t>
   </si>
   <si>
     <t>За: 128</t>
   </si>
   <si>
     <t>За: 129</t>
   </si>
   <si>
     <t>За: 111</t>
   </si>
   <si>
     <t>За: 118</t>
   </si>
   <si>
     <t>За: 131</t>
   </si>
   <si>
     <t>За: 11</t>
   </si>
   <si>
     <t>За: 126</t>
   </si>
   <si>
     <t>За: 119</t>
   </si>
@@ -2125,51 +2119,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>2456Про виконання бюджету Червоноградської міської територіальної громади за січень-червень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2456,  Про виконання бюджету Червоноградської міської територіальної громади за січень-червень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>46</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>60</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -2270,51 +2264,51 @@
       <c r="AQ8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>70</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>2457ПРАВКИ З ГОЛОСУ І.  (діа.37)Кабінетом Міністрів України  прийнято розпорядження №822-р від 21 липня 2021 р., яким  виділено Червоноградській міській територіальній громаді субвенцію з державного бюджету на здійснення заходів щодо соціально-економічного розвитку окремих територій  в сумі  1 164,8 тис.грн.  Слід зазначити, що всі вісім об’єктів, це об’єкти відділу освіти.  (Перелік об’єктів  та  сум відображено у додатку до проекту). ІІ. (діа.38) Відповідно до розпорядження Львівської обласної державної адміністрації від 27.07.2021 №629/0/5-21 «Про затвердження Порядку використання коштів обласного бюджету у 2021 році» збільшити обсяг доходів загального фонду місцевого бюджету на субвенцію з обласного бюджету передбачену на реалізацію проєктів регіонального, економічного та інноваційного розвитку у 2021 році в сумі 350,0 тис. грн. Передати кошти субвенції із загального фонду до бюджету розвитку спеціального фонду та спрямувати на реалізацію проєкту «Трансформація вугільних регіонів України» по коду  ПКВКМБ 0217370 «Реалізація інших заходів щодо соціально-економічного</t>
+          <t>ID - 2457,  ПРАВКИ З ГОЛОСУ І.  (діа.37)Кабінетом Міністрів України  прийнято розпорядження №822-р від 21 липня 2021 р., яким  виділено Червоноградській міській територіальній громаді субвенцію з державного бюджету на здійснення заходів щодо соціально-економічного розвитку окремих територій  в сумі  1 164,8 тис.грн.  Слід зазначити, що всі вісім об’єктів, це об’єкти відділу освіти.  (Перелік об’єктів  та  сум відображено у додатку до проекту). ІІ. (діа.38) Відповідно до розпорядження Львівської обласної державної адміністрації від 27.07.2021 №629/0/5-21 «Про затвердження Порядку використання коштів обласного бюджету у 2021 році» збільшити обсяг доходів загального фонду місцевого бюджету на субвенцію з обласного бюджету передбачену на реалізацію проєктів регіонального, економічного та інноваційного розвитку у 2021 році в сумі 350,0 тис. грн. Передати кошти субвенції із загального фонду до бюджету розвитку спеціального фонду та спрямувати на реалізацію проєкту «Трансформація вугільних регіонів України» по коду  ПКВКМБ 0217370 «Реалізація інших заходів щодо соціально-економічного</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>65</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2415,51 +2409,51 @@
       <c r="AQ9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>2458Про виконання бюджету Червоноградської міської територіальної громади за січень-червень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2458,  Про виконання бюджету Червоноградської міської територіальної громади за січень-червень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>68</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s">
         <v>60</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2560,51 +2554,51 @@
       <c r="AQ10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>2459Про резервування земельної ділянки для облаштування кладовища в с. Сілець, присілок Заболотня (за межами населеного пункту)</t>
+          <t>ID - 2459,  Про резервування земельної ділянки для облаштування кладовища в с. Сілець, присілок Заболотня (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>73</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>74</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2705,51 +2699,51 @@
       <c r="AQ11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>75</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>2460Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя, ур. Копані</t>
+          <t>ID - 2460,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя, ур. Копані</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>76</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>56</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -2848,52 +2842,54 @@
         <v>51</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>77</v>
       </c>
-      <c r="C13" t="s" s="4">
-        <v>78</v>
+      <c r="C13" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2461,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Поздимир</t>
+        </is>
       </c>
       <c r="D13" t="s">
         <v>46</v>
       </c>
       <c r="E13" t="s">
         <v>47</v>
       </c>
       <c r="F13" t="s">
         <v>65</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13" t="s">
         <v>50</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>57</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>51</v>
       </c>
@@ -2989,54 +2985,54 @@
       </c>
       <c r="AP13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s" s="4">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
       </c>
@@ -3132,54 +3128,56 @@
       </c>
       <c r="AP14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>80</v>
+      </c>
+      <c r="C15" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2463,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Поздимир</t>
+        </is>
       </c>
       <c r="D15" t="s">
         <v>68</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>60</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
         <v>50</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
       </c>
@@ -3275,55 +3273,55 @@
       </c>
       <c r="AP15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>2464Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 2464,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>73</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>56</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>51</v>
@@ -3420,54 +3418,54 @@
       </c>
       <c r="AP16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C17" t="s" s="4">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>76</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>56</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
       </c>
@@ -3563,55 +3561,55 @@
       </c>
       <c r="AP17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>2466Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва та обслуговування житлового будинку, господарських будівель і споруд в с. Волсвин, с. Бендюга</t>
+          <t>ID - 2466,  Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва та обслуговування житлового будинку, господарських будівель і споруд в с. Волсвин, с. Бендюга</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>76</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>51</v>
@@ -3708,55 +3706,55 @@
       </c>
       <c r="AP18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>2467Про продаж у власність земельної ділянки громадянам Танчину Ігорю Івановичу, Танчину Петру Івановичу, Танчину Володимиру Івановичу в с. Острів (за межами населеного пункту)</t>
+          <t>ID - 2467,  Про продаж у власність земельної ділянки громадянам Танчину Ігорю Івановичу, Танчину Петру Івановичу, Танчину Володимиру Івановичу в с. Острів (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>76</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" t="s">
         <v>60</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>51</v>
@@ -3853,65 +3851,65 @@
       </c>
       <c r="AP19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>2468Про затвердження технічних документацій із землеустрою в с. Борятин, с. Добрячин, с. Острів</t>
+          <t>ID - 2468,  Про затвердження технічних документацій із землеустрою в с. Борятин, с. Добрячин, с. Острів</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>76</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>51</v>
       </c>
@@ -3998,54 +3996,54 @@
       </c>
       <c r="AP20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C21" t="s" s="4">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
         <v>76</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>56</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
       </c>
@@ -4141,55 +4139,55 @@
       </c>
       <c r="AP21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>2470Про затвердження проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій в с. Добрячин</t>
+          <t>ID - 2470,  Про затвердження проектів землеустрою щодо відведення земельних ділянок учасникам бойових дій в с. Добрячин</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>76</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>56</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
@@ -4286,54 +4284,54 @@
       </c>
       <c r="AP22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>2471</v>
+        <v>91</v>
+      </c>
+      <c r="C23" t="s" s="4">
+        <v>92</v>
       </c>
       <c r="D23" t="s">
         <v>46</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
       </c>
@@ -4429,54 +4427,54 @@
       </c>
       <c r="AP23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" t="s" s="4">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>2472</v>
       </c>
       <c r="D24" t="s">
         <v>55</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>65</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
       </c>
@@ -4574,52 +4572,52 @@
         <v>57</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>95</v>
       </c>
-      <c r="C25" s="4">
-        <v>2473</v>
+      <c r="C25" t="s" s="4">
+        <v>96</v>
       </c>
       <c r="D25" t="s">
         <v>76</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
       </c>
@@ -4715,54 +4713,56 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="C26" t="s" s="4">
         <v>97</v>
+      </c>
+      <c r="C26" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2474,  Про розгляд клопотань учасників бойових дій за межами населеного пункту с. Острів</t>
+        </is>
       </c>
       <c r="D26" t="s">
         <v>76</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
       </c>
@@ -4860,52 +4860,54 @@
         <v>51</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>98</v>
       </c>
-      <c r="C27" t="s" s="4">
-        <v>99</v>
+      <c r="C27" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2475,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
+        </is>
       </c>
       <c r="D27" t="s">
         <v>76</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
         <v>74</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
       </c>
@@ -5001,54 +5003,56 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>99</v>
+      </c>
+      <c r="C28" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2476,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
+        </is>
       </c>
       <c r="D28" t="s">
         <v>76</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
       </c>
@@ -5144,54 +5148,54 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s" s="4">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
         <v>76</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
         <v>60</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
       </c>
@@ -5287,65 +5291,65 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>2478Про розгляд клопотаннь громадян щодо затвердження проектів зем леустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 2478,  Про розгляд клопотаннь громадян щодо затвердження проектів зем леустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>76</v>
       </c>
       <c r="E30" t="s">
         <v>47</v>
       </c>
       <c r="F30" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>51</v>
       </c>
@@ -5432,54 +5436,54 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s" s="4">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D31" t="s">
         <v>76</v>
       </c>
       <c r="E31" t="s">
         <v>47</v>
       </c>
       <c r="F31" t="s">
         <v>60</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31" t="s">
         <v>50</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
       </c>
@@ -5575,55 +5579,55 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>2480Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2480,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>76</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>56</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>50</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
@@ -5720,55 +5724,55 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>2481Про продаж у власність земельної ділянки громадянину Скоропаді Мирославу Михайловичу</t>
+          <t>ID - 2481,  Про продаж у власність земельної ділянки громадянину Скоропаді Мирославу Михайловичу</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>76</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
         <v>60</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
@@ -5865,63 +5869,63 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D34" t="s">
         <v>76</v>
       </c>
       <c r="E34" t="s">
         <v>47</v>
       </c>
       <c r="F34" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34" t="s">
         <v>50</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>51</v>
       </c>
@@ -6008,54 +6012,54 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C35" t="s" s="4">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D35" t="s">
         <v>76</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
         <v>56</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
       </c>
@@ -6151,65 +6155,65 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>2484Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: житловий будинок з господарськими будівлями та спорудами  по вул. Миру,43, в с. Борятин</t>
+          <t>ID - 2484,  Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: житловий будинок з господарськими будівлями та спорудами  по вул. Миру,43, в с. Борятин</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>73</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>51</v>
       </c>
@@ -6296,65 +6300,65 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>2485Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: нежитлові будівлі та споруди   по вул. Промислова,5 в м.Червоноград</t>
+          <t>ID - 2485,  Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна: нежитлові будівлі та споруди   по вул. Промислова,5 в м.Червоноград</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>73</v>
       </c>
       <c r="E37" t="s">
         <v>47</v>
       </c>
       <c r="F37" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>51</v>
       </c>
@@ -6441,65 +6445,65 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>2486Про внесення змін до рішень про затвердження передавального акту Межирічанської сільської ради, Острівської сільської ради, Гірницької селищної ради та Соснівської міської ради</t>
+          <t>ID - 2486,  Про внесення змін до рішень про затвердження передавального акту Межирічанської сільської ради, Острівської сільської ради, Гірницької селищної ради та Соснівської міської ради</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>73</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>51</v>
       </c>
@@ -6586,65 +6590,65 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>2487Про надання згоди  на безоплатну передачу на баланс Комунального підприємства «Центр первинної медико-санітарної допомоги м. Червонограда»  матеріальних цінностей</t>
+          <t>ID - 2487,  Про надання згоди  на безоплатну передачу на баланс Комунального підприємства «Центр первинної медико-санітарної допомоги м. Червонограда»  матеріальних цінностей</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>73</v>
       </c>
       <c r="E39" t="s">
         <v>47</v>
       </c>
       <c r="F39" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>50</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>51</v>
       </c>
@@ -6731,65 +6735,65 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>2488Про проведення конкурсу на зайняття посади керівника комунального підприємства «Міська лікарня Соснівської міської ради»</t>
+          <t>ID - 2488,  Про проведення конкурсу на зайняття посади керівника комунального підприємства «Міська лікарня Соснівської міської ради»</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>73</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>51</v>
       </c>
@@ -6876,65 +6880,65 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>2489Про затвердження складу комісії про передачу об’єкта завершеного будівництва з державної власності у комунальну власність</t>
+          <t>ID - 2489,  Про затвердження складу комісії про передачу об’єкта завершеного будівництва з державної власності у комунальну власність</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>73</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>51</v>
       </c>
@@ -7021,63 +7025,63 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C42" t="s" s="4">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D42" t="s">
         <v>73</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>51</v>
       </c>
@@ -7164,65 +7168,65 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>2491Про внесення змін у п.3 рішення від 07.12.2020р. №30 «Про делегування  повноважень щодо здiйснення функцiй замовника Приватному акцiонерному товариству «Львiвобленерго» та передачу з балансу Вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради видатків на виготовлення проектно- кошторисної документації та проектно- кошторисну документацію по об`єкту «Електропостачання індивідуальної житлової забудови кварталу «Солокія» в м.Червонограді Львівської області (будівництво)» Коригування.»</t>
+          <t>ID - 2491,  Про внесення змін у п.3 рішення від 07.12.2020р. №30 «Про делегування  повноважень щодо здiйснення функцiй замовника Приватному акцiонерному товариству «Львiвобленерго» та передачу з балансу Вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради видатків на виготовлення проектно- кошторисної документації та проектно- кошторисну документацію по об`єкту «Електропостачання індивідуальної житлової забудови кварталу «Солокія» в м.Червонограді Львівської області (будівництво)» Коригування.»</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>46</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>51</v>
       </c>
@@ -7309,63 +7313,63 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
         <v>55</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
         <v>50</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>51</v>
       </c>
@@ -7452,65 +7456,65 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>2493Про внесення змін у п.3 рішення від 07.12.2020р. №30 «Про делегування  повноважень щодо здiйснення функцiй замовника Приватному акцiонерному товариству «Львiвобленерго» та передачу з балансу Вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради видатків на виготовлення проектно- кошторисної документації та проектно- кошторисну документацію по об`єкту «Електропостачання індивідуальної житлової забудови кварталу «Солокія» в м.Червонограді Львівської області (будівництво)» Коригування.»</t>
+          <t>ID - 2493,  Про внесення змін у п.3 рішення від 07.12.2020р. №30 «Про делегування  повноважень щодо здiйснення функцiй замовника Приватному акцiонерному товариству «Львiвобленерго» та передачу з балансу Вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради видатків на виготовлення проектно- кошторисної документації та проектно- кошторисну документацію по об`єкту «Електропостачання індивідуальної житлової забудови кварталу «Солокія» в м.Червонограді Львівської області (будівництво)» Коригування.»</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>68</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>51</v>
       </c>
@@ -7597,65 +7601,65 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>2494Про делегування функцій замовника з виготовлення проектно-кошторисної документації та виконання робіт</t>
+          <t>ID - 2494,  Про делегування функцій замовника з виготовлення проектно-кошторисної документації та виконання робіт</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>73</v>
       </c>
       <c r="E46" t="s">
         <v>47</v>
       </c>
       <c r="F46" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>51</v>
       </c>
@@ -7742,65 +7746,65 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>2495Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону</t>
+          <t>ID - 2495,  Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>73</v>
       </c>
       <c r="E47" t="s">
         <v>47</v>
       </c>
       <c r="F47" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>51</v>
       </c>
@@ -7887,55 +7891,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>2497Про створення груп подовженого дня у закладах загальної середньої освіти на 2021/2022 навчальний рік</t>
+          <t>ID - 2497,  Про створення груп подовженого дня у закладах загальної середньої освіти на 2021/2022 навчальний рік</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>73</v>
       </c>
       <c r="E48" t="s">
         <v>47</v>
       </c>
       <c r="F48" t="s">
         <v>74</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
         <v>50</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>51</v>
@@ -8032,55 +8036,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>2498Про відкриття інклюзивних груп у закладах дошкільної освіти  та організацію класів з інклюзивним навчанням у закладах загальної середньої освіти</t>
+          <t>ID - 2498,  Про відкриття інклюзивних груп у закладах дошкільної освіти  та організацію класів з інклюзивним навчанням у закладах загальної середньої освіти</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>73</v>
       </c>
       <c r="E49" t="s">
         <v>47</v>
       </c>
       <c r="F49" t="s">
         <v>74</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
         <v>50</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
@@ -8177,55 +8181,55 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>2499Про створення  Закладу дошкільної освіти (ясла-садок) с. Сілець Червоноградської міської ради Львівської області</t>
+          <t>ID - 2499,  Про створення  Закладу дошкільної освіти (ясла-садок) с. Сілець Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>73</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
         <v>74</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
@@ -8322,54 +8326,54 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D51" t="s">
         <v>46</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
         <v>74</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
       </c>
@@ -8465,54 +8469,54 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C52" t="s" s="4">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D52" t="s">
         <v>55</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
         <v>74</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
         <v>50</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
       </c>
@@ -8608,63 +8612,63 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D53" t="s">
         <v>55</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53" t="s">
         <v>50</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>51</v>
       </c>
@@ -8751,63 +8755,63 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C54" t="s" s="4">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D54" t="s">
         <v>55</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>51</v>
       </c>
@@ -8894,63 +8898,63 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D55" t="s">
         <v>55</v>
       </c>
       <c r="E55" t="s">
         <v>47</v>
       </c>
       <c r="F55" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55" t="s">
         <v>50</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>51</v>
       </c>
@@ -9037,63 +9041,63 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D56" t="s">
         <v>68</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>51</v>
       </c>
@@ -9180,55 +9184,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>2506Про   затвердження      статуту комунального     пiдприємства «Червоноградводоканал» в новiй  редакці</t>
+          <t>ID - 2506,  Про   затвердження      статуту комунального     пiдприємства «Червоноградводоканал» в новiй  редакці</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>73</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>74</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>51</v>
@@ -9325,55 +9329,55 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>2507Про безоплатну  передачу вуличного спортивного комплексу  з   балансу  КП «Червонограджитлокомунсервіс» на баланс відділу освіти Червоноградської міської ради</t>
+          <t>ID - 2507,  Про безоплатну  передачу вуличного спортивного комплексу  з   балансу  КП «Червонограджитлокомунсервіс» на баланс відділу освіти Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>73</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
         <v>74</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
@@ -9470,55 +9474,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>2508Про безоплатну  передачу основних засобів по ЖБК «Монастирський» на    вул. Б.Хмельницького в м.Червонограді  з   балансу  КП «Комунальник» на баланс      КП «Червонограджитлокомунсервіс»</t>
+          <t>ID - 2508,  Про безоплатну  передачу основних засобів по ЖБК «Монастирський» на    вул. Б.Хмельницького в м.Червонограді  з   балансу  КП «Комунальник» на баланс      КП «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>73</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
         <v>74</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
@@ -9615,86 +9619,86 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>2509Про надання дозволу КП `Червоноградтеплокомуненерго`   на  демонтаж  труб недіючої  магістральної теплової мережі від районної газової котельні №2 до ТК-2 по вул.Бічна Промислова в м. Червонограді</t>
+          <t>ID - 2509,  Про надання дозволу КП `Червоноградтеплокомуненерго`   на  демонтаж  труб недіючої  магістральної теплової мережі від районної газової котельні №2 до ТК-2 по вул.Бічна Промислова в м. Червонограді</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>73</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M60" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>51</v>
       </c>
@@ -9760,55 +9764,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>2510Про   надання  дозволу  комунальному підприємству «Червонограджитлокомун-сервіс» на списання з балансу  приватизованих квартир у 2020-2021 р.р.</t>
+          <t>ID - 2510,  Про   надання  дозволу  комунальному підприємству «Червонограджитлокомун-сервіс» на списання з балансу  приватизованих квартир у 2020-2021 р.р.</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>73</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
         <v>74</v>
       </c>
       <c r="G61" t="s">
         <v>49</v>
       </c>
       <c r="H61" t="s">
         <v>50</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>51</v>
@@ -9905,55 +9909,55 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>2511Про зміну складу постійно діючої комісії для розгляду питань щодо відключення споживачів від систем  централізованого опалення та постачання гарячої води</t>
+          <t>ID - 2511,  Про зміну складу постійно діючої комісії для розгляду питань щодо відключення споживачів від систем  централізованого опалення та постачання гарячої води</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>73</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
         <v>74</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>51</v>
@@ -10050,65 +10054,65 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>2512Про надання дозволу КП «Комунальник» на прийняття  та захоронення вiдходiв (бурового шламу) на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік від структурної одиниці (філії) «Укрнафта Буріння» ПАТ «Укрнафта»</t>
+          <t>ID - 2512,  Про надання дозволу КП «Комунальник» на прийняття  та захоронення вiдходiв (бурового шламу) на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік від структурної одиниці (філії) «Укрнафта Буріння» ПАТ «Укрнафта»</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>73</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>51</v>
       </c>
@@ -10195,55 +10199,55 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>2513Про безоплатну  передачу тротуарних плит,  що були у використанні, із   балансу   КП «Комунальник»  на баланс Червоноградської міської філії Львівського обласного центру зайнятості</t>
+          <t>ID - 2513,  Про безоплатну  передачу тротуарних плит,  що були у використанні, із   балансу   КП «Комунальник»  на баланс Червоноградської міської філії Львівського обласного центру зайнятості</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>73</v>
       </c>
       <c r="E64" t="s">
         <v>47</v>
       </c>
       <c r="F64" t="s">
         <v>74</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
         <v>50</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
@@ -10340,65 +10344,65 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>2514Про затвердження «Кодексу етичної поведінки міського голови та депутата місцевої ради»</t>
+          <t>ID - 2514,  Про затвердження «Кодексу етичної поведінки міського голови та депутата місцевої ради»</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>73</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>51</v>
       </c>
@@ -10485,63 +10489,63 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D66" t="s">
         <v>73</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>51</v>
       </c>
@@ -10628,65 +10632,65 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>2517Про внесення змiн в рішення Червоноградської мiської ради від 25.05.2021 № 531 «Про резервування земельних ділянок для учасників АТО/ООС на території Червоноградської міської ради»</t>
+          <t>ID - 2517,  Про внесення змiн в рішення Червоноградської мiської ради від 25.05.2021 № 531 «Про резервування земельних ділянок для учасників АТО/ООС на території Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>73</v>
       </c>
       <c r="E67" t="s">
         <v>47</v>
       </c>
       <c r="F67" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G67" t="s">
         <v>49</v>
       </c>
       <c r="H67" t="s">
         <v>50</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>51</v>
       </c>
@@ -10773,63 +10777,63 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D68" t="s">
         <v>46</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10916,65 +10920,65 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>2519п. 2  Надати  інваліду війни Мишку Ярославу Євгенійовичу дозвіл на виготовлення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,1018 га для  будівництва та обслуговування жилого будинку, господарських будівель і споруд (код за КВЦПЗ – 02.01 для будівництва і обслуговування житлового будинку, господарських будівель і споруд (присадибна ділянка), в с. Межиріччя на вулиці Миру, 59,  урочище Копані</t>
+          <t>ID - 2519,  п. 2  Надати  інваліду війни Мишку Ярославу Євгенійовичу дозвіл на виготовлення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,1018 га для  будівництва та обслуговування жилого будинку, господарських будівель і споруд (код за КВЦПЗ – 02.01 для будівництва і обслуговування житлового будинку, господарських будівель і споруд (присадибна ділянка), в с. Межиріччя на вулиці Миру, 59,  урочище Копані</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>55</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>51</v>
       </c>
@@ -11061,63 +11065,63 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D70" t="s">
         <v>68</v>
       </c>
       <c r="E70" t="s">
         <v>47</v>
       </c>
       <c r="F70" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>51</v>
       </c>
@@ -11204,65 +11208,65 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>2521Про надання дозволу на виготовлення технічних документацій із землеустрою в с. Межиріччя, с. Волсвин</t>
+          <t>ID - 2521,  Про надання дозволу на виготовлення технічних документацій із землеустрою в с. Межиріччя, с. Волсвин</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>73</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>57</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>51</v>
       </c>
@@ -11349,63 +11353,63 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D72" t="s">
         <v>73</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G72" t="s">
         <v>49</v>
       </c>
       <c r="H72" t="s">
         <v>50</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>51</v>
       </c>
@@ -11492,65 +11496,65 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>2523Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок в с. Поздимир та с. Межиріччя</t>
+          <t>ID - 2523,  Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок в с. Поздимир та с. Межиріччя</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>73</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11637,65 +11641,65 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>2524Про затвердження технiчних документацiй iз землеустрою в с. Межиріччя, с. Волсвин та с. Поздимир</t>
+          <t>ID - 2524,  Про затвердження технiчних документацiй iз землеустрою в с. Межиріччя, с. Волсвин та с. Поздимир</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>73</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>51</v>
       </c>
@@ -11782,55 +11786,55 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>2525Про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
+          <t>ID - 2525,  Про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу та об’єднання земельних ділянок за межами села Поздимир</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>73</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
         <v>74</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
@@ -11927,55 +11931,55 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>2526Про розгляд клопотання громадянки Мельник Христини Володимирівнипро зат вердження проекту землеустрою щодо відведення земельної ділянки за межами села Поздимир</t>
+          <t>ID - 2526,  Про розгляд клопотання громадянки Мельник Христини Володимирівнипро зат вердження проекту землеустрою щодо відведення земельної ділянки за межами села Поздимир</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>73</v>
       </c>
       <c r="E76" t="s">
         <v>47</v>
       </c>
       <c r="F76" t="s">
         <v>74</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
@@ -12072,63 +12076,63 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D77" t="s">
         <v>73</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>50</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>51</v>
       </c>
@@ -12215,55 +12219,55 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>2528Про розгляд клопотань громадян про надання дозволу на виготовлення документацій із землеустрою в с. Волсвин</t>
+          <t>ID - 2528,  Про розгляд клопотань громадян про надання дозволу на виготовлення документацій із землеустрою в с. Волсвин</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>46</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
         <v>74</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
@@ -12360,63 +12364,63 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D79" t="s">
         <v>55</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>51</v>
       </c>
@@ -12503,65 +12507,65 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>2530Про розгляд клопотань громадян про надання дозволу на виготовлення документацій із землеустрою в с. Волсвин</t>
+          <t>ID - 2530,  Про розгляд клопотань громадян про надання дозволу на виготовлення документацій із землеустрою в с. Волсвин</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>68</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>51</v>
       </c>
@@ -12648,63 +12652,63 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D81" t="s">
         <v>73</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>51</v>
       </c>
@@ -12791,54 +12795,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D82" t="s">
         <v>73</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>74</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>51</v>
       </c>
@@ -12934,63 +12938,63 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D83" t="s">
         <v>73</v>
       </c>
       <c r="E83" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F83" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
         <v>50</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>51</v>
       </c>
@@ -13077,54 +13081,54 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D84" t="s">
         <v>73</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
         <v>74</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>51</v>
       </c>
@@ -13220,55 +13224,55 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>2535Про надання дозволу про розроблення проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
+          <t>ID - 2535,  Про надання дозволу про розроблення проектів землеустрою щодо відведення земельних ділянок для ведення садівництва</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>73</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
         <v>74</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>50</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>51</v>
@@ -13365,54 +13369,54 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D86" t="s">
         <v>46</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
         <v>74</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>51</v>
       </c>
@@ -13508,65 +13512,65 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>25372. Громадянину Бацу Василю Степановичу забезпечити проведення державної реєстрацiї права власностi на земельну ділянку згідно даного рішення у державного реєстратора речових прав на нерухоме майно.</t>
+          <t>ID - 2537,  2. Громадянину Бацу Василю Степановичу забезпечити проведення державної реєстрацiї права власностi на земельну ділянку згідно даного рішення у державного реєстратора речових прав на нерухоме майно.</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>55</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G87" t="s">
         <v>49</v>
       </c>
       <c r="H87" t="s">
         <v>50</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>51</v>
       </c>
@@ -13653,63 +13657,63 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D88" t="s">
         <v>68</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>51</v>
       </c>
@@ -13796,54 +13800,54 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C89" t="s" s="4">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D89" t="s">
         <v>73</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
         <v>74</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
       </c>
@@ -13939,65 +13943,65 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>2540Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок в с. Добрячин та с. Острів</t>
+          <t>ID - 2540,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок в с. Добрячин та с. Острів</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>73</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
         <v>50</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>51</v>
       </c>
@@ -14084,63 +14088,63 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D91" t="s">
         <v>46</v>
       </c>
       <c r="E91" t="s">
         <v>47</v>
       </c>
       <c r="F91" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G91" t="s">
         <v>49</v>
       </c>
       <c r="H91" t="s">
         <v>50</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>51</v>
       </c>
@@ -14227,63 +14231,63 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D92" t="s">
         <v>55</v>
       </c>
       <c r="E92" t="s">
         <v>47</v>
       </c>
       <c r="F92" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
         <v>50</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>51</v>
       </c>
@@ -14370,63 +14374,63 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D93" t="s">
         <v>68</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
       <c r="H93" t="s">
         <v>50</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>51</v>
       </c>
@@ -14513,63 +14517,63 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D94" t="s">
         <v>73</v>
       </c>
       <c r="E94" t="s">
         <v>47</v>
       </c>
       <c r="F94" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G94" t="s">
         <v>49</v>
       </c>
       <c r="H94" t="s">
         <v>50</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>51</v>
       </c>
@@ -14656,65 +14660,65 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>2545​​​​​​​Про продовження терміну оренди земельної ділянки за межами населеного пункту с. Острів</t>
+          <t>ID - 2545,  ​​​​​​​Про продовження терміну оренди земельної ділянки за межами населеного пункту с. Острів</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>73</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>50</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>51</v>
       </c>
@@ -14801,63 +14805,63 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D96" t="s">
         <v>73</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>50</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>51</v>
       </c>
@@ -14944,65 +14948,65 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>2547Про розгляд клопотань громадян щодо надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для ведення садівництва за межами населеного пункту с. Сілець</t>
+          <t>ID - 2547,  Про розгляд клопотань громадян щодо надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для ведення садівництва за межами населеного пункту с. Сілець</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>73</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>51</v>
       </c>
@@ -15089,69 +15093,69 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D98" t="s">
         <v>73</v>
       </c>
       <c r="E98" t="s">
         <v>47</v>
       </c>
       <c r="F98" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G98" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="H98" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P98" t="s" s="5">
         <v>51</v>
       </c>
@@ -15203,116 +15207,116 @@
       <c r="AF98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN98" t="s" s="5">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="AO98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ98" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C99" t="s" s="4">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D99" t="s">
         <v>73</v>
       </c>
       <c r="E99" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F99" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L99" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N99" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="O99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Q99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="U99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="V99" t="s" s="5">
         <v>57</v>
       </c>
@@ -15322,118 +15326,118 @@
       <c r="X99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AA99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AC99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AE99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AF99" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="AG99" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="AH99" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="AI99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AK99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN99" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="AO99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>2550Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 2550,  Про надання дозволу на розроблення технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>73</v>
       </c>
       <c r="E100" t="s">
         <v>47</v>
       </c>
       <c r="F100" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
         <v>50</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>51</v>
       </c>
@@ -15520,63 +15524,63 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C101" t="s" s="4">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D101" t="s">
         <v>73</v>
       </c>
       <c r="E101" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F101" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G101" t="s">
         <v>49</v>
       </c>
       <c r="H101" t="s">
         <v>50</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>51</v>
       </c>
@@ -15663,65 +15667,65 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>2552Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2552,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>73</v>
       </c>
       <c r="E102" t="s">
         <v>47</v>
       </c>
       <c r="F102" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G102" t="s">
         <v>49</v>
       </c>
       <c r="H102" t="s">
         <v>50</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>51</v>
       </c>
@@ -15808,65 +15812,65 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>2553​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
+          <t>ID - 2553,  ​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>46</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N103" t="s" s="5">
         <v>51</v>
       </c>
@@ -15953,63 +15957,63 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D104" t="s">
         <v>55</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>51</v>
       </c>
@@ -16096,65 +16100,65 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>2555​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
+          <t>ID - 2555,  ​​​​​​​Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок з метою зміни їх цільового призначення в м. Червонограді</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>68</v>
       </c>
       <c r="E105" t="s">
         <v>47</v>
       </c>
       <c r="F105" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>50</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>51</v>
       </c>
@@ -16241,65 +16245,65 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>2556Про надання дозволу КП «Комунальник» на розроблення технічної документації із землеустрою в с. Добрячин</t>
+          <t>ID - 2556,  Про надання дозволу КП «Комунальник» на розроблення технічної документації із землеустрою в с. Добрячин</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>73</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>51</v>
       </c>
@@ -16386,65 +16390,65 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>2557Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок ПрАТ «Львівобленерго» в с. Сілець та с. Острів</t>
+          <t>ID - 2557,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок ПрАТ «Львівобленерго» в с. Сілець та с. Острів</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>73</v>
       </c>
       <c r="E107" t="s">
         <v>47</v>
       </c>
       <c r="F107" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G107" t="s">
         <v>49</v>
       </c>
       <c r="H107" t="s">
         <v>50</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>51</v>
       </c>
@@ -16531,65 +16535,65 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>2558Про пiдготовку лоту для проведення земельних торгiв з продажу права оренди земельної дiлянки для здiйснення пiдприємницької дiяльностi в м. Червонограді</t>
+          <t>ID - 2558,  Про пiдготовку лоту для проведення земельних торгiв з продажу права оренди земельної дiлянки для здiйснення пiдприємницької дiяльностi в м. Червонограді</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>73</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>51</v>
       </c>
@@ -16676,65 +16680,65 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>2559Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
+          <t>ID - 2559,  Про припинення права оренди земельної ділянки та надання її в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>73</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G109" t="s">
         <v>49</v>
       </c>
       <c r="H109" t="s">
         <v>50</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>57</v>
       </c>
@@ -16821,65 +16825,65 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>2560​​​​​​​Про розгляд клопотання громадянки Василько Оксани Іванівни в м. Червонограді</t>
+          <t>ID - 2560,  ​​​​​​​Про розгляд клопотання громадянки Василько Оксани Іванівни в м. Червонограді</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>73</v>
       </c>
       <c r="E110" t="s">
         <v>47</v>
       </c>
       <c r="F110" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G110" t="s">
         <v>49</v>
       </c>
       <c r="H110" t="s">
         <v>50</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>51</v>
       </c>
@@ -16966,65 +16970,65 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>2561Про припинення права постійного користування земельними ділянками КП «Червонограджитлокомунсервіс» в м. Червонограді</t>
+          <t>ID - 2561,  Про припинення права постійного користування земельними ділянками КП «Червонограджитлокомунсервіс» в м. Червонограді</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>46</v>
       </c>
       <c r="E111" t="s">
         <v>47</v>
       </c>
       <c r="F111" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G111" t="s">
         <v>49</v>
       </c>
       <c r="H111" t="s">
         <v>50</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>51</v>
       </c>
@@ -17111,65 +17115,65 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>2562добавити п. 2 щодо процедурних юридичних дій КП «Червонограджитлокомунсервіс» на вимогу п.1 </t>
+          <t>ID - 2562,  добавити п. 2 щодо процедурних юридичних дій КП «Червонограджитлокомунсервіс» на вимогу п.1 </t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>55</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>51</v>
       </c>
@@ -17256,65 +17260,65 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>2563Про припинення права постійного користування земельними ділянками КП «Червонограджитлокомунсервіс» в м. Червонограді</t>
+          <t>ID - 2563,  Про припинення права постійного користування земельними ділянками КП «Червонограджитлокомунсервіс» в м. Червонограді</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>68</v>
       </c>
       <c r="E113" t="s">
         <v>47</v>
       </c>
       <c r="F113" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G113" t="s">
         <v>49</v>
       </c>
       <c r="H113" t="s">
         <v>50</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>51</v>
       </c>
@@ -17401,65 +17405,65 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>2564Про розгляд клопотання  учасника бойових дій Затхея Віктора Петровича в м. Червонограді</t>
+          <t>ID - 2564,  Про розгляд клопотання  учасника бойових дій Затхея Віктора Петровича в м. Червонограді</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>73</v>
       </c>
       <c r="E114" t="s">
         <v>47</v>
       </c>
       <c r="F114" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G114" t="s">
         <v>49</v>
       </c>
       <c r="H114" t="s">
         <v>50</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>51</v>
       </c>
@@ -17546,63 +17550,63 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C115" t="s" s="4">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D115" t="s">
         <v>46</v>
       </c>
       <c r="E115" t="s">
         <v>47</v>
       </c>
       <c r="F115" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G115" t="s">
         <v>49</v>
       </c>
       <c r="H115" t="s">
         <v>50</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N115" t="s" s="5">
         <v>51</v>
       </c>
@@ -17689,63 +17693,63 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D116" t="s">
         <v>55</v>
       </c>
       <c r="E116" t="s">
         <v>47</v>
       </c>
       <c r="F116" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G116" t="s">
         <v>49</v>
       </c>
       <c r="H116" t="s">
         <v>50</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>51</v>
       </c>
@@ -17832,63 +17836,63 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C117" t="s" s="4">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D117" t="s">
         <v>68</v>
       </c>
       <c r="E117" t="s">
         <v>47</v>
       </c>
       <c r="F117" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G117" t="s">
         <v>49</v>
       </c>
       <c r="H117" t="s">
         <v>50</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N117" t="s" s="5">
         <v>51</v>
       </c>
@@ -17975,65 +17979,65 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>2568Про внесення змiн в рішення Червоноградської мiської ради, виконавчого комітету Гірницької селищної Ради народних депутатів Львівської області</t>
+          <t>ID - 2568,  Про внесення змiн в рішення Червоноградської мiської ради, виконавчого комітету Гірницької селищної Ради народних депутатів Львівської області</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>73</v>
       </c>
       <c r="E118" t="s">
         <v>47</v>
       </c>
       <c r="F118" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G118" t="s">
         <v>49</v>
       </c>
       <c r="H118" t="s">
         <v>50</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>51</v>
       </c>
@@ -18120,65 +18124,65 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
-          <t>2569Про припинення права оренди земельної ділянки та передачу її у власність в м. Червонограді</t>
+          <t>ID - 2569,  Про припинення права оренди земельної ділянки та передачу її у власність в м. Червонограді</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>73</v>
       </c>
       <c r="E119" t="s">
         <v>47</v>
       </c>
       <c r="F119" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G119" t="s">
         <v>49</v>
       </c>
       <c r="H119" t="s">
         <v>50</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>51</v>
       </c>
@@ -18265,65 +18269,65 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>2570​​​​​​​Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу земельних ділянок за межами населеного пункту с. Острів</t>
+          <t>ID - 2570,  ​​​​​​​Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу земельних ділянок за межами населеного пункту с. Острів</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>46</v>
       </c>
       <c r="E120" t="s">
         <v>47</v>
       </c>
       <c r="F120" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G120" t="s">
         <v>49</v>
       </c>
       <c r="H120" t="s">
         <v>50</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>51</v>
       </c>
@@ -18410,63 +18414,63 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C121" t="s" s="4">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D121" t="s">
         <v>55</v>
       </c>
       <c r="E121" t="s">
         <v>47</v>
       </c>
       <c r="F121" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G121" t="s">
         <v>49</v>
       </c>
       <c r="H121" t="s">
         <v>50</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>57</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>51</v>
       </c>
@@ -18553,65 +18557,65 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>2572​​​​​​​Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу земельних ділянок за межами населеного пункту с. Острів</t>
+          <t>ID - 2572,  ​​​​​​​Про надання дозволу на виготовлення технiчних документацій iз землеустрою щодо поділу земельних ділянок за межами населеного пункту с. Острів</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>68</v>
       </c>
       <c r="E122" t="s">
         <v>47</v>
       </c>
       <c r="F122" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G122" t="s">
         <v>49</v>
       </c>
       <c r="H122" t="s">
         <v>50</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N122" t="s" s="5">
         <v>51</v>
       </c>
@@ -18698,65 +18702,65 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>2576Про затвердження Порядку про проведення конкурсу на заміщення посади директора КУ «Центр інновацій»</t>
+          <t>ID - 2576,  Про затвердження Порядку про проведення конкурсу на заміщення посади директора КУ «Центр інновацій»</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>46</v>
       </c>
       <c r="E123" t="s">
         <v>47</v>
       </c>
       <c r="F123" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G123" t="s">
         <v>49</v>
       </c>
       <c r="H123" t="s">
         <v>50</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>51</v>
       </c>
@@ -18843,63 +18847,63 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C124" t="s" s="4">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D124" t="s">
         <v>55</v>
       </c>
       <c r="E124" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F124" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="G124" t="s">
         <v>49</v>
       </c>
       <c r="H124" t="s">
         <v>50</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L124" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N124" t="s" s="5">
         <v>51</v>
       </c>
@@ -18986,65 +18990,65 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>2578У склад конкурсної комісії  включити  два представника ЄС, та по одному представнику інших фракції</t>
+          <t>ID - 2578,  У склад конкурсної комісії  включити  два представника ЄС, та по одному представнику інших фракції</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>55</v>
       </c>
       <c r="E125" t="s">
         <v>47</v>
       </c>
       <c r="F125" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G125" t="s">
         <v>49</v>
       </c>
       <c r="H125" t="s">
         <v>50</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N125" t="s" s="5">
         <v>51</v>
       </c>
@@ -19131,54 +19135,54 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C126" t="s" s="4">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D126" t="s">
         <v>55</v>
       </c>
       <c r="E126" t="s">
         <v>47</v>
       </c>
       <c r="F126" t="s">
         <v>74</v>
       </c>
       <c r="G126" t="s">
         <v>49</v>
       </c>
       <c r="H126" t="s">
         <v>50</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>51</v>
       </c>
@@ -19274,55 +19278,55 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>2580Про затвердження Порядку про проведення конкурсу на заміщення посади директора КУ «Центр інновацій»</t>
+          <t>ID - 2580,  Про затвердження Порядку про проведення конкурсу на заміщення посади директора КУ «Центр інновацій»</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>68</v>
       </c>
       <c r="E127" t="s">
         <v>47</v>
       </c>
       <c r="F127" t="s">
         <v>65</v>
       </c>
       <c r="G127" t="s">
         <v>49</v>
       </c>
       <c r="H127" t="s">
         <v>50</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>51</v>
@@ -19419,55 +19423,55 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>2581Про припинення роботи комунального підприємства «Радіостудія «Новий двір» шляхом ліквідації</t>
+          <t>ID - 2581,  Про припинення роботи комунального підприємства «Радіостудія «Новий двір» шляхом ліквідації</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>73</v>
       </c>
       <c r="E128" t="s">
         <v>47</v>
       </c>
       <c r="F128" t="s">
         <v>74</v>
       </c>
       <c r="G128" t="s">
         <v>49</v>
       </c>
       <c r="H128" t="s">
         <v>50</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>51</v>
@@ -19564,102 +19568,102 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C129" t="s" s="4">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="D129" t="s">
         <v>73</v>
       </c>
       <c r="E129" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F129" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="G129" t="s">
         <v>49</v>
       </c>
       <c r="H129" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="I129" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="O129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="P129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S129" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="T129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="U129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="V129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="W129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="X129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Y129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AA129" t="s" s="5">
         <v>57</v>
       </c>
@@ -19707,65 +19711,65 @@
       </c>
       <c r="AP129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>2584Про затвердження «Кодексу етичної поведінки посадових осіб Червоноградської міської ради, її виконавчих органів, працівників комунальних підприємств, установ та організацій»</t>
+          <t>ID - 2584,  Про затвердження «Кодексу етичної поведінки посадових осіб Червоноградської міської ради, її виконавчих органів, працівників комунальних підприємств, установ та організацій»</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>46</v>
       </c>
       <c r="E130" t="s">
         <v>47</v>
       </c>
       <c r="F130" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G130" t="s">
         <v>49</v>
       </c>
       <c r="H130" t="s">
         <v>50</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L130" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>51</v>
       </c>
@@ -19852,65 +19856,65 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
-          <t>2585Ввести у склад і призначити голови комісії Тимчишин Г.Р., заступник голови комісії Майданович Софія Володимирівна, Курінна Наталія Миронівна секретар міської ради.  Ввести у комісію Загорську Н.Г ( замість Сементух Л.І) </t>
+          <t>ID - 2585,  Ввести у склад і призначити голови комісії Тимчишин Г.Р., заступник голови комісії Майданович Софія Володимирівна, Курінна Наталія Миронівна секретар міської ради.  Ввести у комісію Загорську Н.Г ( замість Сементух Л.І) </t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>55</v>
       </c>
       <c r="E131" t="s">
         <v>47</v>
       </c>
       <c r="F131" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G131" t="s">
         <v>49</v>
       </c>
       <c r="H131" t="s">
         <v>50</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L131" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>51</v>
       </c>
@@ -19997,71 +20001,71 @@
       </c>
       <c r="AP131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
-          <t>2586Про затвердження «Кодексу етичної поведінки посадових осіб Червоноградської міської ради, її виконавчих органів, працівників комунальних підприємств, установ та організацій»</t>
+          <t>ID - 2586,  Про затвердження «Кодексу етичної поведінки посадових осіб Червоноградської міської ради, її виконавчих органів, працівників комунальних підприємств, установ та організацій»</t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>68</v>
       </c>
       <c r="E132" t="s">
         <v>47</v>
       </c>
       <c r="F132" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G132" t="s">
         <v>49</v>
       </c>
       <c r="H132" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L132" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P132" t="s" s="5">
         <v>51</v>
       </c>
@@ -20104,93 +20108,93 @@
       <c r="AC132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK132" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="AL132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN132" t="s" s="5">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="AO132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
-          <t>2587Про надання одноразової грошової допомоги Музиці Василю Михайловичу, Голузинець Ользі Федорівній</t>
+          <t>ID - 2587,  Про надання одноразової грошової допомоги Музиці Василю Михайловичу, Голузинець Ользі Федорівній</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>73</v>
       </c>
       <c r="E133" t="s">
         <v>47</v>
       </c>
       <c r="F133" t="s">
         <v>60</v>
       </c>
       <c r="G133" t="s">
         <v>49</v>
       </c>
       <c r="H133" t="s">
         <v>50</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>51</v>
@@ -20287,65 +20291,65 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>2588Про затвердження складу комісії на проведення конкурсного відбору на заміщення вакантної посади директора КП «Міська лікарня Соснівської міської ради»</t>
+          <t>ID - 2588,  Про затвердження складу комісії на проведення конкурсного відбору на заміщення вакантної посади директора КП «Міська лікарня Соснівської міської ради»</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>73</v>
       </c>
       <c r="E134" t="s">
         <v>47</v>
       </c>
       <c r="F134" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G134" t="s">
         <v>49</v>
       </c>
       <c r="H134" t="s">
         <v>50</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N134" t="s" s="5">
         <v>51</v>
       </c>
@@ -20432,54 +20436,54 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C135" t="s" s="4">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D135" t="s">
         <v>73</v>
       </c>
       <c r="E135" t="s">
         <v>47</v>
       </c>
       <c r="F135" t="s">
         <v>60</v>
       </c>
       <c r="G135" t="s">
         <v>49</v>
       </c>
       <c r="H135" t="s">
         <v>50</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>51</v>
       </c>
@@ -20580,165 +20584,165 @@
         <v>51</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="136">
       <c r="A136"/>
       <c r="B136"/>
       <c r="C136"/>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136"/>
       <c r="I136" t="s">
+        <v>267</v>
+      </c>
+      <c r="J136" t="s">
+        <v>267</v>
+      </c>
+      <c r="K136" t="s">
+        <v>268</v>
+      </c>
+      <c r="L136" t="s">
         <v>269</v>
       </c>
-      <c r="J136" t="s">
+      <c r="M136" t="s">
+        <v>270</v>
+      </c>
+      <c r="N136" t="s">
+        <v>271</v>
+      </c>
+      <c r="O136" t="s">
+        <v>272</v>
+      </c>
+      <c r="P136" t="s">
+        <v>271</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>273</v>
+      </c>
+      <c r="R136" t="s">
+        <v>274</v>
+      </c>
+      <c r="S136" t="s">
+        <v>275</v>
+      </c>
+      <c r="T136" t="s">
+        <v>268</v>
+      </c>
+      <c r="U136" t="s">
+        <v>276</v>
+      </c>
+      <c r="V136" t="s">
+        <v>270</v>
+      </c>
+      <c r="W136" t="s">
+        <v>277</v>
+      </c>
+      <c r="X136" t="s">
+        <v>278</v>
+      </c>
+      <c r="Y136" t="s">
+        <v>279</v>
+      </c>
+      <c r="Z136" t="s">
+        <v>280</v>
+      </c>
+      <c r="AA136" t="s">
+        <v>267</v>
+      </c>
+      <c r="AB136" t="s">
+        <v>281</v>
+      </c>
+      <c r="AC136" t="s">
+        <v>282</v>
+      </c>
+      <c r="AD136" t="s">
+        <v>268</v>
+      </c>
+      <c r="AE136" t="s">
+        <v>276</v>
+      </c>
+      <c r="AF136" t="s">
+        <v>283</v>
+      </c>
+      <c r="AG136" t="s">
+        <v>284</v>
+      </c>
+      <c r="AH136" t="s">
         <v>269</v>
       </c>
-      <c r="K136" t="s">
-[...8 lines deleted...]
-      <c r="N136" t="s">
+      <c r="AI136" t="s">
+        <v>278</v>
+      </c>
+      <c r="AJ136" t="s">
         <v>273</v>
       </c>
-      <c r="O136" t="s">
-[...50 lines deleted...]
-      <c r="AF136" t="s">
+      <c r="AK136" t="s">
         <v>285</v>
       </c>
-      <c r="AG136" t="s">
+      <c r="AL136" t="s">
         <v>286</v>
       </c>
-      <c r="AH136" t="s">
-[...8 lines deleted...]
-      <c r="AK136" t="s">
+      <c r="AM136" t="s">
         <v>287</v>
       </c>
-      <c r="AL136" t="s">
+      <c r="AN136" t="s">
         <v>288</v>
       </c>
-      <c r="AM136" t="s">
+      <c r="AO136" t="s">
         <v>289</v>
       </c>
-      <c r="AN136" t="s">
+      <c r="AP136" t="s">
         <v>290</v>
       </c>
-      <c r="AO136" t="s">
+      <c r="AQ136" t="s">
         <v>291</v>
       </c>
-      <c r="AP136" t="s">
+      <c r="AR136" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="AS136" t="s">
         <v>48</v>
       </c>
       <c r="AT136" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="AU136" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="137">
       <c r="A137"/>
       <c r="B137"/>
       <c r="C137"/>
       <c r="D137"/>
       <c r="E137"/>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137"/>
       <c r="I137" t="s">
         <v>49</v>
       </c>
       <c r="J137" t="s">
         <v>49</v>
       </c>
       <c r="K137" t="s">
         <v>49</v>
       </c>
       <c r="L137" t="s">
         <v>49</v>
       </c>
       <c r="M137" t="s">
         <v>49</v>
@@ -20800,453 +20804,453 @@
       <c r="AF137" t="s">
         <v>49</v>
       </c>
       <c r="AG137" t="s">
         <v>49</v>
       </c>
       <c r="AH137" t="s">
         <v>49</v>
       </c>
       <c r="AI137" t="s">
         <v>49</v>
       </c>
       <c r="AJ137" t="s">
         <v>49</v>
       </c>
       <c r="AK137" t="s">
         <v>49</v>
       </c>
       <c r="AL137" t="s">
         <v>49</v>
       </c>
       <c r="AM137" t="s">
         <v>49</v>
       </c>
       <c r="AN137" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="AO137" t="s">
         <v>49</v>
       </c>
       <c r="AP137" t="s">
         <v>49</v>
       </c>
       <c r="AQ137" t="s">
         <v>49</v>
       </c>
       <c r="AR137" t="s">
         <v>49</v>
       </c>
       <c r="AS137" t="s">
         <v>49</v>
       </c>
       <c r="AT137" t="s">
         <v>49</v>
       </c>
       <c r="AU137" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138"/>
       <c r="B138"/>
       <c r="C138"/>
       <c r="D138"/>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138"/>
       <c r="I138" t="s">
+        <v>294</v>
+      </c>
+      <c r="J138" t="s">
+        <v>295</v>
+      </c>
+      <c r="K138" t="s">
+        <v>295</v>
+      </c>
+      <c r="L138" t="s">
+        <v>294</v>
+      </c>
+      <c r="M138" t="s">
+        <v>294</v>
+      </c>
+      <c r="N138" t="s">
+        <v>294</v>
+      </c>
+      <c r="O138" t="s">
+        <v>295</v>
+      </c>
+      <c r="P138" t="s">
+        <v>295</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>295</v>
+      </c>
+      <c r="R138" t="s">
+        <v>295</v>
+      </c>
+      <c r="S138" t="s">
+        <v>294</v>
+      </c>
+      <c r="T138" t="s">
+        <v>295</v>
+      </c>
+      <c r="U138" t="s">
+        <v>295</v>
+      </c>
+      <c r="V138" t="s">
+        <v>295</v>
+      </c>
+      <c r="W138" t="s">
+        <v>295</v>
+      </c>
+      <c r="X138" t="s">
+        <v>295</v>
+      </c>
+      <c r="Y138" t="s">
+        <v>295</v>
+      </c>
+      <c r="Z138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AA138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AB138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AC138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AD138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AE138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AF138" t="s">
+        <v>294</v>
+      </c>
+      <c r="AG138" t="s">
+        <v>294</v>
+      </c>
+      <c r="AH138" t="s">
+        <v>294</v>
+      </c>
+      <c r="AI138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AJ138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AK138" t="s">
+        <v>294</v>
+      </c>
+      <c r="AL138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AM138" t="s">
+        <v>295</v>
+      </c>
+      <c r="AN138" t="s">
         <v>296</v>
       </c>
-      <c r="J138" t="s">
-[...91 lines deleted...]
-      </c>
       <c r="AO138" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="AP138" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="AQ138" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="AR138" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="AS138" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="AT138" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="AU138" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="139">
       <c r="A139"/>
       <c r="B139"/>
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139"/>
       <c r="I139" t="s">
+        <v>297</v>
+      </c>
+      <c r="J139" t="s">
+        <v>298</v>
+      </c>
+      <c r="K139" t="s">
+        <v>297</v>
+      </c>
+      <c r="L139" t="s">
         <v>299</v>
       </c>
-      <c r="J139" t="s">
+      <c r="M139" t="s">
         <v>300</v>
       </c>
-      <c r="K139" t="s">
-[...2 lines deleted...]
-      <c r="L139" t="s">
+      <c r="N139" t="s">
         <v>301</v>
       </c>
-      <c r="M139" t="s">
+      <c r="O139" t="s">
+        <v>301</v>
+      </c>
+      <c r="P139" t="s">
         <v>302</v>
       </c>
-      <c r="N139" t="s">
+      <c r="Q139" t="s">
         <v>303</v>
       </c>
-      <c r="O139" t="s">
+      <c r="R139" t="s">
+        <v>301</v>
+      </c>
+      <c r="S139" t="s">
+        <v>298</v>
+      </c>
+      <c r="T139" t="s">
+        <v>304</v>
+      </c>
+      <c r="U139" t="s">
+        <v>305</v>
+      </c>
+      <c r="V139" t="s">
+        <v>306</v>
+      </c>
+      <c r="W139" t="s">
+        <v>301</v>
+      </c>
+      <c r="X139" t="s">
+        <v>302</v>
+      </c>
+      <c r="Y139" t="s">
+        <v>307</v>
+      </c>
+      <c r="Z139" t="s">
+        <v>308</v>
+      </c>
+      <c r="AA139" t="s">
+        <v>298</v>
+      </c>
+      <c r="AB139" t="s">
+        <v>308</v>
+      </c>
+      <c r="AC139" t="s">
+        <v>309</v>
+      </c>
+      <c r="AD139" t="s">
+        <v>297</v>
+      </c>
+      <c r="AE139" t="s">
+        <v>305</v>
+      </c>
+      <c r="AF139" t="s">
+        <v>298</v>
+      </c>
+      <c r="AG139" t="s">
+        <v>302</v>
+      </c>
+      <c r="AH139" t="s">
+        <v>305</v>
+      </c>
+      <c r="AI139" t="s">
+        <v>301</v>
+      </c>
+      <c r="AJ139" t="s">
         <v>303</v>
       </c>
-      <c r="P139" t="s">
-[...5 lines deleted...]
-      <c r="R139" t="s">
+      <c r="AK139" t="s">
+        <v>307</v>
+      </c>
+      <c r="AL139" t="s">
+        <v>310</v>
+      </c>
+      <c r="AM139" t="s">
+        <v>310</v>
+      </c>
+      <c r="AN139" t="s">
+        <v>308</v>
+      </c>
+      <c r="AO139" t="s">
+        <v>310</v>
+      </c>
+      <c r="AP139" t="s">
         <v>303</v>
       </c>
-      <c r="S139" t="s">
-[...5 lines deleted...]
-      <c r="U139" t="s">
+      <c r="AQ139" t="s">
+        <v>302</v>
+      </c>
+      <c r="AR139" t="s">
+        <v>301</v>
+      </c>
+      <c r="AS139" t="s">
+        <v>311</v>
+      </c>
+      <c r="AT139" t="s">
+        <v>303</v>
+      </c>
+      <c r="AU139" t="s">
         <v>307</v>
-      </c>
-[...76 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="140">
       <c r="A140"/>
       <c r="B140"/>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140"/>
       <c r="I140" t="s">
+        <v>312</v>
+      </c>
+      <c r="J140" t="s">
+        <v>312</v>
+      </c>
+      <c r="K140" t="s">
+        <v>312</v>
+      </c>
+      <c r="L140" t="s">
+        <v>313</v>
+      </c>
+      <c r="M140" t="s">
+        <v>312</v>
+      </c>
+      <c r="N140" t="s">
+        <v>312</v>
+      </c>
+      <c r="O140" t="s">
         <v>314</v>
       </c>
-      <c r="J140" t="s">
+      <c r="P140" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>312</v>
+      </c>
+      <c r="R140" t="s">
+        <v>315</v>
+      </c>
+      <c r="S140" t="s">
+        <v>312</v>
+      </c>
+      <c r="T140" t="s">
+        <v>313</v>
+      </c>
+      <c r="U140" t="s">
+        <v>312</v>
+      </c>
+      <c r="V140" t="s">
+        <v>312</v>
+      </c>
+      <c r="W140" t="s">
+        <v>316</v>
+      </c>
+      <c r="X140" t="s">
         <v>314</v>
       </c>
-      <c r="K140" t="s">
+      <c r="Y140" t="s">
+        <v>315</v>
+      </c>
+      <c r="Z140" t="s">
+        <v>317</v>
+      </c>
+      <c r="AA140" t="s">
+        <v>312</v>
+      </c>
+      <c r="AB140" t="s">
+        <v>318</v>
+      </c>
+      <c r="AC140" t="s">
+        <v>319</v>
+      </c>
+      <c r="AD140" t="s">
+        <v>312</v>
+      </c>
+      <c r="AE140" t="s">
+        <v>312</v>
+      </c>
+      <c r="AF140" t="s">
+        <v>320</v>
+      </c>
+      <c r="AG140" t="s">
+        <v>321</v>
+      </c>
+      <c r="AH140" t="s">
+        <v>320</v>
+      </c>
+      <c r="AI140" t="s">
+        <v>322</v>
+      </c>
+      <c r="AJ140" t="s">
+        <v>312</v>
+      </c>
+      <c r="AK140" t="s">
+        <v>323</v>
+      </c>
+      <c r="AL140" t="s">
+        <v>324</v>
+      </c>
+      <c r="AM140" t="s">
+        <v>325</v>
+      </c>
+      <c r="AN140" t="s">
+        <v>326</v>
+      </c>
+      <c r="AO140" t="s">
         <v>314</v>
       </c>
-      <c r="L140" t="s">
+      <c r="AP140" t="s">
+        <v>313</v>
+      </c>
+      <c r="AQ140" t="s">
+        <v>312</v>
+      </c>
+      <c r="AR140" t="s">
+        <v>327</v>
+      </c>
+      <c r="AS140" t="s">
+        <v>328</v>
+      </c>
+      <c r="AT140" t="s">
+        <v>316</v>
+      </c>
+      <c r="AU140" t="s">
         <v>315</v>
-      </c>
-[...103 lines deleted...]
-        <v>317</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>