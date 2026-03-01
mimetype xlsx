--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="419">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="417">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>IX сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Василишин Петро Стефанович</t>
   </si>
   <si>
     <t>Гоц Павло Васильович</t>
   </si>
   <si>
     <t>Закала Богдан Васильович</t>
   </si>
   <si>
@@ -146,156 +146,156 @@
   <si>
     <t>Сімчук Василь Михайлович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>24.06.21  11:01:50</t>
   </si>
   <si>
-    <t>2231Про депутатськi запити</t>
+    <t>ID - 2231,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>24.06.21  11:02:13</t>
   </si>
   <si>
-    <t>2232ЗА запит Даренського Д.Б. щодо Схеми санітарної очистки населених пунктів</t>
+    <t>ID - 2232,  ЗА запит Даренського Д.Б. щодо Схеми санітарної очистки населених пунктів</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>24.06.21  11:04:25</t>
   </si>
   <si>
-    <t>2233ЗА запит Закали Б.В. щодо капітального ремонту дороги Сілець- Соснівка </t>
+    <t>ID - 2233,  ЗА запит Закали Б.В. щодо капітального ремонту дороги Сілець- Соснівка </t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>24.06.21  11:09:17</t>
   </si>
   <si>
-    <t>2234За запит Запісоцького Р.В. щодо протипожежного захисту шкіл, садочків </t>
+    <t>ID - 2234,  За запит Запісоцького Р.В. щодо протипожежного захисту шкіл, садочків </t>
   </si>
   <si>
     <t>24.06.21  11:09:53</t>
   </si>
   <si>
-    <t>2235Про депутатськi запити</t>
+    <t>ID - 2235,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>24.06.21  11:17:15</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>24.06.21  11:30:27</t>
   </si>
   <si>
     <t>24.06.21  11:30:57</t>
   </si>
   <si>
     <t>24.06.21  11:33:33</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>24.06.21  11:35:17</t>
   </si>
   <si>
     <t>24.06.21  11:38:54</t>
   </si>
   <si>
     <t>24.06.21  11:40:40</t>
   </si>
   <si>
-    <t>2242Про присвоєння звання «Почесний громадянин мiста Червонограда»</t>
+    <t>ID - 2242,  Про присвоєння звання «Почесний громадянин мiста Червонограда»</t>
   </si>
   <si>
     <t>24.06.21  11:44:32</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>24.06.21  11:45:35</t>
   </si>
   <si>
-    <t>2244Про присвоєння звання «Почесний громадянин мiста Червонограда»</t>
+    <t>ID - 2244,  Про присвоєння звання «Почесний громадянин мiста Червонограда»</t>
   </si>
   <si>
     <t>24.06.21  11:46:39</t>
   </si>
   <si>
-    <t>2245Про змiну складу постiйних депутатських комiсiй мiської ради</t>
+    <t>ID - 2245,  Про змiну складу постiйних депутатських комiсiй мiської ради</t>
   </si>
   <si>
     <t>24.06.21  11:47:38</t>
   </si>
   <si>
     <t>24.06.21  11:50:54</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>24.06.21  12:00:26</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
@@ -344,720 +344,714 @@
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>24.06.21  15:31:00</t>
   </si>
   <si>
     <t>24.06.21  15:33:01</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>24.06.21  15:33:33</t>
   </si>
   <si>
     <t>За: 3</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>24.06.21  15:36:21</t>
   </si>
   <si>
-    <t>2261Про затвердження Положення про надання одноразової грошової допомоги</t>
+    <t>ID - 2261,  Про затвердження Положення про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>24.06.21  15:39:01</t>
   </si>
   <si>
-    <t>2262Про затвердження Порядку призначення на посаду керівника</t>
+    <t>ID - 2262,  Про затвердження Порядку призначення на посаду керівника</t>
   </si>
   <si>
     <t>24.06.21  15:39:59</t>
   </si>
   <si>
-    <t>2263Про затвердження  Статутів народних домів</t>
+    <t>ID - 2263,  Про затвердження  Статутів народних домів</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>24.06.21  15:41:34</t>
   </si>
   <si>
-    <t>2264Про затвердження туристичного бренду міста Червонограда</t>
+    <t>ID - 2264,  Про затвердження туристичного бренду міста Червонограда</t>
   </si>
   <si>
     <t>24.06.21  15:56:47</t>
   </si>
   <si>
-    <t>2265Про припинення діяльності КП «Радіостудія «Новий двір» шляхом ліквідації</t>
+    <t>ID - 2265,  Про припинення діяльності КП «Радіостудія «Новий двір» шляхом ліквідації</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>24.06.21  16:02:51</t>
   </si>
   <si>
-    <t>2266Про створення комунальної установи «Центр інновацій»</t>
+    <t>ID - 2266,  Про створення комунальної установи «Центр інновацій»</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>24.06.21  16:04:41</t>
   </si>
   <si>
-    <t>22677.6 Порядок проведення конкурсу затверджує Червоноградська міська рада . </t>
+    <t>ID - 2267,  7.6 Порядок проведення конкурсу затверджує Червоноградська міська рада . </t>
   </si>
   <si>
     <t>24.06.21  16:05:15</t>
   </si>
   <si>
-    <t>2268Про створення комунальної установи «Центр інновацій»</t>
+    <t>ID - 2268,  Про створення комунальної установи «Центр інновацій»</t>
   </si>
   <si>
     <t>24.06.21  16:10:59</t>
   </si>
   <si>
     <t>24.06.21  16:13:22</t>
   </si>
   <si>
     <t>За: 10</t>
   </si>
   <si>
     <t>24.06.21  16:14:51</t>
   </si>
   <si>
     <t>24.06.21  16:15:42</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>24.06.21  16:16:13</t>
   </si>
   <si>
-    <t>2273Вольський Василь Михайлович - представник ГО «Антикорупція та люстрація»</t>
+    <t>ID - 2273,  Вольський Василь Михайлович - представник ГО «Антикорупція та люстрація»</t>
   </si>
   <si>
     <t>24.06.21  16:16:54</t>
   </si>
   <si>
-    <t>2274Медвідь Людмила Володимирівна – представник ГО «Антикорупція та люстрація» </t>
+    <t>ID - 2274,  Медвідь Людмила Володимирівна – представник ГО «Антикорупція та люстрація» </t>
   </si>
   <si>
     <t>24.06.21  16:17:36</t>
   </si>
   <si>
     <t>24.06.21  16:29:27</t>
   </si>
   <si>
-    <t>2276Про затвердження Положення про відділ охорони здоров’я</t>
+    <t>ID - 2276,  Про затвердження Положення про відділ охорони здоров’я</t>
   </si>
   <si>
     <t>24.06.21  16:29:52</t>
   </si>
   <si>
     <t>За: 7</t>
   </si>
   <si>
     <t>Проти: 7</t>
   </si>
   <si>
     <t>24.06.21  16:32:57</t>
   </si>
   <si>
     <t>За: 6</t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>24.06.21  16:33:23</t>
   </si>
   <si>
-    <t>2279Про затвердження Положення про відділ охорони здоров’я</t>
+    <t>ID - 2279,  Про затвердження Положення про відділ охорони здоров’я</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>24.06.21  16:38:20</t>
   </si>
   <si>
     <t>24.06.21  16:42:37</t>
   </si>
   <si>
     <t>24.06.21  16:48:29</t>
   </si>
   <si>
     <t>24.06.21  16:52:40</t>
   </si>
   <si>
-    <t>2284Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
+    <t>ID - 2284,  Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>24.06.21  16:55:26</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>24.06.21  16:55:55</t>
   </si>
   <si>
-    <t>2286Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
+    <t>ID - 2286,  Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>24.06.21  16:59:52</t>
   </si>
   <si>
     <t>24.06.21  17:03:23</t>
   </si>
   <si>
     <t>24.06.21  17:05:40</t>
   </si>
   <si>
     <t>24.06.21  17:06:15</t>
   </si>
   <si>
     <t>24.06.21  17:10:54</t>
   </si>
   <si>
     <t>24.06.21  17:13:54</t>
   </si>
   <si>
     <t>24.06.21  17:15:44</t>
   </si>
   <si>
     <t>24.06.21  17:18:13</t>
   </si>
   <si>
     <t>24.06.21  17:18:40</t>
   </si>
   <si>
     <t>24.06.21  17:21:12</t>
   </si>
   <si>
     <t>24.06.21  17:23:25</t>
   </si>
   <si>
     <t>24.06.21  17:26:15</t>
   </si>
   <si>
-    <t>2298Про внесення змін до рішення Червоноградської міської ради від 23.02.2021 року №195</t>
+    <t>ID - 2298,  Про внесення змін до рішення Червоноградської міської ради від 23.02.2021 року №195</t>
   </si>
   <si>
     <t>24.06.21  17:27:07</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>24.06.21  17:28:22</t>
   </si>
   <si>
-    <t>2300Про внесення змін в рішення    Червоноградської  мiської ради №306 від 01.04.2021р.</t>
+    <t>ID - 2300,  Про внесення змін в рішення    Червоноградської  мiської ради №306 від 01.04.2021р.</t>
   </si>
   <si>
     <t>24.06.21  17:29:05</t>
   </si>
   <si>
-    <t>2301Про внесення змін в рішення Червоноградської міської ради №305 від 01.04.2021р.</t>
+    <t>ID - 2301,  Про внесення змін в рішення Червоноградської міської ради №305 від 01.04.2021р.</t>
   </si>
   <si>
     <t>24.06.21  17:30:38</t>
   </si>
   <si>
     <t>24.06.21  17:31:49</t>
   </si>
   <si>
     <t>24.06.21  17:32:56</t>
   </si>
   <si>
     <t>24.06.21  17:33:24</t>
   </si>
   <si>
     <t>24.06.21  17:35:12</t>
   </si>
   <si>
     <t>24.06.21  17:43:26</t>
   </si>
   <si>
     <t>24.06.21  17:46:49</t>
   </si>
   <si>
     <t>24.06.21  17:48:09</t>
   </si>
   <si>
     <t>24.06.21  17:53:41</t>
   </si>
   <si>
     <t>24.06.21  17:54:13</t>
   </si>
   <si>
     <t>24.06.21  17:56:09</t>
   </si>
   <si>
     <t>24.06.21  17:58:48</t>
   </si>
   <si>
     <t>24.06.21  18:02:14</t>
   </si>
   <si>
     <t>24.06.21  18:03:26</t>
   </si>
   <si>
-    <t>2315у п.27 - викласти ставку -  0,2 %</t>
+    <t>ID - 2315,  у п.27 - викласти ставку -  0,2 %</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>24.06.21  18:05:05</t>
   </si>
   <si>
     <t>24.06.21  18:06:23</t>
   </si>
   <si>
     <t>24.06.21  18:08:06</t>
   </si>
   <si>
     <t>24.06.21  18:09:35</t>
   </si>
   <si>
     <t>06.07.21  10:27:08</t>
   </si>
   <si>
     <t>06.07.21  10:28:57</t>
   </si>
   <si>
     <t>06.07.21  10:31:51</t>
   </si>
   <si>
-    <t>2329Про переміщення коштів</t>
+    <t>ID - 2329,  Про переміщення коштів</t>
   </si>
   <si>
     <t>06.07.21  10:33:33</t>
   </si>
   <si>
     <t>06.07.21  10:34:00</t>
   </si>
   <si>
-    <t>2331Про переміщення коштів</t>
+    <t>ID - 2331,  Про переміщення коштів</t>
   </si>
   <si>
     <t>06.07.21  10:35:26</t>
   </si>
   <si>
-    <t>2332Про внесення змін до рішення Червоноградської міської ради від 24.06.2021 року №541</t>
+    <t>ID - 2332,  Про внесення змін до рішення Червоноградської міської ради від 24.06.2021 року №541</t>
   </si>
   <si>
     <t>06.07.21  10:37:00</t>
   </si>
   <si>
     <t>06.07.21  10:42:04</t>
   </si>
   <si>
     <t>06.07.21  10:44:08</t>
   </si>
   <si>
     <t>06.07.21  10:44:35</t>
   </si>
   <si>
     <t>06.07.21  10:45:37</t>
   </si>
   <si>
     <t>06.07.21  10:48:15</t>
   </si>
   <si>
     <t>06.07.21  10:52:11</t>
   </si>
   <si>
     <t>06.07.21  10:54:22</t>
   </si>
   <si>
     <t>06.07.21  10:57:47</t>
   </si>
   <si>
     <t>06.07.21  10:59:19</t>
   </si>
   <si>
     <t>06.07.21  11:03:32</t>
   </si>
   <si>
     <t>06.07.21  11:07:23</t>
   </si>
   <si>
-    <t>2344Перше паркомісце 0,3% . Кожне наступне - 50 % менше </t>
+    <t>ID - 2344,  Перше паркомісце 0,3% . Кожне наступне - 50 % менше </t>
   </si>
   <si>
     <t>06.07.21  11:08:23</t>
   </si>
   <si>
-    <t>2345Перше паркомісце 0,03% . Кожне наступне - 50 % менше</t>
+    <t>ID - 2345,  Перше паркомісце 0,03% . Кожне наступне - 50 % менше</t>
   </si>
   <si>
     <t>06.07.21  11:08:50</t>
   </si>
   <si>
     <t>06.07.21  11:13:02</t>
   </si>
   <si>
     <t>06.07.21  11:14:26</t>
   </si>
   <si>
     <t>06.07.21  11:20:41</t>
   </si>
   <si>
     <t>06.07.21  11:29:01</t>
   </si>
   <si>
     <t>06.07.21  11:31:14</t>
   </si>
   <si>
     <t>06.07.21  11:35:41</t>
   </si>
   <si>
-    <t>2353Про розгляд заяви громадянина Грабінського Ігоря Мироновича в смт. Гірник</t>
+    <t>ID - 2353,  Про розгляд заяви громадянина Грабінського Ігоря Мироновича в смт. Гірник</t>
   </si>
   <si>
     <t>За: 1</t>
   </si>
   <si>
     <t>Проти: 4</t>
   </si>
   <si>
     <t>06.07.21  11:39:13</t>
   </si>
   <si>
     <t>06.07.21  11:43:51</t>
   </si>
   <si>
     <t>06.07.21  11:44:47</t>
   </si>
   <si>
-    <t>2356Про розгляд заяви Скочеляса Йосипа Михайловича в м. Соснівка</t>
+    <t>ID - 2356,  Про розгляд заяви Скочеляса Йосипа Михайловича в м. Соснівка</t>
   </si>
   <si>
     <t>06.07.21  11:47:11</t>
   </si>
   <si>
-    <t>2357Про припинення права оренди земельної ділянки та надання її у власність в м. Соснівка</t>
-[...1 lines deleted...]
-  <si>
     <t>06.07.21  11:48:42</t>
   </si>
   <si>
-    <t>2358Про розгляд заяви ФОП Дошака Романа Зеноновича в м. Соснівка</t>
+    <t>ID - 2358,  Про розгляд заяви ФОП Дошака Романа Зеноновича в м. Соснівка</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>06.07.21  11:55:09</t>
   </si>
   <si>
     <t>Утримались: 12</t>
   </si>
   <si>
     <t>06.07.21  11:56:34</t>
   </si>
   <si>
-    <t>2360Про розгляд заяви громадянки Коляди Катерини Данилівни в с. Волсвин</t>
+    <t>ID - 2360,  Про розгляд заяви громадянки Коляди Катерини Данилівни в с. Волсвин</t>
   </si>
   <si>
     <t>06.07.21  12:01:40</t>
   </si>
   <si>
+    <t>ID - 2361,  </t>
+  </si>
+  <si>
     <t>06.07.21  12:03:55</t>
   </si>
   <si>
-    <t>2363Про розгляд заяви фізичної особи підприємця Мариняк Мирослави Петрівни в с. Волсвин</t>
-[...1 lines deleted...]
-  <si>
     <t>06.07.21  12:05:25</t>
   </si>
   <si>
-    <t>2364​​​​​​​Про надання в оренду земельної ділянки в смт. Гірник</t>
+    <t>ID - 2364,  ​​​​​​​Про надання в оренду земельної ділянки в смт. Гірник</t>
   </si>
   <si>
     <t>06.07.21  12:06:51</t>
   </si>
   <si>
     <t>06.07.21  12:08:37</t>
   </si>
   <si>
     <t>06.07.21  12:09:43</t>
   </si>
   <si>
-    <t>2367Про розгляд заяви  громадянина Теленька Петра Петровича в с. Межиріччя</t>
+    <t>ID - 2367,  Про розгляд заяви  громадянина Теленька Петра Петровича в с. Межиріччя</t>
   </si>
   <si>
     <t>06.07.21  12:11:35</t>
   </si>
   <si>
-    <t>2368Про розгляд заяв  учасників бойових дій  в с. Межиріччя</t>
+    <t>ID - 2368,  Про розгляд заяв  учасників бойових дій  в с. Межиріччя</t>
   </si>
   <si>
     <t>06.07.21  12:12:56</t>
   </si>
   <si>
     <t>06.07.21  12:14:59</t>
   </si>
   <si>
-    <t>2370Про створення громадських пасовищ  </t>
+    <t>ID - 2370,  Про створення громадських пасовищ  </t>
   </si>
   <si>
     <t>06.07.21  12:16:50</t>
   </si>
   <si>
-    <t>2371Про надання дозволу на виготовлення технічних документацiй iз землеустрою в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>06.07.21  12:18:18</t>
   </si>
   <si>
-    <t>2372Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
+    <t>ID - 2372,  Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
   </si>
   <si>
     <t>06.07.21  12:20:19</t>
   </si>
   <si>
-    <t>2373Про розгляд заяв учасників бойових дій  в с. Сілець</t>
+    <t>ID - 2373,  Про розгляд заяв учасників бойових дій  в с. Сілець</t>
   </si>
   <si>
     <t>06.07.21  12:25:13</t>
   </si>
   <si>
-    <t>2374Про розгляд заяви громадянина Маїка Ігоря Васильовича в с. Сілець</t>
+    <t>ID - 2374,  Про розгляд заяви громадянина Маїка Ігоря Васильовича в с. Сілець</t>
   </si>
   <si>
     <t>06.07.21  12:26:47</t>
   </si>
   <si>
     <t>06.07.21  12:29:07</t>
   </si>
   <si>
     <t>06.07.21  12:35:17</t>
   </si>
   <si>
     <t>06.07.21  14:38:06</t>
   </si>
   <si>
     <t>06.07.21  14:39:37</t>
   </si>
   <si>
     <t>06.07.21  14:40:26</t>
   </si>
   <si>
     <t>06.07.21  14:41:03</t>
   </si>
   <si>
     <t>06.07.21  14:43:37</t>
   </si>
   <si>
-    <t>2386Про затвердження проекту землеустрою в селі Острів, на вул. Центральна, 59в</t>
+    <t>ID - 2386,  Про затвердження проекту землеустрою в селі Острів, на вул. Центральна, 59в</t>
   </si>
   <si>
     <t>06.07.21  14:45:18</t>
   </si>
   <si>
-    <t>2387Про розгляд заяви громадянина Данчука Ігоря Степановича</t>
+    <t>ID - 2387,  Про розгляд заяви громадянина Данчука Ігоря Степановича</t>
   </si>
   <si>
     <t>06.07.21  14:48:40</t>
   </si>
   <si>
-    <t>2389Про розгляд заяви учасника бойових дій Ванкевича Віталія Юрійовича</t>
+    <t>ID - 2389,  Про розгляд заяви учасника бойових дій Ванкевича Віталія Юрійовича</t>
   </si>
   <si>
     <t>06.07.21  14:49:56</t>
   </si>
   <si>
-    <t>2390Про розгляд заяви учасника бойових дій Назаркевича Андрія Андрійовича</t>
+    <t>ID - 2390,  Про розгляд заяви учасника бойових дій Назаркевича Андрія Андрійовича</t>
   </si>
   <si>
     <t>06.07.21  14:52:53</t>
   </si>
   <si>
     <t>06.07.21  14:54:26</t>
   </si>
   <si>
-    <t>2392Про розгляд заяви громадянки Лаврів Ольги Іванівни</t>
+    <t>ID - 2392,  Про розгляд заяви громадянки Лаврів Ольги Іванівни</t>
   </si>
   <si>
     <t>06.07.21  14:55:30</t>
   </si>
   <si>
-    <t>2393надати в оренду земельну ділянку на 49 років</t>
+    <t>ID - 2393,  надати в оренду земельну ділянку на 49 років</t>
   </si>
   <si>
     <t>06.07.21  14:55:57</t>
   </si>
   <si>
-    <t>2394Про розгляд заяви громадянки Лаврів Ольги Іванівни</t>
+    <t>ID - 2394,  Про розгляд заяви громадянки Лаврів Ольги Іванівни</t>
   </si>
   <si>
     <t>06.07.21  14:57:03</t>
   </si>
   <si>
-    <t>2395Про розгляд заяви громадянина Юхимука Віталія Івановича</t>
+    <t>ID - 2395,  Про розгляд заяви громадянина Юхимука Віталія Івановича</t>
   </si>
   <si>
     <t>06.07.21  14:58:32</t>
   </si>
   <si>
     <t>06.07.21  15:02:22</t>
   </si>
   <si>
     <t>06.07.21  15:03:20</t>
   </si>
   <si>
-    <t>2398Про розгляд заяви громадянки Ердман Наталії Миколаївни</t>
+    <t>ID - 2398,  Про розгляд заяви громадянки Ердман Наталії Миколаївни</t>
   </si>
   <si>
     <t>06.07.21  15:06:52</t>
   </si>
   <si>
     <t>06.07.21  15:08:27</t>
   </si>
   <si>
     <t>06.07.21  15:08:55</t>
   </si>
   <si>
     <t>06.07.21  15:10:12</t>
   </si>
   <si>
     <t>06.07.21  15:11:18</t>
   </si>
   <si>
-    <t>2403Про розгляд заяви громадянина Войтовича Михайла Йосиповича в с. Борятин</t>
+    <t>ID - 2403,  Про розгляд заяви громадянина Войтовича Михайла Йосиповича в с. Борятин</t>
   </si>
   <si>
     <t>06.07.21  15:12:43</t>
   </si>
   <si>
     <t>06.07.21  15:14:28</t>
   </si>
   <si>
     <t>06.07.21  15:17:17</t>
   </si>
   <si>
     <t>06.07.21  15:19:12</t>
   </si>
   <si>
-    <t>2407Про затвердження технiчних документацiй iз землеустрою в м. Червоноград</t>
+    <t>ID - 2407,  Про затвердження технiчних документацiй iз землеустрою в м. Червоноград</t>
   </si>
   <si>
     <t>06.07.21  15:21:51</t>
   </si>
   <si>
     <t>06.07.21  15:22:49</t>
   </si>
   <si>
     <t>06.07.21  15:23:19</t>
   </si>
   <si>
     <t>06.07.21  15:24:41</t>
   </si>
   <si>
-    <t>2411Про розгляд заяви учасника бойових дій (АТО) Никитюка Тимофія Борисовича</t>
+    <t>ID - 2411,  Про розгляд заяви учасника бойових дій (АТО) Никитюка Тимофія Борисовича</t>
   </si>
   <si>
     <t>06.07.21  15:28:36</t>
   </si>
   <si>
     <t>06.07.21  15:29:51</t>
   </si>
   <si>
     <t>06.07.21  15:30:24</t>
   </si>
   <si>
     <t>06.07.21  15:32:08</t>
   </si>
   <si>
     <t>06.07.21  15:33:44</t>
   </si>
   <si>
     <t>06.07.21  15:35:38</t>
   </si>
   <si>
     <t>06.07.21  15:37:30</t>
   </si>
   <si>
-    <t>2418Про розгляд заяви ФОП Юферова Василя Вікторовича</t>
+    <t>ID - 2418,  Про розгляд заяви ФОП Юферова Василя Вікторовича</t>
   </si>
   <si>
     <t>06.07.21  15:38:41</t>
   </si>
   <si>
     <t>06.07.21  15:39:06</t>
   </si>
   <si>
-    <t>2420Про розгляд заяви ФОП Юферова Василя Вікторовича</t>
+    <t>ID - 2420,  Про розгляд заяви ФОП Юферова Василя Вікторовича</t>
   </si>
   <si>
     <t>06.07.21  15:42:48</t>
   </si>
   <si>
-    <t>2421Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
+    <t>ID - 2421,  Про розгляд клопотання товариства з обмеженою відповідальністю «Над Бугом»</t>
   </si>
   <si>
     <t>06.07.21  15:46:24</t>
   </si>
   <si>
-    <t>2422Про надання в оренду земельних ділянок в м. Червоноград</t>
+    <t>ID - 2422,  Про надання в оренду земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>06.07.21  15:47:48</t>
   </si>
   <si>
-    <t>2423Про надання в оренду земельних ділянок в м. Червоноград</t>
+    <t>ID - 2423,  Про надання в оренду земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>06.07.21  15:48:45</t>
   </si>
   <si>
     <t>06.07.21  15:49:08</t>
   </si>
   <si>
-    <t>2425Про надання в оренду земельних ділянок в м. Червоноград</t>
+    <t>ID - 2425,  Про надання в оренду земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>06.07.21  15:51:01</t>
   </si>
   <si>
-    <t>2426Про розгляд клопотання Товариства з обмеженою відповідальністю «ЕКСПРЕС-2»</t>
+    <t>ID - 2426,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ЕКСПРЕС-2»</t>
   </si>
   <si>
     <t>06.07.21  15:53:54</t>
   </si>
   <si>
     <t>За: 73</t>
   </si>
   <si>
     <t>За: 141</t>
   </si>
   <si>
     <t>За: 160</t>
   </si>
   <si>
     <t>За: 172</t>
   </si>
   <si>
     <t>За: 83</t>
   </si>
   <si>
     <t>За: 147</t>
   </si>
   <si>
     <t>За: 87</t>
   </si>
@@ -2246,51 +2240,51 @@
       <c r="AQ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>2236Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2236,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>46</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>66</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>50</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -2391,51 +2385,51 @@
       <c r="AQ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>2237Пропонується внести зміни до проекту рішення:    17 1. Відповідно до розпорядження Львівської обласної державної адміністрації від 16.06.2021 року №490/0/5-21 «Про видатки на охорону здоров’я» збільшити обсяг доходів та видатків загального фонду місцевого бюджету на субвенцію з місцевого бюджету на здійснення підтримки окремих закладів у системі охорони здоров’я за рахунок відповідної субвенції з державного бюджету (код доходів 41055000 «Субвенція з місцевого бюджету на здійснення підтримки окремих закладів та заходів у системі охорони здоров`я за рахунок відповідної субвенції з державного бюджету») в сумі 140 800 гривень, спрямувавши її на видатки по  коду ПКВКМБ 3712144 «Централізовані заходи з лікування хворих на цукровий та нецукровий діабет». 18 2. Зменшити видатки резервного фонду на суму 20 000 гривень (код ПКВКМБ 3718710 «Резервний фонд місцевого бюджету») і спрямувати їх на розробку проектно-кошторисної документації по об’єкту «Розчистка та поглиблення плеса ставка в районі «Левада» м. Червоноград Львівської області (капітальний ремонт)», код ПКВКМБ 1517330</t>
+          <t>ID - 2237,  Пропонується внести зміни до проекту рішення:    17 1. Відповідно до розпорядження Львівської обласної державної адміністрації від 16.06.2021 року №490/0/5-21 «Про видатки на охорону здоров’я» збільшити обсяг доходів та видатків загального фонду місцевого бюджету на субвенцію з місцевого бюджету на здійснення підтримки окремих закладів у системі охорони здоров’я за рахунок відповідної субвенції з державного бюджету (код доходів 41055000 «Субвенція з місцевого бюджету на здійснення підтримки окремих закладів та заходів у системі охорони здоров`я за рахунок відповідної субвенції з державного бюджету») в сумі 140 800 гривень, спрямувавши її на видатки по  коду ПКВКМБ 3712144 «Централізовані заходи з лікування хворих на цукровий та нецукровий діабет». 18 2. Зменшити видатки резервного фонду на суму 20 000 гривень (код ПКВКМБ 3718710 «Резервний фонд місцевого бюджету») і спрямувати їх на розробку проектно-кошторисної документації по об’єкту «Розчистка та поглиблення плеса ставка в районі «Левада» м. Червоноград Львівської області (капітальний ремонт)», код ПКВКМБ 1517330</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>56</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -2536,51 +2530,51 @@
       <c r="AQ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>2238Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2238,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>64</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>59</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2681,51 +2675,51 @@
       <c r="AQ9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>2239Про звернення Червоноградської  міської ради щодо критичної ситуації у шахтарських колективах ДП «Львіввугілля» у зв’язку з не виплатою заробітної плати</t>
+          <t>ID - 2239,  Про звернення Червоноградської  міської ради щодо критичної ситуації у шахтарських колективах ДП «Львіввугілля» у зв’язку з не виплатою заробітної плати</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2826,51 +2820,51 @@
       <c r="AQ10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>2240Про внесення змін в рішення №11 від 10.12.2020 р. «Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
+          <t>ID - 2240,  Про внесення змін в рішення №11 від 10.12.2020 р. «Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>66</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2971,51 +2965,51 @@
       <c r="AQ11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>2241Про затверження регламенту Червоноградської мiської ради, Червоноградського району Львівської області восьмого скликання в новій редакцій</t>
+          <t>ID - 2241,  Про затверження регламенту Червоноградської мiської ради, Червоноградського району Львівської області восьмого скликання в новій редакцій</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>70</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>59</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -3259,51 +3253,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>2243п. 7.  Присвоїти звання «Почесний громадянин мiста Червонограда»  Семканичу Василю Вікторовичу</t>
+          <t>ID - 2243,  п. 7.  Присвоїти звання «Почесний громадянин мiста Червонограда»  Семканичу Василю Вікторовичу</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>56</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>76</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
@@ -3690,51 +3684,51 @@
       <c r="AQ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>81</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>2246Про затвердження Положення «Про комісію з оцінки корупційних ризиків» та затвердження персонального складу комісії</t>
+          <t>ID - 2246,  Про затвердження Положення «Про комісію з оцінки корупційних ризиків» та затвердження персонального складу комісії</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -3835,51 +3829,51 @@
       <c r="AQ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>2247Назву проекту викласти - як  ` Про затвердження Положення Про комісію з оцінки корупційних ризиків`` п..2. викласти в редакції озвученою Мусієм О.М. </t>
+          <t>ID - 2247,  Назву проекту викласти - як  ` Про затвердження Положення Про комісію з оцінки корупційних ризиків`` п..2. викласти в редакції озвученою Мусієм О.М. </t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
       <c r="E18" t="s">
         <v>83</v>
       </c>
       <c r="F18" t="s">
         <v>84</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>53</v>
@@ -3980,51 +3974,51 @@
       <c r="AQ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>85</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>2248Назву проекту викласти - як  ` Про затвердження Положення Про комісію з оцінки корупційних ризиків`` п..2. викласти в редакції озвученою Мусієм О.М. </t>
+          <t>ID - 2248,  Назву проекту викласти - як  ` Про затвердження Положення Про комісію з оцінки корупційних ризиків`` п..2. викласти в редакції озвученою Мусієм О.М. </t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
       <c r="E19" t="s">
         <v>83</v>
       </c>
       <c r="F19" t="s">
         <v>86</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>87</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>53</v>
@@ -4125,51 +4119,51 @@
       <c r="AQ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>89</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>2249Про затвердження Положення «Про комісію з оцінки корупційних ризиків» та затвердження персонального складу комісії</t>
+          <t>ID - 2249,  Про затвердження Положення «Про комісію з оцінки корупційних ризиків» та затвердження персонального складу комісії</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" t="s">
         <v>83</v>
       </c>
       <c r="F20" t="s">
         <v>90</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>91</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>88</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>53</v>
@@ -4270,51 +4264,51 @@
       <c r="AQ20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>92</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>2250Про затвердження Положення «Про запобігання та врегулювання конфлікту інтересів у діяльності депутатів та посадових осіб Червоноградської міської ради, її виконавчих органів та підвідомчих юридичних осіб»</t>
+          <t>ID - 2250,  Про затвердження Положення «Про запобігання та врегулювання конфлікту інтересів у діяльності депутатів та посадових осіб Червоноградської міської ради, її виконавчих органів та підвідомчих юридичних осіб»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>46</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
@@ -4415,51 +4409,51 @@
       <c r="AQ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>93</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>2251В редакції озвечені Мусієм О.І.  ` забрати  посадові особи у п.1`  1.5 забрати підвідочих підприємств п.5.1 забрати `міський голова`, ` як член колегіального органу`</t>
+          <t>ID - 2251,  В редакції озвечені Мусієм О.І.  ` забрати  посадові особи у п.1`  1.5 забрати підвідочих підприємств п.5.1 забрати `міський голова`, ` як член колегіального органу`</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>56</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>94</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>53</v>
@@ -4560,51 +4554,51 @@
       <c r="AQ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>2252Про затвердження Положення «Про запобігання та врегулювання конфлікту інтересів у діяльності депутатів та посадових осіб Червоноградської міської ради, її виконавчих органів та підвідомчих юридичних осіб»</t>
+          <t>ID - 2252,  Про затвердження Положення «Про запобігання та врегулювання конфлікту інтересів у діяльності депутатів та посадових осіб Червоноградської міської ради, її виконавчих органів та підвідомчих юридичних осіб»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
@@ -4705,51 +4699,51 @@
       <c r="AQ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>96</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>2253Про затвердження Положення про електронні консультації та опитування в Червоноградській територіальній громаді Львівської області та Положення про електронні консультації та опитування в Червоноградській територіальній громаді Львівської області</t>
+          <t>ID - 2253,  Про затвердження Положення про електронні консультації та опитування в Червоноградській територіальній громаді Львівської області та Положення про електронні консультації та опитування в Червоноградській територіальній громаді Львівської області</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>46</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>97</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -4850,51 +4844,51 @@
       <c r="AQ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>98</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>22543.  Рішення набуває чинності з 01.09.2021 р.. 4 Затвердити Положення про електронні консультації та опитування в Червоноградській територіальній громаді, що додається.</t>
+          <t>ID - 2254,  3.  Рішення набуває чинності з 01.09.2021 р.. 4 Затвердити Положення про електронні консультації та опитування в Червоноградській територіальній громаді, що додається.</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>56</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>48</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -4995,51 +4989,51 @@
       <c r="AQ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>2255Про затвердження Положення про електронні консультації та опитування в Червоноградській територіальній громаді Львівської області та Положення про електронні консультації та опитування в Червоноградській територіальній громаді Львівської області</t>
+          <t>ID - 2255,  Про затвердження Положення про електронні консультації та опитування в Червоноградській територіальній громаді Львівської області та Положення про електронні консультації та опитування в Червоноградській територіальній громаді Львівської області</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>97</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
@@ -5140,51 +5134,51 @@
       <c r="AQ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>100</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>2256Про звіт директора КП“Червоноградводоканал” щодо діяльності  комунального підприємства</t>
+          <t>ID - 2256,  Про звіт директора КП“Червоноградводоканал” щодо діяльності  комунального підприємства</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
         <v>76</v>
       </c>
       <c r="G27" t="s">
         <v>101</v>
       </c>
       <c r="H27" t="s">
         <v>102</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
@@ -5285,51 +5279,51 @@
       <c r="AQ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>103</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>88</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>104</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>2258Про звіт начальника Вiддiлу капiтального будiвництва та iнвестицiй щодо виконання робіт по об’єкту «Реконструкція спортивного комплексу «Шахтар» в  м. Червонограді Львівської області</t>
+          <t>ID - 2258,  Про звіт начальника Вiддiлу капiтального будiвництва та iнвестицiй щодо виконання робіт по об’єкту «Реконструкція спортивного комплексу «Шахтар» в  м. Червонограді Львівської області</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>46</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -5430,51 +5424,51 @@
       <c r="AQ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>105</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>2259п.1 Визнати звіт  начальника Вiддiлу капiтального будiвництва та iнвестицiй щодо виконання робіт по об’єкту «Реконструкція спортивного комплексу «Шахтар» в  м. Червонограді Львівської області не задовільний. п. 2  Зобов&amp;#39;язати міського голову не преміювати начальника Вiддiлу капітального будiвництва та iнвестицiй до усунення зауважень по роботам по об’єкту «Реконструкція спортивного комплексу «Шахтар» в  м. Червонограді Львівської області. </t>
+          <t>ID - 2259,  п.1 Визнати звіт  начальника Вiддiлу капiтального будiвництва та iнвестицiй щодо виконання робіт по об’єкту «Реконструкція спортивного комплексу «Шахтар» в  м. Червонограді Львівської області не задовільний. п. 2  Зобов&amp;#39;язати міського голову не преміювати начальника Вiддiлу капітального будiвництва та iнвестицiй до усунення зауважень по роботам по об’єкту «Реконструкція спортивного комплексу «Шахтар» в  м. Червонограді Львівської області. </t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>56</v>
       </c>
       <c r="E29" t="s">
         <v>83</v>
       </c>
       <c r="F29" t="s">
         <v>106</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>53</v>
@@ -5575,51 +5569,51 @@
       <c r="AQ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>107</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>2260Про звіт начальника Вiддiлу капiтального будiвництва та iнвестицiй щодо виконання робіт по об’єкту «Реконструкція спортивного комплексу «Шахтар» в  м. Червонограді Львівської області</t>
+          <t>ID - 2260,  Про звіт начальника Вiддiлу капiтального будiвництва та iнвестицiй щодо виконання робіт по об’єкту «Реконструкція спортивного комплексу «Шахтар» в  м. Червонограді Львівської області</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>64</v>
       </c>
       <c r="E30" t="s">
         <v>83</v>
       </c>
       <c r="F30" t="s">
         <v>108</v>
       </c>
       <c r="G30" t="s">
         <v>101</v>
       </c>
       <c r="H30" t="s">
         <v>109</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>88</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>53</v>
@@ -6864,51 +6858,51 @@
       <c r="AQ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>129</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>2269Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
+          <t>ID - 2269,  Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>46</v>
       </c>
       <c r="E39" t="s">
         <v>47</v>
       </c>
       <c r="F39" t="s">
         <v>48</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>50</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
@@ -7009,51 +7003,51 @@
       <c r="AQ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>130</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>2270Бабічук Михайло Петрович - первинна профспілкова організація ВПМПУ КП «Міська  лікарня Соснівської міської ради»; </t>
+          <t>ID - 2270,  Бабічук Михайло Петрович - первинна профспілкова організація ВПМПУ КП «Міська  лікарня Соснівської міської ради»; </t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>56</v>
       </c>
       <c r="E40" t="s">
         <v>83</v>
       </c>
       <c r="F40" t="s">
         <v>131</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>53</v>
@@ -7154,51 +7148,51 @@
       <c r="AQ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>132</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>2271Бабічук Михайло Петрович - первинна профспілкова організація ВПМПУ КП «Міська  лікарня Соснівської міської ради»; </t>
+          <t>ID - 2271,  Бабічук Михайло Петрович - первинна профспілкова організація ВПМПУ КП «Міська  лікарня Соснівської міської ради»; </t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>56</v>
       </c>
       <c r="E41" t="s">
         <v>83</v>
       </c>
       <c r="F41" t="s">
         <v>86</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>102</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>51</v>
@@ -7299,51 +7293,51 @@
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>133</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>2272Гура Наталя Олександрівна – керівник Незалежної первинної профспілки працівників КП «Міська лікарня Соснівської міської ради»; </t>
+          <t>ID - 2272,  Гура Наталя Олександрівна – керівник Незалежної первинної профспілки працівників КП «Міська лікарня Соснівської міської ради»; </t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>56</v>
       </c>
       <c r="E42" t="s">
         <v>83</v>
       </c>
       <c r="F42" t="s">
         <v>134</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
@@ -7730,51 +7724,51 @@
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>139</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>2275Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
+          <t>ID - 2275,  Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>64</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
         <v>124</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
@@ -8018,51 +8012,51 @@
       <c r="AQ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>142</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>2277У Положенні передбачити що начальник відділу медицини, що має мати освіту у галузі охорони здоров&amp;#39;я. </t>
+          <t>ID - 2277,  У Положенні передбачити що начальник відділу медицини, що має мати освіту у галузі охорони здоров&amp;#39;я. </t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>56</v>
       </c>
       <c r="E47" t="s">
         <v>83</v>
       </c>
       <c r="F47" t="s">
         <v>143</v>
       </c>
       <c r="G47" t="s">
         <v>144</v>
       </c>
       <c r="H47" t="s">
         <v>87</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>53</v>
@@ -8163,51 +8157,51 @@
       <c r="AQ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>145</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>2278Кервівника відділу охорони здоров&amp;#39;я - повна вища освіта, досвід роботи у сфері охорони здоров&amp;#39;я не менше трьох років . </t>
+          <t>ID - 2278,  Кервівника відділу охорони здоров&amp;#39;я - повна вища освіта, досвід роботи у сфері охорони здоров&amp;#39;я не менше трьох років . </t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>56</v>
       </c>
       <c r="E48" t="s">
         <v>83</v>
       </c>
       <c r="F48" t="s">
         <v>146</v>
       </c>
       <c r="G48" t="s">
         <v>147</v>
       </c>
       <c r="H48" t="s">
         <v>148</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>53</v>
@@ -8451,51 +8445,51 @@
       <c r="AQ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>152</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>2280Про надання згоди на безоплатне прийняття від Управління капітального будівництва Львівської обласної державної адміністрації у  комунальну     власність Червоноградської міської територіальної громади в особі Червоноградської міської ради, об’єкт – ««Амбулаторія монопрактики, в с. Волсвин, вул Шептицького, 57а, Сокальський район – нове будівництво» Коригування»</t>
+          <t>ID - 2280,  Про надання згоди на безоплатне прийняття від Управління капітального будівництва Львівської обласної державної адміністрації у  комунальну     власність Червоноградської міської територіальної громади в особі Червоноградської міської ради, об’єкт – ««Амбулаторія монопрактики, в с. Волсвин, вул Шептицького, 57а, Сокальський район – нове будівництво» Коригування»</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>70</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
         <v>76</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
@@ -8596,51 +8590,51 @@
       <c r="AQ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>153</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>2282Про передачу майна з комунальної власності Червоноградської міської ради на баланс виконавчого комітету Червоноградської міської ради</t>
+          <t>ID - 2282,  Про передачу майна з комунальної власності Червоноградської міської ради на баланс виконавчого комітету Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>70</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
         <v>76</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>53</v>
@@ -8741,51 +8735,51 @@
       <c r="AQ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>154</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>2283Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок в с. Сілець</t>
+          <t>ID - 2283,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок в с. Сілець</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>70</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
         <v>66</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
         <v>50</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
@@ -9029,51 +9023,51 @@
       <c r="AQ53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>157</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>2285Викласти п. 7 у редакції :  Продовжити громадянину Ткачу Миколі Васильовичу на 5 років строк дії договору оренди земельної дiлянки площею 0,0175 га для встановлення тимчасової споруди для розміщення літнього майданчика для обслуговування відвідувачів і виносної торгівлі, (код КВЦПЗ - 03.07 - для будівництва та обслуговування будівель торгівлі), в м. Червонограді на вул.  Стуса 14/26а, встановивши річну орендну плату за земельну ділянку 12 % від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:02:008:0058.  </t>
+          <t>ID - 2285,  Викласти п. 7 у редакції :  Продовжити громадянину Ткачу Миколі Васильовичу на 5 років строк дії договору оренди земельної дiлянки площею 0,0175 га для встановлення тимчасової споруди для розміщення літнього майданчика для обслуговування відвідувачів і виносної торгівлі, (код КВЦПЗ - 03.07 - для будівництва та обслуговування будівель торгівлі), в м. Червонограді на вул.  Стуса 14/26а, встановивши річну орендну плату за земельну ділянку 12 % від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:02:008:0058.  </t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>56</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
         <v>158</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
@@ -9317,51 +9311,51 @@
       <c r="AQ55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>161</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>2287Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні в м. Червоноград</t>
+          <t>ID - 2287,  Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні в м. Червоноград</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>70</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
         <v>124</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
@@ -9462,51 +9456,51 @@
       <c r="AQ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>162</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>2288Про розгляд заяви ФОП Горбачева Сергія Вікторовича щодо продовження терміну дії Договору оренди землі</t>
+          <t>ID - 2288,  Про розгляд заяви ФОП Горбачева Сергія Вікторовича щодо продовження терміну дії Договору оренди землі</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>46</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>66</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>51</v>
@@ -9607,51 +9601,51 @@
       <c r="AQ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>163</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>2289п.2., п.3  Викласти у редакції озвученої Балком Д,М., (з врахуванням судової справи, відмова в укладанні мирової угоди) </t>
+          <t>ID - 2289,  п.2., п.3  Викласти у редакції озвученої Балком Д,М., (з врахуванням судової справи, відмова в укладанні мирової угоди) </t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
         <v>124</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
@@ -9752,51 +9746,51 @@
       <c r="AQ58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>164</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>2290Про розгляд заяви ФОП Горбачева Сергія Вікторовича щодо продовження терміну дії Договору оренди землі</t>
+          <t>ID - 2290,  Про розгляд заяви ФОП Горбачева Сергія Вікторовича щодо продовження терміну дії Договору оренди землі</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>64</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
         <v>66</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
@@ -9897,51 +9891,51 @@
       <c r="AQ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>165</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>2291Про прийняття у комунальну власність Червоноградської територіальної громади (Червоноградської міської ради) земельних ділянок</t>
+          <t>ID - 2291,  Про прийняття у комунальну власність Червоноградської територіальної громади (Червоноградської міської ради) земельних ділянок</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>70</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
         <v>66</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
@@ -10042,51 +10036,51 @@
       <c r="AQ60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>166</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>2292Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні в м. Червоноград на вул. Корольова</t>
+          <t>ID - 2292,  Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні в м. Червоноград на вул. Корольова</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>70</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
         <v>76</v>
       </c>
       <c r="G61" t="s">
         <v>49</v>
       </c>
       <c r="H61" t="s">
         <v>50</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>53</v>
@@ -10187,51 +10181,51 @@
       <c r="AQ61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>167</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>2293Про затвердження  Програми забезпечення житлом  дітей-сиріт, дітей, позбавлених батьківського піклування та осіб  з іх числа у  Червоноградській територіальній громаді  на 2021-2025 роки</t>
+          <t>ID - 2293,  Про затвердження  Програми забезпечення житлом  дітей-сиріт, дітей, позбавлених батьківського піклування та осіб  з іх числа у  Червоноградській територіальній громаді  на 2021-2025 роки</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>46</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
         <v>76</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>51</v>
@@ -10332,51 +10326,51 @@
       <c r="AQ62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>168</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>2294внести правки щодо співфінансування - 60 % - міський бюджет , 40% обласний бюджет п. 3 - вилучити</t>
+          <t>ID - 2294,  внести правки щодо співфінансування - 60 % - міський бюджет , 40% обласний бюджет п. 3 - вилучити</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>56</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
         <v>158</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
@@ -10477,51 +10471,51 @@
       <c r="AQ63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>169</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>2295Про затвердження  Програми забезпечення житлом  дітей-сиріт, дітей, позбавлених батьківського піклування та осіб  з іх числа у  Червоноградській територіальній громаді  на 2021-2025 роки</t>
+          <t>ID - 2295,  Про затвердження  Програми забезпечення житлом  дітей-сиріт, дітей, позбавлених батьківського піклування та осіб  з іх числа у  Червоноградській територіальній громаді  на 2021-2025 роки</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>64</v>
       </c>
       <c r="E64" t="s">
         <v>47</v>
       </c>
       <c r="F64" t="s">
         <v>76</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
         <v>50</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
@@ -10622,51 +10616,51 @@
       <c r="AQ64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>170</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>2296Про   розроблення  детального плану території в районі церкви Воздвиження Чесного Хреста  по вул. Сокальській в с.Добрячин Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2296,  Про   розроблення  детального плану території в районі церкви Воздвиження Чесного Хреста  по вул. Сокальській в с.Добрячин Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>70</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
         <v>94</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
@@ -10767,51 +10761,51 @@
       <c r="AQ65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>171</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>2297Про   розроблення  детального плану території в районі очисних споруд смт. Гірник за межами с. Межиріччя Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2297,  Про   розроблення  детального плану території в районі очисних споруд смт. Гірник за межами с. Межиріччя Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>70</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
         <v>94</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>51</v>
@@ -11055,51 +11049,51 @@
       <c r="AQ67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>174</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>2299Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна, нежитлового приміщення (фельдшерсько-акушерський пункт) по вул. Сокальська,57, прим. №4 в с. Добрячин</t>
+          <t>ID - 2299,  Про підтвердження факту перебування в комунальній власності Червоноградської територіальної громади об’єкта нерухомого майна, нежитлового приміщення (фельдшерсько-акушерський пункт) по вул. Сокальська,57, прим. №4 в с. Добрячин</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>70</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
         <v>175</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
@@ -11486,51 +11480,51 @@
       <c r="AQ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>180</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>2302Про внесення змін до рішення Червоноградської міської ради від 01.04.2021 №309 «Про передачу майна з комунальної власності Червоноградської міської ради ГО СК «Добрячин» та КП «Центр первинної медико-санітарної допомоги м.Червонограда»</t>
+          <t>ID - 2302,  Про внесення змін до рішення Червоноградської міської ради від 01.04.2021 №309 «Про передачу майна з комунальної власності Червоноградської міської ради ГО СК «Добрячин» та КП «Центр первинної медико-санітарної допомоги м.Червонограда»</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>70</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71" t="s">
         <v>94</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
@@ -11631,51 +11625,51 @@
       <c r="AQ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>181</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>2303Про передачу майна з комунальної власності Червоноградської міської ради Українській греко-католицькій церкві святого отця Миколая Мирлікійського та ГО СК «Сілець-Легенда»</t>
+          <t>ID - 2303,  Про передачу майна з комунальної власності Червоноградської міської ради Українській греко-католицькій церкві святого отця Миколая Мирлікійського та ГО СК «Сілець-Легенда»</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>46</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72" t="s">
         <v>94</v>
       </c>
       <c r="G72" t="s">
         <v>49</v>
       </c>
       <c r="H72" t="s">
         <v>50</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
@@ -11776,51 +11770,51 @@
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>182</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>2304Замінити по тексту  вилучити ` у постійне користування на безповоротній основі` на ` у власність` </t>
+          <t>ID - 2304,  Замінити по тексту  вилучити ` у постійне користування на безповоротній основі` на ` у власність` </t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>56</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73" t="s">
         <v>94</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
@@ -11921,51 +11915,51 @@
       <c r="AQ73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>183</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>2305Про передачу майна з комунальної власності Червоноградської міської ради Українській греко-католицькій церкві святого отця Миколая Мирлікійського та ГО СК «Сілець-Легенда»</t>
+          <t>ID - 2305,  Про передачу майна з комунальної власності Червоноградської міської ради Українській греко-католицькій церкві святого отця Миколая Мирлікійського та ГО СК «Сілець-Легенда»</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>64</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
         <v>94</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
@@ -12066,51 +12060,51 @@
       <c r="AQ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>184</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>2306Про затвердження Програми забезпечення техногенно-екологічної та пожежної безпеки на території Червоноградської міської ради на 2021 рік</t>
+          <t>ID - 2306,  Про затвердження Програми забезпечення техногенно-екологічної та пожежної безпеки на території Червоноградської міської ради на 2021 рік</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>70</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
         <v>175</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
@@ -12211,51 +12205,51 @@
       <c r="AQ75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>185</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>2307Про погодження проведення рубки насаджень в ДП «Радехівське ЛМГ» (Бендюзьке лісництво)</t>
+          <t>ID - 2307,  Про погодження проведення рубки насаджень в ДП «Радехівське ЛМГ» (Бендюзьке лісництво)</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>70</v>
       </c>
       <c r="E76" t="s">
         <v>83</v>
       </c>
       <c r="F76" t="s">
         <v>131</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>53</v>
@@ -12356,51 +12350,51 @@
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>186</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>2308Про надання дозволу на розроблення Схем санітарного очищення населених пунктів Червоноградської  міської територіальної громади</t>
+          <t>ID - 2308,  Про надання дозволу на розроблення Схем санітарного очищення населених пунктів Червоноградської  міської територіальної громади</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>70</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
         <v>175</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>50</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>51</v>
@@ -12501,51 +12495,51 @@
       <c r="AQ77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>187</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>2309Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»  - КП «Соснівкажитлокомунсервіс»</t>
+          <t>ID - 2309,  Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»  - КП «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>46</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
         <v>175</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
@@ -12646,51 +12640,51 @@
       <c r="AQ78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>188</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>2310Безоплатно  передати 25 залізобетонних лотків, що були у використанні,  із  балансу   КП  «Червоноградтеплокомуненерго»  на баланс КП «Соснівкажитлокомунсервіс», КП `Комунальник` - 16 шт. садівничий коорпоратив `Весна` - 24 шт  </t>
+          <t>ID - 2310,  Безоплатно  передати 25 залізобетонних лотків, що були у використанні,  із  балансу   КП  «Червоноградтеплокомуненерго»  на баланс КП «Соснівкажитлокомунсервіс», КП `Комунальник` - 16 шт. садівничий коорпоратив `Весна` - 24 шт  </t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>56</v>
       </c>
       <c r="E79" t="s">
         <v>83</v>
       </c>
       <c r="F79" t="s">
         <v>86</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>91</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>53</v>
@@ -12791,51 +12785,51 @@
       <c r="AQ79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>189</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>2311Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»  - КП «Соснівкажитлокомунсервіс»</t>
+          <t>ID - 2311,  Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»  - КП «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>64</v>
       </c>
       <c r="E80" t="s">
         <v>83</v>
       </c>
       <c r="F80" t="s">
         <v>84</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>87</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>88</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>51</v>
@@ -12936,51 +12930,51 @@
       <c r="AQ80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>190</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>2312Про надання дозволу КП `Червоноград- теплокомуненерго`   на  демонтаж  труб недіючої  магістральної теплової мережі, від ТК-2 до ТВ-3 вул.Бічна Промислова,1 у м. Червоноград, інвентарний №1014 довжиною 100 пм. труб  в однотрубному вимірі</t>
+          <t>ID - 2312,  Про надання дозволу КП `Червоноград- теплокомуненерго`   на  демонтаж  труб недіючої  магістральної теплової мережі, від ТК-2 до ТВ-3 вул.Бічна Промислова,1 у м. Червоноград, інвентарний №1014 довжиною 100 пм. труб  в однотрубному вимірі</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>70</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
         <v>158</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>51</v>
@@ -13081,51 +13075,51 @@
       <c r="AQ81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>191</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>2313Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради</t>
+          <t>ID - 2313,  Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>46</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>94</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>51</v>
@@ -13226,51 +13220,51 @@
       <c r="AQ82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>192</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>2314п.9.3 Методики передабачити що пільга на оренду приміщення надається лише для суб&amp;#39;єктів господарювання комунальної власності по харчуванню ДНЗ, ЗОШ</t>
+          <t>ID - 2314,  п.9.3 Методики передабачити що пільга на оренду приміщення надається лише для суб&amp;#39;єктів господарювання комунальної власності по харчуванню ДНЗ, ЗОШ</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>56</v>
       </c>
       <c r="E83" t="s">
         <v>83</v>
       </c>
       <c r="F83" t="s">
         <v>84</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
         <v>87</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>51</v>
@@ -13514,51 +13508,51 @@
       <c r="AQ84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>196</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>2316Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради</t>
+          <t>ID - 2316,  Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>64</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
         <v>175</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>87</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>51</v>
@@ -13659,51 +13653,51 @@
       <c r="AQ85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>197</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>2317Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів  на 2021 рiк</t>
+          <t>ID - 2317,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів  на 2021 рiк</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>70</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
         <v>158</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>51</v>
@@ -13804,51 +13798,51 @@
       <c r="AQ86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>198</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>2318Про доповнення переліку об’єктів комунальної власності Червоноградської територіальної громади, які підлягають приватизації у 2021 році незавершеним будівництвом пральні 1000 кг білизни з сміттєспалювальною піччю за адресою: м.Червоноград, вул. Івасюка, 2ж</t>
+          <t>ID - 2318,  Про доповнення переліку об’єктів комунальної власності Червоноградської територіальної громади, які підлягають приватизації у 2021 році незавершеним будівництвом пральні 1000 кг білизни з сміттєспалювальною піччю за адресою: м.Червоноград, вул. Івасюка, 2ж</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>70</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
         <v>175</v>
       </c>
       <c r="G87" t="s">
         <v>49</v>
       </c>
       <c r="H87" t="s">
         <v>50</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>51</v>
@@ -13949,51 +13943,51 @@
       <c r="AQ87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>199</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>2319Про доповнення переліку об’єктів комунальної власності Червоноградської територіальної громади, які підлягають приватизації у 2021 році об’єктом незавершеного будівництва котельні за адресою: м.Червоноград, вул. Івасюка, 2є та Івасюка, 2й</t>
+          <t>ID - 2319,  Про доповнення переліку об’єктів комунальної власності Червоноградської територіальної громади, які підлягають приватизації у 2021 році об’єктом незавершеного будівництва котельні за адресою: м.Червоноград, вул. Івасюка, 2є та Івасюка, 2й</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>70</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
         <v>94</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>51</v>
@@ -14094,51 +14088,51 @@
       <c r="AQ88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>200</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>2327Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради   «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 2327,  Про внесення змiн до рiшення від 24.06.2021року №572 Червоноградської мiської ради   «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>70</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
         <v>124</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
@@ -14239,51 +14233,51 @@
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>201</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>2328Про внесення змiн до рiшення Червоноградської мiської ради  вiд  01.04.2021 року №294 « Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 2328,  Про внесення змiн до рiшення Червоноградської мiської ради  вiд  01.04.2021 року №294 « Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>70</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
         <v>66</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
         <v>50</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>51</v>
@@ -14527,51 +14521,51 @@
       <c r="AQ91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>204</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>2330Озвучена правка  Сементух Л.І. щодо замінини одержувавча коштів щодо Соснівкажитлокомунсервіс  на .ОСББ Успіх ( по гром.бюджету) </t>
+          <t>ID - 2330,  Озвучена правка  Сементух Л.І. щодо замінини одержувавча коштів щодо Соснівкажитлокомунсервіс  на .ОСББ Успіх ( по гром.бюджету) </t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>56</v>
       </c>
       <c r="E92" t="s">
         <v>47</v>
       </c>
       <c r="F92" t="s">
         <v>66</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
         <v>50</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>51</v>
@@ -14958,51 +14952,51 @@
       <c r="AQ94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>209</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>2333Про визнання таким що втратили чинність п.1, п.2, п. 3  рішення Червоноградської міської ради від 24.06.2021 №551 «Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня» рішення Червоноградської міської ради від 24.06.2021 №551 «Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
+          <t>ID - 2333,  Про визнання таким що втратили чинність п.1, п.2, п. 3  рішення Червоноградської міської ради від 24.06.2021 №551 «Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня» рішення Червоноградської міської ради від 24.06.2021 №551 «Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>70</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
         <v>66</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>50</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>51</v>
@@ -15103,51 +15097,51 @@
       <c r="AQ95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>210</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>2334Про встановлення податку на нерухоме майно, відмінне від земельної ділянки на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2334,  Про встановлення податку на нерухоме майно, відмінне від земельної ділянки на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>46</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
         <v>76</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>50</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
@@ -15248,51 +15242,51 @@
       <c r="AQ96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>211</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>2335Озвучені правки Сементух Л.І.  щодо зменшення ставок податків  12.63.4  - з 0,75% на  0,1%  11.22.1 -  з 0,5 %  на  0,4 %</t>
+          <t>ID - 2335,  Озвучені правки Сементух Л.І.  щодо зменшення ставок податків  12.63.4  - з 0,75% на  0,1%  11.22.1 -  з 0,5 %  на  0,4 %</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>56</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
         <v>158</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>51</v>
@@ -15393,51 +15387,51 @@
       <c r="AQ97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>212</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>2336Про встановлення податку на нерухоме майно, відмінне від земельної ділянки на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2336,  Про встановлення податку на нерухоме майно, відмінне від земельної ділянки на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>64</v>
       </c>
       <c r="E98" t="s">
         <v>47</v>
       </c>
       <c r="F98" t="s">
         <v>175</v>
       </c>
       <c r="G98" t="s">
         <v>49</v>
       </c>
       <c r="H98" t="s">
         <v>50</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
@@ -15538,51 +15532,51 @@
       <c r="AQ98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>213</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>2337Про  встановлення транспортного податку на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2337,  Про  встановлення транспортного податку на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>70</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
         <v>76</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
         <v>50</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
@@ -15683,51 +15677,51 @@
       <c r="AQ99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>214</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>2338Про  встановлення туристичного збору на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2338,  Про  встановлення туристичного збору на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>70</v>
       </c>
       <c r="E100" t="s">
         <v>47</v>
       </c>
       <c r="F100" t="s">
         <v>158</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
         <v>87</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
@@ -15828,51 +15822,51 @@
       <c r="AQ100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>215</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>2339Про  встановлення земельного податку на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2339,  Про  встановлення земельного податку на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>46</v>
       </c>
       <c r="E101" t="s">
         <v>47</v>
       </c>
       <c r="F101" t="s">
         <v>76</v>
       </c>
       <c r="G101" t="s">
         <v>49</v>
       </c>
       <c r="H101" t="s">
         <v>50</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
@@ -15973,51 +15967,51 @@
       <c r="AQ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>216</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>2340Правка озвучена Семунтух Л.І. стенограмно ( `за межами населеного` прирівняти до  `в межах населенного пункту,` крім житлової забудови) </t>
+          <t>ID - 2340,  Правка озвучена Семунтух Л.І. стенограмно ( `за межами населеного` прирівняти до  `в межах населенного пункту,` крім житлової забудови) </t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>56</v>
       </c>
       <c r="E102" t="s">
         <v>47</v>
       </c>
       <c r="F102" t="s">
         <v>94</v>
       </c>
       <c r="G102" t="s">
         <v>49</v>
       </c>
       <c r="H102" t="s">
         <v>50</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>51</v>
@@ -16118,51 +16112,51 @@
       <c r="AQ102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>217</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>2341Про  встановлення земельного податку на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2341,  Про  встановлення земельного податку на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>64</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
         <v>124</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>87</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
@@ -16263,51 +16257,51 @@
       <c r="AQ103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>218</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>2342Про  встановлення єдиного податку на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2342,  Про  встановлення єдиного податку на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>70</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
         <v>94</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>102</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>51</v>
@@ -16408,51 +16402,51 @@
       <c r="AQ104" t="s" s="5">
         <v>88</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>219</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>2343Про  встановлення збору за місця для паркування транспортних засобів на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2343,  Про  встановлення збору за місця для паркування транспортних засобів на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>46</v>
       </c>
       <c r="E105" t="s">
         <v>47</v>
       </c>
       <c r="F105" t="s">
         <v>124</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>50</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>51</v>
@@ -16839,51 +16833,51 @@
       <c r="AQ107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>224</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>2346Про  встановлення збору за місця для паркування транспортних засобів на території  Червоноградської міської територіальної громади</t>
+          <t>ID - 2346,  Про  встановлення збору за місця для паркування транспортних засобів на території  Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>64</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
         <v>124</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
@@ -16984,51 +16978,51 @@
       <c r="AQ108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>225</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>2348Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»  - КП «Соснівкажитлокомунсервіс»</t>
+          <t>ID - 2348,  Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»  - КП «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>46</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
         <v>48</v>
       </c>
       <c r="G109" t="s">
         <v>49</v>
       </c>
       <c r="H109" t="s">
         <v>50</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
@@ -17129,51 +17123,51 @@
       <c r="AQ109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>226</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>2349Безоплатно  передати 25 залізобетонних лотків, що були у використанні,  із  балансу   КП  «Червоноградтеплокомуненерго»  на баланс КП «Соснівкажитлокомунсервіс», КП `Комунальник` - 16 шт. садівничий коорпоратив `Весна` - 24 шт А також , виділти для  Волсвина 16 шт. , Поздимира - 30 шт </t>
+          <t>ID - 2349,  Безоплатно  передати 25 залізобетонних лотків, що були у використанні,  із  балансу   КП  «Червоноградтеплокомуненерго»  на баланс КП «Соснівкажитлокомунсервіс», КП `Комунальник` - 16 шт. садівничий коорпоратив `Весна` - 24 шт А також , виділти для  Волсвина 16 шт. , Поздимира - 30 шт </t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>56</v>
       </c>
       <c r="E110" t="s">
         <v>47</v>
       </c>
       <c r="F110" t="s">
         <v>48</v>
       </c>
       <c r="G110" t="s">
         <v>49</v>
       </c>
       <c r="H110" t="s">
         <v>50</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>51</v>
@@ -17274,51 +17268,51 @@
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>227</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>2350Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»  - КП «Соснівкажитлокомунсервіс»</t>
+          <t>ID - 2350,  Про безоплатну  передачу залізобетонних лотків,  що були у використанні, із   балансу   КП «Червоноградтеплокомуненерго»  - КП «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>64</v>
       </c>
       <c r="E111" t="s">
         <v>47</v>
       </c>
       <c r="F111" t="s">
         <v>48</v>
       </c>
       <c r="G111" t="s">
         <v>49</v>
       </c>
       <c r="H111" t="s">
         <v>50</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>51</v>
@@ -17419,51 +17413,51 @@
       <c r="AQ111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>228</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>2351Про погодження проведення рубки насаджень в ДП «Радехівське ЛМГ» (Бендюзьке лісництво)</t>
+          <t>ID - 2351,  Про погодження проведення рубки насаджень в ДП «Радехівське ЛМГ» (Бендюзьке лісництво)</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>70</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
         <v>94</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>51</v>
@@ -17564,51 +17558,51 @@
       <c r="AQ112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>229</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>2352Про розгляд клопотання Товариства з обмеженою відповідальністю «Енергоінвест» в м. Червоноград</t>
+          <t>ID - 2352,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Енергоінвест» в м. Червоноград</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>70</v>
       </c>
       <c r="E113" t="s">
         <v>47</v>
       </c>
       <c r="F113" t="s">
         <v>124</v>
       </c>
       <c r="G113" t="s">
         <v>49</v>
       </c>
       <c r="H113" t="s">
         <v>50</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>51</v>
@@ -17852,51 +17846,51 @@
       <c r="AQ114" t="s" s="5">
         <v>88</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
         <v>234</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>2354Про затвердження технічних документацій із нормативної грошової оцінки земельних ділянок ТзОВ «ФЕРОЗІТ ВІНД ЕНЕРДЖІ» в селі Поздимир</t>
+          <t>ID - 2354,  Про затвердження технічних документацій із нормативної грошової оцінки земельних ділянок ТзОВ «ФЕРОЗІТ ВІНД ЕНЕРДЖІ» в селі Поздимир</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>70</v>
       </c>
       <c r="E115" t="s">
         <v>47</v>
       </c>
       <c r="F115" t="s">
         <v>76</v>
       </c>
       <c r="G115" t="s">
         <v>49</v>
       </c>
       <c r="H115" t="s">
         <v>50</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
@@ -17997,51 +17991,51 @@
       <c r="AQ115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
         <v>235</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>2355Про розгляд заяв громадян щодо надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок в с. Поздимир</t>
+          <t>ID - 2355,  Про розгляд заяв громадян щодо надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок в с. Поздимир</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>70</v>
       </c>
       <c r="E116" t="s">
         <v>47</v>
       </c>
       <c r="F116" t="s">
         <v>66</v>
       </c>
       <c r="G116" t="s">
         <v>49</v>
       </c>
       <c r="H116" t="s">
         <v>50</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>51</v>
@@ -18283,52 +18277,54 @@
         <v>53</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>238</v>
       </c>
-      <c r="C118" t="s" s="4">
-        <v>239</v>
+      <c r="C118" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2357,  Про припинення права оренди земельної ділянки та надання її у власність в м. Соснівка</t>
+        </is>
       </c>
       <c r="D118" t="s">
         <v>70</v>
       </c>
       <c r="E118" t="s">
         <v>47</v>
       </c>
       <c r="F118" t="s">
         <v>124</v>
       </c>
       <c r="G118" t="s">
         <v>49</v>
       </c>
       <c r="H118" t="s">
         <v>50</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
       </c>
@@ -18424,63 +18420,63 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
+        <v>239</v>
+      </c>
+      <c r="C119" t="s" s="4">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="D119" t="s">
         <v>70</v>
       </c>
       <c r="E119" t="s">
         <v>83</v>
       </c>
       <c r="F119" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="G119" t="s">
         <v>49</v>
       </c>
       <c r="H119" t="s">
         <v>148</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>88</v>
       </c>
@@ -18567,71 +18563,71 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>88</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>2359Про  внесення змін в «Детальний план території по вул. Підлісній в с. Бендюга з метою будівництва житлових будинків»</t>
+          <t>ID - 2359,  Про  внесення змін в «Детальний план території по вул. Підлісній в с. Бендюга з метою будівництва житлових будинків»</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>70</v>
       </c>
       <c r="E120" t="s">
         <v>83</v>
       </c>
       <c r="F120" t="s">
         <v>232</v>
       </c>
       <c r="G120" t="s">
         <v>151</v>
       </c>
       <c r="H120" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>88</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L120" t="s" s="5">
         <v>88</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P120" t="s" s="5">
         <v>52</v>
       </c>
@@ -18712,54 +18708,54 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>88</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
+        <v>244</v>
+      </c>
+      <c r="C121" t="s" s="4">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D121" t="s">
         <v>70</v>
       </c>
       <c r="E121" t="s">
         <v>47</v>
       </c>
       <c r="F121" t="s">
         <v>158</v>
       </c>
       <c r="G121" t="s">
         <v>49</v>
       </c>
       <c r="H121" t="s">
         <v>50</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
       </c>
@@ -18855,54 +18851,54 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
+        <v>246</v>
+      </c>
+      <c r="C122" t="s" s="4">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>2361</v>
       </c>
       <c r="D122" t="s">
         <v>46</v>
       </c>
       <c r="E122" t="s">
         <v>83</v>
       </c>
       <c r="F122" t="s">
         <v>134</v>
       </c>
       <c r="G122" t="s">
         <v>49</v>
       </c>
       <c r="H122" t="s">
         <v>50</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>53</v>
       </c>
@@ -19000,52 +18996,54 @@
         <v>51</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>248</v>
       </c>
-      <c r="C123" t="s" s="4">
-        <v>249</v>
+      <c r="C123" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2363,  Про розгляд заяви фізичної особи підприємця Мариняк Мирослави Петрівни в с. Волсвин</t>
+        </is>
       </c>
       <c r="D123" t="s">
         <v>70</v>
       </c>
       <c r="E123" t="s">
         <v>47</v>
       </c>
       <c r="F123" t="s">
         <v>94</v>
       </c>
       <c r="G123" t="s">
         <v>49</v>
       </c>
       <c r="H123" t="s">
         <v>50</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>51</v>
       </c>
@@ -19141,54 +19139,54 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
+        <v>249</v>
+      </c>
+      <c r="C124" t="s" s="4">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D124" t="s">
         <v>70</v>
       </c>
       <c r="E124" t="s">
         <v>47</v>
       </c>
       <c r="F124" t="s">
         <v>76</v>
       </c>
       <c r="G124" t="s">
         <v>49</v>
       </c>
       <c r="H124" t="s">
         <v>50</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>51</v>
       </c>
@@ -19284,55 +19282,55 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>2365Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя</t>
+          <t>ID - 2365,  Про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>70</v>
       </c>
       <c r="E125" t="s">
         <v>47</v>
       </c>
       <c r="F125" t="s">
         <v>76</v>
       </c>
       <c r="G125" t="s">
         <v>49</v>
       </c>
       <c r="H125" t="s">
         <v>50</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>51</v>
@@ -19429,55 +19427,55 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>2366Про надання дозволу на виготовлення технічних документацiй  iз землеустрою  в с. Межиріччя та с. Бендюга</t>
+          <t>ID - 2366,  Про надання дозволу на виготовлення технічних документацiй  iз землеустрою  в с. Межиріччя та с. Бендюга</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>70</v>
       </c>
       <c r="E126" t="s">
         <v>47</v>
       </c>
       <c r="F126" t="s">
         <v>158</v>
       </c>
       <c r="G126" t="s">
         <v>49</v>
       </c>
       <c r="H126" t="s">
         <v>50</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>51</v>
@@ -19574,54 +19572,54 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
+        <v>253</v>
+      </c>
+      <c r="C127" t="s" s="4">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D127" t="s">
         <v>70</v>
       </c>
       <c r="E127" t="s">
         <v>47</v>
       </c>
       <c r="F127" t="s">
         <v>158</v>
       </c>
       <c r="G127" t="s">
         <v>49</v>
       </c>
       <c r="H127" t="s">
         <v>50</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>51</v>
       </c>
@@ -19717,54 +19715,54 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
+        <v>255</v>
+      </c>
+      <c r="C128" t="s" s="4">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D128" t="s">
         <v>70</v>
       </c>
       <c r="E128" t="s">
         <v>47</v>
       </c>
       <c r="F128" t="s">
         <v>76</v>
       </c>
       <c r="G128" t="s">
         <v>49</v>
       </c>
       <c r="H128" t="s">
         <v>50</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>51</v>
       </c>
@@ -19860,55 +19858,55 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
-          <t>2369Про затвердження технiчних документацiй iз землеустрою в с. Межиріччя, с. Бендюга с. Волсвин та с. Поздимир</t>
+          <t>ID - 2369,  Про затвердження технiчних документацiй iз землеустрою в с. Межиріччя, с. Бендюга с. Волсвин та с. Поздимир</t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>70</v>
       </c>
       <c r="E129" t="s">
         <v>47</v>
       </c>
       <c r="F129" t="s">
         <v>124</v>
       </c>
       <c r="G129" t="s">
         <v>49</v>
       </c>
       <c r="H129" t="s">
         <v>50</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>51</v>
@@ -20005,54 +20003,54 @@
       </c>
       <c r="AP129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
+        <v>258</v>
+      </c>
+      <c r="C130" t="s" s="4">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D130" t="s">
         <v>70</v>
       </c>
       <c r="E130" t="s">
         <v>47</v>
       </c>
       <c r="F130" t="s">
         <v>124</v>
       </c>
       <c r="G130" t="s">
         <v>49</v>
       </c>
       <c r="H130" t="s">
         <v>50</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>51</v>
       </c>
@@ -20148,54 +20146,56 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>260</v>
+      </c>
+      <c r="C131" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2371,  Про надання дозволу на виготовлення технічних документацiй iз землеустрою в с. Сілець</t>
+        </is>
       </c>
       <c r="D131" t="s">
         <v>70</v>
       </c>
       <c r="E131" t="s">
         <v>47</v>
       </c>
       <c r="F131" t="s">
         <v>76</v>
       </c>
       <c r="G131" t="s">
         <v>49</v>
       </c>
       <c r="H131" t="s">
         <v>50</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>51</v>
       </c>
@@ -20291,54 +20291,54 @@
       </c>
       <c r="AP131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C132" t="s" s="4">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D132" t="s">
         <v>70</v>
       </c>
       <c r="E132" t="s">
         <v>47</v>
       </c>
       <c r="F132" t="s">
         <v>158</v>
       </c>
       <c r="G132" t="s">
         <v>49</v>
       </c>
       <c r="H132" t="s">
         <v>50</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>51</v>
       </c>
@@ -20434,54 +20434,54 @@
       </c>
       <c r="AP132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C133" t="s" s="4">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D133" t="s">
         <v>70</v>
       </c>
       <c r="E133" t="s">
         <v>47</v>
       </c>
       <c r="F133" t="s">
         <v>175</v>
       </c>
       <c r="G133" t="s">
         <v>49</v>
       </c>
       <c r="H133" t="s">
         <v>87</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>51</v>
       </c>
@@ -20577,54 +20577,54 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C134" t="s" s="4">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D134" t="s">
         <v>70</v>
       </c>
       <c r="E134" t="s">
         <v>47</v>
       </c>
       <c r="F134" t="s">
         <v>158</v>
       </c>
       <c r="G134" t="s">
         <v>49</v>
       </c>
       <c r="H134" t="s">
         <v>50</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>51</v>
       </c>
@@ -20720,55 +20720,55 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C135" t="inlineStr" s="4">
         <is>
-          <t>2375Про резервування земельної ділянки для облаштування кладовища в с. Сілець, присілок Заболотня (за межами населеного пункту)</t>
+          <t>ID - 2375,  Про резервування земельної ділянки для облаштування кладовища в с. Сілець, присілок Заболотня (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D135" t="s">
         <v>70</v>
       </c>
       <c r="E135" t="s">
         <v>83</v>
       </c>
       <c r="F135" t="s">
         <v>106</v>
       </c>
       <c r="G135" t="s">
         <v>49</v>
       </c>
       <c r="H135" t="s">
         <v>50</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>51</v>
@@ -20865,55 +20865,55 @@
       </c>
       <c r="AP135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
-          <t>2377Про резервування земельної ділянки для облаштування кладовища в с. Сілець, присілок Заболотня (за межами населеного пункту)</t>
+          <t>ID - 2377,  Про резервування земельної ділянки для облаштування кладовища в с. Сілець, присілок Заболотня (за межами населеного пункту)</t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>70</v>
       </c>
       <c r="E136" t="s">
         <v>83</v>
       </c>
       <c r="F136" t="s">
         <v>86</v>
       </c>
       <c r="G136" t="s">
         <v>49</v>
       </c>
       <c r="H136" t="s">
         <v>50</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>51</v>
@@ -21010,55 +21010,55 @@
       </c>
       <c r="AP136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
-          <t>2378Про внесення змiн в рішення Червоноградської мiської ради, виконавчого комітету Червоноградської міської ради, Межирічанської та Поздимирської сільських рад</t>
+          <t>ID - 2378,  Про внесення змiн в рішення Червоноградської мiської ради, виконавчого комітету Червоноградської міської ради, Межирічанської та Поздимирської сільських рад</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>70</v>
       </c>
       <c r="E137" t="s">
         <v>47</v>
       </c>
       <c r="F137" t="s">
         <v>158</v>
       </c>
       <c r="G137" t="s">
         <v>49</v>
       </c>
       <c r="H137" t="s">
         <v>50</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>51</v>
@@ -21155,55 +21155,55 @@
       </c>
       <c r="AP137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C138" t="inlineStr" s="4">
         <is>
-          <t>2382Про дозвіл на виготовлення технічних документацій із землеустрою на території Червоноградської міської територіальної громади</t>
+          <t>ID - 2382,  Про дозвіл на виготовлення технічних документацій із землеустрою на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D138" t="s">
         <v>70</v>
       </c>
       <c r="E138" t="s">
         <v>47</v>
       </c>
       <c r="F138" t="s">
         <v>76</v>
       </c>
       <c r="G138" t="s">
         <v>49</v>
       </c>
       <c r="H138" t="s">
         <v>50</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>51</v>
@@ -21300,55 +21300,55 @@
       </c>
       <c r="AP138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
-          <t>2383Про затвердження технічної документації з нормативної грошової оцiнки земель с. Борятин</t>
+          <t>ID - 2383,  Про затвердження технічної документації з нормативної грошової оцiнки земель с. Борятин</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>70</v>
       </c>
       <c r="E139" t="s">
         <v>47</v>
       </c>
       <c r="F139" t="s">
         <v>124</v>
       </c>
       <c r="G139" t="s">
         <v>49</v>
       </c>
       <c r="H139" t="s">
         <v>50</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>51</v>
@@ -21445,55 +21445,55 @@
       </c>
       <c r="AP139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>2384Про затвердження технічної документації з нормативної грошової оцiнки земель с. Добрячин</t>
+          <t>ID - 2384,  Про затвердження технічної документації з нормативної грошової оцiнки земель с. Добрячин</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>70</v>
       </c>
       <c r="E140" t="s">
         <v>47</v>
       </c>
       <c r="F140" t="s">
         <v>124</v>
       </c>
       <c r="G140" t="s">
         <v>49</v>
       </c>
       <c r="H140" t="s">
         <v>50</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>51</v>
@@ -21590,55 +21590,55 @@
       </c>
       <c r="AP140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>2385Про затвердження технічної документації з нормативної грошової оцiнки земель с. Острів</t>
+          <t>ID - 2385,  Про затвердження технічної документації з нормативної грошової оцiнки земель с. Острів</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>70</v>
       </c>
       <c r="E141" t="s">
         <v>47</v>
       </c>
       <c r="F141" t="s">
         <v>124</v>
       </c>
       <c r="G141" t="s">
         <v>49</v>
       </c>
       <c r="H141" t="s">
         <v>50</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>51</v>
@@ -21735,54 +21735,54 @@
       </c>
       <c r="AP141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C142" t="s" s="4">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D142" t="s">
         <v>70</v>
       </c>
       <c r="E142" t="s">
         <v>47</v>
       </c>
       <c r="F142" t="s">
         <v>158</v>
       </c>
       <c r="G142" t="s">
         <v>49</v>
       </c>
       <c r="H142" t="s">
         <v>91</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>51</v>
       </c>
@@ -21878,54 +21878,54 @@
       </c>
       <c r="AP142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C143" t="s" s="4">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D143" t="s">
         <v>70</v>
       </c>
       <c r="E143" t="s">
         <v>47</v>
       </c>
       <c r="F143" t="s">
         <v>158</v>
       </c>
       <c r="G143" t="s">
         <v>49</v>
       </c>
       <c r="H143" t="s">
         <v>91</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>51</v>
       </c>
@@ -22021,54 +22021,54 @@
       </c>
       <c r="AP143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C144" t="s" s="4">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D144" t="s">
         <v>70</v>
       </c>
       <c r="E144" t="s">
         <v>47</v>
       </c>
       <c r="F144" t="s">
         <v>124</v>
       </c>
       <c r="G144" t="s">
         <v>49</v>
       </c>
       <c r="H144" t="s">
         <v>50</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>51</v>
       </c>
@@ -22164,54 +22164,54 @@
       </c>
       <c r="AP144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C145" t="s" s="4">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D145" t="s">
         <v>70</v>
       </c>
       <c r="E145" t="s">
         <v>47</v>
       </c>
       <c r="F145" t="s">
         <v>124</v>
       </c>
       <c r="G145" t="s">
         <v>49</v>
       </c>
       <c r="H145" t="s">
         <v>50</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>51</v>
       </c>
@@ -22307,55 +22307,55 @@
       </c>
       <c r="AP145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>2391Про надання дозволу на розроблення проектів землеустрою в с. Острів та за межами с. Борятин</t>
+          <t>ID - 2391,  Про надання дозволу на розроблення проектів землеустрою в с. Острів та за межами с. Борятин</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>70</v>
       </c>
       <c r="E146" t="s">
         <v>47</v>
       </c>
       <c r="F146" t="s">
         <v>124</v>
       </c>
       <c r="G146" t="s">
         <v>49</v>
       </c>
       <c r="H146" t="s">
         <v>50</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>51</v>
@@ -22452,54 +22452,54 @@
       </c>
       <c r="AP146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C147" t="s" s="4">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D147" t="s">
         <v>46</v>
       </c>
       <c r="E147" t="s">
         <v>47</v>
       </c>
       <c r="F147" t="s">
         <v>124</v>
       </c>
       <c r="G147" t="s">
         <v>49</v>
       </c>
       <c r="H147" t="s">
         <v>50</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>51</v>
       </c>
@@ -22595,54 +22595,54 @@
       </c>
       <c r="AP147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU147" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C148" t="s" s="4">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D148" t="s">
         <v>56</v>
       </c>
       <c r="E148" t="s">
         <v>47</v>
       </c>
       <c r="F148" t="s">
         <v>124</v>
       </c>
       <c r="G148" t="s">
         <v>49</v>
       </c>
       <c r="H148" t="s">
         <v>50</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>51</v>
       </c>
@@ -22738,54 +22738,54 @@
       </c>
       <c r="AP148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C149" t="s" s="4">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D149" t="s">
         <v>64</v>
       </c>
       <c r="E149" t="s">
         <v>47</v>
       </c>
       <c r="F149" t="s">
         <v>124</v>
       </c>
       <c r="G149" t="s">
         <v>49</v>
       </c>
       <c r="H149" t="s">
         <v>50</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>51</v>
       </c>
@@ -22881,54 +22881,54 @@
       </c>
       <c r="AP149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C150" t="s" s="4">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D150" t="s">
         <v>70</v>
       </c>
       <c r="E150" t="s">
         <v>47</v>
       </c>
       <c r="F150" t="s">
         <v>124</v>
       </c>
       <c r="G150" t="s">
         <v>49</v>
       </c>
       <c r="H150" t="s">
         <v>50</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>51</v>
       </c>
@@ -23024,55 +23024,55 @@
       </c>
       <c r="AP150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="C151" t="inlineStr" s="4">
         <is>
-          <t>2396Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок в с. Рудка</t>
+          <t>ID - 2396,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок в с. Рудка</t>
         </is>
       </c>
       <c r="D151" t="s">
         <v>70</v>
       </c>
       <c r="E151" t="s">
         <v>47</v>
       </c>
       <c r="F151" t="s">
         <v>124</v>
       </c>
       <c r="G151" t="s">
         <v>49</v>
       </c>
       <c r="H151" t="s">
         <v>50</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>51</v>
@@ -23169,55 +23169,55 @@
       </c>
       <c r="AP151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU151" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C152" t="inlineStr" s="4">
         <is>
-          <t>2397Про затвердження технiчних документацiй iз землеустрою в с. Острів, с. Борятин, с. Добрячин та с. Рудка</t>
+          <t>ID - 2397,  Про затвердження технiчних документацiй iз землеустрою в с. Острів, с. Борятин, с. Добрячин та с. Рудка</t>
         </is>
       </c>
       <c r="D152" t="s">
         <v>70</v>
       </c>
       <c r="E152" t="s">
         <v>47</v>
       </c>
       <c r="F152" t="s">
         <v>66</v>
       </c>
       <c r="G152" t="s">
         <v>49</v>
       </c>
       <c r="H152" t="s">
         <v>50</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>51</v>
@@ -23314,54 +23314,54 @@
       </c>
       <c r="AP152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU152" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C153" t="s" s="4">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D153" t="s">
         <v>70</v>
       </c>
       <c r="E153" t="s">
         <v>47</v>
       </c>
       <c r="F153" t="s">
         <v>124</v>
       </c>
       <c r="G153" t="s">
         <v>49</v>
       </c>
       <c r="H153" t="s">
         <v>50</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>51</v>
       </c>
@@ -23457,55 +23457,55 @@
       </c>
       <c r="AP153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU153" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C154" t="inlineStr" s="4">
         <is>
-          <t>2399Про розгляд заяв громадян щодо надання дозволу на розроблення проектів землеустрою за межами с. Острів</t>
+          <t>ID - 2399,  Про розгляд заяв громадян щодо надання дозволу на розроблення проектів землеустрою за межами с. Острів</t>
         </is>
       </c>
       <c r="D154" t="s">
         <v>46</v>
       </c>
       <c r="E154" t="s">
         <v>47</v>
       </c>
       <c r="F154" t="s">
         <v>66</v>
       </c>
       <c r="G154" t="s">
         <v>49</v>
       </c>
       <c r="H154" t="s">
         <v>50</v>
       </c>
       <c r="I154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>51</v>
@@ -23602,55 +23602,55 @@
       </c>
       <c r="AP154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU154" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C155" t="inlineStr" s="4">
         <is>
-          <t>2400по тексту замінити  `площа зазначена Вами на графічному матеріалі , відповідає площі`  на ` зарезервована для пасовища`</t>
+          <t>ID - 2400,  по тексту замінити  `площа зазначена Вами на графічному матеріалі , відповідає площі`  на ` зарезервована для пасовища`</t>
         </is>
       </c>
       <c r="D155" t="s">
         <v>56</v>
       </c>
       <c r="E155" t="s">
         <v>47</v>
       </c>
       <c r="F155" t="s">
         <v>76</v>
       </c>
       <c r="G155" t="s">
         <v>49</v>
       </c>
       <c r="H155" t="s">
         <v>50</v>
       </c>
       <c r="I155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>51</v>
@@ -23747,55 +23747,55 @@
       </c>
       <c r="AP155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU155" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C156" t="inlineStr" s="4">
         <is>
-          <t>2401Про розгляд заяв громадян щодо надання дозволу на розроблення проектів землеустрою за межами с. Острів</t>
+          <t>ID - 2401,  Про розгляд заяв громадян щодо надання дозволу на розроблення проектів землеустрою за межами с. Острів</t>
         </is>
       </c>
       <c r="D156" t="s">
         <v>64</v>
       </c>
       <c r="E156" t="s">
         <v>47</v>
       </c>
       <c r="F156" t="s">
         <v>124</v>
       </c>
       <c r="G156" t="s">
         <v>49</v>
       </c>
       <c r="H156" t="s">
         <v>50</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>51</v>
@@ -23892,55 +23892,55 @@
       </c>
       <c r="AP156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU156" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C157" t="inlineStr" s="4">
         <is>
-          <t>2402Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської територіальної громади</t>
+          <t>ID - 2402,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок на території Червоноградської міської територіальної громади</t>
         </is>
       </c>
       <c r="D157" t="s">
         <v>70</v>
       </c>
       <c r="E157" t="s">
         <v>47</v>
       </c>
       <c r="F157" t="s">
         <v>158</v>
       </c>
       <c r="G157" t="s">
         <v>49</v>
       </c>
       <c r="H157" t="s">
         <v>50</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>51</v>
@@ -24037,54 +24037,54 @@
       </c>
       <c r="AP157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C158" t="s" s="4">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="D158" t="s">
         <v>70</v>
       </c>
       <c r="E158" t="s">
         <v>47</v>
       </c>
       <c r="F158" t="s">
         <v>76</v>
       </c>
       <c r="G158" t="s">
         <v>49</v>
       </c>
       <c r="H158" t="s">
         <v>50</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>51</v>
       </c>
@@ -24180,55 +24180,55 @@
       </c>
       <c r="AP158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU158" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C159" t="inlineStr" s="4">
         <is>
-          <t>2404Про розгляд заяв громадян щодо надання дозволу на розроблення проектів землеустрою за межами с.Острів</t>
+          <t>ID - 2404,  Про розгляд заяв громадян щодо надання дозволу на розроблення проектів землеустрою за межами с.Острів</t>
         </is>
       </c>
       <c r="D159" t="s">
         <v>70</v>
       </c>
       <c r="E159" t="s">
         <v>47</v>
       </c>
       <c r="F159" t="s">
         <v>124</v>
       </c>
       <c r="G159" t="s">
         <v>49</v>
       </c>
       <c r="H159" t="s">
         <v>50</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>51</v>
@@ -24325,55 +24325,55 @@
       </c>
       <c r="AP159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU159" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C160" t="inlineStr" s="4">
         <is>
-          <t>2405Про розгляд заяв громадян щодо надання дозволу на розроблення проектів землеустрою за межами с. Добрячин</t>
+          <t>ID - 2405,  Про розгляд заяв громадян щодо надання дозволу на розроблення проектів землеустрою за межами с. Добрячин</t>
         </is>
       </c>
       <c r="D160" t="s">
         <v>70</v>
       </c>
       <c r="E160" t="s">
         <v>47</v>
       </c>
       <c r="F160" t="s">
         <v>124</v>
       </c>
       <c r="G160" t="s">
         <v>49</v>
       </c>
       <c r="H160" t="s">
         <v>50</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>51</v>
@@ -24470,55 +24470,55 @@
       </c>
       <c r="AP160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU160" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C161" t="inlineStr" s="4">
         <is>
-          <t>2406Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в с. Добрячин для обслуговуання Народного дому</t>
+          <t>ID - 2406,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в с. Добрячин для обслуговуання Народного дому</t>
         </is>
       </c>
       <c r="D161" t="s">
         <v>70</v>
       </c>
       <c r="E161" t="s">
         <v>47</v>
       </c>
       <c r="F161" t="s">
         <v>124</v>
       </c>
       <c r="G161" t="s">
         <v>49</v>
       </c>
       <c r="H161" t="s">
         <v>50</v>
       </c>
       <c r="I161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>51</v>
@@ -24615,54 +24615,54 @@
       </c>
       <c r="AP161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU161" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C162" t="s" s="4">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D162" t="s">
         <v>70</v>
       </c>
       <c r="E162" t="s">
         <v>47</v>
       </c>
       <c r="F162" t="s">
         <v>158</v>
       </c>
       <c r="G162" t="s">
         <v>49</v>
       </c>
       <c r="H162" t="s">
         <v>50</v>
       </c>
       <c r="I162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>51</v>
       </c>
@@ -24758,55 +24758,55 @@
       </c>
       <c r="AP162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU162" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C163" t="inlineStr" s="4">
         <is>
-          <t>2408Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2408,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D163" t="s">
         <v>46</v>
       </c>
       <c r="E163" t="s">
         <v>47</v>
       </c>
       <c r="F163" t="s">
         <v>66</v>
       </c>
       <c r="G163" t="s">
         <v>49</v>
       </c>
       <c r="H163" t="s">
         <v>50</v>
       </c>
       <c r="I163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>51</v>
@@ -24903,55 +24903,55 @@
       </c>
       <c r="AP163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU163" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C164" t="inlineStr" s="4">
         <is>
-          <t>2409вилучити п.2. ` Надати Лєбєдєвій Людмилі Сергіївні, громадянці Росії, дозвіл на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва індивідуального гаража, в м. Червонограді на вул. Св. Володимира, 9а, гараж № 1, з метою надання їй даної земельної ділянки в оренду.` </t>
+          <t>ID - 2409,  вилучити п.2. ` Надати Лєбєдєвій Людмилі Сергіївні, громадянці Росії, дозвіл на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва індивідуального гаража, в м. Червонограді на вул. Св. Володимира, 9а, гараж № 1, з метою надання їй даної земельної ділянки в оренду.` </t>
         </is>
       </c>
       <c r="D164" t="s">
         <v>56</v>
       </c>
       <c r="E164" t="s">
         <v>47</v>
       </c>
       <c r="F164" t="s">
         <v>66</v>
       </c>
       <c r="G164" t="s">
         <v>49</v>
       </c>
       <c r="H164" t="s">
         <v>50</v>
       </c>
       <c r="I164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K164" t="s" s="5">
         <v>51</v>
@@ -25048,55 +25048,55 @@
       </c>
       <c r="AP164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU164" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C165" t="inlineStr" s="4">
         <is>
-          <t>2410Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2410,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D165" t="s">
         <v>64</v>
       </c>
       <c r="E165" t="s">
         <v>47</v>
       </c>
       <c r="F165" t="s">
         <v>66</v>
       </c>
       <c r="G165" t="s">
         <v>49</v>
       </c>
       <c r="H165" t="s">
         <v>50</v>
       </c>
       <c r="I165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K165" t="s" s="5">
         <v>51</v>
@@ -25193,54 +25193,54 @@
       </c>
       <c r="AP165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU165" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C166" t="s" s="4">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="D166" t="s">
         <v>70</v>
       </c>
       <c r="E166" t="s">
         <v>47</v>
       </c>
       <c r="F166" t="s">
         <v>76</v>
       </c>
       <c r="G166" t="s">
         <v>49</v>
       </c>
       <c r="H166" t="s">
         <v>50</v>
       </c>
       <c r="I166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K166" t="s" s="5">
         <v>53</v>
       </c>
@@ -25336,55 +25336,55 @@
       </c>
       <c r="AP166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU166" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C167" t="inlineStr" s="4">
         <is>
-          <t>2412Про розгляд заяв громадян щодо надання дозволів на виготовлення проектів землеустрою  в м. Червонограді</t>
+          <t>ID - 2412,  Про розгляд заяв громадян щодо надання дозволів на виготовлення проектів землеустрою  в м. Червонограді</t>
         </is>
       </c>
       <c r="D167" t="s">
         <v>46</v>
       </c>
       <c r="E167" t="s">
         <v>47</v>
       </c>
       <c r="F167" t="s">
         <v>66</v>
       </c>
       <c r="G167" t="s">
         <v>49</v>
       </c>
       <c r="H167" t="s">
         <v>50</v>
       </c>
       <c r="I167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K167" t="s" s="5">
         <v>51</v>
@@ -25481,55 +25481,55 @@
       </c>
       <c r="AP167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU167" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C168" t="inlineStr" s="4">
         <is>
-          <t>2413у п.5  скорегувати площі та адресу відповідно до стенограмно озвечених Надільною Г.В. </t>
+          <t>ID - 2413,  у п.5  скорегувати площі та адресу відповідно до стенограмно озвечених Надільною Г.В. </t>
         </is>
       </c>
       <c r="D168" t="s">
         <v>56</v>
       </c>
       <c r="E168" t="s">
         <v>47</v>
       </c>
       <c r="F168" t="s">
         <v>124</v>
       </c>
       <c r="G168" t="s">
         <v>49</v>
       </c>
       <c r="H168" t="s">
         <v>50</v>
       </c>
       <c r="I168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K168" t="s" s="5">
         <v>53</v>
@@ -25626,55 +25626,55 @@
       </c>
       <c r="AP168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU168" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C169" t="inlineStr" s="4">
         <is>
-          <t>2414Про розгляд заяв громадян щодо надання дозволів на виготовлення проектів землеустрою  в м. Червонограді</t>
+          <t>ID - 2414,  Про розгляд заяв громадян щодо надання дозволів на виготовлення проектів землеустрою  в м. Червонограді</t>
         </is>
       </c>
       <c r="D169" t="s">
         <v>64</v>
       </c>
       <c r="E169" t="s">
         <v>47</v>
       </c>
       <c r="F169" t="s">
         <v>66</v>
       </c>
       <c r="G169" t="s">
         <v>49</v>
       </c>
       <c r="H169" t="s">
         <v>50</v>
       </c>
       <c r="I169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K169" t="s" s="5">
         <v>51</v>
@@ -25771,55 +25771,55 @@
       </c>
       <c r="AP169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU169" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C170" t="inlineStr" s="4">
         <is>
-          <t>2415Про розгляд заяв громадян Ситника Назара-Петра Володимировича та Коваля Романа Ігоровича в м. Червонограді</t>
+          <t>ID - 2415,  Про розгляд заяв громадян Ситника Назара-Петра Володимировича та Коваля Романа Ігоровича в м. Червонограді</t>
         </is>
       </c>
       <c r="D170" t="s">
         <v>70</v>
       </c>
       <c r="E170" t="s">
         <v>47</v>
       </c>
       <c r="F170" t="s">
         <v>66</v>
       </c>
       <c r="G170" t="s">
         <v>49</v>
       </c>
       <c r="H170" t="s">
         <v>50</v>
       </c>
       <c r="I170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K170" t="s" s="5">
         <v>51</v>
@@ -25916,55 +25916,55 @@
       </c>
       <c r="AP170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS170" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT170" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU170" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C171" t="inlineStr" s="4">
         <is>
-          <t>2416Про припинення права оренди земельної ділянки та передачу її у власність в м. Червонограді</t>
+          <t>ID - 2416,  Про припинення права оренди земельної ділянки та передачу її у власність в м. Червонограді</t>
         </is>
       </c>
       <c r="D171" t="s">
         <v>70</v>
       </c>
       <c r="E171" t="s">
         <v>47</v>
       </c>
       <c r="F171" t="s">
         <v>124</v>
       </c>
       <c r="G171" t="s">
         <v>49</v>
       </c>
       <c r="H171" t="s">
         <v>50</v>
       </c>
       <c r="I171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K171" t="s" s="5">
         <v>51</v>
@@ -26061,55 +26061,55 @@
       </c>
       <c r="AP171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS171" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU171" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C172" t="inlineStr" s="4">
         <is>
-          <t>2417Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в м. Червонограді на вул. Будівельній, 1</t>
+          <t>ID - 2417,  Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в м. Червонограді на вул. Будівельній, 1</t>
         </is>
       </c>
       <c r="D172" t="s">
         <v>70</v>
       </c>
       <c r="E172" t="s">
         <v>47</v>
       </c>
       <c r="F172" t="s">
         <v>66</v>
       </c>
       <c r="G172" t="s">
         <v>49</v>
       </c>
       <c r="H172" t="s">
         <v>50</v>
       </c>
       <c r="I172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K172" t="s" s="5">
         <v>51</v>
@@ -26206,54 +26206,54 @@
       </c>
       <c r="AP172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS172" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT172" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU172" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C173" t="s" s="4">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D173" t="s">
         <v>46</v>
       </c>
       <c r="E173" t="s">
         <v>47</v>
       </c>
       <c r="F173" t="s">
         <v>158</v>
       </c>
       <c r="G173" t="s">
         <v>49</v>
       </c>
       <c r="H173" t="s">
         <v>91</v>
       </c>
       <c r="I173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K173" t="s" s="5">
         <v>51</v>
       </c>
@@ -26349,55 +26349,55 @@
       </c>
       <c r="AP173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS173" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT173" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU173" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C174" t="inlineStr" s="4">
         <is>
-          <t>2419п.1 Встановити в інтересах фізичної особи підприємця Юферова Василя Вікторовича особистий строковий сервітут терміном на 3 (три) роки </t>
+          <t>ID - 2419,  п.1 Встановити в інтересах фізичної особи підприємця Юферова Василя Вікторовича особистий строковий сервітут терміном на 3 (три) роки </t>
         </is>
       </c>
       <c r="D174" t="s">
         <v>56</v>
       </c>
       <c r="E174" t="s">
         <v>83</v>
       </c>
       <c r="F174" t="s">
         <v>86</v>
       </c>
       <c r="G174" t="s">
         <v>151</v>
       </c>
       <c r="H174" t="s">
         <v>91</v>
       </c>
       <c r="I174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J174" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K174" t="s" s="5">
         <v>51</v>
@@ -26494,54 +26494,54 @@
       </c>
       <c r="AP174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ174" t="s" s="5">
         <v>88</v>
       </c>
       <c r="AR174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS174" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT174" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU174" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C175" t="s" s="4">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D175" t="s">
         <v>64</v>
       </c>
       <c r="E175" t="s">
         <v>83</v>
       </c>
       <c r="F175" t="s">
         <v>134</v>
       </c>
       <c r="G175" t="s">
         <v>49</v>
       </c>
       <c r="H175" t="s">
         <v>148</v>
       </c>
       <c r="I175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J175" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K175" t="s" s="5">
         <v>51</v>
       </c>
@@ -26637,54 +26637,54 @@
       </c>
       <c r="AP175" t="s" s="5">
         <v>88</v>
       </c>
       <c r="AQ175" t="s" s="5">
         <v>88</v>
       </c>
       <c r="AR175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT175" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU175" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C176" t="s" s="4">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D176" t="s">
         <v>70</v>
       </c>
       <c r="E176" t="s">
         <v>83</v>
       </c>
       <c r="F176" t="s">
         <v>106</v>
       </c>
       <c r="G176" t="s">
         <v>49</v>
       </c>
       <c r="H176" t="s">
         <v>102</v>
       </c>
       <c r="I176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J176" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K176" t="s" s="5">
         <v>53</v>
       </c>
@@ -26780,54 +26780,54 @@
       </c>
       <c r="AP176" t="s" s="5">
         <v>88</v>
       </c>
       <c r="AQ176" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT176" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU176" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C177" t="s" s="4">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D177" t="s">
         <v>70</v>
       </c>
       <c r="E177" t="s">
         <v>83</v>
       </c>
       <c r="F177" t="s">
         <v>106</v>
       </c>
       <c r="G177" t="s">
         <v>49</v>
       </c>
       <c r="H177" t="s">
         <v>50</v>
       </c>
       <c r="I177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J177" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K177" t="s" s="5">
         <v>51</v>
       </c>
@@ -26923,54 +26923,54 @@
       </c>
       <c r="AP177" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ177" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU177" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C178" t="s" s="4">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D178" t="s">
         <v>46</v>
       </c>
       <c r="E178" t="s">
         <v>47</v>
       </c>
       <c r="F178" t="s">
         <v>124</v>
       </c>
       <c r="G178" t="s">
         <v>49</v>
       </c>
       <c r="H178" t="s">
         <v>50</v>
       </c>
       <c r="I178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J178" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K178" t="s" s="5">
         <v>51</v>
       </c>
@@ -27066,55 +27066,55 @@
       </c>
       <c r="AP178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT178" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU178" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C179" t="inlineStr" s="4">
         <is>
-          <t>24245. Надати Товариству з обмеженою відповідальністю «Мебель-Сервіс» на 10 (десять)  років в оренду земельну ділянку площею 7.9473 га для обслуговування виробничих приміщень (код КВЦПЗ - 11.02 - для розміщення та експлуатації основних, підсобних і допоміжних будівель та споруд підприємств переробної, машинобудівної та іншої промисловості), в м. Червонограді на вул. Промисловій, 1, встановивши річну орендну плату за земельну ділянку 3% від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:01:002:0002.</t>
+          <t>ID - 2424,  5. Надати Товариству з обмеженою відповідальністю «Мебель-Сервіс» на 10 (десять)  років в оренду земельну ділянку площею 7.9473 га для обслуговування виробничих приміщень (код КВЦПЗ - 11.02 - для розміщення та експлуатації основних, підсобних і допоміжних будівель та споруд підприємств переробної, машинобудівної та іншої промисловості), в м. Червонограді на вул. Промисловій, 1, встановивши річну орендну плату за земельну ділянку 3% від її нормативної грошової оцінки. Кадастровий номер земельної ділянки – 4611800000:01:002:0002.</t>
         </is>
       </c>
       <c r="D179" t="s">
         <v>56</v>
       </c>
       <c r="E179" t="s">
         <v>83</v>
       </c>
       <c r="F179" t="s">
         <v>134</v>
       </c>
       <c r="G179" t="s">
         <v>49</v>
       </c>
       <c r="H179" t="s">
         <v>50</v>
       </c>
       <c r="I179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K179" t="s" s="5">
         <v>51</v>
@@ -27211,54 +27211,54 @@
       </c>
       <c r="AP179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU179" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C180" t="s" s="4">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D180" t="s">
         <v>64</v>
       </c>
       <c r="E180" t="s">
         <v>47</v>
       </c>
       <c r="F180" t="s">
         <v>124</v>
       </c>
       <c r="G180" t="s">
         <v>49</v>
       </c>
       <c r="H180" t="s">
         <v>50</v>
       </c>
       <c r="I180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J180" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K180" t="s" s="5">
         <v>51</v>
       </c>
@@ -27354,54 +27354,54 @@
       </c>
       <c r="AP180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU180" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C181" t="s" s="4">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D181" t="s">
         <v>70</v>
       </c>
       <c r="E181" t="s">
         <v>47</v>
       </c>
       <c r="F181" t="s">
         <v>94</v>
       </c>
       <c r="G181" t="s">
         <v>49</v>
       </c>
       <c r="H181" t="s">
         <v>50</v>
       </c>
       <c r="I181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K181" t="s" s="5">
         <v>51</v>
       </c>
@@ -27497,55 +27497,55 @@
       </c>
       <c r="AP181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU181" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C182" t="inlineStr" s="4">
         <is>
-          <t>2427Про передачу Відділу капітального будівництва та інвестицій Червоноградської міської ради Львівської області у постійне користування земельних ділянок</t>
+          <t>ID - 2427,  Про передачу Відділу капітального будівництва та інвестицій Червоноградської міської ради Львівської області у постійне користування земельних ділянок</t>
         </is>
       </c>
       <c r="D182" t="s">
         <v>70</v>
       </c>
       <c r="E182" t="s">
         <v>47</v>
       </c>
       <c r="F182" t="s">
         <v>66</v>
       </c>
       <c r="G182" t="s">
         <v>49</v>
       </c>
       <c r="H182" t="s">
         <v>50</v>
       </c>
       <c r="I182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J182" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K182" t="s" s="5">
         <v>51</v>
@@ -27647,165 +27647,165 @@
         <v>51</v>
       </c>
       <c r="AR182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT182" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU182" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="183">
       <c r="A183"/>
       <c r="B183"/>
       <c r="C183"/>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183"/>
       <c r="I183" t="s">
+        <v>334</v>
+      </c>
+      <c r="J183" t="s">
+        <v>335</v>
+      </c>
+      <c r="K183" t="s">
         <v>336</v>
       </c>
-      <c r="J183" t="s">
+      <c r="L183" t="s">
         <v>337</v>
       </c>
-      <c r="K183" t="s">
+      <c r="M183" t="s">
         <v>338</v>
       </c>
-      <c r="L183" t="s">
+      <c r="N183" t="s">
         <v>339</v>
       </c>
-      <c r="M183" t="s">
+      <c r="O183" t="s">
         <v>340</v>
       </c>
-      <c r="N183" t="s">
+      <c r="P183" t="s">
         <v>341</v>
       </c>
-      <c r="O183" t="s">
+      <c r="Q183" t="s">
         <v>342</v>
       </c>
-      <c r="P183" t="s">
+      <c r="R183" t="s">
         <v>343</v>
       </c>
-      <c r="Q183" t="s">
+      <c r="S183" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
       <c r="T183" t="s">
         <v>106</v>
       </c>
       <c r="U183" t="s">
+        <v>345</v>
+      </c>
+      <c r="V183" t="s">
+        <v>346</v>
+      </c>
+      <c r="W183" t="s">
         <v>347</v>
       </c>
-      <c r="V183" t="s">
+      <c r="X183" t="s">
         <v>348</v>
       </c>
-      <c r="W183" t="s">
+      <c r="Y183" t="s">
         <v>349</v>
       </c>
-      <c r="X183" t="s">
+      <c r="Z183" t="s">
         <v>350</v>
       </c>
-      <c r="Y183" t="s">
+      <c r="AA183" t="s">
         <v>351</v>
       </c>
-      <c r="Z183" t="s">
+      <c r="AB183" t="s">
         <v>352</v>
       </c>
-      <c r="AA183" t="s">
+      <c r="AC183" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
       <c r="AD183" t="s">
         <v>94</v>
       </c>
       <c r="AE183" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="AF183" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="AG183" t="s">
         <v>116</v>
       </c>
       <c r="AH183" t="s">
+        <v>352</v>
+      </c>
+      <c r="AI183" t="s">
+        <v>356</v>
+      </c>
+      <c r="AJ183" t="s">
+        <v>357</v>
+      </c>
+      <c r="AK183" t="s">
+        <v>358</v>
+      </c>
+      <c r="AL183" t="s">
+        <v>356</v>
+      </c>
+      <c r="AM183" t="s">
+        <v>359</v>
+      </c>
+      <c r="AN183" t="s">
         <v>354</v>
       </c>
-      <c r="AI183" t="s">
-[...5 lines deleted...]
-      <c r="AK183" t="s">
+      <c r="AO183" t="s">
         <v>360</v>
       </c>
-      <c r="AL183" t="s">
-[...2 lines deleted...]
-      <c r="AM183" t="s">
+      <c r="AP183" t="s">
         <v>361</v>
       </c>
-      <c r="AN183" t="s">
-[...2 lines deleted...]
-      <c r="AO183" t="s">
+      <c r="AQ183" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>364</v>
       </c>
       <c r="AR183" t="s">
         <v>94</v>
       </c>
       <c r="AS183" t="s">
+        <v>363</v>
+      </c>
+      <c r="AT183" t="s">
+        <v>364</v>
+      </c>
+      <c r="AU183" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="184">
       <c r="A184"/>
       <c r="B184"/>
       <c r="C184"/>
       <c r="D184"/>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184"/>
       <c r="I184" t="s">
         <v>49</v>
       </c>
       <c r="J184" t="s">
         <v>49</v>
       </c>
       <c r="K184" t="s">
         <v>49</v>
       </c>
       <c r="L184" t="s">
         <v>151</v>
       </c>
       <c r="M184" t="s">
         <v>151</v>
@@ -27901,419 +27901,419 @@
         <v>49</v>
       </c>
       <c r="AR184" t="s">
         <v>151</v>
       </c>
       <c r="AS184" t="s">
         <v>49</v>
       </c>
       <c r="AT184" t="s">
         <v>49</v>
       </c>
       <c r="AU184" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="185">
       <c r="A185"/>
       <c r="B185"/>
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185"/>
       <c r="I185" t="s">
+        <v>366</v>
+      </c>
+      <c r="J185" t="s">
+        <v>367</v>
+      </c>
+      <c r="K185" t="s">
         <v>368</v>
       </c>
-      <c r="J185" t="s">
+      <c r="L185" t="s">
         <v>369</v>
       </c>
-      <c r="K185" t="s">
+      <c r="M185" t="s">
+        <v>368</v>
+      </c>
+      <c r="N185" t="s">
+        <v>367</v>
+      </c>
+      <c r="O185" t="s">
+        <v>367</v>
+      </c>
+      <c r="P185" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>368</v>
+      </c>
+      <c r="R185" t="s">
+        <v>367</v>
+      </c>
+      <c r="S185" t="s">
         <v>370</v>
       </c>
-      <c r="L185" t="s">
+      <c r="T185" t="s">
+        <v>368</v>
+      </c>
+      <c r="U185" t="s">
+        <v>368</v>
+      </c>
+      <c r="V185" t="s">
+        <v>368</v>
+      </c>
+      <c r="W185" t="s">
+        <v>366</v>
+      </c>
+      <c r="X185" t="s">
+        <v>366</v>
+      </c>
+      <c r="Y185" t="s">
+        <v>366</v>
+      </c>
+      <c r="Z185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AA185" t="s">
+        <v>370</v>
+      </c>
+      <c r="AB185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AC185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AD185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AE185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AF185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AG185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AH185" t="s">
+        <v>366</v>
+      </c>
+      <c r="AI185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AJ185" t="s">
+        <v>367</v>
+      </c>
+      <c r="AK185" t="s">
+        <v>367</v>
+      </c>
+      <c r="AL185" t="s">
+        <v>368</v>
+      </c>
+      <c r="AM185" t="s">
+        <v>370</v>
+      </c>
+      <c r="AN185" t="s">
         <v>371</v>
       </c>
-      <c r="M185" t="s">
-[...2 lines deleted...]
-      <c r="N185" t="s">
+      <c r="AO185" t="s">
+        <v>372</v>
+      </c>
+      <c r="AP185" t="s">
+        <v>373</v>
+      </c>
+      <c r="AQ185" t="s">
         <v>369</v>
       </c>
-      <c r="O185" t="s">
-[...23 lines deleted...]
-      <c r="W185" t="s">
+      <c r="AR185" t="s">
         <v>368</v>
       </c>
-      <c r="X185" t="s">
+      <c r="AS185" t="s">
         <v>368</v>
       </c>
-      <c r="Y185" t="s">
+      <c r="AT185" t="s">
         <v>368</v>
       </c>
-      <c r="Z185" t="s">
-[...44 lines deleted...]
-      <c r="AO185" t="s">
+      <c r="AU185" t="s">
         <v>374</v>
-      </c>
-[...16 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="186">
       <c r="A186"/>
       <c r="B186"/>
       <c r="C186"/>
       <c r="D186"/>
       <c r="E186"/>
       <c r="F186"/>
       <c r="G186"/>
       <c r="H186"/>
       <c r="I186" t="s">
+        <v>375</v>
+      </c>
+      <c r="J186" t="s">
+        <v>376</v>
+      </c>
+      <c r="K186" t="s">
         <v>377</v>
       </c>
-      <c r="J186" t="s">
+      <c r="L186" t="s">
         <v>378</v>
       </c>
-      <c r="K186" t="s">
+      <c r="M186" t="s">
+        <v>375</v>
+      </c>
+      <c r="N186" t="s">
         <v>379</v>
       </c>
-      <c r="L186" t="s">
+      <c r="O186" t="s">
         <v>380</v>
       </c>
-      <c r="M186" t="s">
-[...2 lines deleted...]
-      <c r="N186" t="s">
+      <c r="P186" t="s">
         <v>381</v>
       </c>
-      <c r="O186" t="s">
+      <c r="Q186" t="s">
         <v>382</v>
       </c>
-      <c r="P186" t="s">
+      <c r="R186" t="s">
         <v>383</v>
       </c>
-      <c r="Q186" t="s">
+      <c r="S186" t="s">
         <v>384</v>
       </c>
-      <c r="R186" t="s">
+      <c r="T186" t="s">
         <v>385</v>
       </c>
-      <c r="S186" t="s">
+      <c r="U186" t="s">
         <v>386</v>
       </c>
-      <c r="T186" t="s">
+      <c r="V186" t="s">
+        <v>386</v>
+      </c>
+      <c r="W186" t="s">
+        <v>384</v>
+      </c>
+      <c r="X186" t="s">
         <v>387</v>
       </c>
-      <c r="U186" t="s">
+      <c r="Y186" t="s">
+        <v>380</v>
+      </c>
+      <c r="Z186" t="s">
         <v>388</v>
       </c>
-      <c r="V186" t="s">
-[...2 lines deleted...]
-      <c r="W186" t="s">
+      <c r="AA186" t="s">
+        <v>389</v>
+      </c>
+      <c r="AB186" t="s">
+        <v>383</v>
+      </c>
+      <c r="AC186" t="s">
+        <v>390</v>
+      </c>
+      <c r="AD186" t="s">
+        <v>391</v>
+      </c>
+      <c r="AE186" t="s">
+        <v>392</v>
+      </c>
+      <c r="AF186" t="s">
+        <v>393</v>
+      </c>
+      <c r="AG186" t="s">
+        <v>394</v>
+      </c>
+      <c r="AH186" t="s">
         <v>386</v>
       </c>
-      <c r="X186" t="s">
-[...2 lines deleted...]
-      <c r="Y186" t="s">
+      <c r="AI186" t="s">
+        <v>385</v>
+      </c>
+      <c r="AJ186" t="s">
+        <v>394</v>
+      </c>
+      <c r="AK186" t="s">
+        <v>375</v>
+      </c>
+      <c r="AL186" t="s">
+        <v>385</v>
+      </c>
+      <c r="AM186" t="s">
+        <v>395</v>
+      </c>
+      <c r="AN186" t="s">
+        <v>396</v>
+      </c>
+      <c r="AO186" t="s">
+        <v>397</v>
+      </c>
+      <c r="AP186" t="s">
+        <v>393</v>
+      </c>
+      <c r="AQ186" t="s">
+        <v>390</v>
+      </c>
+      <c r="AR186" t="s">
+        <v>390</v>
+      </c>
+      <c r="AS186" t="s">
+        <v>397</v>
+      </c>
+      <c r="AT186" t="s">
         <v>382</v>
       </c>
-      <c r="Z186" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="AU186" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
     </row>
     <row r="187">
       <c r="A187"/>
       <c r="B187"/>
       <c r="C187"/>
       <c r="D187"/>
       <c r="E187"/>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187"/>
       <c r="I187" t="s">
+        <v>398</v>
+      </c>
+      <c r="J187" t="s">
+        <v>399</v>
+      </c>
+      <c r="K187" t="s">
+        <v>399</v>
+      </c>
+      <c r="L187" t="s">
+        <v>399</v>
+      </c>
+      <c r="M187" t="s">
         <v>400</v>
       </c>
-      <c r="J187" t="s">
+      <c r="N187" t="s">
+        <v>399</v>
+      </c>
+      <c r="O187" t="s">
+        <v>400</v>
+      </c>
+      <c r="P187" t="s">
         <v>401</v>
       </c>
-      <c r="K187" t="s">
-[...5 lines deleted...]
-      <c r="M187" t="s">
+      <c r="Q187" t="s">
+        <v>398</v>
+      </c>
+      <c r="R187" t="s">
         <v>402</v>
       </c>
-      <c r="N187" t="s">
-[...2 lines deleted...]
-      <c r="O187" t="s">
+      <c r="S187" t="s">
+        <v>399</v>
+      </c>
+      <c r="T187" t="s">
+        <v>403</v>
+      </c>
+      <c r="U187" t="s">
+        <v>399</v>
+      </c>
+      <c r="V187" t="s">
         <v>402</v>
       </c>
-      <c r="P187" t="s">
-[...2 lines deleted...]
-      <c r="Q187" t="s">
+      <c r="W187" t="s">
+        <v>399</v>
+      </c>
+      <c r="X187" t="s">
+        <v>399</v>
+      </c>
+      <c r="Y187" t="s">
+        <v>399</v>
+      </c>
+      <c r="Z187" t="s">
+        <v>404</v>
+      </c>
+      <c r="AA187" t="s">
+        <v>405</v>
+      </c>
+      <c r="AB187" t="s">
+        <v>399</v>
+      </c>
+      <c r="AC187" t="s">
         <v>400</v>
       </c>
-      <c r="R187" t="s">
-[...23 lines deleted...]
-      <c r="Z187" t="s">
+      <c r="AD187" t="s">
         <v>406</v>
       </c>
-      <c r="AA187" t="s">
+      <c r="AE187" t="s">
         <v>407</v>
       </c>
-      <c r="AB187" t="s">
-[...5 lines deleted...]
-      <c r="AD187" t="s">
+      <c r="AF187" t="s">
+        <v>399</v>
+      </c>
+      <c r="AG187" t="s">
         <v>408</v>
       </c>
-      <c r="AE187" t="s">
+      <c r="AH187" t="s">
+        <v>399</v>
+      </c>
+      <c r="AI187" t="s">
         <v>409</v>
       </c>
-      <c r="AF187" t="s">
-[...2 lines deleted...]
-      <c r="AG187" t="s">
+      <c r="AJ187" t="s">
         <v>410</v>
       </c>
-      <c r="AH187" t="s">
-[...2 lines deleted...]
-      <c r="AI187" t="s">
+      <c r="AK187" t="s">
         <v>411</v>
       </c>
-      <c r="AJ187" t="s">
+      <c r="AL187" t="s">
+        <v>409</v>
+      </c>
+      <c r="AM187" t="s">
+        <v>411</v>
+      </c>
+      <c r="AN187" t="s">
         <v>412</v>
       </c>
-      <c r="AK187" t="s">
+      <c r="AO187" t="s">
+        <v>399</v>
+      </c>
+      <c r="AP187" t="s">
         <v>413</v>
       </c>
-      <c r="AL187" t="s">
-[...5 lines deleted...]
-      <c r="AN187" t="s">
+      <c r="AQ187" t="s">
+        <v>400</v>
+      </c>
+      <c r="AR187" t="s">
         <v>414</v>
       </c>
-      <c r="AO187" t="s">
-[...2 lines deleted...]
-      <c r="AP187" t="s">
+      <c r="AS187" t="s">
         <v>415</v>
       </c>
-      <c r="AQ187" t="s">
-[...2 lines deleted...]
-      <c r="AR187" t="s">
+      <c r="AT187" t="s">
         <v>416</v>
       </c>
-      <c r="AS187" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AU187" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>