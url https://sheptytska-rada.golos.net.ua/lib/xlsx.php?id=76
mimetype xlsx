--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="314">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>VIII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Василишин Петро Стефанович</t>
   </si>
   <si>
     <t>Гоц Павло Васильович</t>
   </si>
   <si>
     <t>Закала Богдан Васильович</t>
   </si>
   <si>
@@ -146,663 +146,645 @@
   <si>
     <t>Сімчук Василь Михайлович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>20.05.21  10:55:24</t>
   </si>
   <si>
-    <t>2089Про депутатськi запити</t>
+    <t>ID - 2089,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>20.05.21  10:56:09</t>
   </si>
   <si>
-    <t>2090За запит Лапця М.Р. </t>
+    <t>ID - 2090,  За запит Лапця М.Р. </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>20.05.21  10:58:06</t>
   </si>
   <si>
-    <t>2091за запит Мусія О.І.</t>
+    <t>ID - 2091,  за запит Мусія О.І.</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>20.05.21  11:00:57</t>
   </si>
   <si>
-    <t>2092за запит Мусія О.І щодо ремонту мосту біля с. Городище , С. Волсвин </t>
+    <t>ID - 2092,  за запит Мусія О.І щодо ремонту мосту біля с. Городище , С. Волсвин </t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>20.05.21  11:02:03</t>
   </si>
   <si>
-    <t>2093Про депутатськi запити</t>
+    <t>ID - 2093,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>20.05.21  11:41:03</t>
   </si>
   <si>
     <t>За: 33</t>
   </si>
   <si>
     <t>20.05.21  11:44:50</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>20.05.21  12:12:00</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 1</t>
   </si>
   <si>
     <t>20.05.21  12:14:32</t>
   </si>
   <si>
-    <t>2097передбачити кошти для КП `Новий Двір` - 70 000 грн.</t>
+    <t>ID - 2097,  передбачити кошти для КП `Новий Двір` - 70 000 грн.</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>20.05.21  12:16:16</t>
   </si>
   <si>
-    <t>2098Передбачити кошти для  КП `Школяр`  - 80 000 грн </t>
+    <t>ID - 2098,  Передбачити кошти для  КП `Школяр`  - 80 000 грн </t>
   </si>
   <si>
     <t>За: 13</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>20.05.21  12:18:52</t>
   </si>
   <si>
-    <t>2100передбачити кошти для КП `Новий Двір` - 70 000 грн.</t>
+    <t>ID - 2100,  передбачити кошти для КП `Новий Двір` - 70 000 грн.</t>
   </si>
   <si>
     <t>20.05.21  12:19:19</t>
   </si>
   <si>
-    <t>2101Передбачити кошти для  КП `Школяр`  - 80 000 грн </t>
+    <t>ID - 2101,  Передбачити кошти для  КП `Школяр`  - 80 000 грн </t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>20.05.21  12:19:48</t>
   </si>
   <si>
     <t>20.05.21  12:21:33</t>
   </si>
   <si>
     <t>20.05.21  12:22:20</t>
   </si>
   <si>
     <t>20.05.21  12:22:52</t>
   </si>
   <si>
     <t>20.05.21  12:24:54</t>
   </si>
   <si>
     <t>20.05.21  12:27:31</t>
   </si>
   <si>
-    <t>2107у п.4  вилучити `лісорубний квиток` </t>
+    <t>ID - 2107,  у п.4  вилучити `лісорубний квиток` </t>
   </si>
   <si>
     <t>20.05.21  12:30:54</t>
   </si>
   <si>
     <t>20.05.21  12:35:21</t>
   </si>
   <si>
-    <t>2109Про внесення змін у План доброчесності міста Червоноград 2020 – 2022</t>
+    <t>ID - 2109,  Про внесення змін у План доброчесності міста Червоноград 2020 – 2022</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>20.05.21  13:42:58</t>
   </si>
   <si>
     <t>20.05.21  13:43:56</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>Утримались: 8</t>
   </si>
   <si>
     <t>20.05.21  13:51:16</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Проти: 9</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>20.05.21  16:44:52</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>20.05.21  16:47:26</t>
   </si>
   <si>
     <t>20.05.21  16:48:24</t>
   </si>
   <si>
-    <t>2119Добавити адресата -  Кабінет міністрів України, керівник Укравтодоу</t>
+    <t>ID - 2119,  Добавити адресата -  Кабінет міністрів України, керівник Укравтодоу</t>
   </si>
   <si>
     <t>20.05.21  16:48:49</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>20.05.21  16:49:56</t>
   </si>
   <si>
     <t>20.05.21  16:53:01</t>
   </si>
   <si>
     <t>20.05.21  16:57:12</t>
   </si>
   <si>
     <t>20.05.21  16:58:17</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>20.05.21  17:02:47</t>
   </si>
   <si>
     <t>20.05.21  17:06:47</t>
   </si>
   <si>
     <t>20.05.21  17:07:12</t>
   </si>
   <si>
-    <t>2127змінити розділ ціль  - відповідно до пропозиції Мисака М.І. </t>
+    <t>ID - 2127,  змінити розділ ціль  - відповідно до пропозиції Мисака М.І. </t>
   </si>
   <si>
     <t>20.05.21  17:07:35</t>
   </si>
   <si>
     <t>20.05.21  17:11:06</t>
   </si>
   <si>
     <t>20.05.21  17:15:09</t>
   </si>
   <si>
     <t>25.05.21  10:33:04</t>
   </si>
   <si>
+    <t>ID - 2134,  </t>
+  </si>
+  <si>
     <t>25.05.21  10:34:27</t>
   </si>
   <si>
     <t>25.05.21  10:37:48</t>
   </si>
   <si>
     <t>25.05.21  10:46:54</t>
   </si>
   <si>
     <t>25.05.21  10:48:17</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>Утримались: 21</t>
   </si>
   <si>
     <t>25.05.21  10:57:10</t>
   </si>
   <si>
     <t>25.05.21  10:58:27</t>
   </si>
   <si>
     <t>25.05.21  11:26:33</t>
   </si>
   <si>
-    <t>2141Про затвердження Програми децентралізації теплопостачання міста Соснівки   </t>
+    <t>ID - 2141,  Про затвердження Програми децентралізації теплопостачання міста Соснівки   </t>
   </si>
   <si>
     <t>25.05.21  11:29:48</t>
   </si>
   <si>
     <t>25.05.21  11:31:27</t>
   </si>
   <si>
     <t>25.05.21  11:36:28</t>
   </si>
   <si>
     <t>25.05.21  11:37:24</t>
   </si>
   <si>
     <t>25.05.21  11:39:18</t>
   </si>
   <si>
     <t>25.05.21  11:46:11</t>
   </si>
   <si>
     <t>25.05.21  11:48:41</t>
   </si>
   <si>
     <t>25.05.21  11:51:49</t>
   </si>
   <si>
     <t>25.05.21  11:54:56</t>
   </si>
   <si>
-    <t>2150п 3.4 викласти в редакції - ` Вартість предмета лізингу -  не більше 12 млн грн..`</t>
+    <t>ID - 2150,  п 3.4 викласти в редакції - ` Вартість предмета лізингу -  не більше 12 млн грн..`</t>
   </si>
   <si>
     <t>25.05.21  11:55:32</t>
   </si>
   <si>
     <t>25.05.21  12:06:00</t>
   </si>
   <si>
     <t>25.05.21  12:06:31</t>
   </si>
   <si>
-    <t>2153Прийняти звернення в редакції озвучене автором. </t>
+    <t>ID - 2153,  Прийняти звернення в редакції озвучене автором. </t>
   </si>
   <si>
     <t>25.05.21  12:06:53</t>
   </si>
   <si>
     <t>25.05.21  12:08:52</t>
   </si>
   <si>
-    <t>2155Про внесення змін до рішення Червоноградської міської ради від 22.12.2020 року №60</t>
+    <t>ID - 2155,  Про внесення змін до рішення Червоноградської міської ради від 22.12.2020 року №60</t>
   </si>
   <si>
     <t>25.05.21  12:11:58</t>
   </si>
   <si>
     <t>25.05.21  12:34:03</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>25.05.21  12:34:31</t>
   </si>
   <si>
     <t>25.05.21  12:35:01</t>
   </si>
   <si>
     <t>25.05.21  12:38:43</t>
   </si>
   <si>
     <t>25.05.21  12:41:58</t>
   </si>
   <si>
     <t>25.05.21  12:43:42</t>
   </si>
   <si>
-    <t>2162Про затвердження проекту землеустрою щодо вiдведення земельної дiлянкив м. Соснівка</t>
-[...1 lines deleted...]
-  <si>
     <t>25.05.21  12:45:33</t>
   </si>
   <si>
-    <t>2163Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Поздимир</t>
-[...1 lines deleted...]
-  <si>
     <t>25.05.21  12:47:25</t>
   </si>
   <si>
-    <t>2164Про затвердження технiчних документацiй iз землеустрою в с. Поздимир</t>
+    <t>ID - 2164,  Про затвердження технiчних документацiй iз землеустрою в с. Поздимир</t>
   </si>
   <si>
     <t>25.05.21  12:48:47</t>
   </si>
   <si>
     <t>25.05.21  12:49:50</t>
   </si>
   <si>
-    <t>2166Про розгляд заяви  громадянки Перун Марії Іванівни в с. Межиріччя</t>
+    <t>ID - 2166,  Про розгляд заяви  громадянки Перун Марії Іванівни в с. Межиріччя</t>
   </si>
   <si>
     <t>25.05.21  12:52:34</t>
   </si>
   <si>
-    <t>2167Про розгляд заяви  громадянки Перун Марії Іванівни в с. Межиріччя</t>
+    <t>ID - 2167,  Про розгляд заяви  громадянки Перун Марії Іванівни в с. Межиріччя</t>
   </si>
   <si>
     <t>25.05.21  14:45:29</t>
   </si>
   <si>
-    <t>2170Про розгляд заяви громадянина Рубашевського Івана Володимировича в с. Межиріччя</t>
+    <t>ID - 2170,  Про розгляд заяви громадянина Рубашевського Івана Володимировича в с. Межиріччя</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>25.05.21  14:47:13</t>
   </si>
   <si>
-    <t>2171Про затвердження технiчних документацiй iз землеустрою в с. Межиріччя</t>
+    <t>ID - 2171,  Про затвердження технiчних документацiй iз землеустрою в с. Межиріччя</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>25.05.21  14:48:20</t>
   </si>
   <si>
-    <t>2172Про затвердження технічної документації із землеустрою в с. Бендюга</t>
+    <t>ID - 2172,  Про затвердження технічної документації із землеустрою в с. Бендюга</t>
   </si>
   <si>
     <t>25.05.21  14:50:00</t>
   </si>
   <si>
-    <t>2173Про затвердження технiчних документацiй iз землеустрою в с. Волсвин  </t>
+    <t>ID - 2173,  Про затвердження технiчних документацiй iз землеустрою в с. Волсвин  </t>
   </si>
   <si>
     <t>25.05.21  14:51:11</t>
   </si>
   <si>
-    <t>2174Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Волсвин</t>
-[...1 lines deleted...]
-  <si>
     <t>25.05.21  14:52:59</t>
   </si>
   <si>
     <t>25.05.21  14:54:31</t>
   </si>
   <si>
     <t>25.05.21  14:56:12</t>
   </si>
   <si>
-    <t>2177Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Острів</t>
-[...1 lines deleted...]
-  <si>
     <t>25.05.21  14:57:17</t>
   </si>
   <si>
-    <t>2178Про надання дозволу на розроблення проекту землеустрою в с. Добрячин</t>
+    <t>ID - 2178,  Про надання дозволу на розроблення проекту землеустрою в с. Добрячин</t>
   </si>
   <si>
     <t>25.05.21  14:59:22</t>
   </si>
   <si>
     <t>25.05.21  15:02:39</t>
   </si>
   <si>
     <t>25.05.21  15:03:17</t>
   </si>
   <si>
     <t>25.05.21  15:04:52</t>
   </si>
   <si>
-    <t>2182Про надання дозволу на виготовлення технічних документацiй iз землеустрою в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>25.05.21  15:05:25</t>
   </si>
   <si>
     <t>25.05.21  15:06:51</t>
   </si>
   <si>
-    <t>2184Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
+    <t>ID - 2184,  Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
   </si>
   <si>
     <t>25.05.21  15:09:06</t>
   </si>
   <si>
-    <t>2185Про розгляд заяви учасника бойових дій Пістуна Миколи Васильовича в с. Сілець</t>
+    <t>ID - 2185,  Про розгляд заяви учасника бойових дій Пістуна Миколи Васильовича в с. Сілець</t>
   </si>
   <si>
     <t>25.05.21  15:10:12</t>
   </si>
   <si>
-    <t>2186Про розгляд заяви громадянина Матковського Івана Михайловича в с. Сілець  </t>
+    <t>ID - 2186,  Про розгляд заяви громадянина Матковського Івана Михайловича в с. Сілець  </t>
   </si>
   <si>
     <t>25.05.21  15:11:28</t>
   </si>
   <si>
-    <t>2187Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>25.05.21  15:17:17</t>
   </si>
   <si>
-    <t>2188Про розгляд заяви громадянина Грабінського Ігоря Мироновича в смт. Гірник</t>
+    <t>ID - 2188,  Про розгляд заяви громадянина Грабінського Ігоря Мироновича в смт. Гірник</t>
   </si>
   <si>
     <t>Проти: 7</t>
   </si>
   <si>
     <t>Утримались: 9</t>
   </si>
   <si>
     <t>25.05.21  15:18:27</t>
   </si>
   <si>
-    <t>2189Про розгляд заяви громадянина Романовича Мирослава Романовича в смт. Гірник</t>
+    <t>ID - 2189,  Про розгляд заяви громадянина Романовича Мирослава Романовича в смт. Гірник</t>
   </si>
   <si>
     <t>25.05.21  15:20:25</t>
   </si>
   <si>
     <t>25.05.21  15:21:45</t>
   </si>
   <si>
-    <t>2191Про затвердження технiчних документацiй iз землеустрою в м. Червоноград</t>
+    <t>ID - 2191,  Про затвердження технiчних документацiй iз землеустрою в м. Червоноград</t>
   </si>
   <si>
     <t>25.05.21  15:23:40</t>
   </si>
   <si>
     <t>25.05.21  15:24:52</t>
   </si>
   <si>
-    <t>2193Про розгляд заяви громадянина Шіпіль  Владислава Георгійовича в м. Червоноград</t>
+    <t>ID - 2193,  Про розгляд заяви громадянина Шіпіль  Владислава Георгійовича в м. Червоноград</t>
   </si>
   <si>
     <t>25.05.21  15:25:22</t>
   </si>
   <si>
     <t>25.05.21  15:25:48</t>
   </si>
   <si>
-    <t>2195Про розгляд заяви громадянина Шіпіль  Владислава Георгійовича в м. Червоноград</t>
+    <t>ID - 2195,  Про розгляд заяви громадянина Шіпіль  Владислава Георгійовича в м. Червоноград</t>
   </si>
   <si>
     <t>25.05.21  15:28:10</t>
   </si>
   <si>
-    <t>2196Про розгляд заяви громадянина Музики Антона Сергійовича в м. Червоноград</t>
+    <t>ID - 2196,  Про розгляд заяви громадянина Музики Антона Сергійовича в м. Червоноград</t>
   </si>
   <si>
     <t>25.05.21  15:34:05</t>
   </si>
   <si>
     <t>25.05.21  15:36:23</t>
   </si>
   <si>
     <t>25.05.21  15:42:52</t>
   </si>
   <si>
     <t>За: 7</t>
   </si>
   <si>
     <t>25.05.21  15:44:40</t>
   </si>
   <si>
-    <t>2200Про розгляд заяви ФОП Снігур Надії Богданівни в м. Червоноград</t>
+    <t>ID - 2200,  Про розгляд заяви ФОП Снігур Надії Богданівни в м. Червоноград</t>
   </si>
   <si>
     <t>25.05.21  15:47:20</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>25.05.21  15:48:46</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>25.05.21  15:58:09</t>
   </si>
   <si>
     <t>25.05.21  15:59:36</t>
   </si>
   <si>
     <t>25.05.21  16:01:02</t>
   </si>
   <si>
-    <t>2205у п. 1 додатку - стартова ціна лоту -   233871 грн, крок аукцірну 11,69</t>
+    <t>ID - 2205,  у п. 1 додатку - стартова ціна лоту -   233871 грн, крок аукцірну 11,69</t>
   </si>
   <si>
     <t>25.05.21  16:01:43</t>
   </si>
   <si>
     <t>25.05.21  16:07:49</t>
   </si>
   <si>
-    <t>2208Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 2208,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>За: 5</t>
   </si>
   <si>
     <t>Утримались: 5</t>
   </si>
   <si>
     <t>25.05.21  16:12:19</t>
   </si>
   <si>
     <t>25.05.21  16:14:59</t>
   </si>
   <si>
-    <t>2211Про розгляд заяви громадянки Макогін Оксани Василівни в м. Червоноград</t>
+    <t>ID - 2211,  Про розгляд заяви громадянки Макогін Оксани Василівни в м. Червоноград</t>
   </si>
   <si>
     <t>25.05.21  16:17:10</t>
   </si>
   <si>
     <t>25.05.21  16:19:39</t>
-  </si>
-[...1 lines deleted...]
-    <t>2213Про розгляд клопотання товариства з обмеженою відповідальністю  «Агро ЛВ Лімітед»</t>
   </si>
   <si>
     <t>За: 36</t>
   </si>
   <si>
     <t>За: 105</t>
   </si>
   <si>
     <t>За: 90</t>
   </si>
   <si>
     <t>За: 106</t>
   </si>
   <si>
     <t>За: 72</t>
   </si>
   <si>
     <t>За: 43</t>
   </si>
   <si>
     <t>За: 68</t>
   </si>
   <si>
     <t>За: 107</t>
   </si>
@@ -1949,51 +1931,51 @@
       <c r="AQ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>68</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>2094Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2094,  Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>46</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>69</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>50</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
@@ -2094,51 +2076,51 @@
       <c r="AQ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>70</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>2095Правки до проекту рішення що розгялнуті на бюджетній комісії:   Внести зміни у додаток №3 та додаток №4  та до рішення в частині профіциту і дефіциту бюджету, здійснивши переміщення по видатках відділу освіти: (діа 56) перемістити  видатки в сумі 108 000 гривень, передбачені на придбання інвентаря для ЗДО в с.Сілець із спеціального фонду (код 0611010 КЕКВ 3110) до загального фонду (код 0611010 КЕКВ 2110); (діа 57) зменшити видатки загального фонду на суму 17 550  гривень, в тому числі передбачені на оплату послуг по закладах загальної середньої освіти (код 0611021 КЕКВ 2240) – 17150 грн, по центру професійного розвитку педагогічних працівників– 400 грн (код 0611160 КЕКВ 2240); спрямувати ці кошти на проведення медоглядів працівників, в тому числі: по закладах дошкільної освіти – 5200 грн (код 0611010 КЕКВ 2240), по закладах позашкільної освіти – 4700 грн  (код 0611070 КЕКВ 2240), інклюзивно-реабілітаційному центру – 400 грн ( код 0611151 КЕКВ 2240), дитячо-юнацьких спортивних школах – 7 250 грн ( код 0615031 КЕКВ 2240).   (діа 58) Внести зміни у додаток №2, доповнивши перелік об’єктом: «Реконструкція мережі зовнішнього</t>
+          <t>ID - 2095,  Правки до проекту рішення що розгялнуті на бюджетній комісії:   Внести зміни у додаток №3 та додаток №4  та до рішення в частині профіциту і дефіциту бюджету, здійснивши переміщення по видатках відділу освіти: (діа 56) перемістити  видатки в сумі 108 000 гривень, передбачені на придбання інвентаря для ЗДО в с.Сілець із спеціального фонду (код 0611010 КЕКВ 3110) до загального фонду (код 0611010 КЕКВ 2110); (діа 57) зменшити видатки загального фонду на суму 17 550  гривень, в тому числі передбачені на оплату послуг по закладах загальної середньої освіти (код 0611021 КЕКВ 2240) – 17150 грн, по центру професійного розвитку педагогічних працівників– 400 грн (код 0611160 КЕКВ 2240); спрямувати ці кошти на проведення медоглядів працівників, в тому числі: по закладах дошкільної освіти – 5200 грн (код 0611010 КЕКВ 2240), по закладах позашкільної освіти – 4700 грн  (код 0611070 КЕКВ 2240), інклюзивно-реабілітаційному центру – 400 грн ( код 0611151 КЕКВ 2240), дитячо-юнацьких спортивних школах – 7 250 грн ( код 0615031 КЕКВ 2240).   (діа 58) Внести зміни у додаток №2, доповнивши перелік об’єктом: «Реконструкція мережі зовнішнього</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>56</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>71</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -2239,51 +2221,51 @@
       <c r="AQ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>2096Правки до проекту рішення що  не розгялнуті на бюджетній комісії: передбачити кошти для КП `Новий Двір` - 75 000 грн.,  КП `Школяр`  - 80 000 грн   </t>
+          <t>ID - 2096,  Правки до проекту рішення що  не розгялнуті на бюджетній комісії: передбачити кошти для КП `Новий Двір` - 75 000 грн.,  КП `Школяр`  - 80 000 грн   </t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>56</v>
       </c>
       <c r="E9" t="s">
         <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>74</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2956,51 +2938,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>81</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>92</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>2102Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 2102,  Про виконання бюджету Червоноградської міської територіальної громади за січень-березень 2021 року та внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>66</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>52</v>
@@ -3101,51 +3083,51 @@
       <c r="AQ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>93</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>2103Про затвердження Бюджетного регламенту проходження бюджетного процесу в Червоноградській міській територіальній громаді</t>
+          <t>ID - 2103,  Про затвердження Бюджетного регламенту проходження бюджетного процесу в Червоноградській міській територіальній громаді</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>63</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
         <v>50</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>52</v>
@@ -3246,51 +3228,51 @@
       <c r="AQ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>94</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>2104Доповнити рішення пунктом 2:   2.Рішення Червоноградської міської ради від 11.06.2020 року     № 1653  «Про затвердження Бюджетного регламенту проходження бюджетного процесу в м.Червонограді» вважати таким, що втратило чинність. Пункт 2 відповідно вважати пунктом 3.  </t>
+          <t>ID - 2104,  Доповнити рішення пунктом 2:   2.Рішення Червоноградської міської ради від 11.06.2020 року     № 1653  «Про затвердження Бюджетного регламенту проходження бюджетного процесу в м.Червонограді» вважати таким, що втратило чинність. Пункт 2 відповідно вважати пунктом 3.  </t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>56</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>60</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>52</v>
@@ -3391,51 +3373,51 @@
       <c r="AQ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>95</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>2105Про затвердження Бюджетного регламенту проходження бюджетного процесу в Червоноградській міській територіальній громаді</t>
+          <t>ID - 2105,  Про затвердження Бюджетного регламенту проходження бюджетного процесу в Червоноградській міській територіальній громаді</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>66</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>63</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>52</v>
@@ -3536,51 +3518,51 @@
       <c r="AQ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>96</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>2106Про запровадження механізмів контролю за використанням та відтворенням лісових ресурсів на території Червоноградської територіальної громади</t>
+          <t>ID - 2106,  Про запровадження механізмів контролю за використанням та відтворенням лісових ресурсів на території Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>63</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3824,51 +3806,51 @@
       <c r="AQ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>99</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>2108Про запровадження механізмів контролю за використанням та відтворенням лісових ресурсів на території Червоноградської територіальної громади</t>
+          <t>ID - 2108,  Про запровадження механізмів контролю за використанням та відтворенням лісових ресурсів на території Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>66</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>63</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>52</v>
@@ -4112,51 +4094,51 @@
       <c r="AQ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>103</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>2110Про звіт директора КП Спортивний комплекс `Шахтар` Червоноградської мiської ради щодо діяльності  комунального підприємства</t>
+          <t>ID - 2110,  Про звіт директора КП Спортивний комплекс `Шахтар` Червоноградської мiської ради щодо діяльності  комунального підприємства</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>46</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>52</v>
@@ -4257,51 +4239,51 @@
       <c r="AQ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>104</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>2111п.1 викласти у редакції - `Звіт директора КП Спортивний комплекс `Шахтар` Червоноградської мiської ради щодо діяльності  комунального підприємства за 2020 визнати не задовільним` </t>
+          <t>ID - 2111,  п.1 викласти у редакції - `Звіт директора КП Спортивний комплекс `Шахтар` Червоноградської мiської ради щодо діяльності  комунального підприємства за 2020 визнати не задовільним` </t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>56</v>
       </c>
       <c r="E23" t="s">
         <v>73</v>
       </c>
       <c r="F23" t="s">
         <v>105</v>
       </c>
       <c r="G23" t="s">
         <v>90</v>
       </c>
       <c r="H23" t="s">
         <v>106</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>81</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>52</v>
@@ -4402,51 +4384,51 @@
       <c r="AQ23" t="s" s="5">
         <v>81</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>81</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>2112Про звіт директора КП Спортивний комплекс `Шахтар` Червоноградської мiської ради щодо діяльності  комунального підприємства</t>
+          <t>ID - 2112,  Про звіт директора КП Спортивний комплекс `Шахтар` Червоноградської мiської ради щодо діяльності  комунального підприємства</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
         <v>73</v>
       </c>
       <c r="F24" t="s">
         <v>108</v>
       </c>
       <c r="G24" t="s">
         <v>109</v>
       </c>
       <c r="H24" t="s">
         <v>110</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>80</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>80</v>
@@ -4547,51 +4529,51 @@
       <c r="AQ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>81</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>111</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>2117Про звіт директора КП Радіостудія “Новий двір”  щодо діяльності  комунального підприємства</t>
+          <t>ID - 2117,  Про звіт директора КП Радіостудія “Новий двір”  щодо діяльності  комунального підприємства</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>102</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>112</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>52</v>
@@ -4692,51 +4674,51 @@
       <c r="AQ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>113</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>2118Про звернення Червоноградської  міської ради щодо забезпечення виконання ремонтних робіт автомобільної дороги  Червоноград – Белз – Рава-Руська</t>
+          <t>ID - 2118,  Про звернення Червоноградської  міської ради щодо забезпечення виконання ремонтних робіт автомобільної дороги  Червоноград – Белз – Рава-Руська</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>46</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>52</v>
@@ -4980,51 +4962,51 @@
       <c r="AQ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>2120Про звернення Червоноградської  міської ради щодо забезпечення виконання ремонтних робіт автомобільної дороги  Червоноград – Белз – Рава-Руська</t>
+          <t>ID - 2120,  Про звернення Червоноградської  міської ради щодо забезпечення виконання ремонтних робіт автомобільної дороги  Червоноград – Белз – Рава-Руська</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>66</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>117</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>52</v>
@@ -5125,51 +5107,51 @@
       <c r="AQ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>118</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>2121Про внесення змiн до рiшення сесiї Червоноградської мiської ради Львiвської областi «Про реорганiзацiю Iнформацiйно-методичного центру освiти   м. Червонограда» в Центр професiйного  розвитку педагогічних працівників Червоноградської мiської ради Львiвської областi»вiд 20.08.2020 № 1737</t>
+          <t>ID - 2121,  Про внесення змiн до рiшення сесiї Червоноградської мiської ради Львiвської областi «Про реорганiзацiю Iнформацiйно-методичного центру освiти   м. Червонограда» в Центр професiйного  розвитку педагогічних працівників Червоноградської мiської ради Львiвської областi»вiд 20.08.2020 № 1737</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>102</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
         <v>117</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
@@ -5270,51 +5252,51 @@
       <c r="AQ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>119</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>2122Про затвердження програми «Обдаровані діти» на 2021-2025 роки та Положення про стипендію Червоноградської міської ради для обдарованої учнівської молоді</t>
+          <t>ID - 2122,  Про затвердження програми «Обдаровані діти» на 2021-2025 роки та Положення про стипендію Червоноградської міської ради для обдарованої учнівської молоді</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>102</v>
       </c>
       <c r="E30" t="s">
         <v>47</v>
       </c>
       <c r="F30" t="s">
         <v>117</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>52</v>
@@ -5415,51 +5397,51 @@
       <c r="AQ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>120</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>2123Про забезпечення прозорості у зарахуванні дітей до закладів дошкільної освіти, дошкільних підрозділів ЗЗСО населених пунктів с. Острів¸с. Межиріччя, с.Поздимир, с. Борятин</t>
+          <t>ID - 2123,  Про забезпечення прозорості у зарахуванні дітей до закладів дошкільної освіти, дошкільних підрозділів ЗЗСО населених пунктів с. Острів¸с. Межиріччя, с.Поздимир, с. Борятин</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>102</v>
       </c>
       <c r="E31" t="s">
         <v>47</v>
       </c>
       <c r="F31" t="s">
         <v>117</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31" t="s">
         <v>50</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>52</v>
@@ -5560,51 +5542,51 @@
       <c r="AQ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>121</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>2124Про затвердження міської програми «Юні таланти» на 2021-2025 рр. та Положення до програми «Юні таланти» на 2021-2025 рр.</t>
+          <t>ID - 2124,  Про затвердження міської програми «Юні таланти» на 2021-2025 рр. та Положення до програми «Юні таланти» на 2021-2025 рр.</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>102</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>122</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>50</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>52</v>
@@ -5705,51 +5687,51 @@
       <c r="AQ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>123</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>2125Про затвердження статуту Центру професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
+          <t>ID - 2125,  Про затвердження статуту Центру професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>102</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
         <v>122</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>52</v>
@@ -5850,51 +5832,51 @@
       <c r="AQ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>124</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>2126Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на 2021 рiк</t>
+          <t>ID - 2126,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на 2021 рiк</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>46</v>
       </c>
       <c r="E34" t="s">
         <v>47</v>
       </c>
       <c r="F34" t="s">
         <v>122</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34" t="s">
         <v>50</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>52</v>
@@ -6138,51 +6120,51 @@
       <c r="AQ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>127</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>2128Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на 2021 рiк</t>
+          <t>ID - 2128,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на 2021 рiк</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>66</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
         <v>67</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>52</v>
@@ -6283,51 +6265,51 @@
       <c r="AQ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>128</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>2129Про звернення Червоноградської  мiської Ради до  Президента України,Верховної Ради України та Кабінету Міністрів України щодо щодо критичної ситуації трудовому колективі  ПАТ «Львівська вугільна компанія»</t>
+          <t>ID - 2129,  Про звернення Червоноградської  мiської Ради до  Президента України,Верховної Ради України та Кабінету Міністрів України щодо щодо критичної ситуації трудовому колективі  ПАТ «Львівська вугільна компанія»</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>102</v>
       </c>
       <c r="E37" t="s">
         <v>47</v>
       </c>
       <c r="F37" t="s">
         <v>117</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>52</v>
@@ -6428,51 +6410,51 @@
       <c r="AQ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>129</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>2130Про звернення Червоноградської  мiської Ради щодо критичної ситуації функціонування ПАТ «Шахта Надія»</t>
+          <t>ID - 2130,  Про звернення Червоноградської  мiської Ради щодо критичної ситуації функціонування ПАТ «Шахта Надія»</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>102</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
         <v>67</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>52</v>
@@ -6571,52 +6553,52 @@
         <v>53</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>130</v>
       </c>
-      <c r="C39" s="4">
-        <v>2134</v>
+      <c r="C39" t="s" s="4">
+        <v>131</v>
       </c>
       <c r="D39" t="s">
         <v>46</v>
       </c>
       <c r="E39" t="s">
         <v>73</v>
       </c>
       <c r="F39" t="s">
         <v>77</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>110</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>53</v>
       </c>
@@ -6712,55 +6694,55 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>2135Про утворення місцевої надзвичайної протиепізоотичної комісії при Червоноградській міській раді</t>
+          <t>ID - 2135,  Про утворення місцевої надзвичайної протиепізоотичної комісії при Червоноградській міській раді</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>102</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40" t="s">
         <v>69</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>53</v>
@@ -6857,55 +6839,55 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>2136Про надання згоди на безоплатну передачу приміщень комунальної власності КП «Соснівська міська лікарня» на баланс КНП ЛОР « Львівська обласна лікарня  відновного лікування №3»</t>
+          <t>ID - 2136,  Про надання згоди на безоплатну передачу приміщень комунальної власності КП «Соснівська міська лікарня» на баланс КНП ЛОР « Львівська обласна лікарня  відновного лікування №3»</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>102</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
         <v>60</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>53</v>
@@ -7002,55 +6984,55 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>2137Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
+          <t>ID - 2137,  Про проведення конкурсу на зайняття посади керівника комунального підприємства «Соснівська міська лікарня»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>102</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
         <v>117</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>91</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>53</v>
@@ -7147,71 +7129,71 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>81</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>2138Про  розроблення детального плану території в районі перехрестя автомобільної дороги Р-15 та автомобільної дороги С141615 Сілець – Соснівка в селі Сілець  Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 2138,  Про  розроблення детального плану території в районі перехрестя автомобільної дороги Р-15 та автомобільної дороги С141615 Сілець – Соснівка в селі Сілець  Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>102</v>
       </c>
       <c r="E43" t="s">
         <v>73</v>
       </c>
       <c r="F43" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G43" t="s">
         <v>78</v>
       </c>
       <c r="H43" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>81</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>81</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O43" t="s" s="5">
         <v>81</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>81</v>
       </c>
@@ -7292,55 +7274,55 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>81</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>81</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>2139Про   скасування рішення  ХХХУ сесії УІІ скликання Острівської сільської ради від  05.11.2020 року № 1312  «Про затвердження детального плану території по вул. Поповича в с. Добрячин Сокальського району Львівської області»</t>
+          <t>ID - 2139,  Про   скасування рішення  ХХХУ сесії УІІ скликання Острівської сільської ради від  05.11.2020 року № 1312  «Про затвердження детального плану території по вул. Поповича в с. Добрячин Сокальського району Львівської області»</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>102</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
         <v>122</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
         <v>50</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>53</v>
@@ -7437,55 +7419,55 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>2140     Про   затвердження      статуту комунального     пiдприємства «Червонограджитлокомунсервіс» в новiй  редакції    </t>
+          <t>ID - 2140,       Про   затвердження      статуту комунального     пiдприємства «Червонограджитлокомунсервіс» в новiй  редакції    </t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>102</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
         <v>122</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>53</v>
@@ -7582,54 +7564,54 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D46" t="s">
         <v>102</v>
       </c>
       <c r="E46" t="s">
         <v>47</v>
       </c>
       <c r="F46" t="s">
         <v>63</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>53</v>
       </c>
@@ -7725,55 +7707,55 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>2142Про звернення Червоноградської мiської ради щодо зростання заборгованості ДП «Львіввугілля» ​​​​​​​ перед КП «Червоноградтеплокомуненерго» та КП «Червоноградводоканал» за надані послуги</t>
+          <t>ID - 2142,  Про звернення Червоноградської мiської ради щодо зростання заборгованості ДП «Львіввугілля» ​​​​​​​ перед КП «Червоноградтеплокомуненерго» та КП «Червоноградводоканал» за надані послуги</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>102</v>
       </c>
       <c r="E47" t="s">
         <v>47</v>
       </c>
       <c r="F47" t="s">
         <v>117</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>53</v>
@@ -7870,55 +7852,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>2143Про безоплатну передачу тротуарних плит, що були у використанні із балансу КП «Червонограджитлокомунсервіс»</t>
+          <t>ID - 2143,  Про безоплатну передачу тротуарних плит, що були у використанні із балансу КП «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>102</v>
       </c>
       <c r="E48" t="s">
         <v>47</v>
       </c>
       <c r="F48" t="s">
         <v>57</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
         <v>50</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>53</v>
@@ -8015,55 +7997,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>2144Про безкоштовне  прийняття на баланс виконавчого комітету Червоноградської міської ради капітальні вкладення  по об’єкту «Поточний ремонт тротуарів на  вул.Галицькій у м.Соснівка»  від департаменту розвитку та експлуатації житлово-комунального господарства</t>
+          <t>ID - 2144,  Про безкоштовне  прийняття на баланс виконавчого комітету Червоноградської міської ради капітальні вкладення  по об’єкту «Поточний ремонт тротуарів на  вул.Галицькій у м.Соснівка»  від департаменту розвитку та експлуатації житлово-комунального господарства</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>102</v>
       </c>
       <c r="E49" t="s">
         <v>47</v>
       </c>
       <c r="F49" t="s">
         <v>60</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
         <v>50</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>53</v>
@@ -8160,55 +8142,55 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>2145Про передачу з балансу Виконавчого комітету Червоноградської міської ради комунальному підприємству «Соснівка-житлокомунсервіс» капітальних вкладень  по об’єкту «Поточний ремонт тротуарів на  вул.Галицькій у м.Соснівка»</t>
+          <t>ID - 2145,  Про передачу з балансу Виконавчого комітету Червоноградської міської ради комунальному підприємству «Соснівка-житлокомунсервіс» капітальних вкладень  по об’єкту «Поточний ремонт тротуарів на  вул.Галицькій у м.Соснівка»</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>102</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
         <v>60</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>53</v>
@@ -8305,55 +8287,55 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>2146Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП «Комунальник» капiтальних вкладень та проектно - кошторисних документацій по об’єктах згiдно додатку</t>
+          <t>ID - 2146,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради в статутний фонд КП «Комунальник» капiтальних вкладень та проектно - кошторисних документацій по об’єктах згiдно додатку</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>102</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
         <v>60</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>53</v>
@@ -8450,55 +8432,55 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>2147Про безоплатну  передачу  35 залізобетонних лотків,  розміром  3,0х1,1 м,  що були у викокористанні,   із   балансу   КП «Червоноград- теплокомуненерго»  -  Українській    Греко-Католицькій Церкві  Пресвятої Богородиці Владичиці України</t>
+          <t>ID - 2147,  Про безоплатну  передачу  35 залізобетонних лотків,  розміром  3,0х1,1 м,  що були у викокористанні,   із   балансу   КП «Червоноград- теплокомуненерго»  -  Українській    Греко-Католицькій Церкві  Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>102</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
         <v>57</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
         <v>50</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>53</v>
@@ -8595,55 +8577,55 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>2148Про надання дозволу на списання автомобіля  ЗАЗ 1102 з балансу виконавчого комітету Червоноградської міської ради.</t>
+          <t>ID - 2148,  Про надання дозволу на списання автомобіля  ЗАЗ 1102 з балансу виконавчого комітету Червоноградської міської ради.</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>102</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
         <v>60</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53" t="s">
         <v>50</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>53</v>
@@ -8740,55 +8722,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>2149Про  надання   дозволу  на  закупівлю спеціалізованого котельного обладнання відділом освіти Червоноградської міської ради, визначення умов і способів  забезпечення виконання зобов’язань на умовах фінансового лізингу</t>
+          <t>ID - 2149,  Про  надання   дозволу  на  закупівлю спеціалізованого котельного обладнання відділом освіти Червоноградської міської ради, визначення умов і способів  забезпечення виконання зобов’язань на умовах фінансового лізингу</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>46</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
         <v>60</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>53</v>
@@ -8885,54 +8867,54 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D55" t="s">
         <v>56</v>
       </c>
       <c r="E55" t="s">
         <v>47</v>
       </c>
       <c r="F55" t="s">
         <v>57</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55" t="s">
         <v>50</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>53</v>
       </c>
@@ -9028,55 +9010,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>2151Про  надання   дозволу  на  закупівлю спеціалізованого котельного обладнання відділом освіти Червоноградської міської ради, визначення умов і способів  забезпечення виконання зобов’язань на умовах фінансового лізингу</t>
+          <t>ID - 2151,  Про  надання   дозволу  на  закупівлю спеціалізованого котельного обладнання відділом освіти Червоноградської міської ради, визначення умов і способів  забезпечення виконання зобов’язань на умовах фінансового лізингу</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>66</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
         <v>60</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>53</v>
@@ -9173,55 +9155,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>2152Про звернення Червоноградської  мiської Ради щодо до  Президента України, Верховної Ради України та Кабінету Міністрів України скасування нововведень в оформленні та призначенні субсидій.</t>
+          <t>ID - 2152,  Про звернення Червоноградської  мiської Ради щодо до  Президента України, Верховної Ради України та Кабінету Міністрів України скасування нововведень в оформленні та призначенні субсидій.</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>46</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>60</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>53</v>
@@ -9318,54 +9300,54 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
         <v>60</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>53</v>
       </c>
@@ -9461,55 +9443,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>2154Про звернення Червоноградської  мiської Ради щодо до  Президента України, Верховної Ради України та Кабінету Міністрів України скасування нововведень в оформленні та призначенні субсидій.</t>
+          <t>ID - 2154,  Про звернення Червоноградської  мiської Ради щодо до  Президента України, Верховної Ради України та Кабінету Міністрів України скасування нововведень в оформленні та призначенні субсидій.</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>66</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
         <v>60</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>53</v>
@@ -9606,54 +9588,54 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D60" t="s">
         <v>102</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
         <v>60</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>53</v>
       </c>
@@ -9749,55 +9731,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>2156Про надання згоди на безоплатну передачу  у  комунальну     власність Червоноградської міської територіальної громади суміщеного моста через річку Західний Буг (місцезнаходження: Львівська обл., Червоноградський р-н., с. Городище) вiд ВП ВТУ ДП «Львiввугiлля»</t>
+          <t>ID - 2156,  Про надання згоди на безоплатну передачу  у  комунальну     власність Червоноградської міської територіальної громади суміщеного моста через річку Західний Буг (місцезнаходження: Львівська обл., Червоноградський р-н., с. Городище) вiд ВП ВТУ ДП «Львiввугiлля»</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>102</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
         <v>57</v>
       </c>
       <c r="G61" t="s">
         <v>49</v>
       </c>
       <c r="H61" t="s">
         <v>50</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>53</v>
@@ -9894,65 +9876,65 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>2157вилучити з складу робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади - Ляховського Б.В., Цюпу В.П. , Ліщинський Б.С. , Шеремета О.І. , Микитюк В., Стельмах О. , Пилипчук П.П.,  замінити Остапюка П.Р. на Запісоцького  Р.В.  п. 7 положенняне виключатти  </t>
+          <t>ID - 2157,  вилучити з складу робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади - Ляховського Б.В., Цюпу В.П. , Ліщинський Б.С. , Шеремета О.І. , Микитюк В., Стельмах О. , Пилипчук П.П.,  замінити Остапюка П.Р. на Запісоцького  Р.В.  п. 7 положенняне виключатти  </t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>56</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>53</v>
       </c>
@@ -10039,55 +10021,55 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>2158Про внесення змін у рішення Червоноградської міської ради від 22.12.2020 р. №67 « Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади»</t>
+          <t>ID - 2158,  Про внесення змін у рішення Червоноградської міської ради від 22.12.2020 р. №67 « Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади»</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>46</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
         <v>57</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>53</v>
@@ -10184,55 +10166,55 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>2159Про внесення змін у рішення Червоноградської міської ради від 22.12.2020 р. №67 « Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади»</t>
+          <t>ID - 2159,  Про внесення змін у рішення Червоноградської міської ради від 22.12.2020 р. №67 « Про утворення робочої групи щодо розробки проекту Статуту Червоноградської територiальної громади»</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>66</v>
       </c>
       <c r="E64" t="s">
         <v>47</v>
       </c>
       <c r="F64" t="s">
         <v>60</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
         <v>50</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>53</v>
@@ -10329,55 +10311,55 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>2160Про зняття з реєстрації в КП ЛОР `Червоноградське міжміське бюро технічної інвентаризації` багатоквартирного житлового будинку №37 на вул.Миру в м.Червонограді.</t>
+          <t>ID - 2160,  Про зняття з реєстрації в КП ЛОР `Червоноградське міжміське бюро технічної інвентаризації` багатоквартирного житлового будинку №37 на вул.Миру в м.Червонограді.</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>102</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
         <v>57</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>53</v>
@@ -10474,55 +10456,55 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>2161Про звернення Червоноградської  мiської Ради до Верховної Ради України щодо збільшення видатків на встановлення кисневих станцій в закладах охорони здоров’я</t>
+          <t>ID - 2161,  Про звернення Червоноградської  мiської Ради до Верховної Ради України щодо збільшення видатків на встановлення кисневих станцій в закладах охорони здоров’я</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>102</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
         <v>60</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>53</v>
@@ -10619,54 +10601,56 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C67" t="s" s="4">
         <v>166</v>
+      </c>
+      <c r="C67" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2162,  Про затвердження проекту землеустрою щодо вiдведення земельної дiлянкив м. Соснівка</t>
+        </is>
       </c>
       <c r="D67" t="s">
         <v>102</v>
       </c>
       <c r="E67" t="s">
         <v>47</v>
       </c>
       <c r="F67" t="s">
         <v>57</v>
       </c>
       <c r="G67" t="s">
         <v>49</v>
       </c>
       <c r="H67" t="s">
         <v>50</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>53</v>
       </c>
@@ -10764,52 +10748,54 @@
         <v>53</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>167</v>
       </c>
-      <c r="C68" t="s" s="4">
-        <v>168</v>
+      <c r="C68" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2163,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Поздимир</t>
+        </is>
       </c>
       <c r="D68" t="s">
         <v>102</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
         <v>57</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>53</v>
       </c>
@@ -10905,54 +10891,54 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>168</v>
+      </c>
+      <c r="C69" t="s" s="4">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D69" t="s">
         <v>102</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
         <v>57</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>53</v>
       </c>
@@ -11048,65 +11034,65 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>2165Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя, ур. Копані</t>
+          <t>ID - 2165,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя, ур. Копані</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>102</v>
       </c>
       <c r="E70" t="s">
         <v>47</v>
       </c>
       <c r="F70" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>53</v>
       </c>
@@ -11193,54 +11179,54 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>171</v>
+      </c>
+      <c r="C71" t="s" s="4">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D71" t="s">
         <v>102</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71" t="s">
         <v>112</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>53</v>
       </c>
@@ -11336,54 +11322,54 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>173</v>
+      </c>
+      <c r="C72" t="s" s="4">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="D72" t="s">
         <v>102</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72" t="s">
         <v>57</v>
       </c>
       <c r="G72" t="s">
         <v>49</v>
       </c>
       <c r="H72" t="s">
         <v>50</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>53</v>
       </c>
@@ -11479,63 +11465,63 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>175</v>
+      </c>
+      <c r="C73" t="s" s="4">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D73" t="s">
         <v>102</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>53</v>
       </c>
@@ -11622,63 +11608,63 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>178</v>
+      </c>
+      <c r="C74" t="s" s="4">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="D74" t="s">
         <v>102</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>53</v>
       </c>
@@ -11765,63 +11751,63 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>181</v>
+      </c>
+      <c r="C75" t="s" s="4">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="D75" t="s">
         <v>102</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>53</v>
       </c>
@@ -11908,63 +11894,63 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>183</v>
+      </c>
+      <c r="C76" t="s" s="4">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D76" t="s">
         <v>102</v>
       </c>
       <c r="E76" t="s">
         <v>47</v>
       </c>
       <c r="F76" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>53</v>
       </c>
@@ -12051,54 +12037,56 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>185</v>
+      </c>
+      <c r="C77" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2174,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Волсвин</t>
+        </is>
       </c>
       <c r="D77" t="s">
         <v>102</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
         <v>112</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>50</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>53</v>
       </c>
@@ -12194,65 +12182,65 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>2175Про повторне виготовлення нормативної грошової оцінки земель села Рудка та села Бережне</t>
+          <t>ID - 2175,  Про повторне виготовлення нормативної грошової оцінки земель села Рудка та села Бережне</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>102</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>53</v>
       </c>
@@ -12339,55 +12327,55 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>2176Про розгляд заяв громадян щодо затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Добрячин</t>
+          <t>ID - 2176,  Про розгляд заяв громадян щодо затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Добрячин</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>102</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
         <v>112</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>53</v>
@@ -12484,54 +12472,56 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>188</v>
+      </c>
+      <c r="C80" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2177,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Острів</t>
+        </is>
       </c>
       <c r="D80" t="s">
         <v>102</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
         <v>112</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>53</v>
       </c>
@@ -12627,63 +12617,63 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D81" t="s">
         <v>102</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>53</v>
       </c>
@@ -12770,55 +12760,55 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>2179Про надання дозволу на виготовлення проектiв землеустрою щодо вiдведення земельних ділянок в с. Добрячин</t>
+          <t>ID - 2179,  Про надання дозволу на виготовлення проектiв землеустрою щодо вiдведення земельних ділянок в с. Добрячин</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>102</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>112</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>53</v>
@@ -12915,55 +12905,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>2180Про розгляд заяв громадян про надання дозволу на виготовлення проектiв землеустрою в с. Добрячин</t>
+          <t>ID - 2180,  Про розгляд заяв громадян про надання дозволу на виготовлення проектiв землеустрою в с. Добрячин</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>46</v>
       </c>
       <c r="E83" t="s">
         <v>47</v>
       </c>
       <c r="F83" t="s">
         <v>57</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
         <v>50</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>53</v>
@@ -13060,55 +13050,55 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>2181п.3. викласти у редакції надати  громадянину Щуру Андрію Ярославовичу дозвіл на розроблення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,1800га для будiвництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка), (код КВЦПЗ – 02.01 для будівництва і обслуговування житлового будинку, господарських будівель і споруд (присадибна ділянка), в селі Добрячин на вулиці Сокальська  п.11. тенічний пов&amp;#39;язаний з п.3</t>
+          <t>ID - 2181,  п.3. викласти у редакції надати  громадянину Щуру Андрію Ярославовичу дозвіл на розроблення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,1800га для будiвництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка), (код КВЦПЗ – 02.01 для будівництва і обслуговування житлового будинку, господарських будівель і споруд (присадибна ділянка), в селі Добрячин на вулиці Сокальська  п.11. тенічний пов&amp;#39;язаний з п.3</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>56</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
         <v>112</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>53</v>
@@ -13205,63 +13195,65 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>194</v>
+      </c>
+      <c r="C85" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2182,  Про надання дозволу на виготовлення технічних документацiй iз землеустрою в с. Сілець</t>
+        </is>
       </c>
       <c r="D85" t="s">
         <v>102</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>50</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>53</v>
       </c>
@@ -13348,55 +13340,55 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>2183Про розгляд заяв громадян про надання дозволу на виготовлення проектiв землеустрою в с. Добрячин</t>
+          <t>ID - 2183,  Про розгляд заяв громадян про надання дозволу на виготовлення проектiв землеустрою в с. Добрячин</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>66</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
         <v>57</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>53</v>
@@ -13493,54 +13485,54 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D87" t="s">
         <v>102</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
         <v>57</v>
       </c>
       <c r="G87" t="s">
         <v>49</v>
       </c>
       <c r="H87" t="s">
         <v>50</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>53</v>
       </c>
@@ -13636,54 +13628,54 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D88" t="s">
         <v>102</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
         <v>60</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>53</v>
       </c>
@@ -13779,54 +13771,54 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C89" t="s" s="4">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D89" t="s">
         <v>102</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
         <v>60</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>53</v>
       </c>
@@ -13922,54 +13914,56 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>202</v>
+      </c>
+      <c r="C90" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2187,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
+        </is>
       </c>
       <c r="D90" t="s">
         <v>102</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
         <v>57</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
         <v>50</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>53</v>
       </c>
@@ -14065,69 +14059,69 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D91" t="s">
         <v>102</v>
       </c>
       <c r="E91" t="s">
         <v>73</v>
       </c>
       <c r="F91" t="s">
         <v>74</v>
       </c>
       <c r="G91" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="H91" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>81</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>80</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O91" t="s" s="5">
         <v>80</v>
       </c>
       <c r="P91" t="s" s="5">
         <v>80</v>
       </c>
@@ -14208,63 +14202,63 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D92" t="s">
         <v>102</v>
       </c>
       <c r="E92" t="s">
         <v>47</v>
       </c>
       <c r="F92" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
         <v>50</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>53</v>
       </c>
@@ -14351,55 +14345,55 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>2190Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червоноград  </t>
+          <t>ID - 2190,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червоноград  </t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>102</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
         <v>57</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
       <c r="H93" t="s">
         <v>50</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>53</v>
@@ -14496,63 +14490,63 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D94" t="s">
         <v>102</v>
       </c>
       <c r="E94" t="s">
         <v>47</v>
       </c>
       <c r="F94" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G94" t="s">
         <v>49</v>
       </c>
       <c r="H94" t="s">
         <v>50</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>53</v>
       </c>
@@ -14639,55 +14633,55 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>2192Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді  </t>
+          <t>ID - 2192,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді  </t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>102</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
         <v>57</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>50</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>53</v>
@@ -14784,54 +14778,54 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="D96" t="s">
         <v>46</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
         <v>57</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>50</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>53</v>
       </c>
@@ -14927,65 +14921,65 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>2194п. 1. Відмовити громадянину Шіпіль Владиславу Георгійовичу у наданні дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,0025 га для будівництва індивідуального гаража в місті Червонограді на вулиці Івасюка, 6, гаражний кооператив № 1, гараж №40н у зв’язку з відсутністю права власності на нерухоме майно.</t>
+          <t>ID - 2194,  п. 1. Відмовити громадянину Шіпіль Владиславу Георгійовичу у наданні дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,0025 га для будівництва індивідуального гаража в місті Червонограді на вулиці Івасюка, 6, гаражний кооператив № 1, гараж №40н у зв’язку з відсутністю права власності на нерухоме майно.</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>56</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>53</v>
       </c>
@@ -15072,54 +15066,54 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D98" t="s">
         <v>66</v>
       </c>
       <c r="E98" t="s">
         <v>47</v>
       </c>
       <c r="F98" t="s">
         <v>57</v>
       </c>
       <c r="G98" t="s">
         <v>49</v>
       </c>
       <c r="H98" t="s">
         <v>50</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>53</v>
       </c>
@@ -15215,54 +15209,54 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C99" t="s" s="4">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="D99" t="s">
         <v>102</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
         <v>112</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
         <v>79</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>53</v>
       </c>
@@ -15358,65 +15352,65 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>2197Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
+          <t>ID - 2197,  Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>102</v>
       </c>
       <c r="E100" t="s">
         <v>47</v>
       </c>
       <c r="F100" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
         <v>50</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>53</v>
       </c>
@@ -15503,65 +15497,65 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>2198Про розгляд заяв громадян-учасників антитерористичної операції, учасників бойових дій в м. Червонограді</t>
+          <t>ID - 2198,  Про розгляд заяв громадян-учасників антитерористичної операції, учасників бойових дій в м. Червонограді</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>102</v>
       </c>
       <c r="E101" t="s">
         <v>47</v>
       </c>
       <c r="F101" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G101" t="s">
         <v>49</v>
       </c>
       <c r="H101" t="s">
         <v>50</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>53</v>
       </c>
@@ -15648,65 +15642,65 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>2199Про припинення права оренди земельної ділянки та наданняїї в оренду в м. Червонограді</t>
+          <t>ID - 2199,  Про припинення права оренди земельної ділянки та наданняїї в оренду в м. Червонограді</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>102</v>
       </c>
       <c r="E102" t="s">
         <v>73</v>
       </c>
       <c r="F102" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="G102" t="s">
         <v>49</v>
       </c>
       <c r="H102" t="s">
         <v>106</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>81</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>53</v>
       </c>
@@ -15793,63 +15787,63 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>81</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C103" t="s" s="4">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="D103" t="s">
         <v>102</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N103" t="s" s="5">
         <v>53</v>
       </c>
@@ -15936,65 +15930,65 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>2201Про продаж у власність земельної ділянки Товариству з обмеженою відповідальністю «ОК Ест-Інвест»</t>
+          <t>ID - 2201,  Про продаж у власність земельної ділянки Товариству з обмеженою відповідальністю «ОК Ест-Інвест»</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>102</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>53</v>
       </c>
@@ -16081,65 +16075,65 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>2202Про продаж у власність земельної ділянки громадянину Скоропаді Мирославу Михайловичу</t>
+          <t>ID - 2202,  Про продаж у власність земельної ділянки громадянину Скоропаді Мирославу Михайловичу</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>102</v>
       </c>
       <c r="E105" t="s">
         <v>73</v>
       </c>
       <c r="F105" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>91</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>53</v>
       </c>
@@ -16226,65 +16220,65 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>81</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>2203Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу права їх оренди на земельному аукціоні в м.Червоноград  </t>
+          <t>ID - 2203,  Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу права їх оренди на земельному аукціоні в м.Червоноград  </t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>46</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>53</v>
       </c>
@@ -16371,65 +16365,65 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>2204вилучити п.2 у додатку  до рішення щодо переробки та фасування дров, деревини та деревного вугілля</t>
+          <t>ID - 2204,  вилучити п.2 у додатку  до рішення щодо переробки та фасування дров, деревини та деревного вугілля</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>56</v>
       </c>
       <c r="E107" t="s">
         <v>47</v>
       </c>
       <c r="F107" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="G107" t="s">
         <v>49</v>
       </c>
       <c r="H107" t="s">
         <v>91</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L107" t="s" s="5">
         <v>81</v>
       </c>
       <c r="M107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>53</v>
       </c>
@@ -16516,54 +16510,54 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>81</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D108" t="s">
         <v>56</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
         <v>112</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>53</v>
       </c>
@@ -16659,55 +16653,55 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>2206Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу права їх оренди на земельному аукціоні в м.Червоноград  </t>
+          <t>ID - 2206,  Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу права їх оренди на земельному аукціоні в м.Червоноград  </t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>66</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
         <v>112</v>
       </c>
       <c r="G109" t="s">
         <v>49</v>
       </c>
       <c r="H109" t="s">
         <v>50</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>53</v>
@@ -16804,69 +16798,69 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C110" t="s" s="4">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="D110" t="s">
         <v>102</v>
       </c>
       <c r="E110" t="s">
         <v>73</v>
       </c>
       <c r="F110" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="G110" t="s">
         <v>49</v>
       </c>
       <c r="H110" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L110" t="s" s="5">
         <v>81</v>
       </c>
       <c r="M110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P110" t="s" s="5">
         <v>51</v>
       </c>
@@ -16947,65 +16941,65 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>2210Про резервування земельних ділянок для учасників АТО/ООС на території Червоноградської міської ради</t>
+          <t>ID - 2210,  Про резервування земельних ділянок для учасників АТО/ООС на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>102</v>
       </c>
       <c r="E111" t="s">
         <v>47</v>
       </c>
       <c r="F111" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G111" t="s">
         <v>49</v>
       </c>
       <c r="H111" t="s">
         <v>50</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>53</v>
       </c>
@@ -17092,63 +17086,63 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C112" t="s" s="4">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D112" t="s">
         <v>102</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>53</v>
       </c>
@@ -17235,55 +17229,55 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>2212Про зняття з балансу виконавчого комiтету Червоноградської мiської ради землевпорядних документацiй i передачу їх на баланс ОСББ «Шептицького 21», ОСББ «Добробут», ОСББ «Злагода-38», ОСББ «Корольова 36», ОСББ «Світанок - 2016», Житлово-будівельний кооператив №6        </t>
+          <t>ID - 2212,  Про зняття з балансу виконавчого комiтету Червоноградської мiської ради землевпорядних документацiй i передачу їх на баланс ОСББ «Шептицького 21», ОСББ «Добробут», ОСББ «Злагода-38», ОСББ «Корольова 36», ОСББ «Світанок - 2016», Житлово-будівельний кооператив №6        </t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>102</v>
       </c>
       <c r="E113" t="s">
         <v>47</v>
       </c>
       <c r="F113" t="s">
         <v>112</v>
       </c>
       <c r="G113" t="s">
         <v>49</v>
       </c>
       <c r="H113" t="s">
         <v>50</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>53</v>
@@ -17380,63 +17374,65 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>243</v>
+      </c>
+      <c r="C114" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2213,  Про розгляд клопотання товариства з обмеженою відповідальністю  «Агро ЛВ Лімітед»</t>
+        </is>
       </c>
       <c r="D114" t="s">
         <v>102</v>
       </c>
       <c r="E114" t="s">
         <v>47</v>
       </c>
       <c r="F114" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G114" t="s">
         <v>49</v>
       </c>
       <c r="H114" t="s">
         <v>50</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>53</v>
       </c>
@@ -17531,159 +17527,159 @@
         <v>53</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="115">
       <c r="A115"/>
       <c r="B115"/>
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115"/>
       <c r="I115" t="s">
         <v>112</v>
       </c>
       <c r="J115" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="K115" t="s">
         <v>69</v>
       </c>
       <c r="L115" t="s">
+        <v>245</v>
+      </c>
+      <c r="M115" t="s">
+        <v>246</v>
+      </c>
+      <c r="N115" t="s">
+        <v>136</v>
+      </c>
+      <c r="O115" t="s">
+        <v>247</v>
+      </c>
+      <c r="P115" t="s">
+        <v>248</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>249</v>
+      </c>
+      <c r="R115" t="s">
+        <v>250</v>
+      </c>
+      <c r="S115" t="s">
+        <v>136</v>
+      </c>
+      <c r="T115" t="s">
+        <v>248</v>
+      </c>
+      <c r="U115" t="s">
         <v>251</v>
       </c>
-      <c r="M115" t="s">
+      <c r="V115" t="s">
+        <v>245</v>
+      </c>
+      <c r="W115" t="s">
         <v>252</v>
       </c>
-      <c r="N115" t="s">
-[...2 lines deleted...]
-      <c r="O115" t="s">
+      <c r="X115" t="s">
         <v>253</v>
       </c>
-      <c r="P115" t="s">
+      <c r="Y115" t="s">
+        <v>247</v>
+      </c>
+      <c r="Z115" t="s">
         <v>254</v>
       </c>
-      <c r="Q115" t="s">
+      <c r="AA115" t="s">
         <v>255</v>
       </c>
-      <c r="R115" t="s">
+      <c r="AB115" t="s">
         <v>256</v>
       </c>
-      <c r="S115" t="s">
-[...5 lines deleted...]
-      <c r="U115" t="s">
+      <c r="AC115" t="s">
         <v>257</v>
       </c>
-      <c r="V115" t="s">
-[...2 lines deleted...]
-      <c r="W115" t="s">
+      <c r="AD115" t="s">
         <v>258</v>
       </c>
-      <c r="X115" t="s">
+      <c r="AE115" t="s">
         <v>259</v>
       </c>
-      <c r="Y115" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AF115" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="AG115" t="s">
         <v>60</v>
       </c>
       <c r="AH115" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="AI115" t="s">
         <v>84</v>
       </c>
       <c r="AJ115" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="AK115" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="AL115" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="AM115" t="s">
+        <v>259</v>
+      </c>
+      <c r="AN115" t="s">
+        <v>262</v>
+      </c>
+      <c r="AO115" t="s">
+        <v>263</v>
+      </c>
+      <c r="AP115" t="s">
+        <v>136</v>
+      </c>
+      <c r="AQ115" t="s">
+        <v>261</v>
+      </c>
+      <c r="AR115" t="s">
+        <v>264</v>
+      </c>
+      <c r="AS115" t="s">
         <v>265</v>
       </c>
-      <c r="AN115" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AT115" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="AU115" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="116">
       <c r="A116"/>
       <c r="B116"/>
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116"/>
       <c r="I116" t="s">
         <v>49</v>
       </c>
       <c r="J116" t="s">
         <v>78</v>
       </c>
       <c r="K116" t="s">
         <v>78</v>
       </c>
       <c r="L116" t="s">
         <v>49</v>
@@ -17782,419 +17778,419 @@
         <v>78</v>
       </c>
       <c r="AR116" t="s">
         <v>49</v>
       </c>
       <c r="AS116" t="s">
         <v>78</v>
       </c>
       <c r="AT116" t="s">
         <v>78</v>
       </c>
       <c r="AU116" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="117">
       <c r="A117"/>
       <c r="B117"/>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117"/>
       <c r="I117" t="s">
+        <v>266</v>
+      </c>
+      <c r="J117" t="s">
+        <v>267</v>
+      </c>
+      <c r="K117" t="s">
+        <v>267</v>
+      </c>
+      <c r="L117" t="s">
+        <v>268</v>
+      </c>
+      <c r="M117" t="s">
+        <v>269</v>
+      </c>
+      <c r="N117" t="s">
+        <v>267</v>
+      </c>
+      <c r="O117" t="s">
+        <v>266</v>
+      </c>
+      <c r="P117" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>269</v>
+      </c>
+      <c r="R117" t="s">
+        <v>267</v>
+      </c>
+      <c r="S117" t="s">
+        <v>267</v>
+      </c>
+      <c r="T117" t="s">
+        <v>267</v>
+      </c>
+      <c r="U117" t="s">
+        <v>267</v>
+      </c>
+      <c r="V117" t="s">
+        <v>267</v>
+      </c>
+      <c r="W117" t="s">
+        <v>270</v>
+      </c>
+      <c r="X117" t="s">
+        <v>270</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>271</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>269</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>266</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>266</v>
+      </c>
+      <c r="AC117" t="s">
+        <v>269</v>
+      </c>
+      <c r="AD117" t="s">
         <v>272</v>
       </c>
-      <c r="J117" t="s">
+      <c r="AE117" t="s">
+        <v>267</v>
+      </c>
+      <c r="AF117" t="s">
+        <v>269</v>
+      </c>
+      <c r="AG117" t="s">
+        <v>267</v>
+      </c>
+      <c r="AH117" t="s">
         <v>273</v>
       </c>
-      <c r="K117" t="s">
+      <c r="AI117" t="s">
+        <v>267</v>
+      </c>
+      <c r="AJ117" t="s">
+        <v>269</v>
+      </c>
+      <c r="AK117" t="s">
+        <v>267</v>
+      </c>
+      <c r="AL117" t="s">
+        <v>269</v>
+      </c>
+      <c r="AM117" t="s">
         <v>273</v>
       </c>
-      <c r="L117" t="s">
+      <c r="AN117" t="s">
         <v>274</v>
       </c>
-      <c r="M117" t="s">
-[...2 lines deleted...]
-      <c r="N117" t="s">
+      <c r="AO117" t="s">
+        <v>270</v>
+      </c>
+      <c r="AP117" t="s">
+        <v>267</v>
+      </c>
+      <c r="AQ117" t="s">
         <v>273</v>
       </c>
-      <c r="O117" t="s">
-[...8 lines deleted...]
-      <c r="R117" t="s">
+      <c r="AR117" t="s">
         <v>273</v>
       </c>
-      <c r="S117" t="s">
-[...76 lines deleted...]
-      </c>
       <c r="AS117" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="AT117" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="AU117" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
     </row>
     <row r="118">
       <c r="A118"/>
       <c r="B118"/>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118"/>
       <c r="I118" t="s">
+        <v>275</v>
+      </c>
+      <c r="J118" t="s">
+        <v>276</v>
+      </c>
+      <c r="K118" t="s">
+        <v>277</v>
+      </c>
+      <c r="L118" t="s">
+        <v>278</v>
+      </c>
+      <c r="M118" t="s">
+        <v>279</v>
+      </c>
+      <c r="N118" t="s">
+        <v>280</v>
+      </c>
+      <c r="O118" t="s">
         <v>281</v>
       </c>
-      <c r="J118" t="s">
+      <c r="P118" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q118" t="s">
         <v>282</v>
       </c>
-      <c r="K118" t="s">
+      <c r="R118" t="s">
         <v>283</v>
       </c>
-      <c r="L118" t="s">
+      <c r="S118" t="s">
+        <v>280</v>
+      </c>
+      <c r="T118" t="s">
+        <v>279</v>
+      </c>
+      <c r="U118" t="s">
         <v>284</v>
       </c>
-      <c r="M118" t="s">
+      <c r="V118" t="s">
         <v>285</v>
       </c>
-      <c r="N118" t="s">
+      <c r="W118" t="s">
         <v>286</v>
       </c>
-      <c r="O118" t="s">
+      <c r="X118" t="s">
         <v>287</v>
       </c>
-      <c r="P118" t="s">
+      <c r="Y118" t="s">
+        <v>278</v>
+      </c>
+      <c r="Z118" t="s">
+        <v>279</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>283</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>288</v>
+      </c>
+      <c r="AC118" t="s">
         <v>284</v>
       </c>
-      <c r="Q118" t="s">
+      <c r="AD118" t="s">
+        <v>289</v>
+      </c>
+      <c r="AE118" t="s">
+        <v>290</v>
+      </c>
+      <c r="AF118" t="s">
+        <v>285</v>
+      </c>
+      <c r="AG118" t="s">
+        <v>285</v>
+      </c>
+      <c r="AH118" t="s">
+        <v>291</v>
+      </c>
+      <c r="AI118" t="s">
+        <v>292</v>
+      </c>
+      <c r="AJ118" t="s">
         <v>288</v>
       </c>
-      <c r="R118" t="s">
-[...5 lines deleted...]
-      <c r="T118" t="s">
+      <c r="AK118" t="s">
+        <v>293</v>
+      </c>
+      <c r="AL118" t="s">
+        <v>284</v>
+      </c>
+      <c r="AM118" t="s">
+        <v>294</v>
+      </c>
+      <c r="AN118" t="s">
+        <v>279</v>
+      </c>
+      <c r="AO118" t="s">
         <v>285</v>
       </c>
-      <c r="U118" t="s">
-[...5 lines deleted...]
-      <c r="W118" t="s">
+      <c r="AP118" t="s">
+        <v>280</v>
+      </c>
+      <c r="AQ118" t="s">
+        <v>295</v>
+      </c>
+      <c r="AR118" t="s">
+        <v>294</v>
+      </c>
+      <c r="AS118" t="s">
         <v>292</v>
       </c>
-      <c r="X118" t="s">
-[...2 lines deleted...]
-      <c r="Y118" t="s">
+      <c r="AT118" t="s">
         <v>284</v>
       </c>
-      <c r="Z118" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="AU118" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
     </row>
     <row r="119">
       <c r="A119"/>
       <c r="B119"/>
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119"/>
       <c r="I119" t="s">
+        <v>296</v>
+      </c>
+      <c r="J119" t="s">
+        <v>297</v>
+      </c>
+      <c r="K119" t="s">
+        <v>296</v>
+      </c>
+      <c r="L119" t="s">
+        <v>298</v>
+      </c>
+      <c r="M119" t="s">
+        <v>299</v>
+      </c>
+      <c r="N119" t="s">
+        <v>300</v>
+      </c>
+      <c r="O119" t="s">
+        <v>298</v>
+      </c>
+      <c r="P119" t="s">
+        <v>301</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>297</v>
+      </c>
+      <c r="R119" t="s">
         <v>302</v>
       </c>
-      <c r="J119" t="s">
+      <c r="S119" t="s">
+        <v>300</v>
+      </c>
+      <c r="T119" t="s">
         <v>303</v>
       </c>
-      <c r="K119" t="s">
-[...2 lines deleted...]
-      <c r="L119" t="s">
+      <c r="U119" t="s">
+        <v>298</v>
+      </c>
+      <c r="V119" t="s">
+        <v>298</v>
+      </c>
+      <c r="W119" t="s">
+        <v>298</v>
+      </c>
+      <c r="X119" t="s">
         <v>304</v>
       </c>
-      <c r="M119" t="s">
+      <c r="Y119" t="s">
+        <v>298</v>
+      </c>
+      <c r="Z119" t="s">
+        <v>298</v>
+      </c>
+      <c r="AA119" t="s">
+        <v>298</v>
+      </c>
+      <c r="AB119" t="s">
+        <v>298</v>
+      </c>
+      <c r="AC119" t="s">
         <v>305</v>
       </c>
-      <c r="N119" t="s">
+      <c r="AD119" t="s">
+        <v>298</v>
+      </c>
+      <c r="AE119" t="s">
+        <v>304</v>
+      </c>
+      <c r="AF119" t="s">
+        <v>298</v>
+      </c>
+      <c r="AG119" t="s">
         <v>306</v>
       </c>
-      <c r="O119" t="s">
+      <c r="AH119" t="s">
+        <v>298</v>
+      </c>
+      <c r="AI119" t="s">
+        <v>307</v>
+      </c>
+      <c r="AJ119" t="s">
+        <v>298</v>
+      </c>
+      <c r="AK119" t="s">
         <v>304</v>
       </c>
-      <c r="P119" t="s">
-[...5 lines deleted...]
-      <c r="R119" t="s">
+      <c r="AL119" t="s">
         <v>308</v>
       </c>
-      <c r="S119" t="s">
-[...2 lines deleted...]
-      <c r="T119" t="s">
+      <c r="AM119" t="s">
         <v>309</v>
       </c>
-      <c r="U119" t="s">
-[...8 lines deleted...]
-      <c r="X119" t="s">
+      <c r="AN119" t="s">
+        <v>298</v>
+      </c>
+      <c r="AO119" t="s">
         <v>310</v>
       </c>
-      <c r="Y119" t="s">
-[...11 lines deleted...]
-      <c r="AC119" t="s">
+      <c r="AP119" t="s">
+        <v>300</v>
+      </c>
+      <c r="AQ119" t="s">
+        <v>299</v>
+      </c>
+      <c r="AR119" t="s">
         <v>311</v>
       </c>
-      <c r="AD119" t="s">
-[...8 lines deleted...]
-      <c r="AG119" t="s">
+      <c r="AS119" t="s">
         <v>312</v>
       </c>
-      <c r="AH119" t="s">
-[...2 lines deleted...]
-      <c r="AI119" t="s">
+      <c r="AT119" t="s">
         <v>313</v>
       </c>
-      <c r="AJ119" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AU119" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>