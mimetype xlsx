--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="569" uniqueCount="569">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="557" uniqueCount="557">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>VII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -146,1332 +146,1296 @@
   <si>
     <t>Сімчук Василь Михайлович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>01.04.21  10:41:39</t>
   </si>
   <si>
-    <t>1780ЗА запит Сімчука В.М. </t>
+    <t>ID - 1780,  ЗА запит Сімчука В.М. </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>01.04.21  10:42:26</t>
   </si>
   <si>
-    <t>1781Про депутатськi запити</t>
+    <t>ID - 1781,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>01.04.21  10:48:39</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>01.04.21  10:50:30</t>
   </si>
   <si>
     <t>01.04.21  10:51:19</t>
   </si>
   <si>
     <t>01.04.21  11:21:25</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>01.04.21  11:48:57</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>01.04.21  12:55:36</t>
   </si>
   <si>
-    <t>1788Про інформацію директора КП «Школяр» щодо діяльності КП «Школяр» за 2020 рік</t>
+    <t>ID - 1788,  Про інформацію директора КП «Школяр» щодо діяльності КП «Школяр» за 2020 рік</t>
   </si>
   <si>
     <t>01.04.21  12:56:13</t>
   </si>
   <si>
-    <t>1789Замінити по тексту по назві і по тексту ` інформацію` на `звіт`</t>
+    <t>ID - 1789,  Замінити по тексту по назві і по тексту ` інформацію` на `звіт`</t>
   </si>
   <si>
     <t>01.04.21  12:56:42</t>
   </si>
   <si>
-    <t>1790Про інформацію директора КП «Школяр» щодо діяльності КП «Школяр» за 2020 рік</t>
+    <t>ID - 1790,  Про інформацію директора КП «Школяр» щодо діяльності КП «Школяр» за 2020 рік</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>01.04.21  13:05:38</t>
   </si>
   <si>
     <t>01.04.21  14:43:30</t>
   </si>
   <si>
-    <t>1793Про надання одноразової грошової допомоги</t>
+    <t>ID - 1793,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>01.04.21  14:52:09</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>01.04.21  14:54:31</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>01.04.21  15:12:47</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>01.04.21  15:23:42</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>01.04.21  15:27:08</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>01.04.21  15:29:34</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>01.04.21  15:31:49</t>
   </si>
   <si>
-    <t>1800озвучена Мисаком М.І. щодо довключення у перелік приміщення що орендуює Пласт</t>
+    <t>ID - 1800,  озвучена Мисаком М.І. щодо довключення у перелік приміщення що орендуює Пласт</t>
   </si>
   <si>
     <t>01.04.21  15:32:21</t>
   </si>
   <si>
     <t>01.04.21  15:33:55</t>
   </si>
   <si>
     <t>01.04.21  15:35:18</t>
   </si>
   <si>
     <t>01.04.21  15:45:06</t>
   </si>
   <si>
     <t>01.04.21  15:45:39</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>01.04.21  15:47:44</t>
   </si>
   <si>
     <t>01.04.21  15:48:32</t>
   </si>
   <si>
     <t>01.04.21  15:51:44</t>
   </si>
   <si>
     <t>01.04.21  15:54:35</t>
   </si>
   <si>
-    <t>1809Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 1809,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>01.04.21  15:56:07</t>
   </si>
   <si>
-    <t>1810Про затвердження передавального акту  Волсвинської сільської ради</t>
+    <t>ID - 1810,  Про затвердження передавального акту  Волсвинської сільської ради</t>
   </si>
   <si>
     <t>01.04.21  15:57:29</t>
   </si>
   <si>
-    <t>1811п.3 викласти в редакції : виключити текст ` з комунальної власності`</t>
+    <t>ID - 1811,  п.3 викласти в редакції : виключити текст ` з комунальної власності`</t>
   </si>
   <si>
     <t>01.04.21  15:58:02</t>
   </si>
   <si>
-    <t>1812Про затвердження передавального акту  Волсвинської сільської ради</t>
+    <t>ID - 1812,  Про затвердження передавального акту  Волсвинської сільської ради</t>
   </si>
   <si>
     <t>01.04.21  15:59:03</t>
   </si>
   <si>
-    <t>1813Про затвердження передавального акту виконавчого комітету Гірницької селищної ради</t>
-[...1 lines deleted...]
-  <si>
     <t>01.04.21  16:00:17</t>
   </si>
   <si>
-    <t>1814добавити пукт №5  щодо ремонту фасаду  народного дому у смт Гірник</t>
+    <t>ID - 1814,  добавити пукт №5  щодо ремонту фасаду  народного дому у смт Гірник</t>
   </si>
   <si>
     <t>01.04.21  16:00:46</t>
   </si>
   <si>
-    <t>1815Про затвердження передавального акту виконавчого комітету Гірницької селищної ради</t>
-[...1 lines deleted...]
-  <si>
     <t>01.04.21  16:01:53</t>
   </si>
   <si>
-    <t>1816Про затвердження передавального акту  Межирічанської сільської ради</t>
+    <t>ID - 1816,  Про затвердження передавального акту  Межирічанської сільської ради</t>
   </si>
   <si>
     <t>01.04.21  16:03:40</t>
   </si>
   <si>
-    <t>1817стенограмно озвучено Ковалем В.С. щодо вилучення адмінбудівлі в додатку. </t>
+    <t>ID - 1817,  стенограмно озвучено Ковалем В.С. щодо вилучення адмінбудівлі в додатку. </t>
   </si>
   <si>
     <t>01.04.21  16:04:10</t>
   </si>
   <si>
-    <t>1818Про затвердження передавального акту  Межирічанської сільської ради</t>
+    <t>ID - 1818,  Про затвердження передавального акту  Межирічанської сільської ради</t>
   </si>
   <si>
     <t>01.04.21  16:05:07</t>
   </si>
   <si>
-    <t>1819Про затвердження передавального акту Поздимирської сільської ради</t>
+    <t>ID - 1819,  Про затвердження передавального акту Поздимирської сільської ради</t>
   </si>
   <si>
     <t>01.04.21  16:06:11</t>
   </si>
   <si>
-    <t>1820Про затвердження передавального акту Сілецької сільської ради</t>
+    <t>ID - 1820,  Про затвердження передавального акту Сілецької сільської ради</t>
   </si>
   <si>
     <t>01.04.21  16:08:27</t>
   </si>
   <si>
     <t>01.04.21  16:09:08</t>
   </si>
   <si>
-    <t>1822Про затвердження передавального акту Острівської сільської ради</t>
+    <t>ID - 1822,  Про затвердження передавального акту Острівської сільської ради</t>
   </si>
   <si>
     <t>01.04.21  16:10:54</t>
   </si>
   <si>
-    <t>1823стенограмно озвучені Ковалем В.С. </t>
+    <t>ID - 1823,  стенограмно озвучені Ковалем В.С. </t>
   </si>
   <si>
     <t>01.04.21  16:11:26</t>
   </si>
   <si>
-    <t>1824Про затвердження передавального акту Острівської сільської ради</t>
+    <t>ID - 1824,  Про затвердження передавального акту Острівської сільської ради</t>
   </si>
   <si>
     <t>01.04.21  16:12:12</t>
   </si>
   <si>
     <t>01.04.21  16:13:33</t>
   </si>
   <si>
     <t>01.04.21  16:14:34</t>
   </si>
   <si>
     <t>01.04.21  16:16:41</t>
   </si>
   <si>
     <t>01.04.21  16:17:23</t>
   </si>
   <si>
     <t>01.04.21  16:20:08</t>
   </si>
   <si>
     <t>01.04.21  16:22:40</t>
   </si>
   <si>
     <t>01.04.21  16:24:35</t>
   </si>
   <si>
     <t>За: 4</t>
   </si>
   <si>
     <t>Утримались: 10</t>
   </si>
   <si>
     <t>01.04.21  16:25:58</t>
   </si>
   <si>
-    <t>1833Про  визначення замовника на виготовлення детальних планів територій</t>
+    <t>ID - 1833,  Про  визначення замовника на виготовлення детальних планів територій</t>
   </si>
   <si>
     <t>01.04.21  16:28:26</t>
   </si>
   <si>
     <t>01.04.21  16:30:32</t>
   </si>
   <si>
     <t>01.04.21  16:32:31</t>
   </si>
   <si>
     <t>01.04.21  16:33:59</t>
   </si>
   <si>
     <t>01.04.21  16:34:53</t>
   </si>
   <si>
     <t>01.04.21  16:37:59</t>
   </si>
   <si>
     <t>01.04.21  16:40:53</t>
   </si>
   <si>
     <t>01.04.21  16:47:34</t>
   </si>
   <si>
     <t>01.04.21  16:53:20</t>
   </si>
   <si>
     <t>01.04.21  16:55:39</t>
   </si>
   <si>
     <t>01.04.21  17:02:18</t>
   </si>
   <si>
-    <t>1844Зняти питання з розгляду </t>
+    <t>ID - 1844,  Зняти питання з розгляду </t>
   </si>
   <si>
     <t>За: 3</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>01.04.21  17:06:01</t>
   </si>
   <si>
     <t>01.04.21  17:11:31</t>
   </si>
   <si>
     <t>01.04.21  17:12:21</t>
   </si>
   <si>
-    <t>1847Про надання одноразової грошової допомоги</t>
+    <t>ID - 1847,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>01.04.21  17:13:36</t>
   </si>
   <si>
-    <t>1848Андрусечко - 5000, Квас - 20000  Махник 10050 </t>
+    <t>ID - 1848,  Андрусечко - 5000, Квас - 20000  Махник 10050 </t>
   </si>
   <si>
     <t>01.04.21  17:14:34</t>
   </si>
   <si>
-    <t>1849Щельова Т.В. - 8000 грн</t>
+    <t>ID - 1849,  Щельова Т.В. - 8000 грн</t>
   </si>
   <si>
     <t>01.04.21  17:15:38</t>
   </si>
   <si>
-    <t>1850п.133 Мокрій добавити 1000 грн. </t>
+    <t>ID - 1850,  п.133 Мокрій добавити 1000 грн. </t>
   </si>
   <si>
     <t>01.04.21  17:16:23</t>
   </si>
   <si>
-    <t>1851 п.133 Мокрій добавити 500 грн.  </t>
+    <t>ID - 1851,   п.133 Мокрій добавити 500 грн.  </t>
   </si>
   <si>
     <t>01.04.21  17:17:08</t>
   </si>
   <si>
-    <t>1852Ковтун - 7000 грн</t>
+    <t>ID - 1852,  Ковтун - 7000 грн</t>
   </si>
   <si>
     <t>01.04.21  17:18:18</t>
   </si>
   <si>
-    <t>1853Теодорович - добавити 3000 ( Курнічак), 3000 ( Кулаковський) </t>
+    <t>ID - 1853,  Теодорович - добавити 3000 ( Курнічак), 3000 ( Кулаковський) </t>
   </si>
   <si>
     <t>01.04.21  17:19:17</t>
   </si>
   <si>
-    <t>1854п.187. дообавити 1000 грн ( Крук Г.В) </t>
+    <t>ID - 1854,  п.187. дообавити 1000 грн ( Крук Г.В) </t>
   </si>
   <si>
     <t>01.04.21  17:19:47</t>
   </si>
   <si>
-    <t>1855Про надання одноразової грошової допомоги</t>
+    <t>ID - 1855,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>01.04.21  17:24:48</t>
   </si>
   <si>
     <t>01.04.21  17:28:46</t>
   </si>
   <si>
     <t>01.04.21  17:42:36</t>
   </si>
   <si>
     <t>01.04.21  17:45:15</t>
   </si>
   <si>
-    <t>1860п.2. додатку вилучити </t>
+    <t>ID - 1860,  п.2. додатку вилучити </t>
   </si>
   <si>
     <t>01.04.21  17:46:15</t>
   </si>
   <si>
     <t>01.04.21  17:49:56</t>
   </si>
   <si>
     <t>01.04.21  17:54:08</t>
   </si>
   <si>
     <t>01.04.21  17:55:04</t>
   </si>
   <si>
     <t>01.04.21  17:28:00</t>
   </si>
   <si>
     <t>15.04.21  10:16:24</t>
   </si>
   <si>
     <t>15.04.21  10:18:54</t>
   </si>
   <si>
     <t>За: 34</t>
   </si>
   <si>
     <t>15.04.21  10:22:26</t>
   </si>
   <si>
-    <t>1872Про розгляд звернення народного депутата України</t>
+    <t>ID - 1872,  Про розгляд звернення народного депутата України</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>15.04.21  10:26:07</t>
   </si>
   <si>
     <t>15.04.21  10:27:05</t>
   </si>
   <si>
     <t>За: 35</t>
   </si>
   <si>
     <t>15.04.21  10:28:40</t>
   </si>
   <si>
     <t>15.04.21  10:29:15</t>
   </si>
   <si>
     <t>За: 36</t>
   </si>
   <si>
     <t>15.04.21  10:31:18</t>
   </si>
   <si>
-    <t>1877Про внесення змін до місцевих програм  на 2021 рік</t>
+    <t>ID - 1877,  Про внесення змін до місцевих програм  на 2021 рік</t>
   </si>
   <si>
     <t>15.04.21  10:33:08</t>
   </si>
   <si>
     <t>За: 33</t>
   </si>
   <si>
     <t>15.04.21  10:33:47</t>
   </si>
   <si>
-    <t>1879Про внесення змін до місцевих програм  на 2021 рік</t>
+    <t>ID - 1879,  Про внесення змін до місцевих програм  на 2021 рік</t>
   </si>
   <si>
     <t>15.04.21  10:40:01</t>
   </si>
   <si>
     <t>15.04.21  10:42:28</t>
   </si>
   <si>
     <t>15.04.21  10:44:04</t>
   </si>
   <si>
     <t>15.04.21  10:47:23</t>
   </si>
   <si>
-    <t>1883Про розгляд заяви ТзОВ «Енергоінвест»</t>
+    <t>ID - 1883,  Про розгляд заяви ТзОВ «Енергоінвест»</t>
   </si>
   <si>
     <t>15.04.21  10:49:24</t>
   </si>
   <si>
     <t>15.04.21  10:51:00</t>
   </si>
   <si>
     <t>15.04.21  10:56:24</t>
   </si>
   <si>
-    <t>1886Про припинення договору оренди земельної ділянки в м. Соснівка</t>
+    <t>ID - 1886,  Про припинення договору оренди земельної ділянки в м. Соснівка</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>15.04.21  10:58:49</t>
   </si>
   <si>
-    <t>1887Про розгляд заяви громадянина Дікальчука Андрія Івановича в с. Поздимир</t>
+    <t>ID - 1887,  Про розгляд заяви громадянина Дікальчука Андрія Івановича в с. Поздимир</t>
   </si>
   <si>
     <t>15.04.21  11:00:26</t>
   </si>
   <si>
-    <t>1888Про розгляд заяви громадянки Олійник Ольги Олександрівни в смт. Гірник</t>
+    <t>ID - 1888,  Про розгляд заяви громадянки Олійник Ольги Олександрівни в смт. Гірник</t>
   </si>
   <si>
     <t>15.04.21  11:01:40</t>
   </si>
   <si>
-    <t>1889Про розгляд заяви громадянки Філь Наталії Михайлівни в смт. Гірник</t>
+    <t>ID - 1889,  Про розгляд заяви громадянки Філь Наталії Михайлівни в смт. Гірник</t>
   </si>
   <si>
     <t>15.04.21  11:03:07</t>
   </si>
   <si>
-    <t>1890Про розгляд заяви громадянина Ямборка Федора Васильовича в смт. Гірник</t>
+    <t>ID - 1890,  Про розгляд заяви громадянина Ямборка Федора Васильовича в смт. Гірник</t>
   </si>
   <si>
     <t>15.04.21  11:04:49</t>
   </si>
   <si>
-    <t>1891Про розгляд заяви громадянина Нагая Григорія Івановича в с. Волсвин</t>
+    <t>ID - 1891,  Про розгляд заяви громадянина Нагая Григорія Івановича в с. Волсвин</t>
   </si>
   <si>
     <t>15.04.21  11:06:19</t>
   </si>
   <si>
-    <t>1892Про розгляд заяв громадянки Щеглової Галини Пилипівни в с. Волсвин</t>
+    <t>ID - 1892,  Про розгляд заяв громадянки Щеглової Галини Пилипівни в с. Волсвин</t>
   </si>
   <si>
     <t>15.04.21  11:07:35</t>
   </si>
   <si>
-    <t>1893Про розгляд заяви громадянина Нагая Михайла Івановича в с. Волсвин</t>
+    <t>ID - 1893,  Про розгляд заяви громадянина Нагая Михайла Івановича в с. Волсвин</t>
   </si>
   <si>
     <t>15.04.21  11:23:36</t>
   </si>
   <si>
     <t>15.04.21  11:24:48</t>
   </si>
   <si>
-    <t>1895Про розгляд заяв громадян в с. Волсвин</t>
+    <t>ID - 1895,  Про розгляд заяв громадян в с. Волсвин</t>
   </si>
   <si>
     <t>15.04.21  11:26:09</t>
   </si>
   <si>
-    <t>1896Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
+    <t>ID - 1896,  Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
   </si>
   <si>
     <t>15.04.21  11:27:30</t>
   </si>
   <si>
-    <t>1897Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>15.04.21  11:28:56</t>
   </si>
   <si>
-    <t>1898Про розгляд заяви громадянина Єлуніна Петра Миколайовича в с. Сілець</t>
+    <t>ID - 1898,  Про розгляд заяви громадянина Єлуніна Петра Миколайовича в с. Сілець</t>
   </si>
   <si>
     <t>15.04.21  11:30:43</t>
   </si>
   <si>
-    <t>1899Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с.Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>15.04.21  11:32:28</t>
   </si>
   <si>
-    <t>1900Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 1900,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>15.04.21  11:35:03</t>
   </si>
   <si>
-    <t>1901Про розгляд заяви громадянки Дрокіної Вікторії Миколаївни</t>
+    <t>ID - 1901,  Про розгляд заяви громадянки Дрокіної Вікторії Миколаївни</t>
   </si>
   <si>
     <t>15.04.21  11:41:09</t>
   </si>
   <si>
     <t>15.04.21  11:41:43</t>
   </si>
   <si>
-    <t>1903Про розгляд заяви громадянки Дрокіної Вікторії Миколаївни</t>
+    <t>ID - 1903,  Про розгляд заяви громадянки Дрокіної Вікторії Миколаївни</t>
   </si>
   <si>
     <t>15.04.21  11:44:58</t>
   </si>
   <si>
     <t>15.04.21  11:46:13</t>
   </si>
   <si>
     <t>15.04.21  11:47:12</t>
   </si>
   <si>
     <t>15.04.21  11:49:41</t>
   </si>
   <si>
     <t>15.04.21  11:51:03</t>
   </si>
   <si>
     <t>15.04.21  11:52:51</t>
   </si>
   <si>
     <t>15.04.21  11:54:20</t>
   </si>
   <si>
     <t>15.04.21  11:55:22</t>
   </si>
   <si>
-    <t>1911вилучити з п.1  текст `та земельну ділянку 0,3309`</t>
+    <t>ID - 1911,  вилучити з п.1  текст `та земельну ділянку 0,3309`</t>
   </si>
   <si>
     <t>15.04.21  11:55:59</t>
   </si>
   <si>
     <t>15.04.21  11:57:07</t>
   </si>
   <si>
     <t>15.04.21  11:59:53</t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>15.04.21  12:01:29</t>
   </si>
   <si>
     <t>15.04.21  12:04:50</t>
   </si>
   <si>
     <t>15.04.21  12:05:58</t>
   </si>
   <si>
     <t>15.04.21  12:07:17</t>
   </si>
   <si>
-    <t>1918Про затвердження технiчних документацiй iз землеустрою в с. Острів</t>
+    <t>ID - 1918,  Про затвердження технiчних документацiй iз землеустрою в с. Острів</t>
   </si>
   <si>
     <t>15.04.21  12:08:37</t>
   </si>
   <si>
-    <t>1919Про розгляд заяви громадянина Клепака Романа Зеновійовича в с. Острів</t>
+    <t>ID - 1919,  Про розгляд заяви громадянина Клепака Романа Зеновійовича в с. Острів</t>
   </si>
   <si>
     <t>15.04.21  12:10:00</t>
   </si>
   <si>
-    <t>1920Про розгляд заяви громадянки Горак Марії Іванівни в с. Острів</t>
+    <t>ID - 1920,  Про розгляд заяви громадянки Горак Марії Іванівни в с. Острів</t>
   </si>
   <si>
     <t>15.04.21  12:11:28</t>
   </si>
   <si>
-    <t>1921Про розгляд заяви громадянки Яремчук Лесі Іванівни в с. Добрячин</t>
+    <t>ID - 1921,  Про розгляд заяви громадянки Яремчук Лесі Іванівни в с. Добрячин</t>
   </si>
   <si>
     <t>15.04.21  12:12:31</t>
   </si>
   <si>
-    <t>1922Про розгляд заяви громадянина Ціцея Павла Веніаміновича в с. Острів</t>
+    <t>ID - 1922,  Про розгляд заяви громадянина Ціцея Павла Веніаміновича в с. Острів</t>
   </si>
   <si>
     <t>15.04.21  12:15:06</t>
   </si>
   <si>
-    <t>1923Про розгляд заяв громадянина Данчука Ігоря Степановича в с.Острів</t>
+    <t>ID - 1923,  Про розгляд заяв громадянина Данчука Ігоря Степановича в с.Острів</t>
   </si>
   <si>
     <t>15.04.21  12:16:24</t>
   </si>
   <si>
-    <t>1924У рішенні по тексту після слів ` площі ` добавити текст  `з метою передачі в оренду` </t>
-[...1 lines deleted...]
-  <si>
     <t>15.04.21  12:17:02</t>
   </si>
   <si>
-    <t>1925Про розгляд заяв громадянина Данчука Ігоря Степановича в с.Острів</t>
+    <t>ID - 1925,  Про розгляд заяв громадянина Данчука Ігоря Степановича в с.Острів</t>
   </si>
   <si>
     <t>15.04.21  12:20:09</t>
   </si>
   <si>
     <t>15.04.21  12:23:41</t>
   </si>
   <si>
     <t>15.04.21  12:25:34</t>
   </si>
   <si>
-    <t>1928Про затвердження технiчних документацiй iз землеустрою в м. Червоноград</t>
+    <t>ID - 1928,  Про затвердження технiчних документацiй iз землеустрою в м. Червоноград</t>
   </si>
   <si>
     <t>15.04.21  12:26:58</t>
   </si>
   <si>
     <t>15.04.21  12:28:56</t>
   </si>
   <si>
     <t>15.04.21  12:30:33</t>
   </si>
   <si>
     <t>15.04.21  12:32:16</t>
   </si>
   <si>
-    <t>1932Про розгляд заяви громадянина Лях Івана Миколайовича в м. Червоноград</t>
+    <t>ID - 1932,  Про розгляд заяви громадянина Лях Івана Миколайовича в м. Червоноград</t>
   </si>
   <si>
     <t>15.04.21  12:35:23</t>
   </si>
   <si>
-    <t>1933Про розгляд заяви громадянина Клюсова Валерія Олександровича в м. Червоноград</t>
+    <t>ID - 1933,  Про розгляд заяви громадянина Клюсова Валерія Олександровича в м. Червоноград</t>
   </si>
   <si>
     <t>15.04.21  12:42:01</t>
   </si>
   <si>
-    <t>1934замінити по тексту ` майтерня - баня` на `будинок рибалок`</t>
+    <t>ID - 1934,  замінити по тексту ` майтерня - баня` на `будинок рибалок`</t>
   </si>
   <si>
     <t>15.04.21  12:42:31</t>
   </si>
   <si>
-    <t>1935Про розгляд заяви громадянина Клюсова Валерія Олександровича в м. Червоноград</t>
+    <t>ID - 1935,  Про розгляд заяви громадянина Клюсова Валерія Олександровича в м. Червоноград</t>
   </si>
   <si>
     <t>15.04.21  12:45:30</t>
   </si>
   <si>
+    <t>ID - 1936,  </t>
+  </si>
+  <si>
     <t>15.04.21  12:46:57</t>
   </si>
   <si>
-    <t>1937Про розгляд заяви громадянина Шмигельського Сергія Федоровича в м. Червоноград</t>
+    <t>ID - 1937,  Про розгляд заяви громадянина Шмигельського Сергія Федоровича в м. Червоноград</t>
   </si>
   <si>
     <t>15.04.21  12:48:39</t>
   </si>
   <si>
     <t>15.04.21  12:50:55</t>
   </si>
   <si>
-    <t>1939Про надання в оренду земельних ділянок в м. Червоноград</t>
+    <t>ID - 1939,  Про надання в оренду земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>15.04.21  12:55:24</t>
   </si>
   <si>
-    <t>1940Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
+    <t>ID - 1940,  Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>15.04.21  12:58:37</t>
   </si>
   <si>
     <t>15.04.21  13:00:39</t>
   </si>
   <si>
     <t>15.04.21  13:02:10</t>
   </si>
   <si>
     <t>15.04.21  13:02:56</t>
   </si>
   <si>
     <t>15.04.21  13:03:49</t>
   </si>
   <si>
     <t>15.04.21  13:06:53</t>
   </si>
   <si>
     <t>15.04.21  13:07:26</t>
   </si>
   <si>
     <t>15.04.21  13:10:17</t>
   </si>
   <si>
     <t>15.04.21  13:11:37</t>
   </si>
   <si>
     <t>15.04.21  13:12:16</t>
   </si>
   <si>
     <t>15.04.21  13:21:28</t>
   </si>
   <si>
-    <t>1951Про розгляд заяви ФОП Снігур Надії Богданівни в м. Червоноград</t>
+    <t>ID - 1951,  Про розгляд заяви ФОП Снігур Надії Богданівни в м. Червоноград</t>
   </si>
   <si>
     <t>Утримались: 8</t>
   </si>
   <si>
     <t>15.04.21  13:23:25</t>
   </si>
   <si>
     <t>15.04.21  13:24:52</t>
   </si>
   <si>
-    <t>1953Про розгляд заяви громадянина Пліша Григорія Яковича в м. Червоноград</t>
+    <t>ID - 1953,  Про розгляд заяви громадянина Пліша Григорія Яковича в м. Червоноград</t>
   </si>
   <si>
     <t>15.04.21  13:26:23</t>
   </si>
   <si>
     <t>15.04.21  13:28:32</t>
   </si>
   <si>
     <t>15.04.21  13:32:08</t>
   </si>
   <si>
     <t>За: 1</t>
   </si>
   <si>
     <t>15.04.21  13:32:41</t>
   </si>
   <si>
     <t>15.04.21  13:33:28</t>
   </si>
   <si>
-    <t>1958у рішенні вказати площу 0,0003 га</t>
+    <t>ID - 1958,  у рішенні вказати площу 0,0003 га</t>
   </si>
   <si>
     <t>15.04.21  13:34:18</t>
   </si>
   <si>
-    <t>1959у рішенні вказати площу 0,3 га</t>
+    <t>ID - 1959,  у рішенні вказати площу 0,3 га</t>
   </si>
   <si>
     <t>15.04.21  13:34:59</t>
   </si>
   <si>
     <t>15.04.21  13:41:39</t>
   </si>
   <si>
     <t>15.04.21  13:43:47</t>
   </si>
   <si>
     <t>15.04.21  13:44:17</t>
   </si>
   <si>
     <t>29.04.21  10:31:55</t>
   </si>
   <si>
-    <t>1984Запит Сімчука В.М. щодо територіальної оборони </t>
+    <t>ID - 1984,  Запит Сімчука В.М. щодо територіальної оборони </t>
   </si>
   <si>
     <t>29.04.21  10:34:27</t>
   </si>
   <si>
-    <t>1985Запит Стельмаха щодо ремонту Палацу Потоцького (мур) </t>
+    <t>ID - 1985,  Запит Стельмаха щодо ремонту Палацу Потоцького (мур) </t>
   </si>
   <si>
     <t>29.04.21  10:34:59</t>
   </si>
   <si>
-    <t>1986Про депутатськi запити</t>
+    <t>ID - 1986,  Про депутатськi запити</t>
   </si>
   <si>
     <t>29.04.21  10:41:46</t>
   </si>
   <si>
     <t>29.04.21  10:42:53</t>
   </si>
   <si>
-    <t>1988Правка озвучена на бюджетній комісії щодо ремонту дорожнього покритття Шашкевича 9 </t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.21  10:45:02</t>
   </si>
   <si>
     <t>29.04.21  10:53:20</t>
   </si>
   <si>
     <t>29.04.21  10:55:31</t>
   </si>
   <si>
     <t>29.04.21  11:00:07</t>
   </si>
   <si>
     <t>29.04.21  11:02:08</t>
   </si>
   <si>
     <t>29.04.21  11:03:25</t>
   </si>
   <si>
-    <t>1994Про затвердження передавального акту Соснівської міської ради</t>
+    <t>ID - 1994,  Про затвердження передавального акту Соснівської міської ради</t>
   </si>
   <si>
     <t>29.04.21  11:04:27</t>
   </si>
   <si>
-    <t>1995Про затвердження передавального акту Гірницької селищної ради</t>
+    <t>ID - 1995,  Про затвердження передавального акту Гірницької селищної ради</t>
   </si>
   <si>
     <t>29.04.21  11:07:52</t>
   </si>
   <si>
-    <t>1996Про розгляд заяви громадянина Ганича Сергія Михайловича в смт. Гірник</t>
+    <t>ID - 1996,  Про розгляд заяви громадянина Ганича Сергія Михайловича в смт. Гірник</t>
   </si>
   <si>
     <t>29.04.21  11:10:02</t>
   </si>
   <si>
     <t>29.04.21  11:11:07</t>
   </si>
   <si>
     <t>29.04.21  11:12:45</t>
   </si>
   <si>
     <t>29.04.21  11:14:23</t>
   </si>
   <si>
     <t>29.04.21  11:16:14</t>
   </si>
   <si>
-    <t>2001Про надання в оренду земельної ділянки в м. Соснівка</t>
+    <t>ID - 2001,  Про надання в оренду земельної ділянки в м. Соснівка</t>
   </si>
   <si>
     <t>29.04.21  11:17:13</t>
   </si>
   <si>
-    <t>2002Замінити по тексту  `3 роки` на  `1 рік` </t>
+    <t>ID - 2002,  Замінити по тексту  `3 роки` на  `1 рік` </t>
   </si>
   <si>
     <t>29.04.21  11:17:39</t>
   </si>
   <si>
-    <t>2003Про надання в оренду земельної ділянки в м. Соснівка</t>
+    <t>ID - 2003,  Про надання в оренду земельної ділянки в м. Соснівка</t>
   </si>
   <si>
     <t>29.04.21  11:23:27</t>
   </si>
   <si>
     <t>29.04.21  11:25:52</t>
   </si>
   <si>
-    <t>2005Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Волсвин</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.21  11:26:47</t>
   </si>
   <si>
-    <t>2006Про затвердження технiчних документацiй iз землеустрою в с. Волсвин</t>
+    <t>ID - 2006,  Про затвердження технiчних документацiй iз землеустрою в с. Волсвин</t>
   </si>
   <si>
     <t>29.04.21  11:27:51</t>
   </si>
   <si>
-    <t>2007Про розгляд заяви громадянки Покиньброди Ганни Петрівни в селі Волсвин</t>
+    <t>ID - 2007,  Про розгляд заяви громадянки Покиньброди Ганни Петрівни в селі Волсвин</t>
   </si>
   <si>
     <t>29.04.21  11:28:53</t>
   </si>
   <si>
-    <t>2008Про розгляд заяви громадянки Зварич Надії Григорівни в селі Волсвин</t>
+    <t>ID - 2008,  Про розгляд заяви громадянки Зварич Надії Григорівни в селі Волсвин</t>
   </si>
   <si>
     <t>29.04.21  11:29:53</t>
   </si>
   <si>
-    <t>2009Про затвердження технiчних документацiй iз землеустрою в с. Межиріччя</t>
+    <t>ID - 2009,  Про затвердження технiчних документацiй iз землеустрою в с. Межиріччя</t>
   </si>
   <si>
     <t>29.04.21  11:32:12</t>
   </si>
   <si>
     <t>29.04.21  11:33:38</t>
   </si>
   <si>
     <t>29.04.21  11:35:04</t>
   </si>
   <si>
-    <t>2012Про затвердження проектів землеустрою щодо вiдведення земельних дiлянок в с. Бендюга</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.21  11:36:25</t>
   </si>
   <si>
-    <t>2013Про затвердження технічних документації із землеустрою в с. Бендюга</t>
+    <t>ID - 2013,  Про затвердження технічних документації із землеустрою в с. Бендюга</t>
   </si>
   <si>
     <t>29.04.21  11:37:30</t>
   </si>
   <si>
     <t>29.04.21  11:38:32</t>
   </si>
   <si>
-    <t>2015Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки в с. Поздимир</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.21  11:39:29</t>
   </si>
   <si>
     <t>29.04.21  11:40:25</t>
   </si>
   <si>
-    <t>2017Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
+    <t>ID - 2017,  Про затвердження технiчних документацiй iз землеустрою в с. Сілець</t>
   </si>
   <si>
     <t>29.04.21  11:41:24</t>
   </si>
   <si>
-    <t>2018Про розгляд заяви учасника бойових дій Жезла Ігоря Михайловича в с. Сілець</t>
+    <t>ID - 2018,  Про розгляд заяви учасника бойових дій Жезла Ігоря Михайловича в с. Сілець</t>
   </si>
   <si>
     <t>29.04.21  11:42:18</t>
   </si>
   <si>
-    <t>2019Про розгляд заяви учасника бойових дій Тритяка Богдана Володимировича в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.21  11:43:30</t>
   </si>
   <si>
-    <t>2020Про розгляд заяви громадянки Тацинець Наталії Володимирівни в с. Сілець</t>
+    <t>ID - 2020,  Про розгляд заяви громадянки Тацинець Наталії Володимирівни в с. Сілець</t>
   </si>
   <si>
     <t>29.04.21  11:45:25</t>
   </si>
   <si>
-    <t>2021Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.21  11:47:26</t>
   </si>
   <si>
-    <t>2022Про розгляд заяв громадян про відміну рішень Червоноградської міської ради</t>
+    <t>ID - 2022,  Про розгляд заяв громадян про відміну рішень Червоноградської міської ради</t>
   </si>
   <si>
     <t>29.04.21  11:48:36</t>
   </si>
   <si>
     <t>29.04.21  11:49:51</t>
   </si>
   <si>
-    <t>2024Про затвердження технiчної документацiї iз землеустрою в с. Борятин</t>
+    <t>ID - 2024,  Про затвердження технiчної документацiї iз землеустрою в с. Борятин</t>
   </si>
   <si>
     <t>29.04.21  11:51:54</t>
   </si>
   <si>
     <t>29.04.21  11:53:05</t>
   </si>
   <si>
     <t>29.04.21  11:54:06</t>
   </si>
   <si>
-    <t>2027Про затвердження технiчної документацiї iз землеустрою за межами с. Борятин</t>
+    <t>ID - 2027,  Про затвердження технiчної документацiї iз землеустрою за межами с. Борятин</t>
   </si>
   <si>
     <t>29.04.21  11:56:02</t>
   </si>
   <si>
     <t>29.04.21  11:56:35</t>
   </si>
   <si>
-    <t>2029Про затвердження технiчної документацiї iз землеустрою за межами с. Борятин</t>
+    <t>ID - 2029,  Про затвердження технiчної документацiї iз землеустрою за межами с. Борятин</t>
   </si>
   <si>
     <t>29.04.21  11:58:13</t>
   </si>
   <si>
     <t>29.04.21  11:59:14</t>
   </si>
   <si>
     <t>29.04.21  12:00:16</t>
   </si>
   <si>
     <t>29.04.21  12:01:26</t>
   </si>
   <si>
     <t>29.04.21  12:02:10</t>
   </si>
   <si>
-    <t>2034Про внесення змiни в рішення Червоноградської мiської ради  </t>
+    <t>ID - 2034,  Про внесення змiни в рішення Червоноградської мiської ради  </t>
   </si>
   <si>
     <t>29.04.21  12:04:40</t>
   </si>
   <si>
     <t>29.04.21  12:05:47</t>
   </si>
   <si>
-    <t>2036Про розгляд заяви громадянки Ердман Наталії Миколаївни</t>
+    <t>ID - 2036,  Про розгляд заяви громадянки Ердман Наталії Миколаївни</t>
   </si>
   <si>
     <t>29.04.21  12:08:05</t>
   </si>
   <si>
     <t>29.04.21  12:09:10</t>
   </si>
   <si>
-    <t>2038Про розгляд заяви громадянина-учасника бойових дій Грошка Олега Олександровича</t>
+    <t>ID - 2038,  Про розгляд заяви громадянина-учасника бойових дій Грошка Олега Олександровича</t>
   </si>
   <si>
     <t>29.04.21  12:24:30</t>
   </si>
   <si>
-    <t>2039Про розгляд заяви громадянина Грабінського Ігоря Мироновича в смт. Гірник</t>
+    <t>ID - 2039,  Про розгляд заяви громадянина Грабінського Ігоря Мироновича в смт. Гірник</t>
   </si>
   <si>
     <t>Утримались: 17</t>
   </si>
   <si>
     <t>29.04.21  12:26:40</t>
   </si>
   <si>
-    <t>2040Про розгляд заяви фізичної особи - підприємця Пуздерко Ганни Петрівни в смт. Гірник</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.21  12:29:26</t>
   </si>
   <si>
-    <t>2041у п. 4  - встановити орендну ставку 4%, термін оренди 1 рік </t>
+    <t>ID - 2041,  у п. 4  - встановити орендну ставку 4%, термін оренди 1 рік </t>
   </si>
   <si>
     <t>Утримались: 5</t>
   </si>
   <si>
     <t>29.04.21  12:29:57</t>
   </si>
   <si>
-    <t>2042Про розгляд заяви фізичної особи - підприємця Пуздерко Ганни Петрівни в смт. Гірник</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.21  12:31:26</t>
   </si>
   <si>
-    <t>2043Про розгляд заяви громадянина Васькевича Андрія Степановича в смт. Гірник</t>
+    <t>ID - 2043,  Про розгляд заяви громадянина Васькевича Андрія Степановича в смт. Гірник</t>
   </si>
   <si>
     <t>29.04.21  12:33:36</t>
   </si>
   <si>
     <t>29.04.21  12:35:11</t>
   </si>
   <si>
-    <t>2045Про затвердження технiчних документацiй iз землеустрою в м. Червоноград</t>
+    <t>ID - 2045,  Про затвердження технiчних документацiй iз землеустрою в м. Червоноград</t>
   </si>
   <si>
     <t>29.04.21  12:37:53</t>
   </si>
   <si>
-    <t>2046Про розгляд заяви громадянки Зазуляк Кристини Володимирівни</t>
+    <t>ID - 2046,  Про розгляд заяви громадянки Зазуляк Кристини Володимирівни</t>
   </si>
   <si>
     <t>29.04.21  12:39:23</t>
   </si>
   <si>
     <t>29.04.21  12:41:12</t>
   </si>
   <si>
-    <t>2048у  п.1. Додатку  замінити Кулієва на Сущинина м. Сколе </t>
+    <t>ID - 2048,  у  п.1. Додатку  замінити Кулієва на Сущинина м. Сколе </t>
   </si>
   <si>
     <t>29.04.21  12:41:44</t>
   </si>
   <si>
     <t>29.04.21  12:43:02</t>
   </si>
   <si>
-    <t>2050Про розгляд заяви громадянина Цибульського Сергія Олексійовича в м. Червоноград</t>
+    <t>ID - 2050,  Про розгляд заяви громадянина Цибульського Сергія Олексійовича в м. Червоноград</t>
   </si>
   <si>
     <t>29.04.21  12:44:04</t>
   </si>
   <si>
-    <t>2051Про розгляд заяви громадянки Сушко Ірини Ігорівни в м. Червоноград</t>
+    <t>ID - 2051,  Про розгляд заяви громадянки Сушко Ірини Ігорівни в м. Червоноград</t>
   </si>
   <si>
     <t>29.04.21  12:46:00</t>
   </si>
   <si>
     <t>29.04.21  12:47:42</t>
   </si>
   <si>
-    <t>2053Про розгляд заяви громадянина Климчака Ігоря Богдановича в м. Червоноград</t>
+    <t>ID - 2053,  Про розгляд заяви громадянина Климчака Ігоря Богдановича в м. Червоноград</t>
   </si>
   <si>
     <t>29.04.21  12:48:46</t>
   </si>
   <si>
     <t>29.04.21  12:52:21</t>
   </si>
   <si>
-    <t>2055Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
+    <t>ID - 2055,  Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>29.04.21  12:53:41</t>
   </si>
   <si>
     <t>29.04.21  12:54:16</t>
   </si>
   <si>
-    <t>2057Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
+    <t>ID - 2057,  Про продовження термiну оренди земельних ділянок в м. Червоноград</t>
   </si>
   <si>
     <t>29.04.21  12:55:48</t>
   </si>
   <si>
-    <t>2058Про розгляд клопотання Товариства з обмеженою відповідальністю «БЕСТ-ЛІНК»</t>
+    <t>ID - 2058,  Про розгляд клопотання Товариства з обмеженою відповідальністю «БЕСТ-ЛІНК»</t>
   </si>
   <si>
     <t>29.04.21  12:59:19</t>
   </si>
   <si>
     <t>29.04.21  13:02:06</t>
   </si>
   <si>
-    <t>2060Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 2060,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>29.04.21  13:05:01</t>
   </si>
   <si>
-    <t>2062Про розгляд заяви ФОП Серчинської Галини Григорівни в м. Червоноград</t>
+    <t>ID - 2062,  Про розгляд заяви ФОП Серчинської Галини Григорівни в м. Червоноград</t>
   </si>
   <si>
     <t>29.04.21  13:05:41</t>
   </si>
   <si>
-    <t>2063Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 2063,  Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>29.04.21  13:07:52</t>
   </si>
   <si>
-    <t>2064вилучити п.2 , вилучити пп.2 з п.4.  Замінити адресу з Кривоноса 88 на Кривоноса 8б</t>
+    <t>ID - 2064,  вилучити п.2 , вилучити пп.2 з п.4.  Замінити адресу з Кривоноса 88 на Кривоноса 8б</t>
   </si>
   <si>
     <t>29.04.21  13:08:23</t>
   </si>
   <si>
-    <t>2065Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 2065,  Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>29.04.21  13:12:10</t>
   </si>
   <si>
     <t>29.04.21  13:13:17</t>
   </si>
   <si>
     <t>29.04.21  13:14:54</t>
   </si>
   <si>
     <t>29.04.21  13:16:29</t>
   </si>
   <si>
     <t>За: 248</t>
   </si>
   <si>
     <t>За: 166</t>
   </si>
   <si>
     <t>За: 233</t>
   </si>
   <si>
     <t>За: 142</t>
   </si>
@@ -2267,51 +2231,51 @@
       <c r="AQ3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>1782Про звернення Червоноградської  міської ради щодо критичної ситуації у шахтарських колективах ДП «Львіввугілля» у зв’язку з не виплатою заробітної плати.</t>
+          <t>ID - 1782,  Про звернення Червоноградської  міської ради щодо критичної ситуації у шахтарських колективах ДП «Львіввугілля» у зв’язку з не виплатою заробітної плати.</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>59</v>
       </c>
       <c r="E4" t="s">
         <v>47</v>
       </c>
       <c r="F4" t="s">
         <v>60</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
         <v>50</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>53</v>
@@ -2412,51 +2376,51 @@
       <c r="AQ4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>1783п. Звернутись до Червоноградської районної ради, Львівської обласної ради скерувати аналогічне рішення . </t>
+          <t>ID - 1783,  п. Звернутись до Червоноградської районної ради, Львівської обласної ради скерувати аналогічне рішення . </t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>60</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>53</v>
@@ -2557,51 +2521,51 @@
       <c r="AQ5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>1784Про звернення Червоноградської  міської ради щодо критичної ситуації у шахтарських колективах ДП «Львіввугілля» у зв’язку з не виплатою заробітної плати.</t>
+          <t>ID - 1784,  Про звернення Червоноградської  міської ради щодо критичної ситуації у шахтарських колективах ДП «Львіввугілля» у зв’язку з не виплатою заробітної плати.</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>57</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>53</v>
@@ -2702,51 +2666,51 @@
       <c r="AQ6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>1785Про внесення змін до Рішення Червоноградської міської ради від 11. 06. 2020 № 1655 «Про зміну типів та найменувань закладів загальної середньої освіти»</t>
+          <t>ID - 1785,  Про внесення змін до Рішення Червоноградської міської ради від 11. 06. 2020 № 1655 «Про зміну типів та найменувань закладів загальної середньої освіти»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>65</v>
       </c>
       <c r="F7" t="s">
         <v>66</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -2847,51 +2811,51 @@
       <c r="AQ7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>1786Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 1786,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>70</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>53</v>
@@ -3421,51 +3385,51 @@
       <c r="AQ11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>78</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>1791Про внесення змін в рішення №11 від 10.12.2020 р. «Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
+          <t>ID - 1791,  Про внесення змін в рішення №11 від 10.12.2020 р. «Про затвердження структури виконавчих органiв Червоноградської мiської ради та їх загальної чисельностi»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>64</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>70</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>53</v>
@@ -3709,51 +3673,51 @@
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>1794Про затвердження Програми охорони культурної спадщини Червоноградської територіальної громади на 2021-2022 роки</t>
+          <t>ID - 1794,  Про затвердження Програми охорони культурної спадщини Червоноградської територіальної громади на 2021-2022 роки</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>64</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>83</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>53</v>
@@ -3854,51 +3818,51 @@
       <c r="AQ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>84</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>1795Про затвердження Положення про вiддiл культури Червоноградської мiської ради в новiй редакцiї</t>
+          <t>ID - 1795,  Про затвердження Положення про вiддiл культури Червоноградської мiської ради в новiй редакцiї</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>64</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>85</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
         <v>50</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>53</v>
@@ -3999,51 +3963,51 @@
       <c r="AQ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>86</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>1796Про затвердження Програми розвитку освіти Червоноградської міської ради на 2021-2025 роки</t>
+          <t>ID - 1796,  Про затвердження Програми розвитку освіти Червоноградської міської ради на 2021-2025 роки</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>64</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>87</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>53</v>
@@ -4144,51 +4108,51 @@
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>88</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>1797Про надання згоди на прийняття зі спільної власності територіальних громад Львівської області з балансу КНП ЛОР «Львівська обласна лікарня» відділення хронічного гемодіалізу №1</t>
+          <t>ID - 1797,  Про надання згоди на прийняття зі спільної власності територіальних громад Львівської області з балансу КНП ЛОР «Львівська обласна лікарня» відділення хронічного гемодіалізу №1</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>64</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>89</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>53</v>
@@ -4289,51 +4253,51 @@
       <c r="AQ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>1798Про надання дозволу комунальному підприємству «Центральна міська лікарня Червоноградської міської ради» на списання з балансу основних засобів</t>
+          <t>ID - 1798,  Про надання дозволу комунальному підприємству «Центральна міська лікарня Червоноградської міської ради» на списання з балансу основних засобів</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>64</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>53</v>
@@ -4434,51 +4398,51 @@
       <c r="AQ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>1799Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону</t>
+          <t>ID - 1799,  Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>59</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" t="s">
         <v>93</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>53</v>
@@ -4722,51 +4686,51 @@
       <c r="AQ20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>1801Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону</t>
+          <t>ID - 1801,  Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади , щодо яких прийнято рішення про передачу в оренду без проведення аукціону</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>56</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>93</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>53</v>
@@ -4867,51 +4831,51 @@
       <c r="AQ21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>97</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>1802Про звiльнення орендарiв вiд сплати орендної плати за оренду торговельних мiсць на перiод дiї карантину</t>
+          <t>ID - 1802,  Про звiльнення орендарiв вiд сплати орендної плати за оренду торговельних мiсць на перiод дiї карантину</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>93</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>53</v>
@@ -5012,51 +4976,51 @@
       <c r="AQ22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>98</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>1803Про затвердження перелiку орендарiв, якi вимушено припинили свою дiяльнiсть у зв’язку iз введенням дії додаткових обмежувальних протиепідемічних заходів</t>
+          <t>ID - 1803,  Про затвердження перелiку орендарiв, якi вимушено припинили свою дiяльнiсть у зв’язку iз введенням дії додаткових обмежувальних протиепідемічних заходів</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>59</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>87</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
@@ -5157,51 +5121,51 @@
       <c r="AQ23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>99</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>1804виключити ззі списку - ФОП `Кочерган`  , ФОП `Горбатенко`, ТзОВ` Кейтергінг компані` , ФОП `Юферов`</t>
+          <t>ID - 1804,  виключити ззі списку - ФОП `Кочерган`  , ФОП `Горбатенко`, ТзОВ` Кейтергінг компані` , ФОП `Юферов`</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>46</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -5302,51 +5266,51 @@
       <c r="AQ24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>100</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>1805Про затвердження перелiку орендарiв, якi вимушено припинили свою дiяльнiсть у зв’язку iз введенням дії додаткових обмежувальних протиепідемічних заходів</t>
+          <t>ID - 1805,  Про затвердження перелiку орендарiв, якi вимушено припинили свою дiяльнiсть у зв’язку iз введенням дії додаткових обмежувальних протиепідемічних заходів</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>56</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>101</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>102</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -5447,51 +5411,51 @@
       <c r="AQ25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>103</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>1806Про надання згоди на прийняття капiтальних вкладень та проектно - кошторисної документації по об`єкту «Реконструкція магістрального водопроводу Бендюзького водозабору від с.Бендюга Сокальського району Львівської області до м. Червоноград Львівської області»  (1 черга)</t>
+          <t>ID - 1806,  Про надання згоди на прийняття капiтальних вкладень та проектно - кошторисної документації по об`єкту «Реконструкція магістрального водопроводу Бендюзького водозабору від с.Бендюга Сокальського району Львівської області до м. Червоноград Львівської області»  (1 черга)</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>53</v>
@@ -5592,51 +5556,51 @@
       <c r="AQ26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>104</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>1807Про надання згоди на прийняття капiтальних вкладень та проектно - кошторисної документації по об`єкту «Будівництво підвищувальної насосної станції в  смт. Гірник  Львівської області»</t>
+          <t>ID - 1807,  Про надання згоди на прийняття капiтальних вкладень та проектно - кошторисної документації по об`єкту «Будівництво підвищувальної насосної станції в  смт. Гірник  Львівської області»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>64</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>53</v>
@@ -5737,51 +5701,51 @@
       <c r="AQ27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>105</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>1808Про участь в обласному конкурсi проєктiв регіонального розвиткут Львівщини на 2021-2025роки</t>
+          <t>ID - 1808,  Про участь в обласному конкурсi проєктiв регіонального розвиткут Львівщини на 2021-2025роки</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>64</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>93</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -6452,52 +6416,54 @@
         <v>53</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>114</v>
       </c>
-      <c r="C33" t="s" s="4">
-        <v>115</v>
+      <c r="C33" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1813,  Про затвердження передавального акту виконавчого комітету Гірницької селищної ради</t>
+        </is>
       </c>
       <c r="D33" t="s">
         <v>59</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
         <v>60</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>53</v>
       </c>
@@ -6593,54 +6559,54 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>115</v>
+      </c>
+      <c r="C34" t="s" s="4">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D34" t="s">
         <v>46</v>
       </c>
       <c r="E34" t="s">
         <v>47</v>
       </c>
       <c r="F34" t="s">
         <v>60</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34" t="s">
         <v>50</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>53</v>
       </c>
@@ -6736,54 +6702,56 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>117</v>
+      </c>
+      <c r="C35" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1815,  Про затвердження передавального акту виконавчого комітету Гірницької селищної ради</t>
+        </is>
       </c>
       <c r="D35" t="s">
         <v>56</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
         <v>60</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>53</v>
       </c>
@@ -6879,54 +6847,54 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C36" t="s" s="4">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D36" t="s">
         <v>59</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
         <v>57</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>53</v>
       </c>
@@ -7022,54 +6990,54 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C37" t="s" s="4">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D37" t="s">
         <v>46</v>
       </c>
       <c r="E37" t="s">
         <v>47</v>
       </c>
       <c r="F37" t="s">
         <v>91</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>53</v>
       </c>
@@ -7165,54 +7133,54 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C38" t="s" s="4">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D38" t="s">
         <v>56</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
         <v>48</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>53</v>
       </c>
@@ -7308,54 +7276,54 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C39" t="s" s="4">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D39" t="s">
         <v>64</v>
       </c>
       <c r="E39" t="s">
         <v>47</v>
       </c>
       <c r="F39" t="s">
         <v>48</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>50</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>53</v>
       </c>
@@ -7451,54 +7419,54 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C40" t="s" s="4">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D40" t="s">
         <v>64</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40" t="s">
         <v>93</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>53</v>
       </c>
@@ -7594,55 +7562,55 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>1821Про безоплатну передачу об’єктів комунальної власності  Червоноградської  мiської ради</t>
+          <t>ID - 1821,  Про безоплатну передачу об’єктів комунальної власності  Червоноградської  мiської ради</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>64</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
         <v>60</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>53</v>
@@ -7739,54 +7707,54 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C42" t="s" s="4">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D42" t="s">
         <v>59</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
         <v>48</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>53</v>
       </c>
@@ -7882,54 +7850,54 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D43" t="s">
         <v>46</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
         <v>48</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>53</v>
       </c>
@@ -8025,54 +7993,54 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D44" t="s">
         <v>56</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
         <v>60</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
         <v>50</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>53</v>
       </c>
@@ -8168,55 +8136,55 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>1825Про затвердження передавального акту виконавчого комітету  Соснівської міської ради</t>
+          <t>ID - 1825,  Про затвердження передавального акту виконавчого комітету  Соснівської міської ради</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>64</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
         <v>60</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>53</v>
@@ -8313,55 +8281,55 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>1826Про безоплатну передачу об’єктів нерухомого і рухомого майна та земельних ділянок з комунальної власності Червоноградської  мiської ради</t>
+          <t>ID - 1826,  Про безоплатну передачу об’єктів нерухомого і рухомого майна та земельних ділянок з комунальної власності Червоноградської  мiської ради</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>64</v>
       </c>
       <c r="E46" t="s">
         <v>47</v>
       </c>
       <c r="F46" t="s">
         <v>60</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>53</v>
@@ -8458,55 +8426,55 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>1827Про безоплатну передачу майна з комунальної власності Червоноградської міської ради на баланс ГО СК «Добрячин» та КП «Центр первинної медико-санітарної допомоги м.Червонограда» </t>
+          <t>ID - 1827,  Про безоплатну передачу майна з комунальної власності Червоноградської міської ради на баланс ГО СК «Добрячин» та КП «Центр первинної медико-санітарної допомоги м.Червонограда» </t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>59</v>
       </c>
       <c r="E47" t="s">
         <v>47</v>
       </c>
       <c r="F47" t="s">
         <v>57</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>53</v>
@@ -8603,55 +8571,55 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>1828Внести правки у п.1,2.  п.1 . передати спортивну форму у постійне користування на постійній основі п.2 . передати в оперативне управління   </t>
+          <t>ID - 1828,  Внести правки у п.1,2.  п.1 . передати спортивну форму у постійне користування на постійній основі п.2 . передати в оперативне управління   </t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>46</v>
       </c>
       <c r="E48" t="s">
         <v>47</v>
       </c>
       <c r="F48" t="s">
         <v>60</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
         <v>50</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>53</v>
@@ -8748,55 +8716,55 @@
       </c>
       <c r="AP48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>1829Про безоплатну передачу майна з комунальної власності Червоноградської міської ради на баланс ГО СК «Добрячин» та КП «Центр первинної медико-санітарної допомоги м.Червонограда» </t>
+          <t>ID - 1829,  Про безоплатну передачу майна з комунальної власності Червоноградської міської ради на баланс ГО СК «Добрячин» та КП «Центр первинної медико-санітарної допомоги м.Червонограда» </t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>56</v>
       </c>
       <c r="E49" t="s">
         <v>47</v>
       </c>
       <c r="F49" t="s">
         <v>48</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
         <v>50</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>53</v>
@@ -8893,55 +8861,55 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>1830Про   розроблення  детального плану території  садибної забудови в південній частині  села Рудка Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 1830,  Про   розроблення  детального плану території  садибної забудови в південній частині  села Рудка Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>64</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
         <v>48</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>53</v>
@@ -9038,55 +9006,55 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>1831Про   розроблення  детального плану території  в районі вулиць Козацька,  Миру та Садова в місті Соснівка  Червоноградської територіальної громади  Червоноградського району Львівської  області</t>
+          <t>ID - 1831,  Про   розроблення  детального плану території  в районі вулиць Козацька,  Миру та Садова в місті Соснівка  Червоноградської територіальної громади  Червоноградського району Львівської  області</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>64</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
         <v>48</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>53</v>
@@ -9183,71 +9151,71 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>1832Про  розроблення детального плану території в районі перехрестя автомобільної дороги Р-15 та автомобільної дороги С141615 Сілець – Соснівка в селі Сілець  Червоноградської територіальної громади Червоноградського району Львівської області</t>
+          <t>ID - 1832,  Про  розроблення детального плану території в районі перехрестя автомобільної дороги Р-15 та автомобільної дороги С141615 Сілець – Соснівка в селі Сілець  Червоноградської територіальної громади Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>64</v>
       </c>
       <c r="E52" t="s">
         <v>65</v>
       </c>
       <c r="F52" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>51</v>
       </c>
@@ -9328,54 +9296,54 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>68</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D53" t="s">
         <v>64</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
         <v>93</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53" t="s">
         <v>50</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>53</v>
       </c>
@@ -9471,55 +9439,55 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>1834Про надання дозволу КП«Соснівкажитлокомунсервіс»  на списання з балансу багатоквартирних будинків</t>
+          <t>ID - 1834,  Про надання дозволу КП«Соснівкажитлокомунсервіс»  на списання з балансу багатоквартирних будинків</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>64</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
         <v>48</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>53</v>
@@ -9616,55 +9584,55 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>1835Про внесення змін  до  рішення Червоноградської міської ради від 26.01.2021р. №127 «Про безоплатну  передачу  з  балансу Виконавчого  комітету  Червоноградської  міської  ради  доріг  на баланс  КП «Комунальник»   та КП «Червонограджитлокомунсервіс»</t>
+          <t>ID - 1835,  Про внесення змін  до  рішення Червоноградської міської ради від 26.01.2021р. №127 «Про безоплатну  передачу  з  балансу Виконавчого  комітету  Червоноградської  міської  ради  доріг  на баланс  КП «Комунальник»   та КП «Червонограджитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>64</v>
       </c>
       <c r="E55" t="s">
         <v>47</v>
       </c>
       <c r="F55" t="s">
         <v>48</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55" t="s">
         <v>50</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>53</v>
@@ -9761,55 +9729,55 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>1836Про   затвердження      статуту комунального     пiдприємства «Червоноградводоканал»  в новiй  редакції</t>
+          <t>ID - 1836,  Про   затвердження      статуту комунального     пiдприємства «Червоноградводоканал»  в новiй  редакції</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>64</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
         <v>48</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>53</v>
@@ -9906,55 +9874,55 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>1837Про внесення змін  до  рішеннь Червоноградської міської ради від 29.12.2021р. №94 «Про безоплатну передачу з балансу Виконавчого комiтету Червоноградської мiської ради основних засобiв мережi вуличного освiтлення на баланс КП «Комунальник»»</t>
+          <t>ID - 1837,  Про внесення змін  до  рішеннь Червоноградської міської ради від 29.12.2021р. №94 «Про безоплатну передачу з балансу Виконавчого комiтету Червоноградської мiської ради основних засобiв мережi вуличного освiтлення на баланс КП «Комунальник»»</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>64</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>48</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>53</v>
@@ -10051,55 +10019,55 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>1838Про внесення змін  до  рішення Червоноградської міської ради від 23.02.2021р. №215 «Про безоплатну передачу з балансу Виконавчого комiтету Червоноградської мiської ради основних засобів тимчасової насосної станцiї Межирiчанської сiльської ради в с.Бендюга на баланс КП «Комунальник»</t>
+          <t>ID - 1838,  Про внесення змін  до  рішення Червоноградської міської ради від 23.02.2021р. №215 «Про безоплатну передачу з балансу Виконавчого комiтету Червоноградської мiської ради основних засобів тимчасової насосної станцiї Межирiчанської сiльської ради в с.Бендюга на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>64</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
         <v>48</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>53</v>
@@ -10196,55 +10164,55 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>1839Про створення добровільних пожежних дружин на території Червоноградської міської ради</t>
+          <t>ID - 1839,  Про створення добровільних пожежних дружин на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>64</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
         <v>91</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>53</v>
@@ -10341,55 +10309,55 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>1840Про   надання       дозволу     комунальному підприємству «Центральна міська лікарня Червоноградської міської  ради» на демонтаж споруди повітрозабірника притічно-витяжної вентиляції та огорожі навпроти хірургічного корпусу</t>
+          <t>ID - 1840,  Про   надання       дозволу     комунальному підприємству «Центральна міська лікарня Червоноградської міської  ради» на демонтаж споруди повітрозабірника притічно-витяжної вентиляції та огорожі навпроти хірургічного корпусу</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>64</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
         <v>48</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>53</v>
@@ -10486,55 +10454,55 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>1841Про звернення Червоноградської  мiської Ради до  Президента України,Верховної Ради України та Кабінету Міністрів України щодо факту державної зради  у справі «Вагнерівців»</t>
+          <t>ID - 1841,  Про звернення Червоноградської  мiської Ради до  Президента України,Верховної Ради України та Кабінету Міністрів України щодо факту державної зради  у справі «Вагнерівців»</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>64</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
         <v>87</v>
       </c>
       <c r="G61" t="s">
         <v>49</v>
       </c>
       <c r="H61" t="s">
         <v>50</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>53</v>
@@ -10631,55 +10599,55 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>1842Про звернення Червоноградської  мiської Ради щодо до  Президента України, Верховної Ради України та Кабінету Міністрів України щодо третьої хвилі пандемії та недостатньої вакцинації</t>
+          <t>ID - 1842,  Про звернення Червоноградської  мiської Ради щодо до  Президента України, Верховної Ради України та Кабінету Міністрів України щодо третьої хвилі пандемії та недостатньої вакцинації</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>64</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
         <v>93</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>53</v>
@@ -10776,55 +10744,55 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>1843Про звернення Червоноградської  мiської ради до  Президента України, Верховної Ради України, Міністерства юстиції України  та Ради національної безпеки та оборони України щодо  підготовки законопроєкту про заборон у діяльності політичних партій «Опозиційна платформа - За життя» та  «Партія Шарія»</t>
+          <t>ID - 1843,  Про звернення Червоноградської  мiської ради до  Президента України, Верховної Ради України, Міністерства юстиції України  та Ради національної безпеки та оборони України щодо  підготовки законопроєкту про заборон у діяльності політичних партій «Опозиційна платформа - За життя» та  «Партія Шарія»</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>64</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
         <v>93</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>53</v>
@@ -10921,69 +10889,69 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D64" t="s">
         <v>46</v>
       </c>
       <c r="E64" t="s">
         <v>65</v>
       </c>
       <c r="F64" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>53</v>
       </c>
@@ -11064,55 +11032,55 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>68</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>1845Про звернення Червоноградської міської ради  щодо утворення єдиного державного лісогосподарського підприємства  на території  Червоноградського району Львівської області</t>
+          <t>ID - 1845,  Про звернення Червоноградської міської ради  щодо утворення єдиного державного лісогосподарського підприємства  на території  Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>64</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
         <v>87</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>53</v>
@@ -11209,55 +11177,55 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>1846Про звернення Червоноградської  мiської Ради до  Президента України щодо  звільнення політв’язня Олега Приходька, якого з 9 жовтня 2019 року незаконно утримує злочинний Путінський режим</t>
+          <t>ID - 1846,  Про звернення Червоноградської  мiської Ради до  Президента України щодо  звільнення політв’язня Олега Приходька, якого з 9 жовтня 2019 року незаконно утримує злочинний Путінський режим</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>64</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
         <v>93</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>53</v>
@@ -11354,54 +11322,54 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D67" t="s">
         <v>59</v>
       </c>
       <c r="E67" t="s">
         <v>47</v>
       </c>
       <c r="F67" t="s">
         <v>101</v>
       </c>
       <c r="G67" t="s">
         <v>49</v>
       </c>
       <c r="H67" t="s">
         <v>50</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
       </c>
@@ -11497,54 +11465,54 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D68" t="s">
         <v>46</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
         <v>87</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
@@ -11640,54 +11608,54 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D69" t="s">
         <v>46</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
         <v>87</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
@@ -11783,54 +11751,54 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="D70" t="s">
         <v>46</v>
       </c>
       <c r="E70" t="s">
         <v>47</v>
       </c>
       <c r="F70" t="s">
         <v>85</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>
       </c>
@@ -11926,54 +11894,54 @@
       </c>
       <c r="AP70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C71" t="s" s="4">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D71" t="s">
         <v>46</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71" t="s">
         <v>91</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
@@ -12069,54 +12037,54 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D72" t="s">
         <v>46</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72" t="s">
         <v>91</v>
       </c>
       <c r="G72" t="s">
         <v>49</v>
       </c>
       <c r="H72" t="s">
         <v>50</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
       </c>
@@ -12212,54 +12180,54 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D73" t="s">
         <v>46</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73" t="s">
         <v>91</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
@@ -12355,54 +12323,54 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D74" t="s">
         <v>46</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
         <v>87</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
       </c>
@@ -12498,54 +12466,54 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D75" t="s">
         <v>56</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
         <v>91</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
       </c>
@@ -12641,55 +12609,55 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>1857Про передачу Відділу капітального будівництва та інвестицій Червоноградської міської ради у постійне користування земельної ділянки</t>
+          <t>ID - 1857,  Про передачу Відділу капітального будівництва та інвестицій Червоноградської міської ради у постійне користування земельної ділянки</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>64</v>
       </c>
       <c r="E76" t="s">
         <v>47</v>
       </c>
       <c r="F76" t="s">
         <v>48</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
@@ -12786,55 +12754,55 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>1858Про передачу Відділу капітального будівництва та інвестицій Червоноградської міської ради у постійне користування земельної ділянки</t>
+          <t>ID - 1858,  Про передачу Відділу капітального будівництва та інвестицій Червоноградської міської ради у постійне користування земельної ділянки</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>64</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
         <v>93</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>50</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>53</v>
@@ -12931,55 +12899,55 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>1859Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
+          <t>ID - 1859,  Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>59</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
         <v>60</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>53</v>
@@ -13076,54 +13044,54 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D79" t="s">
         <v>46</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
         <v>60</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>53</v>
       </c>
@@ -13219,55 +13187,55 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>1861Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
+          <t>ID - 1861,  Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>56</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
         <v>60</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>53</v>
@@ -13364,55 +13332,55 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>1862Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
+          <t>ID - 1862,  Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>64</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
         <v>48</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>53</v>
@@ -13509,55 +13477,55 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>1863Про затвердження звіту про експертну грошову оцінку земельної ділянки площею 0,2638га для будівництва та обслуговування будівель торгівлі (КВЦПЗ – 03.07 Для будівництва та обслуговування будівель торгівлі), що розташована за адресою: Львівська обл., м. Червоноград, вул. Б. Хмельницького, 24з, кадастровий номер: 4611800000:03:004:0030 та продаж її у власність на земельних торгах у формі аукціону</t>
+          <t>ID - 1863,  Про затвердження звіту про експертну грошову оцінку земельної ділянки площею 0,2638га для будівництва та обслуговування будівель торгівлі (КВЦПЗ – 03.07 Для будівництва та обслуговування будівель торгівлі), що розташована за адресою: Львівська обл., м. Червоноград, вул. Б. Хмельницького, 24з, кадастровий номер: 4611800000:03:004:0030 та продаж її у власність на земельних торгах у формі аукціону</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>64</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>48</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>53</v>
@@ -13654,55 +13622,55 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>1864Про затвердження звіту про експертну грошову оцінку земельної ділянки площею 0,0475га для будівництва та обслуговування будівель торгівлі (КВЦПЗ – 03.07 Для будівництва та обслуговування будівель торгівлі), що розташована за адресою: Львівська обл., м. Червоноград, вул. Б. Хмельницького, 24л, кадастровий номер: 4611800000:03:004:0032 та продаж її у власність на земельних торгах у формі аукціону</t>
+          <t>ID - 1864,  Про затвердження звіту про експертну грошову оцінку земельної ділянки площею 0,0475га для будівництва та обслуговування будівель торгівлі (КВЦПЗ – 03.07 Для будівництва та обслуговування будівель торгівлі), що розташована за адресою: Львівська обл., м. Червоноград, вул. Б. Хмельницького, 24л, кадастровий номер: 4611800000:03:004:0032 та продаж її у власність на земельних торгах у формі аукціону</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>64</v>
       </c>
       <c r="E83" t="s">
         <v>47</v>
       </c>
       <c r="F83" t="s">
         <v>93</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
         <v>50</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>53</v>
@@ -13799,55 +13767,55 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>1865Про затвердження проектно-кошторисної документації по об’єкту «Реконструкція приймального відділення КП « Центральна міська лікарня» Червоноградської міської ради» по вул. Івасюка,2 в м. Червоноград Львівської області»</t>
+          <t>ID - 1865,  Про затвердження проектно-кошторисної документації по об’єкту «Реконструкція приймального відділення КП « Центральна міська лікарня» Червоноградської міської ради» по вул. Івасюка,2 в м. Червоноград Львівської області»</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>64</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
         <v>93</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>53</v>
@@ -13944,55 +13912,55 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>1870Про внесення змiн до рiшення Червоноградської мiської ради вiд 24.05.2018 року № 885 «Про затвердження Положення про порядок передачi в оренду майна, яке належить до комунальної власностi територiальної громади м. Червонограда»</t>
+          <t>ID - 1870,  Про внесення змiн до рiшення Червоноградської мiської ради вiд 24.05.2018 року № 885 «Про затвердження Положення про порядок передачi в оренду майна, яке належить до комунальної власностi територiальної громади м. Червонограда»</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>64</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
         <v>70</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>50</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>53</v>
@@ -14089,65 +14057,65 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>1871Про затвердження перелiку орендарiв, якi з 01.04.2021 р. припинили свою дiяльнiсть у зв’язку iз введенням дії додаткових обмежувальних протиепідемічних заходів</t>
+          <t>ID - 1871,  Про затвердження перелiку орендарiв, якi з 01.04.2021 р. припинили свою дiяльнiсть у зв’язку iз введенням дії додаткових обмежувальних протиепідемічних заходів</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>64</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>51</v>
       </c>
@@ -14234,63 +14202,63 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D87" t="s">
         <v>64</v>
       </c>
       <c r="E87" t="s">
         <v>65</v>
       </c>
       <c r="F87" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="G87" t="s">
         <v>49</v>
       </c>
       <c r="H87" t="s">
         <v>50</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>51</v>
       </c>
@@ -14377,65 +14345,65 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>1873Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні в м. Червоноград в районі перетину вулиць Героїв Майдану та Клюсівської</t>
+          <t>ID - 1873,  Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні в м. Червоноград в районі перетину вулиць Героїв Майдану та Клюсівської</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>64</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>53</v>
       </c>
@@ -14522,65 +14490,65 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>1874Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на на 2021 рiк</t>
+          <t>ID - 1874,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на на 2021 рiк</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>59</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>53</v>
       </c>
@@ -14667,65 +14635,65 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>1875довключити п. 8 у додаток щодо  впорядкування місць користування окремими елементами благоустрою для розміщення пересувних елементів вуличної торгівлі та протидії «стихійній» торгівлі на території м. Червонограда, зокрема поблизу КП «Червоноградський ринок»</t>
+          <t>ID - 1875,  довключити п. 8 у додаток щодо  впорядкування місць користування окремими елементами благоустрою для розміщення пересувних елементів вуличної торгівлі та протидії «стихійній» торгівлі на території м. Червонограда, зокрема поблизу КП «Червоноградський ринок»</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>46</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
         <v>50</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>53</v>
       </c>
@@ -14812,65 +14780,65 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>1876Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на на 2021 рiк</t>
+          <t>ID - 1876,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів на на 2021 рiк</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>56</v>
       </c>
       <c r="E91" t="s">
         <v>47</v>
       </c>
       <c r="F91" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G91" t="s">
         <v>49</v>
       </c>
       <c r="H91" t="s">
         <v>50</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>53</v>
       </c>
@@ -14957,63 +14925,63 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D92" t="s">
         <v>59</v>
       </c>
       <c r="E92" t="s">
         <v>47</v>
       </c>
       <c r="F92" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
         <v>50</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>53</v>
       </c>
@@ -15100,65 +15068,65 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>1878Пропонується проект рішення доповнити пунктами 2.3., 2.4,2.5.:   2.3. Зменшити видатки спеціального фонду передбачені на  об’єкт «Реконструкція магістрального водопроводу Бендюзького водозабору від с.Бендюга Сокальського району Львівської області до м.Червоноград Львівської області (ІІ черга)» на суму 15 000 гривень (код  ПКВКМБ 1517310 «Будівництво об`єктів житлово-комунального господарства») та спрямувати їх на об’єкт «Електропостачання індивідуальної житлової забудови кварталу «Солокія» в м.Червонограді Львівської області (будівництво)» (Коригування) (код  ПКВКМБ 1517330 «Будівництво інших об`єктів комунальної власності»). Головний розпорядник коштів – відділ капітального будівництва та інвестицій Червоноградської міської ради.   2.4. Внести зміни до Комплексної Програми фінансової підтримки комунального підприємства «Центр первинної медико-санітарної допомоги м. Червонограда» та його розвитку на 2021 рік: зменшити завдання «забезпечення матеріально-технічним оснащенням амбулаторій та ФАПів» на суму 49 000 гривень та спрямувати їх на ремонт</t>
+          <t>ID - 1878,  Пропонується проект рішення доповнити пунктами 2.3., 2.4,2.5.:   2.3. Зменшити видатки спеціального фонду передбачені на  об’єкт «Реконструкція магістрального водопроводу Бендюзького водозабору від с.Бендюга Сокальського району Львівської області до м.Червоноград Львівської області (ІІ черга)» на суму 15 000 гривень (код  ПКВКМБ 1517310 «Будівництво об`єктів житлово-комунального господарства») та спрямувати їх на об’єкт «Електропостачання індивідуальної житлової забудови кварталу «Солокія» в м.Червонограді Львівської області (будівництво)» (Коригування) (код  ПКВКМБ 1517330 «Будівництво інших об`єктів комунальної власності»). Головний розпорядник коштів – відділ капітального будівництва та інвестицій Червоноградської міської ради.   2.4. Внести зміни до Комплексної Програми фінансової підтримки комунального підприємства «Центр первинної медико-санітарної допомоги м. Червонограда» та його розвитку на 2021 рік: зменшити завдання «забезпечення матеріально-технічним оснащенням амбулаторій та ФАПів» на суму 49 000 гривень та спрямувати їх на ремонт</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>46</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
       <c r="H93" t="s">
         <v>50</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>53</v>
       </c>
@@ -15245,63 +15213,63 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D94" t="s">
         <v>56</v>
       </c>
       <c r="E94" t="s">
         <v>47</v>
       </c>
       <c r="F94" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G94" t="s">
         <v>49</v>
       </c>
       <c r="H94" t="s">
         <v>50</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>53</v>
       </c>
@@ -15388,55 +15356,55 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>1880Про звернення Червоноградської  мiської ради до  Президента України, Служби безпеки України, Центральної виборчої комісії  щодо виборів на ОВО №50 та №87</t>
+          <t>ID - 1880,  Про звернення Червоноградської  мiської ради до  Президента України, Служби безпеки України, Центральної виборчої комісії  щодо виборів на ОВО №50 та №87</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>64</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
         <v>57</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>102</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>53</v>
@@ -15533,65 +15501,65 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>1881Про внесення змін до рішень про затвердження передавальних актів Острівської сільської ради, Сілецької сільської ради, Межирічанської сільської ради, Волсвинської сільської ради, Поздимирської сільської ради</t>
+          <t>ID - 1881,  Про внесення змін до рішень про затвердження передавальних актів Острівської сільської ради, Сілецької сільської ради, Межирічанської сільської ради, Волсвинської сільської ради, Поздимирської сільської ради</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>64</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>50</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>53</v>
       </c>
@@ -15678,65 +15646,65 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>1882Про передачу майна з комунальної власності Червоноградської міської ради в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда»</t>
+          <t>ID - 1882,  Про передачу майна з комунальної власності Червоноградської міської ради в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда»</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>64</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>53</v>
       </c>
@@ -15823,54 +15791,54 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D98" t="s">
         <v>64</v>
       </c>
       <c r="E98" t="s">
         <v>47</v>
       </c>
       <c r="F98" t="s">
         <v>57</v>
       </c>
       <c r="G98" t="s">
         <v>49</v>
       </c>
       <c r="H98" t="s">
         <v>50</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>53</v>
       </c>
@@ -15966,65 +15934,65 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>1884Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки  в м. Соснівка</t>
+          <t>ID - 1884,  Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки  в м. Соснівка</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>64</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
         <v>50</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>53</v>
       </c>
@@ -16111,55 +16079,55 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>1885Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Соснівка</t>
+          <t>ID - 1885,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Соснівка</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>64</v>
       </c>
       <c r="E100" t="s">
         <v>47</v>
       </c>
       <c r="F100" t="s">
         <v>60</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
         <v>50</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>53</v>
@@ -16256,69 +16224,69 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C101" t="s" s="4">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D101" t="s">
         <v>64</v>
       </c>
       <c r="E101" t="s">
         <v>47</v>
       </c>
       <c r="F101" t="s">
         <v>101</v>
       </c>
       <c r="G101" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H101" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P101" t="s" s="5">
         <v>51</v>
       </c>
@@ -16355,98 +16323,98 @@
       <c r="AA101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF101" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AG101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH101" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AI101" t="s" s="5">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="AJ101" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AK101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL101" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AM101" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AN101" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AO101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D102" t="s">
         <v>64</v>
       </c>
       <c r="E102" t="s">
         <v>47</v>
       </c>
       <c r="F102" t="s">
         <v>60</v>
       </c>
       <c r="G102" t="s">
         <v>49</v>
       </c>
       <c r="H102" t="s">
         <v>50</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>51</v>
       </c>
@@ -16542,54 +16510,54 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C103" t="s" s="4">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D103" t="s">
         <v>64</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
         <v>57</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>53</v>
       </c>
@@ -16685,54 +16653,54 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D104" t="s">
         <v>64</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
         <v>57</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>53</v>
       </c>
@@ -16828,54 +16796,54 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D105" t="s">
         <v>64</v>
       </c>
       <c r="E105" t="s">
         <v>47</v>
       </c>
       <c r="F105" t="s">
         <v>70</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>102</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>53</v>
       </c>
@@ -16971,54 +16939,54 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C106" t="s" s="4">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D106" t="s">
         <v>64</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
         <v>70</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>53</v>
       </c>
@@ -17114,54 +17082,54 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C107" t="s" s="4">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D107" t="s">
         <v>64</v>
       </c>
       <c r="E107" t="s">
         <v>47</v>
       </c>
       <c r="F107" t="s">
         <v>48</v>
       </c>
       <c r="G107" t="s">
         <v>49</v>
       </c>
       <c r="H107" t="s">
         <v>50</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>53</v>
       </c>
@@ -17257,54 +17225,54 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D108" t="s">
         <v>64</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
         <v>48</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>53</v>
       </c>
@@ -17400,68 +17368,68 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>1894Про розгляд заяв учасників бойових дій щодо надання дозволу на  виготовлення проектів землеустрою в с. Волсвин</t>
+          <t>ID - 1894,  Про розгляд заяв учасників бойових дій щодо надання дозволу на  виготовлення проектів землеустрою в с. Волсвин</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>64</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
         <v>101</v>
       </c>
       <c r="G109" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H109" t="s">
         <v>50</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O109" t="s" s="5">
         <v>53</v>
       </c>
@@ -17510,89 +17478,89 @@
       <c r="AD109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL109" t="s" s="5">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="AM109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C110" t="s" s="4">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D110" t="s">
         <v>64</v>
       </c>
       <c r="E110" t="s">
         <v>47</v>
       </c>
       <c r="F110" t="s">
         <v>91</v>
       </c>
       <c r="G110" t="s">
         <v>49</v>
       </c>
       <c r="H110" t="s">
         <v>50</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>53</v>
       </c>
@@ -17688,54 +17656,54 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D111" t="s">
         <v>64</v>
       </c>
       <c r="E111" t="s">
         <v>47</v>
       </c>
       <c r="F111" t="s">
         <v>57</v>
       </c>
       <c r="G111" t="s">
         <v>49</v>
       </c>
       <c r="H111" t="s">
         <v>50</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>53</v>
       </c>
@@ -17831,54 +17799,56 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>240</v>
+      </c>
+      <c r="C112" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1897,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
+        </is>
       </c>
       <c r="D112" t="s">
         <v>64</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
         <v>48</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
       </c>
@@ -17974,54 +17944,54 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C113" t="s" s="4">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D113" t="s">
         <v>64</v>
       </c>
       <c r="E113" t="s">
         <v>47</v>
       </c>
       <c r="F113" t="s">
         <v>60</v>
       </c>
       <c r="G113" t="s">
         <v>49</v>
       </c>
       <c r="H113" t="s">
         <v>50</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>53</v>
       </c>
@@ -18117,54 +18087,56 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>243</v>
+      </c>
+      <c r="C114" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1899,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с.Сілець</t>
+        </is>
       </c>
       <c r="D114" t="s">
         <v>64</v>
       </c>
       <c r="E114" t="s">
         <v>47</v>
       </c>
       <c r="F114" t="s">
         <v>60</v>
       </c>
       <c r="G114" t="s">
         <v>49</v>
       </c>
       <c r="H114" t="s">
         <v>50</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>53</v>
       </c>
@@ -18260,63 +18232,63 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C115" t="s" s="4">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D115" t="s">
         <v>64</v>
       </c>
       <c r="E115" t="s">
         <v>47</v>
       </c>
       <c r="F115" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G115" t="s">
         <v>49</v>
       </c>
       <c r="H115" t="s">
         <v>50</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N115" t="s" s="5">
         <v>53</v>
       </c>
@@ -18403,54 +18375,54 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D116" t="s">
         <v>59</v>
       </c>
       <c r="E116" t="s">
         <v>47</v>
       </c>
       <c r="F116" t="s">
         <v>57</v>
       </c>
       <c r="G116" t="s">
         <v>49</v>
       </c>
       <c r="H116" t="s">
         <v>50</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>53</v>
       </c>
@@ -18546,55 +18518,55 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>1902замінити текст -` знаходиться  захисній зоні  місця поховання австрійських воїнів часів І світової війни `   на `передбачена під використання суспільних пиотреб`</t>
+          <t>ID - 1902,  замінити текст -` знаходиться  захисній зоні  місця поховання австрійських воїнів часів І світової війни `   на `передбачена під використання суспільних пиотреб`</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>46</v>
       </c>
       <c r="E117" t="s">
         <v>47</v>
       </c>
       <c r="F117" t="s">
         <v>91</v>
       </c>
       <c r="G117" t="s">
         <v>49</v>
       </c>
       <c r="H117" t="s">
         <v>50</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>53</v>
@@ -18691,54 +18663,54 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C118" t="s" s="4">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D118" t="s">
         <v>56</v>
       </c>
       <c r="E118" t="s">
         <v>47</v>
       </c>
       <c r="F118" t="s">
         <v>93</v>
       </c>
       <c r="G118" t="s">
         <v>49</v>
       </c>
       <c r="H118" t="s">
         <v>50</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>53</v>
       </c>
@@ -18834,55 +18806,55 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
-          <t>1904Про пiдготовку лотів для проведення земельних торгiв з продажу прав оренди земельних дiлянок для зяядiйснення пiдприємницької дiяльностi в селі Сілець, присілок Копані</t>
+          <t>ID - 1904,  Про пiдготовку лотів для проведення земельних торгiв з продажу прав оренди земельних дiлянок для зяядiйснення пiдприємницької дiяльностi в селі Сілець, присілок Копані</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>59</v>
       </c>
       <c r="E119" t="s">
         <v>47</v>
       </c>
       <c r="F119" t="s">
         <v>57</v>
       </c>
       <c r="G119" t="s">
         <v>49</v>
       </c>
       <c r="H119" t="s">
         <v>50</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>53</v>
@@ -18979,55 +18951,55 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>1905Замінити у п.1 по тексту `за рахунок земель запасу житлової та громадської забудови`  на `землі запасу с/г призначення`</t>
+          <t>ID - 1905,  Замінити у п.1 по тексту `за рахунок земель запасу житлової та громадської забудови`  на `землі запасу с/г призначення`</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>46</v>
       </c>
       <c r="E120" t="s">
         <v>47</v>
       </c>
       <c r="F120" t="s">
         <v>70</v>
       </c>
       <c r="G120" t="s">
         <v>49</v>
       </c>
       <c r="H120" t="s">
         <v>50</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>53</v>
@@ -19124,65 +19096,65 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>1906Про пiдготовку лотів для проведення земельних торгiв з продажу прав оренди земельних дiлянок для зяядiйснення пiдприємницької дiяльностi в селі Сілець, присілок Копані</t>
+          <t>ID - 1906,  Про пiдготовку лотів для проведення земельних торгiв з продажу прав оренди земельних дiлянок для зяядiйснення пiдприємницької дiяльностi в селі Сілець, присілок Копані</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>56</v>
       </c>
       <c r="E121" t="s">
         <v>47</v>
       </c>
       <c r="F121" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G121" t="s">
         <v>49</v>
       </c>
       <c r="H121" t="s">
         <v>50</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>53</v>
       </c>
@@ -19269,65 +19241,65 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>1907Про розгляд заяв громадян про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Борятин</t>
+          <t>ID - 1907,  Про розгляд заяв громадян про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Борятин</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>64</v>
       </c>
       <c r="E122" t="s">
         <v>47</v>
       </c>
       <c r="F122" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G122" t="s">
         <v>49</v>
       </c>
       <c r="H122" t="s">
         <v>50</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N122" t="s" s="5">
         <v>53</v>
       </c>
@@ -19414,55 +19386,55 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>1908Про розгляд заяв громадян про затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Добрячин</t>
+          <t>ID - 1908,  Про розгляд заяв громадян про затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Добрячин</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>64</v>
       </c>
       <c r="E123" t="s">
         <v>47</v>
       </c>
       <c r="F123" t="s">
         <v>57</v>
       </c>
       <c r="G123" t="s">
         <v>49</v>
       </c>
       <c r="H123" t="s">
         <v>50</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>53</v>
@@ -19559,55 +19531,55 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
-          <t>1909Про розгляд заяви громадянина про затвердження проекту землеустрою щодо відведення земельної ділянки в с. Добрячин на вул. Сокальська, 164</t>
+          <t>ID - 1909,  Про розгляд заяви громадянина про затвердження проекту землеустрою щодо відведення земельної ділянки в с. Добрячин на вул. Сокальська, 164</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>64</v>
       </c>
       <c r="E124" t="s">
         <v>47</v>
       </c>
       <c r="F124" t="s">
         <v>70</v>
       </c>
       <c r="G124" t="s">
         <v>49</v>
       </c>
       <c r="H124" t="s">
         <v>50</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>53</v>
@@ -19704,55 +19676,55 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>1910Про розгляд заяви громадянина Лавріва Зенона Михайловича щодо затвердження технiчних документацiй  в с. Острів</t>
+          <t>ID - 1910,  Про розгляд заяви громадянина Лавріва Зенона Михайловича щодо затвердження технiчних документацiй  в с. Острів</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>59</v>
       </c>
       <c r="E125" t="s">
         <v>47</v>
       </c>
       <c r="F125" t="s">
         <v>57</v>
       </c>
       <c r="G125" t="s">
         <v>49</v>
       </c>
       <c r="H125" t="s">
         <v>50</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>53</v>
@@ -19849,54 +19821,54 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C126" t="s" s="4">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D126" t="s">
         <v>46</v>
       </c>
       <c r="E126" t="s">
         <v>47</v>
       </c>
       <c r="F126" t="s">
         <v>70</v>
       </c>
       <c r="G126" t="s">
         <v>49</v>
       </c>
       <c r="H126" t="s">
         <v>50</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>53</v>
       </c>
@@ -19992,55 +19964,55 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>1912Про розгляд заяви громадянина Лавріва Зенона Михайловича щодо затвердження технiчних документацiй  в с. Острів</t>
+          <t>ID - 1912,  Про розгляд заяви громадянина Лавріва Зенона Михайловича щодо затвердження технiчних документацiй  в с. Острів</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>56</v>
       </c>
       <c r="E127" t="s">
         <v>47</v>
       </c>
       <c r="F127" t="s">
         <v>70</v>
       </c>
       <c r="G127" t="s">
         <v>49</v>
       </c>
       <c r="H127" t="s">
         <v>50</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>53</v>
@@ -20137,55 +20109,55 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>1913Про розгляд заяв громадян про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Острів</t>
+          <t>ID - 1913,  Про розгляд заяв громадян про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Острів</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>64</v>
       </c>
       <c r="E128" t="s">
         <v>47</v>
       </c>
       <c r="F128" t="s">
         <v>57</v>
       </c>
       <c r="G128" t="s">
         <v>49</v>
       </c>
       <c r="H128" t="s">
         <v>50</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>53</v>
@@ -20282,68 +20254,68 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
-          <t>1914Про розгляд заяви громадянки Романюк Ольги Антонівни про дозвіл на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в с. Борятин</t>
+          <t>ID - 1914,  Про розгляд заяви громадянки Романюк Ольги Антонівни про дозвіл на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в с. Борятин</t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>64</v>
       </c>
       <c r="E129" t="s">
         <v>47</v>
       </c>
       <c r="F129" t="s">
         <v>60</v>
       </c>
       <c r="G129" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="H129" t="s">
         <v>102</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O129" t="s" s="5">
         <v>53</v>
       </c>
@@ -20374,118 +20346,118 @@
       <c r="X129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF129" t="s" s="5">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="AG129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH129" t="s" s="5">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="AI129" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AJ129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>1915Про розгляд заяви громадянина Нагірного Віктора Ярославовича щодо затвердження технiчних документацiй  в с. Борятин</t>
+          <t>ID - 1915,  Про розгляд заяви громадянина Нагірного Віктора Ярославовича щодо затвердження технiчних документацiй  в с. Борятин</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>64</v>
       </c>
       <c r="E130" t="s">
         <v>47</v>
       </c>
       <c r="F130" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G130" t="s">
         <v>49</v>
       </c>
       <c r="H130" t="s">
         <v>50</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>53</v>
       </c>
@@ -20572,65 +20544,65 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
-          <t>1916Про розгляд заяви Акціонерного товариства «Укрпошта» про затвердження проекту землеустрою щодо відведення земельної ділянки в постійне користування в с. Острів на вул. Центральна, 29</t>
+          <t>ID - 1916,  Про розгляд заяви Акціонерного товариства «Укрпошта» про затвердження проекту землеустрою щодо відведення земельної ділянки в постійне користування в с. Острів на вул. Центральна, 29</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>64</v>
       </c>
       <c r="E131" t="s">
         <v>47</v>
       </c>
       <c r="F131" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G131" t="s">
         <v>49</v>
       </c>
       <c r="H131" t="s">
         <v>50</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>53</v>
       </c>
@@ -20717,65 +20689,65 @@
       </c>
       <c r="AP131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
-          <t>1917Про розгляд заяви учасника антитерористичної операції Назаркевича Андрія Андрійовича</t>
+          <t>ID - 1917,  Про розгляд заяви учасника антитерористичної операції Назаркевича Андрія Андрійовича</t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>64</v>
       </c>
       <c r="E132" t="s">
         <v>47</v>
       </c>
       <c r="F132" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G132" t="s">
         <v>49</v>
       </c>
       <c r="H132" t="s">
         <v>102</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N132" t="s" s="5">
         <v>53</v>
       </c>
@@ -20862,54 +20834,54 @@
       </c>
       <c r="AP132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C133" t="s" s="4">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D133" t="s">
         <v>64</v>
       </c>
       <c r="E133" t="s">
         <v>47</v>
       </c>
       <c r="F133" t="s">
         <v>57</v>
       </c>
       <c r="G133" t="s">
         <v>49</v>
       </c>
       <c r="H133" t="s">
         <v>102</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>53</v>
       </c>
@@ -21005,54 +20977,54 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C134" t="s" s="4">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D134" t="s">
         <v>64</v>
       </c>
       <c r="E134" t="s">
         <v>47</v>
       </c>
       <c r="F134" t="s">
         <v>60</v>
       </c>
       <c r="G134" t="s">
         <v>49</v>
       </c>
       <c r="H134" t="s">
         <v>102</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>53</v>
       </c>
@@ -21148,63 +21120,63 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C135" t="s" s="4">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D135" t="s">
         <v>64</v>
       </c>
       <c r="E135" t="s">
         <v>47</v>
       </c>
       <c r="F135" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G135" t="s">
         <v>49</v>
       </c>
       <c r="H135" t="s">
         <v>50</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N135" t="s" s="5">
         <v>53</v>
       </c>
@@ -21291,54 +21263,54 @@
       </c>
       <c r="AP135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C136" t="s" s="4">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D136" t="s">
         <v>64</v>
       </c>
       <c r="E136" t="s">
         <v>47</v>
       </c>
       <c r="F136" t="s">
         <v>57</v>
       </c>
       <c r="G136" t="s">
         <v>49</v>
       </c>
       <c r="H136" t="s">
         <v>50</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>53</v>
       </c>
@@ -21434,54 +21406,54 @@
       </c>
       <c r="AP136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C137" t="s" s="4">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D137" t="s">
         <v>64</v>
       </c>
       <c r="E137" t="s">
         <v>47</v>
       </c>
       <c r="F137" t="s">
         <v>60</v>
       </c>
       <c r="G137" t="s">
         <v>49</v>
       </c>
       <c r="H137" t="s">
         <v>50</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>53</v>
       </c>
@@ -21577,63 +21549,63 @@
       </c>
       <c r="AP137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C138" t="s" s="4">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D138" t="s">
         <v>59</v>
       </c>
       <c r="E138" t="s">
         <v>47</v>
       </c>
       <c r="F138" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G138" t="s">
         <v>49</v>
       </c>
       <c r="H138" t="s">
         <v>102</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N138" t="s" s="5">
         <v>53</v>
       </c>
@@ -21720,54 +21692,56 @@
       </c>
       <c r="AP138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>279</v>
+      </c>
+      <c r="C139" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1924,  У рішенні по тексту після слів ` площі ` добавити текст  `з метою передачі в оренду` </t>
+        </is>
       </c>
       <c r="D139" t="s">
         <v>46</v>
       </c>
       <c r="E139" t="s">
         <v>47</v>
       </c>
       <c r="F139" t="s">
         <v>70</v>
       </c>
       <c r="G139" t="s">
         <v>49</v>
       </c>
       <c r="H139" t="s">
         <v>50</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>53</v>
       </c>
@@ -21863,63 +21837,63 @@
       </c>
       <c r="AP139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C140" t="s" s="4">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="D140" t="s">
         <v>56</v>
       </c>
       <c r="E140" t="s">
         <v>47</v>
       </c>
       <c r="F140" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G140" t="s">
         <v>49</v>
       </c>
       <c r="H140" t="s">
         <v>50</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N140" t="s" s="5">
         <v>53</v>
       </c>
@@ -22006,55 +21980,55 @@
       </c>
       <c r="AP140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>1926Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
+          <t>ID - 1926,  Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>64</v>
       </c>
       <c r="E141" t="s">
         <v>47</v>
       </c>
       <c r="F141" t="s">
         <v>57</v>
       </c>
       <c r="G141" t="s">
         <v>49</v>
       </c>
       <c r="H141" t="s">
         <v>50</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>53</v>
@@ -22151,65 +22125,65 @@
       </c>
       <c r="AP141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="C142" t="inlineStr" s="4">
         <is>
-          <t>1927Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червоноград</t>
+          <t>ID - 1927,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червоноград</t>
         </is>
       </c>
       <c r="D142" t="s">
         <v>64</v>
       </c>
       <c r="E142" t="s">
         <v>47</v>
       </c>
       <c r="F142" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G142" t="s">
         <v>49</v>
       </c>
       <c r="H142" t="s">
         <v>50</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N142" t="s" s="5">
         <v>53</v>
       </c>
@@ -22296,54 +22270,54 @@
       </c>
       <c r="AP142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="C143" t="s" s="4">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="D143" t="s">
         <v>64</v>
       </c>
       <c r="E143" t="s">
         <v>47</v>
       </c>
       <c r="F143" t="s">
         <v>57</v>
       </c>
       <c r="G143" t="s">
         <v>49</v>
       </c>
       <c r="H143" t="s">
         <v>50</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>53</v>
       </c>
@@ -22439,65 +22413,65 @@
       </c>
       <c r="AP143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
-          <t>1929Про затвердження технічної документації із землеустрою м. Червоноград, просп. Шевченка, 25</t>
+          <t>ID - 1929,  Про затвердження технічної документації із землеустрою м. Червоноград, просп. Шевченка, 25</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>64</v>
       </c>
       <c r="E144" t="s">
         <v>47</v>
       </c>
       <c r="F144" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G144" t="s">
         <v>49</v>
       </c>
       <c r="H144" t="s">
         <v>50</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N144" t="s" s="5">
         <v>53</v>
       </c>
@@ -22584,55 +22558,55 @@
       </c>
       <c r="AP144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>1930Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 1930,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>64</v>
       </c>
       <c r="E145" t="s">
         <v>47</v>
       </c>
       <c r="F145" t="s">
         <v>57</v>
       </c>
       <c r="G145" t="s">
         <v>49</v>
       </c>
       <c r="H145" t="s">
         <v>50</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>53</v>
@@ -22729,65 +22703,65 @@
       </c>
       <c r="AP145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>1931Про розгляд клопотання Відділу капітального будівництва та інвестиційь Червоноградської міської ради</t>
+          <t>ID - 1931,  Про розгляд клопотання Відділу капітального будівництва та інвестиційь Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>64</v>
       </c>
       <c r="E146" t="s">
         <v>47</v>
       </c>
       <c r="F146" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G146" t="s">
         <v>49</v>
       </c>
       <c r="H146" t="s">
         <v>50</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N146" t="s" s="5">
         <v>53</v>
       </c>
@@ -22874,63 +22848,63 @@
       </c>
       <c r="AP146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="C147" t="s" s="4">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="D147" t="s">
         <v>64</v>
       </c>
       <c r="E147" t="s">
         <v>47</v>
       </c>
       <c r="F147" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G147" t="s">
         <v>49</v>
       </c>
       <c r="H147" t="s">
         <v>50</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N147" t="s" s="5">
         <v>53</v>
       </c>
@@ -23017,54 +22991,54 @@
       </c>
       <c r="AP147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU147" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="C148" t="s" s="4">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D148" t="s">
         <v>59</v>
       </c>
       <c r="E148" t="s">
         <v>47</v>
       </c>
       <c r="F148" t="s">
         <v>60</v>
       </c>
       <c r="G148" t="s">
         <v>49</v>
       </c>
       <c r="H148" t="s">
         <v>50</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>53</v>
       </c>
@@ -23160,54 +23134,54 @@
       </c>
       <c r="AP148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="C149" t="s" s="4">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="D149" t="s">
         <v>46</v>
       </c>
       <c r="E149" t="s">
         <v>47</v>
       </c>
       <c r="F149" t="s">
         <v>57</v>
       </c>
       <c r="G149" t="s">
         <v>49</v>
       </c>
       <c r="H149" t="s">
         <v>50</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>53</v>
       </c>
@@ -23303,54 +23277,54 @@
       </c>
       <c r="AP149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="C150" t="s" s="4">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="D150" t="s">
         <v>56</v>
       </c>
       <c r="E150" t="s">
         <v>47</v>
       </c>
       <c r="F150" t="s">
         <v>60</v>
       </c>
       <c r="G150" t="s">
         <v>49</v>
       </c>
       <c r="H150" t="s">
         <v>50</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>53</v>
       </c>
@@ -23446,54 +23420,54 @@
       </c>
       <c r="AP150" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>1936</v>
+        <v>297</v>
+      </c>
+      <c r="C151" t="s" s="4">
+        <v>298</v>
       </c>
       <c r="D151" t="s">
         <v>46</v>
       </c>
       <c r="E151" t="s">
         <v>47</v>
       </c>
       <c r="F151" t="s">
         <v>70</v>
       </c>
       <c r="G151" t="s">
         <v>49</v>
       </c>
       <c r="H151" t="s">
         <v>50</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>53</v>
       </c>
@@ -23589,54 +23563,54 @@
       </c>
       <c r="AP151" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU151" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C152" t="s" s="4">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D152" t="s">
         <v>64</v>
       </c>
       <c r="E152" t="s">
         <v>47</v>
       </c>
       <c r="F152" t="s">
         <v>60</v>
       </c>
       <c r="G152" t="s">
         <v>49</v>
       </c>
       <c r="H152" t="s">
         <v>50</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>53</v>
       </c>
@@ -23732,55 +23706,55 @@
       </c>
       <c r="AP152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU152" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C153" t="inlineStr" s="4">
         <is>
-          <t>1938Про розгляд клопотання Товариства з обмеженою відповідальністю «КАР-СЕРВІС» в м. Червоноград</t>
+          <t>ID - 1938,  Про розгляд клопотання Товариства з обмеженою відповідальністю «КАР-СЕРВІС» в м. Червоноград</t>
         </is>
       </c>
       <c r="D153" t="s">
         <v>64</v>
       </c>
       <c r="E153" t="s">
         <v>47</v>
       </c>
       <c r="F153" t="s">
         <v>70</v>
       </c>
       <c r="G153" t="s">
         <v>49</v>
       </c>
       <c r="H153" t="s">
         <v>50</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>53</v>
@@ -23877,54 +23851,54 @@
       </c>
       <c r="AP153" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU153" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C154" t="s" s="4">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="D154" t="s">
         <v>64</v>
       </c>
       <c r="E154" t="s">
         <v>47</v>
       </c>
       <c r="F154" t="s">
         <v>87</v>
       </c>
       <c r="G154" t="s">
         <v>49</v>
       </c>
       <c r="H154" t="s">
         <v>50</v>
       </c>
       <c r="I154" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>53</v>
       </c>
@@ -24020,54 +23994,54 @@
       </c>
       <c r="AP154" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU154" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C155" t="s" s="4">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D155" t="s">
         <v>64</v>
       </c>
       <c r="E155" t="s">
         <v>47</v>
       </c>
       <c r="F155" t="s">
         <v>57</v>
       </c>
       <c r="G155" t="s">
         <v>49</v>
       </c>
       <c r="H155" t="s">
         <v>50</v>
       </c>
       <c r="I155" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>53</v>
       </c>
@@ -24163,55 +24137,55 @@
       </c>
       <c r="AP155" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU155" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C156" t="inlineStr" s="4">
         <is>
-          <t>1941Про припинення прав оренди та передачу у власність земельних ділянок  в м. Червоноград</t>
+          <t>ID - 1941,  Про припинення прав оренди та передачу у власність земельних ділянок  в м. Червоноград</t>
         </is>
       </c>
       <c r="D156" t="s">
         <v>64</v>
       </c>
       <c r="E156" t="s">
         <v>47</v>
       </c>
       <c r="F156" t="s">
         <v>70</v>
       </c>
       <c r="G156" t="s">
         <v>49</v>
       </c>
       <c r="H156" t="s">
         <v>50</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>53</v>
@@ -24308,55 +24282,55 @@
       </c>
       <c r="AP156" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU156" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C157" t="inlineStr" s="4">
         <is>
-          <t>1942Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді на вул. Сокальській, 1</t>
+          <t>ID - 1942,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді на вул. Сокальській, 1</t>
         </is>
       </c>
       <c r="D157" t="s">
         <v>59</v>
       </c>
       <c r="E157" t="s">
         <v>47</v>
       </c>
       <c r="F157" t="s">
         <v>57</v>
       </c>
       <c r="G157" t="s">
         <v>49</v>
       </c>
       <c r="H157" t="s">
         <v>50</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>53</v>
@@ -24453,55 +24427,55 @@
       </c>
       <c r="AP157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C158" t="inlineStr" s="4">
         <is>
-          <t>1943вилучити по тексту `для будівництва та обслуговування дитячого садка` , залишити текст `для будівництва та обслуговування інших будівель громадської забудови`</t>
+          <t>ID - 1943,  вилучити по тексту `для будівництва та обслуговування дитячого садка` , залишити текст `для будівництва та обслуговування інших будівель громадської забудови`</t>
         </is>
       </c>
       <c r="D158" t="s">
         <v>46</v>
       </c>
       <c r="E158" t="s">
         <v>47</v>
       </c>
       <c r="F158" t="s">
         <v>57</v>
       </c>
       <c r="G158" t="s">
         <v>49</v>
       </c>
       <c r="H158" t="s">
         <v>50</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>51</v>
@@ -24598,65 +24572,65 @@
       </c>
       <c r="AP158" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU158" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C159" t="inlineStr" s="4">
         <is>
-          <t>1944Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді на вул. Сокальській, 1</t>
+          <t>ID - 1944,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді на вул. Сокальській, 1</t>
         </is>
       </c>
       <c r="D159" t="s">
         <v>56</v>
       </c>
       <c r="E159" t="s">
         <v>47</v>
       </c>
       <c r="F159" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G159" t="s">
         <v>49</v>
       </c>
       <c r="H159" t="s">
         <v>50</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N159" t="s" s="5">
         <v>53</v>
       </c>
@@ -24743,55 +24717,55 @@
       </c>
       <c r="AP159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU159" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C160" t="inlineStr" s="4">
         <is>
-          <t>1945Про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу земельної ділянки в м. Червонограді на вулиці С. Бандери, 62</t>
+          <t>ID - 1945,  Про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу земельної ділянки в м. Червонограді на вулиці С. Бандери, 62</t>
         </is>
       </c>
       <c r="D160" t="s">
         <v>59</v>
       </c>
       <c r="E160" t="s">
         <v>47</v>
       </c>
       <c r="F160" t="s">
         <v>57</v>
       </c>
       <c r="G160" t="s">
         <v>49</v>
       </c>
       <c r="H160" t="s">
         <v>50</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>53</v>
@@ -24888,55 +24862,55 @@
       </c>
       <c r="AP160" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ160" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS160" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT160" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU160" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C161" t="inlineStr" s="4">
         <is>
-          <t>1946Вилучити з преамбули текст `Розглянувши клопотання Товариства з обмеженою відповідальністю «Мебель-Сервіс» про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу земельної ділянки,`</t>
+          <t>ID - 1946,  Вилучити з преамбули текст `Розглянувши клопотання Товариства з обмеженою відповідальністю «Мебель-Сервіс» про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу земельної ділянки,`</t>
         </is>
       </c>
       <c r="D161" t="s">
         <v>46</v>
       </c>
       <c r="E161" t="s">
         <v>47</v>
       </c>
       <c r="F161" t="s">
         <v>57</v>
       </c>
       <c r="G161" t="s">
         <v>49</v>
       </c>
       <c r="H161" t="s">
         <v>50</v>
       </c>
       <c r="I161" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>53</v>
@@ -25033,55 +25007,55 @@
       </c>
       <c r="AP161" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ161" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT161" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU161" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C162" t="inlineStr" s="4">
         <is>
-          <t>1947Про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу земельної ділянки в м. Червонограді на вулиці С. Бандери, 62</t>
+          <t>ID - 1947,  Про надання дозволу на виготовлення технiчної документацiї iз землеустрою щодо поділу земельної ділянки в м. Червонограді на вулиці С. Бандери, 62</t>
         </is>
       </c>
       <c r="D162" t="s">
         <v>56</v>
       </c>
       <c r="E162" t="s">
         <v>47</v>
       </c>
       <c r="F162" t="s">
         <v>70</v>
       </c>
       <c r="G162" t="s">
         <v>49</v>
       </c>
       <c r="H162" t="s">
         <v>50</v>
       </c>
       <c r="I162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>53</v>
@@ -25178,65 +25152,65 @@
       </c>
       <c r="AP162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU162" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C163" t="inlineStr" s="4">
         <is>
-          <t>1948Про розгляд заяв громадян- учасників антитерористичної операції та учасників бойових дій в м. Червоноград</t>
+          <t>ID - 1948,  Про розгляд заяв громадян- учасників антитерористичної операції та учасників бойових дій в м. Червоноград</t>
         </is>
       </c>
       <c r="D163" t="s">
         <v>59</v>
       </c>
       <c r="E163" t="s">
         <v>47</v>
       </c>
       <c r="F163" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G163" t="s">
         <v>49</v>
       </c>
       <c r="H163" t="s">
         <v>50</v>
       </c>
       <c r="I163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N163" t="s" s="5">
         <v>53</v>
       </c>
@@ -25323,65 +25297,65 @@
       </c>
       <c r="AP163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU163" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="C164" t="inlineStr" s="4">
         <is>
-          <t>1949Правка у п.2   ж вулиці Ліьвівська на вул. Стрілецька кадастровий нормер .... 044 (стенограмно озвучена Балком Д.І.)</t>
+          <t>ID - 1949,  Правка у п.2   ж вулиці Ліьвівська на вул. Стрілецька кадастровий нормер .... 044 (стенограмно озвучена Балком Д.І.)</t>
         </is>
       </c>
       <c r="D164" t="s">
         <v>46</v>
       </c>
       <c r="E164" t="s">
         <v>47</v>
       </c>
       <c r="F164" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G164" t="s">
         <v>49</v>
       </c>
       <c r="H164" t="s">
         <v>50</v>
       </c>
       <c r="I164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N164" t="s" s="5">
         <v>53</v>
       </c>
@@ -25468,65 +25442,65 @@
       </c>
       <c r="AP164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU164" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="C165" t="inlineStr" s="4">
         <is>
-          <t>1950Про розгляд заяв громадян- учасників антитерористичної операції та учасників бойових дій в м. Червоноград</t>
+          <t>ID - 1950,  Про розгляд заяв громадян- учасників антитерористичної операції та учасників бойових дій в м. Червоноград</t>
         </is>
       </c>
       <c r="D165" t="s">
         <v>56</v>
       </c>
       <c r="E165" t="s">
         <v>47</v>
       </c>
       <c r="F165" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G165" t="s">
         <v>49</v>
       </c>
       <c r="H165" t="s">
         <v>50</v>
       </c>
       <c r="I165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N165" t="s" s="5">
         <v>53</v>
       </c>
@@ -25613,69 +25587,69 @@
       </c>
       <c r="AP165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU165" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="C166" t="s" s="4">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D166" t="s">
         <v>64</v>
       </c>
       <c r="E166" t="s">
         <v>65</v>
       </c>
       <c r="F166" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="G166" t="s">
         <v>49</v>
       </c>
       <c r="H166" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="I166" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O166" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P166" t="s" s="5">
         <v>53</v>
       </c>
@@ -25756,55 +25730,55 @@
       </c>
       <c r="AP166" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AQ166" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AR166" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AS166" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT166" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU166" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C167" t="inlineStr" s="4">
         <is>
-          <t>1952Про вилучення земельної ділянки з переліку земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
+          <t>ID - 1952,  Про вилучення земельної ділянки з переліку земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
         </is>
       </c>
       <c r="D167" t="s">
         <v>64</v>
       </c>
       <c r="E167" t="s">
         <v>47</v>
       </c>
       <c r="F167" t="s">
         <v>70</v>
       </c>
       <c r="G167" t="s">
         <v>49</v>
       </c>
       <c r="H167" t="s">
         <v>50</v>
       </c>
       <c r="I167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K167" t="s" s="5">
         <v>51</v>
@@ -25901,54 +25875,54 @@
       </c>
       <c r="AP167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU167" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C168" t="s" s="4">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D168" t="s">
         <v>64</v>
       </c>
       <c r="E168" t="s">
         <v>47</v>
       </c>
       <c r="F168" t="s">
         <v>70</v>
       </c>
       <c r="G168" t="s">
         <v>49</v>
       </c>
       <c r="H168" t="s">
         <v>102</v>
       </c>
       <c r="I168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K168" t="s" s="5">
         <v>53</v>
       </c>
@@ -26044,55 +26018,55 @@
       </c>
       <c r="AP168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU168" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C169" t="inlineStr" s="4">
         <is>
-          <t>1954Про розгляд клопотання релігійної громади Української Греко – Католицької Церкви Пресвятої Богородиці Владичиці України</t>
+          <t>ID - 1954,  Про розгляд клопотання релігійної громади Української Греко – Католицької Церкви Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D169" t="s">
         <v>64</v>
       </c>
       <c r="E169" t="s">
         <v>47</v>
       </c>
       <c r="F169" t="s">
         <v>70</v>
       </c>
       <c r="G169" t="s">
         <v>49</v>
       </c>
       <c r="H169" t="s">
         <v>50</v>
       </c>
       <c r="I169" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J169" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K169" t="s" s="5">
         <v>53</v>
@@ -26189,65 +26163,65 @@
       </c>
       <c r="AP169" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ169" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR169" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS169" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT169" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU169" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="C170" t="inlineStr" s="4">
         <is>
-          <t>1955​​​​​​​Про прийняття у комунальну власність Червоноградської територіальної громади з державної власності земельної ділянки сільськогосподарського призначення</t>
+          <t>ID - 1955,  ​​​​​​​Про прийняття у комунальну власність Червоноградської територіальної громади з державної власності земельної ділянки сільськогосподарського призначення</t>
         </is>
       </c>
       <c r="D170" t="s">
         <v>64</v>
       </c>
       <c r="E170" t="s">
         <v>47</v>
       </c>
       <c r="F170" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G170" t="s">
         <v>49</v>
       </c>
       <c r="H170" t="s">
         <v>50</v>
       </c>
       <c r="I170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N170" t="s" s="5">
         <v>53</v>
       </c>
@@ -26334,65 +26308,65 @@
       </c>
       <c r="AP170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT170" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU170" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C171" t="inlineStr" s="4">
         <is>
-          <t>1956Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді для рекреаційних і спортивних цілей</t>
+          <t>ID - 1956,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді для рекреаційних і спортивних цілей</t>
         </is>
       </c>
       <c r="D171" t="s">
         <v>64</v>
       </c>
       <c r="E171" t="s">
         <v>65</v>
       </c>
       <c r="F171" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="G171" t="s">
         <v>49</v>
       </c>
       <c r="H171" t="s">
         <v>50</v>
       </c>
       <c r="I171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J171" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K171" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L171" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M171" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N171" t="s" s="5">
         <v>53</v>
       </c>
@@ -26479,65 +26453,65 @@
       </c>
       <c r="AP171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ171" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR171" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS171" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT171" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU171" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C172" t="inlineStr" s="4">
         <is>
-          <t>1957Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді для рекреаційних і спортивних цілей</t>
+          <t>ID - 1957,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді для рекреаційних і спортивних цілей</t>
         </is>
       </c>
       <c r="D172" t="s">
         <v>59</v>
       </c>
       <c r="E172" t="s">
         <v>47</v>
       </c>
       <c r="F172" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G172" t="s">
         <v>49</v>
       </c>
       <c r="H172" t="s">
         <v>50</v>
       </c>
       <c r="I172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N172" t="s" s="5">
         <v>53</v>
       </c>
@@ -26624,54 +26598,54 @@
       </c>
       <c r="AP172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT172" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU172" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C173" t="s" s="4">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D173" t="s">
         <v>46</v>
       </c>
       <c r="E173" t="s">
         <v>47</v>
       </c>
       <c r="F173" t="s">
         <v>48</v>
       </c>
       <c r="G173" t="s">
         <v>49</v>
       </c>
       <c r="H173" t="s">
         <v>50</v>
       </c>
       <c r="I173" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J173" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K173" t="s" s="5">
         <v>51</v>
       </c>
@@ -26767,63 +26741,63 @@
       </c>
       <c r="AP173" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ173" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR173" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS173" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT173" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU173" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C174" t="s" s="4">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D174" t="s">
         <v>46</v>
       </c>
       <c r="E174" t="s">
         <v>47</v>
       </c>
       <c r="F174" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G174" t="s">
         <v>49</v>
       </c>
       <c r="H174" t="s">
         <v>50</v>
       </c>
       <c r="I174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N174" t="s" s="5">
         <v>53</v>
       </c>
@@ -26910,55 +26884,55 @@
       </c>
       <c r="AP174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT174" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU174" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C175" t="inlineStr" s="4">
         <is>
-          <t>1960Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді для рекреаційних і спортивних цілей</t>
+          <t>ID - 1960,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки в м. Червонограді для рекреаційних і спортивних цілей</t>
         </is>
       </c>
       <c r="D175" t="s">
         <v>56</v>
       </c>
       <c r="E175" t="s">
         <v>47</v>
       </c>
       <c r="F175" t="s">
         <v>57</v>
       </c>
       <c r="G175" t="s">
         <v>49</v>
       </c>
       <c r="H175" t="s">
         <v>50</v>
       </c>
       <c r="I175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K175" t="s" s="5">
         <v>51</v>
@@ -27055,55 +27029,55 @@
       </c>
       <c r="AP175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU175" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C176" t="inlineStr" s="4">
         <is>
-          <t>1961Про звернення Червоноградської  мiської ради щодо створення Військового ліцею  Національної академії сухопутних військ імені гетьмана Петра Сагайдачного у місті Червоноград.</t>
+          <t>ID - 1961,  Про звернення Червоноградської  мiської ради щодо створення Військового ліцею  Національної академії сухопутних військ імені гетьмана Петра Сагайдачного у місті Червоноград.</t>
         </is>
       </c>
       <c r="D176" t="s">
         <v>59</v>
       </c>
       <c r="E176" t="s">
         <v>47</v>
       </c>
       <c r="F176" t="s">
         <v>87</v>
       </c>
       <c r="G176" t="s">
         <v>49</v>
       </c>
       <c r="H176" t="s">
         <v>50</v>
       </c>
       <c r="I176" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J176" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K176" t="s" s="5">
         <v>53</v>
@@ -27200,55 +27174,55 @@
       </c>
       <c r="AP176" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS176" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU176" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C177" t="inlineStr" s="4">
         <is>
-          <t>1962Добавити два адресати - Зеленському,  Камельчуку. Нач. генерал штабу пілся Міністра оборони</t>
+          <t>ID - 1962,  Добавити два адресати - Зеленському,  Камельчуку. Нач. генерал штабу пілся Міністра оборони</t>
         </is>
       </c>
       <c r="D177" t="s">
         <v>46</v>
       </c>
       <c r="E177" t="s">
         <v>47</v>
       </c>
       <c r="F177" t="s">
         <v>57</v>
       </c>
       <c r="G177" t="s">
         <v>49</v>
       </c>
       <c r="H177" t="s">
         <v>50</v>
       </c>
       <c r="I177" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J177" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K177" t="s" s="5">
         <v>53</v>
@@ -27345,55 +27319,55 @@
       </c>
       <c r="AP177" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ177" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR177" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS177" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT177" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU177" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C178" t="inlineStr" s="4">
         <is>
-          <t>1963Про звернення Червоноградської  мiської ради щодо створення Військового ліцею  Національної академії сухопутних військ імені гетьмана Петра Сагайдачного у місті Червоноград.</t>
+          <t>ID - 1963,  Про звернення Червоноградської  мiської ради щодо створення Військового ліцею  Національної академії сухопутних військ імені гетьмана Петра Сагайдачного у місті Червоноград.</t>
         </is>
       </c>
       <c r="D178" t="s">
         <v>56</v>
       </c>
       <c r="E178" t="s">
         <v>47</v>
       </c>
       <c r="F178" t="s">
         <v>70</v>
       </c>
       <c r="G178" t="s">
         <v>49</v>
       </c>
       <c r="H178" t="s">
         <v>50</v>
       </c>
       <c r="I178" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J178" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K178" t="s" s="5">
         <v>53</v>
@@ -27490,54 +27464,54 @@
       </c>
       <c r="AP178" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ178" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR178" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS178" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT178" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU178" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C179" t="s" s="4">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D179" t="s">
         <v>46</v>
       </c>
       <c r="E179" t="s">
         <v>47</v>
       </c>
       <c r="F179" t="s">
         <v>91</v>
       </c>
       <c r="G179" t="s">
         <v>49</v>
       </c>
       <c r="H179" t="s">
         <v>50</v>
       </c>
       <c r="I179" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K179" t="s" s="5">
         <v>53</v>
       </c>
@@ -27633,54 +27607,54 @@
       </c>
       <c r="AP179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT179" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU179" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C180" t="s" s="4">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="D180" t="s">
         <v>46</v>
       </c>
       <c r="E180" t="s">
         <v>47</v>
       </c>
       <c r="F180" t="s">
         <v>48</v>
       </c>
       <c r="G180" t="s">
         <v>49</v>
       </c>
       <c r="H180" t="s">
         <v>50</v>
       </c>
       <c r="I180" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J180" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K180" t="s" s="5">
         <v>53</v>
       </c>
@@ -27776,54 +27750,54 @@
       </c>
       <c r="AP180" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ180" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR180" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU180" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C181" t="s" s="4">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D181" t="s">
         <v>64</v>
       </c>
       <c r="E181" t="s">
         <v>47</v>
       </c>
       <c r="F181" t="s">
         <v>93</v>
       </c>
       <c r="G181" t="s">
         <v>49</v>
       </c>
       <c r="H181" t="s">
         <v>50</v>
       </c>
       <c r="I181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J181" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K181" t="s" s="5">
         <v>53</v>
       </c>
@@ -27919,55 +27893,55 @@
       </c>
       <c r="AP181" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ181" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR181" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU181" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C182" t="inlineStr" s="4">
         <is>
-          <t>1987Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 1987,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D182" t="s">
         <v>59</v>
       </c>
       <c r="E182" t="s">
         <v>47</v>
       </c>
       <c r="F182" t="s">
         <v>60</v>
       </c>
       <c r="G182" t="s">
         <v>49</v>
       </c>
       <c r="H182" t="s">
         <v>50</v>
       </c>
       <c r="I182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K182" t="s" s="5">
         <v>53</v>
@@ -28064,54 +28038,56 @@
       </c>
       <c r="AP182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU182" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>342</v>
+      </c>
+      <c r="C183" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1988,  Правка озвучена на бюджетній комісії щодо ремонту дорожнього покритття Шашкевича 9 </t>
+        </is>
       </c>
       <c r="D183" t="s">
         <v>46</v>
       </c>
       <c r="E183" t="s">
         <v>47</v>
       </c>
       <c r="F183" t="s">
         <v>87</v>
       </c>
       <c r="G183" t="s">
         <v>49</v>
       </c>
       <c r="H183" t="s">
         <v>50</v>
       </c>
       <c r="I183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K183" t="s" s="5">
         <v>53</v>
       </c>
@@ -28207,55 +28183,55 @@
       </c>
       <c r="AP183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS183" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT183" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU183" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="C184" t="inlineStr" s="4">
         <is>
-          <t>1989Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
+          <t>ID - 1989,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D184" t="s">
         <v>56</v>
       </c>
       <c r="E184" t="s">
         <v>47</v>
       </c>
       <c r="F184" t="s">
         <v>60</v>
       </c>
       <c r="G184" t="s">
         <v>49</v>
       </c>
       <c r="H184" t="s">
         <v>50</v>
       </c>
       <c r="I184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K184" t="s" s="5">
         <v>53</v>
@@ -28352,55 +28328,55 @@
       </c>
       <c r="AP184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT184" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU184" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="C185" t="inlineStr" s="4">
         <is>
-          <t>1990Про затвердження Положення про конкурс на посаду керівника закладу загальної середньої освіти</t>
+          <t>ID - 1990,  Про затвердження Положення про конкурс на посаду керівника закладу загальної середньої освіти</t>
         </is>
       </c>
       <c r="D185" t="s">
         <v>64</v>
       </c>
       <c r="E185" t="s">
         <v>47</v>
       </c>
       <c r="F185" t="s">
         <v>57</v>
       </c>
       <c r="G185" t="s">
         <v>49</v>
       </c>
       <c r="H185" t="s">
         <v>50</v>
       </c>
       <c r="I185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K185" t="s" s="5">
         <v>53</v>
@@ -28497,55 +28473,55 @@
       </c>
       <c r="AP185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT185" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU185" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C186" t="inlineStr" s="4">
         <is>
-          <t>1991Про внесення змін до рішення Червоногардської міської ради Червоноградського району від 23.02.2021р. № 219 «Про надання згоди на безоплатну передачу  у  комунальну     власність територіальної      громади Червоноградської міської ради  моста в районі  с.Волсвин Червоноградського району  Львівської області від ВП ВТУ ДП «Львіввугілля»</t>
+          <t>ID - 1991,  Про внесення змін до рішення Червоногардської міської ради Червоноградського району від 23.02.2021р. № 219 «Про надання згоди на безоплатну передачу  у  комунальну     власність територіальної      громади Червоноградської міської ради  моста в районі  с.Волсвин Червоноградського району  Львівської області від ВП ВТУ ДП «Львіввугілля»</t>
         </is>
       </c>
       <c r="D186" t="s">
         <v>64</v>
       </c>
       <c r="E186" t="s">
         <v>47</v>
       </c>
       <c r="F186" t="s">
         <v>60</v>
       </c>
       <c r="G186" t="s">
         <v>49</v>
       </c>
       <c r="H186" t="s">
         <v>50</v>
       </c>
       <c r="I186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K186" t="s" s="5">
         <v>53</v>
@@ -28642,55 +28618,55 @@
       </c>
       <c r="AP186" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT186" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU186" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="C187" t="inlineStr" s="4">
         <is>
-          <t>1992Про надання згоди на безоплатну передачу  у  комунальну власність територіальної грома- ди Червоноградської міської ради розпо- дільчого газопроводу, загальною довжиною 548,5 м. п. з ШГРП  від військової частини ТО200 Державної спеціальної служби транспорту Міністерства Оборони України</t>
+          <t>ID - 1992,  Про надання згоди на безоплатну передачу  у  комунальну власність територіальної грома- ди Червоноградської міської ради розпо- дільчого газопроводу, загальною довжиною 548,5 м. п. з ШГРП  від військової частини ТО200 Державної спеціальної служби транспорту Міністерства Оборони України</t>
         </is>
       </c>
       <c r="D187" t="s">
         <v>64</v>
       </c>
       <c r="E187" t="s">
         <v>47</v>
       </c>
       <c r="F187" t="s">
         <v>60</v>
       </c>
       <c r="G187" t="s">
         <v>49</v>
       </c>
       <c r="H187" t="s">
         <v>50</v>
       </c>
       <c r="I187" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J187" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K187" t="s" s="5">
         <v>53</v>
@@ -28787,55 +28763,55 @@
       </c>
       <c r="AP187" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ187" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS187" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT187" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU187" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C188" t="inlineStr" s="4">
         <is>
-          <t>1993Про внесення змін до рішень про затвердження передавального акту Поздимирської сільської ради  та Острівської сільської ради</t>
+          <t>ID - 1993,  Про внесення змін до рішень про затвердження передавального акту Поздимирської сільської ради  та Острівської сільської ради</t>
         </is>
       </c>
       <c r="D188" t="s">
         <v>64</v>
       </c>
       <c r="E188" t="s">
         <v>47</v>
       </c>
       <c r="F188" t="s">
         <v>60</v>
       </c>
       <c r="G188" t="s">
         <v>49</v>
       </c>
       <c r="H188" t="s">
         <v>50</v>
       </c>
       <c r="I188" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J188" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K188" t="s" s="5">
         <v>53</v>
@@ -28932,54 +28908,54 @@
       </c>
       <c r="AP188" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ188" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR188" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS188" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT188" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU188" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="C189" t="s" s="4">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="D189" t="s">
         <v>64</v>
       </c>
       <c r="E189" t="s">
         <v>47</v>
       </c>
       <c r="F189" t="s">
         <v>57</v>
       </c>
       <c r="G189" t="s">
         <v>49</v>
       </c>
       <c r="H189" t="s">
         <v>50</v>
       </c>
       <c r="I189" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J189" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K189" t="s" s="5">
         <v>53</v>
       </c>
@@ -29075,54 +29051,54 @@
       </c>
       <c r="AP189" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ189" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR189" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS189" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT189" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU189" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C190" t="s" s="4">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="D190" t="s">
         <v>64</v>
       </c>
       <c r="E190" t="s">
         <v>47</v>
       </c>
       <c r="F190" t="s">
         <v>57</v>
       </c>
       <c r="G190" t="s">
         <v>49</v>
       </c>
       <c r="H190" t="s">
         <v>50</v>
       </c>
       <c r="I190" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J190" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K190" t="s" s="5">
         <v>53</v>
       </c>
@@ -29218,54 +29194,54 @@
       </c>
       <c r="AP190" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ190" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR190" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS190" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT190" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU190" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C191" t="s" s="4">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D191" t="s">
         <v>64</v>
       </c>
       <c r="E191" t="s">
         <v>47</v>
       </c>
       <c r="F191" t="s">
         <v>57</v>
       </c>
       <c r="G191" t="s">
         <v>49</v>
       </c>
       <c r="H191" t="s">
         <v>50</v>
       </c>
       <c r="I191" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J191" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K191" t="s" s="5">
         <v>53</v>
       </c>
@@ -29361,55 +29337,55 @@
       </c>
       <c r="AP191" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ191" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR191" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS191" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT191" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU191" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="C192" t="inlineStr" s="4">
         <is>
-          <t>1997Про затвердження проектів землеустрою щодо вiдведення земельних дiлянок в м. Соснівка</t>
+          <t>ID - 1997,  Про затвердження проектів землеустрою щодо вiдведення земельних дiлянок в м. Соснівка</t>
         </is>
       </c>
       <c r="D192" t="s">
         <v>64</v>
       </c>
       <c r="E192" t="s">
         <v>47</v>
       </c>
       <c r="F192" t="s">
         <v>57</v>
       </c>
       <c r="G192" t="s">
         <v>49</v>
       </c>
       <c r="H192" t="s">
         <v>50</v>
       </c>
       <c r="I192" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J192" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K192" t="s" s="5">
         <v>53</v>
@@ -29506,55 +29482,55 @@
       </c>
       <c r="AP192" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ192" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR192" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS192" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT192" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU192" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C193" t="inlineStr" s="4">
         <is>
-          <t>1998Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Соснівка</t>
+          <t>ID - 1998,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Соснівка</t>
         </is>
       </c>
       <c r="D193" t="s">
         <v>64</v>
       </c>
       <c r="E193" t="s">
         <v>47</v>
       </c>
       <c r="F193" t="s">
         <v>60</v>
       </c>
       <c r="G193" t="s">
         <v>49</v>
       </c>
       <c r="H193" t="s">
         <v>50</v>
       </c>
       <c r="I193" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J193" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K193" t="s" s="5">
         <v>53</v>
@@ -29651,55 +29627,55 @@
       </c>
       <c r="AP193" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ193" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR193" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS193" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT193" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU193" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="C194" t="inlineStr" s="4">
         <is>
-          <t>1999Про розгляд заяв громадян про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок в м. Соснівка</t>
+          <t>ID - 1999,  Про розгляд заяв громадян про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок в м. Соснівка</t>
         </is>
       </c>
       <c r="D194" t="s">
         <v>64</v>
       </c>
       <c r="E194" t="s">
         <v>47</v>
       </c>
       <c r="F194" t="s">
         <v>57</v>
       </c>
       <c r="G194" t="s">
         <v>49</v>
       </c>
       <c r="H194" t="s">
         <v>50</v>
       </c>
       <c r="I194" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J194" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K194" t="s" s="5">
         <v>53</v>
@@ -29796,55 +29772,55 @@
       </c>
       <c r="AP194" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ194" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR194" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS194" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT194" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU194" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C195" t="inlineStr" s="4">
         <is>
-          <t>2000Про затвердження технічної документації із землеустрою щодо інвентаризації земель в м. Соснівка, вул. Лісна, 18</t>
+          <t>ID - 2000,  Про затвердження технічної документації із землеустрою щодо інвентаризації земель в м. Соснівка, вул. Лісна, 18</t>
         </is>
       </c>
       <c r="D195" t="s">
         <v>64</v>
       </c>
       <c r="E195" t="s">
         <v>47</v>
       </c>
       <c r="F195" t="s">
         <v>57</v>
       </c>
       <c r="G195" t="s">
         <v>49</v>
       </c>
       <c r="H195" t="s">
         <v>50</v>
       </c>
       <c r="I195" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J195" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K195" t="s" s="5">
         <v>53</v>
@@ -29941,54 +29917,54 @@
       </c>
       <c r="AP195" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ195" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR195" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS195" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT195" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU195" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C196" t="s" s="4">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D196" t="s">
         <v>59</v>
       </c>
       <c r="E196" t="s">
         <v>47</v>
       </c>
       <c r="F196" t="s">
         <v>57</v>
       </c>
       <c r="G196" t="s">
         <v>49</v>
       </c>
       <c r="H196" t="s">
         <v>50</v>
       </c>
       <c r="I196" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J196" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K196" t="s" s="5">
         <v>53</v>
       </c>
@@ -30084,54 +30060,54 @@
       </c>
       <c r="AP196" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ196" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR196" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS196" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT196" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU196" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C197" t="s" s="4">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="D197" t="s">
         <v>46</v>
       </c>
       <c r="E197" t="s">
         <v>47</v>
       </c>
       <c r="F197" t="s">
         <v>93</v>
       </c>
       <c r="G197" t="s">
         <v>49</v>
       </c>
       <c r="H197" t="s">
         <v>50</v>
       </c>
       <c r="I197" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J197" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K197" t="s" s="5">
         <v>53</v>
       </c>
@@ -30227,54 +30203,54 @@
       </c>
       <c r="AP197" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ197" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR197" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS197" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT197" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU197" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C198" t="s" s="4">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D198" t="s">
         <v>56</v>
       </c>
       <c r="E198" t="s">
         <v>47</v>
       </c>
       <c r="F198" t="s">
         <v>57</v>
       </c>
       <c r="G198" t="s">
         <v>49</v>
       </c>
       <c r="H198" t="s">
         <v>50</v>
       </c>
       <c r="I198" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J198" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K198" t="s" s="5">
         <v>53</v>
       </c>
@@ -30370,55 +30346,55 @@
       </c>
       <c r="AP198" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ198" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR198" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS198" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT198" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU198" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C199" t="inlineStr" s="4">
         <is>
-          <t>2004Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги  р. Солокія на території Червоноградської міської ради</t>
+          <t>ID - 2004,  Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж прибережної захисної смуги  р. Солокія на території Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D199" t="s">
         <v>64</v>
       </c>
       <c r="E199" t="s">
         <v>47</v>
       </c>
       <c r="F199" t="s">
         <v>60</v>
       </c>
       <c r="G199" t="s">
         <v>49</v>
       </c>
       <c r="H199" t="s">
         <v>50</v>
       </c>
       <c r="I199" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J199" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K199" t="s" s="5">
         <v>53</v>
@@ -30515,54 +30491,56 @@
       </c>
       <c r="AP199" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ199" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR199" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS199" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT199" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU199" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>365</v>
+      </c>
+      <c r="C200" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2005,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Волсвин</t>
+        </is>
       </c>
       <c r="D200" t="s">
         <v>64</v>
       </c>
       <c r="E200" t="s">
         <v>47</v>
       </c>
       <c r="F200" t="s">
         <v>60</v>
       </c>
       <c r="G200" t="s">
         <v>49</v>
       </c>
       <c r="H200" t="s">
         <v>50</v>
       </c>
       <c r="I200" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J200" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K200" t="s" s="5">
         <v>53</v>
       </c>
@@ -30658,54 +30636,54 @@
       </c>
       <c r="AP200" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ200" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR200" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS200" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT200" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU200" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="C201" t="s" s="4">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="D201" t="s">
         <v>64</v>
       </c>
       <c r="E201" t="s">
         <v>47</v>
       </c>
       <c r="F201" t="s">
         <v>48</v>
       </c>
       <c r="G201" t="s">
         <v>49</v>
       </c>
       <c r="H201" t="s">
         <v>50</v>
       </c>
       <c r="I201" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J201" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K201" t="s" s="5">
         <v>53</v>
       </c>
@@ -30801,54 +30779,54 @@
       </c>
       <c r="AP201" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ201" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR201" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS201" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT201" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU201" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="C202" t="s" s="4">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="D202" t="s">
         <v>64</v>
       </c>
       <c r="E202" t="s">
         <v>47</v>
       </c>
       <c r="F202" t="s">
         <v>60</v>
       </c>
       <c r="G202" t="s">
         <v>49</v>
       </c>
       <c r="H202" t="s">
         <v>50</v>
       </c>
       <c r="I202" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J202" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K202" t="s" s="5">
         <v>53</v>
       </c>
@@ -30944,54 +30922,54 @@
       </c>
       <c r="AP202" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ202" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR202" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS202" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT202" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU202" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="C203" t="s" s="4">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D203" t="s">
         <v>64</v>
       </c>
       <c r="E203" t="s">
         <v>47</v>
       </c>
       <c r="F203" t="s">
         <v>93</v>
       </c>
       <c r="G203" t="s">
         <v>49</v>
       </c>
       <c r="H203" t="s">
         <v>50</v>
       </c>
       <c r="I203" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J203" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K203" t="s" s="5">
         <v>53</v>
       </c>
@@ -31087,54 +31065,54 @@
       </c>
       <c r="AP203" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ203" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR203" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS203" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT203" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU203" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="C204" t="s" s="4">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="D204" t="s">
         <v>64</v>
       </c>
       <c r="E204" t="s">
         <v>47</v>
       </c>
       <c r="F204" t="s">
         <v>60</v>
       </c>
       <c r="G204" t="s">
         <v>49</v>
       </c>
       <c r="H204" t="s">
         <v>50</v>
       </c>
       <c r="I204" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J204" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K204" t="s" s="5">
         <v>53</v>
       </c>
@@ -31230,55 +31208,55 @@
       </c>
       <c r="AP204" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ204" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR204" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS204" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT204" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU204" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C205" t="inlineStr" s="4">
         <is>
-          <t>2010Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя, ур. Копані</t>
+          <t>ID - 2010,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Межиріччя, ур. Копані</t>
         </is>
       </c>
       <c r="D205" t="s">
         <v>64</v>
       </c>
       <c r="E205" t="s">
         <v>47</v>
       </c>
       <c r="F205" t="s">
         <v>60</v>
       </c>
       <c r="G205" t="s">
         <v>49</v>
       </c>
       <c r="H205" t="s">
         <v>50</v>
       </c>
       <c r="I205" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J205" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K205" t="s" s="5">
         <v>53</v>
@@ -31375,55 +31353,55 @@
       </c>
       <c r="AP205" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ205" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR205" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS205" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT205" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU205" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="C206" t="inlineStr" s="4">
         <is>
-          <t>2011​​​​​​​Про надання дозволу на виготовлення технічних документацiй  iз землеустрою в с. Межиріччя</t>
+          <t>ID - 2011,  ​​​​​​​Про надання дозволу на виготовлення технічних документацiй  iз землеустрою в с. Межиріччя</t>
         </is>
       </c>
       <c r="D206" t="s">
         <v>64</v>
       </c>
       <c r="E206" t="s">
         <v>47</v>
       </c>
       <c r="F206" t="s">
         <v>57</v>
       </c>
       <c r="G206" t="s">
         <v>49</v>
       </c>
       <c r="H206" t="s">
         <v>50</v>
       </c>
       <c r="I206" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J206" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K206" t="s" s="5">
         <v>53</v>
@@ -31520,54 +31498,56 @@
       </c>
       <c r="AP206" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ206" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR206" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS206" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT206" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU206" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>376</v>
+      </c>
+      <c r="C207" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2012,  Про затвердження проектів землеустрою щодо вiдведення земельних дiлянок в с. Бендюга</t>
+        </is>
       </c>
       <c r="D207" t="s">
         <v>64</v>
       </c>
       <c r="E207" t="s">
         <v>47</v>
       </c>
       <c r="F207" t="s">
         <v>57</v>
       </c>
       <c r="G207" t="s">
         <v>49</v>
       </c>
       <c r="H207" t="s">
         <v>50</v>
       </c>
       <c r="I207" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J207" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K207" t="s" s="5">
         <v>53</v>
       </c>
@@ -31663,54 +31643,54 @@
       </c>
       <c r="AP207" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ207" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR207" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS207" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT207" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU207" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="C208" t="s" s="4">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="D208" t="s">
         <v>64</v>
       </c>
       <c r="E208" t="s">
         <v>47</v>
       </c>
       <c r="F208" t="s">
         <v>93</v>
       </c>
       <c r="G208" t="s">
         <v>49</v>
       </c>
       <c r="H208" t="s">
         <v>50</v>
       </c>
       <c r="I208" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J208" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K208" t="s" s="5">
         <v>53</v>
       </c>
@@ -31806,55 +31786,55 @@
       </c>
       <c r="AP208" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ208" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR208" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS208" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT208" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU208" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="C209" t="inlineStr" s="4">
         <is>
-          <t>2014Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки в с. Поздими</t>
+          <t>ID - 2014,  Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки в с. Поздими</t>
         </is>
       </c>
       <c r="D209" t="s">
         <v>64</v>
       </c>
       <c r="E209" t="s">
         <v>47</v>
       </c>
       <c r="F209" t="s">
         <v>91</v>
       </c>
       <c r="G209" t="s">
         <v>49</v>
       </c>
       <c r="H209" t="s">
         <v>50</v>
       </c>
       <c r="I209" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J209" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K209" t="s" s="5">
         <v>53</v>
@@ -31951,54 +31931,56 @@
       </c>
       <c r="AP209" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ209" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR209" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS209" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT209" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU209" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>380</v>
+      </c>
+      <c r="C210" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2015,  Про затвердження проекту землеустрою щодо вiдведення земельної дiлянки в с. Поздимир</t>
+        </is>
       </c>
       <c r="D210" t="s">
         <v>64</v>
       </c>
       <c r="E210" t="s">
         <v>47</v>
       </c>
       <c r="F210" t="s">
         <v>48</v>
       </c>
       <c r="G210" t="s">
         <v>49</v>
       </c>
       <c r="H210" t="s">
         <v>50</v>
       </c>
       <c r="I210" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J210" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K210" t="s" s="5">
         <v>53</v>
       </c>
@@ -32094,55 +32076,55 @@
       </c>
       <c r="AP210" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ210" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR210" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS210" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT210" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU210" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="C211" t="inlineStr" s="4">
         <is>
-          <t>2016​​​​​​​Про надання дозволу на виготовлення технічних документацiй iз землеустрою в с. Сілець</t>
+          <t>ID - 2016,  ​​​​​​​Про надання дозволу на виготовлення технічних документацiй iз землеустрою в с. Сілець</t>
         </is>
       </c>
       <c r="D211" t="s">
         <v>64</v>
       </c>
       <c r="E211" t="s">
         <v>47</v>
       </c>
       <c r="F211" t="s">
         <v>93</v>
       </c>
       <c r="G211" t="s">
         <v>49</v>
       </c>
       <c r="H211" t="s">
         <v>50</v>
       </c>
       <c r="I211" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J211" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K211" t="s" s="5">
         <v>53</v>
@@ -32239,54 +32221,54 @@
       </c>
       <c r="AP211" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ211" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR211" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS211" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT211" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU211" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="C212" t="s" s="4">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="D212" t="s">
         <v>64</v>
       </c>
       <c r="E212" t="s">
         <v>47</v>
       </c>
       <c r="F212" t="s">
         <v>48</v>
       </c>
       <c r="G212" t="s">
         <v>49</v>
       </c>
       <c r="H212" t="s">
         <v>50</v>
       </c>
       <c r="I212" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J212" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K212" t="s" s="5">
         <v>53</v>
       </c>
@@ -32382,54 +32364,54 @@
       </c>
       <c r="AP212" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ212" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR212" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS212" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT212" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU212" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="C213" t="s" s="4">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="D213" t="s">
         <v>64</v>
       </c>
       <c r="E213" t="s">
         <v>47</v>
       </c>
       <c r="F213" t="s">
         <v>48</v>
       </c>
       <c r="G213" t="s">
         <v>49</v>
       </c>
       <c r="H213" t="s">
         <v>50</v>
       </c>
       <c r="I213" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J213" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K213" t="s" s="5">
         <v>53</v>
       </c>
@@ -32525,54 +32507,56 @@
       </c>
       <c r="AP213" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ213" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR213" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS213" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT213" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU213" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>386</v>
+      </c>
+      <c r="C214" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2019,  Про розгляд заяви учасника бойових дій Тритяка Богдана Володимировича в с. Сілець</t>
+        </is>
       </c>
       <c r="D214" t="s">
         <v>64</v>
       </c>
       <c r="E214" t="s">
         <v>47</v>
       </c>
       <c r="F214" t="s">
         <v>60</v>
       </c>
       <c r="G214" t="s">
         <v>49</v>
       </c>
       <c r="H214" t="s">
         <v>50</v>
       </c>
       <c r="I214" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J214" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K214" t="s" s="5">
         <v>53</v>
       </c>
@@ -32668,54 +32652,54 @@
       </c>
       <c r="AP214" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ214" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR214" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS214" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT214" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU214" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="C215" t="s" s="4">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="D215" t="s">
         <v>64</v>
       </c>
       <c r="E215" t="s">
         <v>47</v>
       </c>
       <c r="F215" t="s">
         <v>60</v>
       </c>
       <c r="G215" t="s">
         <v>49</v>
       </c>
       <c r="H215" t="s">
         <v>50</v>
       </c>
       <c r="I215" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J215" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K215" t="s" s="5">
         <v>53</v>
       </c>
@@ -32811,54 +32795,56 @@
       </c>
       <c r="AP215" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ215" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR215" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS215" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT215" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU215" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>389</v>
+      </c>
+      <c r="C216" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2021,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в с. Сілець</t>
+        </is>
       </c>
       <c r="D216" t="s">
         <v>64</v>
       </c>
       <c r="E216" t="s">
         <v>47</v>
       </c>
       <c r="F216" t="s">
         <v>57</v>
       </c>
       <c r="G216" t="s">
         <v>49</v>
       </c>
       <c r="H216" t="s">
         <v>50</v>
       </c>
       <c r="I216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K216" t="s" s="5">
         <v>53</v>
       </c>
@@ -32954,54 +32940,54 @@
       </c>
       <c r="AP216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT216" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU216" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="C217" t="s" s="4">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="D217" t="s">
         <v>64</v>
       </c>
       <c r="E217" t="s">
         <v>47</v>
       </c>
       <c r="F217" t="s">
         <v>57</v>
       </c>
       <c r="G217" t="s">
         <v>49</v>
       </c>
       <c r="H217" t="s">
         <v>50</v>
       </c>
       <c r="I217" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J217" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K217" t="s" s="5">
         <v>53</v>
       </c>
@@ -33097,55 +33083,55 @@
       </c>
       <c r="AP217" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ217" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR217" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS217" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT217" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU217" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="C218" t="inlineStr" s="4">
         <is>
-          <t>2023Про затвердження проекту землеустрою щодо відведення земельної ділянки в с. Добрячин на вул. Шевченка, 41</t>
+          <t>ID - 2023,  Про затвердження проекту землеустрою щодо відведення земельної ділянки в с. Добрячин на вул. Шевченка, 41</t>
         </is>
       </c>
       <c r="D218" t="s">
         <v>64</v>
       </c>
       <c r="E218" t="s">
         <v>47</v>
       </c>
       <c r="F218" t="s">
         <v>60</v>
       </c>
       <c r="G218" t="s">
         <v>49</v>
       </c>
       <c r="H218" t="s">
         <v>50</v>
       </c>
       <c r="I218" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J218" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K218" t="s" s="5">
         <v>53</v>
@@ -33242,54 +33228,54 @@
       </c>
       <c r="AP218" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ218" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR218" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS218" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT218" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU218" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="C219" t="s" s="4">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="D219" t="s">
         <v>64</v>
       </c>
       <c r="E219" t="s">
         <v>47</v>
       </c>
       <c r="F219" t="s">
         <v>93</v>
       </c>
       <c r="G219" t="s">
         <v>49</v>
       </c>
       <c r="H219" t="s">
         <v>50</v>
       </c>
       <c r="I219" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J219" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K219" t="s" s="5">
         <v>53</v>
       </c>
@@ -33385,55 +33371,55 @@
       </c>
       <c r="AP219" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ219" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR219" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS219" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT219" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU219" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
       <c r="C220" t="inlineStr" s="4">
         <is>
-          <t>2025Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Добрячин учасникам бойових дій</t>
+          <t>ID - 2025,  Про затвердження проектів землеустрою щодо відведення земельних ділянок в с. Добрячин учасникам бойових дій</t>
         </is>
       </c>
       <c r="D220" t="s">
         <v>64</v>
       </c>
       <c r="E220" t="s">
         <v>47</v>
       </c>
       <c r="F220" t="s">
         <v>48</v>
       </c>
       <c r="G220" t="s">
         <v>49</v>
       </c>
       <c r="H220" t="s">
         <v>50</v>
       </c>
       <c r="I220" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J220" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K220" t="s" s="5">
         <v>53</v>
@@ -33530,55 +33516,55 @@
       </c>
       <c r="AP220" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ220" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR220" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS220" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT220" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU220" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="C221" t="inlineStr" s="4">
         <is>
-          <t>2026Розгляд заяв громадян про затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Острів</t>
+          <t>ID - 2026,  Розгляд заяв громадян про затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Острів</t>
         </is>
       </c>
       <c r="D221" t="s">
         <v>64</v>
       </c>
       <c r="E221" t="s">
         <v>47</v>
       </c>
       <c r="F221" t="s">
         <v>60</v>
       </c>
       <c r="G221" t="s">
         <v>49</v>
       </c>
       <c r="H221" t="s">
         <v>50</v>
       </c>
       <c r="I221" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J221" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K221" t="s" s="5">
         <v>53</v>
@@ -33675,54 +33661,54 @@
       </c>
       <c r="AP221" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ221" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR221" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS221" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT221" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU221" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="C222" t="s" s="4">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="D222" t="s">
         <v>59</v>
       </c>
       <c r="E222" t="s">
         <v>47</v>
       </c>
       <c r="F222" t="s">
         <v>60</v>
       </c>
       <c r="G222" t="s">
         <v>49</v>
       </c>
       <c r="H222" t="s">
         <v>50</v>
       </c>
       <c r="I222" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J222" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K222" t="s" s="5">
         <v>53</v>
       </c>
@@ -33818,55 +33804,55 @@
       </c>
       <c r="AP222" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ222" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR222" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS222" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT222" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU222" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="C223" t="inlineStr" s="4">
         <is>
-          <t>2028вилучити після Васьків І.Р ` розмір частки 1/3 `,  натомість добавити ` Васьків І.В. розмір частки 1/3, Васьків С.В. розмір частки  1/3`</t>
+          <t>ID - 2028,  вилучити після Васьків І.Р ` розмір частки 1/3 `,  натомість добавити ` Васьків І.В. розмір частки 1/3, Васьків С.В. розмір частки  1/3`</t>
         </is>
       </c>
       <c r="D223" t="s">
         <v>46</v>
       </c>
       <c r="E223" t="s">
         <v>47</v>
       </c>
       <c r="F223" t="s">
         <v>93</v>
       </c>
       <c r="G223" t="s">
         <v>49</v>
       </c>
       <c r="H223" t="s">
         <v>50</v>
       </c>
       <c r="I223" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J223" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K223" t="s" s="5">
         <v>53</v>
@@ -33963,54 +33949,54 @@
       </c>
       <c r="AP223" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ223" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR223" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS223" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT223" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU223" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="C224" t="s" s="4">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="D224" t="s">
         <v>56</v>
       </c>
       <c r="E224" t="s">
         <v>47</v>
       </c>
       <c r="F224" t="s">
         <v>60</v>
       </c>
       <c r="G224" t="s">
         <v>49</v>
       </c>
       <c r="H224" t="s">
         <v>50</v>
       </c>
       <c r="I224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K224" t="s" s="5">
         <v>53</v>
       </c>
@@ -34106,55 +34092,55 @@
       </c>
       <c r="AP224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT224" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU224" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="C225" t="inlineStr" s="4">
         <is>
-          <t>2030Розгляд заяв громадян про затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Борятин</t>
+          <t>ID - 2030,  Розгляд заяв громадян про затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Борятин</t>
         </is>
       </c>
       <c r="D225" t="s">
         <v>64</v>
       </c>
       <c r="E225" t="s">
         <v>47</v>
       </c>
       <c r="F225" t="s">
         <v>48</v>
       </c>
       <c r="G225" t="s">
         <v>49</v>
       </c>
       <c r="H225" t="s">
         <v>50</v>
       </c>
       <c r="I225" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J225" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K225" t="s" s="5">
         <v>53</v>
@@ -34251,55 +34237,55 @@
       </c>
       <c r="AP225" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ225" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR225" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS225" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT225" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU225" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="C226" t="inlineStr" s="4">
         <is>
-          <t>2031Про розгляд заяви громадянина Тобяша Петра Володимировича щодо затвердження технiчної документацiї в с. Добрячин</t>
+          <t>ID - 2031,  Про розгляд заяви громадянина Тобяша Петра Володимировича щодо затвердження технiчної документацiї в с. Добрячин</t>
         </is>
       </c>
       <c r="D226" t="s">
         <v>64</v>
       </c>
       <c r="E226" t="s">
         <v>47</v>
       </c>
       <c r="F226" t="s">
         <v>48</v>
       </c>
       <c r="G226" t="s">
         <v>49</v>
       </c>
       <c r="H226" t="s">
         <v>50</v>
       </c>
       <c r="I226" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J226" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K226" t="s" s="5">
         <v>53</v>
@@ -34396,55 +34382,55 @@
       </c>
       <c r="AP226" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ226" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR226" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS226" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT226" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU226" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="C227" t="inlineStr" s="4">
         <is>
-          <t>2032Про розгляд заяв громадян про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок в с. Рудка</t>
+          <t>ID - 2032,  Про розгляд заяв громадян про надання дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок в с. Рудка</t>
         </is>
       </c>
       <c r="D227" t="s">
         <v>64</v>
       </c>
       <c r="E227" t="s">
         <v>47</v>
       </c>
       <c r="F227" t="s">
         <v>87</v>
       </c>
       <c r="G227" t="s">
         <v>49</v>
       </c>
       <c r="H227" t="s">
         <v>102</v>
       </c>
       <c r="I227" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J227" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K227" t="s" s="5">
         <v>53</v>
@@ -34541,55 +34527,55 @@
       </c>
       <c r="AP227" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ227" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR227" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS227" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT227" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU227" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="C228" t="inlineStr" s="4">
         <is>
-          <t>2033Про розгляд заяви громадян Федини Віти Ярославівни,Михайлів Любові Семенівни,Михайліва Ігоря Ярославовича.</t>
+          <t>ID - 2033,  Про розгляд заяви громадян Федини Віти Ярославівни,Михайлів Любові Семенівни,Михайліва Ігоря Ярославовича.</t>
         </is>
       </c>
       <c r="D228" t="s">
         <v>64</v>
       </c>
       <c r="E228" t="s">
         <v>47</v>
       </c>
       <c r="F228" t="s">
         <v>48</v>
       </c>
       <c r="G228" t="s">
         <v>49</v>
       </c>
       <c r="H228" t="s">
         <v>50</v>
       </c>
       <c r="I228" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J228" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K228" t="s" s="5">
         <v>53</v>
@@ -34686,54 +34672,54 @@
       </c>
       <c r="AP228" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ228" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR228" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS228" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT228" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU228" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="C229" t="s" s="4">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="D229" t="s">
         <v>64</v>
       </c>
       <c r="E229" t="s">
         <v>47</v>
       </c>
       <c r="F229" t="s">
         <v>60</v>
       </c>
       <c r="G229" t="s">
         <v>49</v>
       </c>
       <c r="H229" t="s">
         <v>50</v>
       </c>
       <c r="I229" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J229" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K229" t="s" s="5">
         <v>53</v>
       </c>
@@ -34829,55 +34815,55 @@
       </c>
       <c r="AP229" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ229" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR229" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS229" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT229" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU229" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="C230" t="inlineStr" s="4">
         <is>
-          <t>2035Про пiдготовку лотів для проведення земельних торгiв з продажу прав оренди земельних дiлянок для здiйснення пiдприємницької дiяльностi в селі Острів</t>
+          <t>ID - 2035,  Про пiдготовку лотів для проведення земельних торгiв з продажу прав оренди земельних дiлянок для здiйснення пiдприємницької дiяльностi в селі Острів</t>
         </is>
       </c>
       <c r="D230" t="s">
         <v>64</v>
       </c>
       <c r="E230" t="s">
         <v>47</v>
       </c>
       <c r="F230" t="s">
         <v>60</v>
       </c>
       <c r="G230" t="s">
         <v>49</v>
       </c>
       <c r="H230" t="s">
         <v>50</v>
       </c>
       <c r="I230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K230" t="s" s="5">
         <v>53</v>
@@ -34974,54 +34960,54 @@
       </c>
       <c r="AP230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT230" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU230" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="C231" t="s" s="4">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="D231" t="s">
         <v>64</v>
       </c>
       <c r="E231" t="s">
         <v>47</v>
       </c>
       <c r="F231" t="s">
         <v>57</v>
       </c>
       <c r="G231" t="s">
         <v>49</v>
       </c>
       <c r="H231" t="s">
         <v>50</v>
       </c>
       <c r="I231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K231" t="s" s="5">
         <v>53</v>
       </c>
@@ -35117,55 +35103,55 @@
       </c>
       <c r="AP231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT231" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU231" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="C232" t="inlineStr" s="4">
         <is>
-          <t>2037Розгляд заяв громадян про затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Добрячин</t>
+          <t>ID - 2037,  Розгляд заяв громадян про затвердження проектiв землеустрою щодо відведення земельних ділянок в с. Добрячин</t>
         </is>
       </c>
       <c r="D232" t="s">
         <v>64</v>
       </c>
       <c r="E232" t="s">
         <v>47</v>
       </c>
       <c r="F232" t="s">
         <v>48</v>
       </c>
       <c r="G232" t="s">
         <v>49</v>
       </c>
       <c r="H232" t="s">
         <v>50</v>
       </c>
       <c r="I232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J232" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K232" t="s" s="5">
         <v>53</v>
@@ -35262,54 +35248,54 @@
       </c>
       <c r="AP232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT232" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU232" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="C233" t="s" s="4">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="D233" t="s">
         <v>64</v>
       </c>
       <c r="E233" t="s">
         <v>47</v>
       </c>
       <c r="F233" t="s">
         <v>60</v>
       </c>
       <c r="G233" t="s">
         <v>49</v>
       </c>
       <c r="H233" t="s">
         <v>50</v>
       </c>
       <c r="I233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K233" t="s" s="5">
         <v>53</v>
       </c>
@@ -35405,69 +35391,69 @@
       </c>
       <c r="AP233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT233" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU233" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="C234" t="s" s="4">
-        <v>425</v>
+        <v>415</v>
       </c>
       <c r="D234" t="s">
         <v>64</v>
       </c>
       <c r="E234" t="s">
         <v>65</v>
       </c>
       <c r="F234" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="G234" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H234" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="I234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="K234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="L234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="M234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="O234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P234" t="s" s="5">
         <v>51</v>
       </c>
@@ -35492,51 +35478,51 @@
       <c r="W234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AB234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AC234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AE234" t="s" s="5">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="AF234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AG234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AK234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM234" t="s" s="5">
         <v>51</v>
       </c>
@@ -35548,54 +35534,56 @@
       </c>
       <c r="AP234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AQ234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AR234" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AS234" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU234" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>417</v>
+      </c>
+      <c r="C235" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2040,  Про розгляд заяви фізичної особи - підприємця Пуздерко Ганни Петрівни в смт. Гірник</t>
+        </is>
       </c>
       <c r="D235" t="s">
         <v>59</v>
       </c>
       <c r="E235" t="s">
         <v>47</v>
       </c>
       <c r="F235" t="s">
         <v>93</v>
       </c>
       <c r="G235" t="s">
         <v>49</v>
       </c>
       <c r="H235" t="s">
         <v>102</v>
       </c>
       <c r="I235" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J235" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K235" t="s" s="5">
         <v>53</v>
       </c>
@@ -35691,69 +35679,69 @@
       </c>
       <c r="AP235" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ235" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR235" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS235" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT235" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU235" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="C236" t="s" s="4">
-        <v>430</v>
+        <v>419</v>
       </c>
       <c r="D236" t="s">
         <v>46</v>
       </c>
       <c r="E236" t="s">
         <v>47</v>
       </c>
       <c r="F236" t="s">
         <v>85</v>
       </c>
       <c r="G236" t="s">
         <v>49</v>
       </c>
       <c r="H236" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="I236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K236" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M236" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P236" t="s" s="5">
         <v>53</v>
       </c>
@@ -35834,54 +35822,56 @@
       </c>
       <c r="AP236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR236" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT236" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU236" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>421</v>
+      </c>
+      <c r="C237" t="inlineStr" s="4">
+        <is>
+          <t>ID - 2042,  Про розгляд заяви фізичної особи - підприємця Пуздерко Ганни Петрівни в смт. Гірник</t>
+        </is>
       </c>
       <c r="D237" t="s">
         <v>56</v>
       </c>
       <c r="E237" t="s">
         <v>47</v>
       </c>
       <c r="F237" t="s">
         <v>60</v>
       </c>
       <c r="G237" t="s">
         <v>49</v>
       </c>
       <c r="H237" t="s">
         <v>50</v>
       </c>
       <c r="I237" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J237" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K237" t="s" s="5">
         <v>53</v>
       </c>
@@ -35977,54 +35967,54 @@
       </c>
       <c r="AP237" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ237" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR237" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS237" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT237" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU237" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>434</v>
+        <v>422</v>
       </c>
       <c r="C238" t="s" s="4">
-        <v>435</v>
+        <v>423</v>
       </c>
       <c r="D238" t="s">
         <v>64</v>
       </c>
       <c r="E238" t="s">
         <v>47</v>
       </c>
       <c r="F238" t="s">
         <v>91</v>
       </c>
       <c r="G238" t="s">
         <v>49</v>
       </c>
       <c r="H238" t="s">
         <v>50</v>
       </c>
       <c r="I238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K238" t="s" s="5">
         <v>53</v>
       </c>
@@ -36120,55 +36110,55 @@
       </c>
       <c r="AP238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR238" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT238" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU238" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>436</v>
+        <v>424</v>
       </c>
       <c r="C239" t="inlineStr" s="4">
         <is>
-          <t>2044Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червоноград</t>
+          <t>ID - 2044,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червоноград</t>
         </is>
       </c>
       <c r="D239" t="s">
         <v>64</v>
       </c>
       <c r="E239" t="s">
         <v>47</v>
       </c>
       <c r="F239" t="s">
         <v>60</v>
       </c>
       <c r="G239" t="s">
         <v>49</v>
       </c>
       <c r="H239" t="s">
         <v>50</v>
       </c>
       <c r="I239" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J239" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K239" t="s" s="5">
         <v>53</v>
@@ -36265,54 +36255,54 @@
       </c>
       <c r="AP239" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ239" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR239" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS239" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT239" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU239" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="C240" t="s" s="4">
-        <v>438</v>
+        <v>426</v>
       </c>
       <c r="D240" t="s">
         <v>64</v>
       </c>
       <c r="E240" t="s">
         <v>47</v>
       </c>
       <c r="F240" t="s">
         <v>93</v>
       </c>
       <c r="G240" t="s">
         <v>49</v>
       </c>
       <c r="H240" t="s">
         <v>50</v>
       </c>
       <c r="I240" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J240" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K240" t="s" s="5">
         <v>53</v>
       </c>
@@ -36408,54 +36398,54 @@
       </c>
       <c r="AP240" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ240" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR240" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS240" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT240" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU240" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="C241" t="s" s="4">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="D241" t="s">
         <v>64</v>
       </c>
       <c r="E241" t="s">
         <v>47</v>
       </c>
       <c r="F241" t="s">
         <v>91</v>
       </c>
       <c r="G241" t="s">
         <v>49</v>
       </c>
       <c r="H241" t="s">
         <v>50</v>
       </c>
       <c r="I241" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J241" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K241" t="s" s="5">
         <v>51</v>
       </c>
@@ -36551,55 +36541,55 @@
       </c>
       <c r="AP241" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ241" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR241" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS241" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT241" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU241" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="C242" t="inlineStr" s="4">
         <is>
-          <t>2047​​​​​​​Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2047,  ​​​​​​​Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D242" t="s">
         <v>59</v>
       </c>
       <c r="E242" t="s">
         <v>47</v>
       </c>
       <c r="F242" t="s">
         <v>48</v>
       </c>
       <c r="G242" t="s">
         <v>49</v>
       </c>
       <c r="H242" t="s">
         <v>50</v>
       </c>
       <c r="I242" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J242" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K242" t="s" s="5">
         <v>53</v>
@@ -36696,54 +36686,54 @@
       </c>
       <c r="AP242" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ242" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR242" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS242" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT242" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU242" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="C243" t="s" s="4">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="D243" t="s">
         <v>46</v>
       </c>
       <c r="E243" t="s">
         <v>47</v>
       </c>
       <c r="F243" t="s">
         <v>60</v>
       </c>
       <c r="G243" t="s">
         <v>49</v>
       </c>
       <c r="H243" t="s">
         <v>50</v>
       </c>
       <c r="I243" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J243" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K243" t="s" s="5">
         <v>53</v>
       </c>
@@ -36839,55 +36829,55 @@
       </c>
       <c r="AP243" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ243" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR243" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS243" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT243" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU243" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="C244" t="inlineStr" s="4">
         <is>
-          <t>2049​​​​​​​Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
+          <t>ID - 2049,  ​​​​​​​Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок в м. Червонограді</t>
         </is>
       </c>
       <c r="D244" t="s">
         <v>56</v>
       </c>
       <c r="E244" t="s">
         <v>47</v>
       </c>
       <c r="F244" t="s">
         <v>57</v>
       </c>
       <c r="G244" t="s">
         <v>49</v>
       </c>
       <c r="H244" t="s">
         <v>50</v>
       </c>
       <c r="I244" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J244" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K244" t="s" s="5">
         <v>53</v>
@@ -36984,54 +36974,54 @@
       </c>
       <c r="AP244" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ244" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR244" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS244" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT244" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU244" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="C245" t="s" s="4">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="D245" t="s">
         <v>64</v>
       </c>
       <c r="E245" t="s">
         <v>47</v>
       </c>
       <c r="F245" t="s">
         <v>48</v>
       </c>
       <c r="G245" t="s">
         <v>49</v>
       </c>
       <c r="H245" t="s">
         <v>50</v>
       </c>
       <c r="I245" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J245" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K245" t="s" s="5">
         <v>53</v>
       </c>
@@ -37127,54 +37117,54 @@
       </c>
       <c r="AP245" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ245" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR245" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS245" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT245" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU245" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="C246" t="s" s="4">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="D246" t="s">
         <v>64</v>
       </c>
       <c r="E246" t="s">
         <v>47</v>
       </c>
       <c r="F246" t="s">
         <v>48</v>
       </c>
       <c r="G246" t="s">
         <v>49</v>
       </c>
       <c r="H246" t="s">
         <v>50</v>
       </c>
       <c r="I246" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J246" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K246" t="s" s="5">
         <v>53</v>
       </c>
@@ -37270,55 +37260,55 @@
       </c>
       <c r="AP246" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ246" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR246" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS246" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT246" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU246" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>449</v>
+        <v>437</v>
       </c>
       <c r="C247" t="inlineStr" s="4">
         <is>
-          <t>2052Про розгляд заяв громадян- учасників антитерористичної операції та учасників бойових дій в м. Червонограді</t>
+          <t>ID - 2052,  Про розгляд заяв громадян- учасників антитерористичної операції та учасників бойових дій в м. Червонограді</t>
         </is>
       </c>
       <c r="D247" t="s">
         <v>64</v>
       </c>
       <c r="E247" t="s">
         <v>47</v>
       </c>
       <c r="F247" t="s">
         <v>60</v>
       </c>
       <c r="G247" t="s">
         <v>49</v>
       </c>
       <c r="H247" t="s">
         <v>50</v>
       </c>
       <c r="I247" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J247" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K247" t="s" s="5">
         <v>53</v>
@@ -37415,54 +37405,54 @@
       </c>
       <c r="AP247" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ247" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR247" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS247" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT247" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU247" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>450</v>
+        <v>438</v>
       </c>
       <c r="C248" t="s" s="4">
-        <v>451</v>
+        <v>439</v>
       </c>
       <c r="D248" t="s">
         <v>64</v>
       </c>
       <c r="E248" t="s">
         <v>47</v>
       </c>
       <c r="F248" t="s">
         <v>48</v>
       </c>
       <c r="G248" t="s">
         <v>49</v>
       </c>
       <c r="H248" t="s">
         <v>50</v>
       </c>
       <c r="I248" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J248" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K248" t="s" s="5">
         <v>53</v>
       </c>
@@ -37558,55 +37548,55 @@
       </c>
       <c r="AP248" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ248" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR248" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS248" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT248" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU248" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>452</v>
+        <v>440</v>
       </c>
       <c r="C249" t="inlineStr" s="4">
         <is>
-          <t>2054Про розгляд заяв громадянки Фір Ольги Ярославівни та громадянки Боговик Світлани Ярославівни в м. Червоноград</t>
+          <t>ID - 2054,  Про розгляд заяв громадянки Фір Ольги Ярославівни та громадянки Боговик Світлани Ярославівни в м. Червоноград</t>
         </is>
       </c>
       <c r="D249" t="s">
         <v>64</v>
       </c>
       <c r="E249" t="s">
         <v>47</v>
       </c>
       <c r="F249" t="s">
         <v>60</v>
       </c>
       <c r="G249" t="s">
         <v>49</v>
       </c>
       <c r="H249" t="s">
         <v>50</v>
       </c>
       <c r="I249" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J249" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K249" t="s" s="5">
         <v>53</v>
@@ -37703,54 +37693,54 @@
       </c>
       <c r="AP249" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ249" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR249" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS249" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT249" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU249" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>453</v>
+        <v>441</v>
       </c>
       <c r="C250" t="s" s="4">
-        <v>454</v>
+        <v>442</v>
       </c>
       <c r="D250" t="s">
         <v>59</v>
       </c>
       <c r="E250" t="s">
         <v>47</v>
       </c>
       <c r="F250" t="s">
         <v>48</v>
       </c>
       <c r="G250" t="s">
         <v>49</v>
       </c>
       <c r="H250" t="s">
         <v>50</v>
       </c>
       <c r="I250" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J250" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K250" t="s" s="5">
         <v>53</v>
       </c>
@@ -37846,55 +37836,55 @@
       </c>
       <c r="AP250" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ250" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR250" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS250" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT250" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU250" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
       <c r="C251" t="inlineStr" s="4">
         <is>
-          <t>2056у п.1, п.2 - продовжити фізичній особі-підприємцю Процик Василю Васильовичу    на 5 років строк оренди земельної дiлянки</t>
+          <t>ID - 2056,  у п.1, п.2 - продовжити фізичній особі-підприємцю Процик Василю Васильовичу    на 5 років строк оренди земельної дiлянки</t>
         </is>
       </c>
       <c r="D251" t="s">
         <v>46</v>
       </c>
       <c r="E251" t="s">
         <v>47</v>
       </c>
       <c r="F251" t="s">
         <v>93</v>
       </c>
       <c r="G251" t="s">
         <v>49</v>
       </c>
       <c r="H251" t="s">
         <v>102</v>
       </c>
       <c r="I251" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J251" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K251" t="s" s="5">
         <v>53</v>
@@ -37991,54 +37981,54 @@
       </c>
       <c r="AP251" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ251" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR251" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS251" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AT251" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU251" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="C252" t="s" s="4">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="D252" t="s">
         <v>56</v>
       </c>
       <c r="E252" t="s">
         <v>47</v>
       </c>
       <c r="F252" t="s">
         <v>93</v>
       </c>
       <c r="G252" t="s">
         <v>49</v>
       </c>
       <c r="H252" t="s">
         <v>50</v>
       </c>
       <c r="I252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K252" t="s" s="5">
         <v>53</v>
       </c>
@@ -38134,54 +38124,54 @@
       </c>
       <c r="AP252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ252" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR252" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT252" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU252" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="C253" t="s" s="4">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="D253" t="s">
         <v>64</v>
       </c>
       <c r="E253" t="s">
         <v>47</v>
       </c>
       <c r="F253" t="s">
         <v>91</v>
       </c>
       <c r="G253" t="s">
         <v>49</v>
       </c>
       <c r="H253" t="s">
         <v>50</v>
       </c>
       <c r="I253" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J253" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K253" t="s" s="5">
         <v>53</v>
       </c>
@@ -38277,55 +38267,55 @@
       </c>
       <c r="AP253" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ253" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR253" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS253" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT253" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU253" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>460</v>
+        <v>448</v>
       </c>
       <c r="C254" t="inlineStr" s="4">
         <is>
-          <t>2059Про розгляд заяви Поріцького Андрія Петровича та клопотання Товариства з обмеженою відповідальністю «КДМ ПРОДУКТ»</t>
+          <t>ID - 2059,  Про розгляд заяви Поріцького Андрія Петровича та клопотання Товариства з обмеженою відповідальністю «КДМ ПРОДУКТ»</t>
         </is>
       </c>
       <c r="D254" t="s">
         <v>64</v>
       </c>
       <c r="E254" t="s">
         <v>47</v>
       </c>
       <c r="F254" t="s">
         <v>48</v>
       </c>
       <c r="G254" t="s">
         <v>49</v>
       </c>
       <c r="H254" t="s">
         <v>50</v>
       </c>
       <c r="I254" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J254" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K254" t="s" s="5">
         <v>53</v>
@@ -38422,69 +38412,69 @@
       </c>
       <c r="AP254" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ254" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR254" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS254" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT254" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU254" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>461</v>
+        <v>449</v>
       </c>
       <c r="C255" t="s" s="4">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="D255" t="s">
         <v>64</v>
       </c>
       <c r="E255" t="s">
         <v>65</v>
       </c>
       <c r="F255" t="s">
-        <v>463</v>
+        <v>451</v>
       </c>
       <c r="G255" t="s">
         <v>49</v>
       </c>
       <c r="H255" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="I255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K255" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M255" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P255" t="s" s="5">
         <v>53</v>
       </c>
@@ -38565,54 +38555,54 @@
       </c>
       <c r="AP255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ255" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AR255" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS255" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT255" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU255" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="C256" t="s" s="4">
-        <v>466</v>
+        <v>454</v>
       </c>
       <c r="D256" t="s">
         <v>64</v>
       </c>
       <c r="E256" t="s">
         <v>47</v>
       </c>
       <c r="F256" t="s">
         <v>93</v>
       </c>
       <c r="G256" t="s">
         <v>49</v>
       </c>
       <c r="H256" t="s">
         <v>50</v>
       </c>
       <c r="I256" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J256" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K256" t="s" s="5">
         <v>53</v>
       </c>
@@ -38708,54 +38698,54 @@
       </c>
       <c r="AP256" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ256" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR256" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS256" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT256" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU256" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="C257" t="s" s="4">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="D257" t="s">
         <v>59</v>
       </c>
       <c r="E257" t="s">
         <v>47</v>
       </c>
       <c r="F257" t="s">
         <v>60</v>
       </c>
       <c r="G257" t="s">
         <v>49</v>
       </c>
       <c r="H257" t="s">
         <v>50</v>
       </c>
       <c r="I257" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J257" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K257" t="s" s="5">
         <v>53</v>
       </c>
@@ -38851,54 +38841,54 @@
       </c>
       <c r="AP257" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ257" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR257" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS257" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT257" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU257" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>469</v>
+        <v>457</v>
       </c>
       <c r="C258" t="s" s="4">
-        <v>470</v>
+        <v>458</v>
       </c>
       <c r="D258" t="s">
         <v>46</v>
       </c>
       <c r="E258" t="s">
         <v>47</v>
       </c>
       <c r="F258" t="s">
         <v>91</v>
       </c>
       <c r="G258" t="s">
         <v>49</v>
       </c>
       <c r="H258" t="s">
         <v>50</v>
       </c>
       <c r="I258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K258" t="s" s="5">
         <v>53</v>
       </c>
@@ -38994,54 +38984,54 @@
       </c>
       <c r="AP258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR258" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT258" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU258" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="C259" t="s" s="4">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="D259" t="s">
         <v>56</v>
       </c>
       <c r="E259" t="s">
         <v>47</v>
       </c>
       <c r="F259" t="s">
         <v>48</v>
       </c>
       <c r="G259" t="s">
         <v>49</v>
       </c>
       <c r="H259" t="s">
         <v>50</v>
       </c>
       <c r="I259" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J259" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K259" t="s" s="5">
         <v>53</v>
       </c>
@@ -39137,55 +39127,55 @@
       </c>
       <c r="AP259" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ259" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR259" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS259" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT259" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU259" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="C260" t="inlineStr" s="4">
         <is>
-          <t>2066Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
+          <t>ID - 2066,  Про затвердження проектів землеустрою щодо відведення земельних ділянок та про включення в перелік земельних ділянок для продажу прав їх оренди на земельному аукціоні в м. Червоноград</t>
         </is>
       </c>
       <c r="D260" t="s">
         <v>64</v>
       </c>
       <c r="E260" t="s">
         <v>47</v>
       </c>
       <c r="F260" t="s">
         <v>93</v>
       </c>
       <c r="G260" t="s">
         <v>49</v>
       </c>
       <c r="H260" t="s">
         <v>50</v>
       </c>
       <c r="I260" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J260" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K260" t="s" s="5">
         <v>53</v>
@@ -39282,55 +39272,55 @@
       </c>
       <c r="AP260" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ260" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR260" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS260" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT260" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU260" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="C261" t="inlineStr" s="4">
         <is>
-          <t>2067Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
+          <t>ID - 2067,  Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D261" t="s">
         <v>64</v>
       </c>
       <c r="E261" t="s">
         <v>47</v>
       </c>
       <c r="F261" t="s">
         <v>60</v>
       </c>
       <c r="G261" t="s">
         <v>49</v>
       </c>
       <c r="H261" t="s">
         <v>50</v>
       </c>
       <c r="I261" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J261" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K261" t="s" s="5">
         <v>53</v>
@@ -39427,55 +39417,55 @@
       </c>
       <c r="AP261" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ261" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR261" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS261" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT261" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU261" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="C262" t="inlineStr" s="4">
         <is>
-          <t>2068Про припинення права оренди земельної ділянки та передачу її у власність в м. Червонограді</t>
+          <t>ID - 2068,  Про припинення права оренди земельної ділянки та передачу її у власність в м. Червонограді</t>
         </is>
       </c>
       <c r="D262" t="s">
         <v>64</v>
       </c>
       <c r="E262" t="s">
         <v>47</v>
       </c>
       <c r="F262" t="s">
         <v>48</v>
       </c>
       <c r="G262" t="s">
         <v>49</v>
       </c>
       <c r="H262" t="s">
         <v>50</v>
       </c>
       <c r="I262" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J262" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K262" t="s" s="5">
         <v>53</v>
@@ -39572,55 +39562,55 @@
       </c>
       <c r="AP262" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ262" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR262" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS262" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT262" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU262" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="C263" t="inlineStr" s="4">
         <is>
-          <t>2069Про  надання дозволу на розроблення  технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда </t>
+          <t>ID - 2069,  Про  надання дозволу на розроблення  технiчної документацiї iз землеустрою щодо iнвентаризацiї земель м. Червонограда </t>
         </is>
       </c>
       <c r="D263" t="s">
         <v>64</v>
       </c>
       <c r="E263" t="s">
         <v>47</v>
       </c>
       <c r="F263" t="s">
         <v>93</v>
       </c>
       <c r="G263" t="s">
         <v>49</v>
       </c>
       <c r="H263" t="s">
         <v>50</v>
       </c>
       <c r="I263" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J263" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K263" t="s" s="5">
         <v>53</v>
@@ -39722,165 +39712,165 @@
         <v>53</v>
       </c>
       <c r="AR263" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS263" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT263" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU263" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="264">
       <c r="A264"/>
       <c r="B264"/>
       <c r="C264"/>
       <c r="D264"/>
       <c r="E264"/>
       <c r="F264"/>
       <c r="G264"/>
       <c r="H264"/>
       <c r="I264" t="s">
+        <v>465</v>
+      </c>
+      <c r="J264" t="s">
+        <v>466</v>
+      </c>
+      <c r="K264" t="s">
+        <v>467</v>
+      </c>
+      <c r="L264" t="s">
+        <v>468</v>
+      </c>
+      <c r="M264" t="s">
+        <v>469</v>
+      </c>
+      <c r="N264" t="s">
+        <v>469</v>
+      </c>
+      <c r="O264" t="s">
+        <v>470</v>
+      </c>
+      <c r="P264" t="s">
+        <v>471</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>472</v>
+      </c>
+      <c r="R264" t="s">
+        <v>473</v>
+      </c>
+      <c r="S264" t="s">
+        <v>474</v>
+      </c>
+      <c r="T264" t="s">
+        <v>475</v>
+      </c>
+      <c r="U264" t="s">
+        <v>476</v>
+      </c>
+      <c r="V264" t="s">
         <v>477</v>
       </c>
-      <c r="J264" t="s">
+      <c r="W264" t="s">
         <v>478</v>
       </c>
-      <c r="K264" t="s">
+      <c r="X264" t="s">
         <v>479</v>
       </c>
-      <c r="L264" t="s">
+      <c r="Y264" t="s">
         <v>480</v>
       </c>
-      <c r="M264" t="s">
+      <c r="Z264" t="s">
         <v>481</v>
       </c>
-      <c r="N264" t="s">
-[...2 lines deleted...]
-      <c r="O264" t="s">
+      <c r="AA264" t="s">
+        <v>470</v>
+      </c>
+      <c r="AB264" t="s">
         <v>482</v>
       </c>
-      <c r="P264" t="s">
+      <c r="AC264" t="s">
         <v>483</v>
       </c>
-      <c r="Q264" t="s">
+      <c r="AD264" t="s">
         <v>484</v>
       </c>
-      <c r="R264" t="s">
+      <c r="AE264" t="s">
+        <v>477</v>
+      </c>
+      <c r="AF264" t="s">
         <v>485</v>
       </c>
-      <c r="S264" t="s">
+      <c r="AG264" t="s">
         <v>486</v>
       </c>
-      <c r="T264" t="s">
+      <c r="AH264" t="s">
         <v>487</v>
       </c>
-      <c r="U264" t="s">
+      <c r="AI264" t="s">
         <v>488</v>
       </c>
-      <c r="V264" t="s">
+      <c r="AJ264" t="s">
         <v>489</v>
       </c>
-      <c r="W264" t="s">
+      <c r="AK264" t="s">
         <v>490</v>
       </c>
-      <c r="X264" t="s">
+      <c r="AL264" t="s">
         <v>491</v>
       </c>
-      <c r="Y264" t="s">
+      <c r="AM264" t="s">
         <v>492</v>
       </c>
-      <c r="Z264" t="s">
+      <c r="AN264" t="s">
         <v>493</v>
       </c>
-      <c r="AA264" t="s">
-[...2 lines deleted...]
-      <c r="AB264" t="s">
+      <c r="AO264" t="s">
         <v>494</v>
       </c>
-      <c r="AC264" t="s">
+      <c r="AP264" t="s">
         <v>495</v>
       </c>
-      <c r="AD264" t="s">
+      <c r="AQ264" t="s">
         <v>496</v>
       </c>
-      <c r="AE264" t="s">
-[...2 lines deleted...]
-      <c r="AF264" t="s">
+      <c r="AR264" t="s">
         <v>497</v>
       </c>
-      <c r="AG264" t="s">
+      <c r="AS264" t="s">
         <v>498</v>
       </c>
-      <c r="AH264" t="s">
+      <c r="AT264" t="s">
         <v>499</v>
       </c>
-      <c r="AI264" t="s">
+      <c r="AU264" t="s">
         <v>500</v>
-      </c>
-[...34 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="265">
       <c r="A265"/>
       <c r="B265"/>
       <c r="C265"/>
       <c r="D265"/>
       <c r="E265"/>
       <c r="F265"/>
       <c r="G265"/>
       <c r="H265"/>
       <c r="I265" t="s">
         <v>49</v>
       </c>
       <c r="J265" t="s">
         <v>49</v>
       </c>
       <c r="K265" t="s">
         <v>49</v>
       </c>
       <c r="L265" t="s">
         <v>49</v>
       </c>
       <c r="M265" t="s">
         <v>49</v>
@@ -39915,480 +39905,480 @@
       <c r="W265" t="s">
         <v>49</v>
       </c>
       <c r="X265" t="s">
         <v>49</v>
       </c>
       <c r="Y265" t="s">
         <v>49</v>
       </c>
       <c r="Z265" t="s">
         <v>49</v>
       </c>
       <c r="AA265" t="s">
         <v>49</v>
       </c>
       <c r="AB265" t="s">
         <v>49</v>
       </c>
       <c r="AC265" t="s">
         <v>49</v>
       </c>
       <c r="AD265" t="s">
         <v>49</v>
       </c>
       <c r="AE265" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AF265" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AG265" t="s">
         <v>49</v>
       </c>
       <c r="AH265" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AI265" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AJ265" t="s">
         <v>49</v>
       </c>
       <c r="AK265" t="s">
         <v>49</v>
       </c>
       <c r="AL265" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AM265" t="s">
         <v>49</v>
       </c>
       <c r="AN265" t="s">
         <v>49</v>
       </c>
       <c r="AO265" t="s">
         <v>49</v>
       </c>
       <c r="AP265" t="s">
         <v>49</v>
       </c>
       <c r="AQ265" t="s">
         <v>49</v>
       </c>
       <c r="AR265" t="s">
         <v>49</v>
       </c>
       <c r="AS265" t="s">
         <v>49</v>
       </c>
       <c r="AT265" t="s">
         <v>49</v>
       </c>
       <c r="AU265" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="266">
       <c r="A266"/>
       <c r="B266"/>
       <c r="C266"/>
       <c r="D266"/>
       <c r="E266"/>
       <c r="F266"/>
       <c r="G266"/>
       <c r="H266"/>
       <c r="I266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="J266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="K266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="L266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="M266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="N266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="O266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="P266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="Q266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="R266" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="S266" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="T266" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="U266" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="V266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="W266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="X266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="Y266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="Z266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="AA266" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="AB266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="AC266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="AD266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="AE266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="AF266" t="s">
-        <v>517</v>
+        <v>505</v>
       </c>
       <c r="AG266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="AH266" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="AI266" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="AJ266" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="AK266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="AL266" t="s">
-        <v>519</v>
+        <v>507</v>
       </c>
       <c r="AM266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="AN266" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="AO266" t="s">
-        <v>519</v>
+        <v>507</v>
       </c>
       <c r="AP266" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="AQ266" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="AR266" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="AS266" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="AT266" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="AU266" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
     </row>
     <row r="267">
       <c r="A267"/>
       <c r="B267"/>
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267"/>
       <c r="F267"/>
       <c r="G267"/>
       <c r="H267"/>
       <c r="I267" t="s">
+        <v>508</v>
+      </c>
+      <c r="J267" t="s">
+        <v>509</v>
+      </c>
+      <c r="K267" t="s">
+        <v>510</v>
+      </c>
+      <c r="L267" t="s">
+        <v>511</v>
+      </c>
+      <c r="M267" t="s">
+        <v>512</v>
+      </c>
+      <c r="N267" t="s">
+        <v>513</v>
+      </c>
+      <c r="O267" t="s">
+        <v>508</v>
+      </c>
+      <c r="P267" t="s">
+        <v>509</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>514</v>
+      </c>
+      <c r="R267" t="s">
+        <v>515</v>
+      </c>
+      <c r="S267" t="s">
+        <v>516</v>
+      </c>
+      <c r="T267" t="s">
+        <v>517</v>
+      </c>
+      <c r="U267" t="s">
+        <v>518</v>
+      </c>
+      <c r="V267" t="s">
+        <v>519</v>
+      </c>
+      <c r="W267" t="s">
+        <v>519</v>
+      </c>
+      <c r="X267" t="s">
         <v>520</v>
       </c>
-      <c r="J267" t="s">
+      <c r="Y267" t="s">
+        <v>509</v>
+      </c>
+      <c r="Z267" t="s">
+        <v>517</v>
+      </c>
+      <c r="AA267" t="s">
         <v>521</v>
       </c>
-      <c r="K267" t="s">
+      <c r="AB267" t="s">
+        <v>508</v>
+      </c>
+      <c r="AC267" t="s">
+        <v>510</v>
+      </c>
+      <c r="AD267" t="s">
         <v>522</v>
       </c>
-      <c r="L267" t="s">
+      <c r="AE267" t="s">
         <v>523</v>
       </c>
-      <c r="M267" t="s">
+      <c r="AF267" t="s">
+        <v>516</v>
+      </c>
+      <c r="AG267" t="s">
         <v>524</v>
       </c>
-      <c r="N267" t="s">
+      <c r="AH267" t="s">
         <v>525</v>
       </c>
-      <c r="O267" t="s">
-[...5 lines deleted...]
-      <c r="Q267" t="s">
+      <c r="AI267" t="s">
         <v>526</v>
       </c>
-      <c r="R267" t="s">
+      <c r="AJ267" t="s">
         <v>527</v>
       </c>
-      <c r="S267" t="s">
+      <c r="AK267" t="s">
         <v>528</v>
       </c>
-      <c r="T267" t="s">
+      <c r="AL267" t="s">
         <v>529</v>
       </c>
-      <c r="U267" t="s">
+      <c r="AM267" t="s">
         <v>530</v>
       </c>
-      <c r="V267" t="s">
+      <c r="AN267" t="s">
+        <v>529</v>
+      </c>
+      <c r="AO267" t="s">
+        <v>509</v>
+      </c>
+      <c r="AP267" t="s">
+        <v>523</v>
+      </c>
+      <c r="AQ267" t="s">
+        <v>509</v>
+      </c>
+      <c r="AR267" t="s">
         <v>531</v>
       </c>
-      <c r="W267" t="s">
-[...2 lines deleted...]
-      <c r="X267" t="s">
+      <c r="AS267" t="s">
         <v>532</v>
       </c>
-      <c r="Y267" t="s">
-[...5 lines deleted...]
-      <c r="AA267" t="s">
+      <c r="AT267" t="s">
+        <v>524</v>
+      </c>
+      <c r="AU267" t="s">
         <v>533</v>
-      </c>
-[...58 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="268">
       <c r="A268"/>
       <c r="B268"/>
       <c r="C268"/>
       <c r="D268"/>
       <c r="E268"/>
       <c r="F268"/>
       <c r="G268"/>
       <c r="H268"/>
       <c r="I268" t="s">
+        <v>534</v>
+      </c>
+      <c r="J268" t="s">
+        <v>535</v>
+      </c>
+      <c r="K268" t="s">
+        <v>536</v>
+      </c>
+      <c r="L268" t="s">
+        <v>537</v>
+      </c>
+      <c r="M268" t="s">
+        <v>538</v>
+      </c>
+      <c r="N268" t="s">
+        <v>534</v>
+      </c>
+      <c r="O268" t="s">
+        <v>536</v>
+      </c>
+      <c r="P268" t="s">
+        <v>536</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>534</v>
+      </c>
+      <c r="R268" t="s">
+        <v>536</v>
+      </c>
+      <c r="S268" t="s">
+        <v>536</v>
+      </c>
+      <c r="T268" t="s">
+        <v>536</v>
+      </c>
+      <c r="U268" t="s">
+        <v>536</v>
+      </c>
+      <c r="V268" t="s">
+        <v>539</v>
+      </c>
+      <c r="W268" t="s">
+        <v>536</v>
+      </c>
+      <c r="X268" t="s">
+        <v>540</v>
+      </c>
+      <c r="Y268" t="s">
+        <v>541</v>
+      </c>
+      <c r="Z268" t="s">
+        <v>542</v>
+      </c>
+      <c r="AA268" t="s">
+        <v>534</v>
+      </c>
+      <c r="AB268" t="s">
+        <v>543</v>
+      </c>
+      <c r="AC268" t="s">
+        <v>536</v>
+      </c>
+      <c r="AD268" t="s">
+        <v>536</v>
+      </c>
+      <c r="AE268" t="s">
+        <v>544</v>
+      </c>
+      <c r="AF268" t="s">
+        <v>545</v>
+      </c>
+      <c r="AG268" t="s">
         <v>546</v>
       </c>
-      <c r="J268" t="s">
+      <c r="AH268" t="s">
         <v>547</v>
       </c>
-      <c r="K268" t="s">
+      <c r="AI268" t="s">
         <v>548</v>
       </c>
-      <c r="L268" t="s">
+      <c r="AJ268" t="s">
+        <v>536</v>
+      </c>
+      <c r="AK268" t="s">
         <v>549</v>
       </c>
-      <c r="M268" t="s">
+      <c r="AL268" t="s">
+        <v>549</v>
+      </c>
+      <c r="AM268" t="s">
         <v>550</v>
       </c>
-      <c r="N268" t="s">
-[...23 lines deleted...]
-      <c r="V268" t="s">
+      <c r="AN268" t="s">
         <v>551</v>
       </c>
-      <c r="W268" t="s">
-[...2 lines deleted...]
-      <c r="X268" t="s">
+      <c r="AO268" t="s">
+        <v>536</v>
+      </c>
+      <c r="AP268" t="s">
         <v>552</v>
       </c>
-      <c r="Y268" t="s">
+      <c r="AQ268" t="s">
+        <v>543</v>
+      </c>
+      <c r="AR268" t="s">
         <v>553</v>
       </c>
-      <c r="Z268" t="s">
+      <c r="AS268" t="s">
         <v>554</v>
       </c>
-      <c r="AA268" t="s">
-[...2 lines deleted...]
-      <c r="AB268" t="s">
+      <c r="AT268" t="s">
         <v>555</v>
       </c>
-      <c r="AC268" t="s">
-[...5 lines deleted...]
-      <c r="AE268" t="s">
+      <c r="AU268" t="s">
         <v>556</v>
-      </c>
-[...46 lines deleted...]
-        <v>568</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>