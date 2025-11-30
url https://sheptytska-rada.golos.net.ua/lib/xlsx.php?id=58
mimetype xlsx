--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -26,122 +26,122 @@
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>IV сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
+    <t>Залівський Андрій Іванович</t>
+  </si>
+  <si>
+    <t>Ляховський Богдан Васильович</t>
+  </si>
+  <si>
+    <t>Гаманюк Віталій Володимирович</t>
+  </si>
+  <si>
+    <t>Майданович Софія Володимирівна</t>
+  </si>
+  <si>
+    <t>Дмуховський Степан Михайлович</t>
+  </si>
+  <si>
+    <t>Гаманюк Володимир Григорович</t>
+  </si>
+  <si>
+    <t>Ліщинський Богдан Степанович</t>
+  </si>
+  <si>
+    <t>Грасулов Олександр Олегович</t>
+  </si>
+  <si>
+    <t>Кудрик Іван Іванович</t>
+  </si>
+  <si>
+    <t>Стельмах Олег Ігорович</t>
+  </si>
+  <si>
+    <t>Мусій Олег Ігорович</t>
+  </si>
+  <si>
+    <t>Лапець Михайло Романович</t>
+  </si>
+  <si>
+    <t>Остапюк Петро Петрович</t>
+  </si>
+  <si>
+    <t>Гоц Павло Васильович</t>
+  </si>
+  <si>
+    <t>Закала Богдан Васильович</t>
+  </si>
+  <si>
+    <t>Крук Галина Василівна</t>
+  </si>
+  <si>
+    <t>Риндик Віталій Богданович</t>
+  </si>
+  <si>
+    <t>Якимчук Сергій Степанович</t>
+  </si>
+  <si>
+    <t>Пилипчук Петро Павлович</t>
+  </si>
+  <si>
+    <t>Пущик Мирослав Степанович</t>
+  </si>
+  <si>
+    <t>Запісоцький Роман Васильович</t>
+  </si>
+  <si>
+    <t>Войтович Андрій Сергійович</t>
+  </si>
+  <si>
+    <t>Твардовський Богдан Іванович</t>
+  </si>
+  <si>
     <t>Василишин Петро Стефанович</t>
   </si>
   <si>
-    <t>Гоц Павло Васильович</t>
-[...67 lines deleted...]
-  <si>
     <t>Курівчак Наталія Михайлівна</t>
   </si>
   <si>
     <t>Кашуба Володимир Володимирович</t>
   </si>
   <si>
     <t>Фартушок Дмитро Ігорович</t>
   </si>
   <si>
     <t>Кулаковський Сергій Юрійович</t>
   </si>
   <si>
     <t>Микитюк Володимир Романович</t>
   </si>
   <si>
     <t>Прібега Олександр Васильович</t>
   </si>
   <si>
     <t>Шевчук Григорій Анатолійович</t>
   </si>
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Сімчук Василь Михайлович</t>
@@ -359,90 +359,90 @@
   <si>
     <t>29.12.20  15:51:17</t>
   </si>
   <si>
     <t>1338Про створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
   </si>
   <si>
     <t>29.12.20  15:55:14</t>
   </si>
   <si>
     <t>20.01.21  17:45:18</t>
   </si>
   <si>
     <t>20.01.21  17:54:54</t>
   </si>
   <si>
     <t>20.01.21  17:55:45</t>
   </si>
   <si>
     <t>20.01.21  17:56:24</t>
   </si>
   <si>
     <t>За: 39</t>
   </si>
   <si>
+    <t>За: 34</t>
+  </si>
+  <si>
+    <t>За: 38</t>
+  </si>
+  <si>
     <t>За: 37</t>
   </si>
   <si>
-    <t>За: 38</t>
-[...4 lines deleted...]
-  <si>
     <t>За: 4</t>
   </si>
   <si>
     <t>За: 35</t>
   </si>
   <si>
     <t>За: 36</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
+    <t>Не голос.: 1</t>
+  </si>
+  <si>
     <t>Не голос.: 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 4</t>
   </si>
   <si>
     <t>Відсут.: 35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
@@ -742,72 +742,72 @@
       <c r="P2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>53</v>
       </c>
@@ -886,72 +886,72 @@
       <c r="P3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>53</v>
       </c>
@@ -1032,72 +1032,72 @@
       <c r="P4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>53</v>
       </c>
@@ -1178,72 +1178,72 @@
       <c r="P5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>53</v>
       </c>
@@ -1324,72 +1324,72 @@
       <c r="P6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM6" t="s" s="5">
         <v>53</v>
       </c>
@@ -1470,72 +1470,72 @@
       <c r="P7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM7" t="s" s="5">
         <v>53</v>
       </c>
@@ -1616,72 +1616,72 @@
       <c r="P8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM8" t="s" s="5">
         <v>53</v>
       </c>
@@ -1762,72 +1762,72 @@
       <c r="P9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM9" t="s" s="5">
         <v>53</v>
       </c>
@@ -1908,72 +1908,72 @@
       <c r="P10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM10" t="s" s="5">
         <v>53</v>
       </c>
@@ -2054,72 +2054,72 @@
       <c r="P11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM11" t="s" s="5">
         <v>53</v>
       </c>
@@ -2200,72 +2200,72 @@
       <c r="P12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM12" t="s" s="5">
         <v>53</v>
       </c>
@@ -2344,72 +2344,72 @@
       <c r="P13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM13" t="s" s="5">
         <v>53</v>
       </c>
@@ -2488,72 +2488,72 @@
       <c r="P14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM14" t="s" s="5">
         <v>53</v>
       </c>
@@ -2634,72 +2634,72 @@
       <c r="P15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM15" t="s" s="5">
         <v>53</v>
       </c>
@@ -2780,72 +2780,72 @@
       <c r="P16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM16" t="s" s="5">
         <v>53</v>
       </c>
@@ -2909,87 +2909,87 @@
       <c r="K17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S17" t="s" s="5">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM17" t="s" s="5">
         <v>53</v>
       </c>
@@ -3070,72 +3070,72 @@
       <c r="P18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM18" t="s" s="5">
         <v>53</v>
       </c>
@@ -3216,72 +3216,72 @@
       <c r="P19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM19" t="s" s="5">
         <v>53</v>
       </c>
@@ -3360,72 +3360,72 @@
       <c r="P20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM20" t="s" s="5">
         <v>53</v>
       </c>
@@ -3506,72 +3506,72 @@
       <c r="P21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM21" t="s" s="5">
         <v>53</v>
       </c>
@@ -3652,72 +3652,72 @@
       <c r="P22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM22" t="s" s="5">
         <v>53</v>
       </c>
@@ -3798,72 +3798,72 @@
       <c r="P23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM23" t="s" s="5">
         <v>53</v>
       </c>
@@ -3944,72 +3944,72 @@
       <c r="P24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM24" t="s" s="5">
         <v>53</v>
       </c>
@@ -4090,72 +4090,72 @@
       <c r="P25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z25" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA25" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM25" t="s" s="5">
         <v>53</v>
       </c>
@@ -4236,72 +4236,72 @@
       <c r="P26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM26" t="s" s="5">
         <v>53</v>
       </c>
@@ -4382,72 +4382,72 @@
       <c r="P27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC27" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM27" t="s" s="5">
         <v>53</v>
       </c>
@@ -4528,72 +4528,72 @@
       <c r="P28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM28" t="s" s="5">
         <v>53</v>
       </c>
@@ -4642,102 +4642,102 @@
       <c r="F29" t="s">
         <v>49</v>
       </c>
       <c r="G29" t="s">
         <v>50</v>
       </c>
       <c r="H29" t="s">
         <v>51</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N29" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S29" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM29" t="s" s="5">
         <v>53</v>
       </c>
@@ -4816,72 +4816,72 @@
       <c r="P30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC30" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM30" t="s" s="5">
         <v>53</v>
       </c>
@@ -4918,114 +4918,114 @@
       <c r="B31" t="s">
         <v>101</v>
       </c>
       <c r="C31" t="s" s="4">
         <v>102</v>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
         <v>48</v>
       </c>
       <c r="F31" t="s">
         <v>103</v>
       </c>
       <c r="G31" t="s">
         <v>50</v>
       </c>
       <c r="H31" t="s">
         <v>51</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="K31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="L31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="M31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="N31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="O31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Q31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U31" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="K31" t="s" s="5">
+      <c r="V31" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="L31" t="s" s="5">
-[...2 lines deleted...]
-      <c r="M31" t="s" s="5">
+      <c r="W31" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="N31" t="s" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="X31" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y31" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z31" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="Z31" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AA31" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC31" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD31" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE31" t="s" s="5">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>53</v>
       </c>
@@ -5106,72 +5106,72 @@
       <c r="P32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC32" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM32" t="s" s="5">
         <v>53</v>
       </c>
@@ -5250,72 +5250,72 @@
       <c r="P33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y33" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC33" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM33" t="s" s="5">
         <v>53</v>
       </c>
@@ -5396,72 +5396,72 @@
       <c r="P34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y34" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC34" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM34" t="s" s="5">
         <v>53</v>
       </c>
@@ -5501,111 +5501,111 @@
       <c r="C35" t="s" s="4">
         <v>109</v>
       </c>
       <c r="D35" t="s">
         <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>48</v>
       </c>
       <c r="F35" t="s">
         <v>49</v>
       </c>
       <c r="G35" t="s">
         <v>50</v>
       </c>
       <c r="H35" t="s">
         <v>51</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC35" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM35" t="s" s="5">
         <v>53</v>
       </c>
@@ -5686,72 +5686,72 @@
       <c r="P36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM36" t="s" s="5">
         <v>53</v>
       </c>
@@ -5793,114 +5793,114 @@
           <t>1350Про звернення Червоноградської мiської ради щодо неприпустимості зростання цін на постачання та розподіл електричної енергії, постачання природного газу та розподіл природного газу</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>57</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37" t="s">
         <v>58</v>
       </c>
       <c r="G37" t="s">
         <v>50</v>
       </c>
       <c r="H37" t="s">
         <v>51</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD37" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN37" t="s" s="5">
         <v>52</v>
       </c>
@@ -5939,114 +5939,114 @@
           <t>1351Про звернення Червоноградської мiської ради щодо збільшення видатків на виплату пільг і житлових субсидій громадянам на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у зв’язку з підвищенням тарифів на житлово-комунальні послуги</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>68</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38" t="s">
         <v>58</v>
       </c>
       <c r="G38" t="s">
         <v>50</v>
       </c>
       <c r="H38" t="s">
         <v>51</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN38" t="s" s="5">
         <v>52</v>
       </c>
@@ -6082,117 +6082,117 @@
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>1352вилучити `Коли діяла прозора формула «Роттердам плюс», українці мали найнижчий тариф на електрику в Європі. Але формулою були вкрай незадоволені феросплавні заводи Коломойського, який розв&amp;#39;язав справжню війну проти цього. Негативні наслідки цієї війни даються взнаки лише тепер.`</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>47</v>
       </c>
       <c r="E39" t="s">
         <v>48</v>
       </c>
       <c r="F39" t="s">
         <v>49</v>
       </c>
       <c r="G39" t="s">
         <v>50</v>
       </c>
       <c r="H39" t="s">
         <v>51</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="K39" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="L39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="M39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="N39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="O39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Q39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U39" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V39" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="K39" t="s" s="5">
-[...34 lines deleted...]
-      </c>
       <c r="W39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN39" t="s" s="5">
         <v>52</v>
       </c>
@@ -6231,114 +6231,114 @@
           <t>1353Про звернення Червоноградської мiської ради щодо збільшення видатків на виплату пільг і житлових субсидій громадянам на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у зв’язку з підвищенням тарифів на житлово-комунальні послуги</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>74</v>
       </c>
       <c r="E40" t="s">
         <v>48</v>
       </c>
       <c r="F40" t="s">
         <v>58</v>
       </c>
       <c r="G40" t="s">
         <v>50</v>
       </c>
       <c r="H40" t="s">
         <v>51</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN40" t="s" s="5">
         <v>52</v>
       </c>
@@ -6356,117 +6356,117 @@
         <v>52</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV40" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41"/>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>115</v>
       </c>
       <c r="J41" t="s">
+        <v>115</v>
+      </c>
+      <c r="K41" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="L41" t="s">
         <v>115</v>
       </c>
       <c r="M41" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="N41" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="O41" t="s">
         <v>115</v>
       </c>
       <c r="P41" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="Q41" t="s">
         <v>115</v>
       </c>
       <c r="R41" t="s">
         <v>115</v>
       </c>
       <c r="S41" t="s">
         <v>117</v>
       </c>
       <c r="T41" t="s">
         <v>115</v>
       </c>
       <c r="U41" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="V41" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="W41" t="s">
         <v>117</v>
       </c>
       <c r="X41" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Y41" t="s">
+        <v>119</v>
+      </c>
+      <c r="Z41" t="s">
         <v>117</v>
       </c>
-      <c r="Z41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA41" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="AB41" t="s">
         <v>117</v>
       </c>
       <c r="AC41" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AD41" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="AE41" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="AF41" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="AG41" t="s">
         <v>120</v>
       </c>
       <c r="AH41" t="s">
         <v>115</v>
       </c>
       <c r="AI41" t="s">
         <v>49</v>
       </c>
       <c r="AJ41" t="s">
         <v>115</v>
       </c>
       <c r="AK41" t="s">
         <v>117</v>
       </c>
       <c r="AL41" t="s">
         <v>119</v>
       </c>
       <c r="AM41" t="s">
         <v>119</v>
       </c>
       <c r="AN41" t="s">
         <v>121</v>
       </c>
@@ -6643,63 +6643,63 @@
       <c r="K43" t="s">
         <v>124</v>
       </c>
       <c r="L43" t="s">
         <v>124</v>
       </c>
       <c r="M43" t="s">
         <v>124</v>
       </c>
       <c r="N43" t="s">
         <v>124</v>
       </c>
       <c r="O43" t="s">
         <v>124</v>
       </c>
       <c r="P43" t="s">
         <v>124</v>
       </c>
       <c r="Q43" t="s">
         <v>124</v>
       </c>
       <c r="R43" t="s">
         <v>124</v>
       </c>
       <c r="S43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="T43" t="s">
         <v>124</v>
       </c>
       <c r="U43" t="s">
         <v>124</v>
       </c>
       <c r="V43" t="s">
         <v>124</v>
       </c>
       <c r="W43" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X43" t="s">
         <v>124</v>
       </c>
       <c r="Y43" t="s">
         <v>124</v>
       </c>
       <c r="Z43" t="s">
         <v>124</v>
       </c>
       <c r="AA43" t="s">
         <v>124</v>
       </c>
       <c r="AB43" t="s">
         <v>124</v>
       </c>
       <c r="AC43" t="s">
         <v>124</v>
       </c>
       <c r="AD43" t="s">
         <v>124</v>
       </c>
       <c r="AE43" t="s">
         <v>124</v>
       </c>
@@ -6746,247 +6746,247 @@
         <v>126</v>
       </c>
       <c r="AT43" t="s">
         <v>124</v>
       </c>
       <c r="AU43" t="s">
         <v>124</v>
       </c>
       <c r="AV43" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="44">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44" t="s">
         <v>127</v>
       </c>
       <c r="J44" t="s">
+        <v>127</v>
+      </c>
+      <c r="K44" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="L44" t="s">
         <v>127</v>
       </c>
       <c r="M44" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="O44" t="s">
         <v>127</v>
       </c>
       <c r="P44" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="Q44" t="s">
         <v>127</v>
       </c>
       <c r="R44" t="s">
         <v>127</v>
       </c>
       <c r="S44" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="T44" t="s">
         <v>127</v>
       </c>
       <c r="U44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="V44" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="W44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="X44" t="s">
         <v>127</v>
       </c>
       <c r="Y44" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="Z44" t="s">
+        <v>128</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>128</v>
+      </c>
+      <c r="AC44" t="s">
         <v>127</v>
       </c>
-      <c r="AA44" t="s">
+      <c r="AD44" t="s">
         <v>127</v>
       </c>
-      <c r="AB44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AE44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AF44" t="s">
         <v>127</v>
       </c>
       <c r="AG44" t="s">
         <v>127</v>
       </c>
       <c r="AH44" t="s">
         <v>127</v>
       </c>
       <c r="AI44" t="s">
         <v>130</v>
       </c>
       <c r="AJ44" t="s">
         <v>127</v>
       </c>
       <c r="AK44" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AL44" t="s">
         <v>127</v>
       </c>
       <c r="AM44" t="s">
         <v>127</v>
       </c>
       <c r="AN44" t="s">
         <v>127</v>
       </c>
       <c r="AO44" t="s">
         <v>127</v>
       </c>
       <c r="AP44" t="s">
         <v>130</v>
       </c>
       <c r="AQ44" t="s">
         <v>127</v>
       </c>
       <c r="AR44" t="s">
         <v>127</v>
       </c>
       <c r="AS44" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AT44" t="s">
         <v>130</v>
       </c>
       <c r="AU44" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AV44" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="45">
       <c r="A45"/>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45" t="s">
         <v>131</v>
       </c>
       <c r="J45" t="s">
         <v>131</v>
       </c>
       <c r="K45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L45" t="s">
         <v>131</v>
       </c>
       <c r="M45" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="N45" t="s">
         <v>131</v>
       </c>
       <c r="O45" t="s">
         <v>131</v>
       </c>
       <c r="P45" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="Q45" t="s">
         <v>131</v>
       </c>
       <c r="R45" t="s">
         <v>131</v>
       </c>
       <c r="S45" t="s">
         <v>131</v>
       </c>
       <c r="T45" t="s">
         <v>131</v>
       </c>
       <c r="U45" t="s">
         <v>131</v>
       </c>
       <c r="V45" t="s">
         <v>131</v>
       </c>
       <c r="W45" t="s">
         <v>131</v>
       </c>
       <c r="X45" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z45" t="s">
         <v>131</v>
       </c>
-      <c r="Y45" t="s">
+      <c r="AA45" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AB45" t="s">
         <v>131</v>
       </c>
       <c r="AC45" t="s">
+        <v>133</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>132</v>
+      </c>
+      <c r="AE45" t="s">
+        <v>132</v>
+      </c>
+      <c r="AF45" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>132</v>
       </c>
       <c r="AG45" t="s">
         <v>132</v>
       </c>
       <c r="AH45" t="s">
         <v>131</v>
       </c>
       <c r="AI45" t="s">
         <v>132</v>
       </c>
       <c r="AJ45" t="s">
         <v>131</v>
       </c>
       <c r="AK45" t="s">
         <v>131</v>
       </c>
       <c r="AL45" t="s">
         <v>133</v>
       </c>
       <c r="AM45" t="s">
         <v>133</v>
       </c>
       <c r="AN45" t="s">
         <v>131</v>
       </c>