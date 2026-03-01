--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>IV сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -149,240 +149,234 @@
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Кузів Наталія Тарасівна</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Левкун Валентина Георгіївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>29.12.20  14:31:57</t>
   </si>
   <si>
-    <t>1305ЗА запит Кудрика І.І, </t>
+    <t>ID - 1305,  ЗА запит Кудрика І.І, </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>29.12.20  14:32:35</t>
   </si>
   <si>
-    <t>1306Про депутатськi запити</t>
+    <t>ID - 1306,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>За: 33</t>
   </si>
   <si>
     <t>29.12.20  14:34:11</t>
   </si>
   <si>
     <t>29.12.20  14:35:46</t>
   </si>
   <si>
     <t>29.12.20  14:37:45</t>
   </si>
   <si>
     <t>29.12.20  14:38:56</t>
   </si>
   <si>
     <t>29.12.20  14:40:20</t>
   </si>
   <si>
     <t>29.12.20  14:41:29</t>
   </si>
   <si>
     <t>29.12.20  14:42:48</t>
   </si>
   <si>
     <t>29.12.20  14:44:20</t>
   </si>
   <si>
     <t>29.12.20  14:45:42</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>29.12.20  14:47:03</t>
   </si>
   <si>
-    <t>1316Назву рішення викласти в редакції озвучене Земницькою Н.М.</t>
+    <t>ID - 1316,  Назву рішення викласти в редакції озвучене Земницькою Н.М.</t>
   </si>
   <si>
     <t>29.12.20  14:48:58</t>
   </si>
   <si>
-    <t>1317Комісію затвердити у складі згідно стенограми</t>
+    <t>ID - 1317,  Комісію затвердити у складі згідно стенограми</t>
   </si>
   <si>
     <t>29.12.20  14:49:52</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>29.12.20  14:51:06</t>
   </si>
   <si>
     <t>29.12.20  14:52:46</t>
   </si>
   <si>
-    <t>1320Назву рішення викласти у редакції, яке озвучив Залівський А.І. </t>
+    <t>ID - 1320,  Назву рішення викласти у редакції, яке озвучив Залівський А.І. </t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>29.12.20  14:55:04</t>
   </si>
   <si>
     <t>29.12.20  14:56:11</t>
   </si>
   <si>
     <t>29.12.20  14:57:58</t>
   </si>
   <si>
-    <t>1323Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 1323,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>29.12.20  15:00:00</t>
   </si>
   <si>
     <t>29.12.20  15:01:07</t>
   </si>
   <si>
     <t>29.12.20  15:02:21</t>
   </si>
   <si>
     <t>29.12.20  15:08:01</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>29.12.20  15:20:07</t>
   </si>
   <si>
     <t>29.12.20  15:23:36</t>
   </si>
   <si>
     <t>29.12.20  15:34:23</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>29.12.20  15:39:46</t>
   </si>
   <si>
     <t>29.12.20  15:44:02</t>
   </si>
   <si>
-    <t>1332Про створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
-[...1 lines deleted...]
-  <si>
     <t>29.12.20  15:45:17</t>
   </si>
   <si>
-    <t>1333правка у склад -Василишин Петро Стефанович</t>
+    <t>ID - 1333,  правка у склад -Василишин Петро Стефанович</t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>29.12.20  15:46:44</t>
   </si>
   <si>
-    <t>1334включити у склад комісії Лапця М,Р. </t>
+    <t>ID - 1334,  включити у склад комісії Лапця М,Р. </t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>29.12.20  15:48:29</t>
   </si>
   <si>
     <t>29.12.20  15:49:17</t>
   </si>
   <si>
-    <t>1336включити у склад Колтакову А.П. </t>
+    <t>ID - 1336,  включити у склад Колтакову А.П. </t>
   </si>
   <si>
     <t>29.12.20  15:50:36</t>
   </si>
   <si>
     <t>29.12.20  15:51:17</t>
-  </si>
-[...1 lines deleted...]
-    <t>1338Про створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
   </si>
   <si>
     <t>29.12.20  15:55:14</t>
   </si>
   <si>
     <t>20.01.21  17:45:18</t>
   </si>
   <si>
     <t>20.01.21  17:54:54</t>
   </si>
   <si>
     <t>20.01.21  17:55:45</t>
   </si>
   <si>
     <t>20.01.21  17:56:24</t>
   </si>
   <si>
     <t>За: 39</t>
   </si>
   <si>
     <t>За: 34</t>
   </si>
   <si>
     <t>За: 38</t>
   </si>
@@ -968,51 +962,51 @@
         <v>53</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>59</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>1307Про затвердження актів приймання-передачі об’єктів, земельних ділянок та майна закладів дошкільної освіти, що передаються з комунальної власності Соснівської міської ради, Волсвинської сільської ради на баланс Червоноградської міської ради</t>
+          <t>ID - 1307,  Про затвердження актів приймання-передачі об’єктів, земельних ділянок та майна закладів дошкільної освіти, що передаються з комунальної власності Соснівської міської ради, Волсвинської сільської ради на баланс Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4" t="s">
         <v>58</v>
       </c>
       <c r="G4" t="s">
         <v>50</v>
       </c>
       <c r="H4" t="s">
         <v>51</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>52</v>
@@ -1114,51 +1108,51 @@
         <v>53</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV4"/>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>1308Про безоплатне прийняття об’єктів нерухомого майна та земельних ділянок закладів культури з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради на баланс Червоноградської міської ради</t>
+          <t>ID - 1308,  Про безоплатне прийняття об’єктів нерухомого майна та земельних ділянок закладів культури з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради на баланс Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>57</v>
       </c>
       <c r="E5" t="s">
         <v>48</v>
       </c>
       <c r="F5" t="s">
         <v>58</v>
       </c>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5" t="s">
         <v>51</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
@@ -1260,51 +1254,51 @@
         <v>53</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV5"/>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>1309Про затвердження актів приймання-передачі об’єктів, закладів культури, що передаються з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради та затвердження Статутів Народних домів</t>
+          <t>ID - 1309,  Про затвердження актів приймання-передачі об’єктів, закладів культури, що передаються з комунальної власності Соснівської міської ради, Гірницької селищної ради, Волсвинської сільської ради, Острівської сільської ради, Межирічанської сільської ради, Сілецької сільської ради та затвердження Статутів Народних домів</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>48</v>
       </c>
       <c r="F6" t="s">
         <v>58</v>
       </c>
       <c r="G6" t="s">
         <v>50</v>
       </c>
       <c r="H6" t="s">
         <v>51</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>52</v>
@@ -1406,51 +1400,51 @@
         <v>53</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV6"/>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>1310Про безоплатне прийняття майна Соснівської дитячої музичної школи із спільної комунальної власності територіальних громад сіл, селищ, міст Сокальського району у комунальну власність Червоноградської міської ради</t>
+          <t>ID - 1310,  Про безоплатне прийняття майна Соснівської дитячої музичної школи із спільної комунальної власності територіальних громад сіл, селищ, міст Сокальського району у комунальну власність Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>48</v>
       </c>
       <c r="F7" t="s">
         <v>58</v>
       </c>
       <c r="G7" t="s">
         <v>50</v>
       </c>
       <c r="H7" t="s">
         <v>51</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
@@ -1552,51 +1546,51 @@
         <v>53</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV7"/>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>1311Про безоплатне прийняття майна закладів культури із спільної комунальної власності територіальних громад сіл, селищ, міст Сокальського району у комунальну власність Червоноградської міської ради</t>
+          <t>ID - 1311,  Про безоплатне прийняття майна закладів культури із спільної комунальної власності територіальних громад сіл, селищ, міст Сокальського району у комунальну власність Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8" t="s">
         <v>51</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -1698,51 +1692,51 @@
         <v>53</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV8"/>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>1312Про безоплатне прийняття майна закладів культури із спільної комунальної власності територіальних громад сіл, селищ, міст Радехівського району у комунальну власність Червоноградської міської ради</t>
+          <t>ID - 1312,  Про безоплатне прийняття майна закладів культури із спільної комунальної власності територіальних громад сіл, селищ, міст Радехівського району у комунальну власність Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>57</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9" t="s">
         <v>49</v>
       </c>
       <c r="G9" t="s">
         <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -1844,51 +1838,51 @@
         <v>53</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV9"/>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>65</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>1313Про безоплатне прийняття майна закладів середньої освіти із спільної комунальної власності територіальних громад сіл, селища, міст Сокальського району у комунальну власність Червоноградської міської ради</t>
+          <t>ID - 1313,  Про безоплатне прийняття майна закладів середньої освіти із спільної комунальної власності територіальних громад сіл, селища, міст Сокальського району у комунальну власність Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>57</v>
       </c>
       <c r="E10" t="s">
         <v>48</v>
       </c>
       <c r="F10" t="s">
         <v>49</v>
       </c>
       <c r="G10" t="s">
         <v>50</v>
       </c>
       <c r="H10" t="s">
         <v>51</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>52</v>
@@ -1990,51 +1984,51 @@
         <v>53</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV10"/>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>1314Про безоплатне прийняття майна Поздимирського навчально-виховного комплексу «Загальноосвітня школа І-ІІ ступенів – дошкільний заклад»із спільної комунальної власності територіальних громад сіл,селищ, міст Радехівського району у комунальну власність Червоноградської міської ради</t>
+          <t>ID - 1314,  Про безоплатне прийняття майна Поздимирського навчально-виховного комплексу «Загальноосвітня школа І-ІІ ступенів – дошкільний заклад»із спільної комунальної власності територіальних громад сіл,селищ, міст Радехівського району у комунальну власність Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>57</v>
       </c>
       <c r="E11" t="s">
         <v>48</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
       <c r="H11" t="s">
         <v>51</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>52</v>
@@ -2136,51 +2130,51 @@
         <v>53</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV11"/>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>1315Про безоплатне прийняття у комунальну власність територіальної громади міста Червонограда в особі Червоноградської міської ради Червоноградського району Львівської області майна відокремлених та структурних підрозділів КНП «Сокальська ЦРЛ», які розташовані на території Червоноградської міської ради Червоноградського району Львівської області, переданого рішенням Червоноградської районної ради із спільної комунальної власності територіальних громад сіл, селища, міст Сокальського району</t>
+          <t>ID - 1315,  Про безоплатне прийняття у комунальну власність територіальної громади міста Червонограда в особі Червоноградської міської ради Червоноградського району Львівської області майна відокремлених та структурних підрозділів КНП «Сокальська ЦРЛ», які розташовані на території Червоноградської міської ради Червоноградського району Львівської області, переданого рішенням Червоноградської районної ради із спільної комунальної власності територіальних громад сіл, селища, міст Сокальського району</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>68</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12" t="s">
         <v>58</v>
       </c>
       <c r="G12" t="s">
         <v>50</v>
       </c>
       <c r="H12" t="s">
         <v>51</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>52</v>
@@ -2570,51 +2564,51 @@
         <v>53</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV14"/>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>1318Про безоплатне прийняття у комунальну власність територіальної громади міста Червонограда в особі Червоноградської міської ради Червоноградського району Львівської області майна відокремлених та структурних підрозділів КНП «Сокальська ЦРЛ», які розташовані на території Червоноградської міської ради Червоноградського району Львівської області, переданого рішенням Червоноградської районної ради із спільної комунальної власності територіальних громад сіл, селища, міст Сокальського району</t>
+          <t>ID - 1318,  Про безоплатне прийняття у комунальну власність територіальної громади міста Червонограда в особі Червоноградської міської ради Червоноградського району Львівської області майна відокремлених та структурних підрозділів КНП «Сокальська ЦРЛ», які розташовані на території Червоноградської міської ради Червоноградського району Львівської області, переданого рішенням Червоноградської районної ради із спільної комунальної власності територіальних громад сіл, селища, міст Сокальського району</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>48</v>
       </c>
       <c r="F15" t="s">
         <v>58</v>
       </c>
       <c r="G15" t="s">
         <v>50</v>
       </c>
       <c r="H15" t="s">
         <v>51</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>52</v>
@@ -2716,51 +2710,51 @@
         <v>53</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV15"/>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>75</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>1319Про передачу в оперативне управління Комунальному підприємству «Центр первинної медико-санітарної допомоги м.Червонограда» майна, що належить на праві комунальної власності територіальній громаді міста Червонограда в особі Червоноградської міської ради Червоноградського району Львівської області</t>
+          <t>ID - 1319,  Про передачу в оперативне управління Комунальному підприємству «Центр первинної медико-санітарної допомоги м.Червонограда» майна, що належить на праві комунальної власності територіальній громаді міста Червонограда в особі Червоноградської міської ради Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>68</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>58</v>
       </c>
       <c r="G16" t="s">
         <v>50</v>
       </c>
       <c r="H16" t="s">
         <v>51</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>52</v>
@@ -3006,51 +3000,51 @@
         <v>53</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV17"/>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>80</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>1321Про передачу в оперативне управління Комунальному підприємству «Центр первинної медико-санітарної допомоги м.Червонограда» майна, що належить на праві комунальної власності територіальній громаді міста Червонограда в особі Червоноградської міської ради Червоноградського району Львівської області</t>
+          <t>ID - 1321,  Про передачу в оперативне управління Комунальному підприємству «Центр первинної медико-санітарної допомоги м.Червонограда» майна, що належить на праві комунальної власності територіальній громаді міста Червонограда в особі Червоноградської міської ради Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>74</v>
       </c>
       <c r="E18" t="s">
         <v>48</v>
       </c>
       <c r="F18" t="s">
         <v>49</v>
       </c>
       <c r="G18" t="s">
         <v>50</v>
       </c>
       <c r="H18" t="s">
         <v>51</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3152,51 +3146,51 @@
         <v>53</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV18"/>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>1322Про внесення змін до Статуту  комунального підприємства «Міська лікарня Соснівської міської ради» та затвердження його у новій редакції</t>
+          <t>ID - 1322,  Про внесення змін до Статуту  комунального підприємства «Міська лікарня Соснівської міської ради» та затвердження його у новій редакції</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19" t="s">
         <v>51</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>52</v>
@@ -3442,51 +3436,51 @@
         <v>53</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV20"/>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>1324Про затвердження актів прийому-передачі на основні засоби мережі вуличного освітлення</t>
+          <t>ID - 1324,  Про затвердження актів прийому-передачі на основні засоби мережі вуличного освітлення</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>58</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21" t="s">
         <v>51</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>52</v>
@@ -3588,51 +3582,51 @@
         <v>53</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV21"/>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>1325Про безоплатну передачу з балансу Виконавчого комітету Червоноградської міської ради основних засобів мережі вуличного освітлення на баланс КП «Комунальник»</t>
+          <t>ID - 1325,  Про безоплатну передачу з балансу Виконавчого комітету Червоноградської міської ради основних засобів мережі вуличного освітлення на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>57</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>58</v>
       </c>
       <c r="G22" t="s">
         <v>50</v>
       </c>
       <c r="H22" t="s">
         <v>51</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>52</v>
@@ -3734,51 +3728,51 @@
         <v>53</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV22"/>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>86</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>1326Про безкоштовне прийняття на баланс виконавчого комітету Червоноградської міської ради капітальних вкладень від Гірницької селищної ради з подальшою передачею на баланс КП «Комунальник», як внесок до статутного фонду</t>
+          <t>ID - 1326,  Про безкоштовне прийняття на баланс виконавчого комітету Червоноградської міської ради капітальних вкладень від Гірницької селищної ради з подальшою передачею на баланс КП «Комунальник», як внесок до статутного фонду</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>57</v>
       </c>
       <c r="E23" t="s">
         <v>48</v>
       </c>
       <c r="F23" t="s">
         <v>58</v>
       </c>
       <c r="G23" t="s">
         <v>50</v>
       </c>
       <c r="H23" t="s">
         <v>51</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>52</v>
@@ -3880,51 +3874,51 @@
         <v>53</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV23"/>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>87</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>1327Про затвердження актів прийому-передачі адміністративних будинків,нежитлових приміщень</t>
+          <t>ID - 1327,  Про затвердження актів прийому-передачі адміністративних будинків,нежитлових приміщень</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24" t="s">
         <v>88</v>
       </c>
       <c r="G24" t="s">
         <v>50</v>
       </c>
       <c r="H24" t="s">
         <v>89</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
@@ -4026,51 +4020,51 @@
         <v>53</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV24"/>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>90</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>1328Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік від сіл: Бендюга, Бережне, Борятин, Волсвин, Городище, Добрячин, Межиріччя, Острів, Поздимир, Рудка, Сілець.</t>
+          <t>ID - 1328,  Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік від сіл: Бендюга, Бережне, Борятин, Волсвин, Городище, Добрячин, Межиріччя, Острів, Поздимир, Рудка, Сілець.</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>57</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>50</v>
       </c>
       <c r="H25" t="s">
         <v>51</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>52</v>
@@ -4172,51 +4166,51 @@
         <v>53</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV25"/>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>91</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>1329Про затвердження Програми полiпшення системи транскордонного захисту навколишнього середовища в мерiї Ксєнжполь у Польщi та в м.Червоноград в Українi через розвиток ка-налiзацiйної iнфраструктури на 2021 рiк</t>
+          <t>ID - 1329,  Про затвердження Програми полiпшення системи транскордонного захисту навколишнього середовища в мерiї Ксєнжполь у Польщi та в м.Червоноград в Українi через розвиток ка-налiзацiйної iнфраструктури на 2021 рiк</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>57</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>50</v>
       </c>
       <c r="H26" t="s">
         <v>51</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>52</v>
@@ -4318,51 +4312,51 @@
         <v>53</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV26"/>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>92</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>1330Про затвердження статуту комунального пiдприємства «Червоноградводоканал» в новiй редакції</t>
+          <t>ID - 1330,  Про затвердження статуту комунального пiдприємства «Червоноградводоканал» в новiй редакції</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>57</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27" t="s">
         <v>93</v>
       </c>
       <c r="G27" t="s">
         <v>50</v>
       </c>
       <c r="H27" t="s">
         <v>89</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>52</v>
@@ -4464,51 +4458,51 @@
         <v>53</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>79</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV27"/>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>94</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>1331Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на залучення кредиту у формi бланкового овердрафту</t>
+          <t>ID - 1331,  Про надання дозволу комунальному пiдприємству «Червонограджитлокомунсервіс» на залучення кредиту у формi бланкового овердрафту</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>57</v>
       </c>
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28" t="s">
         <v>49</v>
       </c>
       <c r="G28" t="s">
         <v>50</v>
       </c>
       <c r="H28" t="s">
         <v>51</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>52</v>
@@ -4608,52 +4602,54 @@
       </c>
       <c r="AQ28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV28"/>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>95</v>
       </c>
-      <c r="C29" t="s" s="4">
-        <v>96</v>
+      <c r="C29" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1332,  Про створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
+        </is>
       </c>
       <c r="D29" t="s">
         <v>68</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29" t="s">
         <v>49</v>
       </c>
       <c r="G29" t="s">
         <v>50</v>
       </c>
       <c r="H29" t="s">
         <v>51</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
       </c>
@@ -4750,66 +4746,66 @@
       <c r="AP29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV29"/>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>96</v>
+      </c>
+      <c r="C30" t="s" s="4">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D30" t="s">
         <v>47</v>
       </c>
       <c r="E30" t="s">
         <v>48</v>
       </c>
       <c r="F30" t="s">
         <v>93</v>
       </c>
       <c r="G30" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="H30" t="s">
         <v>51</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>52</v>
       </c>
@@ -4864,93 +4860,93 @@
       <c r="AF30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN30" t="s" s="5">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV30"/>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>100</v>
+      </c>
+      <c r="C31" t="s" s="4">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
         <v>48</v>
       </c>
       <c r="F31" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G31" t="s">
         <v>50</v>
       </c>
       <c r="H31" t="s">
         <v>51</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>52</v>
       </c>
@@ -5038,55 +5034,55 @@
       <c r="AP31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV31"/>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>1335замінити у додатку  ` список ` на `персональний склад ` . правка у складі -Микитюк Володимир Романович - депутат міської ради</t>
+          <t>ID - 1335,  замінити у додатку  ` список ` на `персональний склад ` . правка у складі -Микитюк Володимир Романович - депутат міської ради</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>47</v>
       </c>
       <c r="E32" t="s">
         <v>48</v>
       </c>
       <c r="F32" t="s">
         <v>58</v>
       </c>
       <c r="G32" t="s">
         <v>50</v>
       </c>
       <c r="H32" t="s">
         <v>51</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>52</v>
@@ -5184,54 +5180,54 @@
       <c r="AP32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV32"/>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>104</v>
+      </c>
+      <c r="C33" t="s" s="4">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33" t="s">
         <v>58</v>
       </c>
       <c r="G33" t="s">
         <v>50</v>
       </c>
       <c r="H33" t="s">
         <v>51</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>52</v>
       </c>
@@ -5328,55 +5324,55 @@
       <c r="AP33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV33"/>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>1337 Створити координаційну раду для  реалізації процесу «Громадського бюджету»  в кiлькостi 14 осіб.  </t>
+          <t>ID - 1337,   Створити координаційну раду для  реалізації процесу «Громадського бюджету»  в кiлькостi 14 осіб.  </t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>47</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34" t="s">
         <v>58</v>
       </c>
       <c r="G34" t="s">
         <v>50</v>
       </c>
       <c r="H34" t="s">
         <v>51</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>52</v>
@@ -5474,54 +5470,56 @@
       <c r="AP34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV34"/>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>107</v>
+      </c>
+      <c r="C35" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1338,  Про створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
+        </is>
       </c>
       <c r="D35" t="s">
         <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>48</v>
       </c>
       <c r="F35" t="s">
         <v>49</v>
       </c>
       <c r="G35" t="s">
         <v>50</v>
       </c>
       <c r="H35" t="s">
         <v>51</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>54</v>
       </c>
@@ -5618,55 +5616,55 @@
       <c r="AP35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV35"/>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>1340Про внесення змін до Статуту комунального підприємства «Соснівкажитлокомунсервіс» та затвердження його змін у новій редакцій</t>
+          <t>ID - 1340,  Про внесення змін до Статуту комунального підприємства «Соснівкажитлокомунсервіс» та затвердження його змін у новій редакцій</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>57</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36" t="s">
         <v>58</v>
       </c>
       <c r="G36" t="s">
         <v>50</v>
       </c>
       <c r="H36" t="s">
         <v>51</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>52</v>
@@ -5764,55 +5762,55 @@
       <c r="AP36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV36"/>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>1350Про звернення Червоноградської мiської ради щодо неприпустимості зростання цін на постачання та розподіл електричної енергії, постачання природного газу та розподіл природного газу</t>
+          <t>ID - 1350,  Про звернення Червоноградської мiської ради щодо неприпустимості зростання цін на постачання та розподіл електричної енергії, постачання природного газу та розподіл природного газу</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>57</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37" t="s">
         <v>58</v>
       </c>
       <c r="G37" t="s">
         <v>50</v>
       </c>
       <c r="H37" t="s">
         <v>51</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>53</v>
@@ -5910,55 +5908,55 @@
       <c r="AP37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ37"/>
       <c r="AR37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV37" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>1351Про звернення Червоноградської мiської ради щодо збільшення видатків на виплату пільг і житлових субсидій громадянам на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у зв’язку з підвищенням тарифів на житлово-комунальні послуги</t>
+          <t>ID - 1351,  Про звернення Червоноградської мiської ради щодо збільшення видатків на виплату пільг і житлових субсидій громадянам на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у зв’язку з підвищенням тарифів на житлово-комунальні послуги</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>68</v>
       </c>
       <c r="E38" t="s">
         <v>48</v>
       </c>
       <c r="F38" t="s">
         <v>58</v>
       </c>
       <c r="G38" t="s">
         <v>50</v>
       </c>
       <c r="H38" t="s">
         <v>51</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>53</v>
@@ -6056,55 +6054,55 @@
       <c r="AP38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ38"/>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV38" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>1352вилучити `Коли діяла прозора формула «Роттердам плюс», українці мали найнижчий тариф на електрику в Європі. Але формулою були вкрай незадоволені феросплавні заводи Коломойського, який розв&amp;#39;язав справжню війну проти цього. Негативні наслідки цієї війни даються взнаки лише тепер.`</t>
+          <t>ID - 1352,  вилучити `Коли діяла прозора формула «Роттердам плюс», українці мали найнижчий тариф на електрику в Європі. Але формулою були вкрай незадоволені феросплавні заводи Коломойського, який розв&amp;#39;язав справжню війну проти цього. Негативні наслідки цієї війни даються взнаки лише тепер.`</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>47</v>
       </c>
       <c r="E39" t="s">
         <v>48</v>
       </c>
       <c r="F39" t="s">
         <v>49</v>
       </c>
       <c r="G39" t="s">
         <v>50</v>
       </c>
       <c r="H39" t="s">
         <v>51</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>53</v>
@@ -6202,55 +6200,55 @@
       <c r="AP39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ39"/>
       <c r="AR39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV39" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>1353Про звернення Червоноградської мiської ради щодо збільшення видатків на виплату пільг і житлових субсидій громадянам на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у зв’язку з підвищенням тарифів на житлово-комунальні послуги</t>
+          <t>ID - 1353,  Про звернення Червоноградської мiської ради щодо збільшення видатків на виплату пільг і житлових субсидій громадянам на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у зв’язку з підвищенням тарифів на житлово-комунальні послуги</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>74</v>
       </c>
       <c r="E40" t="s">
         <v>48</v>
       </c>
       <c r="F40" t="s">
         <v>58</v>
       </c>
       <c r="G40" t="s">
         <v>50</v>
       </c>
       <c r="H40" t="s">
         <v>51</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>53</v>
@@ -6353,168 +6351,168 @@
         <v>52</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV40" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41"/>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41"/>
       <c r="I41" t="s">
+        <v>113</v>
+      </c>
+      <c r="J41" t="s">
+        <v>113</v>
+      </c>
+      <c r="K41" t="s">
+        <v>114</v>
+      </c>
+      <c r="L41" t="s">
+        <v>113</v>
+      </c>
+      <c r="M41" t="s">
+        <v>113</v>
+      </c>
+      <c r="N41" t="s">
         <v>115</v>
       </c>
-      <c r="J41" t="s">
+      <c r="O41" t="s">
+        <v>113</v>
+      </c>
+      <c r="P41" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>113</v>
+      </c>
+      <c r="R41" t="s">
+        <v>113</v>
+      </c>
+      <c r="S41" t="s">
         <v>115</v>
       </c>
-      <c r="K41" t="s">
+      <c r="T41" t="s">
+        <v>113</v>
+      </c>
+      <c r="U41" t="s">
+        <v>115</v>
+      </c>
+      <c r="V41" t="s">
         <v>116</v>
       </c>
-      <c r="L41" t="s">
+      <c r="W41" t="s">
         <v>115</v>
       </c>
-      <c r="M41" t="s">
+      <c r="X41" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z41" t="s">
         <v>115</v>
       </c>
-      <c r="N41" t="s">
+      <c r="AA41" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>115</v>
+      </c>
+      <c r="AC41" t="s">
         <v>117</v>
       </c>
-      <c r="O41" t="s">
-[...20 lines deleted...]
-      <c r="V41" t="s">
+      <c r="AD41" t="s">
         <v>118</v>
       </c>
-      <c r="W41" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AE41" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="AF41" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AG41" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="AH41" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AI41" t="s">
         <v>49</v>
       </c>
       <c r="AJ41" t="s">
+        <v>113</v>
+      </c>
+      <c r="AK41" t="s">
         <v>115</v>
       </c>
-      <c r="AK41" t="s">
+      <c r="AL41" t="s">
         <v>117</v>
       </c>
-      <c r="AL41" t="s">
+      <c r="AM41" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN41" t="s">
         <v>119</v>
       </c>
-      <c r="AM41" t="s">
+      <c r="AO41" t="s">
+        <v>113</v>
+      </c>
+      <c r="AP41" t="s">
         <v>119</v>
       </c>
-      <c r="AN41" t="s">
-[...2 lines deleted...]
-      <c r="AO41" t="s">
+      <c r="AQ41" t="s">
+        <v>120</v>
+      </c>
+      <c r="AR41" t="s">
+        <v>113</v>
+      </c>
+      <c r="AS41" t="s">
+        <v>118</v>
+      </c>
+      <c r="AT41" t="s">
+        <v>119</v>
+      </c>
+      <c r="AU41" t="s">
         <v>115</v>
       </c>
-      <c r="AP41" t="s">
-[...8 lines deleted...]
-      <c r="AS41" t="s">
+      <c r="AV41" t="s">
         <v>120</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="42">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42" t="s">
         <v>50</v>
       </c>
       <c r="J42" t="s">
         <v>50</v>
       </c>
       <c r="K42" t="s">
         <v>50</v>
       </c>
       <c r="L42" t="s">
         <v>50</v>
       </c>
       <c r="M42" t="s">
         <v>50</v>
@@ -6576,465 +6574,465 @@
       <c r="AF42" t="s">
         <v>50</v>
       </c>
       <c r="AG42" t="s">
         <v>50</v>
       </c>
       <c r="AH42" t="s">
         <v>50</v>
       </c>
       <c r="AI42" t="s">
         <v>50</v>
       </c>
       <c r="AJ42" t="s">
         <v>50</v>
       </c>
       <c r="AK42" t="s">
         <v>50</v>
       </c>
       <c r="AL42" t="s">
         <v>50</v>
       </c>
       <c r="AM42" t="s">
         <v>50</v>
       </c>
       <c r="AN42" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="AO42" t="s">
         <v>50</v>
       </c>
       <c r="AP42" t="s">
         <v>50</v>
       </c>
       <c r="AQ42" t="s">
         <v>50</v>
       </c>
       <c r="AR42" t="s">
         <v>50</v>
       </c>
       <c r="AS42" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="AT42" t="s">
         <v>50</v>
       </c>
       <c r="AU42" t="s">
         <v>50</v>
       </c>
       <c r="AV42" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43"/>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43" t="s">
+        <v>122</v>
+      </c>
+      <c r="J43" t="s">
+        <v>122</v>
+      </c>
+      <c r="K43" t="s">
+        <v>122</v>
+      </c>
+      <c r="L43" t="s">
+        <v>122</v>
+      </c>
+      <c r="M43" t="s">
+        <v>122</v>
+      </c>
+      <c r="N43" t="s">
+        <v>122</v>
+      </c>
+      <c r="O43" t="s">
+        <v>122</v>
+      </c>
+      <c r="P43" t="s">
+        <v>122</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>122</v>
+      </c>
+      <c r="R43" t="s">
+        <v>122</v>
+      </c>
+      <c r="S43" t="s">
+        <v>123</v>
+      </c>
+      <c r="T43" t="s">
+        <v>122</v>
+      </c>
+      <c r="U43" t="s">
+        <v>122</v>
+      </c>
+      <c r="V43" t="s">
+        <v>122</v>
+      </c>
+      <c r="W43" t="s">
+        <v>122</v>
+      </c>
+      <c r="X43" t="s">
+        <v>122</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>122</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AF43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AG43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AH43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AI43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AJ43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AK43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AL43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AM43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AN43" t="s">
         <v>124</v>
       </c>
-      <c r="J43" t="s">
+      <c r="AO43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AP43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AQ43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AR43" t="s">
+        <v>122</v>
+      </c>
+      <c r="AS43" t="s">
         <v>124</v>
       </c>
-      <c r="K43" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="AT43" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="AU43" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="AV43" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="44">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44" t="s">
+        <v>125</v>
+      </c>
+      <c r="J44" t="s">
+        <v>125</v>
+      </c>
+      <c r="K44" t="s">
+        <v>126</v>
+      </c>
+      <c r="L44" t="s">
+        <v>125</v>
+      </c>
+      <c r="M44" t="s">
+        <v>125</v>
+      </c>
+      <c r="N44" t="s">
+        <v>126</v>
+      </c>
+      <c r="O44" t="s">
+        <v>125</v>
+      </c>
+      <c r="P44" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>125</v>
+      </c>
+      <c r="R44" t="s">
+        <v>125</v>
+      </c>
+      <c r="S44" t="s">
+        <v>125</v>
+      </c>
+      <c r="T44" t="s">
+        <v>125</v>
+      </c>
+      <c r="U44" t="s">
+        <v>126</v>
+      </c>
+      <c r="V44" t="s">
         <v>127</v>
       </c>
-      <c r="J44" t="s">
-[...2 lines deleted...]
-      <c r="K44" t="s">
+      <c r="W44" t="s">
+        <v>126</v>
+      </c>
+      <c r="X44" t="s">
+        <v>125</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>125</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>126</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>126</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>126</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AD44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AE44" t="s">
+        <v>126</v>
+      </c>
+      <c r="AF44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AG44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AH44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AI44" t="s">
         <v>128</v>
       </c>
-      <c r="L44" t="s">
-[...5 lines deleted...]
-      <c r="N44" t="s">
+      <c r="AJ44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AK44" t="s">
+        <v>126</v>
+      </c>
+      <c r="AL44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AM44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AN44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AO44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AP44" t="s">
         <v>128</v>
       </c>
-      <c r="O44" t="s">
-[...17 lines deleted...]
-      <c r="U44" t="s">
+      <c r="AQ44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AR44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AS44" t="s">
+        <v>126</v>
+      </c>
+      <c r="AT44" t="s">
         <v>128</v>
       </c>
-      <c r="V44" t="s">
-[...73 lines deleted...]
-      </c>
       <c r="AU44" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="AV44" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="45">
       <c r="A45"/>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45" t="s">
+        <v>129</v>
+      </c>
+      <c r="J45" t="s">
+        <v>129</v>
+      </c>
+      <c r="K45" t="s">
+        <v>130</v>
+      </c>
+      <c r="L45" t="s">
+        <v>129</v>
+      </c>
+      <c r="M45" t="s">
+        <v>129</v>
+      </c>
+      <c r="N45" t="s">
+        <v>129</v>
+      </c>
+      <c r="O45" t="s">
+        <v>129</v>
+      </c>
+      <c r="P45" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>129</v>
+      </c>
+      <c r="R45" t="s">
+        <v>129</v>
+      </c>
+      <c r="S45" t="s">
+        <v>129</v>
+      </c>
+      <c r="T45" t="s">
+        <v>129</v>
+      </c>
+      <c r="U45" t="s">
+        <v>129</v>
+      </c>
+      <c r="V45" t="s">
+        <v>129</v>
+      </c>
+      <c r="W45" t="s">
+        <v>129</v>
+      </c>
+      <c r="X45" t="s">
         <v>131</v>
       </c>
-      <c r="J45" t="s">
+      <c r="Y45" t="s">
         <v>131</v>
       </c>
-      <c r="K45" t="s">
-[...2 lines deleted...]
-      <c r="L45" t="s">
+      <c r="Z45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AC45" t="s">
         <v>131</v>
       </c>
-      <c r="M45" t="s">
+      <c r="AD45" t="s">
+        <v>130</v>
+      </c>
+      <c r="AE45" t="s">
+        <v>130</v>
+      </c>
+      <c r="AF45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AG45" t="s">
+        <v>130</v>
+      </c>
+      <c r="AH45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AI45" t="s">
+        <v>130</v>
+      </c>
+      <c r="AJ45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AK45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AL45" t="s">
         <v>131</v>
       </c>
-      <c r="N45" t="s">
+      <c r="AM45" t="s">
         <v>131</v>
       </c>
-      <c r="O45" t="s">
+      <c r="AN45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AO45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AP45" t="s">
+        <v>129</v>
+      </c>
+      <c r="AQ45" t="s">
         <v>131</v>
       </c>
-      <c r="P45" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="AR45" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="AS45" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="AT45" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="AU45" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="AV45" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>