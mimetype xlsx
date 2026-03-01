--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -140,330 +140,330 @@
   <si>
     <t>Пiх Ганна Йосипiвна</t>
   </si>
   <si>
     <t>Курiвчак Наталiя Михайлiвна</t>
   </si>
   <si>
     <t>Хайсанова Наталiя Петрiвна</t>
   </si>
   <si>
     <t>Вовкiв Iрина Юрiївна</t>
   </si>
   <si>
     <t>Гатала Ганна Володимирiвна</t>
   </si>
   <si>
     <t>Грасулов Олександр Олегович</t>
   </si>
   <si>
     <t>Сіледчик Василь Васильович</t>
   </si>
   <si>
     <t>15.10.20  11:02:24</t>
   </si>
   <si>
-    <t>1025Про внесення змін до місцевих програм міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 1025,  Про внесення змін до місцевих програм міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>15.10.20  11:06:18</t>
   </si>
   <si>
     <t>15.10.20  11:11:27</t>
   </si>
   <si>
-    <t>1028Про надання одноразової грошової допомоги</t>
+    <t>ID - 1028,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>15.10.20  11:13:10</t>
   </si>
   <si>
     <t>15.10.20  11:15:25</t>
   </si>
   <si>
     <t>15.10.20  11:19:18</t>
   </si>
   <si>
-    <t>1031Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 1031,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>15.10.20  11:23:18</t>
   </si>
   <si>
-    <t>1032Про затвердження технiчних документацiй iз землеустрою</t>
+    <t>ID - 1032,  Про затвердження технiчних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>15.10.20  11:26:23</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>15.10.20  11:29:18</t>
   </si>
   <si>
-    <t>1035Про надання дозволу на виготовлення технічної документацiї iз землеустрою</t>
+    <t>ID - 1035,  Про надання дозволу на виготовлення технічної документацiї iз землеустрою</t>
   </si>
   <si>
     <t>15.10.20  11:33:11</t>
   </si>
   <si>
-    <t>1036Про розгляд заяв громадян учасників антитерористичної операції  </t>
+    <t>ID - 1036,  Про розгляд заяв громадян учасників антитерористичної операції  </t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>15.10.20  11:36:07</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>15.10.20  11:37:49</t>
   </si>
   <si>
-    <t>1038Про передачу КП «Комунальник» у постійне користування земельних ділянок</t>
+    <t>ID - 1038,  Про передачу КП «Комунальник» у постійне користування земельних ділянок</t>
   </si>
   <si>
     <t>15.10.20  11:42:14</t>
   </si>
   <si>
-    <t>1039Про розгляд заяви громадянина Клюсова Валерія Олександровича</t>
+    <t>ID - 1039,  Про розгляд заяви громадянина Клюсова Валерія Олександровича</t>
   </si>
   <si>
     <t>15.10.20  11:44:56</t>
   </si>
   <si>
-    <t>1040Про розгляд заяви громадянки Зазуляк Кристини Володимирівни</t>
+    <t>ID - 1040,  Про розгляд заяви громадянки Зазуляк Кристини Володимирівни</t>
   </si>
   <si>
     <t>15.10.20  11:47:24</t>
   </si>
   <si>
     <t>15.10.20  11:49:29</t>
   </si>
   <si>
-    <t>1042Про вилучення та надання земельної дiлянки</t>
+    <t>ID - 1042,  Про вилучення та надання земельної дiлянки</t>
   </si>
   <si>
     <t>15.10.20  11:52:02</t>
   </si>
   <si>
-    <t>1043Про внесення змiн в рiшення Червоноградської міської ради</t>
+    <t>ID - 1043,  Про внесення змiн в рiшення Червоноградської міської ради</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>15.10.20  11:53:11</t>
   </si>
   <si>
-    <t>1044правка у п.5 змінити плошу озвучену Балком Д.І, </t>
+    <t>ID - 1044,  правка у п.5 змінити плошу озвучену Балком Д.І, </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>15.10.20  11:55:54</t>
   </si>
   <si>
-    <t>1045Про внесення змiн в рiшення Червоноградської міської ради</t>
+    <t>ID - 1045,  Про внесення змiн в рiшення Червоноградської міської ради</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>15.10.20  12:01:35</t>
   </si>
   <si>
-    <t>1046Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 1046,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>15.10.20  12:04:34</t>
   </si>
   <si>
-    <t>1047Про розгляд заяви Терех Світлани Василівни</t>
+    <t>ID - 1047,  Про розгляд заяви Терех Світлани Василівни</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>15.10.20  12:05:46</t>
   </si>
   <si>
-    <t>1048Про розгляд заяви Покотило Ірини Василівни</t>
+    <t>ID - 1048,  Про розгляд заяви Покотило Ірини Василівни</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>15.10.20  12:07:44</t>
   </si>
   <si>
-    <t>1049Про розгляд заяви громадянки Карпишин Ірини Андріївни</t>
+    <t>ID - 1049,  Про розгляд заяви громадянки Карпишин Ірини Андріївни</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>15.10.20  12:09:13</t>
   </si>
   <si>
-    <t>1050Про розгляд клопотання КП «Червонограджитлокомунсервіс»</t>
+    <t>ID - 1050,  Про розгляд клопотання КП «Червонограджитлокомунсервіс»</t>
   </si>
   <si>
     <t>15.10.20  12:10:55</t>
   </si>
   <si>
     <t>За: 12</t>
   </si>
   <si>
     <t>15.10.20  12:15:50</t>
   </si>
   <si>
-    <t>1052Про затвердження технічної документації щодо поділу земельної ділянки</t>
+    <t>ID - 1052,  Про затвердження технічної документації щодо поділу земельної ділянки</t>
   </si>
   <si>
     <t>15.10.20  12:17:33</t>
   </si>
   <si>
-    <t>1053Про проведення експертної грошової оцінки</t>
+    <t>ID - 1053,  Про проведення експертної грошової оцінки</t>
   </si>
   <si>
     <t>15.10.20  12:20:52</t>
   </si>
   <si>
-    <t>1054Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 1054,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>15.10.20  12:22:43</t>
   </si>
   <si>
-    <t>1055Про затвердження технiчної документацiї iз землеустрою</t>
+    <t>ID - 1055,  Про затвердження технiчної документацiї iз землеустрою</t>
   </si>
   <si>
     <t>15.10.20  12:24:01</t>
   </si>
   <si>
     <t>15.10.20  12:25:31</t>
   </si>
   <si>
     <t>15.10.20  12:27:36</t>
   </si>
   <si>
-    <t>1059Про розгляд заяви громадянина-учасника антитерористичної операції</t>
+    <t>ID - 1059,  Про розгляд заяви громадянина-учасника антитерористичної операції</t>
   </si>
   <si>
     <t>15.10.20  12:29:30</t>
   </si>
   <si>
-    <t>1060Про розгляд заяви громадянина Пліша Григорія Яковича</t>
+    <t>ID - 1060,  Про розгляд заяви громадянина Пліша Григорія Яковича</t>
   </si>
   <si>
     <t>15.10.20  12:31:43</t>
   </si>
   <si>
-    <t>1061Про затвердження технічної документації щодо об’єднання земельних ділянок</t>
+    <t>ID - 1061,  Про затвердження технічної документації щодо об’єднання земельних ділянок</t>
   </si>
   <si>
     <t>15.10.20  12:34:18</t>
   </si>
   <si>
-    <t>1062Про розгляд заяви ФОП Скоропади Мирослава Михайловича</t>
+    <t>ID - 1062,  Про розгляд заяви ФОП Скоропади Мирослава Михайловича</t>
   </si>
   <si>
     <t>15.10.20  12:35:43</t>
   </si>
   <si>
     <t>15.10.20  12:37:43</t>
   </si>
   <si>
-    <t>1064Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 1064,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>15.10.20  12:40:18</t>
   </si>
   <si>
-    <t>1065Про припинення права оренди та передачу у власність земельної ділянки</t>
+    <t>ID - 1065,  Про припинення права оренди та передачу у власність земельної ділянки</t>
   </si>
   <si>
     <t>15.10.20  12:47:58</t>
   </si>
   <si>
     <t>15.10.20  12:49:14</t>
   </si>
   <si>
-    <t>1067Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
+    <t>ID - 1067,  Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>15.10.20  12:51:16</t>
   </si>
   <si>
     <t>15.10.20  12:53:57</t>
   </si>
   <si>
-    <t>1069Про забезпечення співфінансування обласної Програми `Питна вода`</t>
+    <t>ID - 1069,  Про забезпечення співфінансування обласної Програми `Питна вода`</t>
   </si>
   <si>
     <t>За: 42</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 36</t>
   </si>
   <si>
     <t>За: 41</t>
   </si>
   <si>
     <t>За: 35</t>
   </si>
   <si>
     <t>За: 38</t>
   </si>
   <si>
     <t>За: 40</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
@@ -889,51 +889,51 @@
       <c r="AO2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>51</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>1026Про безоплатне прийняття до комунальної власності територіальної громади м.Червонограда квартир від ТОВ `Компанія ` Універсал Інжиніринг` в житловому будинку по вул.Івасюка,2б м.Червонограда</t>
+          <t>ID - 1026,  Про безоплатне прийняття до комунальної власності територіальної громади м.Червонограда квартир від ТОВ `Компанія ` Універсал Інжиніринг` в житловому будинку по вул.Івасюка,2б м.Червонограда</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="E3" t="s">
         <v>45</v>
       </c>
       <c r="F3" t="s">
         <v>46</v>
       </c>
       <c r="G3" t="s">
         <v>47</v>
       </c>
       <c r="H3" t="s">
         <v>48</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>50</v>
@@ -1165,51 +1165,51 @@
       <c r="AO4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>1029Про затвердження передавального акту реорганізації Інформаційно-методичного центру освіти м.Червонограда шляхом перетворення в Центр професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
+          <t>ID - 1029,  Про затвердження передавального акту реорганізації Інформаційно-методичного центру освіти м.Червонограда шляхом перетворення в Центр професійного розвитку педагогічних працівників Червоноградської міської ради Львівської області</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>48</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1304,51 +1304,51 @@
       <c r="AO5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>1030Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки</t>
+          <t>ID - 1030,  Про надання дозволу на розроблення проекту землеустрою щодо вiдведення земельної дiлянки</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>44</v>
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>48</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -1717,51 +1717,51 @@
       <c r="AO8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>62</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>1033Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок  </t>
+          <t>ID - 1033,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок  </t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>63</v>
       </c>
       <c r="F9" t="s">
         <v>64</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2130,51 +2130,51 @@
       <c r="AO11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>1037Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 1037,  Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>71</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2680,51 +2680,51 @@
       <c r="AO15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>1041Про затвердження результатів конкурсу з відбору виконавців земельних торгів на конкурентних засадах</t>
+          <t>ID - 1041,  Про затвердження результатів конкурсу з відбору виконавців земельних торгів на конкурентних засадах</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>48</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -4052,51 +4052,51 @@
       <c r="AO25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>106</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>1051Про розгляд клопотання Релігійної громади Української Греко-Католицької церкви м. Червонограда Львівської області</t>
+          <t>ID - 1051,  Про розгляд клопотання Релігійної громади Української Греко-Католицької церкви м. Червонограда Львівської області</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
         <v>63</v>
       </c>
       <c r="F26" t="s">
         <v>107</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>99</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
@@ -4739,51 +4739,51 @@
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>116</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>1056Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 1056,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>63</v>
       </c>
       <c r="F31" t="s">
         <v>69</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -4878,51 +4878,51 @@
       <c r="AO31" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>117</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>1058Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 1058,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
       <c r="F32" t="s">
         <v>46</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
         <v>48</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
@@ -5565,51 +5565,51 @@
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>126</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>1063Про внесення змiн в рiшення виконавчого комітету Червоноградської міської ради народних депутатів Львівської області</t>
+          <t>ID - 1063,  Про внесення змiн в рiшення виконавчого комітету Червоноградської міської ради народних депутатів Львівської області</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
         <v>45</v>
       </c>
       <c r="F37" t="s">
         <v>54</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>48</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
@@ -5978,51 +5978,51 @@
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>131</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>1066Про розгляд клопотаньТовариства з обмеженою відповідальністю «ЄВРОТЕК» та Товариства з обмеженою відповідальністю «Епіцентр К»</t>
+          <t>ID - 1066,  Про розгляд клопотаньТовариства з обмеженою відповідальністю «ЄВРОТЕК» та Товариства з обмеженою відповідальністю «Епіцентр К»</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>44</v>
       </c>
       <c r="E40" t="s">
         <v>63</v>
       </c>
       <c r="F40" t="s">
         <v>107</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>48</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
@@ -6254,51 +6254,51 @@
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>134</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>1068Про затвердження результатів конкурсу з відбору виконавців земельних торгів на конкурентних засадах</t>
+          <t>ID - 1068,  Про затвердження результатів конкурсу з відбору виконавців земельних торгів на конкурентних засадах</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>44</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
       </c>
       <c r="F42" t="s">
         <v>46</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>48</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>