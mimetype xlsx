--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="249">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LII сесія VII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Золочiвський Володимир Петрович</t>
   </si>
   <si>
     <t>Герасимов Андрiй Володимирович</t>
   </si>
   <si>
@@ -140,210 +140,213 @@
   <si>
     <t>Пiх Ганна Йосипiвна</t>
   </si>
   <si>
     <t>Курiвчак Наталiя Михайлiвна</t>
   </si>
   <si>
     <t>Хайсанова Наталiя Петрiвна</t>
   </si>
   <si>
     <t>Вовкiв Iрина Юрiївна</t>
   </si>
   <si>
     <t>Гатала Ганна Володимирiвна</t>
   </si>
   <si>
     <t>Грасулов Олександр Олегович</t>
   </si>
   <si>
     <t>Сіледчик Василь Васильович</t>
   </si>
   <si>
     <t>02.07.20  10:35:15</t>
   </si>
   <si>
-    <t>756Про депутатськi запити</t>
+    <t>ID - 756,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>02.07.20  10:36:29</t>
   </si>
   <si>
-    <t>757Про надання одноразової грошової допомоги</t>
+    <t>ID - 757,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>02.07.20  10:37:38</t>
   </si>
   <si>
-    <t>758 колективне Бабіцькому, Зяйцю - правка озвучена стенограмно Шмирко І.І. </t>
+    <t>ID - 758,   колективне Бабіцькому, Зяйцю - правка озвучена стенограмно Шмирко І.І. </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>02.07.20  10:38:31</t>
   </si>
   <si>
-    <t>759Баліцька - стенограмно озвучені Дікальчуком А.І. </t>
+    <t>ID - 759,  Баліцька - стенограмно озвучені Дікальчуком А.І. </t>
   </si>
   <si>
     <t>02.07.20  10:39:38</t>
   </si>
   <si>
-    <t>760Бабіцький 1000 грн - подання Павлика О.М. </t>
+    <t>ID - 760,  Бабіцький 1000 грн - подання Павлика О.М. </t>
   </si>
   <si>
     <t>02.07.20  10:40:08</t>
   </si>
   <si>
-    <t>761Про надання одноразової грошової допомоги</t>
+    <t>ID - 761,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>02.07.20  10:49:11</t>
   </si>
   <si>
-    <t>762Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 762,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>02.07.20  10:52:32</t>
   </si>
   <si>
     <t>02.07.20  10:53:02</t>
   </si>
   <si>
-    <t>764Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 764,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>02.07.20  10:54:31</t>
   </si>
   <si>
     <t>02.07.20  10:56:13</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>02.07.20  11:02:22</t>
   </si>
   <si>
+    <t>ID - 767,  </t>
+  </si>
+  <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>Проти: 3</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>02.07.20  11:30:18</t>
   </si>
   <si>
     <t>02.07.20  11:31:19</t>
   </si>
   <si>
-    <t>769Зняти питання з розгляду</t>
+    <t>ID - 769,  Зняти питання з розгляду</t>
   </si>
   <si>
     <t>За: 11</t>
   </si>
   <si>
     <t>02.07.20  11:31:58</t>
   </si>
   <si>
     <t>За: 12</t>
   </si>
   <si>
     <t>02.07.20  11:32:32</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>02.07.20  11:42:40</t>
   </si>
   <si>
     <t>02.07.20  11:43:24</t>
   </si>
   <si>
-    <t>773встановити ставку 0%</t>
+    <t>ID - 773,  встановити ставку 0%</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>Утримались: 5</t>
   </si>
   <si>
     <t>02.07.20  11:44:20</t>
   </si>
   <si>
-    <t>774втановити ставку 0,25%</t>
+    <t>ID - 774,  втановити ставку 0,25%</t>
   </si>
   <si>
     <t>02.07.20  11:44:57</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>02.07.20  11:46:37</t>
   </si>
   <si>
     <t>02.07.20  11:54:50</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>02.07.20  11:58:35</t>
   </si>
   <si>
     <t>02.07.20  12:00:09</t>
   </si>
   <si>
     <t>02.07.20  12:01:56</t>
   </si>
@@ -356,264 +359,273 @@
   <si>
     <t>02.07.20  12:08:46</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>02.07.20  12:10:08</t>
   </si>
   <si>
     <t>02.07.20  12:11:11</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>02.07.20  12:13:19</t>
   </si>
   <si>
     <t>02.07.20  12:14:42</t>
   </si>
   <si>
     <t>02.07.20  14:17:44</t>
   </si>
   <si>
-    <t>789Про затвердження проектiв землеустрою  щодо вiдведення земельних дiлянок</t>
+    <t>ID - 789,  Про затвердження проектiв землеустрою  щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>02.07.20  14:18:56</t>
   </si>
   <si>
-    <t>790Про затвердження технiчної документацiї iз землеустрою</t>
+    <t>ID - 790,  Про затвердження технiчної документацiї iз землеустрою</t>
   </si>
   <si>
     <t>02.07.20  14:21:24</t>
   </si>
   <si>
-    <t>791Про затвердження технічної документації щодо поділу земельної ділянки</t>
+    <t>ID - 791,  Про затвердження технічної документації щодо поділу земельної ділянки</t>
   </si>
   <si>
     <t>02.07.20  14:23:12</t>
   </si>
   <si>
-    <t>792Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 792,  Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>02.07.20  14:24:44</t>
   </si>
   <si>
-    <t>793замінити 49 на 5 років</t>
+    <t>ID - 793,  замінити 49 на 5 років</t>
   </si>
   <si>
     <t>02.07.20  14:25:32</t>
   </si>
   <si>
-    <t>794стенограмно озвучені Балком, що повязані з об&amp;#39;&amp;#39;єднанням з питанням №42</t>
+    <t>ID - 794,  стенограмно озвучені Балком, що повязані з об&amp;#39;&amp;#39;єднанням з питанням №42</t>
   </si>
   <si>
     <t>02.07.20  14:26:44</t>
   </si>
   <si>
-    <t>795стенограмно озвучені Балком, що повязані з об&amp;#39;&amp;#39;єднанням з питанням №42</t>
+    <t>ID - 795,  стенограмно озвучені Балком, що повязані з об&amp;#39;&amp;#39;єднанням з питанням №42</t>
   </si>
   <si>
     <t>02.07.20  14:27:35</t>
   </si>
   <si>
-    <t>796Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 796,  Про розгляд клопотань Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>02.07.20  14:32:49</t>
   </si>
   <si>
+    <t>ID - 797,  </t>
+  </si>
+  <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>02.07.20  14:37:06</t>
   </si>
   <si>
-    <t>798Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
+    <t>ID - 798,  Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>02.07.20  14:38:27</t>
   </si>
   <si>
-    <t>799Про розгляд заяви громадянина- учасника антитерористичної операції</t>
+    <t>ID - 799,  Про розгляд заяви громадянина- учасника антитерористичної операції</t>
   </si>
   <si>
     <t>02.07.20  14:39:44</t>
   </si>
   <si>
-    <t>800Про розгляд заяви громадянина Ковалика Віктора Богдановича</t>
+    <t>ID - 800,  Про розгляд заяви громадянина Ковалика Віктора Богдановича</t>
   </si>
   <si>
     <t>02.07.20  14:41:50</t>
   </si>
   <si>
-    <t>801Про розгляд заяви громадянки Лінинської Ольги Федорівни</t>
+    <t>ID - 801,  Про розгляд заяви громадянки Лінинської Ольги Федорівни</t>
   </si>
   <si>
     <t>02.07.20  14:45:56</t>
   </si>
   <si>
     <t>02.07.20  14:49:56</t>
   </si>
   <si>
     <t>02.07.20  14:51:48</t>
   </si>
   <si>
-    <t>804Про вилучення та надання земельної дiлянки</t>
+    <t>ID - 804,  Про вилучення та надання земельної дiлянки</t>
   </si>
   <si>
     <t>02.07.20  14:54:07</t>
   </si>
   <si>
-    <t>805Про розгляд заяви ФОП Скоропади Мирослава Михайловича</t>
+    <t>ID - 805,  Про розгляд заяви ФОП Скоропади Мирослава Михайловича</t>
   </si>
   <si>
     <t>За: 13</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>02.07.20  14:58:03</t>
   </si>
   <si>
-    <t>806Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 806,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>02.07.20  15:02:38</t>
   </si>
   <si>
-    <t>808Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 808,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>02.07.20  15:04:25</t>
   </si>
   <si>
-    <t>809у. п.1, п.2 - Продовжити ТзОВ «Оріон» на 1 рік</t>
+    <t>ID - 809,  у. п.1, п.2 - Продовжити ТзОВ «Оріон» на 1 рік</t>
   </si>
   <si>
     <t>02.07.20  15:04:58</t>
   </si>
   <si>
-    <t>810голосування  за рішення проводити по пунктам</t>
+    <t>ID - 810,  голосування  за рішення проводити по пунктам</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>02.07.20  15:05:29</t>
   </si>
   <si>
-    <t>811Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 811,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>02.07.20  15:07:11</t>
   </si>
   <si>
-    <t>812Про розгляд заяви ФОП Момота Миколи Петровича</t>
+    <t>ID - 812,  Про розгляд заяви ФОП Момота Миколи Петровича</t>
   </si>
   <si>
     <t>02.07.20  15:07:59</t>
   </si>
   <si>
-    <t>813у п.1. 12% зкмінти на 6%</t>
+    <t>ID - 813,  у п.1. 12% зкмінти на 6%</t>
   </si>
   <si>
     <t>За: 10</t>
   </si>
   <si>
     <t>02.07.20  15:09:06</t>
   </si>
   <si>
-    <t>814у п1. `термін 1 рік` </t>
+    <t>ID - 814,  у п1. `термін 1 рік` </t>
   </si>
   <si>
     <t>02.07.20  15:09:39</t>
   </si>
   <si>
-    <t>815Про розгляд заяви ФОП Момота Миколи Петровича</t>
+    <t>ID - 815,  Про розгляд заяви ФОП Момота Миколи Петровича</t>
   </si>
   <si>
     <t>02.07.20  15:26:57</t>
   </si>
   <si>
-    <t>816Про розгляд заяви ФОП Сіледчика Василя Васильовича</t>
+    <t>ID - 816,  Про розгляд заяви ФОП Сіледчика Василя Васильовича</t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>02.07.20  15:35:34</t>
   </si>
   <si>
-    <t>818Про розгляд заяви Карпишин Ірини Андріївни</t>
+    <t>ID - 818,  Про розгляд заяви Карпишин Ірини Андріївни</t>
   </si>
   <si>
     <t>02.07.20  15:38:55</t>
   </si>
   <si>
-    <t>819Про розгляд заяви Воляник Галини Василівни</t>
+    <t>ID - 819,  Про розгляд заяви Воляник Галини Василівни</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>02.07.20  15:54:13</t>
   </si>
   <si>
+    <t>ID - 820,  </t>
+  </si>
+  <si>
     <t>02.07.20  15:54:55</t>
   </si>
   <si>
+    <t>ID - 821,  </t>
+  </si>
+  <si>
     <t>02.07.20  16:10:19</t>
   </si>
   <si>
-    <t>823Про розгляд заяви громадянина Юферова Василя Вікторовича</t>
+    <t>ID - 823,  Про розгляд заяви громадянина Юферова Василя Вікторовича</t>
   </si>
   <si>
     <t>02.07.20  16:14:58</t>
   </si>
   <si>
     <t>02.07.20  16:17:40</t>
   </si>
   <si>
     <t>02.07.20  16:22:41</t>
   </si>
   <si>
-    <t>826Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 826,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>02.07.20  16:32:28</t>
   </si>
   <si>
-    <t>827Про виготовлення технічної документації щодо поділу земельної ділянки</t>
+    <t>ID - 827,  Про виготовлення технічної документації щодо поділу земельної ділянки</t>
   </si>
   <si>
     <t>02.07.20  16:43:40</t>
   </si>
   <si>
     <t>За: 57</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 60</t>
   </si>
   <si>
     <t>За: 63</t>
   </si>
   <si>
     <t>За: 38</t>
   </si>
   <si>
     <t>За: 36</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
@@ -1960,51 +1972,51 @@
       <c r="AO8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>763Стенограмно озвучено Балком Д.І. щодо добавлення 108 тисяч на дорогу по вул. Львівську для відведення води</t>
+          <t>ID - 763,  Стенограмно озвучено Балком Д.І. щодо добавлення 108 тисяч на дорогу по вул. Львівську для відведення води</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>56</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>49</v>
@@ -2236,51 +2248,51 @@
       <c r="AO10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>765Про надання дозволу вiддiлу освiти Червоноградської мiської ради Львiвської областi на проведення списання з балансу дерев та їх видалення, що знаходяться на територiї ЧСШ I-III ступенiв № 8</t>
+          <t>ID - 765,  Про надання дозволу вiддiлу освiти Червоноградської мiської ради Львiвської областi на проведення списання з балансу дерев та їх видалення, що знаходяться на територiї ЧСШ I-III ступенiв № 8</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>46</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>48</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>49</v>
@@ -2375,51 +2387,51 @@
       <c r="AO11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>766Про внесення змін до рішення сесії Червоноградської міської ради від 26.11.2019 № 1457 « Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти, учням закладiв загальної середньої освiти»</t>
+          <t>ID - 766,  Про внесення змін до рішення сесії Червоноградської міської ради від 26.11.2019 № 1457 « Про надання пiльг з безкоштовного харчування вихованцям закладiв дошкiльної освiти, учням закладiв загальної середньої освiти»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>49</v>
@@ -2512,190 +2524,190 @@
         <v>50</v>
       </c>
       <c r="AO12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" s="4">
-        <v>767</v>
+      <c r="C13" t="s" s="4">
+        <v>76</v>
       </c>
       <c r="D13" t="s">
         <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V13" t="s" s="5">
+        <v>82</v>
+      </c>
+      <c r="W13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AB13" t="s" s="5">
+        <v>58</v>
+      </c>
+      <c r="AC13" t="s" s="5">
         <v>81</v>
       </c>
-      <c r="W13" t="s" s="5">
-[...19 lines deleted...]
-      </c>
       <c r="AD13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE13" t="s" s="5">
+        <v>82</v>
+      </c>
+      <c r="AF13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AG13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AI13" t="s" s="5">
+        <v>82</v>
+      </c>
+      <c r="AJ13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AK13" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AL13" t="s" s="5">
         <v>81</v>
-      </c>
-[...19 lines deleted...]
-        <v>80</v>
       </c>
       <c r="AM13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>768внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 «Про встановлення земельного податку на територiї м.Червонограда»</t>
+          <t>ID - 768,  внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 «Про встановлення земельного податку на територiї м.Червонограда»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14" t="s">
         <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>46</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14" t="s">
         <v>48</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>49</v>
@@ -2786,63 +2798,63 @@
       </c>
       <c r="AN14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C15" t="s" s="4">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D15" t="s">
         <v>56</v>
       </c>
       <c r="E15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15" t="s">
         <v>48</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>58</v>
       </c>
@@ -2923,333 +2935,333 @@
       </c>
       <c r="AN15" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO15" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>770по тексту - `змiнити ставку земельного податку для фізичних осiб та юридичних осіб за видом цiльового призначення земель «Для розміщення та експлуатації основних, підсобних і допоміжних будівель та споруд підприємств переробної, машинобудівної та іншої промисловості» (код 11.02) з 1,5% на 0,75% вiд нормативно-грошової оцiнки землi.`</t>
+          <t>ID - 770,  по тексту - `змiнити ставку земельного податку для фізичних осiб та юридичних осіб за видом цiльового призначення земель «Для розміщення та експлуатації основних, підсобних і допоміжних будівель та споруд підприємств переробної, машинобудівної та іншої промисловості» (код 11.02) з 1,5% на 0,75% вiд нормативно-грошової оцiнки землi.`</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>56</v>
       </c>
       <c r="E16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G16" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H16" t="s">
         <v>48</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="T16" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD16" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ16" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AK16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AM16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>771внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 «Про встановлення земельного податку на територiї м.Червонограда»</t>
+          <t>ID - 771,  внесення змiн до рiшення Червоноградської мiської ради вiд 06.09.2018р. № 974 «Про встановлення земельного податку на територiї м.Червонограда»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>65</v>
       </c>
       <c r="E17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>58</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>58</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD17" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ17" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AK17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL17" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AM17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>772Про внесення змiн у рiшення Червоноградської мiської ради вiд 06.09.2018 №973«Про встановлення податку на нерухоме майно, вiдмiнне вiд земельної дiлянки на територiї мiста Червонограда»</t>
+          <t>ID - 772,  Про внесення змiн у рiшення Червоноградської мiської ради вiд 06.09.2018 №973«Про встановлення податку на нерухоме майно, вiдмiнне вiд земельної дiлянки на територiї мiста Червонограда»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>57</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>48</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>49</v>
@@ -3340,468 +3352,468 @@
       </c>
       <c r="AN18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C19" t="s" s="4">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
       <c r="E19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L19" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>58</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>58</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>58</v>
       </c>
       <c r="T19" t="s" s="5">
+        <v>82</v>
+      </c>
+      <c r="U19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V19" t="s" s="5">
+        <v>58</v>
+      </c>
+      <c r="W19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA19" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AB19" t="s" s="5">
         <v>81</v>
       </c>
-      <c r="U19" t="s" s="5">
-[...22 lines deleted...]
-      </c>
       <c r="AC19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD19" t="s" s="5">
+        <v>82</v>
+      </c>
+      <c r="AE19" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AF19" t="s" s="5">
+        <v>58</v>
+      </c>
+      <c r="AG19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH19" t="s" s="5">
+        <v>58</v>
+      </c>
+      <c r="AI19" t="s" s="5">
         <v>81</v>
       </c>
-      <c r="AE19" t="s" s="5">
-[...13 lines deleted...]
-      </c>
       <c r="AJ19" t="s" s="5">
+        <v>82</v>
+      </c>
+      <c r="AK19" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AL19" t="s" s="5">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="AM19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C20" t="s" s="4">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD20" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AI20" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AJ20" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AM20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>775Про внесення змiн у рiшення Червоноградської мiської ради вiд 06.09.2018 №973«Про встановлення податку на нерухоме майно, вiдмiнне вiд земельної дiлянки на територiї мiста Червонограда»</t>
+          <t>ID - 775,  Про внесення змiн у рiшення Червоноградської мiської ради вiд 06.09.2018 №973«Про встановлення податку на нерухоме майно, вiдмiнне вiд земельної дiлянки на територiї мiста Червонограда»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
       <c r="E21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F21" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G21" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>58</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD21" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ21" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL21" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AM21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>776Про скасування пункту 5 Перелiку об’єктiв комунальної власностi м.Червонограда, якi пiдлягають приватизацiї у 2019 роцi затвердженого рiшенням №1299 вiд 25.07.2019р.</t>
+          <t>ID - 776,  Про скасування пункту 5 Перелiку об’єктiв комунальної власностi м.Червонограда, якi пiдлягають приватизацiї у 2019 роцi затвердженого рiшенням №1299 вiд 25.07.2019р.</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>57</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22" t="s">
         <v>48</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>58</v>
@@ -3892,65 +3904,65 @@
       </c>
       <c r="AN22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>777Про внесення змін до рішення Червоноградської міської ради від 11.06.2020р ”Про прийняття в комунальну власнiсть майна комунального пiдприємства ”Ринок ‘’Левада ‘’за адресою: м. Червоноград, вул. Героїв Майдану, 16 та передачу даного майна на баланс комунального пiдприємства “Комунальник’’</t>
+          <t>ID - 777,  Про внесення змін до рішення Червоноградської міської ради від 11.06.2020р ”Про прийняття в комунальну власнiсть майна комунального пiдприємства ”Ринок ‘’Левада ‘’за адресою: м. Червоноград, вул. Героїв Майдану, 16 та передачу даного майна на баланс комунального пiдприємства “Комунальник’’</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
       <c r="H23" t="s">
         <v>48</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>49</v>
       </c>
@@ -4031,55 +4043,55 @@
       </c>
       <c r="AN23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>778Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів Червоноградської мiської ради на 2020 рiк</t>
+          <t>ID - 778,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актів Червоноградської мiської ради на 2020 рiк</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>66</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
         <v>48</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
@@ -4170,55 +4182,55 @@
       </c>
       <c r="AN24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>779Про безоплатну передачу з балансу Вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень у комунальну власнiсть територiальної громади м. Соснiвки в особi Соснiвської мiської ради мереж зовнiшнього освiтлення</t>
+          <t>ID - 779,  Про безоплатну передачу з балансу Вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень у комунальну власнiсть територiальної громади м. Соснiвки в особi Соснiвської мiської ради мереж зовнiшнього освiтлення</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>48</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
@@ -4309,71 +4321,71 @@
       </c>
       <c r="AN25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>780Про безоплатну передачу у власнiсть територiальної громади м. Червонограда мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, вiд ТзОВ `СОКМЕ`</t>
+          <t>ID - 780,  Про безоплатну передачу у власнiсть територiальної громади м. Червонограда мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, вiд ТзОВ `СОКМЕ`</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>66</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>58</v>
       </c>
@@ -4398,154 +4410,154 @@
       <c r="W26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>781Про безоплатну передачу з балансу виконавчого комiтету Червоноградської мiської ради мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, на баланс ПрАТ `Львiвобленерго`</t>
+          <t>ID - 781,  Про безоплатну передачу з балансу виконавчого комiтету Червоноградської мiської ради мережi зовнiшнього електропостачання (II черга), мiкрорайону `Монастирський`, на баланс ПрАТ `Львiвобленерго`</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>46</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4587,65 +4599,65 @@
       </c>
       <c r="AN27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>782Про внесення змiн в додаток рiшення Червоноградської мiської ради вiд 23.01.2020 р. № 1535 «Про безкоштовне прийняття на баланс виконавчого комiтету Червоноградської мiської ради капiтальних вкладень вiд Гiрницької селищної ради з подальшою передачею на баланс КП «Комунальник», як внесок до статутного фонду»</t>
+          <t>ID - 782,  Про внесення змiн в додаток рiшення Червоноградської мiської ради вiд 23.01.2020 р. № 1535 «Про безкоштовне прийняття на баланс виконавчого комiтету Червоноградської мiської ради капiтальних вкладень вiд Гiрницької селищної ради з подальшою передачею на баланс КП «Комунальник», як внесок до статутного фонду»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>48</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>49</v>
       </c>
@@ -4726,65 +4738,65 @@
       </c>
       <c r="AN28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>783Про прийняття до комунальної власності територіальної громади м.Червонограда ділянки під´їздної дороги по л.Б.Хмельницького,83 у м.Червонограді ПАТ `Концерн Хлібпром`</t>
+          <t>ID - 783,  Про прийняття до комунальної власності територіальної громади м.Червонограда ділянки під´їздної дороги по л.Б.Хмельницького,83 у м.Червонограді ПАТ `Концерн Хлібпром`</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>48</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>49</v>
       </c>
@@ -4865,65 +4877,65 @@
       </c>
       <c r="AN29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>784Про передачу з балансу Червоноградського Народного дому декоративного виробу на баланс КП «Комунальник»</t>
+          <t>ID - 784,  Про передачу з балансу Червоноградського Народного дому декоративного виробу на баланс КП «Комунальник»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>48</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>49</v>
       </c>
@@ -5004,225 +5016,225 @@
       </c>
       <c r="AN30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>785Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ТзОВ «СОФРО»</t>
+          <t>ID - 785,  Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ТзОВ «СОФРО»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F31" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>58</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O31" t="s" s="5">
+        <v>82</v>
+      </c>
+      <c r="P31" t="s" s="5">
+        <v>58</v>
+      </c>
+      <c r="Q31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S31" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="T31" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="U31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V31" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="W31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z31" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA31" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AB31" t="s" s="5">
         <v>81</v>
       </c>
-      <c r="P31" t="s" s="5">
-[...37 lines deleted...]
-      </c>
       <c r="AC31" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL31" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN31" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AO31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>786Про надання дозволу на погашення податкового боргу за рахунок майна комунального підприємства «Червоноград-теплокомуненерго» Червоноградської міської ради</t>
+          <t>ID - 786,  Про надання дозволу на погашення податкового боргу за рахунок майна комунального підприємства «Червоноград-теплокомуненерго» Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
       <c r="F32" t="s">
         <v>74</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M32" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5282,55 +5294,55 @@
       </c>
       <c r="AN32" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>787Про зняття з балансу виконавчого комітету Червоноградської міської ради звіту про незалежну оцінку майна та передачу його на баланс КП «Червоноградтеплокомун-енерго»</t>
+          <t>ID - 787,  Про зняття з балансу виконавчого комітету Червоноградської міської ради звіту про незалежну оцінку майна та передачу його на баланс КП «Червоноградтеплокомун-енерго»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
         <v>45</v>
       </c>
       <c r="F33" t="s">
         <v>74</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>48</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>49</v>
@@ -5421,63 +5433,63 @@
       </c>
       <c r="AN33" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
       <c r="F34" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>48</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5558,54 +5570,54 @@
       </c>
       <c r="AN34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C35" t="s" s="4">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
       <c r="F35" t="s">
         <v>74</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>48</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>49</v>
       </c>
@@ -5695,63 +5707,63 @@
       </c>
       <c r="AN35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C36" t="s" s="4">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>45</v>
       </c>
       <c r="F36" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
         <v>48</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>50</v>
       </c>
@@ -5832,54 +5844,54 @@
       </c>
       <c r="AN36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C37" t="s" s="4">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D37" t="s">
         <v>53</v>
       </c>
       <c r="E37" t="s">
         <v>45</v>
       </c>
       <c r="F37" t="s">
         <v>74</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>48</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>49</v>
       </c>
@@ -5969,54 +5981,54 @@
       </c>
       <c r="AN37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C38" t="s" s="4">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D38" t="s">
         <v>56</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38" t="s">
         <v>74</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
         <v>48</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
       </c>
@@ -6106,63 +6118,63 @@
       </c>
       <c r="AN38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C39" t="s" s="4">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D39" t="s">
         <v>56</v>
       </c>
       <c r="E39" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>48</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>50</v>
       </c>
@@ -6243,54 +6255,54 @@
       </c>
       <c r="AN39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C40" t="s" s="4">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D40" t="s">
         <v>56</v>
       </c>
       <c r="E40" t="s">
         <v>45</v>
       </c>
       <c r="F40" t="s">
         <v>74</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>48</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
       </c>
@@ -6380,54 +6392,54 @@
       </c>
       <c r="AN40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C41" t="s" s="4">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D41" t="s">
         <v>65</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
       <c r="F41" t="s">
         <v>74</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
         <v>48</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>49</v>
       </c>
@@ -6517,63 +6529,63 @@
       </c>
       <c r="AN41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>132</v>
+      </c>
+      <c r="C42" t="s" s="4">
+        <v>133</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F42" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>48</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>50</v>
       </c>
@@ -6654,54 +6666,54 @@
       </c>
       <c r="AN42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D43" t="s">
         <v>44</v>
       </c>
       <c r="E43" t="s">
         <v>45</v>
       </c>
       <c r="F43" t="s">
         <v>46</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
         <v>48</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>49</v>
       </c>
@@ -6791,69 +6803,69 @@
       </c>
       <c r="AN43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D44" t="s">
         <v>44</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>58</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O44" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>50</v>
       </c>
@@ -6908,74 +6920,74 @@
       <c r="AG44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO44" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
         <v>57</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
@@ -7065,54 +7077,54 @@
       </c>
       <c r="AN45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
         <v>57</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
       </c>
@@ -7202,55 +7214,55 @@
       </c>
       <c r="AN46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>802Про створення конкурсної комісії з відбору виконавців земельних торгів на конкурентних засадах</t>
+          <t>ID - 802,  Про створення конкурсної комісії з відбору виконавців земельних торгів на конкурентних засадах</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
         <v>74</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
@@ -7341,65 +7353,65 @@
       </c>
       <c r="AN47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>803Про внесення змiн в рiшення Червоноградської міської радита ріш ення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
+          <t>ID - 803,  Про внесення змiн в рiшення Червоноградської міської радита ріш ення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>44</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>50</v>
       </c>
@@ -7480,54 +7492,54 @@
       </c>
       <c r="AN48" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C49" t="s" s="4">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>74</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>48</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
       </c>
@@ -7617,200 +7629,200 @@
       </c>
       <c r="AN49" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F50" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>58</v>
       </c>
       <c r="L50" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M50" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S50" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE50" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK50" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AL50" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AM50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN50" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D51" t="s">
         <v>53</v>
       </c>
       <c r="E51" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F51" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>50</v>
       </c>
@@ -7891,54 +7903,54 @@
       </c>
       <c r="AN51" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C52" t="s" s="4">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>45</v>
       </c>
       <c r="F52" t="s">
         <v>57</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>48</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>49</v>
       </c>
@@ -8028,54 +8040,54 @@
       </c>
       <c r="AN52" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D53" t="s">
         <v>56</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
         <v>74</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>48</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
       </c>
@@ -8165,135 +8177,135 @@
       </c>
       <c r="AN53" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C54" t="s" s="4">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D54" t="s">
         <v>56</v>
       </c>
       <c r="E54" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F54" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>58</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>58</v>
       </c>
       <c r="R54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T54" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD54" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ54" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AK54" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AL54" t="s" s="5">
         <v>58</v>
       </c>
@@ -8302,69 +8314,69 @@
       </c>
       <c r="AN54" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D55" t="s">
         <v>65</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
       <c r="F55" t="s">
         <v>74</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>50</v>
       </c>
@@ -8389,113 +8401,113 @@
       <c r="W55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE55" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN55" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>48</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>50</v>
       </c>
@@ -8576,63 +8588,63 @@
       </c>
       <c r="AN56" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D57" t="s">
         <v>56</v>
       </c>
       <c r="E57" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F57" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
         <v>48</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>50</v>
       </c>
@@ -8713,221 +8725,221 @@
       </c>
       <c r="AN57" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F58" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O58" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T58" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AB58" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH58" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK58" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AL58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN58" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D59" t="s">
         <v>65</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M59" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>50</v>
       </c>
@@ -8987,135 +8999,135 @@
       </c>
       <c r="AN59" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D60" t="s">
         <v>44</v>
       </c>
       <c r="E60" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F60" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G60" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H60" t="s">
         <v>48</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>58</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>58</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>58</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T60" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD60" t="s" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ60" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AK60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL60" t="s" s="5">
         <v>49</v>
       </c>
@@ -9124,69 +9136,69 @@
       </c>
       <c r="AN60" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C61" t="s" s="4">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D61" t="s">
         <v>44</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>74</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O61" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>50</v>
       </c>
@@ -9211,113 +9223,113 @@
       <c r="W61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE61" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C62" t="s" s="4">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F62" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>50</v>
       </c>
@@ -9398,406 +9410,406 @@
       </c>
       <c r="AN62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>179</v>
+      </c>
+      <c r="C63" t="s" s="4">
+        <v>180</v>
       </c>
       <c r="D63" t="s">
         <v>53</v>
       </c>
       <c r="E63" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F63" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O63" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S63" t="s" s="5">
         <v>58</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>58</v>
       </c>
       <c r="W63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE63" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK63" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AL63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>181</v>
+      </c>
+      <c r="C64" t="s" s="4">
+        <v>182</v>
       </c>
       <c r="D64" t="s">
         <v>53</v>
       </c>
       <c r="E64" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F64" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M64" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O64" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AB64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC64" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE64" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK64" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AL64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="D65" t="s">
         <v>44</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O65" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC65" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK65" t="s" s="5">
         <v>58</v>
       </c>
@@ -9809,65 +9821,65 @@
       </c>
       <c r="AN65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>824Про пiдготовку лоту для проведення земельних торгiв з продажу права оренди земельної дiлянки для здiйснення пiдприємницької дiяльностi</t>
+          <t>ID - 824,  Про пiдготовку лоту для проведення земельних торгiв з продажу права оренди земельної дiлянки для здiйснення пiдприємницької дiяльностi</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>44</v>
       </c>
       <c r="E66" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F66" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>58</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>49</v>
       </c>
@@ -9948,55 +9960,55 @@
       </c>
       <c r="AN66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>825Про розгляд клопотання Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
+          <t>ID - 825,  Про розгляд клопотання Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
         <v>46</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
@@ -10087,117 +10099,117 @@
       </c>
       <c r="AN67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D68" t="s">
         <v>44</v>
       </c>
       <c r="E68" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F68" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>58</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O68" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X68" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>58</v>
       </c>
@@ -10224,54 +10236,54 @@
       </c>
       <c r="AN68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69" t="s">
         <v>45</v>
       </c>
       <c r="F69" t="s">
         <v>57</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>48</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10361,71 +10373,71 @@
       </c>
       <c r="AN69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>829Про звернення Червоноградської міської ради до Міністра Внутрішіх Справ України щодо роботи правоохороних органів про неналежне реагування на вияленні факти порушення заборони реалізації алкогольних, слабоалкогольних напоїв та пива на території Червоноградської міської ради з 22.00 год. до 8.00 год</t>
+          <t>ID - 829,  Про звернення Червоноградської міської ради до Міністра Внутрішіх Справ України щодо роботи правоохороних органів про неналежне реагування на вияленні факти порушення заборони реалізації алкогольних, слабоалкогольних напоїв та пива на території Червоноградської міської ради з 22.00 год. до 8.00 год</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>44</v>
       </c>
       <c r="E70" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F70" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O70" t="s" s="5">
         <v>58</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>50</v>
       </c>
@@ -10444,51 +10456,51 @@
       <c r="U70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V70" t="s" s="5">
         <v>58</v>
       </c>
       <c r="W70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA70" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AB70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC70" t="s" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>58</v>
       </c>
@@ -10505,643 +10517,643 @@
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71"/>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
       <c r="I71" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="J71" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="K71" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="L71" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="M71" t="s">
+        <v>196</v>
+      </c>
+      <c r="N71" t="s">
+        <v>197</v>
+      </c>
+      <c r="O71" t="s">
+        <v>198</v>
+      </c>
+      <c r="P71" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>200</v>
+      </c>
+      <c r="R71" t="s">
+        <v>193</v>
+      </c>
+      <c r="S71" t="s">
+        <v>201</v>
+      </c>
+      <c r="T71" t="s">
+        <v>202</v>
+      </c>
+      <c r="U71" t="s">
+        <v>193</v>
+      </c>
+      <c r="V71" t="s">
+        <v>195</v>
+      </c>
+      <c r="W71" t="s">
+        <v>193</v>
+      </c>
+      <c r="X71" t="s">
+        <v>203</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>193</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>193</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>204</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>201</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>205</v>
+      </c>
+      <c r="AD71" t="s">
         <v>192</v>
       </c>
-      <c r="N71" t="s">
+      <c r="AE71" t="s">
+        <v>205</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG71" t="s">
         <v>193</v>
       </c>
-      <c r="O71" t="s">
+      <c r="AH71" t="s">
+        <v>207</v>
+      </c>
+      <c r="AI71" t="s">
+        <v>198</v>
+      </c>
+      <c r="AJ71" t="s">
+        <v>208</v>
+      </c>
+      <c r="AK71" t="s">
         <v>194</v>
       </c>
-      <c r="P71" t="s">
-[...47 lines deleted...]
-      <c r="AF71" t="s">
+      <c r="AL71" t="s">
         <v>202</v>
       </c>
-      <c r="AG71" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AM71" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="AN71" t="s">
         <v>57</v>
       </c>
       <c r="AO71" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="AP71" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="AQ71" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="AR71" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="AS71" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72">
       <c r="A72"/>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
       <c r="I72" t="s">
         <v>47</v>
       </c>
       <c r="J72" t="s">
         <v>47</v>
       </c>
       <c r="K72" t="s">
         <v>47</v>
       </c>
       <c r="L72" t="s">
         <v>47</v>
       </c>
       <c r="M72" t="s">
         <v>47</v>
       </c>
       <c r="N72" t="s">
         <v>47</v>
       </c>
       <c r="O72" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="P72" t="s">
         <v>47</v>
       </c>
       <c r="Q72" t="s">
         <v>47</v>
       </c>
       <c r="R72" t="s">
         <v>47</v>
       </c>
       <c r="S72" t="s">
         <v>47</v>
       </c>
       <c r="T72" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="U72" t="s">
         <v>47</v>
       </c>
       <c r="V72" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="W72" t="s">
         <v>47</v>
       </c>
       <c r="X72" t="s">
         <v>47</v>
       </c>
       <c r="Y72" t="s">
         <v>47</v>
       </c>
       <c r="Z72" t="s">
         <v>47</v>
       </c>
       <c r="AA72" t="s">
         <v>47</v>
       </c>
       <c r="AB72" t="s">
         <v>47</v>
       </c>
       <c r="AC72" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="AD72" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="AE72" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="AF72" t="s">
         <v>47</v>
       </c>
       <c r="AG72" t="s">
         <v>47</v>
       </c>
       <c r="AH72" t="s">
         <v>47</v>
       </c>
       <c r="AI72" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="AJ72" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="AK72" t="s">
         <v>47</v>
       </c>
       <c r="AL72" t="s">
         <v>47</v>
       </c>
       <c r="AM72" t="s">
         <v>47</v>
       </c>
       <c r="AN72" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="AO72" t="s">
         <v>47</v>
       </c>
       <c r="AP72" t="s">
         <v>47</v>
       </c>
       <c r="AQ72" t="s">
         <v>47</v>
       </c>
       <c r="AR72" t="s">
         <v>47</v>
       </c>
       <c r="AS72" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="73">
       <c r="A73"/>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
       <c r="I73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="J73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="K73" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="L73" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="M73" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="N73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="O73" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="P73" t="s">
+        <v>218</v>
+      </c>
+      <c r="Q73" t="s">
         <v>214</v>
       </c>
-      <c r="Q73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="S73" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="T73" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="U73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="V73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="W73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="X73" t="s">
+        <v>218</v>
+      </c>
+      <c r="Y73" t="s">
         <v>214</v>
       </c>
-      <c r="Y73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="AA73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="AB73" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="AC73" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="AD73" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="AE73" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="AF73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="AG73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="AH73" t="s">
+        <v>218</v>
+      </c>
+      <c r="AI73" t="s">
+        <v>216</v>
+      </c>
+      <c r="AJ73" t="s">
+        <v>218</v>
+      </c>
+      <c r="AK73" t="s">
         <v>214</v>
       </c>
-      <c r="AI73" t="s">
-[...2 lines deleted...]
-      <c r="AJ73" t="s">
+      <c r="AL73" t="s">
+        <v>216</v>
+      </c>
+      <c r="AM73" t="s">
         <v>214</v>
       </c>
-      <c r="AK73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AN73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="AO73" t="s">
+        <v>218</v>
+      </c>
+      <c r="AP73" t="s">
         <v>214</v>
       </c>
-      <c r="AP73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AQ73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="AR73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="AS73" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
     </row>
     <row r="74">
       <c r="A74"/>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
       <c r="I74" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="J74" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="K74" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="L74" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="M74" t="s">
+        <v>224</v>
+      </c>
+      <c r="N74" t="s">
+        <v>223</v>
+      </c>
+      <c r="O74" t="s">
+        <v>225</v>
+      </c>
+      <c r="P74" t="s">
+        <v>222</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>223</v>
+      </c>
+      <c r="R74" t="s">
+        <v>221</v>
+      </c>
+      <c r="S74" t="s">
+        <v>226</v>
+      </c>
+      <c r="T74" t="s">
+        <v>227</v>
+      </c>
+      <c r="U74" t="s">
+        <v>221</v>
+      </c>
+      <c r="V74" t="s">
+        <v>222</v>
+      </c>
+      <c r="W74" t="s">
+        <v>221</v>
+      </c>
+      <c r="X74" t="s">
+        <v>221</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>221</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>221</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>228</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>229</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>230</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>222</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>229</v>
+      </c>
+      <c r="AF74" t="s">
         <v>220</v>
       </c>
-      <c r="N74" t="s">
-[...2 lines deleted...]
-      <c r="O74" t="s">
+      <c r="AG74" t="s">
         <v>221</v>
       </c>
-      <c r="P74" t="s">
-[...8 lines deleted...]
-      <c r="S74" t="s">
+      <c r="AH74" t="s">
+        <v>225</v>
+      </c>
+      <c r="AI74" t="s">
+        <v>221</v>
+      </c>
+      <c r="AJ74" t="s">
+        <v>231</v>
+      </c>
+      <c r="AK74" t="s">
+        <v>226</v>
+      </c>
+      <c r="AL74" t="s">
+        <v>232</v>
+      </c>
+      <c r="AM74" t="s">
+        <v>221</v>
+      </c>
+      <c r="AN74" t="s">
+        <v>232</v>
+      </c>
+      <c r="AO74" t="s">
+        <v>233</v>
+      </c>
+      <c r="AP74" t="s">
+        <v>234</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>221</v>
+      </c>
+      <c r="AR74" t="s">
         <v>222</v>
       </c>
-      <c r="T74" t="s">
-[...73 lines deleted...]
-      </c>
       <c r="AS74" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="75">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75"/>
       <c r="I75" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="J75" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K75" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="L75" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="M75" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="N75" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="O75" t="s">
+        <v>240</v>
+      </c>
+      <c r="P75" t="s">
+        <v>241</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>242</v>
+      </c>
+      <c r="R75" t="s">
+        <v>237</v>
+      </c>
+      <c r="S75" t="s">
+        <v>243</v>
+      </c>
+      <c r="T75" t="s">
+        <v>240</v>
+      </c>
+      <c r="U75" t="s">
+        <v>237</v>
+      </c>
+      <c r="V75" t="s">
         <v>236</v>
       </c>
-      <c r="P75" t="s">
+      <c r="W75" t="s">
         <v>237</v>
       </c>
-      <c r="Q75" t="s">
+      <c r="X75" t="s">
+        <v>244</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>237</v>
+      </c>
+      <c r="Z75" t="s">
+        <v>237</v>
+      </c>
+      <c r="AA75" t="s">
+        <v>236</v>
+      </c>
+      <c r="AB75" t="s">
+        <v>236</v>
+      </c>
+      <c r="AC75" t="s">
+        <v>240</v>
+      </c>
+      <c r="AD75" t="s">
+        <v>236</v>
+      </c>
+      <c r="AE75" t="s">
+        <v>236</v>
+      </c>
+      <c r="AF75" t="s">
         <v>238</v>
       </c>
-      <c r="R75" t="s">
-[...5 lines deleted...]
-      <c r="T75" t="s">
+      <c r="AG75" t="s">
+        <v>237</v>
+      </c>
+      <c r="AH75" t="s">
         <v>236</v>
       </c>
-      <c r="U75" t="s">
-[...23 lines deleted...]
-      <c r="AC75" t="s">
+      <c r="AI75" t="s">
+        <v>245</v>
+      </c>
+      <c r="AJ75" t="s">
         <v>236</v>
       </c>
-      <c r="AD75" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AK75" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="AL75" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="AM75" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="AN75" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="AO75" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="AP75" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="AQ75" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="AR75" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="AS75" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>