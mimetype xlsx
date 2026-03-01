--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="353" uniqueCount="353">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="349">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>L сесія VII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Золочiвський Володимир Петрович</t>
   </si>
   <si>
     <t>Герасимов Андрiй Володимирович</t>
   </si>
   <si>
@@ -140,771 +140,759 @@
   <si>
     <t>Пiх Ганна Йосипiвна</t>
   </si>
   <si>
     <t>Курiвчак Наталiя Михайлiвна</t>
   </si>
   <si>
     <t>Хайсанова Наталiя Петрiвна</t>
   </si>
   <si>
     <t>Вовкiв Iрина Юрiївна</t>
   </si>
   <si>
     <t>Гатала Ганна Володимирiвна</t>
   </si>
   <si>
     <t>Грасулов Олександр Олегович</t>
   </si>
   <si>
     <t>Сіледчик Василь Васильович</t>
   </si>
   <si>
     <t>17.03.20  16:16:54</t>
   </si>
   <si>
-    <t>398Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
+    <t>ID - 398,  Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>24.03.20  12:38:56</t>
   </si>
   <si>
-    <t>407Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 407,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>24.03.20  12:56:33</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>24.03.20  12:57:11</t>
   </si>
   <si>
-    <t>409вилучити слово `зменшити` по тексту та у назві рішення  </t>
+    <t>ID - 409,  вилучити слово `зменшити` по тексту та у назві рішення  </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>24.03.20  12:58:08</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>24.03.20  12:58:58</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>24.03.20  13:01:18</t>
   </si>
   <si>
     <t>24.03.20  13:02:12</t>
   </si>
   <si>
-    <t>413замінити по тексті Стефанчук на Розумков</t>
+    <t>ID - 413,  замінити по тексті Стефанчук на Розумков</t>
   </si>
   <si>
     <t>24.03.20  13:03:42</t>
   </si>
   <si>
-    <t>414Вилучити по стабільно роботи ДП Львіввугілля </t>
+    <t>ID - 414,  Вилучити по стабільно роботи ДП Львіввугілля </t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>24.03.20  13:04:14</t>
   </si>
   <si>
     <t>09.04.20  10:31:17</t>
   </si>
   <si>
-    <t>423Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
+    <t>ID - 423,  Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
   </si>
   <si>
     <t>09.04.20  10:32:45</t>
   </si>
   <si>
-    <t>424Перемісти 60 000 грн  на матеріальну допомогу мешканцям з резервного фонду  </t>
+    <t>ID - 424,  Перемісти 60 000 грн  на матеріальну допомогу мешканцям з резервного фонду  </t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>09.04.20  10:35:29</t>
   </si>
   <si>
-    <t>425ч.5 п.7 змінити кошти для КП `СК Шахтар`  з 200 тисяч збільшити на 300 тисяч гривень</t>
+    <t>ID - 425,  ч.5 п.7 змінити кошти для КП `СК Шахтар`  з 200 тисяч збільшити на 300 тисяч гривень</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>09.04.20  10:37:42</t>
   </si>
   <si>
-    <t>426Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
+    <t>ID - 426,  Про внесення змiн до мiського бюджету м.Червонограда на 2020 рiк</t>
   </si>
   <si>
     <t>09.04.20  10:40:29</t>
   </si>
   <si>
-    <t>427Про надання одноразової грошової допомоги</t>
+    <t>ID - 427,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>09.04.20  10:42:02</t>
   </si>
   <si>
-    <t>428Колективні подання для Салій озвучені стенограмно.доповідачем</t>
+    <t>ID - 428,  Колективні подання для Салій озвучені стенограмно.доповідачем</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>09.04.20  10:42:56</t>
   </si>
   <si>
-    <t>429 Довключити Наконечна 2000 грн</t>
+    <t>ID - 429,   Довключити Наконечна 2000 грн</t>
   </si>
   <si>
     <t>09.04.20  10:44:07</t>
   </si>
   <si>
-    <t>430подання від Покиньброди - Сохань Ярослав  3000 </t>
+    <t>ID - 430,  подання від Покиньброди - Сохань Ярослав  3000 </t>
   </si>
   <si>
     <t>09.04.20  10:45:21</t>
   </si>
   <si>
-    <t>431колективне Коломацька  М. 5000</t>
+    <t>ID - 431,  колективне Коломацька  М. 5000</t>
   </si>
   <si>
     <t>09.04.20  10:45:58</t>
   </si>
   <si>
-    <t>432довключити колективне подання  Платонова  Н.О. 15 000 </t>
+    <t>ID - 432,  довключити колективне подання  Платонова  Н.О. 15 000 </t>
   </si>
   <si>
     <t>09.04.20  10:46:31</t>
   </si>
   <si>
-    <t>433Про надання одноразової грошової допомоги</t>
+    <t>ID - 433,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>09.04.20  11:00:22</t>
   </si>
   <si>
-    <t>434Зняти питання з розгляду</t>
+    <t>ID - 434,  Зняти питання з розгляду</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>09.04.20  11:00:54</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>09.04.20  11:07:23</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>09.04.20  11:12:56</t>
   </si>
   <si>
-    <t>437Про проведення засідань Червоноградської міської ради в період карантину</t>
+    <t>ID - 437,  Про проведення засідань Червоноградської міської ради в період карантину</t>
   </si>
   <si>
     <t>09.04.20  11:14:27</t>
   </si>
   <si>
     <t>09.04.20  11:15:53</t>
   </si>
   <si>
     <t>09.04.20  11:20:05</t>
   </si>
   <si>
     <t>29.04.20  10:13:52</t>
   </si>
   <si>
-    <t>444Про забезпечення співфінансування обласної Програми `Питна вода`</t>
+    <t>ID - 444,  Про забезпечення співфінансування обласної Програми `Питна вода`</t>
   </si>
   <si>
     <t>29.04.20  10:19:57</t>
   </si>
   <si>
     <t>29.04.20  10:20:51</t>
   </si>
   <si>
-    <t>447По тексту термін замінити з 01.05 по 30.06</t>
+    <t>ID - 447,  По тексту термін замінити з 01.05 по 30.06</t>
   </si>
   <si>
     <t>29.04.20  10:28:31</t>
   </si>
   <si>
-    <t>448по тексту в другому абзацу- `окрім тих що здійснюють діяльність на території  ринків`</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.20  10:29:11</t>
   </si>
   <si>
     <t>29.04.20  10:30:25</t>
   </si>
   <si>
     <t>14.05.20  10:42:32</t>
   </si>
   <si>
     <t>14.05.20  10:46:18</t>
   </si>
   <si>
-    <t>457Правки озвучені доповідачем Сементух Л.І.(стенограмно)</t>
+    <t>ID - 457,  Правки озвучені доповідачем Сементух Л.І.(стенограмно)</t>
   </si>
   <si>
     <t>14.05.20  10:58:06</t>
   </si>
   <si>
     <t>14.05.20  11:40:39</t>
   </si>
   <si>
     <t>14.05.20  11:43:21</t>
   </si>
   <si>
     <t>За: 6</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>14.05.20  11:45:33</t>
   </si>
   <si>
-    <t>461замінити по тексту слова  1. `відділення` на `відділ` 2. `фури` - на  `транспортні засоби`</t>
-[...1 lines deleted...]
-  <si>
     <t>14.05.20  11:46:03</t>
   </si>
   <si>
     <t>14.05.20  11:48:02</t>
   </si>
   <si>
     <t>14.05.20  11:50:11</t>
   </si>
   <si>
     <t>14.05.20  11:51:19</t>
   </si>
   <si>
     <t>14.05.20  11:55:30</t>
   </si>
   <si>
     <t>14.05.20  11:56:48</t>
   </si>
   <si>
     <t>14.05.20  11:57:29</t>
   </si>
   <si>
-    <t>468у п.1 замінити з 1 березня на 1 червня </t>
+    <t>ID - 468,  у п.1 замінити з 1 березня на 1 червня </t>
   </si>
   <si>
     <t>14.05.20  11:57:59</t>
   </si>
   <si>
     <t>14.05.20  12:00:22</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>14.05.20  12:01:24</t>
   </si>
   <si>
     <t>14.05.20  12:07:31</t>
   </si>
   <si>
-    <t>473Зняти питання з розгляду</t>
+    <t>ID - 473,  Зняти питання з розгляду</t>
   </si>
   <si>
     <t>За: 4</t>
   </si>
   <si>
     <t>14.05.20  12:08:24</t>
   </si>
   <si>
-    <t>474Про присвоєння звання `Почесний громадянин міста Червоноград`</t>
+    <t>ID - 474,  Про присвоєння звання `Почесний громадянин міста Червоноград`</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>14.05.20  12:10:35</t>
   </si>
   <si>
     <t>14.05.20  12:12:21</t>
   </si>
   <si>
     <t>14.05.20  12:13:33</t>
   </si>
   <si>
-    <t>477Про затвердження Положення про вiддiл економiки Червоноградської мiської рад</t>
+    <t>ID - 477,  Про затвердження Положення про вiддiл економiки Червоноградської мiської рад</t>
   </si>
   <si>
     <t>14.05.20  12:14:58</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>14.05.20  12:17:10</t>
   </si>
   <si>
     <t>За: 11</t>
   </si>
   <si>
     <t>14.05.20  12:18:33</t>
   </si>
   <si>
     <t>14.05.20  12:20:19</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>14.05.20  12:21:52</t>
   </si>
   <si>
     <t>14.05.20  12:23:09</t>
   </si>
   <si>
     <t>14.05.20  12:24:34</t>
   </si>
   <si>
     <t>21.05.20  10:31:50</t>
   </si>
   <si>
-    <t>519Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 519,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>21.05.20  10:34:52</t>
   </si>
   <si>
     <t>21.05.20  10:35:40</t>
   </si>
   <si>
-    <t>521Замінити у назві рішення дату 05.12.2020 на 05.12.2019</t>
+    <t>ID - 521,  Замінити у назві рішення дату 05.12.2020 на 05.12.2019</t>
   </si>
   <si>
     <t>21.05.20  10:36:20</t>
   </si>
   <si>
-    <t>522Замінити у назві рішення дату 05.12.2020 на 05.12.2019</t>
+    <t>ID - 522,  Замінити у назві рішення дату 05.12.2020 на 05.12.2019</t>
   </si>
   <si>
     <t>21.05.20  10:36:51</t>
   </si>
   <si>
     <t>21.05.20  10:39:20</t>
   </si>
   <si>
-    <t>524Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 524,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>21.05.20  10:41:10</t>
   </si>
   <si>
-    <t>525Про затвердження технiчних документацiй iз землеустрою</t>
+    <t>ID - 525,  Про затвердження технiчних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>21.05.20  10:43:23</t>
   </si>
   <si>
     <t>21.05.20  10:44:40</t>
   </si>
   <si>
-    <t>527Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
+    <t>ID - 527,  Про надання дозволу на виготовлення технічних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>21.05.20  10:46:10</t>
   </si>
   <si>
-    <t>528Про розгляд заяв громадян-учасників антитерористичної операції</t>
+    <t>ID - 528,  Про розгляд заяв громадян-учасників антитерористичної операції</t>
   </si>
   <si>
     <t>21.05.20  10:48:29</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>21.05.20  10:53:08</t>
   </si>
   <si>
     <t>21.05.20  10:55:57</t>
   </si>
   <si>
-    <t>534Про розгляд заяви фізичної особи підприємця Скоропади Мирослава Михайловича</t>
+    <t>ID - 534,  Про розгляд заяви фізичної особи підприємця Скоропади Мирослава Михайловича</t>
   </si>
   <si>
     <t>21.05.20  10:57:31</t>
   </si>
   <si>
-    <t>535Про вилучення та надання земельної дiлянки</t>
+    <t>ID - 535,  Про вилучення та надання земельної дiлянки</t>
   </si>
   <si>
     <t>21.05.20  11:01:08</t>
   </si>
   <si>
-    <t>536Про розгляд клопотання КП «Червоноградводоканал»</t>
+    <t>ID - 536,  Про розгляд клопотання КП «Червоноградводоканал»</t>
   </si>
   <si>
     <t>21.05.20  11:03:07</t>
   </si>
   <si>
-    <t>537Про розгляд клопотань Приватного акціонерного товариства «Укрзахідвуглебуд»</t>
+    <t>ID - 537,  Про розгляд клопотань Приватного акціонерного товариства «Укрзахідвуглебуд»</t>
   </si>
   <si>
     <t>Утримались: 7</t>
   </si>
   <si>
     <t>21.05.20  11:05:20</t>
   </si>
   <si>
     <t>21.05.20  11:18:12</t>
   </si>
   <si>
-    <t>539Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 539,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>21.05.20  11:20:10</t>
   </si>
   <si>
-    <t>540Голосувати  рішення по пунктам</t>
+    <t>ID - 540,  Голосувати  рішення по пунктам</t>
   </si>
   <si>
     <t>21.05.20  11:20:50</t>
   </si>
   <si>
-    <t>541голосувати за п.1</t>
+    <t>ID - 541,  голосувати за п.1</t>
   </si>
   <si>
     <t>21.05.20  11:21:19</t>
   </si>
   <si>
-    <t>542голосувати за п.2</t>
+    <t>ID - 542,  голосувати за п.2</t>
   </si>
   <si>
     <t>21.05.20  11:21:52</t>
   </si>
   <si>
-    <t>543підримати п. №3 </t>
+    <t>ID - 543,  підримати п. №3 </t>
   </si>
   <si>
     <t>21.05.20  11:22:25</t>
   </si>
   <si>
-    <t>544підримати п. №4</t>
+    <t>ID - 544,  підримати п. №4</t>
   </si>
   <si>
     <t>21.05.20  11:23:41</t>
   </si>
   <si>
-    <t>545підримати п. №5</t>
+    <t>ID - 545,  підримати п. №5</t>
   </si>
   <si>
     <t>21.05.20  11:24:54</t>
   </si>
   <si>
-    <t>546пункт в п.6,7,8 термін оренди встановити 1 рік</t>
+    <t>ID - 546,  пункт в п.6,7,8 термін оренди встановити 1 рік</t>
   </si>
   <si>
     <t>21.05.20  11:25:49</t>
   </si>
   <si>
-    <t>547підримати п. №6,7,8 з проголосованою правкою </t>
+    <t>ID - 547,  підримати п. №6,7,8 з проголосованою правкою </t>
   </si>
   <si>
     <t>21.05.20  11:26:22</t>
   </si>
   <si>
-    <t>548Вилучити п. 9 (Нискогуз Марія Михайлівна)</t>
+    <t>ID - 548,  Вилучити п. 9 (Нискогуз Марія Михайлівна)</t>
   </si>
   <si>
     <t>Проти: 3</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>21.05.20  11:26:52</t>
   </si>
   <si>
-    <t>549підримати п. №9</t>
+    <t>ID - 549,  підримати п. №9</t>
   </si>
   <si>
     <t>21.05.20  11:27:31</t>
   </si>
   <si>
-    <t>550підримати п. №10</t>
+    <t>ID - 550,  підримати п. №10</t>
   </si>
   <si>
     <t>21.05.20  11:28:23</t>
   </si>
   <si>
-    <t>551підримати п. №11</t>
+    <t>ID - 551,  підримати п. №11</t>
   </si>
   <si>
     <t>21.05.20  11:30:33</t>
   </si>
   <si>
-    <t>552у п.12, 13 замінити  відмовити на продовжити терміном на термін 3 роки , ставка10%</t>
+    <t>ID - 552,  у п.12, 13 замінити  відмовити на продовжити терміном на термін 3 роки , ставка10%</t>
   </si>
   <si>
     <t>21.05.20  11:31:33</t>
   </si>
   <si>
-    <t>553 у п.12, 13 замінити  відмовити на продовжити терміном на термін 3 роки , ставка12% </t>
+    <t>ID - 553,   у п.12, 13 замінити  відмовити на продовжити терміном на термін 3 роки , ставка12% </t>
   </si>
   <si>
     <t>21.05.20  11:33:04</t>
   </si>
   <si>
-    <t>554 у п.12, 13 замінити  відмовити на продовжити терміном на термін 2 роки , ставка12% </t>
+    <t>ID - 554,   у п.12, 13 замінити  відмовити на продовжити терміном на термін 2 роки , ставка12% </t>
   </si>
   <si>
     <t>21.05.20  11:34:01</t>
   </si>
   <si>
-    <t>55512, 13 у редакції проекту - `відмовити`</t>
+    <t>ID - 555,  12, 13 у редакції проекту - `відмовити`</t>
   </si>
   <si>
     <t>За: 5</t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>21.05.20  11:41:09</t>
   </si>
   <si>
-    <t>556у п.12, 13 замінити  відмовити на продовжити терміном на термін 1 рік , ставка12%</t>
+    <t>ID - 556,  у п.12, 13 замінити  відмовити на продовжити терміном на термін 1 рік , ставка12%</t>
   </si>
   <si>
     <t>21.05.20  11:43:29</t>
   </si>
   <si>
-    <t>557п. 4  замінити - продовжити на продовжити на три роки ставка під 12%</t>
+    <t>ID - 557,  п. 4  замінити - продовжити на продовжити на три роки ставка під 12%</t>
   </si>
   <si>
     <t>21.05.20  11:44:42</t>
   </si>
   <si>
-    <t>558правку у п.15 термін подачі встановити 21.08.2020</t>
+    <t>ID - 558,  правку у п.15 термін подачі встановити 21.08.2020</t>
   </si>
   <si>
     <t>21.05.20  11:46:28</t>
   </si>
   <si>
-    <t>559п.14  - Орендарям земельних ділянок, вказаним в пунктах 1., 2., 3., 4., 5., 6., 7., 8., 9,12,13</t>
+    <t>ID - 559,  п.14  - Орендарям земельних ділянок, вказаним в пунктах 1., 2., 3., 4., 5., 6., 7., 8., 9,12,13</t>
   </si>
   <si>
     <t>21.05.20  11:47:01</t>
   </si>
   <si>
-    <t>560Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 560,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>21.05.20  11:51:38</t>
   </si>
   <si>
-    <t>561Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
+    <t>ID - 561,  Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
   </si>
   <si>
     <t>21.05.20  11:52:31</t>
   </si>
   <si>
-    <t>562у п.7 встановити термін 21.08.20</t>
+    <t>ID - 562,  у п.7 встановити термін 21.08.20</t>
   </si>
   <si>
     <t>21.05.20  11:53:06</t>
   </si>
   <si>
-    <t>563Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
+    <t>ID - 563,  Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
   </si>
   <si>
     <t>21.05.20  11:54:22</t>
   </si>
   <si>
-    <t>564Про розгляд заяви ФОП Снігур Надії Богданівни</t>
+    <t>ID - 564,  Про розгляд заяви ФОП Снігур Надії Богданівни</t>
   </si>
   <si>
     <t>21.05.20  11:56:30</t>
   </si>
   <si>
-    <t>565Про розгляд клопотання ТзОВ «Епіцентр К»</t>
+    <t>ID - 565,  Про розгляд клопотання ТзОВ «Епіцентр К»</t>
   </si>
   <si>
     <t>21.05.20  11:57:36</t>
   </si>
   <si>
-    <t>566Про розгляд клопотання ТзОВ «Епіцентр К»</t>
+    <t>ID - 566,  Про розгляд клопотання ТзОВ «Епіцентр К»</t>
   </si>
   <si>
     <t>21.05.20  11:59:10</t>
   </si>
   <si>
     <t>21.05.20  12:01:36</t>
   </si>
   <si>
-    <t>568Про припинення права оренди земельної ділянки</t>
+    <t>ID - 568,  Про припинення права оренди земельної ділянки</t>
   </si>
   <si>
     <t>21.05.20  12:03:39</t>
   </si>
   <si>
-    <t>569Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
+    <t>ID - 569,  Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>21.05.20  12:06:02</t>
   </si>
   <si>
-    <t>571Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
+    <t>ID - 571,  Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>21.05.20  12:07:07</t>
   </si>
   <si>
-    <t>572у п.1 слово `відмовити` замінити на `надати дозвіл на виготвлення .....`</t>
+    <t>ID - 572,  у п.1 слово `відмовити` замінити на `надати дозвіл на виготвлення .....`</t>
   </si>
   <si>
     <t>За: 12</t>
   </si>
   <si>
     <t>21.05.20  12:07:39</t>
   </si>
   <si>
-    <t>573Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
+    <t>ID - 573,  Про розгляд заяви ФОП Чашинського Анатолія Йосиповича</t>
   </si>
   <si>
     <t>21.05.20  12:09:08</t>
   </si>
   <si>
-    <t>574Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>21.05.20  12:10:22</t>
   </si>
   <si>
-    <t>575добавити  у рішення пункт щодо уповноваження Балка Д.І. </t>
+    <t>ID - 575,  добавити  у рішення пункт щодо уповноваження Балка Д.І. </t>
   </si>
   <si>
     <t>21.05.20  12:10:54</t>
   </si>
   <si>
-    <t>576Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>21.05.20  12:13:36</t>
   </si>
   <si>
-    <t>577Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 577,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>21.05.20  12:14:47</t>
   </si>
   <si>
-    <t>578довключити пункт щодо уповноваження Балка Д.І на підписання договору</t>
+    <t>ID - 578,  довключити пункт щодо уповноваження Балка Д.І на підписання договору</t>
   </si>
   <si>
     <t>21.05.20  12:15:17</t>
   </si>
   <si>
-    <t>579Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 579,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>21.05.20  12:17:41</t>
   </si>
   <si>
     <t>21.05.20  12:18:21</t>
   </si>
   <si>
-    <t>581 1 . стартова ціна 77 347 грн 2. стартова ціна 2253  3. стартова ціна 17489 </t>
+    <t>ID - 581,   1 . стартова ціна 77 347 грн 2. стартова ціна 2253  3. стартова ціна 17489 </t>
   </si>
   <si>
     <t>21.05.20  12:18:55</t>
   </si>
   <si>
     <t>За: 113</t>
   </si>
   <si>
     <t>За: 32</t>
   </si>
   <si>
     <t>За: 70</t>
   </si>
   <si>
     <t>За: 98</t>
   </si>
   <si>
     <t>За: 108</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 105</t>
   </si>
@@ -1599,51 +1587,51 @@
       <c r="AO3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>408Про зменшення або не нарахування орендної плати суб’єктам господарювання,які орендують нежитлові приміщення комунальної власності і не працюють у зв’язку із карантином</t>
+          <t>ID - 408,  Про зменшення або не нарахування орендної плати суб’єктам господарювання,які орендують нежитлові приміщення комунальної власності і не працюють у зв’язку із карантином</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>55</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>46</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
@@ -1875,51 +1863,51 @@
       <c r="AO5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>410Дозвіл  на  нерахування орендної плати затверджує Червоноградська міська рада за поданням орендодавця</t>
+          <t>ID - 410,  Дозвіл  на  нерахування орендної плати затверджує Червоноградська міська рада за поданням орендодавця</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>61</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>48</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>49</v>
@@ -2014,51 +2002,51 @@
       <c r="AO6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>411Про зменшення або не нарахування орендної плати суб’єктам господарювання,які орендують нежитлові приміщення комунальної власності і не працюють у зв’язку із карантином</t>
+          <t>ID - 411,  Про зменшення або не нарахування орендної плати суб’єктам господарювання,які орендують нежитлові приміщення комунальної власності і не працюють у зв’язку із карантином</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>49</v>
@@ -2153,51 +2141,51 @@
       <c r="AO7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>412Про звернення Червоноградської мiської ради щодо запровадження механізмів компенсації втрат доходів місцевих бюджетів внаслідок здійснення заходів, спрямованих на запобігання виникненню і поширенню короновірусної хвороби (COVID-19)</t>
+          <t>ID - 412,  Про звернення Червоноградської мiської ради щодо запровадження механізмів компенсації втрат доходів місцевих бюджетів внаслідок здійснення заходів, спрямованих на запобігання виникненню і поширенню короновірусної хвороби (COVID-19)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>55</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>46</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
@@ -2566,51 +2554,51 @@
       <c r="AO10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>415Про звернення Червоноградської мiської ради щодо запровадження механізмів компенсації втрат доходів місцевих бюджетів внаслідок здійснення заходів, спрямованих на запобігання виникненню і поширенню короновірусної хвороби (COVID-19)</t>
+          <t>ID - 415,  Про звернення Червоноградської мiської ради щодо запровадження механізмів компенсації втрат доходів місцевих бюджетів внаслідок здійснення заходів, спрямованих на запобігання виникненню і поширенню короновірусної хвороби (COVID-19)</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>63</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>46</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>48</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>49</v>
@@ -4349,51 +4337,51 @@
       <c r="AO23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>103</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>435Про затвердження переліку суб’єктів господарювання, які звільняються від орендної плати протягом двох місяців у зв’язку із карантином</t>
+          <t>ID - 435,  Про затвердження переліку суб’єктів господарювання, які звільняються від орендної плати протягом двох місяців у зв’язку із карантином</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>55</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>104</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
         <v>105</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>70</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
@@ -4488,51 +4476,51 @@
       <c r="AO24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>106</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>436Про затвердження переліку суб’єктів господарювання, які звільняються від орендної плати протягом двох місяців у зв’язку із карантином</t>
+          <t>ID - 436,  Про затвердження переліку суб’єктів господарювання, які звільняються від орендної плати протягом двох місяців у зв’язку із карантином</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>63</v>
       </c>
       <c r="E25" t="s">
         <v>100</v>
       </c>
       <c r="F25" t="s">
         <v>107</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>108</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
@@ -4764,51 +4752,51 @@
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>111</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>438Про надання дозволу комунальному пiдприємству Червоноградський ринок на продовження кредиту у формi овердрафт в АТ КБ `ПриватБанк`</t>
+          <t>ID - 438,  Про надання дозволу комунальному пiдприємству Червоноградський ринок на продовження кредиту у формi овердрафт в АТ КБ `ПриватБанк`</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>76</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27" t="s">
         <v>48</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
@@ -4903,51 +4891,51 @@
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>112</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>439Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на залучення кредиту у формi овердрафт</t>
+          <t>ID - 439,  Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на залучення кредиту у формi овердрафт</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>84</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>48</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
@@ -5042,51 +5030,51 @@
       <c r="AO28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>113</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>440Про надання згоди на безоплатної передачу у комунальну власнiстьтериторiальної громади м. Червонограда в особi Червоноградської мiської ради зовнiшньої мережi електропостачання (II черга) житлово - будiвельним кооперативом `Монастирський`</t>
+          <t>ID - 440,  Про надання згоди на безоплатної передачу у комунальну власнiстьтериторiальної громади м. Червонограда в особi Червоноградської мiської ради зовнiшньої мережi електропостачання (II черга) житлово - будiвельним кооперативом `Монастирський`</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>79</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>48</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
@@ -5318,51 +5306,51 @@
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>116</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>446Про внесення змiн у рiшення Червоноградської мiської ради вiд 19.07.2018 № 940 «Про встановлення єдиного податку на територiї мiста Червонограда</t>
+          <t>ID - 446,  Про внесення змiн у рiшення Червоноградської мiської ради вiд 19.07.2018 № 940 «Про встановлення єдиного податку на територiї мiста Червонограда</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>55</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>46</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
@@ -5592,52 +5580,54 @@
         <v>49</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>119</v>
       </c>
-      <c r="C33" t="s" s="4">
-        <v>120</v>
+      <c r="C33" t="inlineStr" s="4">
+        <is>
+          <t>ID - 448,  по тексту в другому абзацу- `окрім тих що здійснюють діяльність на території  ринків`</t>
+        </is>
       </c>
       <c r="D33" t="s">
         <v>58</v>
       </c>
       <c r="E33" t="s">
         <v>45</v>
       </c>
       <c r="F33" t="s">
         <v>46</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>48</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
@@ -5727,55 +5717,55 @@
       </c>
       <c r="AN33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>449Про внесення змiн у рiшення Червоноградської мiської ради вiд 19.07.2018 № 940 «Про встановлення єдиного податку на територiї мiста Червонограда</t>
+          <t>ID - 449,  Про внесення змiн у рiшення Червоноградської мiської ради вiд 19.07.2018 № 940 «Про встановлення єдиного податку на територiї мiста Червонограда</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>63</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
       <c r="F34" t="s">
         <v>46</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>48</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -5866,55 +5856,55 @@
       </c>
       <c r="AN34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>450Про внесення змін до Комплексної програми фінансової підтримки Комунального підприємства «Центр первинної медико-санітарної допомоги м.Червонограда» та його розвитку на 2019-2020 роки</t>
+          <t>ID - 450,  Про внесення змін до Комплексної програми фінансової підтримки Комунального підприємства «Центр первинної медико-санітарної допомоги м.Червонограда» та його розвитку на 2019-2020 роки</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
       <c r="F35" t="s">
         <v>46</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>48</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
@@ -6005,55 +5995,55 @@
       </c>
       <c r="AN35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>456Про виконання міського бюджету м.Червонограда за січень- березень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
+          <t>ID - 456,  Про виконання міського бюджету м.Червонограда за січень- березень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>55</v>
       </c>
       <c r="E36" t="s">
         <v>45</v>
       </c>
       <c r="F36" t="s">
         <v>87</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
         <v>48</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -6144,54 +6134,54 @@
       </c>
       <c r="AN36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>123</v>
+      </c>
+      <c r="C37" t="s" s="4">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D37" t="s">
         <v>58</v>
       </c>
       <c r="E37" t="s">
         <v>45</v>
       </c>
       <c r="F37" t="s">
         <v>79</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>48</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
@@ -6281,55 +6271,55 @@
       </c>
       <c r="AN37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>458Про виконання міського бюджету м.Червонограда за січень- березень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
+          <t>ID - 458,  Про виконання міського бюджету м.Червонограда за січень- березень 2020 року та внесення змін до міського бюджету на 2020 рік</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>63</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38" t="s">
         <v>87</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
         <v>48</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
@@ -6420,55 +6410,55 @@
       </c>
       <c r="AN38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>459Про звернення Червоноградської мiської ради щодо виявлення фактів відвантаження, складування твердих побутових відходів</t>
+          <t>ID - 459,  Про звернення Червоноградської мiської ради щодо виявлення фактів відвантаження, складування твердих побутових відходів</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>55</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
       <c r="F39" t="s">
         <v>79</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>69</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
@@ -6559,68 +6549,68 @@
       </c>
       <c r="AN39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>460Стенограмно озвечена Фартушком Д.І. (Провести розслідування ймовірної наявної схеми захоронення на  полігон ЧТПВ  з моменту аварії на полігоні Грибовичах)</t>
+          <t>ID - 460,  Стенограмно озвечена Фартушком Д.І. (Провести розслідування ймовірної наявної схеми захоронення на  полігон ЧТПВ  з моменту аварії на полігоні Грибовичах)</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>58</v>
       </c>
       <c r="E40" t="s">
         <v>100</v>
       </c>
       <c r="F40" t="s">
+        <v>128</v>
+      </c>
+      <c r="G40" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="H40" t="s">
         <v>69</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>50</v>
       </c>
@@ -6678,74 +6668,76 @@
       <c r="AG40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO40" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>131</v>
+      </c>
+      <c r="C41" t="inlineStr" s="4">
+        <is>
+          <t>ID - 461,  замінити по тексту слова  1. `відділення` на `відділ` 2. `фури` - на  `транспортні засоби`</t>
+        </is>
       </c>
       <c r="D41" t="s">
         <v>58</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
       <c r="F41" t="s">
         <v>87</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
         <v>48</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
       </c>
@@ -6835,55 +6827,55 @@
       </c>
       <c r="AN41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>462Про звернення Червоноградської мiської ради щодо виявлення фактів відвантаження, складування твердих побутових відходів</t>
+          <t>ID - 462,  Про звернення Червоноградської мiської ради щодо виявлення фактів відвантаження, складування твердих побутових відходів</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>63</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
       </c>
       <c r="F42" t="s">
         <v>87</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>48</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
@@ -6974,55 +6966,55 @@
       </c>
       <c r="AN42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>463Про затвердження переліку (дозволу на ненарахування орендної плати) орендарів, які вимушено припинили свою діяльність у зв’язку із введенням карантину, та звільняються від орендної плати протягом двох місяців</t>
+          <t>ID - 463,  Про затвердження переліку (дозволу на ненарахування орендної плати) орендарів, які вимушено припинили свою діяльність у зв’язку із введенням карантину, та звільняються від орендної плати протягом двох місяців</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>44</v>
       </c>
       <c r="E43" t="s">
         <v>45</v>
       </c>
       <c r="F43" t="s">
         <v>104</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
         <v>48</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
@@ -7113,55 +7105,55 @@
       </c>
       <c r="AN43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>464Про затвердження переліку (дозволу на не нарахування орендної плати) орендарів, що у зв’язку із карантином призупинили свою діяльність, та звільняються від орендної плати протягом двох місяців</t>
+          <t>ID - 464,  Про затвердження переліку (дозволу на не нарахування орендної плати) орендарів, що у зв’язку із карантином призупинили свою діяльність, та звільняються від орендної плати протягом двох місяців</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>44</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
         <v>79</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>48</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
@@ -7252,55 +7244,55 @@
       </c>
       <c r="AN44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>465Про звільнення орендарів від сплати орендної плати за оренду торговельних місць на період дії карантину</t>
+          <t>ID - 465,  Про звільнення орендарів від сплати орендної плати за оренду торговельних місць на період дії карантину</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
         <v>61</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
@@ -7391,55 +7383,55 @@
       </c>
       <c r="AN45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>466Про затвердження програми Надання фiнансової пiдтримки громадським органiзацiям, громадським спiлкам на реалiзацiю соцiально-культурних проектiв на територiї Червоноградської мiської ради на 2020 рiк</t>
+          <t>ID - 466,  Про затвердження програми Надання фiнансової пiдтримки громадським органiзацiям, громадським спiлкам на реалiзацiю соцiально-культурних проектiв на територiї Червоноградської мiської ради на 2020 рiк</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
         <v>79</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
@@ -7530,55 +7522,55 @@
       </c>
       <c r="AN46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>467Про проведення конкурсу соцiально-культурних проектiв громадських органiзацiй та громадських спiлок на територiї Червоноградської мiської ради у 2020 роцi</t>
+          <t>ID - 467,  Про проведення конкурсу соцiально-культурних проектiв громадських органiзацiй та громадських спiлок на територiї Червоноградської мiської ради у 2020 роцi</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>55</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
         <v>79</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
@@ -7669,54 +7661,54 @@
       </c>
       <c r="AN47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C48" t="s" s="4">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D48" t="s">
         <v>58</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
         <v>79</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
       </c>
@@ -7806,55 +7798,55 @@
       </c>
       <c r="AN48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>469Про проведення конкурсу соцiально-культурних проектiв громадських органiзацiй та громадських спiлок на територiї Червоноградської мiської ради у 2020 роцi</t>
+          <t>ID - 469,  Про проведення конкурсу соцiально-культурних проектiв громадських органiзацiй та громадських спiлок на територiї Червоноградської мiської ради у 2020 роцi</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>63</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>79</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>48</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
@@ -7945,65 +7937,65 @@
       </c>
       <c r="AN49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>470Про затвердження складу комiсiї з визначення громадських органiзаiй, громадських спiлок, яким буде надаватись фiнансова пiдтримка на реалiзацiю соцiально-культурних проектiв за рахунок бюджетних коштiв у 2020 роцi</t>
+          <t>ID - 470,  Про затвердження складу комiсiї з визначення громадських органiзаiй, громадських спiлок, яким буде надаватись фiнансова пiдтримка на реалiзацiю соцiально-культурних проектiв за рахунок бюджетних коштiв у 2020 роцi</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
         <v>100</v>
       </c>
       <c r="F50" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
         <v>48</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>49</v>
       </c>
@@ -8084,55 +8076,55 @@
       </c>
       <c r="AN50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>471Про затвердження складу комiсiї з визначення громадських органiзаiй, громадських спiлок, яким буде надаватись фiнансова пiдтримка на реалiзацiю соцiально-культурних проектiв за рахунок бюджетних коштiв у 2020 роцi</t>
+          <t>ID - 471,  Про затвердження складу комiсiї з визначення громадських органiзаiй, громадських спiлок, яким буде надаватись фiнансова пiдтримка на реалiзацiю соцiально-культурних проектiв за рахунок бюджетних коштiв у 2020 роцi</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>44</v>
       </c>
       <c r="E51" t="s">
         <v>45</v>
       </c>
       <c r="F51" t="s">
         <v>61</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
@@ -8223,63 +8215,63 @@
       </c>
       <c r="AN51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C52" t="s" s="4">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D52" t="s">
         <v>58</v>
       </c>
       <c r="E52" t="s">
         <v>100</v>
       </c>
       <c r="F52" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>48</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>53</v>
       </c>
@@ -8360,63 +8352,63 @@
       </c>
       <c r="AN52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D53" t="s">
         <v>44</v>
       </c>
       <c r="E53" t="s">
         <v>100</v>
       </c>
       <c r="F53" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>108</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>49</v>
       </c>
@@ -8497,55 +8489,55 @@
       </c>
       <c r="AN53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>475Про встановлення вiдповiдальностi щодо усунення дискримiнацiйних вимог у тендернiй документацiї</t>
+          <t>ID - 475,  Про встановлення вiдповiдальностi щодо усунення дискримiнацiйних вимог у тендернiй документацiї</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>44</v>
       </c>
       <c r="E54" t="s">
         <v>45</v>
       </c>
       <c r="F54" t="s">
         <v>104</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
         <v>48</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
@@ -8636,55 +8628,55 @@
       </c>
       <c r="AN54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>476Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2020 рiк</t>
+          <t>ID - 476,  Про затвердження уточненого плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2020 рiк</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>44</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
       <c r="F55" t="s">
         <v>104</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
         <v>48</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
@@ -8775,54 +8767,54 @@
       </c>
       <c r="AN55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D56" t="s">
         <v>44</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
         <v>104</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>48</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
       </c>
@@ -8912,65 +8904,65 @@
       </c>
       <c r="AN56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>478Про надання згоди на безоплатну передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень у комунальну власнiсть територiальної громади м.Соснiвки в особi Соснiвської мiської ради мереж зовнiшнього освiтлення</t>
+          <t>ID - 478,  Про надання згоди на безоплатну передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень у комунальну власнiсть територiальної громади м.Соснiвки в особi Соснiвської мiської ради мереж зовнiшнього освiтлення</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>44</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="F57" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
         <v>48</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>49</v>
       </c>
@@ -9051,65 +9043,65 @@
       </c>
       <c r="AN57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>479Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, вiд ТзОВ `СОФРО`</t>
+          <t>ID - 479,  Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, вiд ТзОВ `СОФРО`</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>44</v>
       </c>
       <c r="E58" t="s">
         <v>100</v>
       </c>
       <c r="F58" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
         <v>108</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>53</v>
       </c>
@@ -9190,55 +9182,55 @@
       </c>
       <c r="AN58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>70</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>480Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, вiд ТзОВ `ВМВ Холдiнг`</t>
+          <t>ID - 480,  Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, вiд ТзОВ `ВМВ Холдiнг`</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>44</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
         <v>104</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
         <v>48</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
@@ -9329,65 +9321,65 @@
       </c>
       <c r="AN59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>481Про надання дозволу на погашення податкового боргу за рахунок майна комунального пiдприємства `Червоноградтеплокомуненерго` Червоноградської мiської ради</t>
+          <t>ID - 481,  Про надання дозволу на погашення податкового боргу за рахунок майна комунального пiдприємства `Червоноградтеплокомуненерго` Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>44</v>
       </c>
       <c r="E60" t="s">
         <v>100</v>
       </c>
       <c r="F60" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
         <v>48</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>49</v>
       </c>
@@ -9468,55 +9460,55 @@
       </c>
       <c r="AN60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>482Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
+          <t>ID - 482,  Про створення постiйно дiючої комiсiї для розгляду питань щодо вiдключення споживачiв вiд систем централiзованого опалення та постачання гарячої води</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>44</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>104</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>48</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
@@ -9607,55 +9599,55 @@
       </c>
       <c r="AN61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>483Про делегування функцій замовника по об’єкту «Реконструкція будівлі колишнього шкірвендиспансеру під розміщення Червоноградського міського військового комісаріату по вул. Шевська, 36 в м. Червоноград Львівської області» вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради</t>
+          <t>ID - 483,  Про делегування функцій замовника по об’єкту «Реконструкція будівлі колишнього шкірвендиспансеру під розміщення Червоноградського міського військового комісаріату по вул. Шевська, 36 в м. Червоноград Львівської області» вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
         <v>45</v>
       </c>
       <c r="F62" t="s">
         <v>59</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
@@ -9746,65 +9738,65 @@
       </c>
       <c r="AN62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>484Про передачу функцій замовника з реалізації проєкту «Будівництво підвищувальної насосної станції в смт. Гірник Львівської області» Департаменту розвитку та експлуатації житлово - комунального господарства</t>
+          <t>ID - 484,  Про передачу функцій замовника з реалізації проєкту «Будівництво підвищувальної насосної станції в смт. Гірник Львівської області» Департаменту розвитку та експлуатації житлово - комунального господарства</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>44</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>49</v>
       </c>
@@ -9885,63 +9877,63 @@
       </c>
       <c r="AN63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D64" t="s">
         <v>44</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>48</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>49</v>
       </c>
@@ -10022,65 +10014,65 @@
       </c>
       <c r="AN64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>520Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2020 р. № 1490</t>
+          <t>ID - 520,  Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2020 р. № 1490</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>55</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
         <v>48</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>49</v>
       </c>
@@ -10161,63 +10153,63 @@
       </c>
       <c r="AN65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D66" t="s">
         <v>58</v>
       </c>
       <c r="E66" t="s">
         <v>100</v>
       </c>
       <c r="F66" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>49</v>
       </c>
@@ -10298,63 +10290,63 @@
       </c>
       <c r="AN66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D67" t="s">
         <v>58</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>49</v>
       </c>
@@ -10435,65 +10427,65 @@
       </c>
       <c r="AN67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>523Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2020 р. № 1490</t>
+          <t>ID - 523,  Про внесення змiн до Схеми комплексного розмiщення зовнiшньої реклами в м. Червоноградi, затвердженої рiшенням Червоноградської мiської ради вiд 05.12.2020 р. № 1490</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>63</v>
       </c>
       <c r="E68" t="s">
         <v>100</v>
       </c>
       <c r="F68" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
         <v>108</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>49</v>
       </c>
@@ -10574,63 +10566,63 @@
       </c>
       <c r="AN68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69" t="s">
         <v>45</v>
       </c>
       <c r="F69" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>48</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10711,63 +10703,63 @@
       </c>
       <c r="AN69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D70" t="s">
         <v>44</v>
       </c>
       <c r="E70" t="s">
         <v>45</v>
       </c>
       <c r="F70" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
         <v>48</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>49</v>
       </c>
@@ -10848,65 +10840,65 @@
       </c>
       <c r="AN70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>526Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 526,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>44</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>49</v>
       </c>
@@ -10987,63 +10979,63 @@
       </c>
       <c r="AN71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D72" t="s">
         <v>44</v>
       </c>
       <c r="E72" t="s">
         <v>45</v>
       </c>
       <c r="F72" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>49</v>
       </c>
@@ -11124,63 +11116,63 @@
       </c>
       <c r="AN72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D73" t="s">
         <v>44</v>
       </c>
       <c r="E73" t="s">
         <v>45</v>
       </c>
       <c r="F73" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G73" t="s">
         <v>47</v>
       </c>
       <c r="H73" t="s">
         <v>48</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>49</v>
       </c>
@@ -11261,65 +11253,65 @@
       </c>
       <c r="AN73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>529Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 529,  Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>44</v>
       </c>
       <c r="E74" t="s">
         <v>100</v>
       </c>
       <c r="F74" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>48</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>49</v>
       </c>
@@ -11400,65 +11392,65 @@
       </c>
       <c r="AN74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>533Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 533,  Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>48</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>49</v>
       </c>
@@ -11539,63 +11531,63 @@
       </c>
       <c r="AN75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C76" t="s" s="4">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
         <v>100</v>
       </c>
       <c r="F76" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>69</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>53</v>
       </c>
@@ -11676,54 +11668,54 @@
       </c>
       <c r="AN76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D77" t="s">
         <v>44</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
         <v>59</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>69</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>49</v>
       </c>
@@ -11813,54 +11805,54 @@
       </c>
       <c r="AN77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D78" t="s">
         <v>44</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
         <v>104</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
       </c>
@@ -11950,108 +11942,108 @@
       </c>
       <c r="AN78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
         <v>100</v>
       </c>
       <c r="F79" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G79" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H79" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>70</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>70</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S79" t="s" s="5">
         <v>70</v>
       </c>
       <c r="T79" t="s" s="5">
         <v>70</v>
       </c>
       <c r="U79" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>50</v>
       </c>
@@ -12087,65 +12079,65 @@
       </c>
       <c r="AN79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO79" t="s" s="5">
         <v>70</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>538Про внесення змiн в рiшення Червоноградської міської ради та рішення виконавчого комітету Червоноградської міської ради народних депутатів Львівської області</t>
+          <t>ID - 538,  Про внесення змiн в рiшення Червоноградської міської ради та рішення виконавчого комітету Червоноградської міської ради народних депутатів Львівської області</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>44</v>
       </c>
       <c r="E80" t="s">
         <v>100</v>
       </c>
       <c r="F80" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G80" t="s">
         <v>47</v>
       </c>
       <c r="H80" t="s">
         <v>105</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>70</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>49</v>
       </c>
@@ -12226,54 +12218,54 @@
       </c>
       <c r="AN80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D81" t="s">
         <v>55</v>
       </c>
       <c r="E81" t="s">
         <v>45</v>
       </c>
       <c r="F81" t="s">
         <v>104</v>
       </c>
       <c r="G81" t="s">
         <v>47</v>
       </c>
       <c r="H81" t="s">
         <v>48</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>49</v>
       </c>
@@ -12363,63 +12355,63 @@
       </c>
       <c r="AN81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D82" t="s">
         <v>58</v>
       </c>
       <c r="E82" t="s">
         <v>45</v>
       </c>
       <c r="F82" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G82" t="s">
         <v>47</v>
       </c>
       <c r="H82" t="s">
         <v>48</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>49</v>
       </c>
@@ -12500,54 +12492,54 @@
       </c>
       <c r="AN82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D83" t="s">
         <v>58</v>
       </c>
       <c r="E83" t="s">
         <v>45</v>
       </c>
       <c r="F83" t="s">
         <v>59</v>
       </c>
       <c r="G83" t="s">
         <v>47</v>
       </c>
       <c r="H83" t="s">
         <v>48</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>53</v>
       </c>
@@ -12637,54 +12629,54 @@
       </c>
       <c r="AN83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D84" t="s">
         <v>58</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
       <c r="F84" t="s">
         <v>104</v>
       </c>
       <c r="G84" t="s">
         <v>47</v>
       </c>
       <c r="H84" t="s">
         <v>48</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>49</v>
       </c>
@@ -12774,54 +12766,54 @@
       </c>
       <c r="AN84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D85" t="s">
         <v>58</v>
       </c>
       <c r="E85" t="s">
         <v>45</v>
       </c>
       <c r="F85" t="s">
         <v>59</v>
       </c>
       <c r="G85" t="s">
         <v>47</v>
       </c>
       <c r="H85" t="s">
         <v>69</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>49</v>
       </c>
@@ -12911,63 +12903,63 @@
       </c>
       <c r="AN85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D86" t="s">
         <v>58</v>
       </c>
       <c r="E86" t="s">
         <v>100</v>
       </c>
       <c r="F86" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G86" t="s">
         <v>47</v>
       </c>
       <c r="H86" t="s">
         <v>105</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>49</v>
       </c>
@@ -13048,54 +13040,54 @@
       </c>
       <c r="AN86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D87" t="s">
         <v>58</v>
       </c>
       <c r="E87" t="s">
         <v>45</v>
       </c>
       <c r="F87" t="s">
         <v>104</v>
       </c>
       <c r="G87" t="s">
         <v>47</v>
       </c>
       <c r="H87" t="s">
         <v>69</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>49</v>
       </c>
@@ -13185,66 +13177,66 @@
       </c>
       <c r="AN87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D88" t="s">
         <v>58</v>
       </c>
       <c r="E88" t="s">
         <v>45</v>
       </c>
       <c r="F88" t="s">
         <v>104</v>
       </c>
       <c r="G88" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H88" t="s">
         <v>48</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O88" t="s" s="5">
         <v>50</v>
       </c>
@@ -13299,77 +13291,77 @@
       <c r="AF88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN88" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AO88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C89" t="s" s="4">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D89" t="s">
         <v>58</v>
       </c>
       <c r="E89" t="s">
         <v>45</v>
       </c>
       <c r="F89" t="s">
         <v>79</v>
       </c>
       <c r="G89" t="s">
         <v>47</v>
       </c>
       <c r="H89" t="s">
         <v>48</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>49</v>
       </c>
@@ -13459,93 +13451,93 @@
       </c>
       <c r="AN89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D90" t="s">
         <v>58</v>
       </c>
       <c r="E90" t="s">
         <v>100</v>
       </c>
       <c r="F90" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G90" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="H90" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P90" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="Q90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T90" t="s" s="5">
         <v>70</v>
       </c>
       <c r="U90" t="s" s="5">
         <v>70</v>
       </c>
       <c r="V90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X90" t="s" s="5">
         <v>50</v>
       </c>
@@ -13558,92 +13550,92 @@
       <c r="AA90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF90" t="s" s="5">
         <v>70</v>
       </c>
       <c r="AG90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH90" t="s" s="5">
         <v>70</v>
       </c>
       <c r="AI90" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AJ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL90" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AM90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D91" t="s">
         <v>58</v>
       </c>
       <c r="E91" t="s">
         <v>45</v>
       </c>
       <c r="F91" t="s">
         <v>59</v>
       </c>
       <c r="G91" t="s">
         <v>47</v>
       </c>
       <c r="H91" t="s">
         <v>105</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>70</v>
       </c>
@@ -13733,54 +13725,54 @@
       </c>
       <c r="AN91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D92" t="s">
         <v>58</v>
       </c>
       <c r="E92" t="s">
         <v>45</v>
       </c>
       <c r="F92" t="s">
         <v>79</v>
       </c>
       <c r="G92" t="s">
         <v>47</v>
       </c>
       <c r="H92" t="s">
         <v>48</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>49</v>
       </c>
@@ -13870,63 +13862,63 @@
       </c>
       <c r="AN92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D93" t="s">
         <v>58</v>
       </c>
       <c r="E93" t="s">
         <v>45</v>
       </c>
       <c r="F93" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G93" t="s">
         <v>47</v>
       </c>
       <c r="H93" t="s">
         <v>48</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>49</v>
       </c>
@@ -14007,54 +13999,54 @@
       </c>
       <c r="AN93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D94" t="s">
         <v>58</v>
       </c>
       <c r="E94" t="s">
         <v>100</v>
       </c>
       <c r="F94" t="s">
         <v>107</v>
       </c>
       <c r="G94" t="s">
         <v>47</v>
       </c>
       <c r="H94" t="s">
         <v>69</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>49</v>
       </c>
@@ -14144,63 +14136,63 @@
       </c>
       <c r="AN94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D95" t="s">
         <v>58</v>
       </c>
       <c r="E95" t="s">
         <v>100</v>
       </c>
       <c r="F95" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G95" t="s">
         <v>47</v>
       </c>
       <c r="H95" t="s">
         <v>48</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>49</v>
       </c>
@@ -14281,63 +14273,63 @@
       </c>
       <c r="AN95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D96" t="s">
         <v>58</v>
       </c>
       <c r="E96" t="s">
         <v>100</v>
       </c>
       <c r="F96" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G96" t="s">
         <v>47</v>
       </c>
       <c r="H96" t="s">
         <v>48</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>49</v>
       </c>
@@ -14418,108 +14410,108 @@
       </c>
       <c r="AN96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C97" t="s" s="4">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D97" t="s">
         <v>58</v>
       </c>
       <c r="E97" t="s">
         <v>100</v>
       </c>
       <c r="F97" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="G97" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="H97" t="s">
         <v>105</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>70</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S97" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="T97" t="s" s="5">
         <v>70</v>
       </c>
       <c r="U97" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="V97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC97" t="s" s="5">
         <v>50</v>
       </c>
@@ -14555,54 +14547,54 @@
       </c>
       <c r="AN97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D98" t="s">
         <v>58</v>
       </c>
       <c r="E98" t="s">
         <v>45</v>
       </c>
       <c r="F98" t="s">
         <v>104</v>
       </c>
       <c r="G98" t="s">
         <v>47</v>
       </c>
       <c r="H98" t="s">
         <v>48</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>49</v>
       </c>
@@ -14692,54 +14684,54 @@
       </c>
       <c r="AN98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C99" t="s" s="4">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D99" t="s">
         <v>58</v>
       </c>
       <c r="E99" t="s">
         <v>45</v>
       </c>
       <c r="F99" t="s">
         <v>59</v>
       </c>
       <c r="G99" t="s">
         <v>47</v>
       </c>
       <c r="H99" t="s">
         <v>48</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>49</v>
       </c>
@@ -14829,63 +14821,63 @@
       </c>
       <c r="AN99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C100" t="s" s="4">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D100" t="s">
         <v>58</v>
       </c>
       <c r="E100" t="s">
         <v>45</v>
       </c>
       <c r="F100" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G100" t="s">
         <v>47</v>
       </c>
       <c r="H100" t="s">
         <v>48</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>53</v>
       </c>
@@ -14966,54 +14958,54 @@
       </c>
       <c r="AN100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C101" t="s" s="4">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D101" t="s">
         <v>58</v>
       </c>
       <c r="E101" t="s">
         <v>45</v>
       </c>
       <c r="F101" t="s">
         <v>59</v>
       </c>
       <c r="G101" t="s">
         <v>47</v>
       </c>
       <c r="H101" t="s">
         <v>48</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>49</v>
       </c>
@@ -15103,54 +15095,54 @@
       </c>
       <c r="AN101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D102" t="s">
         <v>63</v>
       </c>
       <c r="E102" t="s">
         <v>45</v>
       </c>
       <c r="F102" t="s">
         <v>104</v>
       </c>
       <c r="G102" t="s">
         <v>47</v>
       </c>
       <c r="H102" t="s">
         <v>48</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>49</v>
       </c>
@@ -15240,54 +15232,54 @@
       </c>
       <c r="AN102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C103" t="s" s="4">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D103" t="s">
         <v>55</v>
       </c>
       <c r="E103" t="s">
         <v>45</v>
       </c>
       <c r="F103" t="s">
         <v>104</v>
       </c>
       <c r="G103" t="s">
         <v>47</v>
       </c>
       <c r="H103" t="s">
         <v>48</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>49</v>
       </c>
@@ -15377,54 +15369,54 @@
       </c>
       <c r="AN103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D104" t="s">
         <v>58</v>
       </c>
       <c r="E104" t="s">
         <v>45</v>
       </c>
       <c r="F104" t="s">
         <v>104</v>
       </c>
       <c r="G104" t="s">
         <v>47</v>
       </c>
       <c r="H104" t="s">
         <v>48</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>49</v>
       </c>
@@ -15514,63 +15506,63 @@
       </c>
       <c r="AN104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D105" t="s">
         <v>63</v>
       </c>
       <c r="E105" t="s">
         <v>45</v>
       </c>
       <c r="F105" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G105" t="s">
         <v>47</v>
       </c>
       <c r="H105" t="s">
         <v>48</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>49</v>
       </c>
@@ -15651,63 +15643,63 @@
       </c>
       <c r="AN105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C106" t="s" s="4">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D106" t="s">
         <v>44</v>
       </c>
       <c r="E106" t="s">
         <v>100</v>
       </c>
       <c r="F106" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G106" t="s">
         <v>47</v>
       </c>
       <c r="H106" t="s">
         <v>69</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>49</v>
       </c>
@@ -15788,54 +15780,54 @@
       </c>
       <c r="AN106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C107" t="s" s="4">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D107" t="s">
         <v>55</v>
       </c>
       <c r="E107" t="s">
         <v>45</v>
       </c>
       <c r="F107" t="s">
         <v>104</v>
       </c>
       <c r="G107" t="s">
         <v>47</v>
       </c>
       <c r="H107" t="s">
         <v>48</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>49</v>
       </c>
@@ -15925,63 +15917,63 @@
       </c>
       <c r="AN107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D108" t="s">
         <v>44</v>
       </c>
       <c r="E108" t="s">
         <v>100</v>
       </c>
       <c r="F108" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G108" t="s">
         <v>47</v>
       </c>
       <c r="H108" t="s">
         <v>108</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>49</v>
       </c>
@@ -16062,65 +16054,65 @@
       </c>
       <c r="AN108" t="s" s="5">
         <v>70</v>
       </c>
       <c r="AO108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>567Про розгляд заяв громадян Бомка Володимира Йосиповича, Дмитрова Василя Геннадійовича, Дмитров Оксани Ігорівни, Зазуляка Андрія Тарасовича, Зазуляк Кристини Володимирівни</t>
+          <t>ID - 567,  Про розгляд заяв громадян Бомка Володимира Йосиповича, Дмитрова Василя Геннадійовича, Дмитров Оксани Ігорівни, Зазуляка Андрія Тарасовича, Зазуляк Кристини Володимирівни</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>44</v>
       </c>
       <c r="E109" t="s">
         <v>100</v>
       </c>
       <c r="F109" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G109" t="s">
         <v>47</v>
       </c>
       <c r="H109" t="s">
         <v>69</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>49</v>
       </c>
@@ -16201,54 +16193,54 @@
       </c>
       <c r="AN109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C110" t="s" s="4">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="D110" t="s">
         <v>44</v>
       </c>
       <c r="E110" t="s">
         <v>45</v>
       </c>
       <c r="F110" t="s">
         <v>59</v>
       </c>
       <c r="G110" t="s">
         <v>47</v>
       </c>
       <c r="H110" t="s">
         <v>48</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>49</v>
       </c>
@@ -16338,63 +16330,63 @@
       </c>
       <c r="AN110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D111" t="s">
         <v>55</v>
       </c>
       <c r="E111" t="s">
         <v>100</v>
       </c>
       <c r="F111" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G111" t="s">
         <v>47</v>
       </c>
       <c r="H111" t="s">
         <v>48</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>49</v>
       </c>
@@ -16475,54 +16467,54 @@
       </c>
       <c r="AN111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C112" t="s" s="4">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D112" t="s">
         <v>55</v>
       </c>
       <c r="E112" t="s">
         <v>45</v>
       </c>
       <c r="F112" t="s">
         <v>59</v>
       </c>
       <c r="G112" t="s">
         <v>47</v>
       </c>
       <c r="H112" t="s">
         <v>48</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
       </c>
@@ -16612,206 +16604,206 @@
       </c>
       <c r="AN112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C113" t="s" s="4">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="D113" t="s">
         <v>58</v>
       </c>
       <c r="E113" t="s">
         <v>100</v>
       </c>
       <c r="F113" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="G113" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="H113" t="s">
         <v>48</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T113" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="U113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE113" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AF113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C114" t="s" s="4">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D114" t="s">
         <v>44</v>
       </c>
       <c r="E114" t="s">
         <v>100</v>
       </c>
       <c r="F114" t="s">
         <v>107</v>
       </c>
       <c r="G114" t="s">
         <v>47</v>
       </c>
       <c r="H114" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P114" t="s" s="5">
         <v>49</v>
       </c>
@@ -16886,54 +16878,56 @@
       </c>
       <c r="AN114" t="s" s="5">
         <v>70</v>
       </c>
       <c r="AO114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>267</v>
+      </c>
+      <c r="C115" t="inlineStr" s="4">
+        <is>
+          <t>ID - 574,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D115" t="s">
         <v>55</v>
       </c>
       <c r="E115" t="s">
         <v>45</v>
       </c>
       <c r="F115" t="s">
         <v>59</v>
       </c>
       <c r="G115" t="s">
         <v>47</v>
       </c>
       <c r="H115" t="s">
         <v>69</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>49</v>
       </c>
@@ -17023,63 +17017,63 @@
       </c>
       <c r="AN115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="D116" t="s">
         <v>58</v>
       </c>
       <c r="E116" t="s">
         <v>45</v>
       </c>
       <c r="F116" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G116" t="s">
         <v>47</v>
       </c>
       <c r="H116" t="s">
         <v>48</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>49</v>
       </c>
@@ -17160,63 +17154,65 @@
       </c>
       <c r="AN116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>270</v>
+      </c>
+      <c r="C117" t="inlineStr" s="4">
+        <is>
+          <t>ID - 576,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D117" t="s">
         <v>63</v>
       </c>
       <c r="E117" t="s">
         <v>45</v>
       </c>
       <c r="F117" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="G117" t="s">
         <v>47</v>
       </c>
       <c r="H117" t="s">
         <v>69</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N117" t="s" s="5">
         <v>49</v>
       </c>
@@ -17297,108 +17293,108 @@
       </c>
       <c r="AN117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C118" t="s" s="4">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D118" t="s">
         <v>55</v>
       </c>
       <c r="E118" t="s">
         <v>45</v>
       </c>
       <c r="F118" t="s">
         <v>104</v>
       </c>
       <c r="G118" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H118" t="s">
         <v>48</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U118" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="V118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC118" t="s" s="5">
         <v>50</v>
       </c>
@@ -17434,54 +17430,54 @@
       </c>
       <c r="AN118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D119" t="s">
         <v>58</v>
       </c>
       <c r="E119" t="s">
         <v>45</v>
       </c>
       <c r="F119" t="s">
         <v>104</v>
       </c>
       <c r="G119" t="s">
         <v>47</v>
       </c>
       <c r="H119" t="s">
         <v>48</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>49</v>
       </c>
@@ -17571,108 +17567,108 @@
       </c>
       <c r="AN119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C120" t="s" s="4">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D120" t="s">
         <v>63</v>
       </c>
       <c r="E120" t="s">
         <v>100</v>
       </c>
       <c r="F120" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G120" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H120" t="s">
         <v>108</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>70</v>
       </c>
       <c r="L120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U120" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="V120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X120" t="s" s="5">
         <v>70</v>
       </c>
       <c r="Y120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC120" t="s" s="5">
         <v>50</v>
       </c>
@@ -17708,55 +17704,55 @@
       </c>
       <c r="AN120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>580Про затвердження проектів землеустрою щодо відведення земельних ділянок, технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про включення в перелік земельних діляноки для продажу права їх оренди на земельному аукціоні</t>
+          <t>ID - 580,  Про затвердження проектів землеустрою щодо відведення земельних ділянок, технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про включення в перелік земельних діляноки для продажу права їх оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>55</v>
       </c>
       <c r="E121" t="s">
         <v>45</v>
       </c>
       <c r="F121" t="s">
         <v>104</v>
       </c>
       <c r="G121" t="s">
         <v>47</v>
       </c>
       <c r="H121" t="s">
         <v>48</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>49</v>
@@ -17847,54 +17843,54 @@
       </c>
       <c r="AN121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C122" t="s" s="4">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D122" t="s">
         <v>58</v>
       </c>
       <c r="E122" t="s">
         <v>45</v>
       </c>
       <c r="F122" t="s">
         <v>104</v>
       </c>
       <c r="G122" t="s">
         <v>47</v>
       </c>
       <c r="H122" t="s">
         <v>48</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>49</v>
       </c>
@@ -17984,55 +17980,55 @@
       </c>
       <c r="AN122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>582Про затвердження проектів землеустрою щодо відведення земельних ділянок, технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про включення в перелік земельних діляноки для продажу права їх оренди на земельному аукціоні</t>
+          <t>ID - 582,  Про затвердження проектів землеустрою щодо відведення земельних ділянок, технічної документації щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про включення в перелік земельних діляноки для продажу права їх оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>63</v>
       </c>
       <c r="E123" t="s">
         <v>45</v>
       </c>
       <c r="F123" t="s">
         <v>104</v>
       </c>
       <c r="G123" t="s">
         <v>47</v>
       </c>
       <c r="H123" t="s">
         <v>69</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>49</v>
@@ -18128,643 +18124,643 @@
         <v>49</v>
       </c>
       <c r="AP123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="124">
       <c r="A124"/>
       <c r="B124"/>
       <c r="C124"/>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124"/>
       <c r="I124" t="s">
+        <v>281</v>
+      </c>
+      <c r="J124" t="s">
+        <v>282</v>
+      </c>
+      <c r="K124" t="s">
+        <v>283</v>
+      </c>
+      <c r="L124" t="s">
+        <v>284</v>
+      </c>
+      <c r="M124" t="s">
+        <v>282</v>
+      </c>
+      <c r="N124" t="s">
         <v>285</v>
       </c>
-      <c r="J124" t="s">
+      <c r="O124" t="s">
         <v>286</v>
       </c>
-      <c r="K124" t="s">
+      <c r="P124" t="s">
         <v>287</v>
-      </c>
-[...13 lines deleted...]
-        <v>291</v>
       </c>
       <c r="Q124" t="s">
         <v>61</v>
       </c>
       <c r="R124" t="s">
+        <v>288</v>
+      </c>
+      <c r="S124" t="s">
+        <v>289</v>
+      </c>
+      <c r="T124" t="s">
+        <v>290</v>
+      </c>
+      <c r="U124" t="s">
+        <v>291</v>
+      </c>
+      <c r="V124" t="s">
         <v>292</v>
-      </c>
-[...10 lines deleted...]
-        <v>296</v>
       </c>
       <c r="W124" t="s">
         <v>107</v>
       </c>
       <c r="X124" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="Y124" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="Z124" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="AA124" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="AB124" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="AC124" t="s">
         <v>59</v>
       </c>
       <c r="AD124" t="s">
         <v>87</v>
       </c>
       <c r="AE124" t="s">
+        <v>289</v>
+      </c>
+      <c r="AF124" t="s">
+        <v>294</v>
+      </c>
+      <c r="AG124" t="s">
+        <v>286</v>
+      </c>
+      <c r="AH124" t="s">
         <v>293</v>
       </c>
-      <c r="AF124" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI124" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="AJ124" t="s">
         <v>79</v>
       </c>
       <c r="AK124" t="s">
+        <v>295</v>
+      </c>
+      <c r="AL124" t="s">
+        <v>290</v>
+      </c>
+      <c r="AM124" t="s">
+        <v>296</v>
+      </c>
+      <c r="AN124" t="s">
+        <v>297</v>
+      </c>
+      <c r="AO124" t="s">
+        <v>298</v>
+      </c>
+      <c r="AP124" t="s">
+        <v>295</v>
+      </c>
+      <c r="AQ124" t="s">
         <v>299</v>
       </c>
-      <c r="AL124" t="s">
-[...2 lines deleted...]
-      <c r="AM124" t="s">
+      <c r="AR124" t="s">
         <v>300</v>
       </c>
-      <c r="AN124" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AS124" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
     </row>
     <row r="125">
       <c r="A125"/>
       <c r="B125"/>
       <c r="C125"/>
       <c r="D125"/>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125"/>
       <c r="H125"/>
       <c r="I125" t="s">
         <v>47</v>
       </c>
       <c r="J125" t="s">
         <v>47</v>
       </c>
       <c r="K125" t="s">
         <v>47</v>
       </c>
       <c r="L125" t="s">
         <v>47</v>
       </c>
       <c r="M125" t="s">
         <v>47</v>
       </c>
       <c r="N125" t="s">
         <v>47</v>
       </c>
       <c r="O125" t="s">
         <v>47</v>
       </c>
       <c r="P125" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="Q125" t="s">
         <v>47</v>
       </c>
       <c r="R125" t="s">
         <v>47</v>
       </c>
       <c r="S125" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="T125" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="U125" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="V125" t="s">
         <v>47</v>
       </c>
       <c r="W125" t="s">
         <v>47</v>
       </c>
       <c r="X125" t="s">
         <v>47</v>
       </c>
       <c r="Y125" t="s">
         <v>47</v>
       </c>
       <c r="Z125" t="s">
         <v>47</v>
       </c>
       <c r="AA125" t="s">
         <v>47</v>
       </c>
       <c r="AB125" t="s">
         <v>47</v>
       </c>
       <c r="AC125" t="s">
         <v>47</v>
       </c>
       <c r="AD125" t="s">
         <v>47</v>
       </c>
       <c r="AE125" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AF125" t="s">
         <v>47</v>
       </c>
       <c r="AG125" t="s">
         <v>47</v>
       </c>
       <c r="AH125" t="s">
         <v>47</v>
       </c>
       <c r="AI125" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AJ125" t="s">
         <v>47</v>
       </c>
       <c r="AK125" t="s">
         <v>47</v>
       </c>
       <c r="AL125" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AM125" t="s">
         <v>47</v>
       </c>
       <c r="AN125" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AO125" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AP125" t="s">
         <v>47</v>
       </c>
       <c r="AQ125" t="s">
         <v>47</v>
       </c>
       <c r="AR125" t="s">
         <v>47</v>
       </c>
       <c r="AS125" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="126">
       <c r="A126"/>
       <c r="B126"/>
       <c r="C126"/>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126"/>
       <c r="I126" t="s">
+        <v>302</v>
+      </c>
+      <c r="J126" t="s">
+        <v>303</v>
+      </c>
+      <c r="K126" t="s">
+        <v>304</v>
+      </c>
+      <c r="L126" t="s">
+        <v>305</v>
+      </c>
+      <c r="M126" t="s">
         <v>306</v>
       </c>
-      <c r="J126" t="s">
+      <c r="N126" t="s">
+        <v>306</v>
+      </c>
+      <c r="O126" t="s">
+        <v>306</v>
+      </c>
+      <c r="P126" t="s">
+        <v>303</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>302</v>
+      </c>
+      <c r="R126" t="s">
+        <v>306</v>
+      </c>
+      <c r="S126" t="s">
         <v>307</v>
       </c>
-      <c r="K126" t="s">
+      <c r="T126" t="s">
         <v>308</v>
       </c>
-      <c r="L126" t="s">
+      <c r="U126" t="s">
         <v>309</v>
       </c>
-      <c r="M126" t="s">
+      <c r="V126" t="s">
+        <v>306</v>
+      </c>
+      <c r="W126" t="s">
+        <v>306</v>
+      </c>
+      <c r="X126" t="s">
+        <v>302</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>306</v>
+      </c>
+      <c r="Z126" t="s">
+        <v>306</v>
+      </c>
+      <c r="AA126" t="s">
+        <v>306</v>
+      </c>
+      <c r="AB126" t="s">
+        <v>306</v>
+      </c>
+      <c r="AC126" t="s">
+        <v>303</v>
+      </c>
+      <c r="AD126" t="s">
+        <v>306</v>
+      </c>
+      <c r="AE126" t="s">
         <v>310</v>
       </c>
-      <c r="N126" t="s">
-[...8 lines deleted...]
-      <c r="Q126" t="s">
+      <c r="AF126" t="s">
+        <v>303</v>
+      </c>
+      <c r="AG126" t="s">
         <v>306</v>
       </c>
-      <c r="R126" t="s">
-[...17 lines deleted...]
-      <c r="X126" t="s">
+      <c r="AH126" t="s">
+        <v>304</v>
+      </c>
+      <c r="AI126" t="s">
         <v>306</v>
       </c>
-      <c r="Y126" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AJ126" t="s">
+        <v>302</v>
+      </c>
+      <c r="AK126" t="s">
+        <v>302</v>
+      </c>
+      <c r="AL126" t="s">
+        <v>302</v>
+      </c>
+      <c r="AM126" t="s">
         <v>306</v>
       </c>
-      <c r="AK126" t="s">
+      <c r="AN126" t="s">
+        <v>303</v>
+      </c>
+      <c r="AO126" t="s">
+        <v>303</v>
+      </c>
+      <c r="AP126" t="s">
         <v>306</v>
       </c>
-      <c r="AL126" t="s">
+      <c r="AQ126" t="s">
         <v>306</v>
       </c>
-      <c r="AM126" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AR126" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="AS126" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="127">
       <c r="A127"/>
       <c r="B127"/>
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127"/>
       <c r="I127" t="s">
+        <v>311</v>
+      </c>
+      <c r="J127" t="s">
+        <v>312</v>
+      </c>
+      <c r="K127" t="s">
+        <v>313</v>
+      </c>
+      <c r="L127" t="s">
+        <v>314</v>
+      </c>
+      <c r="M127" t="s">
+        <v>311</v>
+      </c>
+      <c r="N127" t="s">
         <v>315</v>
       </c>
-      <c r="J127" t="s">
+      <c r="O127" t="s">
+        <v>312</v>
+      </c>
+      <c r="P127" t="s">
+        <v>315</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>312</v>
+      </c>
+      <c r="R127" t="s">
         <v>316</v>
       </c>
-      <c r="K127" t="s">
+      <c r="S127" t="s">
         <v>317</v>
       </c>
-      <c r="L127" t="s">
+      <c r="T127" t="s">
         <v>318</v>
       </c>
-      <c r="M127" t="s">
+      <c r="U127" t="s">
+        <v>314</v>
+      </c>
+      <c r="V127" t="s">
+        <v>319</v>
+      </c>
+      <c r="W127" t="s">
+        <v>320</v>
+      </c>
+      <c r="X127" t="s">
+        <v>321</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>312</v>
+      </c>
+      <c r="Z127" t="s">
+        <v>322</v>
+      </c>
+      <c r="AA127" t="s">
+        <v>322</v>
+      </c>
+      <c r="AB127" t="s">
+        <v>323</v>
+      </c>
+      <c r="AC127" t="s">
+        <v>324</v>
+      </c>
+      <c r="AD127" t="s">
+        <v>320</v>
+      </c>
+      <c r="AE127" t="s">
+        <v>325</v>
+      </c>
+      <c r="AF127" t="s">
+        <v>322</v>
+      </c>
+      <c r="AG127" t="s">
+        <v>312</v>
+      </c>
+      <c r="AH127" t="s">
+        <v>314</v>
+      </c>
+      <c r="AI127" t="s">
         <v>315</v>
       </c>
-      <c r="N127" t="s">
-[...11 lines deleted...]
-      <c r="R127" t="s">
+      <c r="AJ127" t="s">
+        <v>313</v>
+      </c>
+      <c r="AK127" t="s">
+        <v>315</v>
+      </c>
+      <c r="AL127" t="s">
+        <v>326</v>
+      </c>
+      <c r="AM127" t="s">
         <v>320</v>
       </c>
-      <c r="S127" t="s">
-[...5 lines deleted...]
-      <c r="U127" t="s">
+      <c r="AN127" t="s">
+        <v>314</v>
+      </c>
+      <c r="AO127" t="s">
         <v>318</v>
       </c>
-      <c r="V127" t="s">
-[...17 lines deleted...]
-      <c r="AB127" t="s">
+      <c r="AP127" t="s">
+        <v>315</v>
+      </c>
+      <c r="AQ127" t="s">
+        <v>312</v>
+      </c>
+      <c r="AR127" t="s">
         <v>327</v>
       </c>
-      <c r="AC127" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="AS127" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="128">
       <c r="A128"/>
       <c r="B128"/>
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128"/>
       <c r="I128" t="s">
+        <v>328</v>
+      </c>
+      <c r="J128" t="s">
+        <v>329</v>
+      </c>
+      <c r="K128" t="s">
+        <v>330</v>
+      </c>
+      <c r="L128" t="s">
+        <v>331</v>
+      </c>
+      <c r="M128" t="s">
         <v>332</v>
       </c>
-      <c r="J128" t="s">
+      <c r="N128" t="s">
+        <v>328</v>
+      </c>
+      <c r="O128" t="s">
         <v>333</v>
       </c>
-      <c r="K128" t="s">
+      <c r="P128" t="s">
+        <v>328</v>
+      </c>
+      <c r="Q128" t="s">
         <v>334</v>
       </c>
-      <c r="L128" t="s">
+      <c r="R128" t="s">
         <v>335</v>
       </c>
-      <c r="M128" t="s">
+      <c r="S128" t="s">
         <v>336</v>
       </c>
-      <c r="N128" t="s">
-[...2 lines deleted...]
-      <c r="O128" t="s">
+      <c r="T128" t="s">
+        <v>328</v>
+      </c>
+      <c r="U128" t="s">
         <v>337</v>
       </c>
-      <c r="P128" t="s">
-[...2 lines deleted...]
-      <c r="Q128" t="s">
+      <c r="V128" t="s">
+        <v>329</v>
+      </c>
+      <c r="W128" t="s">
         <v>338</v>
       </c>
-      <c r="R128" t="s">
+      <c r="X128" t="s">
         <v>339</v>
       </c>
-      <c r="S128" t="s">
+      <c r="Y128" t="s">
         <v>340</v>
       </c>
-      <c r="T128" t="s">
-[...2 lines deleted...]
-      <c r="U128" t="s">
+      <c r="Z128" t="s">
+        <v>328</v>
+      </c>
+      <c r="AA128" t="s">
+        <v>328</v>
+      </c>
+      <c r="AB128" t="s">
         <v>341</v>
       </c>
-      <c r="V128" t="s">
+      <c r="AC128" t="s">
+        <v>342</v>
+      </c>
+      <c r="AD128" t="s">
+        <v>343</v>
+      </c>
+      <c r="AE128" t="s">
+        <v>336</v>
+      </c>
+      <c r="AF128" t="s">
+        <v>344</v>
+      </c>
+      <c r="AG128" t="s">
         <v>333</v>
       </c>
-      <c r="W128" t="s">
-[...2 lines deleted...]
-      <c r="X128" t="s">
+      <c r="AH128" t="s">
+        <v>345</v>
+      </c>
+      <c r="AI128" t="s">
+        <v>328</v>
+      </c>
+      <c r="AJ128" t="s">
         <v>343</v>
       </c>
-      <c r="Y128" t="s">
+      <c r="AK128" t="s">
+        <v>328</v>
+      </c>
+      <c r="AL128" t="s">
+        <v>328</v>
+      </c>
+      <c r="AM128" t="s">
+        <v>346</v>
+      </c>
+      <c r="AN128" t="s">
+        <v>347</v>
+      </c>
+      <c r="AO128" t="s">
+        <v>328</v>
+      </c>
+      <c r="AP128" t="s">
         <v>344</v>
       </c>
-      <c r="Z128" t="s">
-[...17 lines deleted...]
-      <c r="AF128" t="s">
+      <c r="AQ128" t="s">
         <v>348</v>
       </c>
-      <c r="AG128" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AR128" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="AS128" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>