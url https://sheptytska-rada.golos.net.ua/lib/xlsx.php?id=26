--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="249">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XLIX сесія VII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Золочiвський Володимир Петрович</t>
   </si>
   <si>
     <t>Герасимов Андрiй Володимирович</t>
   </si>
   <si>
@@ -167,474 +167,468 @@
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>20.02.20  11:25:22</t>
   </si>
   <si>
-    <t>305Зменшити витрати на фотоапарат до 20 тисяч</t>
+    <t>ID - 305,  Зменшити витрати на фотоапарат до 20 тисяч</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>20.02.20  11:26:06</t>
   </si>
   <si>
     <t>20.02.20  11:27:13</t>
   </si>
   <si>
-    <t>307Озвучена по стенограмі Сементух Л.І. </t>
+    <t>ID - 307,  Озвучена по стенограмі Сементух Л.І. </t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>20.02.20  11:41:09</t>
   </si>
   <si>
-    <t>308Розділити кошти на Комунальник 100 тисяч гривень на розмітку, 100 тисяч на дорожні знаки</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>20.02.20  11:43:42</t>
   </si>
   <si>
-    <t>309вилучити кошти які передбачені на проектні роботи по цвинтарб</t>
+    <t>ID - 309,  вилучити кошти які передбачені на проектні роботи по цвинтарб</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 4</t>
   </si>
   <si>
     <t>Утримались: 10</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>20.02.20  11:51:07</t>
   </si>
   <si>
     <t>За: 3</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 11</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>20.02.20  11:54:51</t>
   </si>
   <si>
-    <t>311В програмі по спорту передбачити 10 тисяч на  карате і 10 тисяч на ФК`Лідер`</t>
+    <t>ID - 311,  В програмі по спорту передбачити 10 тисяч на  карате і 10 тисяч на ФК`Лідер`</t>
   </si>
   <si>
     <t>20.02.20  11:56:18</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>20.02.20  11:59:54</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>20.02.20  12:09:04</t>
   </si>
   <si>
     <t>20.02.20  12:11:49</t>
   </si>
   <si>
     <t>20.02.20  12:12:21</t>
   </si>
   <si>
     <t>20.02.20  12:15:25</t>
   </si>
   <si>
     <t>20.02.20  12:17:14</t>
   </si>
   <si>
-    <t>318Про надання одноразової грошової допомоги</t>
+    <t>ID - 318,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>20.02.20  12:22:41</t>
   </si>
   <si>
     <t>20.02.20  12:23:18</t>
   </si>
   <si>
-    <t>320Про надання одноразової грошової допомоги</t>
+    <t>ID - 320,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>20.02.20  12:29:40</t>
   </si>
   <si>
     <t>20.02.20  12:32:53</t>
   </si>
   <si>
     <t>20.02.20  12:36:05</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>20.02.20  12:37:45</t>
   </si>
   <si>
-    <t>324Про затверження Плану доброчесності міста Червоноград 2020 - 2022</t>
+    <t>ID - 324,  Про затверження Плану доброчесності міста Червоноград 2020 - 2022</t>
   </si>
   <si>
     <t>20.02.20  12:50:10</t>
   </si>
   <si>
     <t>20.02.20  12:55:26</t>
   </si>
   <si>
     <t>20.02.20  13:15:50</t>
   </si>
   <si>
-    <t>327Про затвердження Стратегії туристичного розвитку міста Червоноград на 2020 рік</t>
+    <t>ID - 327,  Про затвердження Стратегії туристичного розвитку міста Червоноград на 2020 рік</t>
   </si>
   <si>
     <t>20.02.20  14:51:30</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>20.02.20  14:53:52</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>20.02.20  14:58:59</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>20.02.20  15:06:29</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>20.02.20  15:12:21</t>
   </si>
   <si>
     <t>20.02.20  15:43:33</t>
   </si>
   <si>
     <t>Утримались: 5</t>
   </si>
   <si>
     <t>20.02.20  15:45:36</t>
   </si>
   <si>
     <t>20.02.20  15:48:00</t>
   </si>
   <si>
     <t>20.02.20  15:53:53</t>
   </si>
   <si>
     <t>20.02.20  15:55:48</t>
   </si>
   <si>
-    <t>337Про затвердження Положення про управління праці та соціального захисту</t>
+    <t>ID - 337,  Про затвердження Положення про управління праці та соціального захисту</t>
   </si>
   <si>
     <t>20.02.20  15:59:22</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>20.02.20  16:00:36</t>
   </si>
   <si>
     <t>20.02.20  16:02:37</t>
   </si>
   <si>
     <t>20.02.20  16:04:43</t>
   </si>
   <si>
     <t>20.02.20  16:05:45</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>20.02.20  16:07:00</t>
   </si>
   <si>
     <t>20.02.20  16:08:40</t>
   </si>
   <si>
     <t>20.02.20  16:10:01</t>
   </si>
   <si>
-    <t>345внести змінги у п. 1 -  250 плит для КП `ЧУЖС`</t>
+    <t>ID - 345,  внести змінги у п. 1 -  250 плит для КП `ЧУЖС`</t>
   </si>
   <si>
     <t>20.02.20  16:10:32</t>
   </si>
   <si>
     <t>20.02.20  16:11:18</t>
   </si>
   <si>
     <t>20.02.20  16:12:15</t>
   </si>
   <si>
     <t>20.02.20  16:13:46</t>
   </si>
   <si>
     <t>20.02.20  16:15:05</t>
   </si>
   <si>
     <t>20.02.20  16:16:34</t>
   </si>
   <si>
     <t>20.02.20  16:17:27</t>
   </si>
   <si>
-    <t>352Про змiну складу постiйних депутатських комiсiй мiської ради</t>
+    <t>ID - 352,  Про змiну складу постiйних депутатських комiсiй мiської ради</t>
   </si>
   <si>
     <t>20.02.20  16:20:35</t>
   </si>
   <si>
     <t>20.02.20  16:22:37</t>
   </si>
   <si>
-    <t>354 Про підтримку звернення  Львівської обласної ради</t>
+    <t>ID - 354,   Про підтримку звернення  Львівської обласної ради</t>
   </si>
   <si>
     <t>За: 6</t>
   </si>
   <si>
     <t>27.02.20  10:22:32</t>
   </si>
   <si>
-    <t>360Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок </t>
+    <t>ID - 360,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок </t>
   </si>
   <si>
     <t>27.02.20  10:23:52</t>
   </si>
   <si>
-    <t>361Про затвердження технiчної документацiї iз землеустрою</t>
+    <t>ID - 361,  Про затвердження технiчної документацiї iз землеустрою</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>27.02.20  10:25:17</t>
   </si>
   <si>
     <t>27.02.20  10:26:57</t>
   </si>
   <si>
-    <t>363Про надання дозволу на виготовлення технічних документацій із землеустрою</t>
+    <t>ID - 363,  Про надання дозволу на виготовлення технічних документацій із землеустрою</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>27.02.20  10:34:32</t>
   </si>
   <si>
-    <t>365Про розгляд заяв громадян - учасникiв антитерористичної операцiї</t>
+    <t>ID - 365,  Про розгляд заяв громадян - учасникiв антитерористичної операцiї</t>
   </si>
   <si>
     <t>27.02.20  10:37:36</t>
   </si>
   <si>
-    <t>366Про розгляд заяви громадянина Зробка Михайла Володимировича</t>
+    <t>ID - 366,  Про розгляд заяви громадянина Зробка Михайла Володимировича</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>27.02.20  10:39:05</t>
   </si>
   <si>
-    <t>367Про розгляд клопотань КП «Червонограджитлокомунсервіс»</t>
+    <t>ID - 367,  Про розгляд клопотань КП «Червонограджитлокомунсервіс»</t>
   </si>
   <si>
     <t>27.02.20  10:40:04</t>
   </si>
   <si>
-    <t>368Про розгляд заяви громадянина Цьоми Петра Стефановича</t>
+    <t>ID - 368,  Про розгляд заяви громадянина Цьоми Петра Стефановича</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>27.02.20  10:43:09</t>
   </si>
   <si>
-    <t>369Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 369,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>27.02.20  10:44:32</t>
   </si>
   <si>
     <t>27.02.20  10:47:23</t>
   </si>
   <si>
-    <t>371Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
+    <t>ID - 371,  Про розгляд клопотання ТОВ «ОСТ-ВЕСТ ДРЕВ»</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>27.02.20  10:51:59</t>
   </si>
   <si>
-    <t>372Про розгляд заяви ФОП Ткача Миколи Васильовича</t>
+    <t>ID - 372,  Про розгляд заяви ФОП Ткача Миколи Васильовича</t>
   </si>
   <si>
     <t>27.02.20  10:53:28</t>
   </si>
   <si>
-    <t>373Про передачу КП «Комунальник» у постійне користування земельної ділянки</t>
+    <t>ID - 373,  Про передачу КП «Комунальник» у постійне користування земельної ділянки</t>
   </si>
   <si>
     <t>27.02.20  10:54:46</t>
   </si>
   <si>
-    <t>374Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 374,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>27.02.20  10:55:55</t>
   </si>
   <si>
-    <t>375Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>27.02.20  10:58:22</t>
   </si>
   <si>
-    <t>376Про розгляд клопотання Товариства з обмеженою відповідальністю «Мебель-Сервіс»</t>
+    <t>ID - 376,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Мебель-Сервіс»</t>
   </si>
   <si>
     <t>27.02.20  10:59:48</t>
   </si>
   <si>
-    <t>377Про затвердження технічної документації щодо поділу земельної ділянки</t>
+    <t>ID - 377,  Про затвердження технічної документації щодо поділу земельної ділянки</t>
   </si>
   <si>
     <t>27.02.20  11:02:19</t>
   </si>
   <si>
-    <t>378Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
+    <t>ID - 378,  Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
   </si>
   <si>
     <t>27.02.20  11:11:15</t>
   </si>
   <si>
     <t>27.02.20  11:11:51</t>
   </si>
   <si>
-    <t>380Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
+    <t>ID - 380,  Про розгляд клопотання Приватного підприємства фірми «ПЕА»</t>
   </si>
   <si>
     <t>27.02.20  11:15:13</t>
   </si>
   <si>
-    <t>381Про розгляд клопотання ПП «Майдан»</t>
+    <t>ID - 381,  Про розгляд клопотання ПП «Майдан»</t>
   </si>
   <si>
     <t>27.02.20  11:18:25</t>
   </si>
   <si>
     <t>За: 12</t>
   </si>
   <si>
     <t>27.02.20  11:18:56</t>
   </si>
   <si>
-    <t>383Про розгляд клопотання ПП «Майдан»</t>
+    <t>ID - 383,  Про розгляд клопотання ПП «Майдан»</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>27.02.20  11:20:19</t>
   </si>
   <si>
-    <t>384Про розгляд заяви громадянки Зазуляк Кристини Володимирівни</t>
+    <t>ID - 384,  Про розгляд заяви громадянки Зазуляк Кристини Володимирівни</t>
   </si>
   <si>
     <t>За: 11</t>
   </si>
   <si>
     <t>27.02.20  11:22:35</t>
   </si>
   <si>
     <t>27.02.20  11:24:23</t>
   </si>
   <si>
-    <t>386Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
+    <t>ID - 386,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СОКМЕ»</t>
   </si>
   <si>
     <t>27.02.20  11:26:23</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>27.02.20  11:31:39</t>
   </si>
   <si>
     <t>За: 75</t>
   </si>
   <si>
     <t>За: 37</t>
   </si>
   <si>
     <t>За: 71</t>
   </si>
   <si>
     <t>За: 66</t>
   </si>
   <si>
     <t>За: 52</t>
   </si>
@@ -1019,51 +1013,51 @@
       <c r="AO1" t="s" s="3">
         <v>37</v>
       </c>
       <c r="AP1" t="s" s="3">
         <v>38</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>42</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>304Про виконання міського бюджету м. Червонограда за 2019 рік та внесення змiн до мiського бюджету на 2020 рiк</t>
+          <t>ID - 304,  Про виконання міського бюджету м. Червонограда за 2019 рік та внесення змiн до мiського бюджету на 2020 рiк</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>43</v>
       </c>
       <c r="E2" t="s">
         <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>45</v>
       </c>
       <c r="G2" t="s">
         <v>46</v>
       </c>
       <c r="H2" t="s">
         <v>47</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>48</v>
@@ -1295,51 +1289,51 @@
       <c r="AO3" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>306Збільшити витрати на 300 тисяч добавити на опалення та збільшення запрлати спортивним тренерам </t>
+          <t>ID - 306,  Збільшити витрати на 300 тисяч добавити на опалення та збільшення запрлати спортивним тренерам </t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>53</v>
       </c>
       <c r="E4" t="s">
         <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>45</v>
       </c>
       <c r="G4" t="s">
         <v>46</v>
       </c>
       <c r="H4" t="s">
         <v>47</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>48</v>
@@ -1569,61 +1563,63 @@
         <v>48</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
-      <c r="C6" t="s" s="4">
-        <v>59</v>
+      <c r="C6" t="inlineStr" s="4">
+        <is>
+          <t>ID - 308,  Розділити кошти на Комунальник 100 тисяч гривень на розмітку, 100 тисяч на дорожні знаки</t>
+        </is>
       </c>
       <c r="D6" t="s">
         <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G6" t="s">
         <v>46</v>
       </c>
       <c r="H6" t="s">
         <v>47</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>48</v>
       </c>
@@ -1704,339 +1700,339 @@
       </c>
       <c r="AN6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s" s="4">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D7" t="s">
         <v>53</v>
       </c>
       <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G7" t="s">
         <v>46</v>
       </c>
       <c r="H7" t="s">
+        <v>64</v>
+      </c>
+      <c r="I7" t="s" s="5">
         <v>65</v>
       </c>
-      <c r="I7" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN7" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>310Вилучити кошти на співфінансування моста і боргів ринку Левада , перемісти ці кошти на заробітну плану працівників освіти</t>
+          <t>ID - 310,  Вилучити кошти на співфінансування моста і боргів ринку Левада , перемісти ці кошти на заробітну плану працівників освіти</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>53</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
         <v>68</v>
       </c>
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>69</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s" s="5">
+        <v>65</v>
+      </c>
+      <c r="J8" t="s" s="5">
         <v>70</v>
       </c>
-      <c r="I8" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="K8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AI8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AJ8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AK8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AM8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO8" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s" s="4">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D9" t="s">
         <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G9" t="s">
         <v>46</v>
       </c>
       <c r="H9" t="s">
         <v>47</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>48</v>
       </c>
@@ -2117,65 +2113,65 @@
       </c>
       <c r="AN9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>312Про виконання міського бюджету м. Червонограда за 2019 рік та внесення змiн до мiського бюджету на 2020 рiк</t>
+          <t>ID - 312,  Про виконання міського бюджету м. Червонограда за 2019 рік та внесення змiн до мiського бюджету на 2020 рiк</t>
         </is>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
       <c r="H10" t="s">
         <v>47</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>48</v>
       </c>
@@ -2256,65 +2252,65 @@
       </c>
       <c r="AN10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>313Про затвердження Програми фінансової підтримки комунального закладу Львівської обласної ради «Львівськиий історичний музей» на 2020 рік</t>
+          <t>ID - 313,  Про затвердження Програми фінансової підтримки комунального закладу Львівської обласної ради «Львівськиий історичний музей» на 2020 рік</t>
         </is>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E11" t="s">
         <v>44</v>
       </c>
       <c r="F11" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G11" t="s">
         <v>46</v>
       </c>
       <c r="H11" t="s">
         <v>47</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>48</v>
       </c>
@@ -2395,65 +2391,65 @@
       </c>
       <c r="AN11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>314Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2020 рік</t>
+          <t>ID - 314,  Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2020 рік</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
         <v>44</v>
       </c>
       <c r="F12" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G12" t="s">
         <v>46</v>
       </c>
       <c r="H12" t="s">
         <v>47</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>48</v>
       </c>
@@ -2534,65 +2530,65 @@
       </c>
       <c r="AN12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>315Передбачити у програмі виплати загиблим учасникам АТО які не отримали статус загиблого по 5 прожиткових мінімумів</t>
+          <t>ID - 315,  Передбачити у програмі виплати загиблим учасникам АТО які не отримали статус загиблого по 5 прожиткових мінімумів</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>53</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G13" t="s">
         <v>46</v>
       </c>
       <c r="H13" t="s">
         <v>47</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>48</v>
       </c>
@@ -2673,59 +2669,59 @@
       </c>
       <c r="AN13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>316Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2020 рік</t>
+          <t>ID - 316,  Про затвердження Міської програми соціальної підтримки учасників антитерористичної операції (операції об’єднаних сил) та постраждалих учасників Революції Гідності на 2020 рік</t>
         </is>
       </c>
       <c r="D14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>45</v>
       </c>
       <c r="G14" t="s">
         <v>46</v>
       </c>
       <c r="H14" t="s">
         <v>47</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L14" t="s" s="5">
         <v>48</v>
       </c>
@@ -2812,65 +2808,65 @@
       </c>
       <c r="AN14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>317Про затвердження Порядку звільнення учасників АТО (ООС) та членів їх сімей, членів сімей загиблих/померлих учасників АТО (ООС), бійців-добровольців АТО , постраждалих учасників Революції Гідності від сплати за послуги з утримання будинків та прибудинкових територій незалежно від форми власності житлового фонду</t>
+          <t>ID - 317,  Про затвердження Порядку звільнення учасників АТО (ООС) та членів їх сімей, членів сімей загиблих/померлих учасників АТО (ООС), бійців-добровольців АТО , постраждалих учасників Революції Гідності від сплати за послуги з утримання будинків та прибудинкових територій незалежно від форми власності житлового фонду</t>
         </is>
       </c>
       <c r="D15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G15" t="s">
         <v>46</v>
       </c>
       <c r="H15" t="s">
         <v>47</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>48</v>
       </c>
@@ -2951,54 +2947,54 @@
       </c>
       <c r="AN15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" t="s" s="4">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>44</v>
       </c>
       <c r="F16" t="s">
         <v>57</v>
       </c>
       <c r="G16" t="s">
         <v>46</v>
       </c>
       <c r="H16" t="s">
         <v>47</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>48</v>
       </c>
@@ -3088,55 +3084,55 @@
       </c>
       <c r="AN16" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO16" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP16" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>319Правки озвучено (стенограмно)  колективні подання для громадян Грицай,  Михайлевич,  Швед, Глушко, Гончарова Аліна(+1000 грн), Винник Тарчанин - Іванчук, Дика Дмуховський - Винник Стельмах - Кульпа М., Кульба , Шторм Фартушок - Костюк,Яріш  </t>
+          <t>ID - 319,  Правки озвучено (стенограмно)  колективні подання для громадян Грицай,  Михайлевич,  Швед, Глушко, Гончарова Аліна(+1000 грн), Винник Тарчанин - Іванчук, Дика Дмуховський - Винник Стельмах - Кульпа М., Кульба , Шторм Фартушок - Костюк,Яріш  </t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>44</v>
       </c>
       <c r="F17" t="s">
         <v>57</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17" t="s">
         <v>47</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>48</v>
@@ -3227,57 +3223,57 @@
       </c>
       <c r="AN17" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO17" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>84</v>
+      </c>
+      <c r="C18" t="s" s="4">
         <v>85</v>
       </c>
-      <c r="C18" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>57</v>
       </c>
       <c r="G18" t="s">
         <v>46</v>
       </c>
       <c r="H18" t="s">
         <v>47</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>48</v>
       </c>
@@ -3364,65 +3360,65 @@
       </c>
       <c r="AN18" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO18" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>321Про впорядкування та затвердження структури виконавчих органiв Червоноградської мiської ради</t>
+          <t>ID - 321,  Про впорядкування та затвердження структури виконавчих органiв Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G19" t="s">
         <v>46</v>
       </c>
       <c r="H19" t="s">
         <v>47</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>48</v>
       </c>
@@ -3503,65 +3499,65 @@
       </c>
       <c r="AN19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>322Про затвердження «Порядку роботи з повідомленнями про корупцію, внесеними викривачами, у Червоноградській міській раді та її виконавчих органах»</t>
+          <t>ID - 322,  Про затвердження «Порядку роботи з повідомленнями про корупцію, внесеними викривачами, у Червоноградській міській раді та її виконавчих органах»</t>
         </is>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E20" t="s">
         <v>44</v>
       </c>
       <c r="F20" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G20" t="s">
         <v>46</v>
       </c>
       <c r="H20" t="s">
         <v>47</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>48</v>
       </c>
@@ -3642,65 +3638,65 @@
       </c>
       <c r="AN20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>323Про затвердження «Порядку функціонування електронної поштової скриньки та спеціальної телефонної лінії для повідомлень про корупцію»</t>
+          <t>ID - 323,  Про затвердження «Порядку функціонування електронної поштової скриньки та спеціальної телефонної лінії для повідомлень про корупцію»</t>
         </is>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E21" t="s">
         <v>44</v>
       </c>
       <c r="F21" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G21" t="s">
         <v>46</v>
       </c>
       <c r="H21" t="s">
         <v>47</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>48</v>
       </c>
@@ -3781,63 +3777,63 @@
       </c>
       <c r="AN21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>90</v>
+      </c>
+      <c r="C22" t="s" s="4">
         <v>91</v>
       </c>
-      <c r="C22" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E22" t="s">
         <v>44</v>
       </c>
       <c r="F22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G22" t="s">
         <v>46</v>
       </c>
       <c r="H22" t="s">
         <v>47</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>48</v>
       </c>
@@ -3918,65 +3914,65 @@
       </c>
       <c r="AN22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>325Про внесення змiн до Комплексної програми фiнансової пiдтримки Комунального пiдприємства `Центр первинної медико-санiтарної допомоги м. Червонограда` та його розвитку на 2019-2020 роки, затвердженої рiшенням Червоноградської мiської ради № 1151 вiд 21.02.2019р.</t>
+          <t>ID - 325,  Про внесення змiн до Комплексної програми фiнансової пiдтримки Комунального пiдприємства `Центр первинної медико-санiтарної допомоги м. Червонограда` та його розвитку на 2019-2020 роки, затвердженої рiшенням Червоноградської мiської ради № 1151 вiд 21.02.2019р.</t>
         </is>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E23" t="s">
         <v>44</v>
       </c>
       <c r="F23" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G23" t="s">
         <v>46</v>
       </c>
       <c r="H23" t="s">
         <v>47</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>48</v>
       </c>
@@ -4057,65 +4053,65 @@
       </c>
       <c r="AN23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>326Про затвердження Комплексної програми фiнансової пiдтримки та розвитку Комунального пiдприємства `Червоноградська мiська стоматологiчна полiклiнiка` на 2020 рiк</t>
+          <t>ID - 326,  Про затвердження Комплексної програми фiнансової пiдтримки та розвитку Комунального пiдприємства `Червоноградська мiська стоматологiчна полiклiнiка` на 2020 рiк</t>
         </is>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E24" t="s">
         <v>44</v>
       </c>
       <c r="F24" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G24" t="s">
         <v>46</v>
       </c>
       <c r="H24" t="s">
         <v>47</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>48</v>
       </c>
@@ -4196,63 +4192,63 @@
       </c>
       <c r="AN24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>94</v>
+      </c>
+      <c r="C25" t="s" s="4">
         <v>95</v>
       </c>
-      <c r="C25" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E25" t="s">
         <v>44</v>
       </c>
       <c r="F25" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G25" t="s">
         <v>46</v>
       </c>
       <c r="H25" t="s">
         <v>47</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>48</v>
       </c>
@@ -4333,65 +4329,65 @@
       </c>
       <c r="AN25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>328Про виконання основних показникiв Програми соцiально-економiчного розвитку м. Червонограда за 2019 рiк та затвердження Програми на 2020рiк</t>
+          <t>ID - 328,  Про виконання основних показникiв Програми соцiально-економiчного розвитку м. Червонограда за 2019 рiк та затвердження Програми на 2020рiк</t>
         </is>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E26" t="s">
         <v>44</v>
       </c>
       <c r="F26" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G26" t="s">
         <v>46</v>
       </c>
       <c r="H26" t="s">
         <v>47</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>49</v>
       </c>
@@ -4472,65 +4468,65 @@
       </c>
       <c r="AN26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>329Про затвердження міської цільової програми підтримки Червоноградського міського військового комісаріату на 2020 рік</t>
+          <t>ID - 329,  Про затвердження міської цільової програми підтримки Червоноградського міського військового комісаріату на 2020 рік</t>
         </is>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G27" t="s">
         <v>46</v>
       </c>
       <c r="H27" t="s">
         <v>47</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>48</v>
       </c>
@@ -4611,65 +4607,65 @@
       </c>
       <c r="AN27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>330Про затвердження Програми створення та використання міського матеріального резерву для запобігання і ліквідації надзвичайних ситуацій техногенного і природного характеру та їх наслідків</t>
+          <t>ID - 330,  Про затвердження Програми створення та використання міського матеріального резерву для запобігання і ліквідації надзвичайних ситуацій техногенного і природного характеру та їх наслідків</t>
         </is>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E28" t="s">
         <v>44</v>
       </c>
       <c r="F28" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G28" t="s">
         <v>46</v>
       </c>
       <c r="H28" t="s">
         <v>47</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>48</v>
       </c>
@@ -4750,65 +4746,65 @@
       </c>
       <c r="AN28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>331Про затвердження Програми технiчного i фiнансового забезпечення, удосконалення та розвитку системи централiзованого оповiщення i зв’язку на територiї Червоноградської мiської ради на 2020 рiк</t>
+          <t>ID - 331,  Про затвердження Програми технiчного i фiнансового забезпечення, удосконалення та розвитку системи централiзованого оповiщення i зв’язку на територiї Червоноградської мiської ради на 2020 рiк</t>
         </is>
       </c>
       <c r="D29" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E29" t="s">
         <v>44</v>
       </c>
       <c r="F29" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G29" t="s">
         <v>46</v>
       </c>
       <c r="H29" t="s">
         <v>47</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>48</v>
       </c>
@@ -4889,59 +4885,59 @@
       </c>
       <c r="AN29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>332Про затвердження Програми органiзацiї та проведення оплачуваних  громадських робiт у м.Червоноградi  на 2020 рiк</t>
+          <t>ID - 332,  Про затвердження Програми органiзацiї та проведення оплачуваних  громадських робiт у м.Червоноградi  на 2020 рiк</t>
         </is>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E30" t="s">
         <v>44</v>
       </c>
       <c r="F30" t="s">
         <v>57</v>
       </c>
       <c r="G30" t="s">
         <v>46</v>
       </c>
       <c r="H30" t="s">
         <v>47</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>48</v>
       </c>
@@ -5028,198 +5024,198 @@
       </c>
       <c r="AN30" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>333Про затвердження Програми профiлактики злочинностi, покращення матерiально технiчного забезпечення Червоноградського вiддiлу полiцiї Головного управлiння.Нацiональної полiцiї у Львiвськiй областi на 2020 рiк</t>
+          <t>ID - 333,  Про затвердження Програми профiлактики злочинностi, покращення матерiально технiчного забезпечення Червоноградського вiддiлу полiцiї Головного управлiння.Нацiональної полiцiї у Львiвськiй областi на 2020 рiк</t>
         </is>
       </c>
       <c r="D31" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E31" t="s">
         <v>44</v>
       </c>
       <c r="F31" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G31" t="s">
         <v>46</v>
       </c>
       <c r="H31" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T31" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD31" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AJ31" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AN31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO31" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>334Про надання згоди на безкоштовну передачу демонтованих лавок з балансу КП «Комунальник»</t>
+          <t>ID - 334,  Про надання згоди на безкоштовну передачу демонтованих лавок з балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E32" t="s">
         <v>44</v>
       </c>
       <c r="F32" t="s">
         <v>45</v>
       </c>
       <c r="G32" t="s">
         <v>46</v>
       </c>
       <c r="H32" t="s">
         <v>47</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>48</v>
       </c>
@@ -5306,65 +5302,65 @@
       </c>
       <c r="AN32" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>335Про затвердження Порядку складання, погодження та контролю виконання фiнансових планiв комунальних пiдприємств Червоноградської мiської ради</t>
+          <t>ID - 335,  Про затвердження Порядку складання, погодження та контролю виконання фiнансових планiв комунальних пiдприємств Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D33" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E33" t="s">
         <v>44</v>
       </c>
       <c r="F33" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G33" t="s">
         <v>46</v>
       </c>
       <c r="H33" t="s">
         <v>47</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>48</v>
       </c>
@@ -5445,59 +5441,59 @@
       </c>
       <c r="AN33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>336Про втрату чинностi рiшення Червоноградської мiської ради вiд 16.02.2012 № 224 `Про затвердження Положення про порядок залучення, розрахунку розмiру i використання коштiв пайової участi замовникiв у створеннi i розвитку iнженерно-транспортної та соцiальної iнфраструктури м. Червонограда`</t>
+          <t>ID - 336,  Про втрату чинностi рiшення Червоноградської мiської ради вiд 16.02.2012 № 224 `Про затвердження Положення про порядок залучення, розрахунку розмiру i використання коштiв пайової участi замовникiв у створеннi i розвитку iнженерно-транспортної та соцiальної iнфраструктури м. Червонограда`</t>
         </is>
       </c>
       <c r="D34" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E34" t="s">
         <v>44</v>
       </c>
       <c r="F34" t="s">
         <v>57</v>
       </c>
       <c r="G34" t="s">
         <v>46</v>
       </c>
       <c r="H34" t="s">
         <v>47</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>48</v>
       </c>
@@ -5584,63 +5580,63 @@
       </c>
       <c r="AN34" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>110</v>
+      </c>
+      <c r="C35" t="s" s="4">
         <v>111</v>
       </c>
-      <c r="C35" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E35" t="s">
         <v>44</v>
       </c>
       <c r="F35" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G35" t="s">
         <v>46</v>
       </c>
       <c r="H35" t="s">
         <v>47</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>48</v>
       </c>
@@ -5721,86 +5717,86 @@
       </c>
       <c r="AN35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>338Про зняття з балансу виконавчого комiтету Червоноградської мiської ради детального плану територiї i передачу його на баланс комунальному пiдприємству `Червоноградводоканал`</t>
+          <t>ID - 338,  Про зняття з балансу виконавчого комiтету Червоноградської мiської ради детального плану територiї i передачу його на баланс комунальному пiдприємству `Червоноградводоканал`</t>
         </is>
       </c>
       <c r="D36" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E36" t="s">
         <v>44</v>
       </c>
       <c r="F36" t="s">
         <v>45</v>
       </c>
       <c r="G36" t="s">
         <v>46</v>
       </c>
       <c r="H36" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M36" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>48</v>
       </c>
@@ -5860,59 +5856,59 @@
       </c>
       <c r="AN36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>339Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ВП «Шахта Степова» ДП «Львіввугілля», ВП «Управління «Західвуглепостач» ДП «Львіввугілля», ПАТ «Львівська вугільна компанія» та ТзОВ «СОКМЕ»</t>
+          <t>ID - 339,  Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ВП «Шахта Степова» ДП «Львіввугілля», ВП «Управління «Західвуглепостач» ДП «Львіввугілля», ПАТ «Львівська вугільна компанія» та ТзОВ «СОКМЕ»</t>
         </is>
       </c>
       <c r="D37" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E37" t="s">
         <v>44</v>
       </c>
       <c r="F37" t="s">
         <v>45</v>
       </c>
       <c r="G37" t="s">
         <v>46</v>
       </c>
       <c r="H37" t="s">
         <v>47</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>48</v>
       </c>
@@ -5999,65 +5995,65 @@
       </c>
       <c r="AN37" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>340Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, з населених пунктiв Острiвської сiльської ради</t>
+          <t>ID - 340,  Про надання дозволу КП `Комунальник` на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужнiстю до 100 тис. тонн в рiк, з населених пунктiв Острiвської сiльської ради</t>
         </is>
       </c>
       <c r="D38" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E38" t="s">
         <v>44</v>
       </c>
       <c r="F38" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G38" t="s">
         <v>46</v>
       </c>
       <c r="H38" t="s">
         <v>47</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>48</v>
       </c>
@@ -6138,65 +6134,65 @@
       </c>
       <c r="AN38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>341Про надання дозволу на погашення податкового боргу за рахунок майна комунального пiдприємства `Червоноградтеплокомуненерго` Червоноградської мiської ради</t>
+          <t>ID - 341,  Про надання дозволу на погашення податкового боргу за рахунок майна комунального пiдприємства `Червоноградтеплокомуненерго` Червоноградської мiської ради</t>
         </is>
       </c>
       <c r="D39" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E39" t="s">
         <v>44</v>
       </c>
       <c r="F39" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G39" t="s">
         <v>46</v>
       </c>
       <c r="H39" t="s">
         <v>47</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>48</v>
       </c>
@@ -6277,71 +6273,71 @@
       </c>
       <c r="AN39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>342Про затвердження статуту комунального пiдприємства `Червоноградводоканал` в новiй редакцiї</t>
+          <t>ID - 342,  Про затвердження статуту комунального пiдприємства `Червоноградводоканал` в новiй редакцiї</t>
         </is>
       </c>
       <c r="D40" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E40" t="s">
         <v>44</v>
       </c>
       <c r="F40" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G40" t="s">
         <v>46</v>
       </c>
       <c r="H40" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>48</v>
       </c>
@@ -6366,115 +6362,115 @@
       <c r="W40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ40" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AN40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>343Про внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 р. № 273 «Про затвердження оптимiзованої схеми перспективного розвитку тепло-постачання мiста Червонограда»</t>
+          <t>ID - 343,  Про внесення змiн в схему теплопостачання м. Червонограда, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 р. № 273 «Про затвердження оптимiзованої схеми перспективного розвитку тепло-постачання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D41" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E41" t="s">
         <v>44</v>
       </c>
       <c r="F41" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G41" t="s">
         <v>46</v>
       </c>
       <c r="H41" t="s">
         <v>47</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>48</v>
       </c>
@@ -6555,86 +6551,86 @@
       </c>
       <c r="AN41" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>344Про надання згоди на безкоштовну передачу тротуарних плит  iз балансу КП «Комунальник»</t>
+          <t>ID - 344,  Про надання згоди на безкоштовну передачу тротуарних плит  iз балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>43</v>
       </c>
       <c r="E42" t="s">
         <v>44</v>
       </c>
       <c r="F42" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G42" t="s">
         <v>46</v>
       </c>
       <c r="H42" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M42" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>48</v>
       </c>
@@ -6694,84 +6690,84 @@
       </c>
       <c r="AN42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>122</v>
+      </c>
+      <c r="C43" t="s" s="4">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D43" t="s">
         <v>53</v>
       </c>
       <c r="E43" t="s">
         <v>44</v>
       </c>
       <c r="F43" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G43" t="s">
         <v>46</v>
       </c>
       <c r="H43" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M43" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U43" t="s" s="5">
         <v>48</v>
       </c>
@@ -6831,86 +6827,86 @@
       </c>
       <c r="AN43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>346Про надання згоди на безкоштовну передачу тротуарних плит  iз балансу КП «Комунальник»</t>
+          <t>ID - 346,  Про надання згоди на безкоштовну передачу тротуарних плит  iз балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D44" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E44" t="s">
         <v>44</v>
       </c>
       <c r="F44" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G44" t="s">
         <v>46</v>
       </c>
       <c r="H44" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M44" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>48</v>
       </c>
@@ -6920,115 +6916,115 @@
       <c r="W44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="X44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AK44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AN44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>347Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ВП «Шахта «Лісова» ДП «Львіввугілля»</t>
+          <t>ID - 347,  Про надання дозволу КП «Комунальник» на прийняття та захоронення твердих побутових вiдходiв на пiдприємство промислової переробки побутових вiдходiв, потужністю до 100 тис. тонн в рік, від ВП «Шахта «Лісова» ДП «Львіввугілля»</t>
         </is>
       </c>
       <c r="D45" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E45" t="s">
         <v>44</v>
       </c>
       <c r="F45" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G45" t="s">
         <v>46</v>
       </c>
       <c r="H45" t="s">
         <v>47</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>48</v>
       </c>
@@ -7109,65 +7105,65 @@
       </c>
       <c r="AN45" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>348Про затвердження статуту комунального підприємства `Червоноградтеплокомуненерго` в новій редакції</t>
+          <t>ID - 348,  Про затвердження статуту комунального підприємства `Червоноградтеплокомуненерго` в новій редакції</t>
         </is>
       </c>
       <c r="D46" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E46" t="s">
         <v>44</v>
       </c>
       <c r="F46" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G46" t="s">
         <v>46</v>
       </c>
       <c r="H46" t="s">
         <v>47</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>48</v>
       </c>
@@ -7248,59 +7244,59 @@
       </c>
       <c r="AN46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>349Про затвердження Програми полiпшення системи транскордонного захисту навколишнього середовища в мерiї Ксєнжполь у Польщi та в м.Червоноград в Українi через розвиток каналiзацiйної iнфраструктури на 2020 рiк</t>
+          <t>ID - 349,  Про затвердження Програми полiпшення системи транскордонного захисту навколишнього середовища в мерiї Ксєнжполь у Польщi та в м.Червоноград в Українi через розвиток каналiзацiйної iнфраструктури на 2020 рiк</t>
         </is>
       </c>
       <c r="D47" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E47" t="s">
         <v>44</v>
       </c>
       <c r="F47" t="s">
         <v>57</v>
       </c>
       <c r="G47" t="s">
         <v>46</v>
       </c>
       <c r="H47" t="s">
         <v>47</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>48</v>
       </c>
@@ -7387,86 +7383,86 @@
       </c>
       <c r="AN47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>350Про затвердження Статуту Комунального підприємства Радіостудія “Новий двір” в новій редакції</t>
+          <t>ID - 350,  Про затвердження Статуту Комунального підприємства Радіостудія “Новий двір” в новій редакції</t>
         </is>
       </c>
       <c r="D48" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E48" t="s">
         <v>44</v>
       </c>
       <c r="F48" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G48" t="s">
         <v>46</v>
       </c>
       <c r="H48" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M48" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>48</v>
       </c>
@@ -7526,59 +7522,59 @@
       </c>
       <c r="AN48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>351Про передачу в оперативн управлiння комунальному підприємству «Центр первинної медико-санiтарної допомоги м.Червонограда» нежитлових будівель за адресою:вул. Iвасюка, 8 у м.Червоноградi Львівської області, та вул. Шевська, 34 у м.Червоноградi Львівської області</t>
+          <t>ID - 351,  Про передачу в оперативн управлiння комунальному підприємству «Центр первинної медико-санiтарної допомоги м.Червонограда» нежитлових будівель за адресою:вул. Iвасюка, 8 у м.Червоноградi Львівської області, та вул. Шевська, 34 у м.Червоноградi Львівської області</t>
         </is>
       </c>
       <c r="D49" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E49" t="s">
         <v>44</v>
       </c>
       <c r="F49" t="s">
         <v>57</v>
       </c>
       <c r="G49" t="s">
         <v>46</v>
       </c>
       <c r="H49" t="s">
         <v>47</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>48</v>
       </c>
@@ -7665,57 +7661,57 @@
       </c>
       <c r="AN49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>130</v>
+      </c>
+      <c r="C50" t="s" s="4">
         <v>131</v>
       </c>
-      <c r="C50" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E50" t="s">
         <v>44</v>
       </c>
       <c r="F50" t="s">
         <v>45</v>
       </c>
       <c r="G50" t="s">
         <v>46</v>
       </c>
       <c r="H50" t="s">
         <v>47</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>48</v>
       </c>
@@ -7802,80 +7798,80 @@
       </c>
       <c r="AN50" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>353Про приєднання територіальної громади міста Червонограда до народної ініціативи стосовно реформування земельних відносин</t>
+          <t>ID - 353,  Про приєднання територіальної громади міста Червонограда до народної ініціативи стосовно реформування земельних відносин</t>
         </is>
       </c>
       <c r="D51" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E51" t="s">
         <v>44</v>
       </c>
       <c r="F51" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G51" t="s">
         <v>46</v>
       </c>
       <c r="H51" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>49</v>
       </c>
@@ -7941,63 +7937,63 @@
       </c>
       <c r="AN51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>133</v>
+      </c>
+      <c r="C52" t="s" s="4">
         <v>134</v>
       </c>
-      <c r="C52" t="s" s="4">
+      <c r="D52" t="s">
+        <v>76</v>
+      </c>
+      <c r="E52" t="s">
+        <v>62</v>
+      </c>
+      <c r="F52" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>136</v>
       </c>
       <c r="G52" t="s">
         <v>46</v>
       </c>
       <c r="H52" t="s">
         <v>47</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>48</v>
       </c>
@@ -8078,63 +8074,63 @@
       </c>
       <c r="AN52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>136</v>
+      </c>
+      <c r="C53" t="s" s="4">
         <v>137</v>
       </c>
-      <c r="C53" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E53" t="s">
         <v>44</v>
       </c>
       <c r="F53" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G53" t="s">
         <v>46</v>
       </c>
       <c r="H53" t="s">
         <v>47</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>48</v>
       </c>
@@ -8215,63 +8211,63 @@
       </c>
       <c r="AN53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>138</v>
+      </c>
+      <c r="C54" t="s" s="4">
         <v>139</v>
       </c>
-      <c r="C54" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E54" t="s">
         <v>44</v>
       </c>
       <c r="F54" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G54" t="s">
         <v>46</v>
       </c>
       <c r="H54" t="s">
         <v>47</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>48</v>
       </c>
@@ -8352,65 +8348,65 @@
       </c>
       <c r="AN54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>362Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 362,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D55" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E55" t="s">
         <v>44</v>
       </c>
       <c r="F55" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G55" t="s">
         <v>46</v>
       </c>
       <c r="H55" t="s">
         <v>47</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>48</v>
       </c>
@@ -8491,63 +8487,63 @@
       </c>
       <c r="AN55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>142</v>
+      </c>
+      <c r="C56" t="s" s="4">
         <v>143</v>
       </c>
-      <c r="C56" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E56" t="s">
         <v>44</v>
       </c>
       <c r="F56" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G56" t="s">
         <v>46</v>
       </c>
       <c r="H56" t="s">
         <v>47</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>48</v>
       </c>
@@ -8628,63 +8624,63 @@
       </c>
       <c r="AN56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>145</v>
+      </c>
+      <c r="C57" t="s" s="4">
         <v>146</v>
       </c>
-      <c r="C57" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E57" t="s">
         <v>44</v>
       </c>
       <c r="F57" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G57" t="s">
         <v>46</v>
       </c>
       <c r="H57" t="s">
         <v>47</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>48</v>
       </c>
@@ -8765,200 +8761,200 @@
       </c>
       <c r="AN57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>147</v>
+      </c>
+      <c r="C58" t="s" s="4">
         <v>148</v>
       </c>
-      <c r="C58" t="s" s="4">
+      <c r="D58" t="s">
+        <v>76</v>
+      </c>
+      <c r="E58" t="s">
+        <v>62</v>
+      </c>
+      <c r="F58" t="s">
         <v>149</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
       <c r="G58" t="s">
         <v>46</v>
       </c>
       <c r="H58" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="T58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U58" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI58" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AK58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>150</v>
+      </c>
+      <c r="C59" t="s" s="4">
         <v>151</v>
       </c>
-      <c r="C59" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E59" t="s">
         <v>44</v>
       </c>
       <c r="F59" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G59" t="s">
         <v>46</v>
       </c>
       <c r="H59" t="s">
         <v>47</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>48</v>
       </c>
@@ -9039,63 +9035,63 @@
       </c>
       <c r="AN59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>152</v>
+      </c>
+      <c r="C60" t="s" s="4">
         <v>153</v>
       </c>
-      <c r="C60" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E60" t="s">
         <v>44</v>
       </c>
       <c r="F60" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G60" t="s">
         <v>46</v>
       </c>
       <c r="H60" t="s">
         <v>47</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>48</v>
       </c>
@@ -9176,63 +9172,63 @@
       </c>
       <c r="AN60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>155</v>
+      </c>
+      <c r="C61" t="s" s="4">
         <v>156</v>
       </c>
-      <c r="C61" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E61" t="s">
         <v>44</v>
       </c>
       <c r="F61" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G61" t="s">
         <v>46</v>
       </c>
       <c r="H61" t="s">
         <v>47</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>48</v>
       </c>
@@ -9313,65 +9309,65 @@
       </c>
       <c r="AN61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>370Про розгляд клопотання «Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»»</t>
+          <t>ID - 370,  Про розгляд клопотання «Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»»</t>
         </is>
       </c>
       <c r="D62" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E62" t="s">
         <v>44</v>
       </c>
       <c r="F62" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G62" t="s">
         <v>46</v>
       </c>
       <c r="H62" t="s">
         <v>47</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>48</v>
       </c>
@@ -9452,200 +9448,200 @@
       </c>
       <c r="AN62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>158</v>
+      </c>
+      <c r="C63" t="s" s="4">
         <v>159</v>
       </c>
-      <c r="C63" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E63" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F63" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G63" t="s">
         <v>46</v>
       </c>
       <c r="H63" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L63" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="M63" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S63" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U63" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE63" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH63" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AK63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>161</v>
+      </c>
+      <c r="C64" t="s" s="4">
         <v>162</v>
       </c>
-      <c r="C64" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E64" t="s">
         <v>44</v>
       </c>
       <c r="F64" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G64" t="s">
         <v>46</v>
       </c>
       <c r="H64" t="s">
         <v>47</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>48</v>
       </c>
@@ -9726,63 +9722,63 @@
       </c>
       <c r="AN64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>163</v>
+      </c>
+      <c r="C65" t="s" s="4">
         <v>164</v>
       </c>
-      <c r="C65" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E65" t="s">
         <v>44</v>
       </c>
       <c r="F65" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G65" t="s">
         <v>46</v>
       </c>
       <c r="H65" t="s">
         <v>47</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>48</v>
       </c>
@@ -9863,337 +9859,339 @@
       </c>
       <c r="AN65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>165</v>
+      </c>
+      <c r="C66" t="s" s="4">
         <v>166</v>
       </c>
-      <c r="C66" t="s" s="4">
+      <c r="D66" t="s">
+        <v>76</v>
+      </c>
+      <c r="E66" t="s">
+        <v>62</v>
+      </c>
+      <c r="F66" t="s">
         <v>167</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G66" t="s">
         <v>46</v>
       </c>
       <c r="H66" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U66" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE66" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH66" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AI66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AJ66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AK66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>169</v>
+      </c>
+      <c r="C67" t="inlineStr" s="4">
+        <is>
+          <t>ID - 375,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D67" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E67" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F67" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G67" t="s">
         <v>46</v>
       </c>
       <c r="H67" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U67" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE67" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH67" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AI67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AJ67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AK67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D68" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E68" t="s">
         <v>44</v>
       </c>
       <c r="F68" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G68" t="s">
         <v>46</v>
       </c>
       <c r="H68" t="s">
         <v>47</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>48</v>
       </c>
@@ -10274,84 +10272,84 @@
       </c>
       <c r="AN68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D69" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E69" t="s">
         <v>44</v>
       </c>
       <c r="F69" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G69" t="s">
         <v>46</v>
       </c>
       <c r="H69" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M69" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="T69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U69" t="s" s="5">
         <v>48</v>
       </c>
@@ -10361,113 +10359,113 @@
       <c r="W69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE69" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AJ69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AK69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D70" t="s">
         <v>43</v>
       </c>
       <c r="E70" t="s">
         <v>44</v>
       </c>
       <c r="F70" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G70" t="s">
         <v>46</v>
       </c>
       <c r="H70" t="s">
         <v>47</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>48</v>
       </c>
@@ -10548,65 +10546,65 @@
       </c>
       <c r="AN70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>379Встановити для приватного  підприємству фірмі «ПЕА»  розмір орендної плати за земельну ділянку площею 0,4722 га (кадастровий номер 4611800000:03:004:0009) для обслуговування платної автостоянки, (код КВЦПЗ – 12.11 – для розміщення та експлуатації об’єктів дорожнього сервісу), на вул. Героїв Майдану, 6«а» в м. Червонограді на рівні 6% вiд її нормативної грошової оцінки.</t>
+          <t>ID - 379,  Встановити для приватного  підприємству фірмі «ПЕА»  розмір орендної плати за земельну ділянку площею 0,4722 га (кадастровий номер 4611800000:03:004:0009) для обслуговування платної автостоянки, (код КВЦПЗ – 12.11 – для розміщення та експлуатації об’єктів дорожнього сервісу), на вул. Героїв Майдану, 6«а» в м. Червонограді на рівні 6% вiд її нормативної грошової оцінки.</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>53</v>
       </c>
       <c r="E71" t="s">
         <v>44</v>
       </c>
       <c r="F71" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G71" t="s">
         <v>46</v>
       </c>
       <c r="H71" t="s">
         <v>47</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>50</v>
       </c>
@@ -10687,63 +10685,63 @@
       </c>
       <c r="AN71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D72" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E72" t="s">
         <v>44</v>
       </c>
       <c r="F72" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G72" t="s">
         <v>46</v>
       </c>
       <c r="H72" t="s">
         <v>47</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>48</v>
       </c>
@@ -10824,63 +10822,63 @@
       </c>
       <c r="AN72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D73" t="s">
         <v>43</v>
       </c>
       <c r="E73" t="s">
         <v>44</v>
       </c>
       <c r="F73" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G73" t="s">
         <v>46</v>
       </c>
       <c r="H73" t="s">
         <v>47</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>48</v>
       </c>
@@ -10961,71 +10959,71 @@
       </c>
       <c r="AN73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>382У пунктах 1,2,3 по тексту встановити орендну плату за земельну ділянку (ПП«Майдан» ) на рівні 6% вiд її нормативної грошової оцінки. </t>
+          <t>ID - 382,  У пунктах 1,2,3 по тексту встановити орендну плату за земельну ділянку (ПП«Майдан» ) на рівні 6% вiд її нормативної грошової оцінки. </t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>53</v>
       </c>
       <c r="E74" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F74" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G74" t="s">
         <v>46</v>
       </c>
       <c r="H74" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P74" t="s" s="5">
         <v>50</v>
       </c>
@@ -11050,158 +11048,158 @@
       <c r="W74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE74" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ74" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AK74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>183</v>
+      </c>
+      <c r="C75" t="s" s="4">
+        <v>184</v>
+      </c>
+      <c r="D75" t="s">
+        <v>74</v>
+      </c>
+      <c r="E75" t="s">
+        <v>62</v>
+      </c>
+      <c r="F75" t="s">
         <v>185</v>
-      </c>
-[...10 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G75" t="s">
         <v>46</v>
       </c>
       <c r="H75" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K75" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P75" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S75" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="T75" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U75" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>49</v>
       </c>
@@ -11237,69 +11235,69 @@
       </c>
       <c r="AN75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>186</v>
+      </c>
+      <c r="C76" t="s" s="4">
+        <v>187</v>
+      </c>
+      <c r="D76" t="s">
+        <v>76</v>
+      </c>
+      <c r="E76" t="s">
+        <v>62</v>
+      </c>
+      <c r="F76" t="s">
         <v>188</v>
-      </c>
-[...10 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G76" t="s">
         <v>46</v>
       </c>
       <c r="H76" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P76" t="s" s="5">
         <v>50</v>
       </c>
@@ -11324,130 +11322,130 @@
       <c r="W76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z76" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE76" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI76" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AJ76" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AK76" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AL76" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>385Про розгляд клопотань Товариства з обмеженою відповідальністю «СОКМЕ» щодо зменшення розміру орендної плати</t>
+          <t>ID - 385,  Про розгляд клопотань Товариства з обмеженою відповідальністю «СОКМЕ» щодо зменшення розміру орендної плати</t>
         </is>
       </c>
       <c r="D77" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E77" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F77" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G77" t="s">
         <v>46</v>
       </c>
       <c r="H77" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K77" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S77" t="s" s="5">
         <v>48</v>
       </c>
@@ -11463,128 +11461,128 @@
       <c r="W77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Z77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE77" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AJ77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AK77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AM77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D78" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E78" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F78" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G78" t="s">
         <v>46</v>
       </c>
       <c r="H78" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K78" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P78" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R78" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S78" t="s" s="5">
         <v>48</v>
       </c>
@@ -11650,89 +11648,89 @@
       </c>
       <c r="AN78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>387Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
+          <t>ID - 387,  Про надання дозволу на розроблення технiчних документацiй iз землеустрою щодо iнвентаризацiї земель м. Червонограда</t>
         </is>
       </c>
       <c r="D79" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E79" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F79" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G79" t="s">
         <v>46</v>
       </c>
       <c r="H79" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M79" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N79" t="s" s="5">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="O79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="S79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>49</v>
       </c>
@@ -11789,65 +11787,65 @@
       </c>
       <c r="AN79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>388Про передачу Управлінню капітального будівництва Львівської обласної державної адміністрації проектно - кошторисну документацію та функції замовника з реалізації проєкту «Реконструкція з добудовою Червоноградської загальноосвітньої школи I-III ступенів №6 Червоноградської міської ради Львівської області на вул. Шахтарській, 8 та 8 «а» в смт. Гірник»</t>
+          <t>ID - 388,  Про передачу Управлінню капітального будівництва Львівської обласної державної адміністрації проектно - кошторисну документацію та функції замовника з реалізації проєкту «Реконструкція з добудовою Червоноградської загальноосвітньої школи I-III ступенів №6 Червоноградської міської ради Львівської області на вул. Шахтарській, 8 та 8 «а» в смт. Гірник»</t>
         </is>
       </c>
       <c r="D80" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E80" t="s">
         <v>44</v>
       </c>
       <c r="F80" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G80" t="s">
         <v>46</v>
       </c>
       <c r="H80" t="s">
         <v>47</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>48</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>48</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>48</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>48</v>
       </c>
@@ -11933,175 +11931,175 @@
         <v>49</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="81">
       <c r="A81"/>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81"/>
       <c r="I81" t="s">
+        <v>195</v>
+      </c>
+      <c r="J81" t="s">
+        <v>196</v>
+      </c>
+      <c r="K81" t="s">
         <v>197</v>
       </c>
-      <c r="J81" t="s">
+      <c r="L81" t="s">
         <v>198</v>
       </c>
-      <c r="K81" t="s">
+      <c r="M81" t="s">
         <v>199</v>
       </c>
-      <c r="L81" t="s">
+      <c r="N81" t="s">
+        <v>197</v>
+      </c>
+      <c r="O81" t="s">
         <v>200</v>
       </c>
-      <c r="M81" t="s">
+      <c r="P81" t="s">
         <v>201</v>
       </c>
-      <c r="N81" t="s">
-[...2 lines deleted...]
-      <c r="O81" t="s">
+      <c r="Q81" t="s">
         <v>202</v>
       </c>
-      <c r="P81" t="s">
+      <c r="R81" t="s">
         <v>203</v>
       </c>
-      <c r="Q81" t="s">
+      <c r="S81" t="s">
+        <v>193</v>
+      </c>
+      <c r="T81" t="s">
         <v>204</v>
       </c>
-      <c r="R81" t="s">
+      <c r="U81" t="s">
         <v>205</v>
       </c>
-      <c r="S81" t="s">
+      <c r="V81" t="s">
+        <v>144</v>
+      </c>
+      <c r="W81" t="s">
+        <v>206</v>
+      </c>
+      <c r="X81" t="s">
+        <v>200</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>207</v>
+      </c>
+      <c r="Z81" t="s">
+        <v>197</v>
+      </c>
+      <c r="AA81" t="s">
+        <v>201</v>
+      </c>
+      <c r="AB81" t="s">
+        <v>208</v>
+      </c>
+      <c r="AC81" t="s">
+        <v>200</v>
+      </c>
+      <c r="AD81" t="s">
         <v>195</v>
       </c>
-      <c r="T81" t="s">
-[...2 lines deleted...]
-      <c r="U81" t="s">
+      <c r="AE81" t="s">
+        <v>209</v>
+      </c>
+      <c r="AF81" t="s">
+        <v>210</v>
+      </c>
+      <c r="AG81" t="s">
+        <v>200</v>
+      </c>
+      <c r="AH81" t="s">
+        <v>211</v>
+      </c>
+      <c r="AI81" t="s">
+        <v>212</v>
+      </c>
+      <c r="AJ81" t="s">
         <v>207</v>
       </c>
-      <c r="V81" t="s">
-[...17 lines deleted...]
-      <c r="AB81" t="s">
+      <c r="AK81" t="s">
+        <v>197</v>
+      </c>
+      <c r="AL81" t="s">
+        <v>197</v>
+      </c>
+      <c r="AM81" t="s">
+        <v>213</v>
+      </c>
+      <c r="AN81" t="s">
         <v>210</v>
       </c>
-      <c r="AC81" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="AO81" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="AP81" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="AQ81" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="AR81" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="AS81" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
     </row>
     <row r="82">
       <c r="A82"/>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
       <c r="I82" t="s">
         <v>46</v>
       </c>
       <c r="J82" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K82" t="s">
         <v>46</v>
       </c>
       <c r="L82" t="s">
         <v>46</v>
       </c>
       <c r="M82" t="s">
         <v>46</v>
       </c>
       <c r="N82" t="s">
         <v>46</v>
       </c>
       <c r="O82" t="s">
         <v>46</v>
       </c>
       <c r="P82" t="s">
         <v>46</v>
       </c>
       <c r="Q82" t="s">
         <v>46</v>
       </c>
       <c r="R82" t="s">
         <v>46</v>
       </c>
@@ -12175,401 +12173,401 @@
         <v>46</v>
       </c>
       <c r="AP82" t="s">
         <v>46</v>
       </c>
       <c r="AQ82" t="s">
         <v>46</v>
       </c>
       <c r="AR82" t="s">
         <v>46</v>
       </c>
       <c r="AS82" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="83">
       <c r="A83"/>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
       <c r="I83" t="s">
+        <v>214</v>
+      </c>
+      <c r="J83" t="s">
+        <v>215</v>
+      </c>
+      <c r="K83" t="s">
         <v>216</v>
       </c>
-      <c r="J83" t="s">
+      <c r="L83" t="s">
+        <v>214</v>
+      </c>
+      <c r="M83" t="s">
         <v>217</v>
       </c>
-      <c r="K83" t="s">
+      <c r="N83" t="s">
+        <v>215</v>
+      </c>
+      <c r="O83" t="s">
         <v>218</v>
       </c>
-      <c r="L83" t="s">
+      <c r="P83" t="s">
+        <v>218</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>214</v>
+      </c>
+      <c r="R83" t="s">
+        <v>218</v>
+      </c>
+      <c r="S83" t="s">
+        <v>214</v>
+      </c>
+      <c r="T83" t="s">
+        <v>214</v>
+      </c>
+      <c r="U83" t="s">
+        <v>219</v>
+      </c>
+      <c r="V83" t="s">
+        <v>218</v>
+      </c>
+      <c r="W83" t="s">
+        <v>220</v>
+      </c>
+      <c r="X83" t="s">
+        <v>218</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z83" t="s">
+        <v>218</v>
+      </c>
+      <c r="AA83" t="s">
+        <v>214</v>
+      </c>
+      <c r="AB83" t="s">
+        <v>218</v>
+      </c>
+      <c r="AC83" t="s">
+        <v>218</v>
+      </c>
+      <c r="AD83" t="s">
+        <v>214</v>
+      </c>
+      <c r="AE83" t="s">
+        <v>221</v>
+      </c>
+      <c r="AF83" t="s">
+        <v>218</v>
+      </c>
+      <c r="AG83" t="s">
+        <v>218</v>
+      </c>
+      <c r="AH83" t="s">
         <v>216</v>
       </c>
-      <c r="M83" t="s">
-[...11 lines deleted...]
-      <c r="Q83" t="s">
+      <c r="AI83" t="s">
+        <v>214</v>
+      </c>
+      <c r="AJ83" t="s">
         <v>216</v>
       </c>
-      <c r="R83" t="s">
-[...47 lines deleted...]
-      <c r="AH83" t="s">
+      <c r="AK83" t="s">
         <v>218</v>
       </c>
-      <c r="AI83" t="s">
-[...2 lines deleted...]
-      <c r="AJ83" t="s">
+      <c r="AL83" t="s">
+        <v>215</v>
+      </c>
+      <c r="AM83" t="s">
         <v>218</v>
       </c>
-      <c r="AK83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AN83" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AO83" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="AP83" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AQ83" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AR83" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AS83" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84">
       <c r="A84"/>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
       <c r="I84" t="s">
+        <v>222</v>
+      </c>
+      <c r="J84" t="s">
+        <v>223</v>
+      </c>
+      <c r="K84" t="s">
         <v>224</v>
       </c>
-      <c r="J84" t="s">
+      <c r="L84" t="s">
         <v>225</v>
       </c>
-      <c r="K84" t="s">
+      <c r="M84" t="s">
+        <v>223</v>
+      </c>
+      <c r="N84" t="s">
         <v>226</v>
       </c>
-      <c r="L84" t="s">
+      <c r="O84" t="s">
         <v>227</v>
       </c>
-      <c r="M84" t="s">
+      <c r="P84" t="s">
         <v>225</v>
       </c>
-      <c r="N84" t="s">
+      <c r="Q84" t="s">
+        <v>224</v>
+      </c>
+      <c r="R84" t="s">
         <v>228</v>
       </c>
-      <c r="O84" t="s">
+      <c r="S84" t="s">
         <v>229</v>
       </c>
-      <c r="P84" t="s">
+      <c r="T84" t="s">
+        <v>224</v>
+      </c>
+      <c r="U84" t="s">
+        <v>229</v>
+      </c>
+      <c r="V84" t="s">
+        <v>222</v>
+      </c>
+      <c r="W84" t="s">
+        <v>230</v>
+      </c>
+      <c r="X84" t="s">
         <v>227</v>
       </c>
-      <c r="Q84" t="s">
+      <c r="Y84" t="s">
         <v>226</v>
       </c>
-      <c r="R84" t="s">
+      <c r="Z84" t="s">
+        <v>231</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>228</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>232</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>227</v>
+      </c>
+      <c r="AD84" t="s">
+        <v>222</v>
+      </c>
+      <c r="AE84" t="s">
+        <v>229</v>
+      </c>
+      <c r="AF84" t="s">
+        <v>228</v>
+      </c>
+      <c r="AG84" t="s">
+        <v>227</v>
+      </c>
+      <c r="AH84" t="s">
+        <v>233</v>
+      </c>
+      <c r="AI84" t="s">
+        <v>234</v>
+      </c>
+      <c r="AJ84" t="s">
         <v>230</v>
       </c>
-      <c r="S84" t="s">
+      <c r="AK84" t="s">
         <v>231</v>
       </c>
-      <c r="T84" t="s">
+      <c r="AL84" t="s">
+        <v>229</v>
+      </c>
+      <c r="AM84" t="s">
+        <v>222</v>
+      </c>
+      <c r="AN84" t="s">
+        <v>224</v>
+      </c>
+      <c r="AO84" t="s">
+        <v>224</v>
+      </c>
+      <c r="AP84" t="s">
+        <v>228</v>
+      </c>
+      <c r="AQ84" t="s">
+        <v>227</v>
+      </c>
+      <c r="AR84" t="s">
+        <v>229</v>
+      </c>
+      <c r="AS84" t="s">
         <v>226</v>
-      </c>
-[...73 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="85">
       <c r="A85"/>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
       <c r="I85" t="s">
+        <v>235</v>
+      </c>
+      <c r="J85" t="s">
+        <v>236</v>
+      </c>
+      <c r="K85" t="s">
+        <v>235</v>
+      </c>
+      <c r="L85" t="s">
         <v>237</v>
       </c>
-      <c r="J85" t="s">
+      <c r="M85" t="s">
         <v>238</v>
       </c>
-      <c r="K85" t="s">
-[...2 lines deleted...]
-      <c r="L85" t="s">
+      <c r="N85" t="s">
         <v>239</v>
       </c>
-      <c r="M85" t="s">
+      <c r="O85" t="s">
         <v>240</v>
       </c>
-      <c r="N85" t="s">
+      <c r="P85" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q85" t="s">
         <v>241</v>
       </c>
-      <c r="O85" t="s">
+      <c r="R85" t="s">
         <v>242</v>
       </c>
-      <c r="P85" t="s">
-[...2 lines deleted...]
-      <c r="Q85" t="s">
+      <c r="S85" t="s">
         <v>243</v>
       </c>
-      <c r="R85" t="s">
+      <c r="T85" t="s">
+        <v>235</v>
+      </c>
+      <c r="U85" t="s">
+        <v>239</v>
+      </c>
+      <c r="V85" t="s">
+        <v>243</v>
+      </c>
+      <c r="W85" t="s">
+        <v>236</v>
+      </c>
+      <c r="X85" t="s">
+        <v>240</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>235</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>235</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>235</v>
+      </c>
+      <c r="AB85" t="s">
         <v>244</v>
       </c>
-      <c r="S85" t="s">
+      <c r="AC85" t="s">
+        <v>240</v>
+      </c>
+      <c r="AD85" t="s">
+        <v>235</v>
+      </c>
+      <c r="AE85" t="s">
         <v>245</v>
       </c>
-      <c r="T85" t="s">
-[...5 lines deleted...]
-      <c r="V85" t="s">
+      <c r="AF85" t="s">
+        <v>246</v>
+      </c>
+      <c r="AG85" t="s">
+        <v>240</v>
+      </c>
+      <c r="AH85" t="s">
+        <v>235</v>
+      </c>
+      <c r="AI85" t="s">
+        <v>235</v>
+      </c>
+      <c r="AJ85" t="s">
+        <v>235</v>
+      </c>
+      <c r="AK85" t="s">
+        <v>235</v>
+      </c>
+      <c r="AL85" t="s">
         <v>245</v>
       </c>
-      <c r="W85" t="s">
-[...23 lines deleted...]
-      <c r="AE85" t="s">
+      <c r="AM85" t="s">
+        <v>236</v>
+      </c>
+      <c r="AN85" t="s">
         <v>247</v>
       </c>
-      <c r="AF85" t="s">
+      <c r="AO85" t="s">
         <v>248</v>
       </c>
-      <c r="AG85" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AP85" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AQ85" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="AR85" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="AS85" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>