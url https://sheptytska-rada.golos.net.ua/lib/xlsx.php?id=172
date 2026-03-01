--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -134,735 +134,735 @@
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>18.12.25  10:28:51</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>18.12.25  10:36:36</t>
   </si>
   <si>
-    <t>8165Про депутатськi запити</t>
+    <t>ID - 8165,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>18.12.25  10:42:59</t>
   </si>
   <si>
-    <t>8168Про депутатськi запити</t>
+    <t>ID - 8168,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>18.12.25  10:57:54</t>
   </si>
   <si>
-    <t>8169Про бюджет Шептицької міської територіальної громади на 2026 рік</t>
+    <t>ID - 8169,  Про бюджет Шептицької міської територіальної громади на 2026 рік</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>18.12.25  11:02:15</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>18.12.25  11:04:52</t>
   </si>
   <si>
-    <t>8171250 тис. для ЦМЛ </t>
+    <t>ID - 8171,  250 тис. для ЦМЛ </t>
   </si>
   <si>
     <t>18.12.25  11:11:41</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>18.12.25  11:12:12</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>18.12.25  11:15:13</t>
   </si>
   <si>
-    <t>81741 млн.грн перенести на ремонт доріг з безбар&amp;#39;єрності</t>
+    <t>ID - 8174,  1 млн.грн перенести на ремонт доріг з безбар&amp;#39;єрності</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>18.12.25  11:17:12</t>
   </si>
   <si>
-    <t>8175Про бюджет Шептицької міської територіальної громади на 2026 рік</t>
+    <t>ID - 8175,  Про бюджет Шептицької міської територіальної громади на 2026 рік</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>18.12.25  11:24:07</t>
   </si>
   <si>
     <t>18.12.25  11:42:00</t>
   </si>
   <si>
     <t>18.12.25  11:43:27</t>
   </si>
   <si>
     <t>18.12.25  11:45:25</t>
   </si>
   <si>
     <t>18.12.25  11:48:21</t>
   </si>
   <si>
     <t>18.12.25  11:49:48</t>
   </si>
   <si>
     <t>18.12.25  11:50:39</t>
   </si>
   <si>
     <t>18.12.25  11:52:52</t>
   </si>
   <si>
     <t>18.12.25  11:53:49</t>
   </si>
   <si>
     <t>18.12.25  11:55:23</t>
   </si>
   <si>
     <t>18.12.25  11:58:17</t>
   </si>
   <si>
-    <t>8186Про визнання таким, що втратило чинність, рішення Червоноградської міської ради</t>
+    <t>ID - 8186,  Про визнання таким, що втратило чинність, рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>18.12.25  12:00:21</t>
   </si>
   <si>
-    <t>8187Про визнання таким, що втратило чинність, рішення Червоноградської міської ради</t>
+    <t>ID - 8187,  Про визнання таким, що втратило чинність, рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>18.12.25  12:01:29</t>
   </si>
   <si>
-    <t>8188Довключити Парк культури та відпочинку</t>
+    <t>ID - 8188,  Довключити Парк культури та відпочинку</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>18.12.25  12:02:19</t>
   </si>
   <si>
-    <t>8189Про визнання таким, що втратило чинність, рішення Червоноградської міської ради</t>
+    <t>ID - 8189,  Про визнання таким, що втратило чинність, рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>18.12.25  12:03:43</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>18.12.25  12:04:32</t>
   </si>
   <si>
-    <t>8191Включити Парк культурии та відпочинку 95/5</t>
+    <t>ID - 8191,  Включити Парк культурии та відпочинку 95/5</t>
   </si>
   <si>
     <t>18.12.25  12:05:11</t>
   </si>
   <si>
     <t>18.12.25  12:06:16</t>
   </si>
   <si>
-    <t>8193Про визнання таким, що втратило чинність, рішення Червоноградської міської ради</t>
+    <t>ID - 8193,  Про визнання таким, що втратило чинність, рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>18.12.25  12:07:54</t>
   </si>
   <si>
     <t>18.12.25  12:09:18</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>18.12.25  12:10:35</t>
   </si>
   <si>
-    <t>8196Про розгляд клопотання громадянина Троця Руслана Григоровича</t>
+    <t>ID - 8196,  Про розгляд клопотання громадянина Троця Руслана Григоровича</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>18.12.25  12:11:29</t>
   </si>
   <si>
-    <t>8197Про розгляд клопотання громадянки Ткачик Тетяни Петрівни</t>
+    <t>ID - 8197,  Про розгляд клопотання громадянки Ткачик Тетяни Петрівни</t>
   </si>
   <si>
     <t>18.12.25  12:12:17</t>
   </si>
   <si>
-    <t>8198Про розгляд клопотання громадянина Затхея Романа Богдановича</t>
+    <t>ID - 8198,  Про розгляд клопотання громадянина Затхея Романа Богдановича</t>
   </si>
   <si>
     <t>18.12.25  12:13:06</t>
   </si>
   <si>
-    <t>8199Про розгляд клопотання громадянки Молдаховської Євгенії Іванівни</t>
+    <t>ID - 8199,  Про розгляд клопотання громадянки Молдаховської Євгенії Іванівни</t>
   </si>
   <si>
     <t>18.12.25  12:13:58</t>
   </si>
   <si>
-    <t>8200Про розгляд клопотання громадянки Лесь Марії Семенівни</t>
+    <t>ID - 8200,  Про розгляд клопотання громадянки Лесь Марії Семенівни</t>
   </si>
   <si>
     <t>18.12.25  12:14:46</t>
   </si>
   <si>
-    <t>8201Про розгляд клопотання громадянина Веретельника Василя Михайловича</t>
+    <t>ID - 8201,  Про розгляд клопотання громадянина Веретельника Василя Михайловича</t>
   </si>
   <si>
     <t>18.12.25  12:15:36</t>
   </si>
   <si>
-    <t>8202Про розгляд клопотання громадянки Борецької Наталії Іванівни</t>
+    <t>ID - 8202,  Про розгляд клопотання громадянки Борецької Наталії Іванівни</t>
   </si>
   <si>
     <t>18.12.25  12:16:29</t>
   </si>
   <si>
-    <t>8203Про розгляд клопотання громадянки Швеця Леоніда Павловича</t>
+    <t>ID - 8203,  Про розгляд клопотання громадянки Швеця Леоніда Павловича</t>
   </si>
   <si>
     <t>18.12.25  12:17:20</t>
   </si>
   <si>
-    <t>8204Про розгляд клопотання громадянина Дмитришина Ярослава Михайловича</t>
+    <t>ID - 8204,  Про розгляд клопотання громадянина Дмитришина Ярослава Михайловича</t>
   </si>
   <si>
     <t>18.12.25  12:18:08</t>
   </si>
   <si>
-    <t>8205Про розгляд клопотання громадянки Осідач Ірини Павлівни</t>
+    <t>ID - 8205,  Про розгляд клопотання громадянки Осідач Ірини Павлівни</t>
   </si>
   <si>
     <t>18.12.25  12:19:05</t>
   </si>
   <si>
-    <t>8206Про розгляд клопотання громадянки Андріанової Тетяни Валеріївни</t>
+    <t>ID - 8206,  Про розгляд клопотання громадянки Андріанової Тетяни Валеріївни</t>
   </si>
   <si>
     <t>18.12.25  12:19:47</t>
   </si>
   <si>
-    <t>8207Про розгляд клопотання громадянина Кравчука  Івана Івановича</t>
+    <t>ID - 8207,  Про розгляд клопотання громадянина Кравчука  Івана Івановича</t>
   </si>
   <si>
     <t>18.12.25  12:20:30</t>
   </si>
   <si>
-    <t>8208Про розгляд клопотання громадянки Котич Валентини Василівни</t>
+    <t>ID - 8208,  Про розгляд клопотання громадянки Котич Валентини Василівни</t>
   </si>
   <si>
     <t>18.12.25  12:21:12</t>
   </si>
   <si>
-    <t>8209Про розгляд клопотання громадянина Дубса Віктора Володимировича  </t>
+    <t>ID - 8209,  Про розгляд клопотання громадянина Дубса Віктора Володимировича  </t>
   </si>
   <si>
     <t>18.12.25  12:21:55</t>
   </si>
   <si>
-    <t>8210Про розгляд клопотання громадянки Бартилюк  Ольги Степанівни</t>
+    <t>ID - 8210,  Про розгляд клопотання громадянки Бартилюк  Ольги Степанівни</t>
   </si>
   <si>
     <t>18.12.25  12:22:45</t>
   </si>
   <si>
-    <t>8211Про розгляд клопотання громадянки Шобутинської Наталії Миколаївни</t>
+    <t>ID - 8211,  Про розгляд клопотання громадянки Шобутинської Наталії Миколаївни</t>
   </si>
   <si>
     <t>18.12.25  12:23:31</t>
   </si>
   <si>
-    <t>8212Про розгляд клопотання громадянина Логина Володимира Володимировича</t>
+    <t>ID - 8212,  Про розгляд клопотання громадянина Логина Володимира Володимировича</t>
   </si>
   <si>
     <t>18.12.25  12:24:13</t>
   </si>
   <si>
-    <t>8213Про розгляд клопотання громадянина Лозяка Романа Івановича</t>
+    <t>ID - 8213,  Про розгляд клопотання громадянина Лозяка Романа Івановича</t>
   </si>
   <si>
     <t>18.12.25  12:24:54</t>
   </si>
   <si>
-    <t>8214Про розгляд клопотання громадянина Кузьмінського Петра Володимировича</t>
+    <t>ID - 8214,  Про розгляд клопотання громадянина Кузьмінського Петра Володимировича</t>
   </si>
   <si>
     <t>18.12.25  12:25:41</t>
   </si>
   <si>
-    <t>8215Про розгляд клопотання громадянина Гембара Іллі Ілліча</t>
+    <t>ID - 8215,  Про розгляд клопотання громадянина Гембара Іллі Ілліча</t>
   </si>
   <si>
     <t>18.12.25  12:26:27</t>
   </si>
   <si>
-    <t>8216Про розгляд клопотання громадянки Хвостик Ірини Степанівни</t>
+    <t>ID - 8216,  Про розгляд клопотання громадянки Хвостик Ірини Степанівни</t>
   </si>
   <si>
     <t>18.12.25  12:27:10</t>
   </si>
   <si>
-    <t>8217Про розгляд клопотання громадянина Кізуба Віктора Анатолійовича</t>
+    <t>ID - 8217,  Про розгляд клопотання громадянина Кізуба Віктора Анатолійовича</t>
   </si>
   <si>
     <t>18.12.25  12:27:55</t>
   </si>
   <si>
-    <t>8218Про розгляд клопотання громадянина Пожара Лонгіна Романовича</t>
+    <t>ID - 8218,  Про розгляд клопотання громадянина Пожара Лонгіна Романовича</t>
   </si>
   <si>
     <t>18.12.25  12:28:36</t>
   </si>
   <si>
-    <t>8219Про розгляд клопотання громадянки Калинович Галини Василівни</t>
+    <t>ID - 8219,  Про розгляд клопотання громадянки Калинович Галини Василівни</t>
   </si>
   <si>
     <t>18.12.25  12:29:23</t>
   </si>
   <si>
-    <t>8220Про розгляд клопотання громадянина Штангеєва Володимира Олександровича</t>
+    <t>ID - 8220,  Про розгляд клопотання громадянина Штангеєва Володимира Олександровича</t>
   </si>
   <si>
     <t>18.12.25  12:30:05</t>
   </si>
   <si>
-    <t>8221Про розгляд клопотання громадянина Яціва Миколи Івановича</t>
+    <t>ID - 8221,  Про розгляд клопотання громадянина Яціва Миколи Івановича</t>
   </si>
   <si>
     <t>18.12.25  12:30:55</t>
   </si>
   <si>
-    <t>8222Про розгляд клопотання громадянки Козловської Надії Володимирівни</t>
+    <t>ID - 8222,  Про розгляд клопотання громадянки Козловської Надії Володимирівни</t>
   </si>
   <si>
     <t>18.12.25  12:31:48</t>
   </si>
   <si>
-    <t>8223Про розгляд клопотання громадянки Федини Ольги Григорівни</t>
+    <t>ID - 8223,  Про розгляд клопотання громадянки Федини Ольги Григорівни</t>
   </si>
   <si>
     <t>18.12.25  12:32:56</t>
   </si>
   <si>
     <t>18.12.25  12:33:28</t>
   </si>
   <si>
     <t>18.12.25  12:35:22</t>
   </si>
   <si>
-    <t>8226Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8226,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  12:35:51</t>
   </si>
   <si>
     <t>18.12.25  12:36:22</t>
   </si>
   <si>
     <t>18.12.25  12:37:49</t>
   </si>
   <si>
-    <t>8229Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8229,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  12:38:18</t>
   </si>
   <si>
     <t>18.12.25  12:39:11</t>
   </si>
   <si>
     <t>18.12.25  12:40:01</t>
   </si>
   <si>
-    <t>8232Про розгляд клопотання громадянина Кіщака Василя Івановича</t>
+    <t>ID - 8232,  Про розгляд клопотання громадянина Кіщака Василя Івановича</t>
   </si>
   <si>
     <t>18.12.25  12:40:54</t>
   </si>
   <si>
-    <t>8233Про розгляд клопотання Товариства з обмеженою відповідальністю «ЛЕГАТ-С»</t>
+    <t>ID - 8233,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ЛЕГАТ-С»</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>18.12.25  12:42:10</t>
   </si>
   <si>
-    <t>8234​​​​​​​Про розгляд клопотання громадянина Гнатіва Богдана Ігоровича</t>
+    <t>ID - 8234,  ​​​​​​​Про розгляд клопотання громадянина Гнатіва Богдана Ігоровича</t>
   </si>
   <si>
     <t>18.12.25  12:43:17</t>
   </si>
   <si>
     <t>18.12.25  12:43:48</t>
   </si>
   <si>
     <t>18.12.25  12:45:14</t>
   </si>
   <si>
-    <t>8237Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8237,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  12:45:44</t>
   </si>
   <si>
     <t>18.12.25  12:46:23</t>
   </si>
   <si>
     <t>18.12.25  12:47:38</t>
   </si>
   <si>
     <t>18.12.25  12:48:51</t>
   </si>
   <si>
     <t>18.12.25  12:49:43</t>
   </si>
   <si>
     <t>18.12.25  12:50:13</t>
   </si>
   <si>
     <t>18.12.25  12:52:13</t>
   </si>
   <si>
-    <t>8244Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8244,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  12:52:44</t>
   </si>
   <si>
     <t>18.12.25  12:53:40</t>
   </si>
   <si>
     <t>18.12.25  12:54:09</t>
   </si>
   <si>
     <t>18.12.25  12:56:01</t>
   </si>
   <si>
-    <t>8248Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8248,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  12:56:30</t>
   </si>
   <si>
     <t>18.12.25  12:57:47</t>
   </si>
   <si>
     <t>18.12.25  12:58:30</t>
   </si>
   <si>
-    <t>8251Про розгляд клопотання громадянки Станько Віри Євстахівни</t>
+    <t>ID - 8251,  Про розгляд клопотання громадянки Станько Віри Євстахівни</t>
   </si>
   <si>
     <t>18.12.25  12:59:13</t>
   </si>
   <si>
-    <t>8252Про розгляд клопотання громадянки Чаган Любові Віталіївни</t>
+    <t>ID - 8252,  Про розгляд клопотання громадянки Чаган Любові Віталіївни</t>
   </si>
   <si>
     <t>18.12.25  12:59:57</t>
   </si>
   <si>
-    <t>8253Про розгляд клопотання громадянина Голоти Григорія Михайловича</t>
+    <t>ID - 8253,  Про розгляд клопотання громадянина Голоти Григорія Михайловича</t>
   </si>
   <si>
     <t>18.12.25  13:01:10</t>
   </si>
   <si>
     <t>18.12.25  13:02:18</t>
   </si>
   <si>
-    <t>8255Про розгляд клопотання громадянки Гусар Уляни Ігорівни  </t>
+    <t>ID - 8255,  Про розгляд клопотання громадянки Гусар Уляни Ігорівни  </t>
   </si>
   <si>
     <t>18.12.25  13:03:17</t>
   </si>
   <si>
-    <t>8256Про розгляд клопотання громадянина  Ткачика Євгена Дмитровича</t>
+    <t>ID - 8256,  Про розгляд клопотання громадянина  Ткачика Євгена Дмитровича</t>
   </si>
   <si>
     <t>18.12.25  13:04:06</t>
   </si>
   <si>
-    <t>8257Про розгляд клопотання громадянина Біжика Ростислава Івановича</t>
+    <t>ID - 8257,  Про розгляд клопотання громадянина Біжика Ростислава Івановича</t>
   </si>
   <si>
     <t>18.12.25  13:04:48</t>
   </si>
   <si>
-    <t>8258Про розгляд клопотання громадянина Юськіна Володимира Олександровича</t>
+    <t>ID - 8258,  Про розгляд клопотання громадянина Юськіна Володимира Олександровича</t>
   </si>
   <si>
     <t>18.12.25  13:15:13</t>
   </si>
   <si>
-    <t>8259Про розгляд клопотання громадянки Кальки Оксани Зіновіївни</t>
+    <t>ID - 8259,  Про розгляд клопотання громадянки Кальки Оксани Зіновіївни</t>
   </si>
   <si>
     <t>18.12.25  13:16:24</t>
   </si>
   <si>
-    <t>8260Надати згоду на дострокове розірвання договору оренди</t>
+    <t>ID - 8260,  Надати згоду на дострокове розірвання договору оренди</t>
   </si>
   <si>
     <t>18.12.25  13:16:53</t>
   </si>
   <si>
-    <t>8261Про розгляд клопотання громадянки Кальки Оксани Зіновіївни</t>
+    <t>ID - 8261,  Про розгляд клопотання громадянки Кальки Оксани Зіновіївни</t>
   </si>
   <si>
     <t>18.12.25  13:17:28</t>
   </si>
   <si>
     <t>18.12.25  13:19:07</t>
   </si>
   <si>
-    <t>8263Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8263,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  13:20:24</t>
   </si>
   <si>
     <t>18.12.25  13:28:35</t>
   </si>
   <si>
     <t>18.12.25  13:29:35</t>
   </si>
   <si>
-    <t>8268Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8268,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  13:30:06</t>
   </si>
   <si>
     <t>18.12.25  13:30:38</t>
   </si>
   <si>
     <t>18.12.25  13:31:13</t>
   </si>
   <si>
-    <t>8271Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8271,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  13:31:43</t>
   </si>
   <si>
     <t>18.12.25  13:32:35</t>
   </si>
   <si>
     <t>18.12.25  13:33:16</t>
   </si>
   <si>
     <t>18.12.25  13:33:45</t>
   </si>
   <si>
-    <t>8275Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8275,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  13:34:15</t>
   </si>
   <si>
     <t>18.12.25  13:34:50</t>
   </si>
   <si>
     <t>18.12.25  13:35:21</t>
   </si>
   <si>
-    <t>8278Внести правки озвучені Надільною Г.В.</t>
+    <t>ID - 8278,  Внести правки озвучені Надільною Г.В.</t>
   </si>
   <si>
     <t>18.12.25  13:35:52</t>
   </si>
   <si>
     <t>18.12.25  13:36:38</t>
   </si>
   <si>
-    <t>8280Про розгляд клопотання громадянина Горбая Богдана Олеговича</t>
+    <t>ID - 8280,  Про розгляд клопотання громадянина Горбая Богдана Олеговича</t>
   </si>
   <si>
     <t>18.12.25  13:37:37</t>
   </si>
   <si>
-    <t>8281Про розгляд клопотання громадянки Шиш Наталії Володимирівни  </t>
+    <t>ID - 8281,  Про розгляд клопотання громадянки Шиш Наталії Володимирівни  </t>
   </si>
   <si>
     <t>18.12.25  13:39:05</t>
   </si>
   <si>
     <t>18.12.25  13:40:15</t>
   </si>
   <si>
     <t>18.12.25  13:43:38</t>
   </si>
   <si>
     <t>18.12.25  13:45:00</t>
   </si>
   <si>
-    <t>8285Внести правки озвучені Балком Д.І.</t>
+    <t>ID - 8285,  Внести правки озвучені Балком Д.І.</t>
   </si>
   <si>
     <t>18.12.25  13:48:50</t>
   </si>
   <si>
     <t>18.12.25  13:49:46</t>
   </si>
   <si>
     <t>18.12.25  13:50:34</t>
   </si>
   <si>
     <t>18.12.25  13:51:58</t>
   </si>
   <si>
     <t>18.12.25  13:56:10</t>
   </si>
   <si>
     <t>18.12.25  13:57:27</t>
   </si>
   <si>
-    <t>8291Про надання одноразової грошової допомоги</t>
+    <t>ID - 8291,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>18.12.25  13:58:17</t>
   </si>
   <si>
-    <t>8292Внести правки озвучені Гоцом П.В.</t>
+    <t>ID - 8292,  Внести правки озвучені Гоцом П.В.</t>
   </si>
   <si>
     <t>18.12.25  13:58:46</t>
   </si>
   <si>
-    <t>8293Про надання одноразової грошової допомоги</t>
+    <t>ID - 8293,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>18.12.25  14:00:36</t>
   </si>
   <si>
     <t>За: 120</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 65</t>
   </si>
   <si>
     <t>За: 115</t>
   </si>
   <si>
     <t>За: 122</t>
   </si>
   <si>
     <t>За: 106</t>
   </si>
   <si>
     <t>За: 107</t>
   </si>
@@ -1107,51 +1107,51 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="51"/>
+    <col min="45" max="45" width="53"/>
     <col min="46" max="46" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -1254,51 +1254,51 @@
       <c r="AP1" t="s" s="3">
         <v>38</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>8164Про  присвоєння звання «Почесний громадянин Червоноградської  міської територіальної громади»</t>
+          <t>ID - 8164,  Про  присвоєння звання «Почесний громадянин Червоноградської  міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>46</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>49</v>
@@ -1816,51 +1816,51 @@
       <c r="AP5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>8170Пропозиції по внесенню змін до проекту рішення «Про бюджет Шептицької міської територіальної громади на 2026 рік» Виділити кошти в сумі 700,0тис.грн. на Програму безбар»єрності на 2026 рік спрямувавши їх на придбання підйомників в житлових будинках. Одержувач-КП«Житлокомунсервіс» (0202; 0216090;3210 ЗФ).   Зменшити план асигнувань по КЕКВ 2240 «Оплата послуг (крім комунальних)» по головному розпоряднику –Виконавчий комітет Шептицької міської ради на суму 193,0тис.грн та спрямувати їх на: - 100,0 тис.грн на Програму промоцій (одержувач - комунальна установа «Агенція справедливої трансформації») (0279; 0217693; 2610 З.Ф.); 93,0 тис.грн на Програму інформатизації ( 0200; 0217530; КЕКВ 2240-73,0тис.грн; КЕКВ 2210-20,0тис.грн. ЗФ).   Виділити кошти в сумі 350,0тис.грн на Програму поповнення статутного фонду КП«Житлокомунсервіс» на встановлення  дитячого майданчика в с.Гірник  ( 0202; 0217670; 3210. СФ). Відділу капітальному будівництва виділити  кошти  в  сумі 1075,0тис.грн на виконання Програми  реалізації інших заходів щодо соціально-економічного розвитку територій на 2026  рік:   Нове будівництво</t>
+          <t>ID - 8170,  Пропозиції по внесенню змін до проекту рішення «Про бюджет Шептицької міської територіальної громади на 2026 рік» Виділити кошти в сумі 700,0тис.грн. на Програму безбар»єрності на 2026 рік спрямувавши їх на придбання підйомників в житлових будинках. Одержувач-КП«Житлокомунсервіс» (0202; 0216090;3210 ЗФ).   Зменшити план асигнувань по КЕКВ 2240 «Оплата послуг (крім комунальних)» по головному розпоряднику –Виконавчий комітет Шептицької міської ради на суму 193,0тис.грн та спрямувати їх на: - 100,0 тис.грн на Програму промоцій (одержувач - комунальна установа «Агенція справедливої трансформації») (0279; 0217693; 2610 З.Ф.); 93,0 тис.грн на Програму інформатизації ( 0200; 0217530; КЕКВ 2240-73,0тис.грн; КЕКВ 2210-20,0тис.грн. ЗФ).   Виділити кошти в сумі 350,0тис.грн на Програму поповнення статутного фонду КП«Житлокомунсервіс» на встановлення  дитячого майданчика в с.Гірник  ( 0202; 0217670; 3210. СФ). Відділу капітальному будівництва виділити  кошти  в  сумі 1075,0тис.грн на виконання Програми  реалізації інших заходів щодо соціально-економічного розвитку територій на 2026  рік:   Нове будівництво</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>64</v>
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>65</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>48</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -2098,51 +2098,51 @@
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>81721 млн.грн перенести на ремонт доріг з безбар&amp;#39;єрності,  500 тис. на ребрендінг замість 100 тис. за рахунок акцизного податку</t>
+          <t>ID - 8172,  1 млн.грн перенести на ремонт доріг з безбар&amp;#39;єрності,  500 тис. на ребрендінг замість 100 тис. за рахунок акцизного податку</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>69</v>
       </c>
       <c r="F8" t="s">
         <v>70</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -2240,51 +2240,51 @@
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>81731 млн.грн перенести на ремонт доріг з безбар&amp;#39;єрності,  500 тис. на ребрендінг замість 100 тис. за рахунок акцизного податку</t>
+          <t>ID - 8173,  1 млн.грн перенести на ремонт доріг з безбар&amp;#39;єрності,  500 тис. на ребрендінг замість 100 тис. за рахунок акцизного податку</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>64</v>
       </c>
       <c r="E9" t="s">
         <v>69</v>
       </c>
       <c r="F9" t="s">
         <v>72</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2662,51 +2662,51 @@
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>79</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>8176Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
+          <t>ID - 8176,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>54</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>46</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -2804,51 +2804,51 @@
       <c r="AP12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>80</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>8177ПРАВКИ з голосу ( до 2025 року)   І. По виконавчому комітету очікується економія по  оплаті за електроенергію в  сумі 350,0 тис.грн. Яку планується  спрямувати  на: -  придбання дизпалива та бензину - 62,0 тис.грн; - оплата послуг з адміністрування програмного забезпечення щодо земельних ділянок та прав на них - 96,0 тис.грн. - 192,0 тис.грн на поновлення резервного фонду.   ІІ. По Програмі забезпечення діяльності з виробництва, транспортування, постачання теплової енергії комунального підприємства «Червоноградтеплокомуненерго» на 2025рік здійснити переміщення  між завданнями. Зменшити асигнування по завданню «Оплата та погашення заборгованості за розподіл природнього газу Оператору ГРМ Львівська філія ТзОВ «Газорозподільні мережі України» на суму 440,0тис.грн та спрямувати на Забезпечення виконання договорів реструктуризації заборгованості за спожитий природний газ КП «Червоноградтеплокомуненерго» перед НАК «Нафтогазом України», відповідно до рішення Червоноградської міської ради від 18.10.2018р.-219,0тис.грн; Погашення заборгованості за розподіл природного</t>
+          <t>ID - 8177,  ПРАВКИ з голосу ( до 2025 року)   І. По виконавчому комітету очікується економія по  оплаті за електроенергію в  сумі 350,0 тис.грн. Яку планується  спрямувати  на: -  придбання дизпалива та бензину - 62,0 тис.грн; - оплата послуг з адміністрування програмного забезпечення щодо земельних ділянок та прав на них - 96,0 тис.грн. - 192,0 тис.грн на поновлення резервного фонду.   ІІ. По Програмі забезпечення діяльності з виробництва, транспортування, постачання теплової енергії комунального підприємства «Червоноградтеплокомуненерго» на 2025рік здійснити переміщення  між завданнями. Зменшити асигнування по завданню «Оплата та погашення заборгованості за розподіл природнього газу Оператору ГРМ Львівська філія ТзОВ «Газорозподільні мережі України» на суму 440,0тис.грн та спрямувати на Забезпечення виконання договорів реструктуризації заборгованості за спожитий природний газ КП «Червоноградтеплокомуненерго» перед НАК «Нафтогазом України», відповідно до рішення Червоноградської міської ради від 18.10.2018р.-219,0тис.грн; Погашення заборгованості за розподіл природного</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>78</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13" t="s">
         <v>48</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>49</v>
@@ -2946,51 +2946,51 @@
       <c r="AP13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>8178Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
+          <t>ID - 8178,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14" t="s">
         <v>48</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>49</v>
@@ -3088,51 +3088,51 @@
       <c r="AP14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>82</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>8179Про затвердження списку присяжних для Шептицького міського суду Львівської області  </t>
+          <t>ID - 8179,  Про затвердження списку присяжних для Шептицького міського суду Львівської області  </t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15" t="s">
         <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>78</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15" t="s">
         <v>48</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>49</v>
@@ -3230,51 +3230,51 @@
       <c r="AP15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>83</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>8180Про надання пiльг з безкоштовного відвідування спортивних залів, стадіонів, плавального басейну КУ «Спортивний комплекс»</t>
+          <t>ID - 8180,  Про надання пiльг з безкоштовного відвідування спортивних залів, стадіонів, плавального басейну КУ «Спортивний комплекс»</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>78</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>48</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>49</v>
@@ -3372,51 +3372,51 @@
       <c r="AP16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>84</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>8181Про схвалення та підписання Меморандуму про співпрацю в рамках ініціативи «Територіальна громада, вільна від туберкульозу» між Комунальним некомерційним підприємством Львівської обласної ради «Львівський регіональний фтизіопульмонологічний лікувально-діагностичний центр» (Центр легеневого здоров’я), Державною установою «Львівський обласний центр контролю та профілактики хвороб Міністерства охорони здоров’я України» та Шептицькою міською радою</t>
+          <t>ID - 8181,  Про схвалення та підписання Меморандуму про співпрацю в рамках ініціативи «Територіальна громада, вільна від туберкульозу» між Комунальним некомерційним підприємством Львівської обласної ради «Львівський регіональний фтизіопульмонологічний лікувально-діагностичний центр» (Центр легеневого здоров’я), Державною установою «Львівський обласний центр контролю та профілактики хвороб Міністерства охорони здоров’я України» та Шептицькою міською радою</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>78</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17" t="s">
         <v>48</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>49</v>
@@ -3514,51 +3514,51 @@
       <c r="AP17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>85</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>8182Про затвердження Положення про проведення атестації працівників закладів культури Шептицької міської ради</t>
+          <t>ID - 8182,  Про затвердження Положення про проведення атестації працівників закладів культури Шептицької міської ради</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>48</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>49</v>
@@ -3656,51 +3656,51 @@
       <c r="AP18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>8183Про внесення змін до штатного розпису Комунального закладу Шептицької міської ради «Будинок воїна»</t>
+          <t>ID - 8183,  Про внесення змін до штатного розпису Комунального закладу Шептицької міської ради «Будинок воїна»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>48</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>49</v>
@@ -3798,51 +3798,51 @@
       <c r="AP19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>87</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>8184​​​​​​​Про надання дозволу закладам освіти на використання залишків дизельного палива</t>
+          <t>ID - 8184,  ​​​​​​​Про надання дозволу закладам освіти на використання залишків дизельного палива</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>44</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>78</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>48</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -3940,51 +3940,51 @@
       <c r="AP20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>88</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>8185Про надання згоди на внесення змін  до  Договору  купівлі-продажу  об’єкта  малої приватизації  комунальної власності:  об’єкта незавершеного будівництва у складі: будівля котельні за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 є; будівля котельні № 1 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 1; будівля котельні № 2 за адресою: Львівська область, м.Червоноград, вул. Івасюка, 2 й приміщення 2 від 05.11.2021 року</t>
+          <t>ID - 8185,  Про надання згоди на внесення змін  до  Договору  купівлі-продажу  об’єкта  малої приватизації  комунальної власності:  об’єкта незавершеного будівництва у складі: будівля котельні за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 є; будівля котельні № 1 за адресою: Львівська область, м.Червоноград, вул.Івасюка, 2 й приміщення 1; будівля котельні № 2 за адресою: Львівська область, м.Червоноград, вул. Івасюка, 2 й приміщення 2 від 05.11.2021 року</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>44</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>65</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>48</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>49</v>
@@ -4642,51 +4642,51 @@
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>101</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>8190Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 8190,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>54</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>102</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>48</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
@@ -4924,51 +4924,51 @@
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>105</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>8192Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 8192,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>58</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>102</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>48</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
@@ -5206,51 +5206,51 @@
       <c r="AP29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>111</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>112</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>8194Про  розроблення детального плану території на вулиці Івасюка в селищі Гірник Шептицької міської територіальної громади Шептицького району Львівської області          </t>
+          <t>ID - 8194,  Про  розроблення детального плану території на вулиці Івасюка в селищі Гірник Шептицької міської територіальної громади Шептицького району Львівської області          </t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>97</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>48</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
@@ -5348,51 +5348,51 @@
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>113</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>8195Про  розроблення детального плану території в районі церкви Воздвиження  Чесного Хреста на вул. Сокальська в с. Добрячин Шептицької міської територіальної громади Шептицького району Львівської області    </t>
+          <t>ID - 8195,  Про  розроблення детального плану території в районі церкви Воздвиження  Чесного Хреста на вул. Сокальська в с. Добрячин Шептицької міської територіальної громади Шептицького району Львівської області    </t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>114</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
@@ -9410,51 +9410,51 @@
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>172</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>8224Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки в. м. Шептицький, вул. Музейна, 12  </t>
+          <t>ID - 8224,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки в. м. Шептицький, вул. Музейна, 12  </t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>44</v>
       </c>
       <c r="E60" t="s">
         <v>45</v>
       </c>
       <c r="F60" t="s">
         <v>100</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
         <v>48</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
@@ -9552,51 +9552,51 @@
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>173</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>8225Про розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)</t>
+          <t>ID - 8225,  Про розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>54</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>65</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>61</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>51</v>
@@ -9834,51 +9834,51 @@
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>176</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>8227Про розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)</t>
+          <t>ID - 8227,  Про розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>58</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
         <v>78</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
@@ -9976,51 +9976,51 @@
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>177</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>8228Про надання згоди фізичній особі – підприємцю Пилипчуку Петру Павловичу на передачу в суборенду земельної ділянки</t>
+          <t>ID - 8228,  Про надання згоди фізичній особі – підприємцю Пилипчуку Петру Павловичу на передачу в суборенду земельної ділянки</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>54</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
         <v>100</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>48</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
@@ -10258,51 +10258,51 @@
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>180</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>8230Про надання згоди фізичній особі – підприємцю Пилипчуку Петру Павловичу на передачу в суборенду земельної ділянки</t>
+          <t>ID - 8230,  Про надання згоди фізичній особі – підприємцю Пилипчуку Петру Павловичу на передачу в суборенду земельної ділянки</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>58</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
       <c r="F66" t="s">
         <v>65</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
@@ -10400,51 +10400,51 @@
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>181</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>8231 Про надання згоди товариству з обмеженою відповідальністю «СКАЙ ПРОЕКТ» на передачу в суборенду земельної ділянки</t>
+          <t>ID - 8231,   Про надання згоди товариству з обмеженою відповідальністю «СКАЙ ПРОЕКТ» на передачу в суборенду земельної ділянки</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
         <v>78</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
@@ -10962,51 +10962,51 @@
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>189</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>8235Про розгляд клопотання Приватного акціонерного Товариства «Львівобленерго» про надання дозволу на розроблення проєкту землеустрою щодо відведення земельних ділянок для встановлення та обслуговування опор</t>
+          <t>ID - 8235,  Про розгляд клопотання Приватного акціонерного Товариства «Львівобленерго» про надання дозволу на розроблення проєкту землеустрою щодо відведення земельних ділянок для встановлення та обслуговування опор</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>44</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>65</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
@@ -11104,51 +11104,51 @@
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>190</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>8236Про розгляд клопотання Львівсько-Волинського воєнізованого гірничорятувального (аварійно-рятувального) загону</t>
+          <t>ID - 8236,  Про розгляд клопотання Львівсько-Волинського воєнізованого гірничорятувального (аварійно-рятувального) загону</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>54</v>
       </c>
       <c r="E72" t="s">
         <v>45</v>
       </c>
       <c r="F72" t="s">
         <v>102</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>49</v>
@@ -11386,51 +11386,51 @@
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>193</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>8238Про розгляд клопотання Львівсько-Волинського воєнізованого гірничорятувального (аварійно-рятувального) загону</t>
+          <t>ID - 8238,  Про розгляд клопотання Львівсько-Волинського воєнізованого гірничорятувального (аварійно-рятувального) загону</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>58</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>102</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>48</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
@@ -11528,51 +11528,51 @@
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>194</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>8239Про погодження проєкту землеустрою щодо встановлення меж території територіальної громади - Великомостівська територіальна громада Шептицького району Львівської області</t>
+          <t>ID - 8239,  Про погодження проєкту землеустрою щодо встановлення меж території територіальної громади - Великомостівська територіальна громада Шептицького району Львівської області</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
         <v>65</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>48</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
@@ -11670,51 +11670,51 @@
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>195</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>8240Про розроблення проєктів землеустрою щодо відведення земельних ділянок в місті Соснівка, на вулиці Львівська</t>
+          <t>ID - 8240,  Про розроблення проєктів землеустрою щодо відведення земельних ділянок в місті Соснівка, на вулиці Львівська</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
       <c r="F76" t="s">
         <v>65</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>48</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
@@ -11812,51 +11812,51 @@
       <c r="AP76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>196</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>8241Про розроблення проєктів землеустрою щодо відведення земельних ділянок в місті Шептицький</t>
+          <t>ID - 8241,  Про розроблення проєктів землеустрою щодо відведення земельних ділянок в місті Шептицький</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>44</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
         <v>102</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>48</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>49</v>
@@ -11954,51 +11954,51 @@
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>197</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>8242Про розроблення проєктів землеустрою щодо відведення земельних ділянок в селі Поздимир, Шептицького району, Львівської області</t>
+          <t>ID - 8242,  Про розроблення проєктів землеустрою щодо відведення земельних ділянок в селі Поздимир, Шептицького району, Львівської області</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>44</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
         <v>65</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
@@ -12096,51 +12096,51 @@
       <c r="AP78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>198</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>8243Про розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської територіальної громади Шептицького району Львівської області біля земельної ділянки з кадастровим номером 4611800000:02:004:0053</t>
+          <t>ID - 8243,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської територіальної громади Шептицького району Львівської області біля земельної ділянки з кадастровим номером 4611800000:02:004:0053</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>54</v>
       </c>
       <c r="E79" t="s">
         <v>45</v>
       </c>
       <c r="F79" t="s">
         <v>75</v>
       </c>
       <c r="G79" t="s">
         <v>47</v>
       </c>
       <c r="H79" t="s">
         <v>48</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
@@ -12378,51 +12378,51 @@
       <c r="AP80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>201</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>8245Про розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської територіальної громади Шептицького району Львівської області біля земельної ділянки з кадастровим номером 4611800000:02:004:0053</t>
+          <t>ID - 8245,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки на території Шептицької міської територіальної громади Шептицького району Львівської області біля земельної ділянки з кадастровим номером 4611800000:02:004:0053</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>58</v>
       </c>
       <c r="E81" t="s">
         <v>45</v>
       </c>
       <c r="F81" t="s">
         <v>100</v>
       </c>
       <c r="G81" t="s">
         <v>47</v>
       </c>
       <c r="H81" t="s">
         <v>48</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>51</v>
@@ -12520,51 +12520,51 @@
       <c r="AP81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>202</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>8246Про затвердження технічної документації із землеустрою щодо інвентаризації земель у місті Шептицький, на вулиці Радехівська</t>
+          <t>ID - 8246,  Про затвердження технічної документації із землеустрою щодо інвентаризації земель у місті Шептицький, на вулиці Радехівська</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>44</v>
       </c>
       <c r="E82" t="s">
         <v>45</v>
       </c>
       <c r="F82" t="s">
         <v>75</v>
       </c>
       <c r="G82" t="s">
         <v>47</v>
       </c>
       <c r="H82" t="s">
         <v>48</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>51</v>
@@ -12662,51 +12662,51 @@
       <c r="AP82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>203</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>8247Про затвердження технічної документації із землеустрою щодо інвентаризації земель в місті Шептицький на вулиці Б. Хмельницького (через річку Солокія) та надання її в постійне користування</t>
+          <t>ID - 8247,  Про затвердження технічної документації із землеустрою щодо інвентаризації земель в місті Шептицький на вулиці Б. Хмельницького (через річку Солокія) та надання її в постійне користування</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>54</v>
       </c>
       <c r="E83" t="s">
         <v>45</v>
       </c>
       <c r="F83" t="s">
         <v>100</v>
       </c>
       <c r="G83" t="s">
         <v>47</v>
       </c>
       <c r="H83" t="s">
         <v>48</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>51</v>
@@ -12944,51 +12944,51 @@
       <c r="AP84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>206</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>8249Про затвердження технічної документації із землеустрою щодо інвентаризації земель в місті Шептицький на вулиці Б. Хмельницького (через річку Солокія) та надання її в постійне користування</t>
+          <t>ID - 8249,  Про затвердження технічної документації із землеустрою щодо інвентаризації земель в місті Шептицький на вулиці Б. Хмельницького (через річку Солокія) та надання її в постійне користування</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>58</v>
       </c>
       <c r="E85" t="s">
         <v>45</v>
       </c>
       <c r="F85" t="s">
         <v>100</v>
       </c>
       <c r="G85" t="s">
         <v>47</v>
       </c>
       <c r="H85" t="s">
         <v>48</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>49</v>
@@ -13086,51 +13086,51 @@
       <c r="AP85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>207</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>8250Про розроблення проєктів землеустрою з метою зміни цільового призначення земельних ділянок в межах адміністративної території Шептицької міської ради (за межами села Добрячин)</t>
+          <t>ID - 8250,  Про розроблення проєктів землеустрою з метою зміни цільового призначення земельних ділянок в межах адміністративної території Шептицької міської ради (за межами села Добрячин)</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>44</v>
       </c>
       <c r="E86" t="s">
         <v>45</v>
       </c>
       <c r="F86" t="s">
         <v>65</v>
       </c>
       <c r="G86" t="s">
         <v>47</v>
       </c>
       <c r="H86" t="s">
         <v>48</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>49</v>
@@ -13648,51 +13648,51 @@
       <c r="AP89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>214</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>8254Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви парафії Пресвятої Богородиці Владичиці України у м. Червоноград Червоноградського району Львівської області»</t>
+          <t>ID - 8254,  Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви парафії Пресвятої Богородиці Владичиці України у м. Червоноград Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>44</v>
       </c>
       <c r="E90" t="s">
         <v>45</v>
       </c>
       <c r="F90" t="s">
         <v>65</v>
       </c>
       <c r="G90" t="s">
         <v>47</v>
       </c>
       <c r="H90" t="s">
         <v>48</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>49</v>
@@ -14770,51 +14770,51 @@
       <c r="AP97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>229</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>8262Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Рата</t>
+          <t>ID - 8262,  Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Рата</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>54</v>
       </c>
       <c r="E98" t="s">
         <v>45</v>
       </c>
       <c r="F98" t="s">
         <v>97</v>
       </c>
       <c r="G98" t="s">
         <v>47</v>
       </c>
       <c r="H98" t="s">
         <v>48</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
@@ -15052,51 +15052,51 @@
       <c r="AP99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>232</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>8264Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Рата</t>
+          <t>ID - 8264,  Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Рата</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>58</v>
       </c>
       <c r="E100" t="s">
         <v>45</v>
       </c>
       <c r="F100" t="s">
         <v>97</v>
       </c>
       <c r="G100" t="s">
         <v>47</v>
       </c>
       <c r="H100" t="s">
         <v>48</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>50</v>
@@ -15194,51 +15194,51 @@
       <c r="AP100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>233</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>8267Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Західний Буг</t>
+          <t>ID - 8267,  Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Західний Буг</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>54</v>
       </c>
       <c r="E101" t="s">
         <v>45</v>
       </c>
       <c r="F101" t="s">
         <v>100</v>
       </c>
       <c r="G101" t="s">
         <v>47</v>
       </c>
       <c r="H101" t="s">
         <v>48</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>49</v>
@@ -15476,51 +15476,51 @@
       <c r="AP102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>236</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>8269Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Західний Буг</t>
+          <t>ID - 8269,  Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Західний Буг</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>58</v>
       </c>
       <c r="E103" t="s">
         <v>45</v>
       </c>
       <c r="F103" t="s">
         <v>65</v>
       </c>
       <c r="G103" t="s">
         <v>47</v>
       </c>
       <c r="H103" t="s">
         <v>48</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>49</v>
@@ -15618,51 +15618,51 @@
       <c r="AP103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>237</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>8270Про затвердження проєкту землеустрою щодо встановлення  прибережної захисної смуги річки Красносілка</t>
+          <t>ID - 8270,  Про затвердження проєкту землеустрою щодо встановлення  прибережної захисної смуги річки Красносілка</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>54</v>
       </c>
       <c r="E104" t="s">
         <v>45</v>
       </c>
       <c r="F104" t="s">
         <v>97</v>
       </c>
       <c r="G104" t="s">
         <v>47</v>
       </c>
       <c r="H104" t="s">
         <v>48</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>49</v>
@@ -15900,51 +15900,51 @@
       <c r="AP105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>240</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>8272Про затвердження проєкту землеустрою щодо встановлення  прибережної захисної смуги річки Красносілка</t>
+          <t>ID - 8272,  Про затвердження проєкту землеустрою щодо встановлення  прибережної захисної смуги річки Красносілка</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>58</v>
       </c>
       <c r="E106" t="s">
         <v>45</v>
       </c>
       <c r="F106" t="s">
         <v>100</v>
       </c>
       <c r="G106" t="s">
         <v>47</v>
       </c>
       <c r="H106" t="s">
         <v>48</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>49</v>
@@ -16042,51 +16042,51 @@
       <c r="AP106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>241</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>8273Про виготовлення технічної документації із землеустрою щодо інвентаризації земель в місті Шептицький, на проспекті Шевченка</t>
+          <t>ID - 8273,  Про виготовлення технічної документації із землеустрою щодо інвентаризації земель в місті Шептицький, на проспекті Шевченка</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>44</v>
       </c>
       <c r="E107" t="s">
         <v>45</v>
       </c>
       <c r="F107" t="s">
         <v>65</v>
       </c>
       <c r="G107" t="s">
         <v>47</v>
       </c>
       <c r="H107" t="s">
         <v>48</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>49</v>
@@ -16184,51 +16184,51 @@
       <c r="AP107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>242</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>8274Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Болотня</t>
+          <t>ID - 8274,  Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Болотня</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>54</v>
       </c>
       <c r="E108" t="s">
         <v>45</v>
       </c>
       <c r="F108" t="s">
         <v>100</v>
       </c>
       <c r="G108" t="s">
         <v>47</v>
       </c>
       <c r="H108" t="s">
         <v>48</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
@@ -16466,51 +16466,51 @@
       <c r="AP109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>245</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>8276Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Болотня</t>
+          <t>ID - 8276,  Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Болотня</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>58</v>
       </c>
       <c r="E110" t="s">
         <v>45</v>
       </c>
       <c r="F110" t="s">
         <v>100</v>
       </c>
       <c r="G110" t="s">
         <v>47</v>
       </c>
       <c r="H110" t="s">
         <v>48</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>51</v>
@@ -16608,51 +16608,51 @@
       <c r="AP110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>246</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>8277Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Желдець</t>
+          <t>ID - 8277,  Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Желдець</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>54</v>
       </c>
       <c r="E111" t="s">
         <v>45</v>
       </c>
       <c r="F111" t="s">
         <v>65</v>
       </c>
       <c r="G111" t="s">
         <v>47</v>
       </c>
       <c r="H111" t="s">
         <v>48</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>49</v>
@@ -16890,51 +16890,51 @@
       <c r="AP112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>249</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>8279Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Желдець</t>
+          <t>ID - 8279,  Про затвердження проєкту землеустрою щодо встановлення прибережної захисної смуги річки Желдець</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>58</v>
       </c>
       <c r="E113" t="s">
         <v>45</v>
       </c>
       <c r="F113" t="s">
         <v>65</v>
       </c>
       <c r="G113" t="s">
         <v>47</v>
       </c>
       <c r="H113" t="s">
         <v>48</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>49</v>
@@ -17312,51 +17312,51 @@
       <c r="AP115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
         <v>254</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>8282Про утворення Комісії з розгляду питань щодо надання допомоги для вирішення житлового питання окремим категоріям внутрішньо переміщених осіб, що проживали на тимчасово окупованій території</t>
+          <t>ID - 8282,  Про утворення Комісії з розгляду питань щодо надання допомоги для вирішення житлового питання окремим категоріям внутрішньо переміщених осіб, що проживали на тимчасово окупованій території</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>44</v>
       </c>
       <c r="E116" t="s">
         <v>45</v>
       </c>
       <c r="F116" t="s">
         <v>100</v>
       </c>
       <c r="G116" t="s">
         <v>47</v>
       </c>
       <c r="H116" t="s">
         <v>48</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>49</v>
@@ -17454,51 +17454,51 @@
       <c r="AP116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>255</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>8283Про затвердженння персонального складу Комісії з розгляду питань щодо надання допомоги для вирішення житлового питання окремим категоріям внутрішньо переміщених осіб, що проживали на тимчасово окупованій території</t>
+          <t>ID - 8283,  Про затвердженння персонального складу Комісії з розгляду питань щодо надання допомоги для вирішення житлового питання окремим категоріям внутрішньо переміщених осіб, що проживали на тимчасово окупованій території</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>44</v>
       </c>
       <c r="E117" t="s">
         <v>45</v>
       </c>
       <c r="F117" t="s">
         <v>114</v>
       </c>
       <c r="G117" t="s">
         <v>47</v>
       </c>
       <c r="H117" t="s">
         <v>48</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>49</v>
@@ -17596,51 +17596,51 @@
       <c r="AP117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>256</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>8284Про надання згоди державному підприємству «Об’єднана компанія “Укрвуглереструктуризація”» на вивіз відходів будівництва та знесення, що утворилися внаслідок знесення будівель та споруд державного підприємства «Шахта “Зарічна”», які не є небезпечними</t>
+          <t>ID - 8284,  Про надання згоди державному підприємству «Об’єднана компанія “Укрвуглереструктуризація”» на вивіз відходів будівництва та знесення, що утворилися внаслідок знесення будівель та споруд державного підприємства «Шахта “Зарічна”», які не є небезпечними</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>54</v>
       </c>
       <c r="E118" t="s">
         <v>45</v>
       </c>
       <c r="F118" t="s">
         <v>97</v>
       </c>
       <c r="G118" t="s">
         <v>47</v>
       </c>
       <c r="H118" t="s">
         <v>48</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>49</v>
@@ -17878,51 +17878,51 @@
       <c r="AP119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>259</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>8286Про надання згоди державному підприємству «Об’єднана компанія “Укрвуглереструктуризація”» на вивіз відходів будівництва та знесення, що утворилися внаслідок знесення будівель та споруд державного підприємства «Шахта “Зарічна”», які не є небезпечними</t>
+          <t>ID - 8286,  Про надання згоди державному підприємству «Об’єднана компанія “Укрвуглереструктуризація”» на вивіз відходів будівництва та знесення, що утворилися внаслідок знесення будівель та споруд державного підприємства «Шахта “Зарічна”», які не є небезпечними</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>58</v>
       </c>
       <c r="E120" t="s">
         <v>45</v>
       </c>
       <c r="F120" t="s">
         <v>65</v>
       </c>
       <c r="G120" t="s">
         <v>47</v>
       </c>
       <c r="H120" t="s">
         <v>48</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>49</v>
@@ -18020,51 +18020,51 @@
       <c r="AP120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>260</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>8287Про   затвердження  статуту комунального    пiдприємства «Водоканал»    Шептицької міської ради в новій редакції</t>
+          <t>ID - 8287,  Про   затвердження  статуту комунального    пiдприємства «Водоканал»    Шептицької міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>44</v>
       </c>
       <c r="E121" t="s">
         <v>45</v>
       </c>
       <c r="F121" t="s">
         <v>100</v>
       </c>
       <c r="G121" t="s">
         <v>47</v>
       </c>
       <c r="H121" t="s">
         <v>48</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>49</v>
@@ -18162,51 +18162,51 @@
       <c r="AP121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
         <v>261</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>8288Про   надання  дозволу  комунальному підприємству «Житлокомунсервіс» Шептицької міської  ради на  списання  з балансу  приватизованих квартир у 2025 році</t>
+          <t>ID - 8288,  Про   надання  дозволу  комунальному підприємству «Житлокомунсервіс» Шептицької міської  ради на  списання  з балансу  приватизованих квартир у 2025 році</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>44</v>
       </c>
       <c r="E122" t="s">
         <v>45</v>
       </c>
       <c r="F122" t="s">
         <v>100</v>
       </c>
       <c r="G122" t="s">
         <v>47</v>
       </c>
       <c r="H122" t="s">
         <v>48</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>49</v>
@@ -18304,51 +18304,51 @@
       <c r="AP122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>262</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>8289Про передачу з балансу відділу капітального будівництва та інвестицій Шептицької міської ради в статутний фонд комунального підприємства «Комунальник» Шептицької міської ради</t>
+          <t>ID - 8289,  Про передачу з балансу відділу капітального будівництва та інвестицій Шептицької міської ради в статутний фонд комунального підприємства «Комунальник» Шептицької міської ради</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>44</v>
       </c>
       <c r="E123" t="s">
         <v>45</v>
       </c>
       <c r="F123" t="s">
         <v>65</v>
       </c>
       <c r="G123" t="s">
         <v>47</v>
       </c>
       <c r="H123" t="s">
         <v>48</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>49</v>
@@ -18446,51 +18446,51 @@
       <c r="AP123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
         <v>263</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
-          <t>8290Про звернення Шептицької міської ради до Верховної Ради України щодо недопущення розгляду і прийняття будь-яких законопроєктів, які будуть спрямовані на обмеження чи фактичне знищення малого підприємництва в Україні</t>
+          <t>ID - 8290,  Про звернення Шептицької міської ради до Верховної Ради України щодо недопущення розгляду і прийняття будь-яких законопроєктів, які будуть спрямовані на обмеження чи фактичне знищення малого підприємництва в Україні</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>44</v>
       </c>
       <c r="E124" t="s">
         <v>45</v>
       </c>
       <c r="F124" t="s">
         <v>65</v>
       </c>
       <c r="G124" t="s">
         <v>47</v>
       </c>
       <c r="H124" t="s">
         <v>48</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>49</v>
@@ -19008,51 +19008,51 @@
       <c r="AP127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>270</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>8294Про затвердження графіку пленарних засідань чергових сесій Шептицької міської ради на 2026 рік</t>
+          <t>ID - 8294,  Про затвердження графіку пленарних засідань чергових сесій Шептицької міської ради на 2026 рік</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>44</v>
       </c>
       <c r="E128" t="s">
         <v>45</v>
       </c>
       <c r="F128" t="s">
         <v>100</v>
       </c>
       <c r="G128" t="s">
         <v>47</v>
       </c>
       <c r="H128" t="s">
         <v>48</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>51</v>