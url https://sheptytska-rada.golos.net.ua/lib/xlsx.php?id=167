--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="211">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LIV сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -134,444 +134,441 @@
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>21.08.25  10:39:59</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>21.08.25  10:41:13</t>
   </si>
   <si>
-    <t>7771Включити в список осіб озвучених Ковалем В. С.</t>
+    <t>ID - 7771,  Включити в список осіб озвучених Ковалем В. С.</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>21.08.25  10:41:42</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>21.08.25  10:51:21</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>21.08.25  10:51:52</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>21.08.25  10:52:23</t>
   </si>
   <si>
-    <t>7775Про депутатськi запити</t>
+    <t>ID - 7775,  Про депутатськi запити</t>
   </si>
   <si>
     <t>21.08.25  10:56:56</t>
   </si>
   <si>
-    <t>7777Про депутатськi запити</t>
+    <t>ID - 7777,  Про депутатськi запити</t>
   </si>
   <si>
     <t>21.08.25  11:48:01</t>
   </si>
   <si>
-    <t>7778Про здійснення місцевого запозичення у 2025 році</t>
+    <t>ID - 7778,  Про здійснення місцевого запозичення у 2025 році</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>21.08.25  12:00:38</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>21.08.25  12:08:20</t>
   </si>
   <si>
     <t>21.08.25  12:16:27</t>
   </si>
   <si>
     <t>21.08.25  12:16:57</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>21.08.25  12:18:20</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>21.08.25  12:19:36</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>21.08.25  12:20:14</t>
   </si>
   <si>
     <t>21.08.25  12:21:06</t>
   </si>
   <si>
-    <t>7786Про розгляд клопотання громадянки Боднар Галини Іванівни</t>
+    <t>ID - 7786,  Про розгляд клопотання громадянки Боднар Галини Іванівни</t>
   </si>
   <si>
     <t>21.08.25  12:21:53</t>
   </si>
   <si>
-    <t>7787Про розгляд клопотання громадянки Думи Ніни Володимирівни</t>
+    <t>ID - 7787,  Про розгляд клопотання громадянки Думи Ніни Володимирівни</t>
   </si>
   <si>
     <t>21.08.25  12:23:21</t>
   </si>
   <si>
-    <t>7789Про розгляд клопотання громадянки Закали Ольги Василівни</t>
+    <t>ID - 7789,  Про розгляд клопотання громадянки Закали Ольги Василівни</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>21.08.25  12:24:03</t>
   </si>
   <si>
-    <t>7790Про розгляд клопотання громадянки Гомонко Віри Михайлівни</t>
+    <t>ID - 7790,  Про розгляд клопотання громадянки Гомонко Віри Михайлівни</t>
   </si>
   <si>
     <t>21.08.25  12:24:57</t>
   </si>
   <si>
     <t>21.08.25  12:25:45</t>
   </si>
   <si>
-    <t>7792Про розгляд клопотання громадянки Гунькової Ольги Михайлівни</t>
+    <t>ID - 7792,  Про розгляд клопотання громадянки Гунькової Ольги Михайлівни</t>
   </si>
   <si>
     <t>21.08.25  12:26:31</t>
   </si>
   <si>
-    <t>7793Про розгляд клопотання громадянки Мусій Ірини Ярославівни</t>
+    <t>ID - 7793,  Про розгляд клопотання громадянки Мусій Ірини Ярославівни</t>
   </si>
   <si>
     <t>21.08.25  12:27:16</t>
   </si>
   <si>
-    <t>7794Про розгляд клопотання громадянки Скрипець Ольги Олегівни</t>
+    <t>ID - 7794,  Про розгляд клопотання громадянки Скрипець Ольги Олегівни</t>
   </si>
   <si>
     <t>21.08.25  12:28:12</t>
   </si>
   <si>
     <t>21.08.25  12:28:43</t>
   </si>
   <si>
     <t>21.08.25  12:29:49</t>
   </si>
   <si>
-    <t>7797Внести зміни озвучені Надільеою Г. В. в п. 2 </t>
+    <t>ID - 7797,  Внести зміни озвучені Надільеою Г. В. в п. 2 </t>
   </si>
   <si>
     <t>21.08.25  12:30:18</t>
   </si>
   <si>
     <t>21.08.25  12:31:05</t>
   </si>
   <si>
     <t>21.08.25  12:32:40</t>
   </si>
   <si>
     <t>21.08.25  12:33:10</t>
   </si>
   <si>
     <t>21.08.25  12:33:59</t>
   </si>
   <si>
-    <t>7802Про розгляд клопотання громадянина Горелого Ігоря Петровича</t>
+    <t>ID - 7802,  Про розгляд клопотання громадянина Горелого Ігоря Петровича</t>
   </si>
   <si>
     <t>21.08.25  12:34:40</t>
   </si>
   <si>
-    <t>7803Про розгляд клопотання громадянина Скопика Богдана Йосиповича</t>
+    <t>ID - 7803,  Про розгляд клопотання громадянина Скопика Богдана Йосиповича</t>
   </si>
   <si>
     <t>21.08.25  12:35:53</t>
   </si>
   <si>
-    <t>7804Про розгляд клопотання громадянина Краснокутського Валерія Євгенійовича</t>
+    <t>ID - 7804,  Про розгляд клопотання громадянина Краснокутського Валерія Євгенійовича</t>
   </si>
   <si>
     <t>21.08.25  12:36:35</t>
   </si>
   <si>
-    <t>7805Про розгляд клопотання громадянки Цвігули Любові Михайлівни</t>
+    <t>ID - 7805,  Про розгляд клопотання громадянки Цвігули Любові Михайлівни</t>
   </si>
   <si>
     <t>21.08.25  12:37:19</t>
   </si>
   <si>
-    <t>7806Про розгляд клопотання громадянки Мазур Ольги Миколаївни</t>
+    <t>ID - 7806,  Про розгляд клопотання громадянки Мазур Ольги Миколаївни</t>
   </si>
   <si>
     <t>21.08.25  12:38:00</t>
   </si>
   <si>
-    <t>7807Про розгляд клопотання громадянки Саприкіної Надії Іванівни</t>
+    <t>ID - 7807,  Про розгляд клопотання громадянки Саприкіної Надії Іванівни</t>
   </si>
   <si>
     <t>21.08.25  12:38:40</t>
   </si>
   <si>
-    <t>7808Про розгляд клопотання громадянки Безкоровайної Орести Михайлівни</t>
+    <t>ID - 7808,  Про розгляд клопотання громадянки Безкоровайної Орести Михайлівни</t>
   </si>
   <si>
     <t>21.08.25  12:39:23</t>
   </si>
   <si>
-    <t>7809Про розгляд клопотання фізичної особи – підприємця Барвінка Віталія Олександровича</t>
-[...1 lines deleted...]
-  <si>
     <t>21.08.25  12:40:03</t>
   </si>
   <si>
-    <t>7810Про розгляд клопотання приватного підприємства фірма «ПЕА»</t>
+    <t>ID - 7810,  Про розгляд клопотання приватного підприємства фірма «ПЕА»</t>
   </si>
   <si>
     <t>21.08.25  12:40:50</t>
   </si>
   <si>
     <t>21.08.25  12:41:30</t>
   </si>
   <si>
     <t>21.08.25  12:42:12</t>
   </si>
   <si>
     <t>21.08.25  12:43:05</t>
   </si>
   <si>
-    <t>7814Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
+    <t>ID - 7814,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
   </si>
   <si>
     <t>21.08.25  12:43:36</t>
   </si>
   <si>
-    <t>7815Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
+    <t>ID - 7815,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
   </si>
   <si>
     <t>21.08.25  12:44:26</t>
   </si>
   <si>
     <t>21.08.25  12:45:05</t>
   </si>
   <si>
     <t>21.08.25  12:46:57</t>
   </si>
   <si>
     <t>21.08.25  12:47:28</t>
   </si>
   <si>
     <t>21.08.25  12:48:26</t>
   </si>
   <si>
     <t>21.08.25  12:49:27</t>
   </si>
   <si>
     <t>21.08.25  12:50:28</t>
   </si>
   <si>
     <t>21.08.25  12:51:29</t>
   </si>
   <si>
     <t>21.08.25  12:52:37</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>21.08.25  12:53:03</t>
   </si>
   <si>
     <t>21.08.25  12:55:41</t>
   </si>
   <si>
     <t>21.08.25  12:56:38</t>
   </si>
   <si>
-    <t>7827Про внесення змін в рішення Шептицької міської ради від 17.10.2024 № 3007</t>
+    <t>ID - 7827,  Про внесення змін в рішення Шептицької міської ради від 17.10.2024 № 3007</t>
   </si>
   <si>
     <t>21.08.25  12:57:19</t>
   </si>
   <si>
-    <t>7828Про розгляд клопотання громадянина Бучека Максима Михайловича</t>
+    <t>ID - 7828,  Про розгляд клопотання громадянина Бучека Максима Михайловича</t>
   </si>
   <si>
     <t>21.08.25  12:58:01</t>
   </si>
   <si>
-    <t>7829Про розгляд клопотання громадянина Михальського Михайла Миколайовича</t>
+    <t>ID - 7829,  Про розгляд клопотання громадянина Михальського Михайла Миколайовича</t>
   </si>
   <si>
     <t>21.08.25  12:59:40</t>
   </si>
   <si>
     <t>21.08.25  13:02:10</t>
   </si>
   <si>
-    <t>7832Про присвоєння рангу посадової особи місцевого самоврядування  старостам</t>
+    <t>ID - 7832,  Про присвоєння рангу посадової особи місцевого самоврядування  старостам</t>
   </si>
   <si>
     <t>21.08.25  13:03:12</t>
   </si>
   <si>
-    <t>7833Про введення штатних одиниць</t>
+    <t>ID - 7833,  Про введення штатних одиниць</t>
   </si>
   <si>
     <t>21.08.25  13:04:06</t>
   </si>
   <si>
-    <t>7834Про організацію освітнього процесу у закладах дошкільної освіти</t>
+    <t>ID - 7834,  Про організацію освітнього процесу у закладах дошкільної освіти</t>
   </si>
   <si>
     <t>21.08.25  13:06:47</t>
   </si>
   <si>
     <t>21.08.25  13:07:35</t>
   </si>
   <si>
     <t>21.08.25  13:08:39</t>
   </si>
   <si>
     <t>21.08.25  13:09:46</t>
   </si>
   <si>
     <t>21.08.25  13:11:15</t>
   </si>
   <si>
     <t>21.08.25  13:14:52</t>
   </si>
   <si>
     <t>21.08.25  13:15:19</t>
   </si>
   <si>
     <t>21.08.25  13:16:05</t>
   </si>
   <si>
     <t>21.08.25  13:16:55</t>
   </si>
   <si>
     <t>21.08.25  13:18:44</t>
   </si>
   <si>
     <t>21.08.25  13:20:07</t>
   </si>
   <si>
     <t>21.08.25  13:22:36</t>
   </si>
   <si>
     <t>21.08.25  13:23:10</t>
   </si>
   <si>
     <t>21.08.25  13:24:12</t>
   </si>
   <si>
     <t>21.08.25  13:24:58</t>
   </si>
   <si>
-    <t>7849Про надання одноразової грошової допомоги</t>
+    <t>ID - 7849,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 74</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 52</t>
   </si>
   <si>
     <t>За: 76</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>За: 72</t>
   </si>
   <si>
     <t>За: 65</t>
   </si>
   <si>
     <t>За: 67</t>
   </si>
@@ -759,51 +756,51 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="51"/>
+    <col min="45" max="45" width="53"/>
     <col min="46" max="46" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -906,51 +903,51 @@
       <c r="AP1" t="s" s="3">
         <v>38</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>7770Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7770,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>46</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>49</v>
@@ -1188,51 +1185,51 @@
       <c r="AP3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>7772Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7772,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>46</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
@@ -1330,51 +1327,51 @@
       <c r="AP4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>7773Про перейменування вулиці в селищі Гірник Червоноградської міської територіальної громади Шептицького району Львівської області</t>
+          <t>ID - 7773,  Про перейменування вулиці в селищі Гірник Червоноградської міської територіальної громади Шептицького району Львівської області</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>60</v>
       </c>
       <c r="F5" t="s">
         <v>61</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>48</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>49</v>
@@ -1472,51 +1469,51 @@
       <c r="AP5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>7774Про перейменування вулиці в селищі Гірник Червоноградської міської територіальної громади Шептицького району Львівської області</t>
+          <t>ID - 7774,  Про перейменування вулиці в селищі Гірник Червоноградської міської територіальної громади Шептицького району Львівської області</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>63</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>48</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>49</v>
@@ -2034,51 +2031,51 @@
       <c r="AP9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>7779Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7779,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>72</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>48</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>49</v>
@@ -2176,51 +2173,51 @@
       <c r="AP10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>7780ПРАВКИ 1. Внести зміни до Програми щодо приведення захисних  споруд цивільного захисту, протирадіаційних укриттів (ПРУ) у готовність до укриття населення на 2025 рік (КП ` Житлокомунсервіс`  ШМР), доповнивши завданням «придбання  електромагнітного замка сила утримання до 500кг ПРУ №50355 вул.Шевченка,13 та ПРУ №50317 вул.Львівська, 11» в межах виділених асигнувань.   2. Зменшити видатки на 500,0 тис.грн по «Реконструкція будівлі «Центру психічного здоров’я» КП «ЦМЛ ЧМР»  з метою влаштування ліфтової шахти для монтажу ліфта за адресою вул.Клюсівська,8а м.Шептицький Львівської області» та спрямувати на виконання Програми децентралізації теплопостачання міста Соснівки на 2025-2026 роки  для надання допомоги громадянам окремих категорій соціально незахищених верств населення на  улаштування  опалення  в квартирах багато-квартирних будинків, у тому числі індивідуального ( розпорядник коштів –УП і СЗ).   3. По Програмі діяльності комунальної установи «Агенція справедливої трансформації» Шептицької міської ради на 2025 рік здійснити переміщення , зменшивши видатки по</t>
+          <t>ID - 7780,  ПРАВКИ 1. Внести зміни до Програми щодо приведення захисних  споруд цивільного захисту, протирадіаційних укриттів (ПРУ) у готовність до укриття населення на 2025 рік (КП ` Житлокомунсервіс`  ШМР), доповнивши завданням «придбання  електромагнітного замка сила утримання до 500кг ПРУ №50355 вул.Шевченка,13 та ПРУ №50317 вул.Львівська, 11» в межах виділених асигнувань.   2. Зменшити видатки на 500,0 тис.грн по «Реконструкція будівлі «Центру психічного здоров’я» КП «ЦМЛ ЧМР»  з метою влаштування ліфтової шахти для монтажу ліфта за адресою вул.Клюсівська,8а м.Шептицький Львівської області» та спрямувати на виконання Програми децентралізації теплопостачання міста Соснівки на 2025-2026 роки  для надання допомоги громадянам окремих категорій соціально незахищених верств населення на  улаштування  опалення  в квартирах багато-квартирних будинків, у тому числі індивідуального ( розпорядник коштів –УП і СЗ).   3. По Програмі діяльності комунальної установи «Агенція справедливої трансформації» Шептицької міської ради на 2025 рік здійснити переміщення , зменшивши видатки по</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>46</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>48</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>49</v>
@@ -2318,51 +2315,51 @@
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>74</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>7781На Газорозподільчі мережі - 2 млн.грн. На напилення дороги Межиріччя, вул. Центральна - 100тис.грн Ліцей Соснівський на каналізацію - 47тис. грн</t>
+          <t>ID - 7781,  На Газорозподільчі мережі - 2 млн.грн. На напилення дороги Межиріччя, вул. Центральна - 100тис.грн Ліцей Соснівський на каналізацію - 47тис. грн</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>46</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>55</v>
@@ -2460,51 +2457,51 @@
       <c r="AP12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>7782Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7782,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>49</v>
@@ -2602,51 +2599,51 @@
       <c r="AP13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>7783Про затвердження проєкту землеустрою щодо встановлення меж території територіальної громади Червоноградської територіальної громади</t>
+          <t>ID - 7783,  Про затвердження проєкту землеустрою щодо встановлення меж території територіальної громади Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>59</v>
       </c>
       <c r="E14" t="s">
         <v>60</v>
       </c>
       <c r="F14" t="s">
         <v>79</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14" t="s">
         <v>48</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>55</v>
@@ -2744,51 +2741,51 @@
       <c r="AP14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>7784Про затвердження проєкту землеустрою щодо встановлення меж території територіальної громади Червоноградської територіальної громади</t>
+          <t>ID - 7784,  Про затвердження проєкту землеустрою щодо встановлення меж території територіальної громади Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
       <c r="E15" t="s">
         <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>81</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15" t="s">
         <v>48</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>49</v>
@@ -2886,51 +2883,51 @@
       <c r="AP15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>82</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>7785Про погодження проєкту землеустрою щодо встановлення меж території територіальної громади - Белзької територіальної громади Белзької міської ради, Шептицького району, Львівської області</t>
+          <t>ID - 7785,  Про погодження проєкту землеустрою щодо встановлення меж території територіальної громади - Белзької територіальної громади Белзької міської ради, Шептицького району, Львівської області</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>59</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>63</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>48</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>55</v>
@@ -3588,51 +3585,51 @@
       <c r="AP20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>92</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>7791Про розгляд клопотання громадянки Дякунович Юлії Петрівни та громадянина Малицького Василя Павловича</t>
+          <t>ID - 7791,  Про розгляд клопотання громадянки Дякунович Юлії Петрівни та громадянина Малицького Василя Павловича</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>59</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>89</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>48</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>55</v>
@@ -4150,51 +4147,51 @@
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>99</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>7795Про розгляд клопотань громадянки Закали Ольги Василівни про затвердження технічної документації із землеустрою для ведення товарного сільськогосподарського виробництва</t>
+          <t>ID - 7795,  Про розгляд клопотань громадянки Закали Ольги Василівни про затвердження технічної документації із землеустрою для ведення товарного сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>63</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>48</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>55</v>
@@ -4292,51 +4289,51 @@
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>100</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>7796Про розгляд клопотання громадянина Владики Андрія Васильовича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 7796,  Про розгляд клопотання громадянина Владики Андрія Васильовича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>89</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>48</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>55</v>
@@ -4574,51 +4571,51 @@
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>103</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>7798Про розгляд клопотання громадянина Владики Андрія Васильовича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 7798,  Про розгляд клопотання громадянина Владики Андрія Васильовича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>57</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>89</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>48</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>55</v>
@@ -4716,51 +4713,51 @@
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>104</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>7799Про розгляд клопотання громадянина Висоцького Василя Івановича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для сінокосіння і випасання худоби</t>
+          <t>ID - 7799,  Про розгляд клопотання громадянина Висоцького Василя Івановича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для сінокосіння і випасання худоби</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>59</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>63</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>48</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>55</v>
@@ -4858,51 +4855,51 @@
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>105</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>7800Про розгляд клопотання громадянина Висоцького ІванасВасильовича про затвердження проєкту землеустрою щодо Відведення земельної ділянки в оренду для сінокосіння і випасання худоби</t>
+          <t>ID - 7800,  Про розгляд клопотання громадянина Висоцького ІванасВасильовича про затвердження проєкту землеустрою щодо Відведення земельної ділянки в оренду для сінокосіння і випасання худоби</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>59</v>
       </c>
       <c r="E30" t="s">
         <v>60</v>
       </c>
       <c r="F30" t="s">
         <v>79</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>48</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>55</v>
@@ -5000,51 +4997,51 @@
       <c r="AP30" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>106</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>7801Про розгляд клопотання громадянина Висоцького ІванасВасильовича про затвердження проєкту землеустрою щодо Відведення земельної ділянки в оренду для сінокосіння і випасання худоби</t>
+          <t>ID - 7801,  Про розгляд клопотання громадянина Висоцького ІванасВасильовича про затвердження проєкту землеустрою щодо Відведення земельної ділянки в оренду для сінокосіння і випасання худоби</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>59</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>81</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>55</v>
@@ -6120,52 +6117,54 @@
         <v>50</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>121</v>
       </c>
-      <c r="C39" t="s" s="4">
-        <v>122</v>
+      <c r="C39" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7809,  Про розгляд клопотання фізичної особи – підприємця Барвінка Віталія Олександровича</t>
+        </is>
       </c>
       <c r="D39" t="s">
         <v>59</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
       <c r="F39" t="s">
         <v>63</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>48</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>49</v>
       </c>
@@ -6258,54 +6257,54 @@
       </c>
       <c r="AO39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>122</v>
+      </c>
+      <c r="C40" t="s" s="4">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D40" t="s">
         <v>59</v>
       </c>
       <c r="E40" t="s">
         <v>45</v>
       </c>
       <c r="F40" t="s">
         <v>89</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>48</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
       </c>
@@ -6398,55 +6397,55 @@
       </c>
       <c r="AO40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>7811Про розгляд клопотання громадянина Синяка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування жилого будинку, господарських будівель та споруд</t>
+          <t>ID - 7811,  Про розгляд клопотання громадянина Синяка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування жилого будинку, господарських будівель та споруд</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>59</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
       <c r="F41" t="s">
         <v>89</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
         <v>48</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>49</v>
@@ -6540,55 +6539,55 @@
       </c>
       <c r="AO41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>7812Про розгляд клопотання громадянина Синяка Івана Михайловича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування жилого будинку, господарських будівель та споруд</t>
+          <t>ID - 7812,  Про розгляд клопотання громадянина Синяка Івана Михайловича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування жилого будинку, господарських будівель та споруд</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>59</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
       </c>
       <c r="F42" t="s">
         <v>89</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>48</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>49</v>
@@ -6682,55 +6681,55 @@
       </c>
       <c r="AO42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>7813Про розгляд клопотання громадянина Синяка Романа Івановича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для індивідуального житлового будівництва</t>
+          <t>ID - 7813,  Про розгляд клопотання громадянина Синяка Романа Івановича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для індивідуального житлового будівництва</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>59</v>
       </c>
       <c r="E43" t="s">
         <v>45</v>
       </c>
       <c r="F43" t="s">
         <v>81</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
         <v>48</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>49</v>
@@ -6824,54 +6823,54 @@
       </c>
       <c r="AO43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" t="s" s="4">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D44" t="s">
         <v>59</v>
       </c>
       <c r="E44" t="s">
         <v>60</v>
       </c>
       <c r="F44" t="s">
         <v>79</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>48</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>55</v>
       </c>
@@ -6964,54 +6963,54 @@
       </c>
       <c r="AO44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>129</v>
+      </c>
+      <c r="C45" t="s" s="4">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D45" t="s">
         <v>59</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
         <v>63</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
@@ -7104,55 +7103,55 @@
       </c>
       <c r="AO45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>7816Про затвердження проєкту землеустрою щодо відведення земельної ділянки в селі Сілець, кадастровий номер 4624886600:08:000:0265</t>
+          <t>ID - 7816,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки в селі Сілець, кадастровий номер 4624886600:08:000:0265</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>59</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
         <v>89</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
@@ -7246,55 +7245,55 @@
       </c>
       <c r="AO46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>7817Про затвердження проєкту землеустрою щодо відведення земельної ділянки в с. Поздимир для будівництва та обслуговування трансформаторної підстанції</t>
+          <t>ID - 7817,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки в с. Поздимир для будівництва та обслуговування трансформаторної підстанції</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>59</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
         <v>89</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
@@ -7388,55 +7387,55 @@
       </c>
       <c r="AO47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>7818Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4624884200:04:000:0118</t>
+          <t>ID - 7818,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4624884200:04:000:0118</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>59</v>
       </c>
       <c r="E48" t="s">
         <v>60</v>
       </c>
       <c r="F48" t="s">
         <v>61</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>55</v>
@@ -7530,55 +7529,55 @@
       </c>
       <c r="AO48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>7819Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4624884200:04:000:0118</t>
+          <t>ID - 7819,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4624884200:04:000:0118</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>59</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>54</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>48</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
@@ -7672,55 +7671,55 @@
       </c>
       <c r="AO49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>7820Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:04:014:0022</t>
+          <t>ID - 7820,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:04:014:0022</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>59</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
       <c r="F50" t="s">
         <v>81</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
         <v>48</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>55</v>
@@ -7814,55 +7813,55 @@
       </c>
       <c r="AO50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>7821Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:01:004:0065</t>
+          <t>ID - 7821,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:01:004:0065</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>59</v>
       </c>
       <c r="E51" t="s">
         <v>45</v>
       </c>
       <c r="F51" t="s">
         <v>89</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
@@ -7956,55 +7955,55 @@
       </c>
       <c r="AO51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>7822Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:005:0113</t>
+          <t>ID - 7822,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:005:0113</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>59</v>
       </c>
       <c r="E52" t="s">
         <v>45</v>
       </c>
       <c r="F52" t="s">
         <v>89</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>48</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>49</v>
@@ -8098,55 +8097,55 @@
       </c>
       <c r="AO52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>7823Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:02:012:0004</t>
+          <t>ID - 7823,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:02:012:0004</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>59</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
         <v>89</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>48</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
@@ -8240,65 +8239,65 @@
       </c>
       <c r="AO53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>7824Про розроблення проєкту землеустрою із зміною цільового призначення земельної ділянки з кадастровим номером 4624881300:10:003:0107</t>
+          <t>ID - 7824,  Про розроблення проєкту землеустрою із зміною цільового призначення земельної ділянки з кадастровим номером 4624881300:10:003:0107</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>59</v>
       </c>
       <c r="E54" t="s">
         <v>60</v>
       </c>
       <c r="F54" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
         <v>48</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>50</v>
       </c>
@@ -8382,55 +8381,55 @@
       </c>
       <c r="AO54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>7825Про розроблення проєкту землеустрою із зміною цільового призначення земельної ділянки з кадастровим номером 4624881300:10:003:0107</t>
+          <t>ID - 7825,  Про розроблення проєкту землеустрою із зміною цільового призначення земельної ділянки з кадастровим номером 4624881300:10:003:0107</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>59</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
       <c r="F55" t="s">
         <v>63</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
         <v>48</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
@@ -8524,55 +8523,55 @@
       </c>
       <c r="AO55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>7826Про затвердження проєктів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:02:008:0076 та на земельну ділянку з кадастровим номером 4611800000:02:008:0078</t>
+          <t>ID - 7826,  Про затвердження проєктів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:02:008:0076 та на земельну ділянку з кадастровим номером 4611800000:02:008:0078</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>59</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
         <v>46</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>48</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
@@ -8666,54 +8665,54 @@
       </c>
       <c r="AO56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>143</v>
+      </c>
+      <c r="C57" t="s" s="4">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D57" t="s">
         <v>59</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="F57" t="s">
         <v>89</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
         <v>48</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
       </c>
@@ -8806,54 +8805,54 @@
       </c>
       <c r="AO57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>145</v>
+      </c>
+      <c r="C58" t="s" s="4">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D58" t="s">
         <v>59</v>
       </c>
       <c r="E58" t="s">
         <v>45</v>
       </c>
       <c r="F58" t="s">
         <v>54</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
         <v>48</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>49</v>
       </c>
@@ -8946,54 +8945,54 @@
       </c>
       <c r="AO58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>147</v>
+      </c>
+      <c r="C59" t="s" s="4">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D59" t="s">
         <v>59</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
         <v>81</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
         <v>48</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>55</v>
       </c>
@@ -9086,55 +9085,55 @@
       </c>
       <c r="AO59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>7830Про затвердження проєкту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:04:016:0060</t>
+          <t>ID - 7830,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:04:016:0060</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>59</v>
       </c>
       <c r="E60" t="s">
         <v>45</v>
       </c>
       <c r="F60" t="s">
         <v>54</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
         <v>48</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>49</v>
@@ -9228,54 +9227,54 @@
       </c>
       <c r="AO60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>150</v>
+      </c>
+      <c r="C61" t="s" s="4">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D61" t="s">
         <v>59</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>54</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>48</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
       </c>
@@ -9368,54 +9367,54 @@
       </c>
       <c r="AO61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>152</v>
+      </c>
+      <c r="C62" t="s" s="4">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D62" t="s">
         <v>59</v>
       </c>
       <c r="E62" t="s">
         <v>45</v>
       </c>
       <c r="F62" t="s">
         <v>54</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
       </c>
@@ -9508,54 +9507,54 @@
       </c>
       <c r="AO62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>154</v>
+      </c>
+      <c r="C63" t="s" s="4">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D63" t="s">
         <v>59</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
         <v>81</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
       </c>
@@ -9648,55 +9647,55 @@
       </c>
       <c r="AO63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>7835Про створення груп подовженого дня у закладах загальної середньої освіти на 2025/2026 навчальний рік</t>
+          <t>ID - 7835,  Про створення груп подовженого дня у закладах загальної середньої освіти на 2025/2026 навчальний рік</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>59</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
         <v>46</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>48</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
@@ -9790,55 +9789,55 @@
       </c>
       <c r="AO64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>7836Про забезпечення підвезення до закладів загальної середньої освіти та у зворотному напрямку учнів</t>
+          <t>ID - 7836,  Про забезпечення підвезення до закладів загальної середньої освіти та у зворотному напрямку учнів</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>59</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
         <v>46</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
         <v>48</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
@@ -9932,55 +9931,55 @@
       </c>
       <c r="AO65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>7837Про внесення змін до рішення Шептицької міської ради від 21.11.2024 №  3023 «Про надання пільг на харчування вихованцям закладів дошкільної освіти/дошкільних підрозділів закладів загальної середньої освіти, учням закладів загальної середньої освіти у 2025 році</t>
+          <t>ID - 7837,  Про внесення змін до рішення Шептицької міської ради від 21.11.2024 №  3023 «Про надання пільг на харчування вихованцям закладів дошкільної освіти/дошкільних підрозділів закладів загальної середньої освіти, учням закладів загальної середньої освіти у 2025 році</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>59</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
       <c r="F66" t="s">
         <v>46</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
@@ -10074,55 +10073,55 @@
       </c>
       <c r="AO66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>7838Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади, щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 7838,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади, щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>59</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
         <v>54</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
@@ -10216,55 +10215,55 @@
       </c>
       <c r="AO67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>7839Про погодження  Схеми організації дорожнього руху «Реконструкція магазину   продовольчих   та непродовольчих  товарів  «А-1»  на вулиці С.Бандери,   2б в   місті Червонограді   Червоноградської територіальної     громади Червоноградського    району Львівської    області» </t>
+          <t>ID - 7839,  Про погодження  Схеми організації дорожнього руху «Реконструкція магазину   продовольчих   та непродовольчих  товарів  «А-1»  на вулиці С.Бандери,   2б в   місті Червонограді   Червоноградської територіальної     громади Червоноградського    району Львівської    області» </t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>59</v>
       </c>
       <c r="E68" t="s">
         <v>45</v>
       </c>
       <c r="F68" t="s">
         <v>54</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
         <v>48</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>49</v>
@@ -10358,55 +10357,55 @@
       </c>
       <c r="AO68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>7840Про погодження  Схеми організації дорожнього руху із влаштуванням заїзду-виїзду по вул. С.Бандери  60  у м. Червоноград Львівської області </t>
+          <t>ID - 7840,  Про погодження  Схеми організації дорожнього руху із влаштуванням заїзду-виїзду по вул. С.Бандери  60  у м. Червоноград Львівської області </t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>59</v>
       </c>
       <c r="E69" t="s">
         <v>60</v>
       </c>
       <c r="F69" t="s">
         <v>61</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>76</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>77</v>
@@ -10500,55 +10499,55 @@
       </c>
       <c r="AO69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>7841Про погодження  Схеми організації дорожнього руху із влаштуванням заїзду-виїзду по вул. С.Бандери  60  у м. Червоноград Львівської області </t>
+          <t>ID - 7841,  Про погодження  Схеми організації дорожнього руху із влаштуванням заїзду-виїзду по вул. С.Бандери  60  у м. Червоноград Львівської області </t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>59</v>
       </c>
       <c r="E70" t="s">
         <v>45</v>
       </c>
       <c r="F70" t="s">
         <v>54</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
         <v>76</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>77</v>
@@ -10642,55 +10641,55 @@
       </c>
       <c r="AO70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>7842Про погодження  Схеми організації дорожнього руху «Реконструкція нежитлових будівель автостоянки під магазин продовольчих та непродовольчих товарів на вул. Львівська в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»</t>
+          <t>ID - 7842,  Про погодження  Схеми організації дорожнього руху «Реконструкція нежитлових будівель автостоянки під магазин продовольчих та непродовольчих товарів на вул. Львівська в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>59</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>46</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
@@ -10784,55 +10783,55 @@
       </c>
       <c r="AO71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>7843Про погодження  Схеми організації дорожнього руху «Реконструкція будівлі «А-1»  магазину продовольчих та непродовольчих товарів на об’єкті розташованого за адресою: Львівська обл.,  м. Червоноград, вул. Сокальська, 11» </t>
+          <t>ID - 7843,  Про погодження  Схеми організації дорожнього руху «Реконструкція будівлі «А-1»  магазину продовольчих та непродовольчих товарів на об’єкті розташованого за адресою: Львівська обл.,  м. Червоноград, вул. Сокальська, 11» </t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>59</v>
       </c>
       <c r="E72" t="s">
         <v>45</v>
       </c>
       <c r="F72" t="s">
         <v>46</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>49</v>
@@ -10926,55 +10925,55 @@
       </c>
       <c r="AO72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>7844Про звернення Шептицької міської   ради  до   Верховної   ради  України, Кабінету  Міністрів України,   Міністерства  розвитку громад та територій України щодо внесення змін  до  Методики розподілу  між споживачами  обсягів спожитих у будівлі    комунальних      послуг, затвердженої  наказом Міністерства регіонального розвитку, будівництва та  житлово-комунального господарства України  від 22.11.2018 № 315</t>
+          <t>ID - 7844,  Про звернення Шептицької міської   ради  до   Верховної   ради  України, Кабінету  Міністрів України,   Міністерства  розвитку громад та територій України щодо внесення змін  до  Методики розподілу  між споживачами  обсягів спожитих у будівлі    комунальних      послуг, затвердженої  наказом Міністерства регіонального розвитку, будівництва та  житлово-комунального господарства України  від 22.11.2018 № 315</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>59</v>
       </c>
       <c r="E73" t="s">
         <v>45</v>
       </c>
       <c r="F73" t="s">
         <v>54</v>
       </c>
       <c r="G73" t="s">
         <v>47</v>
       </c>
       <c r="H73" t="s">
         <v>48</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>55</v>
@@ -11068,55 +11067,55 @@
       </c>
       <c r="AO73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>7845Про  надання  дозволу  комунальному підприємству    «Теплоенергомережа» Шептицької міської ради на списання  заборгованості за житлово-комунальні послуги  за дресою:  м. Шептицький вул. Івасюка, 25 квартира № 82</t>
+          <t>ID - 7845,  Про  надання  дозволу  комунальному підприємству    «Теплоенергомережа» Шептицької міської ради на списання  заборгованості за житлово-комунальні послуги  за дресою:  м. Шептицький вул. Івасюка, 25 квартира № 82</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>59</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>81</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>48</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
@@ -11210,55 +11209,55 @@
       </c>
       <c r="AO74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>7846Про затвердження Програми децентралізації теплопостачання міста Соснівки на 2025-2026 роки    </t>
+          <t>ID - 7846,  Про затвердження Програми децентралізації теплопостачання міста Соснівки на 2025-2026 роки    </t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>59</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
         <v>54</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>48</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
@@ -11352,55 +11351,55 @@
       </c>
       <c r="AO75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>7847Про  затвердження  статуту комунального підприємства «Комунальник» в  новiй  редакції</t>
+          <t>ID - 7847,  Про  затвердження  статуту комунального підприємства «Комунальник» в  новiй  редакції</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>59</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
       <c r="F76" t="s">
         <v>89</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>48</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
@@ -11494,55 +11493,55 @@
       </c>
       <c r="AO76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>7848Про надання дозволу на відключення від систем централізованого опалення та постачання гарячої води власників квартир та нежитлових приміщень</t>
+          <t>ID - 7848,  Про надання дозволу на відключення від систем централізованого опалення та постачання гарячої води власників квартир та нежитлових приміщень</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>59</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
         <v>89</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>48</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>49</v>
@@ -11636,54 +11635,54 @@
       </c>
       <c r="AO77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>170</v>
+      </c>
+      <c r="C78" t="s" s="4">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D78" t="s">
         <v>59</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
         <v>89</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
       </c>
@@ -11781,162 +11780,162 @@
         <v>49</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79"/>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79"/>
       <c r="I79" t="s">
+        <v>172</v>
+      </c>
+      <c r="J79" t="s">
         <v>173</v>
       </c>
-      <c r="J79" t="s">
+      <c r="K79" t="s">
         <v>174</v>
       </c>
-      <c r="K79" t="s">
+      <c r="L79" t="s">
         <v>175</v>
       </c>
-      <c r="L79" t="s">
+      <c r="M79" t="s">
         <v>176</v>
       </c>
-      <c r="M79" t="s">
+      <c r="N79" t="s">
+        <v>173</v>
+      </c>
+      <c r="O79" t="s">
         <v>177</v>
       </c>
-      <c r="N79" t="s">
-[...2 lines deleted...]
-      <c r="O79" t="s">
+      <c r="P79" t="s">
+        <v>173</v>
+      </c>
+      <c r="Q79" t="s">
         <v>178</v>
       </c>
-      <c r="P79" t="s">
-[...2 lines deleted...]
-      <c r="Q79" t="s">
+      <c r="R79" t="s">
+        <v>172</v>
+      </c>
+      <c r="S79" t="s">
         <v>179</v>
       </c>
-      <c r="R79" t="s">
+      <c r="T79" t="s">
+        <v>172</v>
+      </c>
+      <c r="U79" t="s">
+        <v>180</v>
+      </c>
+      <c r="V79" t="s">
+        <v>181</v>
+      </c>
+      <c r="W79" t="s">
         <v>173</v>
       </c>
-      <c r="S79" t="s">
+      <c r="X79" t="s">
+        <v>182</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>173</v>
+      </c>
+      <c r="Z79" t="s">
+        <v>173</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>183</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>179</v>
+      </c>
+      <c r="AC79" t="s">
+        <v>184</v>
+      </c>
+      <c r="AD79" t="s">
+        <v>173</v>
+      </c>
+      <c r="AE79" t="s">
+        <v>184</v>
+      </c>
+      <c r="AF79" t="s">
+        <v>173</v>
+      </c>
+      <c r="AG79" t="s">
+        <v>185</v>
+      </c>
+      <c r="AH79" t="s">
+        <v>181</v>
+      </c>
+      <c r="AI79" t="s">
+        <v>173</v>
+      </c>
+      <c r="AJ79" t="s">
+        <v>173</v>
+      </c>
+      <c r="AK79" t="s">
+        <v>173</v>
+      </c>
+      <c r="AL79" t="s">
+        <v>177</v>
+      </c>
+      <c r="AM79" t="s">
+        <v>184</v>
+      </c>
+      <c r="AN79" t="s">
         <v>180</v>
       </c>
-      <c r="T79" t="s">
+      <c r="AO79" t="s">
         <v>173</v>
       </c>
-      <c r="U79" t="s">
-[...17 lines deleted...]
-      <c r="AA79" t="s">
+      <c r="AP79" t="s">
+        <v>186</v>
+      </c>
+      <c r="AQ79" t="s">
+        <v>186</v>
+      </c>
+      <c r="AR79" t="s">
+        <v>173</v>
+      </c>
+      <c r="AS79" t="s">
         <v>184</v>
       </c>
-      <c r="AB79" t="s">
+      <c r="AT79" t="s">
         <v>180</v>
-      </c>
-[...52 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="80">
       <c r="A80"/>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80"/>
       <c r="I80" t="s">
         <v>47</v>
       </c>
       <c r="J80" t="s">
         <v>47</v>
       </c>
       <c r="K80" t="s">
         <v>47</v>
       </c>
       <c r="L80" t="s">
         <v>47</v>
       </c>
       <c r="M80" t="s">
         <v>47</v>
@@ -12029,410 +12028,410 @@
         <v>47</v>
       </c>
       <c r="AQ80" t="s">
         <v>47</v>
       </c>
       <c r="AR80" t="s">
         <v>47</v>
       </c>
       <c r="AS80" t="s">
         <v>47</v>
       </c>
       <c r="AT80" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="81">
       <c r="A81"/>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81"/>
       <c r="I81" t="s">
+        <v>187</v>
+      </c>
+      <c r="J81" t="s">
+        <v>187</v>
+      </c>
+      <c r="K81" t="s">
         <v>188</v>
       </c>
-      <c r="J81" t="s">
-[...2 lines deleted...]
-      <c r="K81" t="s">
+      <c r="L81" t="s">
+        <v>187</v>
+      </c>
+      <c r="M81" t="s">
+        <v>187</v>
+      </c>
+      <c r="N81" t="s">
+        <v>187</v>
+      </c>
+      <c r="O81" t="s">
         <v>189</v>
       </c>
-      <c r="L81" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="Q81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="R81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="S81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="T81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="U81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="V81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="W81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="X81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="Y81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="Z81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AA81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AB81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AC81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AD81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AE81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AF81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AG81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AH81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AI81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AJ81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AK81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AL81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AM81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AN81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AO81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AP81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AQ81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AR81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AS81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AT81" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="82">
       <c r="A82"/>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
       <c r="I82" t="s">
+        <v>190</v>
+      </c>
+      <c r="J82" t="s">
         <v>191</v>
       </c>
-      <c r="J82" t="s">
+      <c r="K82" t="s">
         <v>192</v>
       </c>
-      <c r="K82" t="s">
+      <c r="L82" t="s">
         <v>193</v>
       </c>
-      <c r="L82" t="s">
+      <c r="M82" t="s">
         <v>194</v>
       </c>
-      <c r="M82" t="s">
+      <c r="N82" t="s">
+        <v>191</v>
+      </c>
+      <c r="O82" t="s">
+        <v>190</v>
+      </c>
+      <c r="P82" t="s">
+        <v>191</v>
+      </c>
+      <c r="Q82" t="s">
         <v>195</v>
       </c>
-      <c r="N82" t="s">
-[...2 lines deleted...]
-      <c r="O82" t="s">
+      <c r="R82" t="s">
+        <v>190</v>
+      </c>
+      <c r="S82" t="s">
+        <v>196</v>
+      </c>
+      <c r="T82" t="s">
+        <v>190</v>
+      </c>
+      <c r="U82" t="s">
+        <v>197</v>
+      </c>
+      <c r="V82" t="s">
+        <v>196</v>
+      </c>
+      <c r="W82" t="s">
         <v>191</v>
       </c>
-      <c r="P82" t="s">
-[...2 lines deleted...]
-      <c r="Q82" t="s">
+      <c r="X82" t="s">
+        <v>198</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>191</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>191</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>195</v>
+      </c>
+      <c r="AB82" t="s">
         <v>196</v>
       </c>
-      <c r="R82" t="s">
+      <c r="AC82" t="s">
+        <v>199</v>
+      </c>
+      <c r="AD82" t="s">
         <v>191</v>
       </c>
-      <c r="S82" t="s">
+      <c r="AE82" t="s">
+        <v>199</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>191</v>
+      </c>
+      <c r="AG82" t="s">
+        <v>200</v>
+      </c>
+      <c r="AH82" t="s">
+        <v>201</v>
+      </c>
+      <c r="AI82" t="s">
+        <v>191</v>
+      </c>
+      <c r="AJ82" t="s">
+        <v>191</v>
+      </c>
+      <c r="AK82" t="s">
+        <v>191</v>
+      </c>
+      <c r="AL82" t="s">
+        <v>202</v>
+      </c>
+      <c r="AM82" t="s">
+        <v>190</v>
+      </c>
+      <c r="AN82" t="s">
         <v>197</v>
       </c>
-      <c r="T82" t="s">
+      <c r="AO82" t="s">
         <v>191</v>
       </c>
-      <c r="U82" t="s">
-[...2 lines deleted...]
-      <c r="V82" t="s">
+      <c r="AP82" t="s">
+        <v>203</v>
+      </c>
+      <c r="AQ82" t="s">
+        <v>203</v>
+      </c>
+      <c r="AR82" t="s">
+        <v>191</v>
+      </c>
+      <c r="AS82" t="s">
+        <v>199</v>
+      </c>
+      <c r="AT82" t="s">
         <v>197</v>
-      </c>
-[...70 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="83">
       <c r="A83"/>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
       <c r="I83" t="s">
+        <v>204</v>
+      </c>
+      <c r="J83" t="s">
         <v>205</v>
       </c>
-      <c r="J83" t="s">
+      <c r="K83" t="s">
         <v>206</v>
       </c>
-      <c r="K83" t="s">
+      <c r="L83" t="s">
+        <v>204</v>
+      </c>
+      <c r="M83" t="s">
+        <v>204</v>
+      </c>
+      <c r="N83" t="s">
+        <v>205</v>
+      </c>
+      <c r="O83" t="s">
+        <v>206</v>
+      </c>
+      <c r="P83" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q83" t="s">
         <v>207</v>
       </c>
-      <c r="L83" t="s">
+      <c r="R83" t="s">
+        <v>204</v>
+      </c>
+      <c r="S83" t="s">
+        <v>204</v>
+      </c>
+      <c r="T83" t="s">
+        <v>204</v>
+      </c>
+      <c r="U83" t="s">
+        <v>204</v>
+      </c>
+      <c r="V83" t="s">
+        <v>208</v>
+      </c>
+      <c r="W83" t="s">
         <v>205</v>
       </c>
-      <c r="M83" t="s">
+      <c r="X83" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y83" t="s">
         <v>205</v>
       </c>
-      <c r="N83" t="s">
-[...11 lines deleted...]
-      <c r="R83" t="s">
+      <c r="Z83" t="s">
         <v>205</v>
       </c>
-      <c r="S83" t="s">
+      <c r="AA83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AB83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AC83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AD83" t="s">
         <v>205</v>
       </c>
-      <c r="T83" t="s">
+      <c r="AE83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AF83" t="s">
         <v>205</v>
       </c>
-      <c r="U83" t="s">
+      <c r="AG83" t="s">
+        <v>209</v>
+      </c>
+      <c r="AH83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AI83" t="s">
         <v>205</v>
       </c>
-      <c r="V83" t="s">
-[...5 lines deleted...]
-      <c r="X83" t="s">
+      <c r="AJ83" t="s">
         <v>205</v>
       </c>
-      <c r="Y83" t="s">
-[...5 lines deleted...]
-      <c r="AA83" t="s">
+      <c r="AK83" t="s">
         <v>205</v>
       </c>
-      <c r="AB83" t="s">
+      <c r="AL83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AM83" t="s">
+        <v>210</v>
+      </c>
+      <c r="AN83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AO83" t="s">
         <v>205</v>
       </c>
-      <c r="AC83" t="s">
+      <c r="AP83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AQ83" t="s">
+        <v>204</v>
+      </c>
+      <c r="AR83" t="s">
         <v>205</v>
       </c>
-      <c r="AD83" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="AS83" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="AT83" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>