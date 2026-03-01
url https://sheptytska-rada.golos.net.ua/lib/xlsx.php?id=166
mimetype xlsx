--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="273">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LIII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Василишин Петро Стефанович</t>
   </si>
   <si>
     <t>Гоц Павло Васильович</t>
   </si>
   <si>
     <t>Закала Богдан Васильович</t>
   </si>
   <si>
@@ -134,414 +134,405 @@
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>25.07.25  10:30:17</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>25.07.25  10:33:12</t>
   </si>
   <si>
-    <t>7641Внести в список осіб озвучених Ковалем В. С. </t>
+    <t>ID - 7641,  Внести в список осіб озвучених Ковалем В. С. </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>25.07.25  10:33:41</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>25.07.25  10:44:24</t>
   </si>
   <si>
-    <t>7643Про депутатськi запити</t>
+    <t>ID - 7643,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За: 30</t>
   </si>
   <si>
     <t>25.07.25  10:58:22</t>
   </si>
   <si>
-    <t>7647Про депутатськi запити</t>
+    <t>ID - 7647,  Про депутатськi запити</t>
   </si>
   <si>
     <t>25.07.25  11:07:44</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>25.07.25  11:08:19</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>25.07.25  11:35:52</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>25.07.25  11:37:38</t>
   </si>
   <si>
-    <t>7651На облаштування пішохідного підходу Соснівка, Гірник по 40 тис.</t>
+    <t>ID - 7651,  На облаштування пішохідного підходу Соснівка, Гірник по 40 тис.</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>25.07.25  11:38:09</t>
   </si>
   <si>
-    <t>7652На облаштування пішохідного підходу Соснівка, Гірник по 40 тис.</t>
+    <t>ID - 7652,  На облаштування пішохідного підходу Соснівка, Гірник по 40 тис.</t>
   </si>
   <si>
     <t>25.07.25  11:38:38</t>
   </si>
   <si>
     <t>25.07.25  11:40:57</t>
   </si>
   <si>
-    <t>7654Про розгляд клопотання громадянина Пелеха Миколи Васильовича</t>
+    <t>ID - 7654,  Про розгляд клопотання громадянина Пелеха Миколи Васильовича</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>25.07.25  11:42:07</t>
   </si>
   <si>
-    <t>7655Про розгляд клопотання громадянина Козири Ярослава Ярославовича</t>
+    <t>ID - 7655,  Про розгляд клопотання громадянина Козири Ярослава Ярославовича</t>
   </si>
   <si>
     <t>25.07.25  11:43:22</t>
   </si>
   <si>
-    <t>7656Про розгляд клопотання громадянки Тарас Тетяни Богданівни</t>
+    <t>ID - 7656,  Про розгляд клопотання громадянки Тарас Тетяни Богданівни</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>25.07.25  11:44:23</t>
   </si>
   <si>
-    <t>7657Про розгляд клопотання громадянина Мишка Петра Михайловича</t>
+    <t>ID - 7657,  Про розгляд клопотання громадянина Мишка Петра Михайловича</t>
   </si>
   <si>
     <t>25.07.25  11:45:54</t>
   </si>
   <si>
-    <t>7658Про розгляд клопотання громадянина Скварчила Степана Івановича</t>
+    <t>ID - 7658,  Про розгляд клопотання громадянина Скварчила Степана Івановича</t>
   </si>
   <si>
     <t>25.07.25  11:47:00</t>
   </si>
   <si>
-    <t>7659Про розгляд клопотання громадянки Чопик Іванни Франківни</t>
+    <t>ID - 7659,  Про розгляд клопотання громадянки Чопик Іванни Франківни</t>
   </si>
   <si>
     <t>25.07.25  11:48:07</t>
   </si>
   <si>
-    <t>7660Про розгляд клопотання громадянина Вишинського Бориса Степановича</t>
+    <t>ID - 7660,  Про розгляд клопотання громадянина Вишинського Бориса Степановича</t>
   </si>
   <si>
     <t>25.07.25  11:49:10</t>
   </si>
   <si>
-    <t>7661Про розгляд клопотання громадянина Ващишина Петра Григоровича</t>
+    <t>ID - 7661,  Про розгляд клопотання громадянина Ващишина Петра Григоровича</t>
   </si>
   <si>
     <t>25.07.25  11:50:48</t>
   </si>
   <si>
-    <t>7662Про продаж у власність земельної ділянки громадянину Юр’єву Назару Ярославовичу</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>25.07.25  11:52:25</t>
   </si>
   <si>
-    <t>7663Про продаж у власність земельної ділянки громадянці Багдасарян Наталії Віталіївні</t>
-[...1 lines deleted...]
-  <si>
     <t>25.07.25  11:53:12</t>
   </si>
   <si>
-    <t>7664Про розгляд клопотання фізичної особи – підприємця Риндика Віталія Богдановича</t>
+    <t>ID - 7664,  Про розгляд клопотання фізичної особи – підприємця Риндика Віталія Богдановича</t>
   </si>
   <si>
     <t>25.07.25  11:55:28</t>
   </si>
   <si>
-    <t>7665Про розгляд клопотання громадянина Васка Григорія Михайловича</t>
+    <t>ID - 7665,  Про розгляд клопотання громадянина Васка Григорія Михайловича</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>25.07.25  11:58:03</t>
   </si>
   <si>
     <t>25.07.25  11:59:45</t>
   </si>
   <si>
     <t>25.07.25  12:00:59</t>
   </si>
   <si>
     <t>25.07.25  12:01:35</t>
   </si>
   <si>
     <t>25.07.25  12:02:47</t>
   </si>
   <si>
-    <t>7670Про розгляд клопотання Фермерського господарства «Газда»</t>
+    <t>ID - 7670,  Про розгляд клопотання Фермерського господарства «Газда»</t>
   </si>
   <si>
     <t>25.07.25  12:05:12</t>
   </si>
   <si>
     <t>25.07.25  12:06:44</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>25.07.25  12:08:31</t>
   </si>
   <si>
     <t>25.07.25  12:09:34</t>
   </si>
   <si>
     <t>25.07.25  12:10:24</t>
   </si>
   <si>
-    <t>7675Про розгляд клопотання громадянина Канціра Віктора Леонтійовича</t>
+    <t>ID - 7675,  Про розгляд клопотання громадянина Канціра Віктора Леонтійовича</t>
   </si>
   <si>
     <t>25.07.25  12:11:26</t>
   </si>
   <si>
-    <t>7676Про розгляд клопотання громадянки Войтович Галини Григорівни</t>
+    <t>ID - 7676,  Про розгляд клопотання громадянки Войтович Галини Григорівни</t>
   </si>
   <si>
     <t>25.07.25  12:11:52</t>
   </si>
   <si>
-    <t>7677Про розгляд клопотання громадянки Войтович Галини Григорівни</t>
+    <t>ID - 7677,  Про розгляд клопотання громадянки Войтович Галини Григорівни</t>
   </si>
   <si>
     <t>25.07.25  12:12:49</t>
   </si>
   <si>
-    <t>7678Про розгляд клопотання громадянина Мороза Мирослава Івановича</t>
+    <t>ID - 7678,  Про розгляд клопотання громадянина Мороза Мирослава Івановича</t>
   </si>
   <si>
     <t>25.07.25  12:13:56</t>
   </si>
   <si>
     <t>25.07.25  12:14:26</t>
   </si>
   <si>
     <t>25.07.25  12:15:58</t>
   </si>
   <si>
-    <t>7681Внести правки озвучені Балком Д. І. - замінити кадастровий номер</t>
+    <t>ID - 7681,  Внести правки озвучені Балком Д. І. - замінити кадастровий номер</t>
   </si>
   <si>
     <t>25.07.25  12:16:27</t>
   </si>
   <si>
     <t>25.07.25  12:17:37</t>
   </si>
   <si>
     <t>25.07.25  12:18:37</t>
   </si>
   <si>
-    <t>7684Про припинення права оренди земельної ділянки з кадастровим номером 4611800000:03:001:0032</t>
-[...1 lines deleted...]
-  <si>
     <t>25.07.25  12:19:44</t>
   </si>
   <si>
     <t>25.07.25  12:20:56</t>
   </si>
   <si>
     <t>25.07.25  12:22:20</t>
   </si>
   <si>
     <t>25.07.25  12:23:55</t>
   </si>
   <si>
     <t>25.07.25  12:25:25</t>
   </si>
   <si>
     <t>25.07.25  12:26:06</t>
   </si>
   <si>
     <t>25.07.25  12:26:38</t>
   </si>
   <si>
     <t>25.07.25  12:27:09</t>
   </si>
   <si>
     <t>25.07.25  12:27:40</t>
   </si>
   <si>
     <t>25.07.25  12:28:14</t>
   </si>
   <si>
     <t>25.07.25  12:29:11</t>
   </si>
   <si>
     <t>25.07.25  12:29:54</t>
   </si>
   <si>
-    <t>7696Про розгляд клопотання громадянина Замлинського Євгена Станіславовича</t>
+    <t>ID - 7696,  Про розгляд клопотання громадянина Замлинського Євгена Станіславовича</t>
   </si>
   <si>
     <t>25.07.25  12:30:44</t>
   </si>
   <si>
-    <t>7697Про розгляд клопотання громадянина Яворського Діонізія Йосиповича</t>
+    <t>ID - 7697,  Про розгляд клопотання громадянина Яворського Діонізія Йосиповича</t>
   </si>
   <si>
     <t>25.07.25  12:32:11</t>
   </si>
   <si>
-    <t>7698Про припинення прав оренди земельних ділянок</t>
+    <t>ID - 7698,  Про припинення прав оренди земельних ділянок</t>
   </si>
   <si>
     <t>25.07.25  12:33:20</t>
   </si>
   <si>
     <t>25.07.25  12:34:06</t>
   </si>
   <si>
-    <t>7700Про внесення змін в рішення Шептицької міської ради від 19.06.2025 № 3741</t>
+    <t>ID - 7700,  Про внесення змін в рішення Шептицької міської ради від 19.06.2025 № 3741</t>
   </si>
   <si>
     <t>25.07.25  12:34:52</t>
   </si>
   <si>
-    <t>7701Про розгляд клопотання громадянки Гусар Марії Лаврентіївни</t>
+    <t>ID - 7701,  Про розгляд клопотання громадянки Гусар Марії Лаврентіївни</t>
   </si>
   <si>
     <t>25.07.25  12:35:58</t>
   </si>
   <si>
-    <t>7702Про розгляд клопотання громадянки Корецької Софії Михайлівни</t>
+    <t>ID - 7702,  Про розгляд клопотання громадянки Корецької Софії Михайлівни</t>
   </si>
   <si>
     <t>25.07.25  12:36:27</t>
   </si>
   <si>
     <t>25.07.25  12:38:04</t>
   </si>
   <si>
-    <t>7704Внести зміни озвучені Балком Д. І. - зміна в площі зем. ділянки</t>
+    <t>ID - 7704,  Внести зміни озвучені Балком Д. І. - зміна в площі зем. ділянки</t>
   </si>
   <si>
     <t>25.07.25  12:38:33</t>
   </si>
   <si>
     <t>25.07.25  12:40:31</t>
   </si>
   <si>
     <t>25.07.25  12:41:32</t>
   </si>
   <si>
     <t>25.07.25  12:42:42</t>
   </si>
   <si>
-    <t>7708Про внесення змін в рішення Червоноградської міської ради</t>
+    <t>ID - 7708,  Про внесення змін в рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>25.07.25  12:43:53</t>
   </si>
   <si>
     <t>25.07.25  12:44:44</t>
   </si>
   <si>
     <t>25.07.25  12:50:55</t>
   </si>
   <si>
     <t>25.07.25  12:53:16</t>
   </si>
   <si>
     <t>25.07.25  12:55:25</t>
   </si>
   <si>
     <t>25.07.25  12:57:20</t>
   </si>
   <si>
     <t>25.07.25  12:58:41</t>
   </si>
   <si>
     <t>25.07.25  13:00:54</t>
   </si>
@@ -551,183 +542,174 @@
   <si>
     <t>25.07.25  13:12:26</t>
   </si>
   <si>
     <t>25.07.25  13:14:44</t>
   </si>
   <si>
     <t>25.07.25  13:17:34</t>
   </si>
   <si>
     <t>25.07.25  13:18:28</t>
   </si>
   <si>
     <t>25.07.25  13:20:10</t>
   </si>
   <si>
     <t>25.07.25  13:21:12</t>
   </si>
   <si>
     <t>25.07.25  13:21:51</t>
   </si>
   <si>
     <t>25.07.25  13:23:17</t>
   </si>
   <si>
-    <t>7728Внести правки озвучені Ващук М. В. </t>
+    <t>ID - 7728,  Внести правки озвучені Ващук М. В. </t>
   </si>
   <si>
     <t>25.07.25  13:23:47</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>25.07.25  13:24:17</t>
   </si>
   <si>
     <t>25.07.25  13:24:46</t>
   </si>
   <si>
     <t>25.07.25  13:25:32</t>
   </si>
   <si>
-    <t>7732Внести правки озвучені Ващук М. В. </t>
+    <t>ID - 7732,  Внести правки озвучені Ващук М. В. </t>
   </si>
   <si>
     <t>25.07.25  13:26:03</t>
   </si>
   <si>
-    <t>7733Внести правки озвучені Ващук М. В. </t>
+    <t>ID - 7733,  Внести правки озвучені Ващук М. В. </t>
   </si>
   <si>
     <t>25.07.25  13:26:36</t>
   </si>
   <si>
     <t>25.07.25  13:32:16</t>
   </si>
   <si>
     <t>25.07.25  13:33:11</t>
   </si>
   <si>
     <t>25.07.25  13:35:24</t>
   </si>
   <si>
-    <t>7737Про організацію роботи Школи повного дня</t>
+    <t>ID - 7737,  Про організацію роботи Школи повного дня</t>
   </si>
   <si>
     <t>25.07.25  13:36:13</t>
   </si>
   <si>
     <t>25.07.25  13:37:14</t>
   </si>
   <si>
     <t>25.07.25  13:37:44</t>
   </si>
   <si>
-    <t>7740Про безоплатну передачу основних засобів, інших необоротних матеріальних активів</t>
-[...1 lines deleted...]
-  <si>
     <t>25.07.25  13:38:13</t>
   </si>
   <si>
-    <t>7741Про безоплатну передачу основних засобів, інших необоротних матеріальних активів</t>
-[...1 lines deleted...]
-  <si>
     <t>25.07.25  13:40:48</t>
   </si>
   <si>
-    <t>7742Внести зміни озвучені Ковалем В. С. - перенесення будиночків</t>
+    <t>ID - 7742,  Внести зміни озвучені Ковалем В. С. - перенесення будиночків</t>
   </si>
   <si>
     <t>25.07.25  13:41:17</t>
   </si>
   <si>
-    <t>7743Про безоплатну передачу основних засобів, інших необоротних матеріальних активів</t>
-[...1 lines deleted...]
-  <si>
     <t>25.07.25  13:42:01</t>
   </si>
   <si>
     <t>25.07.25  13:45:10</t>
   </si>
   <si>
     <t>25.07.25  13:46:02</t>
   </si>
   <si>
     <t>25.07.25  13:46:32</t>
   </si>
   <si>
     <t>25.07.25  13:47:07</t>
   </si>
   <si>
     <t>25.07.25  13:47:39</t>
   </si>
   <si>
-    <t>7749Змінити назву еком. комісії </t>
+    <t>ID - 7749,  Змінити назву еком. комісії </t>
   </si>
   <si>
     <t>25.07.25  13:48:09</t>
   </si>
   <si>
     <t>25.07.25  13:49:36</t>
   </si>
   <si>
     <t>25.07.25  13:50:07</t>
   </si>
   <si>
-    <t>7752Про надання одноразової грошової допомоги (53Г3)</t>
+    <t>ID - 7752,  Про надання одноразової грошової допомоги (53Г3)</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>25.07.25  13:50:36</t>
   </si>
   <si>
-    <t>7753Про надання одноразової грошової допомоги (53Г3)</t>
+    <t>ID - 7753,  Про надання одноразової грошової допомоги (53Г3)</t>
   </si>
   <si>
     <t>25.07.25  13:51:12</t>
   </si>
   <si>
-    <t>7754Включити в список осіб озвучених Гоцом П. В. </t>
+    <t>ID - 7754,  Включити в список осіб озвучених Гоцом П. В. </t>
   </si>
   <si>
     <t>25.07.25  13:51:42</t>
   </si>
   <si>
-    <t>7755Про надання одноразової грошової допомоги (53Г3)</t>
+    <t>ID - 7755,  Про надання одноразової грошової допомоги (53Г3)</t>
   </si>
   <si>
     <t>25.07.25  13:55:31</t>
   </si>
   <si>
     <t>25.07.25  13:56:50</t>
   </si>
   <si>
-    <t>7757Звернення до Президента та номер закону</t>
+    <t>ID - 7757,  Звернення до Президента та номер закону</t>
   </si>
   <si>
     <t>25.07.25  13:57:26</t>
   </si>
   <si>
     <t>25.07.25  13:57:56</t>
   </si>
   <si>
     <t>25.07.25  13:58:28</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 91</t>
   </si>
   <si>
     <t>За: 112</t>
   </si>
   <si>
     <t>За: 58</t>
   </si>
   <si>
     <t>За: 114</t>
   </si>
@@ -960,51 +942,51 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="51"/>
+    <col min="45" max="45" width="53"/>
     <col min="46" max="46" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -1107,51 +1089,51 @@
       <c r="AP1" t="s" s="3">
         <v>38</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>7640Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7640,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>46</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1389,51 +1371,51 @@
       <c r="AP3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>7642Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7642,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>56</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>46</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1811,51 +1793,51 @@
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>7648Про виконання бюджету Червоноградської міської територіальної громади за січень – червень 2025 року (1358700000) (код бюджету)</t>
+          <t>ID - 7648,  Про виконання бюджету Червоноградської міської територіальної громади за січень – червень 2025 року (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>64</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -1953,51 +1935,51 @@
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>7649Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7649,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -2095,51 +2077,51 @@
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>7650ПРАВКИ І. Діа 15   Затвердити перелік об’єктів, переможців конкурсу молодіжних проектів у 2025  році згідно додатку 14 до рішення, а саме: -Встановлення дерев’яної альтанки у селі Бендюга - 99,0тис.грн.; -Придбання  ігрового комплексу для дітей в селі Волсвин – 99,9тис.грн.; -придбання сучасного вуличного майданчика ( гімназія №2)-96,910тис.грн.; -придбання обладнання для шкільного кінотеатра (Соснівська гімназія) - 83,718 тис.грн.; - Діа 16   придбання обладнання для настільних ігор на стадіоні (ліцей ім.Т.Городецького) – 5,369 тис.грн.; -придбання обладнання для сучасного дитячого майданчика (гімназія №1) – 83,125тис.грн.; -капітальний ремонт спортивного майданчика (влаштування бігових доріжок) (гімназія №12) – 495,0тис.грн.; -Теплий простір для громади: літні кіновечори та події під відкритим небом – 21,95тис.грн.   ІІ. По відділу культури: Діа 17 Внести зміни в пункт 1.2 проекту рішення, зокрема   враховуючи результати перевірки забезпеченості асигнуваннями на заробітну плату на 2025рік по установах культури та з  метою недопущення заборгованості з виплат заробітної плати</t>
+          <t>ID - 7650,  ПРАВКИ І. Діа 15   Затвердити перелік об’єктів, переможців конкурсу молодіжних проектів у 2025  році згідно додатку 14 до рішення, а саме: -Встановлення дерев’яної альтанки у селі Бендюга - 99,0тис.грн.; -Придбання  ігрового комплексу для дітей в селі Волсвин – 99,9тис.грн.; -придбання сучасного вуличного майданчика ( гімназія №2)-96,910тис.грн.; -придбання обладнання для шкільного кінотеатра (Соснівська гімназія) - 83,718 тис.грн.; - Діа 16   придбання обладнання для настільних ігор на стадіоні (ліцей ім.Т.Городецького) – 5,369 тис.грн.; -придбання обладнання для сучасного дитячого майданчика (гімназія №1) – 83,125тис.грн.; -капітальний ремонт спортивного майданчика (влаштування бігових доріжок) (гімназія №12) – 495,0тис.грн.; -Теплий простір для громади: літні кіновечори та події під відкритим небом – 21,95тис.грн.   ІІ. По відділу культури: Діа 17 Внести зміни в пункт 1.2 проекту рішення, зокрема   враховуючи результати перевірки забезпеченості асигнуваннями на заробітну плату на 2025рік по установах культури та з  метою недопущення заборгованості з виплат заробітної плати</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>68</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2517,51 +2499,51 @@
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>75</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>7653Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7653,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>56</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>46</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -3777,61 +3759,63 @@
         <v>50</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>94</v>
       </c>
-      <c r="C21" t="s" s="4">
-        <v>95</v>
+      <c r="C21" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7662,  Про продаж у власність земельної ділянки громадянину Юр’єву Назару Ярославовичу</t>
+        </is>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>48</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>49</v>
       </c>
@@ -3915,63 +3899,65 @@
       </c>
       <c r="AO21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>96</v>
+      </c>
+      <c r="C22" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7663,  Про продаж у власність земельної ділянки громадянці Багдасарян Наталії Віталіївні</t>
+        </is>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22" t="s">
         <v>48</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>49</v>
       </c>
@@ -4055,63 +4041,63 @@
       </c>
       <c r="AO22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C23" t="s" s="4">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D23" t="s">
         <v>63</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
       <c r="H23" t="s">
         <v>48</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>49</v>
       </c>
@@ -4195,63 +4181,63 @@
       </c>
       <c r="AO23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C24" t="s" s="4">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
         <v>63</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
         <v>48</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>49</v>
       </c>
@@ -4335,65 +4321,65 @@
       </c>
       <c r="AO24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>7666Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0837</t>
+          <t>ID - 7666,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0837</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>63</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>48</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>49</v>
       </c>
@@ -4477,65 +4463,65 @@
       </c>
       <c r="AO25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>7667Про затвердження проєкту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення земельної ділянки з кадастровим номером 4624886600:05:000:0842</t>
+          <t>ID - 7667,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення земельної ділянки з кадастровим номером 4624886600:05:000:0842</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>63</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>48</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>49</v>
       </c>
@@ -4619,65 +4605,65 @@
       </c>
       <c r="AO26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>7668Про затвердження проєкту землеустрою щодо відведення земельної ділянки з кадастровим номером 4624883500:12:008:0035, в селі Межиріччя</t>
+          <t>ID - 7668,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки з кадастровим номером 4624883500:12:008:0035, в селі Межиріччя</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27" t="s">
         <v>48</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4761,65 +4747,65 @@
       </c>
       <c r="AO27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>7669Про затвердження проєкту землеустрою щодо відведення земельної ділянки з кадастровим номером 4611800000:03:017:0058 в місті Шептицький, Шептицького району, Львівської області</t>
+          <t>ID - 7669,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки з кадастровим номером 4611800000:03:017:0058 в місті Шептицький, Шептицького району, Львівської області</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>63</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>48</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>49</v>
       </c>
@@ -4903,63 +4889,63 @@
       </c>
       <c r="AO28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C29" t="s" s="4">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D29" t="s">
         <v>63</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>48</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>49</v>
       </c>
@@ -5043,65 +5029,65 @@
       </c>
       <c r="AO29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>7671Про розгляд клопотання громадянина Волкова Павла Віталійовича про продаж у власнiсть земельної дiлянки з кадастровим номером 4611800000:06:002:0059</t>
+          <t>ID - 7671,  Про розгляд клопотання громадянина Волкова Павла Віталійовича про продаж у власнiсть земельної дiлянки з кадастровим номером 4611800000:06:002:0059</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>63</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>48</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>49</v>
       </c>
@@ -5185,65 +5171,65 @@
       </c>
       <c r="AO30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>7672Про продаж у власність земельної ділянки Товариству з обмеженою відповідальністю «Мега- Полюс»</t>
+          <t>ID - 7672,  Про продаж у власність земельної ділянки Товариству з обмеженою відповідальністю «Мега- Полюс»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>63</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>49</v>
       </c>
@@ -5327,65 +5313,65 @@
       </c>
       <c r="AO31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>7673Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на проспекті Шевченка, 21 «в», кадастровий номер земельної ділянки 4611800000:02:009:0071</t>
+          <t>ID - 7673,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на проспекті Шевченка, 21 «в», кадастровий номер земельної ділянки 4611800000:02:009:0071</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>63</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
       <c r="F32" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
         <v>48</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>49</v>
       </c>
@@ -5469,65 +5455,65 @@
       </c>
       <c r="AO32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>7674Про внесення змін в рішення Шептицької міської ради від 19.06.2025 № 3752 «Про продаж у власність земельної ділянки громадянці Оданчук Марії Степанівні, фізичній особі - підприємцю Золочівській Олесі Богданівні, Приватному підприємству виробничо – комерційна фірма «Скайінвест»</t>
+          <t>ID - 7674,  Про внесення змін в рішення Шептицької міської ради від 19.06.2025 № 3752 «Про продаж у власність земельної ділянки громадянці Оданчук Марії Степанівні, фізичній особі - підприємцю Золочівській Олесі Богданівні, Приватному підприємству виробничо – комерційна фірма «Скайінвест»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>63</v>
       </c>
       <c r="E33" t="s">
         <v>45</v>
       </c>
       <c r="F33" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>48</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>49</v>
       </c>
@@ -5611,54 +5597,54 @@
       </c>
       <c r="AO33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D34" t="s">
         <v>63</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
       <c r="F34" t="s">
         <v>83</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>48</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5751,63 +5737,63 @@
       </c>
       <c r="AO34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C35" t="s" s="4">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D35" t="s">
         <v>63</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
       <c r="F35" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>48</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>49</v>
       </c>
@@ -5891,54 +5877,54 @@
       </c>
       <c r="AO35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C36" t="s" s="4">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D36" t="s">
         <v>63</v>
       </c>
       <c r="E36" t="s">
         <v>45</v>
       </c>
       <c r="F36" t="s">
         <v>83</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
         <v>48</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
       </c>
@@ -6031,54 +6017,54 @@
       </c>
       <c r="AO36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C37" t="s" s="4">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D37" t="s">
         <v>63</v>
       </c>
       <c r="E37" t="s">
         <v>45</v>
       </c>
       <c r="F37" t="s">
         <v>83</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>48</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
@@ -6171,55 +6157,55 @@
       </c>
       <c r="AO37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>7679Про розроблення проєкту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:04:016:0060</t>
+          <t>ID - 7679,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:04:016:0060</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>63</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38" t="s">
         <v>66</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
         <v>48</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
@@ -6313,65 +6299,65 @@
       </c>
       <c r="AO38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>7680Про розгляд клопотання Товариства з обмеженою відповідальністю «Сокальський вітропарк»</t>
+          <t>ID - 7680,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Сокальський вітропарк»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>44</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
       <c r="F39" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>48</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>49</v>
       </c>
@@ -6455,54 +6441,54 @@
       </c>
       <c r="AO39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C40" t="s" s="4">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D40" t="s">
         <v>54</v>
       </c>
       <c r="E40" t="s">
         <v>45</v>
       </c>
       <c r="F40" t="s">
         <v>83</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>48</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
       </c>
@@ -6595,55 +6581,55 @@
       </c>
       <c r="AO40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>7682Про розгляд клопотання Товариства з обмеженою відповідальністю «Сокальський вітропарк»</t>
+          <t>ID - 7682,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Сокальський вітропарк»</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>56</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
       <c r="F41" t="s">
         <v>83</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
         <v>48</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
@@ -6737,55 +6723,55 @@
       </c>
       <c r="AO41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>7683Про реєстрацiю прав комунальної власностi на земельні ділянки в м. Шептицький на вул. Б. Хмельницького, 47 «а»</t>
+          <t>ID - 7683,  Про реєстрацiю прав комунальної власностi на земельні ділянки в м. Шептицький на вул. Б. Хмельницького, 47 «а»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>63</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
       </c>
       <c r="F42" t="s">
         <v>66</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>48</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
@@ -6879,54 +6865,56 @@
       </c>
       <c r="AO42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>127</v>
+      </c>
+      <c r="C43" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7684,  Про припинення права оренди земельної ділянки з кадастровим номером 4611800000:03:001:0032</t>
+        </is>
       </c>
       <c r="D43" t="s">
         <v>63</v>
       </c>
       <c r="E43" t="s">
         <v>45</v>
       </c>
       <c r="F43" t="s">
         <v>83</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
         <v>48</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
       </c>
@@ -7019,55 +7007,55 @@
       </c>
       <c r="AO43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>7685Про розгляд клопотання Комунального підприємства «Центральний ринок» Шептицької міської ради</t>
+          <t>ID - 7685,  Про розгляд клопотання Комунального підприємства «Центральний ринок» Шептицької міської ради</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>63</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
         <v>83</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>48</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
@@ -7161,65 +7149,65 @@
       </c>
       <c r="AO44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>7686Про затвердження проєкту землеустрою щодо відведення земельної ділянки з кадастровим номером 4611800000:06:002:0077</t>
+          <t>ID - 7686,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки з кадастровим номером 4611800000:06:002:0077</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>63</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>49</v>
       </c>
@@ -7303,65 +7291,65 @@
       </c>
       <c r="AO45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>7687Про затвердження проєкту землеустрою щодо відведення земельної ділянки з кадастровим номером 4611800000:01:012:0017</t>
+          <t>ID - 7687,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки з кадастровим номером 4611800000:01:012:0017</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>63</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>49</v>
       </c>
@@ -7445,55 +7433,55 @@
       </c>
       <c r="AO46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>7688Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці С. Бандери, 56 «в» кадастровий номер земельної ділянки 4611800000:02:002:0062</t>
+          <t>ID - 7688,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький, на вулиці С. Бандери, 56 «в» кадастровий номер земельної ділянки 4611800000:02:002:0062</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>63</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
         <v>66</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
@@ -7587,55 +7575,55 @@
       </c>
       <c r="AO47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>7689Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селище Гірник, біля дороги Р-15, кадастровий номер земельної ділянки 4611845300:02:003:0032</t>
+          <t>ID - 7689,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селище Гірник, біля дороги Р-15, кадастровий номер земельної ділянки 4611845300:02:003:0032</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>63</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
         <v>66</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
@@ -7729,55 +7717,55 @@
       </c>
       <c r="AO48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>7690Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування житлового будинку</t>
+          <t>ID - 7690,  Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування житлового будинку</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>63</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>66</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>48</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
@@ -7871,55 +7859,55 @@
       </c>
       <c r="AO49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>7691Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування гаража</t>
+          <t>ID - 7691,  Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування гаража</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>63</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
       <c r="F50" t="s">
         <v>66</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
         <v>48</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
@@ -8013,55 +8001,55 @@
       </c>
       <c r="AO50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>7692Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для ведення особистого селянського господарства</t>
+          <t>ID - 7692,  Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>63</v>
       </c>
       <c r="E51" t="s">
         <v>45</v>
       </c>
       <c r="F51" t="s">
         <v>66</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
@@ -8155,55 +8143,55 @@
       </c>
       <c r="AO51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>7693Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для ведення садівництва</t>
+          <t>ID - 7693,  Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для ведення садівництва</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>63</v>
       </c>
       <c r="E52" t="s">
         <v>45</v>
       </c>
       <c r="F52" t="s">
         <v>66</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>48</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
@@ -8297,55 +8285,55 @@
       </c>
       <c r="AO52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>7694Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для індивідуального дачного будівництва</t>
+          <t>ID - 7694,  Про розгляд клопотання громадянина Смерековського Віталія Васильовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для індивідуального дачного будівництва</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>63</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
         <v>83</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>48</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
@@ -8439,65 +8427,65 @@
       </c>
       <c r="AO53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>7695​​​​​​​Про розгляд клопотання громадян Дебеляк Олени Валеріївни та Дебеляка Віталія Ярославовича</t>
+          <t>ID - 7695,  ​​​​​​​Про розгляд клопотання громадян Дебеляк Олени Валеріївни та Дебеляка Віталія Ярославовича</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>63</v>
       </c>
       <c r="E54" t="s">
         <v>45</v>
       </c>
       <c r="F54" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
         <v>48</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>49</v>
       </c>
@@ -8581,63 +8569,63 @@
       </c>
       <c r="AO54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D55" t="s">
         <v>63</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
       <c r="F55" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
         <v>48</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>49</v>
       </c>
@@ -8721,54 +8709,54 @@
       </c>
       <c r="AO55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D56" t="s">
         <v>63</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
         <v>83</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>48</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
       </c>
@@ -8861,63 +8849,63 @@
       </c>
       <c r="AO56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D57" t="s">
         <v>63</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="F57" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
         <v>48</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>49</v>
       </c>
@@ -9001,65 +8989,65 @@
       </c>
       <c r="AO57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>7699Про розроблення проєкту землеустрою із зміною цільового призначення земельної ділянки з кадастровим номером 4624886600:19:002:0825</t>
+          <t>ID - 7699,  Про розроблення проєкту землеустрою із зміною цільового призначення земельної ділянки з кадастровим номером 4624886600:19:002:0825</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>63</v>
       </c>
       <c r="E58" t="s">
         <v>45</v>
       </c>
       <c r="F58" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
         <v>48</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>49</v>
       </c>
@@ -9143,54 +9131,54 @@
       </c>
       <c r="AO58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D59" t="s">
         <v>63</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
         <v>83</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
         <v>48</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
       </c>
@@ -9283,63 +9271,63 @@
       </c>
       <c r="AO59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D60" t="s">
         <v>63</v>
       </c>
       <c r="E60" t="s">
         <v>45</v>
       </c>
       <c r="F60" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
         <v>48</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>49</v>
       </c>
@@ -9423,63 +9411,63 @@
       </c>
       <c r="AO60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C61" t="s" s="4">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D61" t="s">
         <v>63</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>48</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>49</v>
       </c>
@@ -9563,65 +9551,65 @@
       </c>
       <c r="AO61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>7703Про розгляд клопотання Товариства з обмеженою відповідальністю «Компанія «Універсал Інжиніринг»</t>
+          <t>ID - 7703,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Компанія «Універсал Інжиніринг»</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
         <v>45</v>
       </c>
       <c r="F62" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>49</v>
       </c>
@@ -9705,63 +9693,63 @@
       </c>
       <c r="AO62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C63" t="s" s="4">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D63" t="s">
         <v>54</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>49</v>
       </c>
@@ -9845,65 +9833,65 @@
       </c>
       <c r="AO63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>7705Про розгляд клопотання Товариства з обмеженою відповідальністю «Компанія «Універсал Інжиніринг»</t>
+          <t>ID - 7705,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Компанія «Універсал Інжиніринг»</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>56</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>48</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>49</v>
       </c>
@@ -9987,65 +9975,65 @@
       </c>
       <c r="AO64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>7706Про відмову в укладені договору оренди земельної ділянки на новий строк та припинення права оренди</t>
+          <t>ID - 7706,  Про відмову в укладені договору оренди земельної ділянки на новий строк та припинення права оренди</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>63</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
         <v>48</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>49</v>
       </c>
@@ -10129,55 +10117,55 @@
       </c>
       <c r="AO65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>7707Про відмову в укладені договору оренди земельної ділянки на новий строк та припинення права оренди</t>
+          <t>ID - 7707,  Про відмову в укладені договору оренди земельної ділянки на новий строк та припинення права оренди</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>63</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
       <c r="F66" t="s">
         <v>83</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>50</v>
@@ -10271,54 +10259,54 @@
       </c>
       <c r="AO66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D67" t="s">
         <v>63</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
         <v>83</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
       </c>
@@ -10411,65 +10399,65 @@
       </c>
       <c r="AO67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>7709Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки з кадастровим номером 4611800000:03:005:0027 в місті Шептицький, на вулиці Героїв Майдану, 12-А</t>
+          <t>ID - 7709,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки з кадастровим номером 4611800000:03:005:0027 в місті Шептицький, на вулиці Героїв Майдану, 12-А</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>63</v>
       </c>
       <c r="E68" t="s">
         <v>45</v>
       </c>
       <c r="F68" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
         <v>48</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>49</v>
       </c>
@@ -10553,55 +10541,55 @@
       </c>
       <c r="AO68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>7710Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки з кадастровим номером 4611800000:03:005:0080 в місті Шептицький, на вулиці Героїв Майдану, 12-Д</t>
+          <t>ID - 7710,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки з кадастровим номером 4611800000:03:005:0080 в місті Шептицький, на вулиці Героїв Майдану, 12-Д</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>63</v>
       </c>
       <c r="E69" t="s">
         <v>45</v>
       </c>
       <c r="F69" t="s">
         <v>83</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>48</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>50</v>
@@ -10695,55 +10683,55 @@
       </c>
       <c r="AO69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>7711Про об`єднання вулиць у селі Волсвин Червоноградської міської територіальної громади Шептицького району Львівської області</t>
+          <t>ID - 7711,  Про об`єднання вулиць у селі Волсвин Червоноградської міської територіальної громади Шептицького району Львівської області</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>63</v>
       </c>
       <c r="E70" t="s">
         <v>45</v>
       </c>
       <c r="F70" t="s">
         <v>66</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
         <v>48</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>50</v>
@@ -10837,55 +10825,55 @@
       </c>
       <c r="AO70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>7712Про затвердження містобудівної документації `Детальний план території на вул. Львівська в м.Соснівка Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
+          <t>ID - 7712,  Про затвердження містобудівної документації `Детальний план території на вул. Львівська в м.Соснівка Червоноградської міської територіальної громади Червоноградського району Львівської області`</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>63</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>66</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
@@ -10979,55 +10967,55 @@
       </c>
       <c r="AO71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>7713Про схвалення проєкту договору про співробітництво територіальних громад у формі делегування виконання окремих завдань</t>
+          <t>ID - 7713,  Про схвалення проєкту договору про співробітництво територіальних громад у формі делегування виконання окремих завдань</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>63</v>
       </c>
       <c r="E72" t="s">
         <v>45</v>
       </c>
       <c r="F72" t="s">
         <v>66</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
@@ -11121,65 +11109,65 @@
       </c>
       <c r="AO72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>7714Про припинення права оренди земельних ділянок з кадастровими номерами 4611800000:02:009:0056 та 4611800000:02:009:0057</t>
+          <t>ID - 7714,  Про припинення права оренди земельних ділянок з кадастровими номерами 4611800000:02:009:0056 та 4611800000:02:009:0057</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>63</v>
       </c>
       <c r="E73" t="s">
         <v>45</v>
       </c>
       <c r="F73" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G73" t="s">
         <v>47</v>
       </c>
       <c r="H73" t="s">
         <v>48</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>49</v>
       </c>
@@ -11263,65 +11251,65 @@
       </c>
       <c r="AO73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>7715Про надання дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості)</t>
+          <t>ID - 7715,  Про надання дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості)</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>63</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>48</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>49</v>
       </c>
@@ -11405,65 +11393,65 @@
       </c>
       <c r="AO74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>7716Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:004:0025</t>
+          <t>ID - 7716,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:03:004:0025</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>63</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>48</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>49</v>
       </c>
@@ -11547,65 +11535,65 @@
       </c>
       <c r="AO75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>7719Про погодження кандидатури командира добровольчого формування «Кристинопіль» Червоноградської територіальної громади</t>
+          <t>ID - 7719,  Про погодження кандидатури командира добровольчого формування «Кристинопіль» Червоноградської територіальної громади</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>63</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
       <c r="F76" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>48</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>49</v>
       </c>
@@ -11689,65 +11677,65 @@
       </c>
       <c r="AO76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>7721Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:02:003:0007</t>
+          <t>ID - 7721,  Про укладання договору суперфіцію на земельну ділянку з кадастровим номером 4611800000:02:003:0007</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>63</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>48</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>49</v>
       </c>
@@ -11831,65 +11819,65 @@
       </c>
       <c r="AO77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>7722Про затвердження муніципального енергетичного плану Червоноградської міської територіальної громади на період до 2030 року</t>
+          <t>ID - 7722,  Про затвердження муніципального енергетичного плану Червоноградської міської територіальної громади на період до 2030 року</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>63</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>49</v>
       </c>
@@ -11973,65 +11961,65 @@
       </c>
       <c r="AO78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>7723 Про внесення змін до  Плану дій справедливої трансформації Червоноградської міської територіальної громади на період до 2030 року</t>
+          <t>ID - 7723,   Про внесення змін до  Плану дій справедливої трансформації Червоноградської міської територіальної громади на період до 2030 року</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>63</v>
       </c>
       <c r="E79" t="s">
         <v>45</v>
       </c>
       <c r="F79" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G79" t="s">
         <v>47</v>
       </c>
       <c r="H79" t="s">
         <v>48</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>49</v>
       </c>
@@ -12115,65 +12103,65 @@
       </c>
       <c r="AO79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>7724Про встановлення розмiру кошторисної заробiтної плати, який враховується при визначеннi вартостi будiвництва (нового будiвництва, реконструкцiї, реставрацiї, капiтального ремонту, технiчного переоснащення, поточного ремонту) об’єктiв, що споруджуються iз залученням бюджетних коштiв, коштiв державних i комунальних пiдприємств, установ та органiзацiй, а також кредитiв, наданих пiд державнi гарантiї</t>
+          <t>ID - 7724,  Про встановлення розмiру кошторисної заробiтної плати, який враховується при визначеннi вартостi будiвництва (нового будiвництва, реконструкцiї, реставрацiї, капiтального ремонту, технiчного переоснащення, поточного ремонту) об’єктiв, що споруджуються iз залученням бюджетних коштiв, коштiв державних i комунальних пiдприємств, установ та органiзацiй, а також кредитiв, наданих пiд державнi гарантiї</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>63</v>
       </c>
       <c r="E80" t="s">
         <v>45</v>
       </c>
       <c r="F80" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G80" t="s">
         <v>47</v>
       </c>
       <c r="H80" t="s">
         <v>48</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>49</v>
       </c>
@@ -12257,65 +12245,65 @@
       </c>
       <c r="AO80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>7725Про затвердження Програми розвитку мінерально-сировинної бази, раціонального використання та охорони надр на території   Червоноградської територіальної громади на 2025-2029 роки</t>
+          <t>ID - 7725,  Про затвердження Програми розвитку мінерально-сировинної бази, раціонального використання та охорони надр на території   Червоноградської територіальної громади на 2025-2029 роки</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>63</v>
       </c>
       <c r="E81" t="s">
         <v>45</v>
       </c>
       <c r="F81" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G81" t="s">
         <v>47</v>
       </c>
       <c r="H81" t="s">
         <v>48</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>49</v>
       </c>
@@ -12399,65 +12387,65 @@
       </c>
       <c r="AO81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>7726Про внесення змін до рішення Шептицької міської ради від 12.12.2024 № 3150  «Про надання дозволу на погашення податкового боргу за рахунок майна комунального підприємства   `Червоноградтеплокомуненерго`»</t>
+          <t>ID - 7726,  Про внесення змін до рішення Шептицької міської ради від 12.12.2024 № 3150  «Про надання дозволу на погашення податкового боргу за рахунок майна комунального підприємства   `Червоноградтеплокомуненерго`»</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>63</v>
       </c>
       <c r="E82" t="s">
         <v>45</v>
       </c>
       <c r="F82" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G82" t="s">
         <v>47</v>
       </c>
       <c r="H82" t="s">
         <v>48</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>49</v>
       </c>
@@ -12541,65 +12529,65 @@
       </c>
       <c r="AO82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>7727Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
+          <t>ID - 7727,  Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>44</v>
       </c>
       <c r="E83" t="s">
         <v>45</v>
       </c>
       <c r="F83" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G83" t="s">
         <v>47</v>
       </c>
       <c r="H83" t="s">
         <v>48</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>49</v>
       </c>
@@ -12683,63 +12671,63 @@
       </c>
       <c r="AO83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D84" t="s">
         <v>54</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
       <c r="F84" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G84" t="s">
         <v>47</v>
       </c>
       <c r="H84" t="s">
         <v>48</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>49</v>
       </c>
@@ -12823,65 +12811,65 @@
       </c>
       <c r="AO84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>7729Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
+          <t>ID - 7729,  Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>56</v>
       </c>
       <c r="E85" t="s">
         <v>71</v>
       </c>
       <c r="F85" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G85" t="s">
         <v>47</v>
       </c>
       <c r="H85" t="s">
         <v>48</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>49</v>
       </c>
@@ -12965,65 +12953,65 @@
       </c>
       <c r="AO85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>7730Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
+          <t>ID - 7730,  Про створення комiсiї з погодження розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>56</v>
       </c>
       <c r="E86" t="s">
         <v>45</v>
       </c>
       <c r="F86" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G86" t="s">
         <v>47</v>
       </c>
       <c r="H86" t="s">
         <v>48</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>49</v>
       </c>
@@ -13107,65 +13095,65 @@
       </c>
       <c r="AO86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>7731Про створення Конкурсної комiсiї з пiдготовки пропозицiй для надання в оренду комунального майна без проведення конкурсу та проведення процедур електронних закупiвель та конкурсу з оренди комунального майна</t>
+          <t>ID - 7731,  Про створення Конкурсної комiсiї з пiдготовки пропозицiй для надання в оренду комунального майна без проведення конкурсу та проведення процедур електронних закупiвель та конкурсу з оренди комунального майна</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>44</v>
       </c>
       <c r="E87" t="s">
         <v>45</v>
       </c>
       <c r="F87" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G87" t="s">
         <v>47</v>
       </c>
       <c r="H87" t="s">
         <v>48</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>49</v>
       </c>
@@ -13249,63 +13237,63 @@
       </c>
       <c r="AO87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D88" t="s">
         <v>54</v>
       </c>
       <c r="E88" t="s">
         <v>71</v>
       </c>
       <c r="F88" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G88" t="s">
         <v>47</v>
       </c>
       <c r="H88" t="s">
         <v>48</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>49</v>
       </c>
@@ -13389,63 +13377,63 @@
       </c>
       <c r="AO88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C89" t="s" s="4">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D89" t="s">
         <v>54</v>
       </c>
       <c r="E89" t="s">
         <v>45</v>
       </c>
       <c r="F89" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G89" t="s">
         <v>47</v>
       </c>
       <c r="H89" t="s">
         <v>48</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>49</v>
       </c>
@@ -13529,65 +13517,65 @@
       </c>
       <c r="AO89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>7734Про створення Конкурсної комiсiї з пiдготовки пропозицiй для надання в оренду комунального майна без проведення конкурсу та проведення процедур електронних закупiвель та конкурсу з оренди комунального майна</t>
+          <t>ID - 7734,  Про створення Конкурсної комiсiї з пiдготовки пропозицiй для надання в оренду комунального майна без проведення конкурсу та проведення процедур електронних закупiвель та конкурсу з оренди комунального майна</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>56</v>
       </c>
       <c r="E90" t="s">
         <v>45</v>
       </c>
       <c r="F90" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G90" t="s">
         <v>47</v>
       </c>
       <c r="H90" t="s">
         <v>48</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>49</v>
       </c>
@@ -13671,65 +13659,65 @@
       </c>
       <c r="AO90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>7735Про звернення  Шептицької міської  ради  до Міністра освіти і науки України про виділення субвенції для оплати проведення додаткових психолого-педагогічних і корекційно-розвиткових занять (послуг) особам з особливими освітніми потребами, які здобувають освіту в інклюзивних класах (групах) закладів дошкільної та загальної середньої освіти</t>
+          <t>ID - 7735,  Про звернення  Шептицької міської  ради  до Міністра освіти і науки України про виділення субвенції для оплати проведення додаткових психолого-педагогічних і корекційно-розвиткових занять (послуг) особам з особливими освітніми потребами, які здобувають освіту в інклюзивних класах (групах) закладів дошкільної та загальної середньої освіти</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>63</v>
       </c>
       <c r="E91" t="s">
         <v>45</v>
       </c>
       <c r="F91" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G91" t="s">
         <v>47</v>
       </c>
       <c r="H91" t="s">
         <v>48</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>49</v>
       </c>
@@ -13813,65 +13801,65 @@
       </c>
       <c r="AO91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>7736Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670«Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади, щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 7736,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670«Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади, щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>63</v>
       </c>
       <c r="E92" t="s">
         <v>45</v>
       </c>
       <c r="F92" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G92" t="s">
         <v>47</v>
       </c>
       <c r="H92" t="s">
         <v>48</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>49</v>
       </c>
@@ -13955,63 +13943,63 @@
       </c>
       <c r="AO92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D93" t="s">
         <v>63</v>
       </c>
       <c r="E93" t="s">
         <v>45</v>
       </c>
       <c r="F93" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G93" t="s">
         <v>47</v>
       </c>
       <c r="H93" t="s">
         <v>48</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>49</v>
       </c>
@@ -14095,65 +14083,65 @@
       </c>
       <c r="AO93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
-          <t>7738Про затвердження Положення про  порядок оплати та надання пільг по оплаті за навчання в  мистецьких школах Шептицької міської ради</t>
+          <t>ID - 7738,  Про затвердження Положення про  порядок оплати та надання пільг по оплаті за навчання в  мистецьких школах Шептицької міської ради</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>63</v>
       </c>
       <c r="E94" t="s">
         <v>45</v>
       </c>
       <c r="F94" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G94" t="s">
         <v>47</v>
       </c>
       <c r="H94" t="s">
         <v>48</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>49</v>
       </c>
@@ -14237,65 +14225,65 @@
       </c>
       <c r="AO94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>7739Про надання дозволу Комунальному некомерційному підприємству «Центральна міська лікарня Шептицької міської ради» на списання з балансу обладнання</t>
+          <t>ID - 7739,  Про надання дозволу Комунальному некомерційному підприємству «Центральна міська лікарня Шептицької міської ради» на списання з балансу обладнання</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>63</v>
       </c>
       <c r="E95" t="s">
         <v>45</v>
       </c>
       <c r="F95" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G95" t="s">
         <v>47</v>
       </c>
       <c r="H95" t="s">
         <v>48</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>49</v>
       </c>
@@ -14379,63 +14367,65 @@
       </c>
       <c r="AO95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>193</v>
+      </c>
+      <c r="C96" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7740,  Про безоплатну передачу основних засобів, інших необоротних матеріальних активів</t>
+        </is>
       </c>
       <c r="D96" t="s">
         <v>44</v>
       </c>
       <c r="E96" t="s">
         <v>71</v>
       </c>
       <c r="F96" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G96" t="s">
         <v>47</v>
       </c>
       <c r="H96" t="s">
         <v>48</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>49</v>
       </c>
@@ -14519,63 +14509,65 @@
       </c>
       <c r="AO96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>194</v>
+      </c>
+      <c r="C97" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7741,  Про безоплатну передачу основних засобів, інших необоротних матеріальних активів</t>
+        </is>
       </c>
       <c r="D97" t="s">
         <v>44</v>
       </c>
       <c r="E97" t="s">
         <v>45</v>
       </c>
       <c r="F97" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G97" t="s">
         <v>47</v>
       </c>
       <c r="H97" t="s">
         <v>48</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>49</v>
       </c>
@@ -14659,63 +14651,63 @@
       </c>
       <c r="AO97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D98" t="s">
         <v>54</v>
       </c>
       <c r="E98" t="s">
         <v>45</v>
       </c>
       <c r="F98" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G98" t="s">
         <v>47</v>
       </c>
       <c r="H98" t="s">
         <v>48</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>49</v>
       </c>
@@ -14799,63 +14791,65 @@
       </c>
       <c r="AO98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>197</v>
+      </c>
+      <c r="C99" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7743,  Про безоплатну передачу основних засобів, інших необоротних матеріальних активів</t>
+        </is>
       </c>
       <c r="D99" t="s">
         <v>56</v>
       </c>
       <c r="E99" t="s">
         <v>45</v>
       </c>
       <c r="F99" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G99" t="s">
         <v>47</v>
       </c>
       <c r="H99" t="s">
         <v>48</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>49</v>
       </c>
@@ -14939,65 +14933,65 @@
       </c>
       <c r="AO99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>7744Про затвердження структури та штатної чисельності працівників Комунального закладу Шептицької міської ради «Будинок воїна»</t>
+          <t>ID - 7744,  Про затвердження структури та штатної чисельності працівників Комунального закладу Шептицької міської ради «Будинок воїна»</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>63</v>
       </c>
       <c r="E100" t="s">
         <v>45</v>
       </c>
       <c r="F100" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G100" t="s">
         <v>47</v>
       </c>
       <c r="H100" t="s">
         <v>48</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>49</v>
       </c>
@@ -15081,65 +15075,65 @@
       </c>
       <c r="AO100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>7745Про внесення змін до рішення Червоноградської міської ради від 24.11.2020 №3 «Про утворення постiйних депутатських комiсiй Червоноградської міської ради Червоноградського району Львівської області»</t>
+          <t>ID - 7745,  Про внесення змін до рішення Червоноградської міської ради від 24.11.2020 №3 «Про утворення постiйних депутатських комiсiй Червоноградської міської ради Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>44</v>
       </c>
       <c r="E101" t="s">
         <v>45</v>
       </c>
       <c r="F101" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G101" t="s">
         <v>47</v>
       </c>
       <c r="H101" t="s">
         <v>48</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>49</v>
       </c>
@@ -15223,65 +15217,65 @@
       </c>
       <c r="AO101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>7746В назві економічної комісії - довключити цифрову трансформацію та розвиток вуг. громад</t>
+          <t>ID - 7746,  В назві економічної комісії - довключити цифрову трансформацію та розвиток вуг. громад</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>54</v>
       </c>
       <c r="E102" t="s">
         <v>45</v>
       </c>
       <c r="F102" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G102" t="s">
         <v>47</v>
       </c>
       <c r="H102" t="s">
         <v>48</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>49</v>
       </c>
@@ -15365,65 +15359,65 @@
       </c>
       <c r="AO102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>7747Про внесення змін до рішення Червоноградської міської ради від 24.11.2020 №3 «Про утворення постiйних депутатських комiсiй Червоноградської міської ради Червоноградського району Львівської області»</t>
+          <t>ID - 7747,  Про внесення змін до рішення Червоноградської міської ради від 24.11.2020 №3 «Про утворення постiйних депутатських комiсiй Червоноградської міської ради Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>56</v>
       </c>
       <c r="E103" t="s">
         <v>45</v>
       </c>
       <c r="F103" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G103" t="s">
         <v>47</v>
       </c>
       <c r="H103" t="s">
         <v>48</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N103" t="s" s="5">
         <v>49</v>
       </c>
@@ -15507,65 +15501,65 @@
       </c>
       <c r="AO103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>7748Про затвердження Положення «Про постійні депутатські комісії  Шептицької міської ради восьмого  скликання»</t>
+          <t>ID - 7748,  Про затвердження Положення «Про постійні депутатські комісії  Шептицької міської ради восьмого  скликання»</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>44</v>
       </c>
       <c r="E104" t="s">
         <v>45</v>
       </c>
       <c r="F104" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G104" t="s">
         <v>47</v>
       </c>
       <c r="H104" t="s">
         <v>48</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>49</v>
       </c>
@@ -15649,63 +15643,63 @@
       </c>
       <c r="AO104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="D105" t="s">
         <v>54</v>
       </c>
       <c r="E105" t="s">
         <v>45</v>
       </c>
       <c r="F105" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G105" t="s">
         <v>47</v>
       </c>
       <c r="H105" t="s">
         <v>48</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>49</v>
       </c>
@@ -15789,65 +15783,65 @@
       </c>
       <c r="AO105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>7750Про затвердження Положення «Про постійні депутатські комісії  Шептицької міської ради восьмого  скликання»</t>
+          <t>ID - 7750,  Про затвердження Положення «Про постійні депутатські комісії  Шептицької міської ради восьмого  скликання»</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>56</v>
       </c>
       <c r="E106" t="s">
         <v>45</v>
       </c>
       <c r="F106" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G106" t="s">
         <v>47</v>
       </c>
       <c r="H106" t="s">
         <v>48</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>49</v>
       </c>
@@ -15931,65 +15925,65 @@
       </c>
       <c r="AO106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>7751Про звернення Шептицької міської ради до Президента України та Верховної Ради України щодо продовження строку мораторію на експорт лісоматеріалів (необробленої деревини) за кордон</t>
+          <t>ID - 7751,  Про звернення Шептицької міської ради до Президента України та Верховної Ради України щодо продовження строку мораторію на експорт лісоматеріалів (необробленої деревини) за кордон</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>63</v>
       </c>
       <c r="E107" t="s">
         <v>45</v>
       </c>
       <c r="F107" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G107" t="s">
         <v>47</v>
       </c>
       <c r="H107" t="s">
         <v>48</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>49</v>
       </c>
@@ -16073,63 +16067,63 @@
       </c>
       <c r="AO107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D108" t="s">
         <v>44</v>
       </c>
       <c r="E108" t="s">
         <v>71</v>
       </c>
       <c r="F108" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="G108" t="s">
         <v>47</v>
       </c>
       <c r="H108" t="s">
         <v>48</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>49</v>
       </c>
@@ -16213,63 +16207,63 @@
       </c>
       <c r="AO108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C109" t="s" s="4">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D109" t="s">
         <v>44</v>
       </c>
       <c r="E109" t="s">
         <v>45</v>
       </c>
       <c r="F109" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G109" t="s">
         <v>47</v>
       </c>
       <c r="H109" t="s">
         <v>48</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>49</v>
       </c>
@@ -16353,63 +16347,63 @@
       </c>
       <c r="AO109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C110" t="s" s="4">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="D110" t="s">
         <v>54</v>
       </c>
       <c r="E110" t="s">
         <v>45</v>
       </c>
       <c r="F110" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G110" t="s">
         <v>47</v>
       </c>
       <c r="H110" t="s">
         <v>48</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>49</v>
       </c>
@@ -16493,63 +16487,63 @@
       </c>
       <c r="AO110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="C111" t="s" s="4">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="D111" t="s">
         <v>56</v>
       </c>
       <c r="E111" t="s">
         <v>45</v>
       </c>
       <c r="F111" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G111" t="s">
         <v>47</v>
       </c>
       <c r="H111" t="s">
         <v>48</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>49</v>
       </c>
@@ -16633,65 +16627,65 @@
       </c>
       <c r="AO111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>7756Про звернення Шептицької міської ради щодо неприпустимості підриву незалежності антикорупційної інфраструктури України</t>
+          <t>ID - 7756,  Про звернення Шептицької міської ради щодо неприпустимості підриву незалежності антикорупційної інфраструктури України</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>44</v>
       </c>
       <c r="E112" t="s">
         <v>45</v>
       </c>
       <c r="F112" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G112" t="s">
         <v>47</v>
       </c>
       <c r="H112" t="s">
         <v>48</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>49</v>
       </c>
@@ -16775,63 +16769,63 @@
       </c>
       <c r="AO112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C113" t="s" s="4">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="D113" t="s">
         <v>54</v>
       </c>
       <c r="E113" t="s">
         <v>45</v>
       </c>
       <c r="F113" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G113" t="s">
         <v>47</v>
       </c>
       <c r="H113" t="s">
         <v>48</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>49</v>
       </c>
@@ -16915,65 +16909,65 @@
       </c>
       <c r="AO113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>7758Про звернення Шептицької міської ради щодо неприпустимості підриву незалежності антикорупційної інфраструктури України</t>
+          <t>ID - 7758,  Про звернення Шептицької міської ради щодо неприпустимості підриву незалежності антикорупційної інфраструктури України</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>56</v>
       </c>
       <c r="E114" t="s">
         <v>71</v>
       </c>
       <c r="F114" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G114" t="s">
         <v>47</v>
       </c>
       <c r="H114" t="s">
         <v>48</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>49</v>
       </c>
@@ -17057,65 +17051,65 @@
       </c>
       <c r="AO114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>7759Про звернення Шептицької міської ради щодо неприпустимості підриву незалежності антикорупційної інфраструктури України</t>
+          <t>ID - 7759,  Про звернення Шептицької міської ради щодо неприпустимості підриву незалежності антикорупційної інфраструктури України</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>56</v>
       </c>
       <c r="E115" t="s">
         <v>71</v>
       </c>
       <c r="F115" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G115" t="s">
         <v>47</v>
       </c>
       <c r="H115" t="s">
         <v>48</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N115" t="s" s="5">
         <v>49</v>
       </c>
@@ -17199,65 +17193,65 @@
       </c>
       <c r="AO115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>7760Про звернення Шептицької міської ради щодо неприпустимості підриву незалежності антикорупційної інфраструктури України</t>
+          <t>ID - 7760,  Про звернення Шептицької міської ради щодо неприпустимості підриву незалежності антикорупційної інфраструктури України</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>56</v>
       </c>
       <c r="E116" t="s">
         <v>45</v>
       </c>
       <c r="F116" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G116" t="s">
         <v>47</v>
       </c>
       <c r="H116" t="s">
         <v>48</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>49</v>
       </c>
@@ -17346,162 +17340,162 @@
         <v>49</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="117">
       <c r="A117"/>
       <c r="B117"/>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117"/>
       <c r="I117" t="s">
+        <v>222</v>
+      </c>
+      <c r="J117" t="s">
+        <v>223</v>
+      </c>
+      <c r="K117" t="s">
+        <v>224</v>
+      </c>
+      <c r="L117" t="s">
+        <v>225</v>
+      </c>
+      <c r="M117" t="s">
+        <v>226</v>
+      </c>
+      <c r="N117" t="s">
+        <v>222</v>
+      </c>
+      <c r="O117" t="s">
+        <v>227</v>
+      </c>
+      <c r="P117" t="s">
         <v>228</v>
       </c>
-      <c r="J117" t="s">
+      <c r="Q117" t="s">
         <v>229</v>
       </c>
-      <c r="K117" t="s">
+      <c r="R117" t="s">
+        <v>222</v>
+      </c>
+      <c r="S117" t="s">
         <v>230</v>
       </c>
-      <c r="L117" t="s">
+      <c r="T117" t="s">
+        <v>222</v>
+      </c>
+      <c r="U117" t="s">
+        <v>224</v>
+      </c>
+      <c r="V117" t="s">
         <v>231</v>
       </c>
-      <c r="M117" t="s">
+      <c r="W117" t="s">
         <v>232</v>
       </c>
-      <c r="N117" t="s">
-[...2 lines deleted...]
-      <c r="O117" t="s">
+      <c r="X117" t="s">
+        <v>229</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>222</v>
+      </c>
+      <c r="Z117" t="s">
         <v>233</v>
       </c>
-      <c r="P117" t="s">
+      <c r="AA117" t="s">
         <v>234</v>
       </c>
-      <c r="Q117" t="s">
+      <c r="AB117" t="s">
         <v>235</v>
       </c>
-      <c r="R117" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AC117" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="AD117" t="s">
         <v>59</v>
       </c>
       <c r="AE117" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="AF117" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="AG117" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AH117" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="AI117" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="AJ117" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="AK117" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="AL117" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="AM117" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="AN117" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="AO117" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="AP117" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="AQ117" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="AR117" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="AS117" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="AT117" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
     </row>
     <row r="118">
       <c r="A118"/>
       <c r="B118"/>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118"/>
       <c r="I118" t="s">
         <v>47</v>
       </c>
       <c r="J118" t="s">
         <v>47</v>
       </c>
       <c r="K118" t="s">
         <v>47</v>
       </c>
       <c r="L118" t="s">
         <v>47</v>
       </c>
       <c r="M118" t="s">
         <v>47</v>
@@ -17594,410 +17588,410 @@
         <v>47</v>
       </c>
       <c r="AQ118" t="s">
         <v>47</v>
       </c>
       <c r="AR118" t="s">
         <v>47</v>
       </c>
       <c r="AS118" t="s">
         <v>47</v>
       </c>
       <c r="AT118" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="119">
       <c r="A119"/>
       <c r="B119"/>
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119"/>
       <c r="I119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="J119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="K119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="L119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="M119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="N119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="O119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="P119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="Q119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="R119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="S119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="T119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="U119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="V119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="W119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="X119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="Y119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="Z119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AA119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AB119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AC119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AD119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AE119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AF119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AG119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AH119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AI119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AJ119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AK119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AL119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AM119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AN119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AO119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AP119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AQ119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AR119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AS119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="AT119" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
     </row>
     <row r="120">
       <c r="A120"/>
       <c r="B120"/>
       <c r="C120"/>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120"/>
       <c r="I120" t="s">
+        <v>243</v>
+      </c>
+      <c r="J120" t="s">
+        <v>244</v>
+      </c>
+      <c r="K120" t="s">
+        <v>245</v>
+      </c>
+      <c r="L120" t="s">
+        <v>246</v>
+      </c>
+      <c r="M120" t="s">
+        <v>247</v>
+      </c>
+      <c r="N120" t="s">
+        <v>243</v>
+      </c>
+      <c r="O120" t="s">
+        <v>248</v>
+      </c>
+      <c r="P120" t="s">
         <v>249</v>
       </c>
-      <c r="J120" t="s">
+      <c r="Q120" t="s">
         <v>250</v>
       </c>
-      <c r="K120" t="s">
+      <c r="R120" t="s">
+        <v>243</v>
+      </c>
+      <c r="S120" t="s">
         <v>251</v>
       </c>
-      <c r="L120" t="s">
+      <c r="T120" t="s">
+        <v>243</v>
+      </c>
+      <c r="U120" t="s">
+        <v>245</v>
+      </c>
+      <c r="V120" t="s">
+        <v>250</v>
+      </c>
+      <c r="W120" t="s">
+        <v>247</v>
+      </c>
+      <c r="X120" t="s">
+        <v>250</v>
+      </c>
+      <c r="Y120" t="s">
+        <v>243</v>
+      </c>
+      <c r="Z120" t="s">
+        <v>243</v>
+      </c>
+      <c r="AA120" t="s">
         <v>252</v>
       </c>
-      <c r="M120" t="s">
+      <c r="AB120" t="s">
         <v>253</v>
       </c>
-      <c r="N120" t="s">
-[...2 lines deleted...]
-      <c r="O120" t="s">
+      <c r="AC120" t="s">
+        <v>245</v>
+      </c>
+      <c r="AD120" t="s">
         <v>254</v>
       </c>
-      <c r="P120" t="s">
+      <c r="AE120" t="s">
         <v>255</v>
       </c>
-      <c r="Q120" t="s">
+      <c r="AF120" t="s">
         <v>256</v>
       </c>
-      <c r="R120" t="s">
-[...2 lines deleted...]
-      <c r="S120" t="s">
+      <c r="AG120" t="s">
         <v>257</v>
       </c>
-      <c r="T120" t="s">
-[...2 lines deleted...]
-      <c r="U120" t="s">
+      <c r="AH120" t="s">
+        <v>243</v>
+      </c>
+      <c r="AI120" t="s">
+        <v>243</v>
+      </c>
+      <c r="AJ120" t="s">
+        <v>244</v>
+      </c>
+      <c r="AK120" t="s">
+        <v>258</v>
+      </c>
+      <c r="AL120" t="s">
+        <v>243</v>
+      </c>
+      <c r="AM120" t="s">
+        <v>259</v>
+      </c>
+      <c r="AN120" t="s">
+        <v>260</v>
+      </c>
+      <c r="AO120" t="s">
         <v>251</v>
       </c>
-      <c r="V120" t="s">
-[...20 lines deleted...]
-      <c r="AC120" t="s">
+      <c r="AP120" t="s">
+        <v>243</v>
+      </c>
+      <c r="AQ120" t="s">
+        <v>261</v>
+      </c>
+      <c r="AR120" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS120" t="s">
         <v>251</v>
       </c>
-      <c r="AD120" t="s">
-[...17 lines deleted...]
-      <c r="AJ120" t="s">
+      <c r="AT120" t="s">
         <v>250</v>
-      </c>
-[...28 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="121">
       <c r="A121"/>
       <c r="B121"/>
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121"/>
       <c r="H121"/>
       <c r="I121" t="s">
+        <v>262</v>
+      </c>
+      <c r="J121" t="s">
+        <v>263</v>
+      </c>
+      <c r="K121" t="s">
+        <v>263</v>
+      </c>
+      <c r="L121" t="s">
+        <v>263</v>
+      </c>
+      <c r="M121" t="s">
+        <v>263</v>
+      </c>
+      <c r="N121" t="s">
+        <v>262</v>
+      </c>
+      <c r="O121" t="s">
+        <v>264</v>
+      </c>
+      <c r="P121" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>263</v>
+      </c>
+      <c r="R121" t="s">
+        <v>262</v>
+      </c>
+      <c r="S121" t="s">
+        <v>263</v>
+      </c>
+      <c r="T121" t="s">
+        <v>262</v>
+      </c>
+      <c r="U121" t="s">
+        <v>263</v>
+      </c>
+      <c r="V121" t="s">
+        <v>266</v>
+      </c>
+      <c r="W121" t="s">
+        <v>267</v>
+      </c>
+      <c r="X121" t="s">
+        <v>263</v>
+      </c>
+      <c r="Y121" t="s">
+        <v>262</v>
+      </c>
+      <c r="Z121" t="s">
+        <v>263</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>263</v>
+      </c>
+      <c r="AB121" t="s">
+        <v>263</v>
+      </c>
+      <c r="AC121" t="s">
+        <v>263</v>
+      </c>
+      <c r="AD121" t="s">
         <v>268</v>
       </c>
-      <c r="J121" t="s">
+      <c r="AE121" t="s">
+        <v>263</v>
+      </c>
+      <c r="AF121" t="s">
         <v>269</v>
       </c>
-      <c r="K121" t="s">
-[...11 lines deleted...]
-      <c r="O121" t="s">
+      <c r="AG121" t="s">
         <v>270</v>
       </c>
-      <c r="P121" t="s">
+      <c r="AH121" t="s">
+        <v>262</v>
+      </c>
+      <c r="AI121" t="s">
+        <v>262</v>
+      </c>
+      <c r="AJ121" t="s">
+        <v>266</v>
+      </c>
+      <c r="AK121" t="s">
+        <v>263</v>
+      </c>
+      <c r="AL121" t="s">
         <v>271</v>
       </c>
-      <c r="Q121" t="s">
-[...14 lines deleted...]
-      <c r="V121" t="s">
+      <c r="AM121" t="s">
         <v>272</v>
       </c>
-      <c r="W121" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="AN121" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="AO121" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="AP121" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="AQ121" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="AR121" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="AS121" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="AT121" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>