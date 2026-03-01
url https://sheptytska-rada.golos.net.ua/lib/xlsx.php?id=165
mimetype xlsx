--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="255">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -134,585 +134,573 @@
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>19.06.25  10:27:39</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>19.06.25  10:30:14</t>
   </si>
   <si>
-    <t>7536Включити в список осіб озвучених Тимчишиним Г. Р.</t>
+    <t>ID - 7536,  Включити в список осіб озвучених Тимчишиним Г. Р.</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>19.06.25  10:30:45</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>19.06.25  10:33:10</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>19.06.25  10:33:49</t>
   </si>
   <si>
-    <t>7539Про депутатськi запити</t>
+    <t>ID - 7539,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>19.06.25  10:38:11</t>
   </si>
   <si>
-    <t>7543Про депутатськi запити</t>
+    <t>ID - 7543,  Про депутатськi запити</t>
   </si>
   <si>
     <t>19.06.25  10:38:41</t>
   </si>
   <si>
     <t>19.06.25  10:52:16</t>
   </si>
   <si>
     <t>19.06.25  10:52:45</t>
   </si>
   <si>
     <t>19.06.25  11:01:52</t>
   </si>
   <si>
     <t>19.06.25  11:06:09</t>
   </si>
   <si>
     <t>19.06.25  11:08:54</t>
   </si>
   <si>
-    <t>7549Про розгляд клопотання громадянки Дубецької Ганни Романівни</t>
+    <t>ID - 7549,  Про розгляд клопотання громадянки Дубецької Ганни Романівни</t>
   </si>
   <si>
     <t>19.06.25  11:09:43</t>
   </si>
   <si>
-    <t>7550Про розгляд клопотання громадянки Добуш Галини Василівни</t>
+    <t>ID - 7550,  Про розгляд клопотання громадянки Добуш Галини Василівни</t>
   </si>
   <si>
     <t>19.06.25  11:10:31</t>
   </si>
   <si>
-    <t>7551Про розгляд клопотання громадянки Васько Наталії Василівни</t>
+    <t>ID - 7551,  Про розгляд клопотання громадянки Васько Наталії Василівни</t>
   </si>
   <si>
     <t>19.06.25  11:11:21</t>
   </si>
   <si>
-    <t>7552Про розгляд клопотання громадянки Василик Марії Федорівни</t>
+    <t>ID - 7552,  Про розгляд клопотання громадянки Василик Марії Федорівни</t>
   </si>
   <si>
     <t>19.06.25  11:14:16</t>
   </si>
   <si>
-    <t>7553Про розгляд клопотання громадянки Мащак Наталії Ярославівні</t>
+    <t>ID - 7553,  Про розгляд клопотання громадянки Мащак Наталії Ярославівні</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>19.06.25  11:14:52</t>
   </si>
   <si>
-    <t>7554Про розгляд клопотання громадянки Мащак Наталії Ярославівні</t>
+    <t>ID - 7554,  Про розгляд клопотання громадянки Мащак Наталії Ярославівні</t>
   </si>
   <si>
     <t>19.06.25  11:15:25</t>
   </si>
   <si>
-    <t>7555Про розгляд клопотання громадянки Мащак Наталії Ярославівні</t>
+    <t>ID - 7555,  Про розгляд клопотання громадянки Мащак Наталії Ярославівні</t>
   </si>
   <si>
     <t>19.06.25  11:16:21</t>
   </si>
   <si>
     <t>19.06.25  11:17:11</t>
   </si>
   <si>
-    <t>7557Про розгляд клопотання громадянки Жигайло Мар’яни Володимирівни</t>
+    <t>ID - 7557,  Про розгляд клопотання громадянки Жигайло Мар’яни Володимирівни</t>
   </si>
   <si>
     <t>19.06.25  11:17:59</t>
   </si>
   <si>
-    <t>7558Про розгляд клопотання громадянки Мойсак Галини Василівни</t>
+    <t>ID - 7558,  Про розгляд клопотання громадянки Мойсак Галини Василівни</t>
   </si>
   <si>
     <t>19.06.25  11:18:58</t>
   </si>
   <si>
-    <t>7559Про розгляд клопотання громадянина Шевчука Володимира Володимировича</t>
+    <t>ID - 7559,  Про розгляд клопотання громадянина Шевчука Володимира Володимировича</t>
   </si>
   <si>
     <t>19.06.25  11:19:51</t>
   </si>
   <si>
-    <t>7560Про розгляд клопотання громадянина Радя Олександра Івановича</t>
+    <t>ID - 7560,  Про розгляд клопотання громадянина Радя Олександра Івановича</t>
   </si>
   <si>
     <t>19.06.25  11:20:34</t>
   </si>
   <si>
-    <t>7561Про розгляд клопотання громадянки Малець Тетяни Павлівни</t>
+    <t>ID - 7561,  Про розгляд клопотання громадянки Малець Тетяни Павлівни</t>
   </si>
   <si>
     <t>19.06.25  11:21:25</t>
   </si>
   <si>
-    <t>7562Про розгляд клопотання громадянина Ткача Романа Остаповича</t>
+    <t>ID - 7562,  Про розгляд клопотання громадянина Ткача Романа Остаповича</t>
   </si>
   <si>
     <t>19.06.25  11:22:21</t>
   </si>
   <si>
-    <t>7563Про розгляд клопотання громадянина Шепи В’ячеслава Степановича</t>
+    <t>ID - 7563,  Про розгляд клопотання громадянина Шепи В’ячеслава Степановича</t>
   </si>
   <si>
     <t>19.06.25  11:23:06</t>
   </si>
   <si>
-    <t>7564Про розгляд клопотання громадянина Прокоп’юка Олега Івановича</t>
+    <t>ID - 7564,  Про розгляд клопотання громадянина Прокоп’юка Олега Івановича</t>
   </si>
   <si>
     <t>19.06.25  11:23:58</t>
   </si>
   <si>
-    <t>7565Про розгляд клопотання громадянина Кузеляка Ігоря Миколайовича</t>
+    <t>ID - 7565,  Про розгляд клопотання громадянина Кузеляка Ігоря Миколайовича</t>
   </si>
   <si>
     <t>19.06.25  11:24:28</t>
   </si>
   <si>
-    <t>7566Про розгляд клопотання громадянина Шеремети Сергія Зіновійовича</t>
+    <t>ID - 7566,  Про розгляд клопотання громадянина Шеремети Сергія Зіновійовича</t>
   </si>
   <si>
     <t>19.06.25  11:25:22</t>
   </si>
   <si>
-    <t>7567Внести правки озвучені Надільною Г. В. </t>
+    <t>ID - 7567,  Внести правки озвучені Надільною Г. В. </t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>19.06.25  11:25:51</t>
   </si>
   <si>
-    <t>7568Внести правки озвучені Надільною Г. В. </t>
+    <t>ID - 7568,  Внести правки озвучені Надільною Г. В. </t>
   </si>
   <si>
     <t>19.06.25  11:26:19</t>
   </si>
   <si>
-    <t>7569Про розгляд клопотання громадянина Шеремети Сергія Зіновійовича</t>
+    <t>ID - 7569,  Про розгляд клопотання громадянина Шеремети Сергія Зіновійовича</t>
   </si>
   <si>
     <t>19.06.25  11:26:49</t>
   </si>
   <si>
-    <t>7570Про розгляд клопотання громадянки Пащук Лариси Петрівни</t>
+    <t>ID - 7570,  Про розгляд клопотання громадянки Пащук Лариси Петрівни</t>
   </si>
   <si>
     <t>19.06.25  11:27:44</t>
   </si>
   <si>
-    <t>7571Внести правки озвучені Надільною Г. В. зміна коду класифікації</t>
+    <t>ID - 7571,  Внести правки озвучені Надільною Г. В. зміна коду класифікації</t>
   </si>
   <si>
     <t>19.06.25  11:28:12</t>
   </si>
   <si>
-    <t>7572Про розгляд клопотання громадянки Пащук Лариси Петрівни</t>
+    <t>ID - 7572,  Про розгляд клопотання громадянки Пащук Лариси Петрівни</t>
   </si>
   <si>
     <t>19.06.25  11:28:41</t>
   </si>
   <si>
-    <t>7573Про розгляд клопотання громадянина Наконечного Мар’яна Михайловича</t>
+    <t>ID - 7573,  Про розгляд клопотання громадянина Наконечного Мар’яна Михайловича</t>
   </si>
   <si>
     <t>19.06.25  11:29:38</t>
   </si>
   <si>
-    <t>7574Внести правки озвучені Надільною Г. В. зміна коду класифікації</t>
+    <t>ID - 7574,  Внести правки озвучені Надільною Г. В. зміна коду класифікації</t>
   </si>
   <si>
     <t>19.06.25  11:30:06</t>
   </si>
   <si>
-    <t>7575Про розгляд клопотання громадянина Наконечного Мар’яна Михайловича</t>
+    <t>ID - 7575,  Про розгляд клопотання громадянина Наконечного Мар’яна Михайловича</t>
   </si>
   <si>
     <t>19.06.25  11:30:58</t>
   </si>
   <si>
-    <t>7576Про розгляд клопотання громадянина Скоропади Мирослава Михайловича</t>
+    <t>ID - 7576,  Про розгляд клопотання громадянина Скоропади Мирослава Михайловича</t>
   </si>
   <si>
     <t>19.06.25  11:31:43</t>
   </si>
   <si>
-    <t>7577Про розгляд клопотання громадянина Латинника Ореста Миколайовича</t>
+    <t>ID - 7577,  Про розгляд клопотання громадянина Латинника Ореста Миколайовича</t>
   </si>
   <si>
     <t>19.06.25  11:32:51</t>
   </si>
   <si>
-    <t>7578Про розгляд клопотань громадянина Квасниці Ігоря Ігоровича</t>
+    <t>ID - 7578,  Про розгляд клопотань громадянина Квасниці Ігоря Ігоровича</t>
   </si>
   <si>
     <t>19.06.25  11:33:41</t>
   </si>
   <si>
-    <t>7579Про розгляд клопотання громадянки Харчук Лесі Михайлівни</t>
+    <t>ID - 7579,  Про розгляд клопотання громадянки Харчук Лесі Михайлівни</t>
   </si>
   <si>
     <t>19.06.25  11:37:02</t>
   </si>
   <si>
-    <t>7580Про розгляд клопотання фізичної особи – підприємця Барвінка Віталія Олександровича</t>
-[...1 lines deleted...]
-  <si>
     <t>19.06.25  11:38:44</t>
   </si>
   <si>
-    <t>7581Про розгляд клопотання громадянки Багдасарян Наталії Віталіївни</t>
+    <t>ID - 7581,  Про розгляд клопотання громадянки Багдасарян Наталії Віталіївни</t>
   </si>
   <si>
     <t>19.06.25  11:39:49</t>
   </si>
   <si>
-    <t>7582Про розгляд клопотання громадянина Юр’єва Назара Ярославовича</t>
+    <t>ID - 7582,  Про розгляд клопотання громадянина Юр’єва Назара Ярославовича</t>
   </si>
   <si>
     <t>19.06.25  11:41:07</t>
   </si>
   <si>
-    <t>7583Про продаж у власність земельної ділянки громадянці Затхей Іванні Григорівні</t>
+    <t>ID - 7583,  Про продаж у власність земельної ділянки громадянці Затхей Іванні Григорівні</t>
   </si>
   <si>
     <t>19.06.25  11:42:03</t>
   </si>
   <si>
-    <t>7584Про розгляд клопотань Товариства з обмеженою відповідальністю «Кайрос Групп»</t>
+    <t>ID - 7584,  Про розгляд клопотань Товариства з обмеженою відповідальністю «Кайрос Групп»</t>
   </si>
   <si>
     <t>19.06.25  11:43:03</t>
   </si>
   <si>
     <t>19.06.25  11:44:06</t>
   </si>
   <si>
-    <t>7586Про розгляд клопотання громадянина Нискогуза Павла Юрійовича</t>
+    <t>ID - 7586,  Про розгляд клопотання громадянина Нискогуза Павла Юрійовича</t>
   </si>
   <si>
     <t>19.06.25  11:45:15</t>
   </si>
   <si>
     <t>19.06.25  11:45:52</t>
   </si>
   <si>
     <t>19.06.25  11:46:44</t>
   </si>
   <si>
     <t>19.06.25  11:47:58</t>
   </si>
   <si>
     <t>19.06.25  11:48:24</t>
   </si>
   <si>
     <t>19.06.25  11:49:30</t>
   </si>
   <si>
-    <t>7592Про розгляд клопотання громадянки Богатих Віри Петрівни</t>
+    <t>ID - 7592,  Про розгляд клопотання громадянки Богатих Віри Петрівни</t>
   </si>
   <si>
     <t>19.06.25  11:50:38</t>
   </si>
   <si>
-    <t>7593Про розгляд клопотання громадянки Затхей Іванни Григорівни</t>
+    <t>ID - 7593,  Про розгляд клопотання громадянки Затхей Іванни Григорівни</t>
   </si>
   <si>
     <t>19.06.25  11:51:09</t>
   </si>
   <si>
     <t>19.06.25  11:52:56</t>
   </si>
   <si>
-    <t>7595Внести правки озвучені Надільною Г. В. - внести зміни в преамбулу</t>
+    <t>ID - 7595,  Внести правки озвучені Надільною Г. В. - внести зміни в преамбулу</t>
   </si>
   <si>
     <t>19.06.25  11:53:26</t>
   </si>
   <si>
     <t>19.06.25  11:54:30</t>
   </si>
   <si>
     <t>19.06.25  11:56:33</t>
   </si>
   <si>
     <t>19.06.25  11:57:35</t>
   </si>
   <si>
-    <t>7599Про розгляд клопотання Фермерського господарства «ПОЛЯНА»</t>
+    <t>ID - 7599,  Про розгляд клопотання Фермерського господарства «ПОЛЯНА»</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>19.06.25  11:59:06</t>
   </si>
   <si>
-    <t>7600Про розгляд клопотання Холявінського Андрія Володимировича</t>
+    <t>ID - 7600,  Про розгляд клопотання Холявінського Андрія Володимировича</t>
   </si>
   <si>
     <t>19.06.25  11:59:54</t>
   </si>
   <si>
-    <t>7601Про розгляд клопотання Товариства з обмеженою відповідальністю «АТБ-МАРКЕТ»</t>
+    <t>ID - 7601,  Про розгляд клопотання Товариства з обмеженою відповідальністю «АТБ-МАРКЕТ»</t>
   </si>
   <si>
     <t>19.06.25  12:00:46</t>
   </si>
   <si>
-    <t>7602Про розгляд клопотання громадянки Аверіної Ганни Юріївни</t>
+    <t>ID - 7602,  Про розгляд клопотання громадянки Аверіної Ганни Юріївни</t>
   </si>
   <si>
     <t>19.06.25  12:01:15</t>
   </si>
   <si>
-    <t>7603Про розгляд клопотання Товариства з обмеженою відповідальністю «Пріоріті інвест»</t>
-[...1 lines deleted...]
-  <si>
     <t>19.06.25  12:02:40</t>
   </si>
   <si>
-    <t>7604Внести правки озвучені Надільною Г. В.</t>
+    <t>ID - 7604,  Внести правки озвучені Надільною Г. В.</t>
   </si>
   <si>
     <t>19.06.25  12:03:09</t>
   </si>
   <si>
-    <t>7605Про розгляд клопотання Товариства з обмеженою відповідальністю «Пріоріті інвест»</t>
-[...1 lines deleted...]
-  <si>
     <t>19.06.25  12:03:35</t>
   </si>
   <si>
-    <t>7606Про розгляд клопотання Товариства з обмеженою відповідальністю «Пріоріті інвест»</t>
-[...1 lines deleted...]
-  <si>
     <t>19.06.25  12:05:45</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>19.06.25  12:08:31</t>
   </si>
   <si>
     <t>19.06.25  12:09:08</t>
   </si>
   <si>
     <t>19.06.25  12:10:18</t>
   </si>
   <si>
     <t>19.06.25  12:11:23</t>
   </si>
   <si>
-    <t>7611Про розгляд клопотання Приватного підприємства «ТЕТА ТЕПЛО»</t>
+    <t>ID - 7611,  Про розгляд клопотання Приватного підприємства «ТЕТА ТЕПЛО»</t>
   </si>
   <si>
     <t>19.06.25  12:12:21</t>
   </si>
   <si>
-    <t>7612Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 7612,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>19.06.25  12:13:58</t>
   </si>
   <si>
-    <t>7613Внести правки озвучені Тирком Т. В. - додати в список послуги, зміна назви послуги</t>
+    <t>ID - 7613,  Внести правки озвучені Тирком Т. В. - додати в список послуги, зміна назви послуги</t>
   </si>
   <si>
     <t>19.06.25  12:14:29</t>
   </si>
   <si>
-    <t>7614Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 7614,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>19.06.25  12:23:44</t>
   </si>
   <si>
-    <t>7615Про затвердження складу ради ветеранів при Шептицькій міській раді</t>
+    <t>ID - 7615,  Про затвердження складу ради ветеранів при Шептицькій міській раді</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>19.06.25  12:27:05</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>19.06.25  12:27:53</t>
   </si>
   <si>
     <t>19.06.25  12:28:59</t>
   </si>
   <si>
     <t>19.06.25  12:29:50</t>
   </si>
   <si>
-    <t>7619Внести зміни озвучені Ващук М. В. в п.1 </t>
+    <t>ID - 7619,  Внести зміни озвучені Ващук М. В. в п.1 </t>
   </si>
   <si>
     <t>19.06.25  12:30:20</t>
   </si>
   <si>
     <t>19.06.25  12:30:59</t>
   </si>
   <si>
     <t>19.06.25  12:32:19</t>
   </si>
   <si>
-    <t>7622Внести правки озвучені Ващук М. В. </t>
+    <t>ID - 7622,  Внести правки озвучені Ващук М. В. </t>
   </si>
   <si>
     <t>19.06.25  12:32:48</t>
   </si>
   <si>
     <t>19.06.25  12:34:11</t>
   </si>
   <si>
     <t>19.06.25  12:35:50</t>
   </si>
   <si>
     <t>19.06.25  12:37:32</t>
   </si>
   <si>
     <t>19.06.25  12:39:53</t>
   </si>
   <si>
     <t>19.06.25  12:41:29</t>
   </si>
   <si>
     <t>19.06.25  12:42:02</t>
   </si>
   <si>
-    <t>7629Про безоплатну передачу основних засобів</t>
+    <t>ID - 7629,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>19.06.25  12:43:10</t>
   </si>
   <si>
-    <t>7630Внести правки озвучені Грасуловим О. О. </t>
+    <t>ID - 7630,  Внести правки озвучені Грасуловим О. О. </t>
   </si>
   <si>
     <t>19.06.25  12:43:41</t>
   </si>
   <si>
-    <t>7631Про безоплатну передачу основних засобів</t>
+    <t>ID - 7631,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>19.06.25  12:44:42</t>
   </si>
   <si>
-    <t>7632Про надання одноразової грошової допомоги</t>
+    <t>ID - 7632,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 93</t>
   </si>
   <si>
     <t>За: 57</t>
   </si>
   <si>
     <t>За: 52</t>
   </si>
   <si>
     <t>За: 78</t>
   </si>
   <si>
     <t>За: 87</t>
   </si>
   <si>
     <t>За: 84</t>
   </si>
   <si>
     <t>За: 48</t>
   </si>
   <si>
     <t>За: 90</t>
   </si>
@@ -900,51 +888,51 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="51"/>
+    <col min="45" max="45" width="53"/>
     <col min="46" max="46" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -1047,51 +1035,51 @@
       <c r="AP1" t="s" s="3">
         <v>38</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>7535Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7535,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>46</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>49</v>
@@ -1329,51 +1317,51 @@
       <c r="AP3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>7537Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7537,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>46</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
@@ -1471,51 +1459,51 @@
       <c r="AP4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>7538Про затвердження загальної чисельності виконавчих органів Шептицької міської ради в новій редакції</t>
+          <t>ID - 7538,  Про затвердження загальної чисельності виконавчих органів Шептицької міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>48</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>49</v>
@@ -1893,51 +1881,51 @@
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>7544Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
+          <t>ID - 7544,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>46</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
@@ -2035,51 +2023,51 @@
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>7545ПРАВКИ ДО РІШЕННЯ 1. Пропонується  внести зміни в Програму висвітлення діяльності Шептицької міської ради на 2025 рік, а саме: зекономлені кошти в сумі 65 303 грн, виділені на висвітлення діяльності Шептицької міської ради в ефірі радіостанцій, перенести на відділ культури для закупівлі книг для міських бібліотек.( з 0210180 КЕКВ 2240  заг. фонд на 1014030 КЕКВ 3110 спец. фонд).   2. З метою недопущення відключення від електропостачання об’єктів підприємства, що забезпечують водопостачання міста, виділити 1 000,0 тис. грн. на погашення заборгованості за електричну енергію для КП  `Теплоенергомережа ` Шептицької  міської  ради ( за рахунок вільних лишків). 3. Пропонується провести переміщення видатків по відділу освіти Шептицької міської ради між об’єктами: - зменшити на 133 045 грн видатки по об’єкту «Капітальний ремонт покрівлі Острівської гімназії Шептицької міської ради по вул.   Л. Українки, 14 в с. Острів» ; - збільшити на 21 822 грн  по об’єкту «Капітальний ремонт покрівлі Соснівського ліцею по вул. Театральна, 14а в м. Соснівка Львівської області» - збільшити на 9 804  грн </t>
+          <t>ID - 7545,  ПРАВКИ ДО РІШЕННЯ 1. Пропонується  внести зміни в Програму висвітлення діяльності Шептицької міської ради на 2025 рік, а саме: зекономлені кошти в сумі 65 303 грн, виділені на висвітлення діяльності Шептицької міської ради в ефірі радіостанцій, перенести на відділ культури для закупівлі книг для міських бібліотек.( з 0210180 КЕКВ 2240  заг. фонд на 1014030 КЕКВ 3110 спец. фонд).   2. З метою недопущення відключення від електропостачання об’єктів підприємства, що забезпечують водопостачання міста, виділити 1 000,0 тис. грн. на погашення заборгованості за електричну енергію для КП  `Теплоенергомережа ` Шептицької  міської  ради ( за рахунок вільних лишків). 3. Пропонується провести переміщення видатків по відділу освіти Шептицької міської ради між об’єктами: - зменшити на 133 045 грн видатки по об’єкту «Капітальний ремонт покрівлі Острівської гімназії Шептицької міської ради по вул.   Л. Українки, 14 в с. Острів» ; - збільшити на 21 822 грн  по об’єкту «Капітальний ремонт покрівлі Соснівського ліцею по вул. Театральна, 14а в м. Соснівка Львівської області» - збільшити на 9 804  грн </t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2177,51 +2165,51 @@
       <c r="AP9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>7546Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
+          <t>ID - 7546,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>57</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>62</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>48</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2319,51 +2307,51 @@
       <c r="AP10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>7547Про затвердження Плану дій справедливої трансформації Червоноградської міської територіальної громади на період до 2030 року</t>
+          <t>ID - 7547,  Про затвердження Плану дій справедливої трансформації Червоноградської міської територіальної громади на період до 2030 року</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>59</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>48</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2461,51 +2449,51 @@
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>7548Про затвердження Плану дій справедливої трансформації Червоноградської міської територіальної громади на період до 2030 року</t>
+          <t>ID - 7548,  Про затвердження Плану дій справедливої трансформації Червоноградської міської територіальної громади на період до 2030 року</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>55</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>49</v>
@@ -3583,51 +3571,51 @@
       <c r="AP19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>86</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>7556Про розгляд клопотання громадян Мартиненко Світлани Петрівни та Мартиненка Павла Сергійовича</t>
+          <t>ID - 7556,  Про розгляд клопотання громадян Мартиненко Світлани Петрівни та Мартиненка Павла Сергійовича</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>48</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>49</v>
@@ -6943,52 +6931,54 @@
         <v>50</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>134</v>
       </c>
-      <c r="C44" t="s" s="4">
-        <v>135</v>
+      <c r="C44" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7580,  Про розгляд клопотання фізичної особи – підприємця Барвінка Віталія Олександровича</t>
+        </is>
       </c>
       <c r="D44" t="s">
         <v>59</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
         <v>55</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>48</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>49</v>
       </c>
@@ -7081,54 +7071,54 @@
       </c>
       <c r="AO44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>135</v>
+      </c>
+      <c r="C45" t="s" s="4">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D45" t="s">
         <v>59</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
         <v>62</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
@@ -7221,54 +7211,54 @@
       </c>
       <c r="AO45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>137</v>
+      </c>
+      <c r="C46" t="s" s="4">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D46" t="s">
         <v>59</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
         <v>62</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
       </c>
@@ -7361,54 +7351,54 @@
       </c>
       <c r="AO46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>139</v>
+      </c>
+      <c r="C47" t="s" s="4">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D47" t="s">
         <v>59</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
         <v>62</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
       </c>
@@ -7501,54 +7491,54 @@
       </c>
       <c r="AO47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>141</v>
+      </c>
+      <c r="C48" t="s" s="4">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D48" t="s">
         <v>59</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
         <v>55</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>51</v>
       </c>
@@ -7641,55 +7631,55 @@
       </c>
       <c r="AO48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>7585Про надання згоди на передачу в суборенду земельної ділянки в селі Волсвин, кадастровий номер земельної ділянки - 4624881300:10:004:0036</t>
+          <t>ID - 7585,  Про надання згоди на передачу в суборенду земельної ділянки в селі Волсвин, кадастровий номер земельної ділянки - 4624881300:10:004:0036</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>59</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>55</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>48</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
@@ -7783,54 +7773,54 @@
       </c>
       <c r="AO49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>144</v>
+      </c>
+      <c r="C50" t="s" s="4">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D50" t="s">
         <v>59</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
       <c r="F50" t="s">
         <v>55</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
         <v>48</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
       </c>
@@ -7923,55 +7913,55 @@
       </c>
       <c r="AO50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>7587Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки з кадастровим номером 4611800000:03:005:0052 в місті Шептицький на вулиці Героїв Майдану, 12-Б</t>
+          <t>ID - 7587,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки з кадастровим номером 4611800000:03:005:0052 в місті Шептицький на вулиці Героїв Майдану, 12-Б</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>59</v>
       </c>
       <c r="E51" t="s">
         <v>80</v>
       </c>
       <c r="F51" t="s">
         <v>81</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
@@ -8065,55 +8055,55 @@
       </c>
       <c r="AO51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>7588Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки з кадастровим номером 4611800000:03:005:0052 в місті Шептицький на вулиці Героїв Майдану, 12-Б</t>
+          <t>ID - 7588,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки з кадастровим номером 4611800000:03:005:0052 в місті Шептицький на вулиці Героїв Майдану, 12-Б</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>59</v>
       </c>
       <c r="E52" t="s">
         <v>45</v>
       </c>
       <c r="F52" t="s">
         <v>55</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>48</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
@@ -8207,55 +8197,55 @@
       </c>
       <c r="AO52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>7589Про розгляд клопотання Комунального підприємства «Центральний ринок» Шептицької міської ради</t>
+          <t>ID - 7589,  Про розгляд клопотання Комунального підприємства «Центральний ринок» Шептицької міської ради</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>59</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
         <v>55</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>48</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>51</v>
@@ -8349,55 +8339,55 @@
       </c>
       <c r="AO53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>7590Про розроблення проєкту відведення земельної ділянки з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:03:005:0015</t>
+          <t>ID - 7590,  Про розроблення проєкту відведення земельної ділянки з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:03:005:0015</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>59</v>
       </c>
       <c r="E54" t="s">
         <v>80</v>
       </c>
       <c r="F54" t="s">
         <v>109</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
         <v>48</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
@@ -8491,55 +8481,55 @@
       </c>
       <c r="AO54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>7591Про розроблення проєкту відведення земельної ділянки з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:03:005:0015</t>
+          <t>ID - 7591,  Про розроблення проєкту відведення земельної ділянки з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:03:005:0015</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>59</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
       <c r="F55" t="s">
         <v>55</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
         <v>48</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
@@ -8633,54 +8623,54 @@
       </c>
       <c r="AO55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>151</v>
+      </c>
+      <c r="C56" t="s" s="4">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D56" t="s">
         <v>59</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
         <v>46</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>48</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
       </c>
@@ -8773,54 +8763,54 @@
       </c>
       <c r="AO56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>153</v>
+      </c>
+      <c r="C57" t="s" s="4">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D57" t="s">
         <v>59</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="F57" t="s">
         <v>55</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
         <v>48</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>51</v>
       </c>
@@ -8913,55 +8903,55 @@
       </c>
       <c r="AO57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>7594Про затвердження проєкту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення</t>
+          <t>ID - 7594,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>44</v>
       </c>
       <c r="E58" t="s">
         <v>45</v>
       </c>
       <c r="F58" t="s">
         <v>62</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
         <v>48</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
@@ -9055,54 +9045,54 @@
       </c>
       <c r="AO58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>156</v>
+      </c>
+      <c r="C59" t="s" s="4">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D59" t="s">
         <v>54</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
         <v>62</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
         <v>48</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
       </c>
@@ -9195,55 +9185,55 @@
       </c>
       <c r="AO59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>7596Про затвердження проєкту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення</t>
+          <t>ID - 7596,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>57</v>
       </c>
       <c r="E60" t="s">
         <v>45</v>
       </c>
       <c r="F60" t="s">
         <v>46</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
         <v>48</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
@@ -9337,55 +9327,55 @@
       </c>
       <c r="AO60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>7597Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький, біля земельної ділянки з кадастровим номером 4611800000:06:002:0054</t>
+          <t>ID - 7597,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки в місті Шептицький, біля земельної ділянки з кадастровим номером 4611800000:06:002:0054</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>59</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>46</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>48</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>51</v>
@@ -9479,55 +9469,55 @@
       </c>
       <c r="AO61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>7598Про розроблення проєкту землеустрою щодо відведення земельної ділянки в селі Поздимир, Шептицького району, Львівської області для будівництва та обслуговування трансформаторної підстанції</t>
+          <t>ID - 7598,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки в селі Поздимир, Шептицького району, Львівської області для будівництва та обслуговування трансформаторної підстанції</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>59</v>
       </c>
       <c r="E62" t="s">
         <v>45</v>
       </c>
       <c r="F62" t="s">
         <v>46</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>51</v>
@@ -9621,66 +9611,66 @@
       </c>
       <c r="AO62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>161</v>
+      </c>
+      <c r="C63" t="s" s="4">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D63" t="s">
         <v>59</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
         <v>46</v>
       </c>
       <c r="G63" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O63" t="s" s="5">
         <v>49</v>
       </c>
@@ -9717,98 +9707,98 @@
       <c r="Z63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH63" t="s" s="5">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>165</v>
+      </c>
+      <c r="C64" t="s" s="4">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D64" t="s">
         <v>59</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
         <v>62</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>48</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
       </c>
@@ -9901,54 +9891,54 @@
       </c>
       <c r="AO64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>167</v>
+      </c>
+      <c r="C65" t="s" s="4">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D65" t="s">
         <v>59</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
         <v>62</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
         <v>48</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
       </c>
@@ -10041,54 +10031,54 @@
       </c>
       <c r="AO65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>169</v>
+      </c>
+      <c r="C66" t="s" s="4">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D66" t="s">
         <v>59</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
       <c r="F66" t="s">
         <v>62</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>51</v>
       </c>
@@ -10181,54 +10171,56 @@
       </c>
       <c r="AO66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>171</v>
+      </c>
+      <c r="C67" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7603,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Пріоріті інвест»</t>
+        </is>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
         <v>62</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
       </c>
@@ -10321,54 +10313,54 @@
       </c>
       <c r="AO67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D68" t="s">
         <v>54</v>
       </c>
       <c r="E68" t="s">
         <v>45</v>
       </c>
       <c r="F68" t="s">
         <v>46</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
         <v>48</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10461,54 +10453,56 @@
       </c>
       <c r="AO68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>174</v>
+      </c>
+      <c r="C69" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7605,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Пріоріті інвест»</t>
+        </is>
       </c>
       <c r="D69" t="s">
         <v>57</v>
       </c>
       <c r="E69" t="s">
         <v>80</v>
       </c>
       <c r="F69" t="s">
         <v>109</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>48</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
@@ -10601,54 +10595,56 @@
       </c>
       <c r="AO69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>175</v>
+      </c>
+      <c r="C70" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7606,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Пріоріті інвест»</t>
+        </is>
       </c>
       <c r="D70" t="s">
         <v>57</v>
       </c>
       <c r="E70" t="s">
         <v>45</v>
       </c>
       <c r="F70" t="s">
         <v>46</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
         <v>48</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>
       </c>
@@ -10741,65 +10737,65 @@
       </c>
       <c r="AO70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>7607Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0837</t>
+          <t>ID - 7607,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0837</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>59</v>
       </c>
       <c r="E71" t="s">
         <v>80</v>
       </c>
       <c r="F71" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>51</v>
       </c>
@@ -10883,55 +10879,55 @@
       </c>
       <c r="AO71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>7608Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0837</t>
+          <t>ID - 7608,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0837</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>59</v>
       </c>
       <c r="E72" t="s">
         <v>80</v>
       </c>
       <c r="F72" t="s">
         <v>109</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
@@ -11025,55 +11021,55 @@
       </c>
       <c r="AO72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>7609Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0837</t>
+          <t>ID - 7609,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0837</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>59</v>
       </c>
       <c r="E73" t="s">
         <v>80</v>
       </c>
       <c r="F73" t="s">
         <v>81</v>
       </c>
       <c r="G73" t="s">
         <v>47</v>
       </c>
       <c r="H73" t="s">
         <v>48</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
@@ -11167,55 +11163,55 @@
       </c>
       <c r="AO73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>7610Про продаж у власність земельної ділянки громадянці Оданчук Марії Степанівні, фізичній особі - підприємцю Золочівській Олесі Богданівні, Приватному підприємству виробничо – комерційна фірма «Скайінвест»</t>
+          <t>ID - 7610,  Про продаж у власність земельної ділянки громадянці Оданчук Марії Степанівні, фізичній особі - підприємцю Золочівській Олесі Богданівні, Приватному підприємству виробничо – комерційна фірма «Скайінвест»</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>59</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>46</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>48</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
@@ -11309,54 +11305,54 @@
       </c>
       <c r="AO74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D75" t="s">
         <v>59</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
         <v>46</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>48</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
       </c>
@@ -11449,54 +11445,54 @@
       </c>
       <c r="AO75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C76" t="s" s="4">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
       <c r="F76" t="s">
         <v>46</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>48</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
       </c>
@@ -11589,54 +11585,54 @@
       </c>
       <c r="AO76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D77" t="s">
         <v>54</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
         <v>46</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>48</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>51</v>
       </c>
@@ -11729,54 +11725,54 @@
       </c>
       <c r="AO77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D78" t="s">
         <v>57</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
         <v>62</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
       </c>
@@ -11869,63 +11865,63 @@
       </c>
       <c r="AO78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D79" t="s">
         <v>59</v>
       </c>
       <c r="E79" t="s">
         <v>45</v>
       </c>
       <c r="F79" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G79" t="s">
         <v>47</v>
       </c>
       <c r="H79" t="s">
         <v>48</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>49</v>
       </c>
@@ -12009,65 +12005,65 @@
       </c>
       <c r="AO79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>7616Про затвердження Положення про електронну реєстрацію дітей до закладів дошкільної освіти, дошкільних підрозділів закладів загальної середньої освіти Шептицької міської ради</t>
+          <t>ID - 7616,  Про затвердження Положення про електронну реєстрацію дітей до закладів дошкільної освіти, дошкільних підрозділів закладів загальної середньої освіти Шептицької міської ради</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>59</v>
       </c>
       <c r="E80" t="s">
         <v>45</v>
       </c>
       <c r="F80" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="G80" t="s">
         <v>47</v>
       </c>
       <c r="H80" t="s">
         <v>48</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>49</v>
       </c>
@@ -12151,65 +12147,65 @@
       </c>
       <c r="AO80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>7617Про введення штатної одиниці до штатного розпису Соснівському ліцею Шептицької міської ради</t>
+          <t>ID - 7617,  Про введення штатної одиниці до штатного розпису Соснівському ліцею Шептицької міської ради</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>59</v>
       </c>
       <c r="E81" t="s">
         <v>45</v>
       </c>
       <c r="F81" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G81" t="s">
         <v>47</v>
       </c>
       <c r="H81" t="s">
         <v>48</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>49</v>
       </c>
@@ -12293,65 +12289,65 @@
       </c>
       <c r="AO81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>7618Про внесення змін до рішення Червоноградської міської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
+          <t>ID - 7618,  Про внесення змін до рішення Червоноградської міської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>44</v>
       </c>
       <c r="E82" t="s">
         <v>45</v>
       </c>
       <c r="F82" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="G82" t="s">
         <v>47</v>
       </c>
       <c r="H82" t="s">
         <v>48</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>49</v>
       </c>
@@ -12435,63 +12431,63 @@
       </c>
       <c r="AO82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D83" t="s">
         <v>54</v>
       </c>
       <c r="E83" t="s">
         <v>45</v>
       </c>
       <c r="F83" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G83" t="s">
         <v>47</v>
       </c>
       <c r="H83" t="s">
         <v>48</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>49</v>
       </c>
@@ -12575,65 +12571,65 @@
       </c>
       <c r="AO83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>7620Про внесення змін до рішення Червоноградської міської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
+          <t>ID - 7620,  Про внесення змін до рішення Червоноградської міської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»  </t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>57</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
       <c r="F84" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="G84" t="s">
         <v>47</v>
       </c>
       <c r="H84" t="s">
         <v>48</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>49</v>
       </c>
@@ -12717,65 +12713,65 @@
       </c>
       <c r="AO84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>7621Про затвердження Положення про конкурс на посаду керівника закладу дошкільної освіти</t>
+          <t>ID - 7621,  Про затвердження Положення про конкурс на посаду керівника закладу дошкільної освіти</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>44</v>
       </c>
       <c r="E85" t="s">
         <v>45</v>
       </c>
       <c r="F85" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G85" t="s">
         <v>47</v>
       </c>
       <c r="H85" t="s">
         <v>48</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>49</v>
       </c>
@@ -12859,63 +12855,63 @@
       </c>
       <c r="AO85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D86" t="s">
         <v>54</v>
       </c>
       <c r="E86" t="s">
         <v>45</v>
       </c>
       <c r="F86" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="G86" t="s">
         <v>47</v>
       </c>
       <c r="H86" t="s">
         <v>48</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>49</v>
       </c>
@@ -12999,65 +12995,65 @@
       </c>
       <c r="AO86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>7623Про затвердження Положення про конкурс на посаду керівника закладу дошкільної освіти</t>
+          <t>ID - 7623,  Про затвердження Положення про конкурс на посаду керівника закладу дошкільної освіти</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>57</v>
       </c>
       <c r="E87" t="s">
         <v>45</v>
       </c>
       <c r="F87" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G87" t="s">
         <v>47</v>
       </c>
       <c r="H87" t="s">
         <v>48</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>49</v>
       </c>
@@ -13141,55 +13137,55 @@
       </c>
       <c r="AO87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>7624Про надання дозволу на безоплатну передачу свідоцтв про здобуття повної загальної середньої освіти та додатків до свідоцтва про здобуття повної загальної середньої освіти з комунальної власності Червоноградської міської територіальної громади, які знаходяться на балансі відділу  освіти Шептицької міської ради на баланс Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного</t>
+          <t>ID - 7624,  Про надання дозволу на безоплатну передачу свідоцтв про здобуття повної загальної середньої освіти та додатків до свідоцтва про здобуття повної загальної середньої освіти з комунальної власності Червоноградської міської територіальної громади, які знаходяться на балансі відділу  освіти Шептицької міської ради на баланс Військового ліцею Національної академії сухопутних військ імені гетьмана Петра Сагайдачного</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>59</v>
       </c>
       <c r="E88" t="s">
         <v>45</v>
       </c>
       <c r="F88" t="s">
         <v>62</v>
       </c>
       <c r="G88" t="s">
         <v>47</v>
       </c>
       <c r="H88" t="s">
         <v>48</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>49</v>
@@ -13283,65 +13279,65 @@
       </c>
       <c r="AO88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>7625Про погодження «Технологічного регламенту для систем централізованого водопостачання» комунального підприємства «Водоканал» Шептицької міської ради</t>
+          <t>ID - 7625,  Про погодження «Технологічного регламенту для систем централізованого водопостачання» комунального підприємства «Водоканал» Шептицької міської ради</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>59</v>
       </c>
       <c r="E89" t="s">
         <v>45</v>
       </c>
       <c r="F89" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G89" t="s">
         <v>47</v>
       </c>
       <c r="H89" t="s">
         <v>48</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>51</v>
       </c>
@@ -13425,55 +13421,55 @@
       </c>
       <c r="AO89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>7626Про затвердження Правил загального користування водними об’єктами на адміністративній території Шептицької міської ради</t>
+          <t>ID - 7626,  Про затвердження Правил загального користування водними об’єктами на адміністративній території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>59</v>
       </c>
       <c r="E90" t="s">
         <v>45</v>
       </c>
       <c r="F90" t="s">
         <v>62</v>
       </c>
       <c r="G90" t="s">
         <v>47</v>
       </c>
       <c r="H90" t="s">
         <v>48</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>49</v>
@@ -13567,65 +13563,65 @@
       </c>
       <c r="AO90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>7627Про надання згоди на безоплатну передачу до комунальної власності Червоноградської міської територіальної громади в особі Шептицької міської ради (ЄДРПОУ 26269722) водовідвідної канави та пішохідної дороги від Львівсько-Волинського воєнізованого гірничорятувального (аварійно-рятувального) загону</t>
+          <t>ID - 7627,  Про надання згоди на безоплатну передачу до комунальної власності Червоноградської міської територіальної громади в особі Шептицької міської ради (ЄДРПОУ 26269722) водовідвідної канави та пішохідної дороги від Львівсько-Волинського воєнізованого гірничорятувального (аварійно-рятувального) загону</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>59</v>
       </c>
       <c r="E91" t="s">
         <v>45</v>
       </c>
       <c r="F91" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G91" t="s">
         <v>47</v>
       </c>
       <c r="H91" t="s">
         <v>48</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>51</v>
       </c>
@@ -13709,65 +13705,65 @@
       </c>
       <c r="AO91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>7628Про звернення Шептицької міської  ради до Президента України щодо критичної безпекової ситуації в Сумській області</t>
+          <t>ID - 7628,  Про звернення Шептицької міської  ради до Президента України щодо критичної безпекової ситуації в Сумській області</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>59</v>
       </c>
       <c r="E92" t="s">
         <v>45</v>
       </c>
       <c r="F92" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G92" t="s">
         <v>47</v>
       </c>
       <c r="H92" t="s">
         <v>48</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>51</v>
       </c>
@@ -13851,63 +13847,63 @@
       </c>
       <c r="AO92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D93" t="s">
         <v>44</v>
       </c>
       <c r="E93" t="s">
         <v>45</v>
       </c>
       <c r="F93" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G93" t="s">
         <v>47</v>
       </c>
       <c r="H93" t="s">
         <v>48</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>51</v>
       </c>
@@ -13991,54 +13987,54 @@
       </c>
       <c r="AO93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D94" t="s">
         <v>54</v>
       </c>
       <c r="E94" t="s">
         <v>45</v>
       </c>
       <c r="F94" t="s">
         <v>62</v>
       </c>
       <c r="G94" t="s">
         <v>47</v>
       </c>
       <c r="H94" t="s">
         <v>48</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>49</v>
       </c>
@@ -14131,54 +14127,54 @@
       </c>
       <c r="AO94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D95" t="s">
         <v>57</v>
       </c>
       <c r="E95" t="s">
         <v>45</v>
       </c>
       <c r="F95" t="s">
         <v>62</v>
       </c>
       <c r="G95" t="s">
         <v>47</v>
       </c>
       <c r="H95" t="s">
         <v>48</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>49</v>
       </c>
@@ -14271,54 +14267,54 @@
       </c>
       <c r="AO95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D96" t="s">
         <v>59</v>
       </c>
       <c r="E96" t="s">
         <v>45</v>
       </c>
       <c r="F96" t="s">
         <v>62</v>
       </c>
       <c r="G96" t="s">
         <v>47</v>
       </c>
       <c r="H96" t="s">
         <v>48</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>49</v>
       </c>
@@ -14416,162 +14412,162 @@
         <v>49</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97"/>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97"/>
       <c r="I97" t="s">
+        <v>216</v>
+      </c>
+      <c r="J97" t="s">
+        <v>177</v>
+      </c>
+      <c r="K97" t="s">
+        <v>217</v>
+      </c>
+      <c r="L97" t="s">
+        <v>218</v>
+      </c>
+      <c r="M97" t="s">
+        <v>177</v>
+      </c>
+      <c r="N97" t="s">
+        <v>219</v>
+      </c>
+      <c r="O97" t="s">
         <v>220</v>
       </c>
-      <c r="J97" t="s">
-[...2 lines deleted...]
-      <c r="K97" t="s">
+      <c r="P97" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q97" t="s">
         <v>221</v>
       </c>
-      <c r="L97" t="s">
+      <c r="R97" t="s">
         <v>222</v>
       </c>
-      <c r="M97" t="s">
-[...2 lines deleted...]
-      <c r="N97" t="s">
+      <c r="S97" t="s">
+        <v>216</v>
+      </c>
+      <c r="T97" t="s">
         <v>223</v>
       </c>
-      <c r="O97" t="s">
+      <c r="U97" t="s">
+        <v>221</v>
+      </c>
+      <c r="V97" t="s">
         <v>224</v>
       </c>
-      <c r="P97" t="s">
-[...2 lines deleted...]
-      <c r="Q97" t="s">
+      <c r="W97" t="s">
         <v>225</v>
       </c>
-      <c r="R97" t="s">
+      <c r="X97" t="s">
         <v>226</v>
       </c>
-      <c r="S97" t="s">
+      <c r="Y97" t="s">
+        <v>216</v>
+      </c>
+      <c r="Z97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AA97" t="s">
+        <v>226</v>
+      </c>
+      <c r="AB97" t="s">
+        <v>221</v>
+      </c>
+      <c r="AC97" t="s">
+        <v>227</v>
+      </c>
+      <c r="AD97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AE97" t="s">
+        <v>228</v>
+      </c>
+      <c r="AF97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AG97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AH97" t="s">
+        <v>228</v>
+      </c>
+      <c r="AI97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AJ97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AK97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AL97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AM97" t="s">
+        <v>226</v>
+      </c>
+      <c r="AN97" t="s">
+        <v>229</v>
+      </c>
+      <c r="AO97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AP97" t="s">
+        <v>225</v>
+      </c>
+      <c r="AQ97" t="s">
+        <v>230</v>
+      </c>
+      <c r="AR97" t="s">
+        <v>177</v>
+      </c>
+      <c r="AS97" t="s">
+        <v>225</v>
+      </c>
+      <c r="AT97" t="s">
         <v>220</v>
-      </c>
-[...79 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="98">
       <c r="A98"/>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98"/>
       <c r="I98" t="s">
         <v>47</v>
       </c>
       <c r="J98" t="s">
         <v>47</v>
       </c>
       <c r="K98" t="s">
         <v>47</v>
       </c>
       <c r="L98" t="s">
         <v>47</v>
       </c>
       <c r="M98" t="s">
         <v>47</v>
@@ -14615,459 +14611,459 @@
       <c r="Z98" t="s">
         <v>47</v>
       </c>
       <c r="AA98" t="s">
         <v>47</v>
       </c>
       <c r="AB98" t="s">
         <v>47</v>
       </c>
       <c r="AC98" t="s">
         <v>47</v>
       </c>
       <c r="AD98" t="s">
         <v>47</v>
       </c>
       <c r="AE98" t="s">
         <v>47</v>
       </c>
       <c r="AF98" t="s">
         <v>47</v>
       </c>
       <c r="AG98" t="s">
         <v>47</v>
       </c>
       <c r="AH98" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="AI98" t="s">
         <v>47</v>
       </c>
       <c r="AJ98" t="s">
         <v>47</v>
       </c>
       <c r="AK98" t="s">
         <v>47</v>
       </c>
       <c r="AL98" t="s">
         <v>47</v>
       </c>
       <c r="AM98" t="s">
         <v>47</v>
       </c>
       <c r="AN98" t="s">
         <v>47</v>
       </c>
       <c r="AO98" t="s">
         <v>47</v>
       </c>
       <c r="AP98" t="s">
         <v>47</v>
       </c>
       <c r="AQ98" t="s">
         <v>47</v>
       </c>
       <c r="AR98" t="s">
         <v>47</v>
       </c>
       <c r="AS98" t="s">
         <v>47</v>
       </c>
       <c r="AT98" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="99">
       <c r="A99"/>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99"/>
       <c r="I99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="J99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="K99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="L99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="M99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="N99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="O99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="P99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="Q99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="R99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="S99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="T99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="U99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="V99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="W99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="X99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="Y99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="Z99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AA99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AB99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AC99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AD99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AE99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AF99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AG99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AH99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AI99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AJ99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AK99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AL99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AM99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AN99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AO99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AP99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AQ99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AR99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AS99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AT99" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
     </row>
     <row r="100">
       <c r="A100"/>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100"/>
       <c r="I100" t="s">
+        <v>232</v>
+      </c>
+      <c r="J100" t="s">
+        <v>233</v>
+      </c>
+      <c r="K100" t="s">
+        <v>234</v>
+      </c>
+      <c r="L100" t="s">
+        <v>235</v>
+      </c>
+      <c r="M100" t="s">
+        <v>233</v>
+      </c>
+      <c r="N100" t="s">
         <v>236</v>
       </c>
-      <c r="J100" t="s">
+      <c r="O100" t="s">
         <v>237</v>
       </c>
-      <c r="K100" t="s">
+      <c r="P100" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>232</v>
+      </c>
+      <c r="R100" t="s">
+        <v>237</v>
+      </c>
+      <c r="S100" t="s">
+        <v>232</v>
+      </c>
+      <c r="T100" t="s">
         <v>238</v>
       </c>
-      <c r="L100" t="s">
+      <c r="U100" t="s">
         <v>239</v>
       </c>
-      <c r="M100" t="s">
+      <c r="V100" t="s">
+        <v>240</v>
+      </c>
+      <c r="W100" t="s">
+        <v>241</v>
+      </c>
+      <c r="X100" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>232</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>235</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>242</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AE100" t="s">
+        <v>244</v>
+      </c>
+      <c r="AF100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AG100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AH100" t="s">
+        <v>245</v>
+      </c>
+      <c r="AI100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AJ100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AK100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AL100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AM100" t="s">
+        <v>235</v>
+      </c>
+      <c r="AN100" t="s">
         <v>237</v>
       </c>
-      <c r="N100" t="s">
-[...2 lines deleted...]
-      <c r="O100" t="s">
+      <c r="AO100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AP100" t="s">
         <v>241</v>
       </c>
-      <c r="P100" t="s">
-[...5 lines deleted...]
-      <c r="R100" t="s">
+      <c r="AQ100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AR100" t="s">
+        <v>233</v>
+      </c>
+      <c r="AS100" t="s">
         <v>241</v>
       </c>
-      <c r="S100" t="s">
-[...26 lines deleted...]
-      <c r="AB100" t="s">
+      <c r="AT100" t="s">
         <v>246</v>
-      </c>
-[...52 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="101">
       <c r="A101"/>
       <c r="B101"/>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101"/>
       <c r="I101" t="s">
+        <v>247</v>
+      </c>
+      <c r="J101" t="s">
+        <v>248</v>
+      </c>
+      <c r="K101" t="s">
+        <v>247</v>
+      </c>
+      <c r="L101" t="s">
+        <v>249</v>
+      </c>
+      <c r="M101" t="s">
+        <v>248</v>
+      </c>
+      <c r="N101" t="s">
+        <v>247</v>
+      </c>
+      <c r="O101" t="s">
+        <v>250</v>
+      </c>
+      <c r="P101" t="s">
+        <v>248</v>
+      </c>
+      <c r="Q101" t="s">
         <v>251</v>
       </c>
-      <c r="J101" t="s">
+      <c r="R101" t="s">
         <v>252</v>
       </c>
-      <c r="K101" t="s">
-[...2 lines deleted...]
-      <c r="L101" t="s">
+      <c r="S101" t="s">
+        <v>247</v>
+      </c>
+      <c r="T101" t="s">
+        <v>247</v>
+      </c>
+      <c r="U101" t="s">
         <v>253</v>
       </c>
-      <c r="M101" t="s">
-[...5 lines deleted...]
-      <c r="O101" t="s">
+      <c r="V101" t="s">
+        <v>247</v>
+      </c>
+      <c r="W101" t="s">
+        <v>247</v>
+      </c>
+      <c r="X101" t="s">
+        <v>247</v>
+      </c>
+      <c r="Y101" t="s">
+        <v>247</v>
+      </c>
+      <c r="Z101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AA101" t="s">
+        <v>247</v>
+      </c>
+      <c r="AB101" t="s">
+        <v>247</v>
+      </c>
+      <c r="AC101" t="s">
+        <v>247</v>
+      </c>
+      <c r="AD101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AE101" t="s">
+        <v>247</v>
+      </c>
+      <c r="AF101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AG101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AH101" t="s">
+        <v>247</v>
+      </c>
+      <c r="AI101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AJ101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AK101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AL101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AM101" t="s">
+        <v>247</v>
+      </c>
+      <c r="AN101" t="s">
+        <v>247</v>
+      </c>
+      <c r="AO101" t="s">
+        <v>248</v>
+      </c>
+      <c r="AP101" t="s">
+        <v>247</v>
+      </c>
+      <c r="AQ101" t="s">
         <v>254</v>
       </c>
-      <c r="P101" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="AR101" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="AS101" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="AT101" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>