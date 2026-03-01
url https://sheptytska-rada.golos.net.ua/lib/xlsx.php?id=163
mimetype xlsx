--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LI сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -134,600 +134,576 @@
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>22.05.25  10:21:36</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>22.05.25  10:22:58</t>
   </si>
   <si>
-    <t>7428Включити в список осіб озвучених Ковалем В. С.</t>
+    <t>ID - 7428,  Включити в список осіб озвучених Ковалем В. С.</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>22.05.25  10:23:28</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>22.05.25  10:25:35</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>22.05.25  10:31:13</t>
   </si>
   <si>
-    <t>7431Про депутатськi запити</t>
+    <t>ID - 7431,  Про депутатськi запити</t>
   </si>
   <si>
     <t>22.05.25  10:39:25</t>
   </si>
   <si>
-    <t>7435Про депутатськi запити</t>
+    <t>ID - 7435,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>22.05.25  10:40:07</t>
   </si>
   <si>
     <t>22.05.25  10:58:49</t>
   </si>
   <si>
     <t>22.05.25  10:59:17</t>
   </si>
   <si>
     <t>22.05.25  11:12:14</t>
   </si>
   <si>
-    <t>7439Про припинення права оренди земельної ділянки з кадастровим номером 4624881300:02:000:0022</t>
-[...1 lines deleted...]
-  <si>
     <t>22.05.25  11:13:19</t>
   </si>
   <si>
-    <t>7440Про припинення права оренди земельної ділянки з кадастровим номером 4624881300:02:000:0023</t>
-[...1 lines deleted...]
-  <si>
     <t>22.05.25  11:14:53</t>
   </si>
   <si>
-    <t>7441Про розгляд клопотання товариства з обмеженою відповідальністю «ДАРВАР»</t>
+    <t>ID - 7441,  Про розгляд клопотання товариства з обмеженою відповідальністю «ДАРВАР»</t>
   </si>
   <si>
     <t>22.05.25  11:15:59</t>
   </si>
   <si>
-    <t>7442Про розгляд клопотання громадянина Ногаля Василя Павловича</t>
+    <t>ID - 7442,  Про розгляд клопотання громадянина Ногаля Василя Павловича</t>
   </si>
   <si>
     <t>22.05.25  11:16:52</t>
   </si>
   <si>
-    <t>7443Про розгляд клопотання громадянки Когут Ірини Іванівни</t>
+    <t>ID - 7443,  Про розгляд клопотання громадянки Когут Ірини Іванівни</t>
   </si>
   <si>
     <t>22.05.25  11:17:39</t>
   </si>
   <si>
-    <t>7444Про розгляд клопотання громадянина Білаша Василя Івановича</t>
+    <t>ID - 7444,  Про розгляд клопотання громадянина Білаша Василя Івановича</t>
   </si>
   <si>
     <t>22.05.25  11:18:28</t>
   </si>
   <si>
-    <t>7445Про розгляд клопотання громадянки Шепти Надії Володимирівни</t>
+    <t>ID - 7445,  Про розгляд клопотання громадянки Шепти Надії Володимирівни</t>
   </si>
   <si>
     <t>22.05.25  11:19:21</t>
   </si>
   <si>
-    <t>7446Про розгляд клопотання громадянки Шепелюк Лілії Миколаївни</t>
+    <t>ID - 7446,  Про розгляд клопотання громадянки Шепелюк Лілії Миколаївни</t>
   </si>
   <si>
     <t>22.05.25  11:20:20</t>
   </si>
   <si>
-    <t>7447Про розгляд клопотання громадянки Полежаки Ольги Олександрівни</t>
+    <t>ID - 7447,  Про розгляд клопотання громадянки Полежаки Ольги Олександрівни</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>22.05.25  11:21:01</t>
   </si>
   <si>
-    <t>7448Про розгляд клопотання громадянки Полежаки Ольги Олександрівни</t>
+    <t>ID - 7448,  Про розгляд клопотання громадянки Полежаки Ольги Олександрівни</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>22.05.25  11:22:00</t>
   </si>
   <si>
-    <t>7449Про розгляд клопотання громадянина Скопика Богдана Йосиповича</t>
+    <t>ID - 7449,  Про розгляд клопотання громадянина Скопика Богдана Йосиповича</t>
   </si>
   <si>
     <t>22.05.25  11:24:45</t>
   </si>
   <si>
     <t>22.05.25  11:25:34</t>
   </si>
   <si>
-    <t>7451Про розгляд клопотання громадянина Кравченка Івана Леонідовича</t>
+    <t>ID - 7451,  Про розгляд клопотання громадянина Кравченка Івана Леонідовича</t>
   </si>
   <si>
     <t>22.05.25  11:26:31</t>
   </si>
   <si>
-    <t>7452Про розгляд клопотання громадянки Климочко Анни Миколаївни</t>
+    <t>ID - 7452,  Про розгляд клопотання громадянки Климочко Анни Миколаївни</t>
   </si>
   <si>
     <t>22.05.25  11:27:36</t>
   </si>
   <si>
-    <t>7453Про розгляд клопотання громадянки Яцик Галини Андріївни</t>
+    <t>ID - 7453,  Про розгляд клопотання громадянки Яцик Галини Андріївни</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>22.05.25  11:28:20</t>
   </si>
   <si>
-    <t>7454Про розгляд клопотання Товариства з обмеженою відповідальністю «Мега-Полюс»</t>
+    <t>ID - 7454,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Мега-Полюс»</t>
   </si>
   <si>
     <t>22.05.25  11:29:08</t>
   </si>
   <si>
-    <t>7455Про розгляд клопотання громадянина Висоцького Василя Івановича</t>
+    <t>ID - 7455,  Про розгляд клопотання громадянина Висоцького Василя Івановича</t>
   </si>
   <si>
     <t>22.05.25  11:29:59</t>
   </si>
   <si>
-    <t>7456Про розгляд клопотання громадянина Владики Андрія Васильовича</t>
+    <t>ID - 7456,  Про розгляд клопотання громадянина Владики Андрія Васильовича</t>
   </si>
   <si>
     <t>22.05.25  11:30:27</t>
   </si>
   <si>
-    <t>7457Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШИН»</t>
-[...1 lines deleted...]
-  <si>
     <t>22.05.25  11:32:33</t>
   </si>
   <si>
-    <t>7458Внести правки озвучені Надільною Г. В. встановити 1,5 %</t>
+    <t>ID - 7458,  Внести правки озвучені Надільною Г. В. встановити 1,5 %</t>
   </si>
   <si>
     <t>22.05.25  11:33:03</t>
   </si>
   <si>
-    <t>7459Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШИН»</t>
-[...1 lines deleted...]
-  <si>
     <t>22.05.25  11:34:04</t>
   </si>
   <si>
-    <t>7460Про розгляд клопотання громадянина Савчука Петра Миколайовича</t>
+    <t>ID - 7460,  Про розгляд клопотання громадянина Савчука Петра Миколайовича</t>
   </si>
   <si>
     <t>22.05.25  11:35:11</t>
   </si>
   <si>
     <t>22.05.25  11:36:17</t>
   </si>
   <si>
-    <t>7462Про розгляд клопотання громадянина Микитина Івана Васильовича</t>
+    <t>ID - 7462,  Про розгляд клопотання громадянина Микитина Івана Васильовича</t>
   </si>
   <si>
     <t>22.05.25  11:37:38</t>
   </si>
   <si>
     <t>22.05.25  11:38:39</t>
   </si>
   <si>
     <t>22.05.25  11:39:39</t>
   </si>
   <si>
-    <t>7465Про розгляд клопотання громадянина Карвацького Олега Васильовича</t>
+    <t>ID - 7465,  Про розгляд клопотання громадянина Карвацького Олега Васильовича</t>
   </si>
   <si>
     <t>22.05.25  11:40:25</t>
   </si>
   <si>
-    <t>7466Про розгляд клопотання громадянки Коваль Яніни Ігорівни</t>
+    <t>ID - 7466,  Про розгляд клопотання громадянки Коваль Яніни Ігорівни</t>
   </si>
   <si>
     <t>22.05.25  11:41:14</t>
   </si>
   <si>
-    <t>7467Про розгляд клопотання громадянки Пири Софії Йосипівна</t>
+    <t>ID - 7467,  Про розгляд клопотання громадянки Пири Софії Йосипівна</t>
   </si>
   <si>
     <t>22.05.25  11:42:03</t>
   </si>
   <si>
-    <t>7468Про розгляд клопотання громадянки Дмитрук Світлани Богданівни</t>
+    <t>ID - 7468,  Про розгляд клопотання громадянки Дмитрук Світлани Богданівни</t>
   </si>
   <si>
     <t>22.05.25  11:42:50</t>
   </si>
   <si>
     <t>22.05.25  11:43:36</t>
   </si>
   <si>
-    <t>7470Про розгляд клопотання громадянина Сінечка Ярослава Михайловича</t>
+    <t>ID - 7470,  Про розгляд клопотання громадянина Сінечка Ярослава Михайловича</t>
   </si>
   <si>
     <t>22.05.25  11:44:24</t>
   </si>
   <si>
-    <t>7471Про розгляд клопотання громадянки Бабанської Наталії Леонідівни</t>
+    <t>ID - 7471,  Про розгляд клопотання громадянки Бабанської Наталії Леонідівни</t>
   </si>
   <si>
     <t>22.05.25  11:45:28</t>
   </si>
   <si>
-    <t>7472Про розгляд клопотання громадян Стахур Надії Євгенівни та Луцик Марії Євгенівни</t>
+    <t>ID - 7472,  Про розгляд клопотання громадян Стахур Надії Євгенівни та Луцик Марії Євгенівни</t>
   </si>
   <si>
     <t>22.05.25  11:46:20</t>
   </si>
   <si>
-    <t>7473Про розгляд клопотання громадянки Грисюк Марії Степанівни</t>
+    <t>ID - 7473,  Про розгляд клопотання громадянки Грисюк Марії Степанівни</t>
   </si>
   <si>
     <t>22.05.25  11:47:10</t>
   </si>
   <si>
-    <t>7474Про розгляд клопотання громадянки Федюри Ірини Михайлівни</t>
+    <t>ID - 7474,  Про розгляд клопотання громадянки Федюри Ірини Михайлівни</t>
   </si>
   <si>
     <t>22.05.25  11:47:41</t>
   </si>
   <si>
-    <t>7475Внести правки озвучені Надільною Г. В. Зміна коду класифікації</t>
+    <t>ID - 7475,  Внести правки озвучені Надільною Г. В. Зміна коду класифікації</t>
   </si>
   <si>
     <t>22.05.25  11:48:10</t>
   </si>
   <si>
-    <t>7476Внести правки озвучені Надільною Г. В. Зміна коду класифікації</t>
+    <t>ID - 7476,  Внести правки озвучені Надільною Г. В. Зміна коду класифікації</t>
   </si>
   <si>
     <t>22.05.25  11:48:38</t>
   </si>
   <si>
-    <t>7477Про розгляд клопотання громадянки Федюри Ірини Михайлівни</t>
+    <t>ID - 7477,  Про розгляд клопотання громадянки Федюри Ірини Михайлівни</t>
   </si>
   <si>
     <t>22.05.25  11:49:25</t>
   </si>
   <si>
-    <t>7478Про розгляд клопотання громадянина Васька Любомира Васильовича</t>
+    <t>ID - 7478,  Про розгляд клопотання громадянина Васька Любомира Васильовича</t>
   </si>
   <si>
     <t>22.05.25  11:50:24</t>
   </si>
   <si>
-    <t>7479Про розгляд клопотання громадянки Боянецької Галини Олексіївни</t>
+    <t>ID - 7479,  Про розгляд клопотання громадянки Боянецької Галини Олексіївни</t>
   </si>
   <si>
     <t>22.05.25  11:51:23</t>
   </si>
   <si>
     <t>22.05.25  11:53:54</t>
   </si>
   <si>
     <t>22.05.25  11:55:15</t>
   </si>
   <si>
     <t>22.05.25  11:58:32</t>
   </si>
   <si>
-    <t>7484Про розгляд клопотань Приватного підприємства «СУЗІР’Я»</t>
+    <t>ID - 7484,  Про розгляд клопотань Приватного підприємства «СУЗІР’Я»</t>
   </si>
   <si>
     <t>22.05.25  11:59:33</t>
   </si>
   <si>
     <t>22.05.25  12:00:48</t>
   </si>
   <si>
-    <t>7486Про припинення права оренди земельної ділянки з кадастровим номером 4611800000:01:003:0286</t>
-[...1 lines deleted...]
-  <si>
     <t>22.05.25  12:01:45</t>
   </si>
   <si>
-    <t>7487Про припинення права оренди земельної ділянки з кадастровим номером 4611845300:02:003:0032</t>
-[...1 lines deleted...]
-  <si>
     <t>22.05.25  12:02:52</t>
   </si>
   <si>
     <t>22.05.25  12:06:01</t>
   </si>
   <si>
-    <t>7489Про розгляд клопотання фізичної особи – підприємця Барвінка Віталія Олександровича</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 13</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>22.05.25  12:07:09</t>
   </si>
   <si>
-    <t>7490Про продаж у власність земельної ділянки громадянину Козорізу Роману Миколайовичу</t>
-[...1 lines deleted...]
-  <si>
     <t>22.05.25  12:08:22</t>
   </si>
   <si>
     <t>22.05.25  12:09:08</t>
   </si>
   <si>
     <t>22.05.25  12:10:11</t>
   </si>
   <si>
     <t>22.05.25  12:11:09</t>
   </si>
   <si>
-    <t>7494Про розгляд клопотання громадянина Ремінського Олександра Вікторовича</t>
+    <t>ID - 7494,  Про розгляд клопотання громадянина Ремінського Олександра Вікторовича</t>
   </si>
   <si>
     <t>22.05.25  12:11:49</t>
   </si>
   <si>
     <t>22.05.25  12:12:31</t>
   </si>
   <si>
-    <t>7496Про розгляд клопотання громадянина Уханського Руслана Івановича</t>
+    <t>ID - 7496,  Про розгляд клопотання громадянина Уханського Руслана Івановича</t>
   </si>
   <si>
     <t>22.05.25  12:13:23</t>
   </si>
   <si>
-    <t>7497Про розгляд клопотання громадянина Копистенського Віталія Володимировича</t>
+    <t>ID - 7497,  Про розгляд клопотання громадянина Копистенського Віталія Володимировича</t>
   </si>
   <si>
     <t>22.05.25  12:13:53</t>
   </si>
   <si>
-    <t>7498Про розгляд клопотання громадянина Копистенського Віталія Володимировича</t>
+    <t>ID - 7498,  Про розгляд клопотання громадянина Копистенського Віталія Володимировича</t>
   </si>
   <si>
     <t>22.05.25  12:14:40</t>
   </si>
   <si>
-    <t>7499Про розгляд клопотання громадянина Пилипчука Петра Ярославовича</t>
+    <t>ID - 7499,  Про розгляд клопотання громадянина Пилипчука Петра Ярославовича</t>
   </si>
   <si>
     <t>22.05.25  12:16:12</t>
   </si>
   <si>
     <t>22.05.25  12:16:42</t>
   </si>
   <si>
-    <t>7501Про розгляд клопотання громадянина Вишинського Бориса Степановича</t>
+    <t>ID - 7501,  Про розгляд клопотання громадянина Вишинського Бориса Степановича</t>
   </si>
   <si>
     <t>22.05.25  12:17:46</t>
   </si>
   <si>
-    <t>7502для колективного будівництва </t>
+    <t>ID - 7502,  для колективного будівництва </t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>22.05.25  12:18:16</t>
   </si>
   <si>
-    <t>7503для колективного будівництва </t>
+    <t>ID - 7503,  для колективного будівництва </t>
   </si>
   <si>
     <t>22.05.25  12:18:47</t>
   </si>
   <si>
-    <t>7504Про розгляд клопотання громадянина Вишинського Бориса Степановича</t>
+    <t>ID - 7504,  Про розгляд клопотання громадянина Вишинського Бориса Степановича</t>
   </si>
   <si>
     <t>22.05.25  12:19:20</t>
   </si>
   <si>
-    <t>7505Про розгляд клопотання громадянина Войтовича Михайла Степановича</t>
+    <t>ID - 7505,  Про розгляд клопотання громадянина Войтовича Михайла Степановича</t>
   </si>
   <si>
     <t>22.05.25  12:20:10</t>
   </si>
   <si>
-    <t>7506Внести правки озвучені Надільною Г. В.</t>
+    <t>ID - 7506,  Внести правки озвучені Надільною Г. В.</t>
   </si>
   <si>
     <t>22.05.25  12:20:40</t>
   </si>
   <si>
-    <t>7507Про розгляд клопотання громадянина Войтовича Михайла Степановича</t>
+    <t>ID - 7507,  Про розгляд клопотання громадянина Войтовича Михайла Степановича</t>
   </si>
   <si>
     <t>22.05.25  12:21:28</t>
   </si>
   <si>
-    <t>7508Про розгляд клопотання громадянина Висоцького Івана Васильовича</t>
+    <t>ID - 7508,  Про розгляд клопотання громадянина Висоцького Івана Васильовича</t>
   </si>
   <si>
     <t>22.05.25  12:23:03</t>
   </si>
   <si>
     <t>22.05.25  12:24:10</t>
   </si>
   <si>
     <t>22.05.25  12:27:13</t>
   </si>
   <si>
     <t>22.05.25  12:28:58</t>
   </si>
   <si>
-    <t>7512Про розгляд клопотання громадянина Холявінського Андрія Володимировича</t>
+    <t>ID - 7512,  Про розгляд клопотання громадянина Холявінського Андрія Володимировича</t>
   </si>
   <si>
     <t>22.05.25  12:31:04</t>
   </si>
   <si>
     <t>22.05.25  12:34:11</t>
   </si>
   <si>
-    <t>7514Про затвердження складу Молодіжної ради при Шептицькій міській раді</t>
+    <t>ID - 7514,  Про затвердження складу Молодіжної ради при Шептицькій міській раді</t>
   </si>
   <si>
     <t>22.05.25  12:35:15</t>
   </si>
   <si>
-    <t>7515Про надання дозволу закладам освіти на використання залишку бензину</t>
+    <t>ID - 7515,  Про надання дозволу закладам освіти на використання залишку бензину</t>
   </si>
   <si>
     <t>22.05.25  12:36:19</t>
   </si>
   <si>
     <t>22.05.25  12:37:25</t>
   </si>
   <si>
     <t>22.05.25  12:39:41</t>
   </si>
   <si>
-    <t>7518Про створення ритуальної служби Шептицької міської ради</t>
+    <t>ID - 7518,  Про створення ритуальної служби Шептицької міської ради</t>
   </si>
   <si>
     <t>22.05.25  12:44:24</t>
   </si>
   <si>
-    <t>7519Про затвердження безбар’єрного маршруту в місті Шептицький</t>
+    <t>ID - 7519,  Про затвердження безбар’єрного маршруту в місті Шептицький</t>
   </si>
   <si>
     <t>22.05.25  12:46:20</t>
   </si>
   <si>
-    <t>7521Про безоплатну передачу основних засобів</t>
+    <t>ID - 7521,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>22.05.25  12:54:49</t>
   </si>
   <si>
-    <t>7522Про надання згоди на прийняття у комунальну власність</t>
+    <t>ID - 7522,  Про надання згоди на прийняття у комунальну власність</t>
   </si>
   <si>
     <t>22.05.25  12:57:18</t>
   </si>
   <si>
     <t>22.05.25  12:57:58</t>
   </si>
   <si>
     <t>22.05.25  12:59:22</t>
   </si>
   <si>
-    <t>7525Про надання одноразової грошової допомоги</t>
+    <t>ID - 7525,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>22.05.25  13:01:28</t>
   </si>
   <si>
     <t>За: 94</t>
   </si>
   <si>
     <t>За: 93</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 87</t>
   </si>
   <si>
     <t>За: 91</t>
   </si>
   <si>
     <t>За: 64</t>
   </si>
   <si>
     <t>За: 89</t>
   </si>
@@ -924,51 +900,51 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="51"/>
+    <col min="45" max="45" width="53"/>
     <col min="46" max="46" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -1071,51 +1047,51 @@
       <c r="AP1" t="s" s="3">
         <v>38</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>7427Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7427,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>46</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1353,51 +1329,51 @@
       <c r="AP3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>7429Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7429,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>58</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>50</v>
@@ -1495,51 +1471,51 @@
       <c r="AP4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>7430Про встановлення Дня пошани родин загиблих та зниклих безвісти Захисників та Захисниць України</t>
+          <t>ID - 7430,  Про встановлення Дня пошани родин загиблих та зниклих безвісти Захисників та Захисниць України</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>60</v>
       </c>
       <c r="E5" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>61</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>48</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1917,51 +1893,51 @@
       <c r="AP7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>7436Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7436,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>50</v>
@@ -2059,51 +2035,51 @@
       <c r="AP8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>74371. Пропонується провести переміщення видатків по відділу освіти Шептицької міської ради між об’єктами: - збільшити видатки на 5,077 тис. грн. по об’єкту «Нове будівництво котельні для Соснівської загальноосвітньої школи І-ІІІ ступенів № 7 Червоноградської міської ради Львівської області на вулиці Шептицького, 2 в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»; - збільшити видатки на 8,862 тис. грн. по об’єкту «Нове будівництво котельні для Соснівського ліцею Червоноградської міської ради Львівської області на вулиці Театральна, 14а в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»; - зменшити на 13,939 тис. грн. по об’єкту «Нове будівництво котельні для Соснівської загальноосвітньої школи І-ІІІ ступенів № 14 Червоноградської міської ради Львівської області на вулиці Галицька, 3а в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області». 2. Пропонується перемістити видатки в сумі 9,0 тис. грн.: із</t>
+          <t>ID - 7437,  1. Пропонується провести переміщення видатків по відділу освіти Шептицької міської ради між об’єктами: - збільшити видатки на 5,077 тис. грн. по об’єкту «Нове будівництво котельні для Соснівської загальноосвітньої школи І-ІІІ ступенів № 7 Червоноградської міської ради Львівської області на вулиці Шептицького, 2 в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»; - збільшити видатки на 8,862 тис. грн. по об’єкту «Нове будівництво котельні для Соснівського ліцею Червоноградської міської ради Львівської області на вулиці Театральна, 14а в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області»; - зменшити на 13,939 тис. грн. по об’єкту «Нове будівництво котельні для Соснівської загальноосвітньої школи І-ІІІ ступенів № 14 Червоноградської міської ради Львівської області на вулиці Галицька, 3а в місті Соснівка Червоноградської територіальної громади Червоноградського району Львівської області». 2. Пропонується перемістити видатки в сумі 9,0 тис. грн.: із</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>66</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2201,51 +2177,51 @@
       <c r="AP9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>7438Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7438,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>57</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>66</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>48</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2341,52 +2317,54 @@
         <v>49</v>
       </c>
       <c r="AP10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
-      <c r="C11" t="s" s="4">
-        <v>71</v>
+      <c r="C11" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7439,  Про припинення права оренди земельної ділянки з кадастровим номером 4624881300:02:000:0022</t>
+        </is>
       </c>
       <c r="D11" t="s">
         <v>60</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>48</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
       </c>
@@ -2479,54 +2457,56 @@
       </c>
       <c r="AO11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>71</v>
+      </c>
+      <c r="C12" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7440,  Про припинення права оренди земельної ділянки з кадастровим номером 4624881300:02:000:0023</t>
+        </is>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>46</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
       </c>
@@ -2619,54 +2599,54 @@
       </c>
       <c r="AO12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s" s="4">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
         <v>60</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13" t="s">
         <v>48</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>50</v>
       </c>
@@ -2759,54 +2739,54 @@
       </c>
       <c r="AO13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C14" t="s" s="4">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D14" t="s">
         <v>60</v>
       </c>
       <c r="E14" t="s">
         <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14" t="s">
         <v>48</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>50</v>
       </c>
@@ -2899,54 +2879,54 @@
       </c>
       <c r="AO14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C15" t="s" s="4">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D15" t="s">
         <v>60</v>
       </c>
       <c r="E15" t="s">
         <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>46</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15" t="s">
         <v>48</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
       </c>
@@ -3039,54 +3019,54 @@
       </c>
       <c r="AO15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C16" t="s" s="4">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D16" t="s">
         <v>60</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>48</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
       </c>
@@ -3179,54 +3159,54 @@
       </c>
       <c r="AO16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C17" t="s" s="4">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>60</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17" t="s">
         <v>48</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
       </c>
@@ -3319,54 +3299,54 @@
       </c>
       <c r="AO17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C18" t="s" s="4">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>55</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>48</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
       </c>
@@ -3459,63 +3439,63 @@
       </c>
       <c r="AO18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C19" t="s" s="4">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F19" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>48</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>49</v>
       </c>
@@ -3599,63 +3579,63 @@
       </c>
       <c r="AO19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C20" t="s" s="4">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>48</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>49</v>
       </c>
@@ -3739,54 +3719,54 @@
       </c>
       <c r="AO20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C21" t="s" s="4">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>55</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>48</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
       </c>
@@ -3879,55 +3859,55 @@
       </c>
       <c r="AO21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>7450Про розгляд клопотання Релігійної організації «Релігійної громади Української Греко-Католицької Церкви парафії Пресвятої Богородиці Владичиці України у м. Червоноград Червоноградського району Львівської області»</t>
+          <t>ID - 7450,  Про розгляд клопотання Релігійної організації «Релігійної громади Української Греко-Католицької Церкви парафії Пресвятої Богородиці Владичиці України у м. Червоноград Червоноградського району Львівської області»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>60</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>55</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22" t="s">
         <v>48</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -4021,54 +4001,54 @@
       </c>
       <c r="AO22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C23" t="s" s="4">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
         <v>60</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
       <c r="H23" t="s">
         <v>48</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
       </c>
@@ -4161,54 +4141,54 @@
       </c>
       <c r="AO23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C24" t="s" s="4">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D24" t="s">
         <v>60</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
         <v>48</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
       </c>
@@ -4301,63 +4281,63 @@
       </c>
       <c r="AO24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C25" t="s" s="4">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>48</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>49</v>
       </c>
@@ -4441,63 +4421,63 @@
       </c>
       <c r="AO25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s" s="4">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D26" t="s">
         <v>60</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>48</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>49</v>
       </c>
@@ -4581,63 +4561,63 @@
       </c>
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C27" t="s" s="4">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D27" t="s">
         <v>60</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27" t="s">
         <v>48</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4721,63 +4701,63 @@
       </c>
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C28" t="s" s="4">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
         <v>60</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>48</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>49</v>
       </c>
@@ -4861,54 +4841,56 @@
       </c>
       <c r="AO28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>107</v>
+      </c>
+      <c r="C29" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7457,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШИН»</t>
+        </is>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>55</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>48</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>50</v>
       </c>
@@ -5001,63 +4983,63 @@
       </c>
       <c r="AO29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C30" t="s" s="4">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D30" t="s">
         <v>54</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>48</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>51</v>
       </c>
@@ -5141,63 +5123,65 @@
       </c>
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>110</v>
+      </c>
+      <c r="C31" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7459,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШИН»</t>
+        </is>
       </c>
       <c r="D31" t="s">
         <v>57</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>51</v>
       </c>
@@ -5281,54 +5265,54 @@
       </c>
       <c r="AO31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C32" t="s" s="4">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D32" t="s">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
       <c r="F32" t="s">
         <v>55</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
         <v>48</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5421,65 +5405,65 @@
       </c>
       <c r="AO32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>7461Про розгляд клопотання громадянина Савчука Петра Миколайовича про поновлення договору оренди земельної ділянки</t>
+          <t>ID - 7461,  Про розгляд клопотання громадянина Савчука Петра Миколайовича про поновлення договору оренди земельної ділянки</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>60</v>
       </c>
       <c r="E33" t="s">
         <v>45</v>
       </c>
       <c r="F33" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>48</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>51</v>
       </c>
@@ -5563,54 +5547,54 @@
       </c>
       <c r="AO33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
       <c r="F34" t="s">
         <v>55</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>48</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
       </c>
@@ -5703,65 +5687,65 @@
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>7463Про розгляд клопотання громадянки Оданчук Марії Степанівни, фізичної особи- підприємця Золочівської Олесі Богданівни, Приватного підприємства виробничо – комерційна фірма «Скайінвест»</t>
+          <t>ID - 7463,  Про розгляд клопотання громадянки Оданчук Марії Степанівни, фізичної особи- підприємця Золочівської Олесі Богданівни, Приватного підприємства виробничо – комерційна фірма «Скайінвест»</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>60</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
       <c r="F35" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>48</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>51</v>
       </c>
@@ -5845,55 +5829,55 @@
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>7464Про розгляд клопотання Товариства з обмеженою відповідальністю «Мега-Полюс» про продаж у власнiсть земельної дiлянки з кадастровим номером 4611800000:03:005:0019</t>
+          <t>ID - 7464,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Мега-Полюс» про продаж у власнiсть земельної дiлянки з кадастровим номером 4611800000:03:005:0019</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>60</v>
       </c>
       <c r="E36" t="s">
         <v>45</v>
       </c>
       <c r="F36" t="s">
         <v>55</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
         <v>48</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>50</v>
@@ -5987,63 +5971,63 @@
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C37" t="s" s="4">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D37" t="s">
         <v>60</v>
       </c>
       <c r="E37" t="s">
         <v>45</v>
       </c>
       <c r="F37" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>48</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>51</v>
       </c>
@@ -6127,63 +6111,63 @@
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C38" t="s" s="4">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
         <v>48</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>51</v>
       </c>
@@ -6267,63 +6251,63 @@
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C39" t="s" s="4">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
       <c r="F39" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>48</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>51</v>
       </c>
@@ -6407,63 +6391,63 @@
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C40" t="s" s="4">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D40" t="s">
         <v>60</v>
       </c>
       <c r="E40" t="s">
         <v>45</v>
       </c>
       <c r="F40" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>48</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>51</v>
       </c>
@@ -6547,55 +6531,55 @@
       </c>
       <c r="AO40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>7469Про розгляд клопотання громадянки Яцик Галини Андріївни про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)</t>
+          <t>ID - 7469,  Про розгляд клопотання громадянки Яцик Галини Андріївни про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
       <c r="F41" t="s">
         <v>55</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
         <v>48</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>50</v>
@@ -6689,54 +6673,54 @@
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C42" t="s" s="4">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D42" t="s">
         <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
       </c>
       <c r="F42" t="s">
         <v>55</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>48</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>50</v>
       </c>
@@ -6829,54 +6813,54 @@
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>45</v>
       </c>
       <c r="F43" t="s">
         <v>55</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
         <v>48</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>50</v>
       </c>
@@ -6969,63 +6953,63 @@
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D44" t="s">
         <v>60</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>48</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>51</v>
       </c>
@@ -7109,54 +7093,54 @@
       </c>
       <c r="AO44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D45" t="s">
         <v>60</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
         <v>55</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>50</v>
       </c>
@@ -7249,54 +7233,54 @@
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
         <v>55</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>50</v>
       </c>
@@ -7389,63 +7373,63 @@
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C47" t="s" s="4">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
         <v>54</v>
       </c>
       <c r="E47" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F47" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>51</v>
       </c>
@@ -7529,54 +7513,54 @@
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C48" t="s" s="4">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D48" t="s">
         <v>54</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
         <v>55</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>50</v>
       </c>
@@ -7669,54 +7653,54 @@
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C49" t="s" s="4">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D49" t="s">
         <v>57</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>55</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>48</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>50</v>
       </c>
@@ -7809,63 +7793,63 @@
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D50" t="s">
         <v>60</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
       <c r="F50" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
         <v>48</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>51</v>
       </c>
@@ -7949,63 +7933,63 @@
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D51" t="s">
         <v>60</v>
       </c>
       <c r="E51" t="s">
         <v>45</v>
       </c>
       <c r="F51" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>51</v>
       </c>
@@ -8089,55 +8073,55 @@
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>7480Про розгляд клопотання Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради»</t>
+          <t>ID - 7480,  Про розгляд клопотання Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>60</v>
       </c>
       <c r="E52" t="s">
         <v>45</v>
       </c>
       <c r="F52" t="s">
         <v>46</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>48</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>50</v>
@@ -8231,65 +8215,65 @@
       </c>
       <c r="AO52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>7482Про розроблення проєктів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:02:008:0076 та на земельну ділянку з кадастровим номером 4611800000:02:008:0078</t>
+          <t>ID - 7482,  Про розроблення проєктів землеустрою щодо відведення земельних ділянок з метою зміни цільового призначення на земельну ділянку з кадастровим номером 4611800000:02:008:0076 та на земельну ділянку з кадастровим номером 4611800000:02:008:0078</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>60</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>48</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>51</v>
       </c>
@@ -8373,55 +8357,55 @@
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>7483Про розгляд клопотання об’єднання співвласників багатоквартирного будинку «Мазепи 25»</t>
+          <t>ID - 7483,  Про розгляд клопотання об’єднання співвласників багатоквартирного будинку «Мазепи 25»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>60</v>
       </c>
       <c r="E54" t="s">
         <v>45</v>
       </c>
       <c r="F54" t="s">
         <v>46</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
         <v>48</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>50</v>
@@ -8515,63 +8499,63 @@
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D55" t="s">
         <v>60</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
       <c r="F55" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
         <v>48</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>51</v>
       </c>
@@ -8655,55 +8639,55 @@
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>7485Про розгляд клопотання Товариства з обмеженою відповідальністю «Кристинопіль-Галка»</t>
+          <t>ID - 7485,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Кристинопіль-Галка»</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>60</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
         <v>55</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>48</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>50</v>
@@ -8797,54 +8781,56 @@
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>153</v>
+      </c>
+      <c r="C57" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7486,  Про припинення права оренди земельної ділянки з кадастровим номером 4611800000:01:003:0286</t>
+        </is>
       </c>
       <c r="D57" t="s">
         <v>60</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="F57" t="s">
         <v>55</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
         <v>48</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>50</v>
       </c>
@@ -8937,54 +8923,56 @@
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>154</v>
+      </c>
+      <c r="C58" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7487,  Про припинення права оренди земельної ділянки з кадастровим номером 4611845300:02:003:0032</t>
+        </is>
       </c>
       <c r="D58" t="s">
         <v>60</v>
       </c>
       <c r="E58" t="s">
         <v>45</v>
       </c>
       <c r="F58" t="s">
         <v>55</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
         <v>48</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>50</v>
       </c>
@@ -9077,65 +9065,65 @@
       </c>
       <c r="AO58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>7488Про розгляд клопотання Товариства з обмеженою відповідальністю «Цифрові рішення ЛЛС»</t>
+          <t>ID - 7488,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Цифрові рішення ЛЛС»</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>60</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
         <v>48</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>49</v>
       </c>
@@ -9219,99 +9207,101 @@
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>156</v>
+      </c>
+      <c r="C60" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7489,  Про розгляд клопотання фізичної особи – підприємця Барвінка Віталія Олександровича</t>
+        </is>
       </c>
       <c r="D60" t="s">
         <v>60</v>
       </c>
       <c r="E60" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F60" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O60" t="s" s="5">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R60" t="s" s="5">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>51</v>
       </c>
@@ -9359,54 +9349,56 @@
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>160</v>
+      </c>
+      <c r="C61" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7490,  Про продаж у власність земельної ділянки громадянину Козорізу Роману Миколайовичу</t>
+        </is>
       </c>
       <c r="D61" t="s">
         <v>60</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>55</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>48</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>50</v>
       </c>
@@ -9499,65 +9491,65 @@
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>7491Про затвердження проєкту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Заболотня</t>
+          <t>ID - 7491,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Заболотня</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>60</v>
       </c>
       <c r="E62" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F62" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>49</v>
       </c>
@@ -9641,55 +9633,55 @@
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>7492Про затвердження проєкту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Заболотня</t>
+          <t>ID - 7492,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки в селі Сілець, присілок Заболотня</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>60</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
         <v>55</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>50</v>
@@ -9783,55 +9775,55 @@
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>7493Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви Парафії Собору Пресвятої Богородиці у с. Сілець Сокальського району Львівської області»</t>
+          <t>ID - 7493,  Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви Парафії Собору Пресвятої Богородиці у с. Сілець Сокальського району Львівської області»</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>60</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
         <v>55</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>48</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>50</v>
@@ -9925,63 +9917,63 @@
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="D65" t="s">
         <v>60</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
         <v>48</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>49</v>
       </c>
@@ -10065,55 +10057,55 @@
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>7495Про розгляд клопотання громадянина Ремінського Олександра Вікторовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування гаража</t>
+          <t>ID - 7495,  Про розгляд клопотання громадянина Ремінського Олександра Вікторовича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування гаража</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>60</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
       <c r="F66" t="s">
         <v>55</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>50</v>
@@ -10207,54 +10199,54 @@
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="D67" t="s">
         <v>60</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
         <v>55</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
       </c>
@@ -10347,63 +10339,63 @@
       </c>
       <c r="AO67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D68" t="s">
         <v>60</v>
       </c>
       <c r="E68" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F68" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
         <v>48</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10487,63 +10479,63 @@
       </c>
       <c r="AO68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="D69" t="s">
         <v>60</v>
       </c>
       <c r="E69" t="s">
         <v>45</v>
       </c>
       <c r="F69" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>48</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10627,54 +10619,54 @@
       </c>
       <c r="AO69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="D70" t="s">
         <v>60</v>
       </c>
       <c r="E70" t="s">
         <v>45</v>
       </c>
       <c r="F70" t="s">
         <v>55</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
         <v>48</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>50</v>
       </c>
@@ -10767,55 +10759,55 @@
       </c>
       <c r="AO70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>7500Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в межах адміністративної території Шептицької міської ради (за межами с. Борятин)</t>
+          <t>ID - 7500,  Про затвердження технiчної документації iз землеустрою щодо поділу земельної ділянки в межах адміністративної території Шептицької міської ради (за межами с. Борятин)</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>60</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>46</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>50</v>
@@ -10909,54 +10901,54 @@
       </c>
       <c r="AO71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="D72" t="s">
         <v>44</v>
       </c>
       <c r="E72" t="s">
         <v>45</v>
       </c>
       <c r="F72" t="s">
         <v>46</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
       </c>
@@ -11049,63 +11041,63 @@
       </c>
       <c r="AO72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="D73" t="s">
         <v>54</v>
       </c>
       <c r="E73" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F73" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="G73" t="s">
         <v>47</v>
       </c>
       <c r="H73" t="s">
         <v>48</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11189,63 +11181,63 @@
       </c>
       <c r="AO73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="D74" t="s">
         <v>54</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>48</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>49</v>
       </c>
@@ -11329,54 +11321,54 @@
       </c>
       <c r="AO74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="D75" t="s">
         <v>57</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
         <v>46</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>48</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>50</v>
       </c>
@@ -11469,54 +11461,54 @@
       </c>
       <c r="AO75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="C76" t="s" s="4">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
       <c r="F76" t="s">
         <v>46</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>48</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>50</v>
       </c>
@@ -11609,54 +11601,54 @@
       </c>
       <c r="AO76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="D77" t="s">
         <v>54</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
         <v>55</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>48</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>50</v>
       </c>
@@ -11749,54 +11741,54 @@
       </c>
       <c r="AO77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D78" t="s">
         <v>57</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
         <v>46</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>50</v>
       </c>
@@ -11889,54 +11881,54 @@
       </c>
       <c r="AO78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="D79" t="s">
         <v>60</v>
       </c>
       <c r="E79" t="s">
         <v>45</v>
       </c>
       <c r="F79" t="s">
         <v>55</v>
       </c>
       <c r="G79" t="s">
         <v>47</v>
       </c>
       <c r="H79" t="s">
         <v>48</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>50</v>
       </c>
@@ -12029,55 +12021,55 @@
       </c>
       <c r="AO79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>7509Про припинення прав оренди земельних ділянок з кадастровим номером 4611800000:02:009:0062 та 4611800000:02:009:0063</t>
+          <t>ID - 7509,  Про припинення прав оренди земельних ділянок з кадастровим номером 4611800000:02:009:0062 та 4611800000:02:009:0063</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>60</v>
       </c>
       <c r="E80" t="s">
         <v>45</v>
       </c>
       <c r="F80" t="s">
         <v>55</v>
       </c>
       <c r="G80" t="s">
         <v>47</v>
       </c>
       <c r="H80" t="s">
         <v>48</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>50</v>
@@ -12171,65 +12163,65 @@
       </c>
       <c r="AO80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>7510розгляд клопотання Комунального підприємства «Центральний ринок» Шептицької міської ради</t>
+          <t>ID - 7510,  розгляд клопотання Комунального підприємства «Центральний ринок» Шептицької міської ради</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>60</v>
       </c>
       <c r="E81" t="s">
         <v>45</v>
       </c>
       <c r="F81" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G81" t="s">
         <v>47</v>
       </c>
       <c r="H81" t="s">
         <v>48</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>49</v>
       </c>
@@ -12313,55 +12305,55 @@
       </c>
       <c r="AO81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>7511Про розроблення проєкту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення</t>
+          <t>ID - 7511,  Про розроблення проєкту землеустрою щодо відведення земельної ділянки з метою зміни її цільового призначення</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>60</v>
       </c>
       <c r="E82" t="s">
         <v>45</v>
       </c>
       <c r="F82" t="s">
         <v>58</v>
       </c>
       <c r="G82" t="s">
         <v>47</v>
       </c>
       <c r="H82" t="s">
         <v>48</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>50</v>
@@ -12455,54 +12447,54 @@
       </c>
       <c r="AO82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>45</v>
       </c>
       <c r="F83" t="s">
         <v>58</v>
       </c>
       <c r="G83" t="s">
         <v>47</v>
       </c>
       <c r="H83" t="s">
         <v>48</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>50</v>
       </c>
@@ -12595,55 +12587,55 @@
       </c>
       <c r="AO83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>7513Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0838</t>
+          <t>ID - 7513,  Про затвердження проєкту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення, який передбачає поділ земельної ділянки з кадастровим номером 4624886600:17:000:0838</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
       <c r="F84" t="s">
         <v>46</v>
       </c>
       <c r="G84" t="s">
         <v>47</v>
       </c>
       <c r="H84" t="s">
         <v>48</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>50</v>
@@ -12737,54 +12729,54 @@
       </c>
       <c r="AO84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="D85" t="s">
         <v>60</v>
       </c>
       <c r="E85" t="s">
         <v>45</v>
       </c>
       <c r="F85" t="s">
         <v>58</v>
       </c>
       <c r="G85" t="s">
         <v>47</v>
       </c>
       <c r="H85" t="s">
         <v>48</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>50</v>
       </c>
@@ -12877,54 +12869,54 @@
       </c>
       <c r="AO85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="C86" t="s" s="4">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="D86" t="s">
         <v>60</v>
       </c>
       <c r="E86" t="s">
         <v>45</v>
       </c>
       <c r="F86" t="s">
         <v>58</v>
       </c>
       <c r="G86" t="s">
         <v>47</v>
       </c>
       <c r="H86" t="s">
         <v>48</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>50</v>
       </c>
@@ -13017,55 +13009,55 @@
       </c>
       <c r="AO86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>7516Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади, щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 7516,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів  комунальної  власності Червоноградської територіальної громади, щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>60</v>
       </c>
       <c r="E87" t="s">
         <v>45</v>
       </c>
       <c r="F87" t="s">
         <v>58</v>
       </c>
       <c r="G87" t="s">
         <v>47</v>
       </c>
       <c r="H87" t="s">
         <v>48</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>50</v>
@@ -13159,55 +13151,55 @@
       </c>
       <c r="AO87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>7517Про внесення змін до рішення Шептицької міської ради від 27.03.2025 № 3424 «Про затвердження Програми комп’ютеризації закладів загальної середньої освіти на 2025 рік»</t>
+          <t>ID - 7517,  Про внесення змін до рішення Шептицької міської ради від 27.03.2025 № 3424 «Про затвердження Програми комп’ютеризації закладів загальної середньої освіти на 2025 рік»</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>60</v>
       </c>
       <c r="E88" t="s">
         <v>45</v>
       </c>
       <c r="F88" t="s">
         <v>46</v>
       </c>
       <c r="G88" t="s">
         <v>47</v>
       </c>
       <c r="H88" t="s">
         <v>48</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>50</v>
@@ -13301,63 +13293,63 @@
       </c>
       <c r="AO88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="C89" t="s" s="4">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="D89" t="s">
         <v>60</v>
       </c>
       <c r="E89" t="s">
         <v>45</v>
       </c>
       <c r="F89" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G89" t="s">
         <v>47</v>
       </c>
       <c r="H89" t="s">
         <v>48</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>49</v>
       </c>
@@ -13441,54 +13433,54 @@
       </c>
       <c r="AO89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
         <v>45</v>
       </c>
       <c r="F90" t="s">
         <v>58</v>
       </c>
       <c r="G90" t="s">
         <v>47</v>
       </c>
       <c r="H90" t="s">
         <v>48</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>50</v>
       </c>
@@ -13581,54 +13573,54 @@
       </c>
       <c r="AO90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D91" t="s">
         <v>60</v>
       </c>
       <c r="E91" t="s">
         <v>45</v>
       </c>
       <c r="F91" t="s">
         <v>58</v>
       </c>
       <c r="G91" t="s">
         <v>47</v>
       </c>
       <c r="H91" t="s">
         <v>48</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>50</v>
       </c>
@@ -13721,54 +13713,54 @@
       </c>
       <c r="AO91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="D92" t="s">
         <v>60</v>
       </c>
       <c r="E92" t="s">
         <v>45</v>
       </c>
       <c r="F92" t="s">
         <v>58</v>
       </c>
       <c r="G92" t="s">
         <v>47</v>
       </c>
       <c r="H92" t="s">
         <v>48</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>50</v>
       </c>
@@ -13861,55 +13853,55 @@
       </c>
       <c r="AO92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>7523Про встановлення умов оплати праці директора Шептицького міського центру соціальних служб</t>
+          <t>ID - 7523,  Про встановлення умов оплати праці директора Шептицького міського центру соціальних служб</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>60</v>
       </c>
       <c r="E93" t="s">
         <v>45</v>
       </c>
       <c r="F93" t="s">
         <v>46</v>
       </c>
       <c r="G93" t="s">
         <v>47</v>
       </c>
       <c r="H93" t="s">
         <v>48</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>50</v>
@@ -14003,55 +13995,55 @@
       </c>
       <c r="AO93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
-          <t>7524Про встановлення умов оплати праці директора Територіального центру соціального обслуговування (надання соціальних послуг) Шептицької міської ради</t>
+          <t>ID - 7524,  Про встановлення умов оплати праці директора Територіального центру соціального обслуговування (надання соціальних послуг) Шептицької міської ради</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>60</v>
       </c>
       <c r="E94" t="s">
         <v>45</v>
       </c>
       <c r="F94" t="s">
         <v>58</v>
       </c>
       <c r="G94" t="s">
         <v>47</v>
       </c>
       <c r="H94" t="s">
         <v>48</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>50</v>
@@ -14145,54 +14137,54 @@
       </c>
       <c r="AO94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="D95" t="s">
         <v>60</v>
       </c>
       <c r="E95" t="s">
         <v>45</v>
       </c>
       <c r="F95" t="s">
         <v>58</v>
       </c>
       <c r="G95" t="s">
         <v>47</v>
       </c>
       <c r="H95" t="s">
         <v>48</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>50</v>
       </c>
@@ -14285,55 +14277,55 @@
       </c>
       <c r="AO95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>7526Про прийняття Угоди про побратимство між містом Шептицький зі сторони України та містом Скрентон зі сторони Сполучених Штатів Америки</t>
+          <t>ID - 7526,  Про прийняття Угоди про побратимство між містом Шептицький зі сторони України та містом Скрентон зі сторони Сполучених Штатів Америки</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>60</v>
       </c>
       <c r="E96" t="s">
         <v>45</v>
       </c>
       <c r="F96" t="s">
         <v>58</v>
       </c>
       <c r="G96" t="s">
         <v>47</v>
       </c>
       <c r="H96" t="s">
         <v>48</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>50</v>
@@ -14432,162 +14424,162 @@
         <v>50</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97"/>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97"/>
       <c r="I97" t="s">
+        <v>218</v>
+      </c>
+      <c r="J97" t="s">
+        <v>219</v>
+      </c>
+      <c r="K97" t="s">
+        <v>220</v>
+      </c>
+      <c r="L97" t="s">
+        <v>221</v>
+      </c>
+      <c r="M97" t="s">
+        <v>222</v>
+      </c>
+      <c r="N97" t="s">
+        <v>223</v>
+      </c>
+      <c r="O97" t="s">
+        <v>224</v>
+      </c>
+      <c r="P97" t="s">
+        <v>220</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>225</v>
+      </c>
+      <c r="R97" t="s">
         <v>226</v>
       </c>
-      <c r="J97" t="s">
+      <c r="S97" t="s">
+        <v>219</v>
+      </c>
+      <c r="T97" t="s">
         <v>227</v>
       </c>
-      <c r="K97" t="s">
+      <c r="U97" t="s">
+        <v>222</v>
+      </c>
+      <c r="V97" t="s">
+        <v>220</v>
+      </c>
+      <c r="W97" t="s">
         <v>228</v>
       </c>
-      <c r="L97" t="s">
+      <c r="X97" t="s">
+        <v>218</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z97" t="s">
         <v>229</v>
       </c>
-      <c r="M97" t="s">
+      <c r="AA97" t="s">
+        <v>218</v>
+      </c>
+      <c r="AB97" t="s">
+        <v>224</v>
+      </c>
+      <c r="AC97" t="s">
         <v>230</v>
       </c>
-      <c r="N97" t="s">
+      <c r="AD97" t="s">
+        <v>230</v>
+      </c>
+      <c r="AE97" t="s">
         <v>231</v>
       </c>
-      <c r="O97" t="s">
+      <c r="AF97" t="s">
+        <v>220</v>
+      </c>
+      <c r="AG97" t="s">
+        <v>220</v>
+      </c>
+      <c r="AH97" t="s">
+        <v>230</v>
+      </c>
+      <c r="AI97" t="s">
+        <v>220</v>
+      </c>
+      <c r="AJ97" t="s">
+        <v>220</v>
+      </c>
+      <c r="AK97" t="s">
+        <v>228</v>
+      </c>
+      <c r="AL97" t="s">
+        <v>220</v>
+      </c>
+      <c r="AM97" t="s">
+        <v>222</v>
+      </c>
+      <c r="AN97" t="s">
         <v>232</v>
       </c>
-      <c r="P97" t="s">
-[...2 lines deleted...]
-      <c r="Q97" t="s">
+      <c r="AO97" t="s">
         <v>233</v>
       </c>
-      <c r="R97" t="s">
+      <c r="AP97" t="s">
+        <v>220</v>
+      </c>
+      <c r="AQ97" t="s">
+        <v>220</v>
+      </c>
+      <c r="AR97" t="s">
+        <v>220</v>
+      </c>
+      <c r="AS97" t="s">
+        <v>222</v>
+      </c>
+      <c r="AT97" t="s">
         <v>234</v>
-      </c>
-[...82 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="98">
       <c r="A98"/>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98"/>
       <c r="I98" t="s">
         <v>47</v>
       </c>
       <c r="J98" t="s">
         <v>47</v>
       </c>
       <c r="K98" t="s">
         <v>47</v>
       </c>
       <c r="L98" t="s">
         <v>47</v>
       </c>
       <c r="M98" t="s">
         <v>47</v>
@@ -14680,410 +14672,410 @@
         <v>47</v>
       </c>
       <c r="AQ98" t="s">
         <v>47</v>
       </c>
       <c r="AR98" t="s">
         <v>47</v>
       </c>
       <c r="AS98" t="s">
         <v>47</v>
       </c>
       <c r="AT98" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="99">
       <c r="A99"/>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99"/>
       <c r="I99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="J99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="K99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="L99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="M99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="N99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="O99" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="P99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="Q99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="R99" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="S99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="T99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="U99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="V99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="W99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="X99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="Y99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="Z99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AA99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AB99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AC99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AD99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AE99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AF99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AG99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AH99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AI99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AJ99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AK99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AL99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AM99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AN99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AO99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AP99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AQ99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AR99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AS99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="AT99" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
     </row>
     <row r="100">
       <c r="A100"/>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100"/>
       <c r="I100" t="s">
+        <v>237</v>
+      </c>
+      <c r="J100" t="s">
+        <v>238</v>
+      </c>
+      <c r="K100" t="s">
+        <v>239</v>
+      </c>
+      <c r="L100" t="s">
+        <v>240</v>
+      </c>
+      <c r="M100" t="s">
+        <v>241</v>
+      </c>
+      <c r="N100" t="s">
+        <v>242</v>
+      </c>
+      <c r="O100" t="s">
+        <v>243</v>
+      </c>
+      <c r="P100" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>244</v>
+      </c>
+      <c r="R100" t="s">
         <v>245</v>
       </c>
-      <c r="J100" t="s">
+      <c r="S100" t="s">
+        <v>238</v>
+      </c>
+      <c r="T100" t="s">
         <v>246</v>
       </c>
-      <c r="K100" t="s">
+      <c r="U100" t="s">
+        <v>241</v>
+      </c>
+      <c r="V100" t="s">
+        <v>239</v>
+      </c>
+      <c r="W100" t="s">
+        <v>238</v>
+      </c>
+      <c r="X100" t="s">
+        <v>237</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>237</v>
+      </c>
+      <c r="Z100" t="s">
         <v>247</v>
       </c>
-      <c r="L100" t="s">
+      <c r="AA100" t="s">
+        <v>237</v>
+      </c>
+      <c r="AB100" t="s">
         <v>248</v>
       </c>
-      <c r="M100" t="s">
+      <c r="AC100" t="s">
+        <v>245</v>
+      </c>
+      <c r="AD100" t="s">
+        <v>245</v>
+      </c>
+      <c r="AE100" t="s">
         <v>249</v>
       </c>
-      <c r="N100" t="s">
+      <c r="AF100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AG100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AH100" t="s">
+        <v>245</v>
+      </c>
+      <c r="AI100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AJ100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AK100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AL100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AM100" t="s">
+        <v>241</v>
+      </c>
+      <c r="AN100" t="s">
         <v>250</v>
       </c>
-      <c r="O100" t="s">
+      <c r="AO100" t="s">
+        <v>240</v>
+      </c>
+      <c r="AP100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AQ100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AR100" t="s">
+        <v>239</v>
+      </c>
+      <c r="AS100" t="s">
+        <v>241</v>
+      </c>
+      <c r="AT100" t="s">
         <v>251</v>
-      </c>
-[...91 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="101">
       <c r="A101"/>
       <c r="B101"/>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101"/>
       <c r="I101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="J101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="K101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="L101" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="M101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="N101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="O101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="P101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="Q101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="R101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="S101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="T101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="U101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="V101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="W101" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="X101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="Y101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="Z101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AA101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AB101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AC101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AD101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AE101" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="AF101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="AG101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="AH101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AI101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="AJ101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="AK101" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="AL101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="AM101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AN101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AO101" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="AP101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="AQ101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="AR101" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="AS101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="AT101" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>