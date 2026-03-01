--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="346">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XLIX сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -134,306 +134,303 @@
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>27.03.25  10:32:35</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>27.03.25  10:33:16</t>
   </si>
   <si>
-    <t>7096Про депутатськi запити</t>
+    <t>ID - 7096,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>27.03.25  10:35:26</t>
   </si>
   <si>
-    <t>7098Про депутатськi запити</t>
+    <t>ID - 7098,  Про депутатськi запити</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>27.03.25  10:40:29</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>27.03.25  10:50:51</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>27.03.25  10:51:21</t>
   </si>
   <si>
     <t>27.03.25  11:13:11</t>
   </si>
   <si>
-    <t>7102Про затвердження звітів щодо виконання місцевих цільових програм у 2024 році</t>
+    <t>ID - 7102,  Про затвердження звітів щодо виконання місцевих цільових програм у 2024 році</t>
   </si>
   <si>
     <t>27.03.25  11:28:44</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>27.03.25  11:31:51</t>
   </si>
   <si>
     <t>27.03.25  11:35:56</t>
   </si>
   <si>
     <t>27.03.25  11:38:52</t>
   </si>
   <si>
     <t>27.03.25  11:39:51</t>
   </si>
   <si>
-    <t>7107Про перейменування закладів позашкільної освіти</t>
+    <t>ID - 7107,  Про перейменування закладів позашкільної освіти</t>
   </si>
   <si>
     <t>27.03.25  11:41:27</t>
   </si>
   <si>
-    <t>7108Про виконання місцевої програми «Обдаровані діти» на 2021-2025 рр. за 2024 рік</t>
+    <t>ID - 7108,  Про виконання місцевої програми «Обдаровані діти» на 2021-2025 рр. за 2024 рік</t>
   </si>
   <si>
     <t>27.03.25  11:42:33</t>
   </si>
   <si>
-    <t>7109Про виконання міської Програми оздоровлення та відпочинку дітей за 2024 рік </t>
+    <t>ID - 7109,  Про виконання міської Програми оздоровлення та відпочинку дітей за 2024 рік </t>
   </si>
   <si>
     <t>27.03.25  11:44:44</t>
   </si>
   <si>
     <t>27.03.25  11:46:37</t>
   </si>
   <si>
-    <t>7111Про визнання такими, що втратили чинність деяких рішень міської ради </t>
+    <t>ID - 7111,  Про визнання такими, що втратили чинність деяких рішень міської ради </t>
   </si>
   <si>
     <t>27.03.25  11:50:40</t>
   </si>
   <si>
-    <t>7112Про створення комунальної    установи «Агенція справедливої трансформації»</t>
+    <t>ID - 7112,  Про створення комунальної    установи «Агенція справедливої трансформації»</t>
   </si>
   <si>
     <t>27.03.25  12:08:49</t>
   </si>
   <si>
     <t>27.03.25  12:11:18</t>
   </si>
   <si>
     <t>27.03.25  12:13:09</t>
   </si>
   <si>
-    <t>7115Внести правки озвучені Залівським А. І.</t>
+    <t>ID - 7115,  Внести правки озвучені Залівським А. І.</t>
   </si>
   <si>
     <t>27.03.25  12:13:38</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>27.03.25  12:17:06</t>
   </si>
   <si>
-    <t>7117Про виконання місцевих  цільових програм в  медичній галузі за 2024 рік </t>
+    <t>ID - 7117,  Про виконання місцевих  цільових програм в  медичній галузі за 2024 рік </t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>27.03.25  12:18:24</t>
   </si>
   <si>
-    <t>7118Про виконання місцевих  цільових програм в  медичній галузі за 2024 рік </t>
+    <t>ID - 7118,  Про виконання місцевих  цільових програм в  медичній галузі за 2024 рік </t>
   </si>
   <si>
     <t>27.03.25  12:19:35</t>
   </si>
   <si>
     <t>27.03.25  12:20:18</t>
   </si>
   <si>
     <t>27.03.25  12:24:56</t>
   </si>
   <si>
-    <t>7121Внести правки озвучені Ковалем В. С.</t>
+    <t>ID - 7121,  Внести правки озвучені Ковалем В. С.</t>
   </si>
   <si>
     <t>27.03.25  12:25:24</t>
   </si>
   <si>
     <t>27.03.25  12:26:35</t>
   </si>
   <si>
-    <t>7123Про виконання місцевих цільових програм  в галузі  культури за 2024рік</t>
+    <t>ID - 7123,  Про виконання місцевих цільових програм  в галузі  культури за 2024рік</t>
   </si>
   <si>
     <t>27.03.25  12:29:27</t>
   </si>
   <si>
-    <t>7124Про виконання місцевих програм в галузі соціального захисту населення за 2024 рік </t>
-[...1 lines deleted...]
-  <si>
     <t>27.03.25  12:29:58</t>
   </si>
   <si>
-    <t>7125Про безоплатну передачу основних засобів</t>
+    <t>ID - 7125,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>27.03.25  12:30:54</t>
   </si>
   <si>
-    <t>7126Внести правки озвучені Ковалем В. С. </t>
+    <t>ID - 7126,  Внести правки озвучені Ковалем В. С. </t>
   </si>
   <si>
     <t>27.03.25  12:31:32</t>
   </si>
   <si>
-    <t>7127Про безоплатну передачу основних засобів</t>
+    <t>ID - 7127,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>27.03.25  12:36:55</t>
   </si>
   <si>
     <t>27.03.25  12:47:24</t>
   </si>
   <si>
     <t>27.03.25  12:50:53</t>
   </si>
   <si>
-    <t>7130Про затвердження Положення  про старосту</t>
+    <t>ID - 7130,  Про затвердження Положення  про старосту</t>
   </si>
   <si>
     <t>27.03.25  12:53:09</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>27.03.25  12:57:27</t>
   </si>
   <si>
     <t>27.03.25  13:03:57</t>
   </si>
   <si>
-    <t>7133Про затвердження положення про Молодіжний бюджет участі</t>
+    <t>ID - 7133,  Про затвердження положення про Молодіжний бюджет участі</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>27.03.25  14:50:20</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>27.03.25  14:56:06</t>
   </si>
   <si>
     <t>27.03.25  14:57:32</t>
   </si>
   <si>
     <t>27.03.25  15:02:13</t>
   </si>
   <si>
-    <t>7139Про створення комісії з безпеки дорожнього руху</t>
+    <t>ID - 7139,  Про створення комісії з безпеки дорожнього руху</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>27.03.25  15:03:38</t>
   </si>
   <si>
     <t>27.03.25  15:05:43</t>
   </si>
   <si>
     <t>27.03.25  15:07:47</t>
   </si>
   <si>
     <t>27.03.25  15:09:17</t>
   </si>
   <si>
     <t>27.03.25  15:10:09</t>
   </si>
@@ -449,480 +446,471 @@
   <si>
     <t>27.03.25  15:15:24</t>
   </si>
   <si>
     <t>27.03.25  15:18:22</t>
   </si>
   <si>
     <t>27.03.25  15:20:45</t>
   </si>
   <si>
     <t>27.03.25  15:22:05</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>27.03.25  15:24:13</t>
   </si>
   <si>
     <t>27.03.25  15:25:27</t>
   </si>
   <si>
     <t>27.03.25  15:26:54</t>
   </si>
   <si>
-    <t>7154Про розгляд клопотання громадянки Луцик Наталії Володимирівни  </t>
+    <t>ID - 7154,  Про розгляд клопотання громадянки Луцик Наталії Володимирівни  </t>
   </si>
   <si>
     <t>27.03.25  15:27:48</t>
   </si>
   <si>
-    <t>7155Про розгляд клопотання громадянки ЗамійськоїиГалини Іванівни</t>
+    <t>ID - 7155,  Про розгляд клопотання громадянки ЗамійськоїиГалини Іванівни</t>
   </si>
   <si>
     <t>27.03.25  15:28:42</t>
   </si>
   <si>
-    <t>7156Про розгляд клопотання громадянки Терех Ганни Іванівни</t>
+    <t>ID - 7156,  Про розгляд клопотання громадянки Терех Ганни Іванівни</t>
   </si>
   <si>
     <t>27.03.25  15:29:38</t>
   </si>
   <si>
-    <t>7157Про розгляд клопотання громадянки Мельник Марії Теодорівни</t>
+    <t>ID - 7157,  Про розгляд клопотання громадянки Мельник Марії Теодорівни</t>
   </si>
   <si>
     <t>27.03.25  15:30:29</t>
   </si>
   <si>
-    <t>7158Про розгляд клопотання громадянина Побережника Володимира Васильовича</t>
+    <t>ID - 7158,  Про розгляд клопотання громадянина Побережника Володимира Васильовича</t>
   </si>
   <si>
     <t>27.03.25  15:31:22</t>
   </si>
   <si>
-    <t>7159Про розгляд клопотання громадянина Власюка Ярослава Володимировича</t>
+    <t>ID - 7159,  Про розгляд клопотання громадянина Власюка Ярослава Володимировича</t>
   </si>
   <si>
     <t>27.03.25  15:32:25</t>
   </si>
   <si>
     <t>27.03.25  15:33:16</t>
   </si>
   <si>
-    <t>7161​​​​​​​Про розгляд клопотання громадянки Макари Мар’яни Володимирівни</t>
+    <t>ID - 7161,  ​​​​​​​Про розгляд клопотання громадянки Макари Мар’яни Володимирівни</t>
   </si>
   <si>
     <t>27.03.25  15:34:07</t>
   </si>
   <si>
-    <t>7162Про розгляд клопотання громадянки Баран Марії Іванівни</t>
+    <t>ID - 7162,  Про розгляд клопотання громадянки Баран Марії Іванівни</t>
   </si>
   <si>
     <t>27.03.25  15:35:00</t>
   </si>
   <si>
-    <t>7163Про розгляд клопотання громадянки Шиби Марії Петрівни</t>
+    <t>ID - 7163,  Про розгляд клопотання громадянки Шиби Марії Петрівни</t>
   </si>
   <si>
     <t>27.03.25  15:35:53</t>
   </si>
   <si>
-    <t>7164Про розгляд клопотання громадянки Кончук Галини Євгенівни</t>
+    <t>ID - 7164,  Про розгляд клопотання громадянки Кончук Галини Євгенівни</t>
   </si>
   <si>
     <t>27.03.25  15:36:48</t>
   </si>
   <si>
-    <t>7165Про розгляд клопотання громадянина Веселовського Валентина Вікторовича</t>
+    <t>ID - 7165,  Про розгляд клопотання громадянина Веселовського Валентина Вікторовича</t>
   </si>
   <si>
     <t>27.03.25  15:37:44</t>
   </si>
   <si>
-    <t>7166Про розгляд клопотання громадянина Ситка Ігоря Михайловича</t>
+    <t>ID - 7166,  Про розгляд клопотання громадянина Ситка Ігоря Михайловича</t>
   </si>
   <si>
     <t>27.03.25  15:38:40</t>
   </si>
   <si>
-    <t>7167Про розгляд клопотання громадянина Бурима Василя Івановича</t>
+    <t>ID - 7167,  Про розгляд клопотання громадянина Бурима Василя Івановича</t>
   </si>
   <si>
     <t>27.03.25  15:39:32</t>
   </si>
   <si>
-    <t>7168Про розгляд клопотання громадянки Пилип’юк Оксани Степанівни</t>
+    <t>ID - 7168,  Про розгляд клопотання громадянки Пилип’юк Оксани Степанівни</t>
   </si>
   <si>
     <t>27.03.25  15:40:24</t>
   </si>
   <si>
-    <t>7169Про розгляд клопотання громадянки Гібляк Парасковії Іванівни</t>
+    <t>ID - 7169,  Про розгляд клопотання громадянки Гібляк Парасковії Іванівни</t>
   </si>
   <si>
     <t>27.03.25  15:41:18</t>
   </si>
   <si>
-    <t>7170Про розгляд клопотання громадянина Лобая Василя Васильовича  </t>
+    <t>ID - 7170,  Про розгляд клопотання громадянина Лобая Василя Васильовича  </t>
   </si>
   <si>
     <t>27.03.25  15:42:33</t>
   </si>
   <si>
     <t>27.03.25  15:43:24</t>
   </si>
   <si>
-    <t>7172Про розгляд клопотання громадянки Мись Ганни Степанівни</t>
+    <t>ID - 7172,  Про розгляд клопотання громадянки Мись Ганни Степанівни</t>
   </si>
   <si>
     <t>27.03.25  15:44:13</t>
   </si>
   <si>
-    <t>7173Про розгляд клопотання громадянина Цвида Олега Івановича</t>
+    <t>ID - 7173,  Про розгляд клопотання громадянина Цвида Олега Івановича</t>
   </si>
   <si>
     <t>27.03.25  15:45:02</t>
   </si>
   <si>
-    <t>7174​​​​​​​Про розгляд клопотання громадянина Ткача Романа Остаповича</t>
+    <t>ID - 7174,  ​​​​​​​Про розгляд клопотання громадянина Ткача Романа Остаповича</t>
   </si>
   <si>
     <t>27.03.25  15:45:47</t>
   </si>
   <si>
-    <t>7175Про розгляд клопотання громадянина Дзіковського Володимира Дмитровича</t>
+    <t>ID - 7175,  Про розгляд клопотання громадянина Дзіковського Володимира Дмитровича</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>27.03.25  15:47:25</t>
   </si>
   <si>
-    <t>7176Про розгляд клопотання громадянина Яворського Діонізія Йосиповича  </t>
+    <t>ID - 7176,  Про розгляд клопотання громадянина Яворського Діонізія Йосиповича  </t>
   </si>
   <si>
     <t>27.03.25  15:48:10</t>
   </si>
   <si>
-    <t>7177Про розгляд клопотання громадянки Гребенюк Олени Іванівни</t>
+    <t>ID - 7177,  Про розгляд клопотання громадянки Гребенюк Олени Іванівни</t>
   </si>
   <si>
     <t>27.03.25  15:48:57</t>
   </si>
   <si>
-    <t>7178Про розгляд клопотання громадянки Король Раїси Антонівни</t>
+    <t>ID - 7178,  Про розгляд клопотання громадянки Король Раїси Антонівни</t>
   </si>
   <si>
     <t>27.03.25  15:50:38</t>
   </si>
   <si>
-    <t>7179Про розгляд клопотання Товариства з обмеженою відповідальністю «Коріс»</t>
+    <t>ID - 7179,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Коріс»</t>
   </si>
   <si>
     <t>27.03.25  15:51:27</t>
   </si>
   <si>
-    <t>7180Про розгляд клопотання громадянина Яковлєва Віктора Юрійовича</t>
+    <t>ID - 7180,  Про розгляд клопотання громадянина Яковлєва Віктора Юрійовича</t>
   </si>
   <si>
     <t>27.03.25  15:53:16</t>
   </si>
   <si>
     <t>27.03.25  15:56:05</t>
   </si>
   <si>
-    <t>7182Про припинення права оренди земельної ділянки з кадастровим номером 4624886600:02:000:0058</t>
-[...1 lines deleted...]
-  <si>
     <t>27.03.25  15:56:54</t>
   </si>
   <si>
-    <t>7183Про розгляд клопотання громадянина Цюприка Василя Михайловича</t>
+    <t>ID - 7183,  Про розгляд клопотання громадянина Цюприка Василя Михайловича</t>
   </si>
   <si>
     <t>27.03.25  15:57:55</t>
   </si>
   <si>
-    <t>7184Про розгляд клопотання громадянки Стронської Ірини Володимирівни  </t>
+    <t>ID - 7184,  Про розгляд клопотання громадянки Стронської Ірини Володимирівни  </t>
   </si>
   <si>
     <t>27.03.25  15:59:01</t>
   </si>
   <si>
-    <t>7185Про припинення права оренди земельної ділянки з кадастровим номером 4611800000:02:005:0041</t>
-[...1 lines deleted...]
-  <si>
     <t>27.03.25  15:59:57</t>
   </si>
   <si>
-    <t>7186Про розгляд клопотання Акціонерного товариства комерційний банк «ПриватБанк»</t>
+    <t>ID - 7186,  Про розгляд клопотання Акціонерного товариства комерційний банк «ПриватБанк»</t>
   </si>
   <si>
     <t>27.03.25  16:01:06</t>
   </si>
   <si>
     <t>27.03.25  16:02:22</t>
   </si>
   <si>
     <t>27.03.25  16:03:53</t>
   </si>
   <si>
-    <t>7189Про розгляд клопотання фізичної особи – підприємця Яциків Оксани Михайлівни</t>
+    <t>ID - 7189,  Про розгляд клопотання фізичної особи – підприємця Яциків Оксани Михайлівни</t>
   </si>
   <si>
     <t>27.03.25  16:05:33</t>
   </si>
   <si>
-    <t>7190Про внесення змiн в рішення Червоноградської мiської ради від 15.08.2024 № 2834</t>
+    <t>ID - 7190,  Про внесення змiн в рішення Червоноградської мiської ради від 15.08.2024 № 2834</t>
   </si>
   <si>
     <t>27.03.25  16:06:28</t>
   </si>
   <si>
-    <t>7191Про розгляд клопотання громадянки Ткач Віри Анатоліївни</t>
+    <t>ID - 7191,  Про розгляд клопотання громадянки Ткач Віри Анатоліївни</t>
   </si>
   <si>
     <t>27.03.25  16:07:15</t>
   </si>
   <si>
-    <t>7192Про розгляд клопотання громадянина Пелеха Романа Ярославовича</t>
+    <t>ID - 7192,  Про розгляд клопотання громадянина Пелеха Романа Ярославовича</t>
   </si>
   <si>
     <t>27.03.25  16:07:37</t>
   </si>
   <si>
-    <t>7193Про розгляд клопотання громадянина Пелеха Романа Ярославовича</t>
+    <t>ID - 7193,  Про розгляд клопотання громадянина Пелеха Романа Ярославовича</t>
   </si>
   <si>
     <t>27.03.25  16:08:20</t>
   </si>
   <si>
-    <t>7194Внести правки - про що було повідослено листом</t>
+    <t>ID - 7194,  Внести правки - про що було повідослено листом</t>
   </si>
   <si>
     <t>27.03.25  16:08:50</t>
   </si>
   <si>
-    <t>7195Про розгляд клопотання громадянина Пелеха Романа Ярославовича</t>
+    <t>ID - 7195,  Про розгляд клопотання громадянина Пелеха Романа Ярославовича</t>
   </si>
   <si>
     <t>27.03.25  16:09:40</t>
   </si>
   <si>
-    <t>7196Про розгляд клопотання громадянина Яріша Богдана Володимировича</t>
+    <t>ID - 7196,  Про розгляд клопотання громадянина Яріша Богдана Володимировича</t>
   </si>
   <si>
     <t>27.03.25  16:10:09</t>
   </si>
   <si>
-    <t>7197Додати - про що його було повідомлено листом</t>
+    <t>ID - 7197,  Додати - про що його було повідомлено листом</t>
   </si>
   <si>
     <t>27.03.25  16:10:40</t>
   </si>
   <si>
-    <t>7198Про розгляд клопотання громадянина Яріша Богдана Володимировича</t>
+    <t>ID - 7198,  Про розгляд клопотання громадянина Яріша Богдана Володимировича</t>
   </si>
   <si>
     <t>27.03.25  16:11:56</t>
   </si>
   <si>
-    <t>7199Про розгляд клопотання громадянина Воляника Сергія Івановича</t>
+    <t>ID - 7199,  Про розгляд клопотання громадянина Воляника Сергія Івановича</t>
   </si>
   <si>
     <t>27.03.25  16:13:40</t>
   </si>
   <si>
     <t>27.03.25  16:15:19</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>27.03.25  16:16:56</t>
   </si>
   <si>
     <t>27.03.25  16:18:46</t>
   </si>
   <si>
     <t>27.03.25  16:31:57</t>
   </si>
   <si>
-    <t>7204Внести правку в сумі</t>
+    <t>ID - 7204,  Внести правку в сумі</t>
   </si>
   <si>
     <t>27.03.25  16:32:26</t>
   </si>
   <si>
     <t>27.03.25  16:34:03</t>
   </si>
   <si>
     <t>27.03.25  16:35:54</t>
   </si>
   <si>
     <t>27.03.25  16:37:29</t>
   </si>
   <si>
     <t>27.03.25  16:38:29</t>
   </si>
   <si>
-    <t>7209Про внесення змiн в рішення Шептицької мiської ради</t>
+    <t>ID - 7209,  Про внесення змiн в рішення Шептицької мiської ради</t>
   </si>
   <si>
     <t>27.03.25  16:39:17</t>
   </si>
   <si>
-    <t>7210Про розгляд клопотання громадянина Прокуди Геннадія Івановича</t>
+    <t>ID - 7210,  Про розгляд клопотання громадянина Прокуди Геннадія Івановича</t>
   </si>
   <si>
     <t>27.03.25  16:39:52</t>
   </si>
   <si>
     <t>27.03.25  16:42:11</t>
   </si>
   <si>
-    <t>7212внести правки озвучені Надільна Г.В.</t>
+    <t>ID - 7212,  внести правки озвучені Надільна Г.В.</t>
   </si>
   <si>
     <t>27.03.25  16:42:40</t>
   </si>
   <si>
     <t>27.03.25  16:43:15</t>
   </si>
   <si>
     <t>27.03.25  16:44:58</t>
   </si>
   <si>
-    <t>7215Внести правки озвучені Надільною Г. В. </t>
+    <t>ID - 7215,  Внести правки озвучені Надільною Г. В. </t>
   </si>
   <si>
     <t>27.03.25  16:45:27</t>
   </si>
   <si>
     <t>27.03.25  16:46:18</t>
   </si>
   <si>
-    <t>7217Про розгляд клопотання громадянина Гербуленка Олександра Валерійовича</t>
+    <t>ID - 7217,  Про розгляд клопотання громадянина Гербуленка Олександра Валерійовича</t>
   </si>
   <si>
     <t>27.03.25  16:49:44</t>
   </si>
   <si>
-    <t>7218Про розгляд клопотання громадянки Дмитров Наталії Володимирівни</t>
+    <t>ID - 7218,  Про розгляд клопотання громадянки Дмитров Наталії Володимирівни</t>
   </si>
   <si>
     <t>27.03.25  16:50:43</t>
   </si>
   <si>
-    <t>7219Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
-[...1 lines deleted...]
-  <si>
     <t>27.03.25  16:52:15</t>
   </si>
   <si>
-    <t>7220Про розгляд клопотання громадянки Бойко Надії Михайлівни</t>
+    <t>ID - 7220,  Про розгляд клопотання громадянки Бойко Надії Михайлівни</t>
   </si>
   <si>
     <t>27.03.25  16:53:35</t>
   </si>
   <si>
     <t>27.03.25  16:54:46</t>
   </si>
   <si>
-    <t>7222Про розгляд клопотання громадянина Ярмольського Володимира Володимировича</t>
+    <t>ID - 7222,  Про розгляд клопотання громадянина Ярмольського Володимира Володимировича</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>27.03.25  16:57:09</t>
   </si>
   <si>
     <t>27.03.25  16:58:31</t>
   </si>
   <si>
     <t>27.03.25  16:59:51</t>
   </si>
   <si>
     <t>27.03.25  17:02:17</t>
   </si>
   <si>
     <t>27.03.25  17:03:35</t>
   </si>
   <si>
-    <t>7227Про розгляд клопотання Фермерського господарства «ГАЗДА»</t>
+    <t>ID - 7227,  Про розгляд клопотання Фермерського господарства «ГАЗДА»</t>
   </si>
   <si>
     <t>27.03.25  17:06:52</t>
   </si>
   <si>
     <t>27.03.25  17:07:20</t>
   </si>
   <si>
     <t>27.03.25  17:08:47</t>
   </si>
   <si>
     <t>27.03.25  17:10:07</t>
   </si>
   <si>
-    <t>7232Про розгляд клопотання громадянки Гусар Марії Лаврентіївни</t>
+    <t>ID - 7232,  Про розгляд клопотання громадянки Гусар Марії Лаврентіївни</t>
   </si>
   <si>
     <t>27.03.25  17:13:57</t>
   </si>
   <si>
-    <t>7233Про розгляд клопотання громадянина Васка Григорія Михайловича</t>
+    <t>ID - 7233,  Про розгляд клопотання громадянина Васка Григорія Михайловича</t>
   </si>
   <si>
     <t>За: 5</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>27.03.25  17:14:44</t>
   </si>
   <si>
-    <t>7234Про надання одноразової грошової допомоги</t>
+    <t>ID - 7234,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>27.03.25  17:18:13</t>
   </si>
   <si>
-    <t>7235Внести в список осіб озвучених Курівчак Н. М. </t>
+    <t>ID - 7235,  Внести в список осіб озвучених Курівчак Н. М. </t>
   </si>
   <si>
     <t>27.03.25  17:20:47</t>
   </si>
   <si>
-    <t>7236Про надання одноразової грошової допомоги</t>
+    <t>ID - 7236,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 124</t>
   </si>
   <si>
     <t>За: 135</t>
   </si>
   <si>
     <t>За: 123</t>
   </si>
   <si>
     <t>За: 111</t>
   </si>
   <si>
     <t>За: 127</t>
   </si>
   <si>
     <t>За: 57</t>
   </si>
   <si>
     <t>За: 122</t>
   </si>
   <si>
     <t>За: 115</t>
   </si>
@@ -1173,51 +1161,51 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="51"/>
+    <col min="45" max="45" width="53"/>
     <col min="46" max="46" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -1320,51 +1308,51 @@
       <c r="AP1" t="s" s="3">
         <v>38</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>7095Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 7095,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>46</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1742,51 +1730,51 @@
       <c r="AP4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>7099ПРАВКИ ДО РІШЕННЯ   1. Виділити кошти в сумі 253,2 тис.грн на перевезення членів добровільного формування територіальної громади «Кристинопіль» до місць несіння служби територіальної оборони та харчування членів ДФТГ безпосередньо на місці служби, в тому числі за рахунок: -    субвенції Белзької міської територіальної громади в сумі 100,0 тис.грн; -    субвенції Добротвірської селищної громади в сумі 53,2тис.грн; -    коштів місцевого бюджету в сумі 100,0 тис.грн. 2. На виконання рішення суду для виплати середнього заробітку на час проходження військової служби під час мобілізації Кантора Ігоря Івановича у період воєнного стану з 19.07.2022 пропонується перемістити 464,5 тис.грн з оплати праці закладів загальної середньої освіти на оплату праці по апарату відділу освіти. 3.  Пропонується внести зміни до «Програми благоустрою населених пунктів Червоноградської міської територіальної громади на 2025 рік» перемістивши кошти передбачені  КП «Комунальник»: - з завдання «проведення вуличного освітлення присілку Зарудні с.Сілець» на завдання «забезпечення</t>
+          <t>ID - 7099,  ПРАВКИ ДО РІШЕННЯ   1. Виділити кошти в сумі 253,2 тис.грн на перевезення членів добровільного формування територіальної громади «Кристинопіль» до місць несіння служби територіальної оборони та харчування членів ДФТГ безпосередньо на місці служби, в тому числі за рахунок: -    субвенції Белзької міської територіальної громади в сумі 100,0 тис.грн; -    субвенції Добротвірської селищної громади в сумі 53,2тис.грн; -    коштів місцевого бюджету в сумі 100,0 тис.грн. 2. На виконання рішення суду для виплати середнього заробітку на час проходження військової служби під час мобілізації Кантора Ігоря Івановича у період воєнного стану з 19.07.2022 пропонується перемістити 464,5 тис.грн з оплати праці закладів загальної середньої освіти на оплату праці по апарату відділу освіти. 3.  Пропонується внести зміни до «Програми благоустрою населених пунктів Червоноградської міської територіальної громади на 2025 рік» перемістивши кошти передбачені  КП «Комунальник»: - з завдання «проведення вуличного освітлення присілку Зарудні с.Сілець» на завдання «забезпечення</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>61</v>
       </c>
       <c r="E5" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>62</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>48</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>50</v>
@@ -1884,51 +1872,51 @@
       <c r="AP5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>7100Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7100,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>64</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>48</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>50</v>
@@ -2026,51 +2014,51 @@
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>7101Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
+          <t>ID - 7101,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>64</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>50</v>
@@ -2308,51 +2296,51 @@
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>7103Про погодження проекту ліквідації по об’єкту  «Ліквідація Відокремленого підрозділу «Шахта «Велико-мостівська» ДП «Львіввугілля», що розташована в   м. Червоноград, вул. Львівська, 61, Червоно-радського району Львівської області. Реконструкція»</t>
+          <t>ID - 7103,  Про погодження проекту ліквідації по об’єкту  «Ліквідація Відокремленого підрозділу «Шахта «Велико-мостівська» ДП «Львіввугілля», що розташована в   м. Червоноград, вул. Львівська, 61, Червоно-радського району Львівської області. Реконструкція»</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>69</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2450,51 +2438,51 @@
       <c r="AP9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>70</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>7104Про виконання місцевих  цільових програм за 2024 рік  по УДКСУ у м.Червонограді та ГУ ДПС у Львівській області</t>
+          <t>ID - 7104,  Про виконання місцевих  цільових програм за 2024 рік  по УДКСУ у м.Червонограді та ГУ ДПС у Львівській області</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>69</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>48</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>50</v>
@@ -2592,51 +2580,51 @@
       <c r="AP10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>7105Про виконання місцевих  цільових програм пов’язаних з економічною діяльністю за 2024 рік </t>
+          <t>ID - 7105,  Про виконання місцевих  цільових програм пов’язаних з економічною діяльністю за 2024 рік </t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>55</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>48</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>50</v>
@@ -2734,51 +2722,51 @@
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>7106Про затвердження Програми комп’ютеризації закладів загальної середньої освіти на 2025 рік</t>
+          <t>ID - 7106,  Про затвердження Програми комп’ютеризації закладів загальної середньої освіти на 2025 рік</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>64</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>50</v>
@@ -3296,51 +3284,51 @@
       <c r="AP15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>7110Про виконання місцевої цільової Програми підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2024 рiк</t>
+          <t>ID - 7110,  Про виконання місцевої цільової Програми підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2024 рiк</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>55</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>48</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>50</v>
@@ -3718,51 +3706,51 @@
       <c r="AP18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>84</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>7113Про затвердження змін до  плану дiяльностi Шептицької мiської ради з пiдготовки проєктiв регуляторних актiв на 2025 рiк</t>
+          <t>ID - 7113,  Про затвердження змін до  плану дiяльностi Шептицької мiської ради з пiдготовки проєктiв регуляторних актiв на 2025 рiк</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>48</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
@@ -3860,51 +3848,51 @@
       <c r="AP19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>85</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>7114Про внесення змін до рішення Червоноградської міської ради від 11.07.2024 №2746 «Про  встановлення земельного податку на території  Червоноградської міської територіальної громади»</t>
+          <t>ID - 7114,  Про внесення змін до рішення Червоноградської міської ради від 11.07.2024 №2746 «Про  встановлення земельного податку на території  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>54</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>64</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>48</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -4142,51 +4130,51 @@
       <c r="AP21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>7116Про внесення змін до рішення Червоноградської міської ради від 11.07.2024 №2746 «Про  встановлення земельного податку на території  Червоноградської міської територіальної громади»</t>
+          <t>ID - 7116,  Про внесення змін до рішення Червоноградської міської ради від 11.07.2024 №2746 «Про  встановлення земельного податку на території  Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>58</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>89</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22" t="s">
         <v>48</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
@@ -4564,51 +4552,51 @@
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>96</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>7119Про затвердження переліку базової мережі закладів культури Шептицької  міської ради</t>
+          <t>ID - 7119,  Про затвердження переліку базової мережі закладів культури Шептицької  міської ради</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>46</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>48</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
@@ -4706,51 +4694,51 @@
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>97</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>7120Про затвердження структури та штатної чисельності працівників Комунального закладу Шептицької  міської ради «Будинок воїна»</t>
+          <t>ID - 7120,  Про затвердження структури та штатної чисельності працівників Комунального закладу Шептицької  міської ради «Будинок воїна»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>54</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>55</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>48</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
@@ -4988,51 +4976,51 @@
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>100</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>7122Про затвердження структури та штатної чисельності працівників Комунального закладу Шептицької  міської ради «Будинок воїна»</t>
+          <t>ID - 7122,  Про затвердження структури та штатної чисельності працівників Комунального закладу Шептицької  міської ради «Будинок воїна»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>58</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>69</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>48</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -5268,52 +5256,54 @@
         <v>49</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
-      <c r="C30" t="s" s="4">
-        <v>104</v>
+      <c r="C30" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7124,  Про виконання місцевих програм в галузі соціального захисту населення за 2024 рік </t>
+        </is>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>48</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
       </c>
@@ -5406,54 +5396,54 @@
       </c>
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>104</v>
+      </c>
+      <c r="C31" t="s" s="4">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D31" t="s">
         <v>54</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
       </c>
@@ -5546,54 +5536,54 @@
       </c>
       <c r="AO31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>106</v>
+      </c>
+      <c r="C32" t="s" s="4">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D32" t="s">
         <v>61</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
       <c r="F32" t="s">
         <v>64</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
         <v>48</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
       </c>
@@ -5686,54 +5676,54 @@
       </c>
       <c r="AO32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>108</v>
+      </c>
+      <c r="C33" t="s" s="4">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D33" t="s">
         <v>58</v>
       </c>
       <c r="E33" t="s">
         <v>45</v>
       </c>
       <c r="F33" t="s">
         <v>64</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>48</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
       </c>
@@ -5826,55 +5816,55 @@
       </c>
       <c r="AO33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>7128Про затвердження статуту «Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради» у новій редакції у зв’язку з розширенням статутної діяльності</t>
+          <t>ID - 7128,  Про затвердження статуту «Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради» у новій редакції у зв’язку з розширенням статутної діяльності</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
       <c r="F34" t="s">
         <v>55</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>48</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>51</v>
@@ -5968,55 +5958,55 @@
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>7129Про схвалення та підписання Меморандуму про співробітництво територіальних громад у формі партнерства між Шептицькою міською радою та Покровською міською військовою адміністрацією Покровського району Донецької області</t>
+          <t>ID - 7129,  Про схвалення та підписання Меморандуму про співробітництво територіальних громад у формі партнерства між Шептицькою міською радою та Покровською міською військовою адміністрацією Покровського району Донецької області</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
       <c r="F35" t="s">
         <v>69</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>48</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
@@ -6110,54 +6100,54 @@
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>112</v>
+      </c>
+      <c r="C36" t="s" s="4">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>45</v>
       </c>
       <c r="F36" t="s">
         <v>69</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
         <v>48</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
       </c>
@@ -6250,65 +6240,65 @@
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>7131Про виконання місцевої  програми з висвітлення діяльності Червоноградської міської ради на 2024 рік</t>
+          <t>ID - 7131,  Про виконання місцевої  програми з висвітлення діяльності Червоноградської міської ради на 2024 рік</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
         <v>92</v>
       </c>
       <c r="F37" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>48</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>50</v>
       </c>
@@ -6392,55 +6382,55 @@
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>7132Про виконання місцевої  програми з висвітлення діяльності Червоноградської міської ради на 2024 рік</t>
+          <t>ID - 7132,  Про виконання місцевої  програми з висвітлення діяльності Червоноградської міської ради на 2024 рік</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38" t="s">
         <v>64</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
         <v>48</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
@@ -6534,63 +6524,63 @@
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>117</v>
+      </c>
+      <c r="C39" t="s" s="4">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D39" t="s">
         <v>44</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
       <c r="F39" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>48</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>49</v>
       </c>
@@ -6674,65 +6664,65 @@
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>7136Про  затвердження Положення, Регламенту та графіку роботи Центру надання адміністративних послуг і  віддалених робочих місць</t>
+          <t>ID - 7136,  Про  затвердження Положення, Регламенту та графіку роботи Центру надання адміністративних послуг і  віддалених робочих місць</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>44</v>
       </c>
       <c r="E40" t="s">
         <v>45</v>
       </c>
       <c r="F40" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>48</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>49</v>
       </c>
@@ -6816,55 +6806,55 @@
       </c>
       <c r="AO40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>7137Про виконання місцевих Програм «Розвитку фізичної культури та спорту» та «Місто для молоді» на 2024 рік</t>
+          <t>ID - 7137,  Про виконання місцевих Програм «Розвитку фізичної культури та спорту» та «Місто для молоді» на 2024 рік</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>44</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
       <c r="F41" t="s">
         <v>62</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
         <v>48</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>51</v>
@@ -6958,55 +6948,55 @@
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>7138Про виконання місцевої цільової Програми фінансової підтримки КП СК «Шахтар»  на 2024р. та Програми відшкодування витрат за надання послуг з безкоштовного відвідування плавального басейну КП СК `Шахтар` на 2024 рік</t>
+          <t>ID - 7138,  Про виконання місцевої цільової Програми фінансової підтримки КП СК «Шахтар»  на 2024р. та Програми відшкодування витрат за надання послуг з безкоштовного відвідування плавального басейну КП СК `Шахтар` на 2024 рік</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>44</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
       </c>
       <c r="F42" t="s">
         <v>59</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>48</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
@@ -7100,108 +7090,108 @@
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>124</v>
+      </c>
+      <c r="C43" t="s" s="4">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D43" t="s">
         <v>44</v>
       </c>
       <c r="E43" t="s">
         <v>92</v>
       </c>
       <c r="F43" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
+        <v>127</v>
+      </c>
+      <c r="I43" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="J43" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="K43" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="L43" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M43" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="N43" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="O43" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="P43" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q43" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="R43" t="s" s="5">
         <v>128</v>
       </c>
-      <c r="I43" t="s" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="S43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U43" t="s" s="5">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>49</v>
       </c>
@@ -7240,65 +7230,65 @@
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>7140Про  внесення  змін до рішення  Шептицької  міської   ради  від 20.02.2025 № 3324 «Про  розгляд клопотання Релігійної  громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України»</t>
+          <t>ID - 7140,  Про  внесення  змін до рішення  Шептицької  міської   ради  від 20.02.2025 № 3324 «Про  розгляд клопотання Релігійної  громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України»</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>44</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>48</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>49</v>
       </c>
@@ -7382,55 +7372,55 @@
       </c>
       <c r="AO44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>7141Про  врегулювання питань  господарського відання складовими  газорозподільної   системи</t>
+          <t>ID - 7141,  Про  врегулювання питань  господарського відання складовими  газорозподільної   системи</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
         <v>62</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>51</v>
@@ -7524,55 +7514,55 @@
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>7142Про   надання   дозволу  комунальному підприємству  «Комунальник»  на списання з балансу  основних засобів</t>
+          <t>ID - 7142,  Про   надання   дозволу  комунальному підприємству  «Комунальник»  на списання з балансу  основних засобів</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
         <v>62</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>51</v>
@@ -7666,55 +7656,55 @@
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>7143Про    підтвердження     факту перебування    в комунальній власності   Червоноградської міської територіальної громади об’єкта   нерухомого   майна, теплиці  по вул. Бічна Промислова,43   у м. Шептицький</t>
+          <t>ID - 7143,  Про    підтвердження     факту перебування    в комунальній власності   Червоноградської міської територіальної громади об’єкта   нерухомого   майна, теплиці  по вул. Бічна Промислова,43   у м. Шептицький</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
         <v>59</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>51</v>
@@ -7808,55 +7798,55 @@
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>7144Про    підтвердження     факту перебування    в комунальній власності   Червоноградської міської територіальної громади об’єкта   нерухомого   майна, будівлі прирельсового складу мазута і солі ОДСП-10003 по вул. Бічна Промислова,43   у м. Шептицький</t>
+          <t>ID - 7144,  Про    підтвердження     факту перебування    в комунальній власності   Червоноградської міської територіальної громади об’єкта   нерухомого   майна, будівлі прирельсового складу мазута і солі ОДСП-10003 по вул. Бічна Промислова,43   у м. Шептицький</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>44</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
         <v>62</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>51</v>
@@ -7950,55 +7940,55 @@
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>7145Про    підтвердження     факту перебування    в комунальній власності   Червоноградської міської територіальної громади об’єкта   нерухомого   майна, мазутно - насосної станції  по вул. Бічна  Промислова,43  у м. Шептицький</t>
+          <t>ID - 7145,  Про    підтвердження     факту перебування    в комунальній власності   Червоноградської міської територіальної громади об’єкта   нерухомого   майна, мазутно - насосної станції  по вул. Бічна  Промислова,43  у м. Шептицький</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>59</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>48</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>51</v>
@@ -8092,55 +8082,55 @@
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>7146Про    підтвердження     фактуперебув ання    в комунальній власності   Червоноградської міської територіальної громади об’єкта   нерухомого   майна, будівлі засувок по вул. Бічна Промислова,43   у м. Шептицький</t>
+          <t>ID - 7146,  Про    підтвердження     фактуперебув ання    в комунальній власності   Червоноградської міської територіальної громади об’єкта   нерухомого   майна, будівлі засувок по вул. Бічна Промислова,43   у м. Шептицький</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
       <c r="F50" t="s">
         <v>59</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
         <v>48</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
@@ -8234,55 +8224,55 @@
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>7147Про передачу капітальних вкладень по об’єкту «Реконструкція електричних мереж шляхом влаштування дахової сонячної електростанції на даху Онкологічного відділення (диспансер) Комунального підприємства «Центральна міська лікарня Червоно-градської міської ради» за адресою Львівська область, м. Червоноград, вул. Івасюка,2»</t>
+          <t>ID - 7147,  Про передачу капітальних вкладень по об’єкту «Реконструкція електричних мереж шляхом влаштування дахової сонячної електростанції на даху Онкологічного відділення (диспансер) Комунального підприємства «Центральна міська лікарня Червоно-градської міської ради» за адресою Львівська область, м. Червоноград, вул. Івасюка,2»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>44</v>
       </c>
       <c r="E51" t="s">
         <v>45</v>
       </c>
       <c r="F51" t="s">
         <v>46</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>51</v>
@@ -8376,65 +8366,65 @@
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>7148Про затвердження «Програми капітального будівництва Червоноградської  міської територіальної громади на 2025-2028 роки»</t>
+          <t>ID - 7148,  Про затвердження «Програми капітального будівництва Червоноградської  міської територіальної громади на 2025-2028 роки»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>44</v>
       </c>
       <c r="E52" t="s">
         <v>92</v>
       </c>
       <c r="F52" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>48</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>50</v>
       </c>
@@ -8518,55 +8508,55 @@
       </c>
       <c r="AO52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>7149Про затвердження «Програми капітального будівництва Червоноградської  міської територіальної громади на 2025-2028 роки»</t>
+          <t>ID - 7149,  Про затвердження «Програми капітального будівництва Червоноградської  міської територіальної громади на 2025-2028 роки»</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>44</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
         <v>55</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>48</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>51</v>
@@ -8660,55 +8650,55 @@
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>7150Про внесення змін у рішення Шептицької міської ради від 20.02.2025 № 3412 «Про розгляд клопотання Комунального підприємства «Червоноградтеплокомуненерго» та Товариства з обмеженою відповідальністю «АЛЬТЕРЕНЕРГО ЗАХІД»»</t>
+          <t>ID - 7150,  Про внесення змін у рішення Шептицької міської ради від 20.02.2025 № 3412 «Про розгляд клопотання Комунального підприємства «Червоноградтеплокомуненерго» та Товариства з обмеженою відповідальністю «АЛЬТЕРЕНЕРГО ЗАХІД»»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>44</v>
       </c>
       <c r="E54" t="s">
         <v>45</v>
       </c>
       <c r="F54" t="s">
         <v>59</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
         <v>48</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
@@ -8802,71 +8792,71 @@
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>7151Про розгляд клопотання Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради»</t>
+          <t>ID - 7151,  Про розгляд клопотання Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради»</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>44</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
       <c r="F55" t="s">
         <v>59</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>51</v>
       </c>
@@ -8909,90 +8899,90 @@
       <c r="AC55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK55" t="s" s="5">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AL55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>7152Про розгляд клопотання Товариства з обмеженою відповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права оренди земельної ділянки</t>
+          <t>ID - 7152,  Про розгляд клопотання Товариства з обмеженою відповідальністю «ЕКО-ТЕХРЕСУРС» про припинення права оренди земельної ділянки</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>44</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
         <v>55</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>48</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>51</v>
@@ -9086,55 +9076,55 @@
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>7153Про розгляд клопотання Товариства з обмеженоютвідповідальністю «ЕКО-ТЕХРЕСУРС» про надання в оренду земельної ділянки</t>
+          <t>ID - 7153,  Про розгляд клопотання Товариства з обмеженоютвідповідальністю «ЕКО-ТЕХРЕСУРС» про надання в оренду земельної ділянки</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>44</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="F57" t="s">
         <v>55</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
         <v>48</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>51</v>
@@ -9228,54 +9218,54 @@
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>144</v>
+      </c>
+      <c r="C58" t="s" s="4">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D58" t="s">
         <v>44</v>
       </c>
       <c r="E58" t="s">
         <v>45</v>
       </c>
       <c r="F58" t="s">
         <v>46</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
         <v>48</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
       </c>
@@ -9368,54 +9358,54 @@
       </c>
       <c r="AO58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>146</v>
+      </c>
+      <c r="C59" t="s" s="4">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D59" t="s">
         <v>44</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
         <v>46</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
         <v>48</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
       </c>
@@ -9508,54 +9498,54 @@
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>148</v>
+      </c>
+      <c r="C60" t="s" s="4">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D60" t="s">
         <v>44</v>
       </c>
       <c r="E60" t="s">
         <v>45</v>
       </c>
       <c r="F60" t="s">
         <v>59</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
         <v>48</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
       </c>
@@ -9648,54 +9638,54 @@
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>150</v>
+      </c>
+      <c r="C61" t="s" s="4">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D61" t="s">
         <v>44</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>59</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>48</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>51</v>
       </c>
@@ -9788,54 +9778,54 @@
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>152</v>
+      </c>
+      <c r="C62" t="s" s="4">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
         <v>45</v>
       </c>
       <c r="F62" t="s">
         <v>46</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>51</v>
       </c>
@@ -9928,54 +9918,54 @@
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>154</v>
+      </c>
+      <c r="C63" t="s" s="4">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D63" t="s">
         <v>44</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
         <v>59</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
       </c>
@@ -10068,55 +10058,55 @@
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
-          <t>7160Про розгляд клопотання громадян Дубецького Михайла Євгенійовича та Дубецької Валентини Власівни</t>
+          <t>ID - 7160,  Про розгляд клопотання громадян Дубецького Михайла Євгенійовича та Дубецької Валентини Власівни</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>44</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
         <v>55</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>48</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>51</v>
@@ -10210,54 +10200,54 @@
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>157</v>
+      </c>
+      <c r="C65" t="s" s="4">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D65" t="s">
         <v>44</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
         <v>46</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
         <v>48</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
       </c>
@@ -10350,54 +10340,54 @@
       </c>
       <c r="AO65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>159</v>
+      </c>
+      <c r="C66" t="s" s="4">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D66" t="s">
         <v>44</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
       <c r="F66" t="s">
         <v>55</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>51</v>
       </c>
@@ -10490,54 +10480,54 @@
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>161</v>
+      </c>
+      <c r="C67" t="s" s="4">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
         <v>46</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>51</v>
       </c>
@@ -10630,54 +10620,54 @@
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>163</v>
+      </c>
+      <c r="C68" t="s" s="4">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D68" t="s">
         <v>44</v>
       </c>
       <c r="E68" t="s">
         <v>45</v>
       </c>
       <c r="F68" t="s">
         <v>46</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
         <v>48</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10770,54 +10760,54 @@
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>165</v>
+      </c>
+      <c r="C69" t="s" s="4">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69" t="s">
         <v>45</v>
       </c>
       <c r="F69" t="s">
         <v>46</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>48</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
       </c>
@@ -10910,54 +10900,54 @@
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>167</v>
+      </c>
+      <c r="C70" t="s" s="4">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D70" t="s">
         <v>44</v>
       </c>
       <c r="E70" t="s">
         <v>45</v>
       </c>
       <c r="F70" t="s">
         <v>46</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
         <v>48</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>
       </c>
@@ -11050,54 +11040,54 @@
       </c>
       <c r="AO70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>169</v>
+      </c>
+      <c r="C71" t="s" s="4">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D71" t="s">
         <v>44</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>46</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>51</v>
       </c>
@@ -11190,54 +11180,54 @@
       </c>
       <c r="AO71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>171</v>
+      </c>
+      <c r="C72" t="s" s="4">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D72" t="s">
         <v>44</v>
       </c>
       <c r="E72" t="s">
         <v>45</v>
       </c>
       <c r="F72" t="s">
         <v>46</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>51</v>
       </c>
@@ -11330,54 +11320,54 @@
       </c>
       <c r="AO72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>173</v>
+      </c>
+      <c r="C73" t="s" s="4">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="D73" t="s">
         <v>44</v>
       </c>
       <c r="E73" t="s">
         <v>45</v>
       </c>
       <c r="F73" t="s">
         <v>46</v>
       </c>
       <c r="G73" t="s">
         <v>47</v>
       </c>
       <c r="H73" t="s">
         <v>48</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11470,54 +11460,54 @@
       </c>
       <c r="AO73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>175</v>
+      </c>
+      <c r="C74" t="s" s="4">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D74" t="s">
         <v>44</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>46</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>48</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
       </c>
@@ -11610,55 +11600,55 @@
       </c>
       <c r="AO74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
-          <t>7171Про розгляд клопотання громадянки Баран Марії Іванівни про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 7171,  Про розгляд клопотання громадянки Баран Марії Іванівни про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
         <v>59</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>48</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
@@ -11752,54 +11742,54 @@
       </c>
       <c r="AO75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>178</v>
+      </c>
+      <c r="C76" t="s" s="4">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
       <c r="F76" t="s">
         <v>46</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>48</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
       </c>
@@ -11892,54 +11882,54 @@
       </c>
       <c r="AO76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>180</v>
+      </c>
+      <c r="C77" t="s" s="4">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D77" t="s">
         <v>44</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
         <v>46</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>48</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>51</v>
       </c>
@@ -12032,54 +12022,54 @@
       </c>
       <c r="AO77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>182</v>
+      </c>
+      <c r="C78" t="s" s="4">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D78" t="s">
         <v>44</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
         <v>59</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
       </c>
@@ -12172,63 +12162,63 @@
       </c>
       <c r="AO78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>184</v>
+      </c>
+      <c r="C79" t="s" s="4">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
         <v>45</v>
       </c>
       <c r="F79" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G79" t="s">
         <v>47</v>
       </c>
       <c r="H79" t="s">
         <v>48</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>49</v>
       </c>
@@ -12312,63 +12302,63 @@
       </c>
       <c r="AO79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>187</v>
+      </c>
+      <c r="C80" t="s" s="4">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="D80" t="s">
         <v>44</v>
       </c>
       <c r="E80" t="s">
         <v>45</v>
       </c>
       <c r="F80" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G80" t="s">
         <v>47</v>
       </c>
       <c r="H80" t="s">
         <v>48</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>49</v>
       </c>
@@ -12452,54 +12442,54 @@
       </c>
       <c r="AO80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>189</v>
+      </c>
+      <c r="C81" t="s" s="4">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D81" t="s">
         <v>44</v>
       </c>
       <c r="E81" t="s">
         <v>45</v>
       </c>
       <c r="F81" t="s">
         <v>59</v>
       </c>
       <c r="G81" t="s">
         <v>47</v>
       </c>
       <c r="H81" t="s">
         <v>48</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>51</v>
       </c>
@@ -12592,54 +12582,54 @@
       </c>
       <c r="AO81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>191</v>
+      </c>
+      <c r="C82" t="s" s="4">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D82" t="s">
         <v>44</v>
       </c>
       <c r="E82" t="s">
         <v>45</v>
       </c>
       <c r="F82" t="s">
         <v>62</v>
       </c>
       <c r="G82" t="s">
         <v>47</v>
       </c>
       <c r="H82" t="s">
         <v>48</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>51</v>
       </c>
@@ -12732,54 +12722,54 @@
       </c>
       <c r="AO82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>193</v>
+      </c>
+      <c r="C83" t="s" s="4">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D83" t="s">
         <v>44</v>
       </c>
       <c r="E83" t="s">
         <v>45</v>
       </c>
       <c r="F83" t="s">
         <v>62</v>
       </c>
       <c r="G83" t="s">
         <v>47</v>
       </c>
       <c r="H83" t="s">
         <v>48</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>51</v>
       </c>
@@ -12872,54 +12862,54 @@
       </c>
       <c r="AO83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
+        <v>195</v>
+      </c>
+      <c r="C84" t="s" s="4">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D84" t="s">
         <v>44</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
       <c r="F84" t="s">
         <v>59</v>
       </c>
       <c r="G84" t="s">
         <v>47</v>
       </c>
       <c r="H84" t="s">
         <v>48</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>51</v>
       </c>
@@ -13012,65 +13002,65 @@
       </c>
       <c r="AO84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>7181Про розроблення проєкту землеустрою щодо зміни цільового призначення земельної ділянки з кадастровим номером 4611800000:03:004:0031</t>
+          <t>ID - 7181,  Про розроблення проєкту землеустрою щодо зміни цільового призначення земельної ділянки з кадастровим номером 4611800000:03:004:0031</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>44</v>
       </c>
       <c r="E85" t="s">
         <v>45</v>
       </c>
       <c r="F85" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G85" t="s">
         <v>47</v>
       </c>
       <c r="H85" t="s">
         <v>48</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>49</v>
       </c>
@@ -13154,69 +13144,71 @@
       </c>
       <c r="AO85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>198</v>
+      </c>
+      <c r="C86" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7182,  Про припинення права оренди земельної ділянки з кадастровим номером 4624886600:02:000:0058</t>
+        </is>
       </c>
       <c r="D86" t="s">
         <v>44</v>
       </c>
       <c r="E86" t="s">
         <v>45</v>
       </c>
       <c r="F86" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G86" t="s">
         <v>47</v>
       </c>
       <c r="H86" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P86" t="s" s="5">
         <v>51</v>
       </c>
@@ -13259,89 +13251,89 @@
       <c r="AC86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK86" t="s" s="5">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AL86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C87" t="s" s="4">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D87" t="s">
         <v>44</v>
       </c>
       <c r="E87" t="s">
         <v>45</v>
       </c>
       <c r="F87" t="s">
         <v>59</v>
       </c>
       <c r="G87" t="s">
         <v>47</v>
       </c>
       <c r="H87" t="s">
         <v>48</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>51</v>
       </c>
@@ -13434,63 +13426,63 @@
       </c>
       <c r="AO87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C88" t="s" s="4">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D88" t="s">
         <v>44</v>
       </c>
       <c r="E88" t="s">
         <v>45</v>
       </c>
       <c r="F88" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G88" t="s">
         <v>47</v>
       </c>
       <c r="H88" t="s">
         <v>48</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>49</v>
       </c>
@@ -13574,63 +13566,65 @@
       </c>
       <c r="AO88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>203</v>
+      </c>
+      <c r="C89" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7185,  Про припинення права оренди земельної ділянки з кадастровим номером 4611800000:02:005:0041</t>
+        </is>
       </c>
       <c r="D89" t="s">
         <v>44</v>
       </c>
       <c r="E89" t="s">
         <v>45</v>
       </c>
       <c r="F89" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G89" t="s">
         <v>47</v>
       </c>
       <c r="H89" t="s">
         <v>48</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>49</v>
       </c>
@@ -13714,54 +13708,54 @@
       </c>
       <c r="AO89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D90" t="s">
         <v>44</v>
       </c>
       <c r="E90" t="s">
         <v>45</v>
       </c>
       <c r="F90" t="s">
         <v>62</v>
       </c>
       <c r="G90" t="s">
         <v>47</v>
       </c>
       <c r="H90" t="s">
         <v>48</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>51</v>
       </c>
@@ -13854,65 +13848,65 @@
       </c>
       <c r="AO90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>7187Про розгляд клопотання Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради»</t>
+          <t>ID - 7187,  Про розгляд клопотання Комунального некомерційного підприємства «Центральна міська лікарня Шептицької міської ради»</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>44</v>
       </c>
       <c r="E91" t="s">
         <v>45</v>
       </c>
       <c r="F91" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G91" t="s">
         <v>47</v>
       </c>
       <c r="H91" t="s">
         <v>48</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>49</v>
       </c>
@@ -13996,55 +13990,55 @@
       </c>
       <c r="AO91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>7188Про розгляд клопотання Відділу капітального будівництва та інвестицій Шептицької міської ради</t>
+          <t>ID - 7188,  Про розгляд клопотання Відділу капітального будівництва та інвестицій Шептицької міської ради</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>44</v>
       </c>
       <c r="E92" t="s">
         <v>45</v>
       </c>
       <c r="F92" t="s">
         <v>62</v>
       </c>
       <c r="G92" t="s">
         <v>47</v>
       </c>
       <c r="H92" t="s">
         <v>48</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>51</v>
@@ -14138,54 +14132,54 @@
       </c>
       <c r="AO92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D93" t="s">
         <v>44</v>
       </c>
       <c r="E93" t="s">
         <v>45</v>
       </c>
       <c r="F93" t="s">
         <v>62</v>
       </c>
       <c r="G93" t="s">
         <v>47</v>
       </c>
       <c r="H93" t="s">
         <v>48</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>51</v>
       </c>
@@ -14278,54 +14272,54 @@
       </c>
       <c r="AO93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D94" t="s">
         <v>44</v>
       </c>
       <c r="E94" t="s">
         <v>45</v>
       </c>
       <c r="F94" t="s">
         <v>59</v>
       </c>
       <c r="G94" t="s">
         <v>47</v>
       </c>
       <c r="H94" t="s">
         <v>48</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>51</v>
       </c>
@@ -14418,54 +14412,54 @@
       </c>
       <c r="AO94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D95" t="s">
         <v>44</v>
       </c>
       <c r="E95" t="s">
         <v>45</v>
       </c>
       <c r="F95" t="s">
         <v>62</v>
       </c>
       <c r="G95" t="s">
         <v>47</v>
       </c>
       <c r="H95" t="s">
         <v>48</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>51</v>
       </c>
@@ -14558,63 +14552,63 @@
       </c>
       <c r="AO95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C96" t="s" s="4">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D96" t="s">
         <v>44</v>
       </c>
       <c r="E96" t="s">
         <v>92</v>
       </c>
       <c r="F96" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G96" t="s">
         <v>47</v>
       </c>
       <c r="H96" t="s">
         <v>48</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>50</v>
       </c>
@@ -14698,54 +14692,54 @@
       </c>
       <c r="AO96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C97" t="s" s="4">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D97" t="s">
         <v>54</v>
       </c>
       <c r="E97" t="s">
         <v>45</v>
       </c>
       <c r="F97" t="s">
         <v>62</v>
       </c>
       <c r="G97" t="s">
         <v>47</v>
       </c>
       <c r="H97" t="s">
         <v>48</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>51</v>
       </c>
@@ -14838,63 +14832,63 @@
       </c>
       <c r="AO97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C98" t="s" s="4">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D98" t="s">
         <v>61</v>
       </c>
       <c r="E98" t="s">
         <v>45</v>
       </c>
       <c r="F98" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G98" t="s">
         <v>47</v>
       </c>
       <c r="H98" t="s">
         <v>48</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>50</v>
       </c>
@@ -14978,54 +14972,54 @@
       </c>
       <c r="AO98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C99" t="s" s="4">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D99" t="s">
         <v>58</v>
       </c>
       <c r="E99" t="s">
         <v>45</v>
       </c>
       <c r="F99" t="s">
         <v>62</v>
       </c>
       <c r="G99" t="s">
         <v>47</v>
       </c>
       <c r="H99" t="s">
         <v>48</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
       </c>
@@ -15118,63 +15112,63 @@
       </c>
       <c r="AO99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C100" t="s" s="4">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D100" t="s">
         <v>54</v>
       </c>
       <c r="E100" t="s">
         <v>45</v>
       </c>
       <c r="F100" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G100" t="s">
         <v>47</v>
       </c>
       <c r="H100" t="s">
         <v>48</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>50</v>
       </c>
@@ -15258,63 +15252,63 @@
       </c>
       <c r="AO100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C101" t="s" s="4">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D101" t="s">
         <v>61</v>
       </c>
       <c r="E101" t="s">
         <v>45</v>
       </c>
       <c r="F101" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G101" t="s">
         <v>47</v>
       </c>
       <c r="H101" t="s">
         <v>48</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>50</v>
       </c>
@@ -15398,63 +15392,63 @@
       </c>
       <c r="AO101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D102" t="s">
         <v>58</v>
       </c>
       <c r="E102" t="s">
         <v>45</v>
       </c>
       <c r="F102" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G102" t="s">
         <v>47</v>
       </c>
       <c r="H102" t="s">
         <v>48</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>50</v>
       </c>
@@ -15538,54 +15532,54 @@
       </c>
       <c r="AO102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C103" t="s" s="4">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D103" t="s">
         <v>44</v>
       </c>
       <c r="E103" t="s">
         <v>45</v>
       </c>
       <c r="F103" t="s">
         <v>62</v>
       </c>
       <c r="G103" t="s">
         <v>47</v>
       </c>
       <c r="H103" t="s">
         <v>48</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
       </c>
@@ -15678,55 +15672,55 @@
       </c>
       <c r="AO103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>7200Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами с. Бережне), кадастровий номер земельної ділянки 4624884200:04:000:0119</t>
+          <t>ID - 7200,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами с. Бережне), кадастровий номер земельної ділянки 4624884200:04:000:0119</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>44</v>
       </c>
       <c r="E104" t="s">
         <v>45</v>
       </c>
       <c r="F104" t="s">
         <v>59</v>
       </c>
       <c r="G104" t="s">
         <v>47</v>
       </c>
       <c r="H104" t="s">
         <v>48</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>51</v>
@@ -15820,68 +15814,68 @@
       </c>
       <c r="AO104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>7201Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами с. Добрячин), кадастровий номер земельної ділянки 4624884200:13:000:0221</t>
+          <t>ID - 7201,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами с. Добрячин), кадастровий номер земельної ділянки 4624884200:13:000:0221</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>44</v>
       </c>
       <c r="E105" t="s">
         <v>45</v>
       </c>
       <c r="F105" t="s">
         <v>59</v>
       </c>
       <c r="G105" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="H105" t="s">
         <v>48</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O105" t="s" s="5">
         <v>49</v>
       </c>
@@ -15927,100 +15921,100 @@
       <c r="AC105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK105" t="s" s="5">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="AL105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>7202Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Острів, Шептицького району, Львівської області, кадастровий номер земельної ділянки 4624884200:21:008:0179</t>
+          <t>ID - 7202,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Острів, Шептицького району, Львівської області, кадастровий номер земельної ділянки 4624884200:21:008:0179</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>44</v>
       </c>
       <c r="E106" t="s">
         <v>45</v>
       </c>
       <c r="F106" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G106" t="s">
         <v>47</v>
       </c>
       <c r="H106" t="s">
         <v>48</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>49</v>
       </c>
@@ -16104,55 +16098,55 @@
       </c>
       <c r="AO106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>7203Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами с. Острів), кадастровий номер земельної ділянки 4624884200:06:000:0115</t>
+          <t>ID - 7203,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами с. Острів), кадастровий номер земельної ділянки 4624884200:06:000:0115</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>54</v>
       </c>
       <c r="E107" t="s">
         <v>45</v>
       </c>
       <c r="F107" t="s">
         <v>62</v>
       </c>
       <c r="G107" t="s">
         <v>47</v>
       </c>
       <c r="H107" t="s">
         <v>48</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>51</v>
@@ -16246,63 +16240,63 @@
       </c>
       <c r="AO107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D108" t="s">
         <v>61</v>
       </c>
       <c r="E108" t="s">
         <v>45</v>
       </c>
       <c r="F108" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G108" t="s">
         <v>47</v>
       </c>
       <c r="H108" t="s">
         <v>48</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>49</v>
       </c>
@@ -16386,68 +16380,68 @@
       </c>
       <c r="AO108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
-          <t>7205Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами с. Острів), кадастровий номер земельної ділянки 4624884200:06:000:0115</t>
+          <t>ID - 7205,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами с. Острів), кадастровий номер земельної ділянки 4624884200:06:000:0115</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>58</v>
       </c>
       <c r="E109" t="s">
         <v>45</v>
       </c>
       <c r="F109" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G109" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="H109" t="s">
         <v>48</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O109" t="s" s="5">
         <v>50</v>
       </c>
@@ -16493,90 +16487,90 @@
       <c r="AC109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK109" t="s" s="5">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="AL109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>7206Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Копані, вулиця Шахтарська, Шептицького району, Львівської області, кадастровий номер земельної ділянки 4624886600:19:002:0241</t>
+          <t>ID - 7206,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в селі Сілець, присілок Копані, вулиця Шахтарська, Шептицького району, Львівської області, кадастровий номер земельної ділянки 4624886600:19:002:0241</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>44</v>
       </c>
       <c r="E110" t="s">
         <v>45</v>
       </c>
       <c r="F110" t="s">
         <v>62</v>
       </c>
       <c r="G110" t="s">
         <v>47</v>
       </c>
       <c r="H110" t="s">
         <v>48</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>51</v>
@@ -16670,55 +16664,55 @@
       </c>
       <c r="AO110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>7207Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами населеного пункту села Сілець), кадастровий номер земельної ділянки 4624886600:02:000:0039</t>
+          <t>ID - 7207,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в межах адміністративної території Шептицької міської ради (за межами населеного пункту села Сілець), кадастровий номер земельної ділянки 4624886600:02:000:0039</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>44</v>
       </c>
       <c r="E111" t="s">
         <v>45</v>
       </c>
       <c r="F111" t="s">
         <v>62</v>
       </c>
       <c r="G111" t="s">
         <v>47</v>
       </c>
       <c r="H111" t="s">
         <v>48</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>51</v>
@@ -16812,65 +16806,65 @@
       </c>
       <c r="AO111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>7208Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький на вулиці Радехівська, кадастровий номер земельної ділянки 4611800000:04:016:0061</t>
+          <t>ID - 7208,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в місті Шептицький на вулиці Радехівська, кадастровий номер земельної ділянки 4611800000:04:016:0061</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>44</v>
       </c>
       <c r="E112" t="s">
         <v>45</v>
       </c>
       <c r="F112" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G112" t="s">
         <v>47</v>
       </c>
       <c r="H112" t="s">
         <v>48</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>49</v>
       </c>
@@ -16954,54 +16948,54 @@
       </c>
       <c r="AO112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C113" t="s" s="4">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D113" t="s">
         <v>44</v>
       </c>
       <c r="E113" t="s">
         <v>45</v>
       </c>
       <c r="F113" t="s">
         <v>62</v>
       </c>
       <c r="G113" t="s">
         <v>47</v>
       </c>
       <c r="H113" t="s">
         <v>48</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>51</v>
       </c>
@@ -17094,63 +17088,63 @@
       </c>
       <c r="AO113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C114" t="s" s="4">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D114" t="s">
         <v>44</v>
       </c>
       <c r="E114" t="s">
         <v>45</v>
       </c>
       <c r="F114" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G114" t="s">
         <v>47</v>
       </c>
       <c r="H114" t="s">
         <v>48</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>49</v>
       </c>
@@ -17234,55 +17228,55 @@
       </c>
       <c r="AO114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>7211Про розгляд клопотання громадян Денеки Ігоря Миколайовича та Радзимінського Юрія Зіновійовича</t>
+          <t>ID - 7211,  Про розгляд клопотання громадян Денеки Ігоря Миколайовича та Радзимінського Юрія Зіновійовича</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>54</v>
       </c>
       <c r="E115" t="s">
         <v>45</v>
       </c>
       <c r="F115" t="s">
         <v>59</v>
       </c>
       <c r="G115" t="s">
         <v>47</v>
       </c>
       <c r="H115" t="s">
         <v>48</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
@@ -17376,63 +17370,63 @@
       </c>
       <c r="AO115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D116" t="s">
         <v>61</v>
       </c>
       <c r="E116" t="s">
         <v>45</v>
       </c>
       <c r="F116" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G116" t="s">
         <v>47</v>
       </c>
       <c r="H116" t="s">
         <v>48</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>49</v>
       </c>
@@ -17516,65 +17510,65 @@
       </c>
       <c r="AO116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>7213Про розгляд клопотання громадян Денеки Ігоря Миколайовича та Радзимінського Юрія Зіновійовича</t>
+          <t>ID - 7213,  Про розгляд клопотання громадян Денеки Ігоря Миколайовича та Радзимінського Юрія Зіновійовича</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>58</v>
       </c>
       <c r="E117" t="s">
         <v>92</v>
       </c>
       <c r="F117" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G117" t="s">
         <v>47</v>
       </c>
       <c r="H117" t="s">
         <v>48</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N117" t="s" s="5">
         <v>49</v>
       </c>
@@ -17658,55 +17652,55 @@
       </c>
       <c r="AO117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>7214Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки</t>
+          <t>ID - 7214,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>54</v>
       </c>
       <c r="E118" t="s">
         <v>45</v>
       </c>
       <c r="F118" t="s">
         <v>62</v>
       </c>
       <c r="G118" t="s">
         <v>47</v>
       </c>
       <c r="H118" t="s">
         <v>48</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
@@ -17800,63 +17794,63 @@
       </c>
       <c r="AO118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D119" t="s">
         <v>61</v>
       </c>
       <c r="E119" t="s">
         <v>45</v>
       </c>
       <c r="F119" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G119" t="s">
         <v>47</v>
       </c>
       <c r="H119" t="s">
         <v>48</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>49</v>
       </c>
@@ -17940,55 +17934,55 @@
       </c>
       <c r="AO119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>7216Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки</t>
+          <t>ID - 7216,  Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>58</v>
       </c>
       <c r="E120" t="s">
         <v>45</v>
       </c>
       <c r="F120" t="s">
         <v>62</v>
       </c>
       <c r="G120" t="s">
         <v>47</v>
       </c>
       <c r="H120" t="s">
         <v>48</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>51</v>
@@ -18082,54 +18076,54 @@
       </c>
       <c r="AO120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C121" t="s" s="4">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D121" t="s">
         <v>44</v>
       </c>
       <c r="E121" t="s">
         <v>45</v>
       </c>
       <c r="F121" t="s">
         <v>59</v>
       </c>
       <c r="G121" t="s">
         <v>47</v>
       </c>
       <c r="H121" t="s">
         <v>48</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
       </c>
@@ -18222,54 +18216,54 @@
       </c>
       <c r="AO121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C122" t="s" s="4">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D122" t="s">
         <v>44</v>
       </c>
       <c r="E122" t="s">
         <v>45</v>
       </c>
       <c r="F122" t="s">
         <v>62</v>
       </c>
       <c r="G122" t="s">
         <v>47</v>
       </c>
       <c r="H122" t="s">
         <v>48</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>51</v>
       </c>
@@ -18362,63 +18356,65 @@
       </c>
       <c r="AO122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>258</v>
+      </c>
+      <c r="C123" t="inlineStr" s="4">
+        <is>
+          <t>ID - 7219,  Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
+        </is>
       </c>
       <c r="D123" t="s">
         <v>44</v>
       </c>
       <c r="E123" t="s">
         <v>45</v>
       </c>
       <c r="F123" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G123" t="s">
         <v>47</v>
       </c>
       <c r="H123" t="s">
         <v>48</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>49</v>
       </c>
@@ -18502,54 +18498,54 @@
       </c>
       <c r="AO123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C124" t="s" s="4">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D124" t="s">
         <v>44</v>
       </c>
       <c r="E124" t="s">
         <v>45</v>
       </c>
       <c r="F124" t="s">
         <v>62</v>
       </c>
       <c r="G124" t="s">
         <v>47</v>
       </c>
       <c r="H124" t="s">
         <v>48</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>51</v>
       </c>
@@ -18642,65 +18638,65 @@
       </c>
       <c r="AO124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>7221Про надання згоди на передачу в суборенду земельної ділянки в місті Соснівка на вулиці Львівська, 2, кадастровий номер земельної ділянки - 4611870400:02:001:0001</t>
+          <t>ID - 7221,  Про надання згоди на передачу в суборенду земельної ділянки в місті Соснівка на вулиці Львівська, 2, кадастровий номер земельної ділянки - 4611870400:02:001:0001</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>44</v>
       </c>
       <c r="E125" t="s">
         <v>45</v>
       </c>
       <c r="F125" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G125" t="s">
         <v>47</v>
       </c>
       <c r="H125" t="s">
         <v>48</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N125" t="s" s="5">
         <v>49</v>
       </c>
@@ -18784,63 +18780,63 @@
       </c>
       <c r="AO125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C126" t="s" s="4">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D126" t="s">
         <v>44</v>
       </c>
       <c r="E126" t="s">
         <v>92</v>
       </c>
       <c r="F126" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G126" t="s">
         <v>47</v>
       </c>
       <c r="H126" t="s">
         <v>48</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N126" t="s" s="5">
         <v>49</v>
       </c>
@@ -18924,65 +18920,65 @@
       </c>
       <c r="AO126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>7223Про розроблення проєктів землеустрою щодо відведення земельних ділянок в місті Шептицький для розміщення старту електросамокатів</t>
+          <t>ID - 7223,  Про розроблення проєктів землеустрою щодо відведення земельних ділянок в місті Шептицький для розміщення старту електросамокатів</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>44</v>
       </c>
       <c r="E127" t="s">
         <v>45</v>
       </c>
       <c r="F127" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G127" t="s">
         <v>47</v>
       </c>
       <c r="H127" t="s">
         <v>48</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N127" t="s" s="5">
         <v>49</v>
       </c>
@@ -19066,65 +19062,65 @@
       </c>
       <c r="AO127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>7224Про розроблення проєктів землеустрою в межах адміністративної території Шептицької міської ради за межами населеного пункту села Сілець</t>
+          <t>ID - 7224,  Про розроблення проєктів землеустрою в межах адміністративної території Шептицької міської ради за межами населеного пункту села Сілець</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>44</v>
       </c>
       <c r="E128" t="s">
         <v>92</v>
       </c>
       <c r="F128" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G128" t="s">
         <v>47</v>
       </c>
       <c r="H128" t="s">
         <v>48</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N128" t="s" s="5">
         <v>49</v>
       </c>
@@ -19208,55 +19204,55 @@
       </c>
       <c r="AO128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
-          <t>7225Про виготовлення технiчної документацiї iз землеустрою щодо подiлу земельної дiлянки з кадастровим номером 4611800000:03:005:0052 в місті Шептицький на вулиці Героїв Майдану, 12-Б</t>
+          <t>ID - 7225,  Про виготовлення технiчної документацiї iз землеустрою щодо подiлу земельної дiлянки з кадастровим номером 4611800000:03:005:0052 в місті Шептицький на вулиці Героїв Майдану, 12-Б</t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>44</v>
       </c>
       <c r="E129" t="s">
         <v>45</v>
       </c>
       <c r="F129" t="s">
         <v>62</v>
       </c>
       <c r="G129" t="s">
         <v>47</v>
       </c>
       <c r="H129" t="s">
         <v>48</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>51</v>
@@ -19350,65 +19346,65 @@
       </c>
       <c r="AO129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>7226Про розгляд клопотання Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України</t>
+          <t>ID - 7226,  Про розгляд клопотання Релігійної громади Української Греко-Католицької Церкви Пресвятої Богородиці Владичиці України</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>44</v>
       </c>
       <c r="E130" t="s">
         <v>45</v>
       </c>
       <c r="F130" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G130" t="s">
         <v>47</v>
       </c>
       <c r="H130" t="s">
         <v>48</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>49</v>
       </c>
@@ -19492,63 +19488,63 @@
       </c>
       <c r="AO130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP130" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C131" t="s" s="4">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D131" t="s">
         <v>44</v>
       </c>
       <c r="E131" t="s">
         <v>92</v>
       </c>
       <c r="F131" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G131" t="s">
         <v>47</v>
       </c>
       <c r="H131" t="s">
         <v>48</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>49</v>
       </c>
@@ -19632,65 +19628,65 @@
       </c>
       <c r="AO131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
-          <t>7229Про розгляд клопотання Релігійної організації «Релігійна громада Львівсько-Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Святого Володимира у місті Червонограді Львівської області»</t>
+          <t>ID - 7229,  Про розгляд клопотання Релігійної організації «Релігійна громада Львівсько-Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Святого Володимира у місті Червонограді Львівської області»</t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>44</v>
       </c>
       <c r="E132" t="s">
         <v>92</v>
       </c>
       <c r="F132" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G132" t="s">
         <v>47</v>
       </c>
       <c r="H132" t="s">
         <v>48</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N132" t="s" s="5">
         <v>49</v>
       </c>
@@ -19774,65 +19770,65 @@
       </c>
       <c r="AO132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
-          <t>7230Про розгляд клопотання Релігійної організації «Релігійна громада Львівсько-Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Святого Володимира у місті Червонограді Львівської області»</t>
+          <t>ID - 7230,  Про розгляд клопотання Релігійної організації «Релігійна громада Львівсько-Сокальської Єпархії Української Православної Церкви (Православної Церкви України) Парафії Святого Володимира у місті Червонограді Львівської області»</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>44</v>
       </c>
       <c r="E133" t="s">
         <v>45</v>
       </c>
       <c r="F133" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G133" t="s">
         <v>47</v>
       </c>
       <c r="H133" t="s">
         <v>48</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N133" t="s" s="5">
         <v>49</v>
       </c>
@@ -19916,65 +19912,65 @@
       </c>
       <c r="AO133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>7231Про припинення договору оренди землі в місті Шептицький, на вулиці Б. Хмельницького, 61</t>
+          <t>ID - 7231,  Про припинення договору оренди землі в місті Шептицький, на вулиці Б. Хмельницького, 61</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>44</v>
       </c>
       <c r="E134" t="s">
         <v>45</v>
       </c>
       <c r="F134" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G134" t="s">
         <v>47</v>
       </c>
       <c r="H134" t="s">
         <v>48</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N134" t="s" s="5">
         <v>49</v>
       </c>
@@ -20058,63 +20054,63 @@
       </c>
       <c r="AO134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C135" t="s" s="4">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D135" t="s">
         <v>44</v>
       </c>
       <c r="E135" t="s">
         <v>45</v>
       </c>
       <c r="F135" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G135" t="s">
         <v>47</v>
       </c>
       <c r="H135" t="s">
         <v>48</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N135" t="s" s="5">
         <v>49</v>
       </c>
@@ -20198,203 +20194,203 @@
       </c>
       <c r="AO135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="C136" t="s" s="4">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D136" t="s">
         <v>44</v>
       </c>
       <c r="E136" t="s">
         <v>92</v>
       </c>
       <c r="F136" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="G136" t="s">
         <v>47</v>
       </c>
       <c r="H136" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q136" t="s" s="5">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="R136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Z136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC136" t="s" s="5">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AD136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE136" t="s" s="5">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AF136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK136" t="s" s="5">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AL136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP136" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C137" t="s" s="4">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D137" t="s">
         <v>54</v>
       </c>
       <c r="E137" t="s">
         <v>45</v>
       </c>
       <c r="F137" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G137" t="s">
         <v>47</v>
       </c>
       <c r="H137" t="s">
         <v>48</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N137" t="s" s="5">
         <v>49</v>
       </c>
@@ -20478,63 +20474,63 @@
       </c>
       <c r="AO137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C138" t="s" s="4">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D138" t="s">
         <v>61</v>
       </c>
       <c r="E138" t="s">
         <v>45</v>
       </c>
       <c r="F138" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G138" t="s">
         <v>47</v>
       </c>
       <c r="H138" t="s">
         <v>48</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N138" t="s" s="5">
         <v>49</v>
       </c>
@@ -20618,63 +20614,63 @@
       </c>
       <c r="AO138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C139" t="s" s="4">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="D139" t="s">
         <v>58</v>
       </c>
       <c r="E139" t="s">
         <v>45</v>
       </c>
       <c r="F139" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G139" t="s">
         <v>47</v>
       </c>
       <c r="H139" t="s">
         <v>48</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N139" t="s" s="5">
         <v>50</v>
       </c>
@@ -20763,162 +20759,162 @@
         <v>49</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="140">
       <c r="A140"/>
       <c r="B140"/>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140"/>
       <c r="I140" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="J140" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="K140" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="L140" t="s">
         <v>46</v>
       </c>
       <c r="M140" t="s">
+        <v>288</v>
+      </c>
+      <c r="N140" t="s">
+        <v>289</v>
+      </c>
+      <c r="O140" t="s">
+        <v>290</v>
+      </c>
+      <c r="P140" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>291</v>
+      </c>
+      <c r="R140" t="s">
         <v>292</v>
       </c>
-      <c r="N140" t="s">
+      <c r="S140" t="s">
         <v>293</v>
       </c>
-      <c r="O140" t="s">
+      <c r="T140" t="s">
+        <v>286</v>
+      </c>
+      <c r="U140" t="s">
         <v>294</v>
       </c>
-      <c r="P140" t="s">
-[...2 lines deleted...]
-      <c r="Q140" t="s">
+      <c r="V140" t="s">
+        <v>292</v>
+      </c>
+      <c r="W140" t="s">
         <v>295</v>
       </c>
-      <c r="R140" t="s">
+      <c r="X140" t="s">
+        <v>292</v>
+      </c>
+      <c r="Y140" t="s">
         <v>296</v>
       </c>
-      <c r="S140" t="s">
+      <c r="Z140" t="s">
+        <v>293</v>
+      </c>
+      <c r="AA140" t="s">
+        <v>296</v>
+      </c>
+      <c r="AB140" t="s">
+        <v>289</v>
+      </c>
+      <c r="AC140" t="s">
         <v>297</v>
       </c>
-      <c r="T140" t="s">
+      <c r="AD140" t="s">
+        <v>298</v>
+      </c>
+      <c r="AE140" t="s">
+        <v>299</v>
+      </c>
+      <c r="AF140" t="s">
+        <v>115</v>
+      </c>
+      <c r="AG140" t="s">
+        <v>115</v>
+      </c>
+      <c r="AH140" t="s">
+        <v>115</v>
+      </c>
+      <c r="AI140" t="s">
+        <v>115</v>
+      </c>
+      <c r="AJ140" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK140" t="s">
+        <v>300</v>
+      </c>
+      <c r="AL140" t="s">
+        <v>301</v>
+      </c>
+      <c r="AM140" t="s">
+        <v>302</v>
+      </c>
+      <c r="AN140" t="s">
+        <v>296</v>
+      </c>
+      <c r="AO140" t="s">
+        <v>303</v>
+      </c>
+      <c r="AP140" t="s">
+        <v>304</v>
+      </c>
+      <c r="AQ140" t="s">
+        <v>294</v>
+      </c>
+      <c r="AR140" t="s">
+        <v>305</v>
+      </c>
+      <c r="AS140" t="s">
         <v>290</v>
       </c>
-      <c r="U140" t="s">
-[...73 lines deleted...]
-      </c>
       <c r="AT140" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="141">
       <c r="A141"/>
       <c r="B141"/>
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141"/>
       <c r="I141" t="s">
         <v>47</v>
       </c>
       <c r="J141" t="s">
         <v>47</v>
       </c>
       <c r="K141" t="s">
         <v>47</v>
       </c>
       <c r="L141" t="s">
         <v>47</v>
       </c>
       <c r="M141" t="s">
         <v>47</v>
@@ -20971,450 +20967,450 @@
       <c r="AC141" t="s">
         <v>47</v>
       </c>
       <c r="AD141" t="s">
         <v>47</v>
       </c>
       <c r="AE141" t="s">
         <v>47</v>
       </c>
       <c r="AF141" t="s">
         <v>47</v>
       </c>
       <c r="AG141" t="s">
         <v>47</v>
       </c>
       <c r="AH141" t="s">
         <v>47</v>
       </c>
       <c r="AI141" t="s">
         <v>47</v>
       </c>
       <c r="AJ141" t="s">
         <v>47</v>
       </c>
       <c r="AK141" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="AL141" t="s">
         <v>47</v>
       </c>
       <c r="AM141" t="s">
         <v>47</v>
       </c>
       <c r="AN141" t="s">
         <v>47</v>
       </c>
       <c r="AO141" t="s">
         <v>47</v>
       </c>
       <c r="AP141" t="s">
         <v>47</v>
       </c>
       <c r="AQ141" t="s">
         <v>47</v>
       </c>
       <c r="AR141" t="s">
         <v>47</v>
       </c>
       <c r="AS141" t="s">
         <v>47</v>
       </c>
       <c r="AT141" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="142">
       <c r="A142"/>
       <c r="B142"/>
       <c r="C142"/>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142"/>
       <c r="I142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="J142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="K142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="L142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="M142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="N142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="O142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="P142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="Q142" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="R142" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="S142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="T142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="U142" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="V142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="W142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="X142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="Y142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="Z142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AA142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AB142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AC142" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="AD142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AE142" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="AF142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AG142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AH142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AI142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AJ142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AK142" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="AL142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AM142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AN142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AO142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AP142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AQ142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AR142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AS142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="AT142" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="143">
       <c r="A143"/>
       <c r="B143"/>
       <c r="C143"/>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143"/>
       <c r="I143" t="s">
+        <v>310</v>
+      </c>
+      <c r="J143" t="s">
+        <v>311</v>
+      </c>
+      <c r="K143" t="s">
+        <v>312</v>
+      </c>
+      <c r="L143" t="s">
+        <v>313</v>
+      </c>
+      <c r="M143" t="s">
+        <v>310</v>
+      </c>
+      <c r="N143" t="s">
         <v>314</v>
       </c>
-      <c r="J143" t="s">
+      <c r="O143" t="s">
         <v>315</v>
       </c>
-      <c r="K143" t="s">
+      <c r="P143" t="s">
         <v>316</v>
       </c>
-      <c r="L143" t="s">
+      <c r="Q143" t="s">
         <v>317</v>
       </c>
-      <c r="M143" t="s">
+      <c r="R143" t="s">
+        <v>318</v>
+      </c>
+      <c r="S143" t="s">
         <v>314</v>
       </c>
-      <c r="N143" t="s">
+      <c r="T143" t="s">
+        <v>319</v>
+      </c>
+      <c r="U143" t="s">
+        <v>320</v>
+      </c>
+      <c r="V143" t="s">
+        <v>313</v>
+      </c>
+      <c r="W143" t="s">
+        <v>321</v>
+      </c>
+      <c r="X143" t="s">
         <v>318</v>
       </c>
-      <c r="O143" t="s">
-[...8 lines deleted...]
-      <c r="R143" t="s">
+      <c r="Y143" t="s">
         <v>322</v>
       </c>
-      <c r="S143" t="s">
-[...2 lines deleted...]
-      <c r="T143" t="s">
+      <c r="Z143" t="s">
         <v>323</v>
       </c>
-      <c r="U143" t="s">
+      <c r="AA143" t="s">
         <v>324</v>
       </c>
-      <c r="V143" t="s">
-[...2 lines deleted...]
-      <c r="W143" t="s">
+      <c r="AB143" t="s">
         <v>325</v>
       </c>
-      <c r="X143" t="s">
+      <c r="AC143" t="s">
+        <v>313</v>
+      </c>
+      <c r="AD143" t="s">
+        <v>326</v>
+      </c>
+      <c r="AE143" t="s">
+        <v>327</v>
+      </c>
+      <c r="AF143" t="s">
+        <v>316</v>
+      </c>
+      <c r="AG143" t="s">
+        <v>316</v>
+      </c>
+      <c r="AH143" t="s">
+        <v>316</v>
+      </c>
+      <c r="AI143" t="s">
+        <v>316</v>
+      </c>
+      <c r="AJ143" t="s">
+        <v>316</v>
+      </c>
+      <c r="AK143" t="s">
+        <v>323</v>
+      </c>
+      <c r="AL143" t="s">
+        <v>328</v>
+      </c>
+      <c r="AM143" t="s">
         <v>322</v>
       </c>
-      <c r="Y143" t="s">
-[...5 lines deleted...]
-      <c r="AA143" t="s">
+      <c r="AN143" t="s">
+        <v>329</v>
+      </c>
+      <c r="AO143" t="s">
+        <v>329</v>
+      </c>
+      <c r="AP143" t="s">
+        <v>322</v>
+      </c>
+      <c r="AQ143" t="s">
+        <v>330</v>
+      </c>
+      <c r="AR143" t="s">
         <v>328</v>
       </c>
-      <c r="AB143" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="AS143" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="AT143" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
     </row>
     <row r="144">
       <c r="A144"/>
       <c r="B144"/>
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144"/>
       <c r="I144" t="s">
+        <v>331</v>
+      </c>
+      <c r="J144" t="s">
+        <v>332</v>
+      </c>
+      <c r="K144" t="s">
+        <v>333</v>
+      </c>
+      <c r="L144" t="s">
+        <v>334</v>
+      </c>
+      <c r="M144" t="s">
         <v>335</v>
       </c>
-      <c r="J144" t="s">
+      <c r="N144" t="s">
         <v>336</v>
       </c>
-      <c r="K144" t="s">
+      <c r="O144" t="s">
         <v>337</v>
       </c>
-      <c r="L144" t="s">
+      <c r="P144" t="s">
         <v>338</v>
       </c>
-      <c r="M144" t="s">
+      <c r="Q144" t="s">
+        <v>337</v>
+      </c>
+      <c r="R144" t="s">
+        <v>332</v>
+      </c>
+      <c r="S144" t="s">
+        <v>337</v>
+      </c>
+      <c r="T144" t="s">
         <v>339</v>
       </c>
-      <c r="N144" t="s">
+      <c r="U144" t="s">
         <v>340</v>
       </c>
-      <c r="O144" t="s">
+      <c r="V144" t="s">
+        <v>335</v>
+      </c>
+      <c r="W144" t="s">
+        <v>335</v>
+      </c>
+      <c r="X144" t="s">
+        <v>331</v>
+      </c>
+      <c r="Y144" t="s">
+        <v>337</v>
+      </c>
+      <c r="Z144" t="s">
+        <v>339</v>
+      </c>
+      <c r="AA144" t="s">
+        <v>332</v>
+      </c>
+      <c r="AB144" t="s">
+        <v>337</v>
+      </c>
+      <c r="AC144" t="s">
+        <v>336</v>
+      </c>
+      <c r="AD144" t="s">
         <v>341</v>
       </c>
-      <c r="P144" t="s">
+      <c r="AE144" t="s">
         <v>342</v>
       </c>
-      <c r="Q144" t="s">
-[...2 lines deleted...]
-      <c r="R144" t="s">
+      <c r="AF144" t="s">
+        <v>338</v>
+      </c>
+      <c r="AG144" t="s">
+        <v>338</v>
+      </c>
+      <c r="AH144" t="s">
+        <v>338</v>
+      </c>
+      <c r="AI144" t="s">
+        <v>338</v>
+      </c>
+      <c r="AJ144" t="s">
+        <v>338</v>
+      </c>
+      <c r="AK144" t="s">
+        <v>332</v>
+      </c>
+      <c r="AL144" t="s">
+        <v>343</v>
+      </c>
+      <c r="AM144" t="s">
         <v>336</v>
       </c>
-      <c r="S144" t="s">
-[...5 lines deleted...]
-      <c r="U144" t="s">
+      <c r="AN144" t="s">
+        <v>331</v>
+      </c>
+      <c r="AO144" t="s">
         <v>344</v>
       </c>
-      <c r="V144" t="s">
-[...23 lines deleted...]
-      <c r="AD144" t="s">
+      <c r="AP144" t="s">
+        <v>332</v>
+      </c>
+      <c r="AQ144" t="s">
         <v>345</v>
       </c>
-      <c r="AE144" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="AR144" t="s">
+        <v>334</v>
+      </c>
+      <c r="AS144" t="s">
+        <v>337</v>
+      </c>
+      <c r="AT144" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>342</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>