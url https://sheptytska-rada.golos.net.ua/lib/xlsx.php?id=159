--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="309">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="304">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XLVII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -134,51 +134,51 @@
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>23.01.25  10:27:50</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
@@ -224,591 +224,576 @@
   <si>
     <t>23.01.25  11:47:19</t>
   </si>
   <si>
     <t>23.01.25  12:23:43</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>23.01.25  12:25:11</t>
   </si>
   <si>
     <t>23.01.25  12:26:16</t>
   </si>
   <si>
-    <t>6789Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 6789,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>23.01.25  12:27:11</t>
   </si>
   <si>
     <t>23.01.25  12:28:03</t>
   </si>
   <si>
     <t>23.01.25  12:28:55</t>
   </si>
   <si>
-    <t>6792Про затвердження місцевих програм в галузі молодіжної політики та спорту на 2025 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.25  12:29:48</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>23.01.25  12:30:48</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>23.01.25  12:32:23</t>
   </si>
   <si>
-    <t>6795Про затверження  Плану доброчесностi Шептицької міської ради 2025 - 2026</t>
+    <t>ID - 6795,  Про затверження  Плану доброчесностi Шептицької міської ради 2025 - 2026</t>
   </si>
   <si>
     <t>23.01.25  12:34:26</t>
   </si>
   <si>
     <t>23.01.25  12:36:51</t>
   </si>
   <si>
-    <t>6797Внести правки озвучені Грасуловим О. О.пунк 7.6 призначення міським головою</t>
+    <t>ID - 6797,  Внести правки озвучені Грасуловим О. О.пунк 7.6 призначення міським головою</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>23.01.25  12:37:51</t>
   </si>
   <si>
     <t>23.01.25  12:39:13</t>
   </si>
   <si>
-    <t>6799Про внесення змін в рішення Червоноградської міської ради від 17.08.2021 № 724</t>
+    <t>ID - 6799,  Про внесення змін в рішення Червоноградської міської ради від 17.08.2021 № 724</t>
   </si>
   <si>
     <t>23.01.25  12:40:03</t>
   </si>
   <si>
-    <t>6800Внести зміни в пункт 1.2 </t>
+    <t>ID - 6800,  Внести зміни в пункт 1.2 </t>
   </si>
   <si>
     <t>23.01.25  12:40:31</t>
   </si>
   <si>
-    <t>6801Про внесення змін в рішення Червоноградської міської ради від 17.08.2021 № 724</t>
+    <t>ID - 6801,  Про внесення змін в рішення Червоноградської міської ради від 17.08.2021 № 724</t>
   </si>
   <si>
     <t>23.01.25  12:43:46</t>
   </si>
   <si>
     <t>23.01.25  12:44:52</t>
   </si>
   <si>
     <t>23.01.25  12:45:57</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>23.01.25  12:47:04</t>
   </si>
   <si>
     <t>23.01.25  12:47:58</t>
   </si>
   <si>
     <t>23.01.25  12:49:02</t>
   </si>
   <si>
     <t>23.01.25  12:49:48</t>
   </si>
   <si>
     <t>23.01.25  12:50:46</t>
   </si>
   <si>
-    <t>6809Про перейменування закладів дошкільної освіти та затвердження статутів</t>
+    <t>ID - 6809,  Про перейменування закладів дошкільної освіти та затвердження статутів</t>
   </si>
   <si>
     <t>23.01.25  12:51:29</t>
   </si>
   <si>
-    <t>6810Про перейменування закладів загальної середньої освіти та затвердження статутів</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.25  12:52:12</t>
   </si>
   <si>
-    <t>6811Про перейменування закладів позашкільної освіти та затвердження статутів</t>
+    <t>ID - 6811,  Про перейменування закладів позашкільної освіти та затвердження статутів</t>
   </si>
   <si>
     <t>23.01.25  12:53:06</t>
   </si>
   <si>
     <t>23.01.25  12:54:22</t>
   </si>
   <si>
     <t>23.01.25  12:56:10</t>
   </si>
   <si>
-    <t>6814Про затвердження  місцевих програм пов’язаних з економічною діяльністю на 2025 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.25  12:58:45</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>23.01.25  13:03:52</t>
   </si>
   <si>
     <t>23.01.25  13:04:22</t>
   </si>
   <si>
-    <t>6817Добавити в п. 5 - та інше</t>
+    <t>ID - 6817,  Добавити в п. 5 - та інше</t>
   </si>
   <si>
     <t>23.01.25  13:05:13</t>
   </si>
   <si>
     <t>23.01.25  14:51:36</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>23.01.25  14:53:07</t>
   </si>
   <si>
     <t>23.01.25  14:54:30</t>
   </si>
   <si>
     <t>23.01.25  14:55:45</t>
   </si>
   <si>
     <t>23.01.25  14:57:21</t>
   </si>
   <si>
-    <t>6824Про затвердження місцевої програми з природоохоронних заходів на 2025 рік</t>
+    <t>ID - 6824,  Про затвердження місцевої програми з природоохоронних заходів на 2025 рік</t>
   </si>
   <si>
     <t>23.01.25  14:58:43</t>
   </si>
   <si>
     <t>23.01.25  15:07:38</t>
   </si>
   <si>
     <t>23.01.25  15:10:06</t>
   </si>
   <si>
     <t>23.01.25  15:12:36</t>
   </si>
   <si>
     <t>23.01.25  15:14:10</t>
   </si>
   <si>
     <t>23.01.25  15:14:44</t>
   </si>
   <si>
     <t>23.01.25  15:16:38</t>
   </si>
   <si>
     <t>23.01.25  15:18:19</t>
   </si>
   <si>
     <t>23.01.25  15:21:19</t>
   </si>
   <si>
-    <t>6833Про затвердження місцевих програм в галузі соціального захисту населення на 2025 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.25  15:23:12</t>
   </si>
   <si>
     <t>23.01.25  15:23:47</t>
   </si>
   <si>
-    <t>6835Про безоплатну передачу основних засобів</t>
+    <t>ID - 6835,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>23.01.25  15:25:03</t>
   </si>
   <si>
-    <t>6836Внести правки озвучені Ковалем В.С. </t>
+    <t>ID - 6836,  Внести правки озвучені Ковалем В.С. </t>
   </si>
   <si>
     <t>23.01.25  15:25:33</t>
   </si>
   <si>
-    <t>6837Про безоплатну передачу основних засобів</t>
+    <t>ID - 6837,  Про безоплатну передачу основних засобів</t>
   </si>
   <si>
     <t>23.01.25  15:26:39</t>
   </si>
   <si>
-    <t>6838Про затвердження місцевих програм в галузі культури на 2025 рік</t>
+    <t>ID - 6838,  Про затвердження місцевих програм в галузі культури на 2025 рік</t>
   </si>
   <si>
     <t>23.01.25  15:27:17</t>
   </si>
   <si>
     <t>23.01.25  15:28:50</t>
   </si>
   <si>
-    <t>6840Про затвердження місцевих програм в медичній галузі  на 2025 рік</t>
+    <t>ID - 6840,  Про затвердження місцевих програм в медичній галузі  на 2025 рік</t>
   </si>
   <si>
     <t>23.01.25  15:29:34</t>
   </si>
   <si>
     <t>23.01.25  15:31:02</t>
   </si>
   <si>
     <t>23.01.25  15:34:38</t>
   </si>
   <si>
-    <t>6843Про затвердження програми розвитку велосипедної інфраструктури</t>
+    <t>ID - 6843,  Про затвердження програми розвитку велосипедної інфраструктури</t>
   </si>
   <si>
     <t>23.01.25  15:37:47</t>
   </si>
   <si>
-    <t>6844Про розгляд клопотання громадянки Олексій Світлани Олегівни</t>
+    <t>ID - 6844,  Про розгляд клопотання громадянки Олексій Світлани Олегівни</t>
   </si>
   <si>
     <t>23.01.25  15:39:36</t>
   </si>
   <si>
-    <t>6845Про розгляд клопотання громадянина Лобая Ярослава Івановича</t>
+    <t>ID - 6845,  Про розгляд клопотання громадянина Лобая Ярослава Івановича</t>
   </si>
   <si>
     <t>23.01.25  15:40:43</t>
   </si>
   <si>
-    <t>6846Про розгляд клопотання громадянина Улицького Сергія Олексійовича</t>
+    <t>ID - 6846,  Про розгляд клопотання громадянина Улицького Сергія Олексійовича</t>
   </si>
   <si>
     <t>23.01.25  15:41:50</t>
   </si>
   <si>
-    <t>6847Про розгляд клопотання громадянки Воронки Вікторії Романівни</t>
+    <t>ID - 6847,  Про розгляд клопотання громадянки Воронки Вікторії Романівни</t>
   </si>
   <si>
     <t>23.01.25  15:42:50</t>
   </si>
   <si>
-    <t>6848Про розгляд клопотання громадянина Гука Василя Михайловича</t>
+    <t>ID - 6848,  Про розгляд клопотання громадянина Гука Василя Михайловича</t>
   </si>
   <si>
     <t>23.01.25  15:43:59</t>
   </si>
   <si>
-    <t>6849Про розгляд клопотання громадянина Євсеєнка Юрія Васильовича</t>
+    <t>ID - 6849,  Про розгляд клопотання громадянина Євсеєнка Юрія Васильовича</t>
   </si>
   <si>
     <t>23.01.25  15:44:56</t>
   </si>
   <si>
-    <t>6850Про розгляд клопотання громадянки Прокоп’юк Марії Михайлівни</t>
+    <t>ID - 6850,  Про розгляд клопотання громадянки Прокоп’юк Марії Михайлівни</t>
   </si>
   <si>
     <t>23.01.25  15:45:56</t>
   </si>
   <si>
-    <t>6851Про розгляд клопотання громадянки Різник Ірини Федорівни</t>
+    <t>ID - 6851,  Про розгляд клопотання громадянки Різник Ірини Федорівни</t>
   </si>
   <si>
     <t>23.01.25  15:47:00</t>
   </si>
   <si>
-    <t>6852Про розгляд клопотання громадянки Сковрон Надії Іванівни</t>
+    <t>ID - 6852,  Про розгляд клопотання громадянки Сковрон Надії Іванівни</t>
   </si>
   <si>
     <t>23.01.25  15:48:03</t>
   </si>
   <si>
-    <t>6853Про розгляд клопотання громадянина Тереха Василя Івановича</t>
+    <t>ID - 6853,  Про розгляд клопотання громадянина Тереха Василя Івановича</t>
   </si>
   <si>
     <t>23.01.25  15:49:05</t>
   </si>
   <si>
-    <t>6854Про розгляд клопотання громадянина Троцька Петра Васильовича</t>
+    <t>ID - 6854,  Про розгляд клопотання громадянина Троцька Петра Васильовича</t>
   </si>
   <si>
     <t>23.01.25  15:50:35</t>
   </si>
   <si>
     <t>23.01.25  15:51:57</t>
   </si>
   <si>
     <t>23.01.25  15:53:15</t>
   </si>
   <si>
-    <t>6857Про розгляд клопотання громадянки Олексюк Ріти Андріївни</t>
+    <t>ID - 6857,  Про розгляд клопотання громадянки Олексюк Ріти Андріївни</t>
   </si>
   <si>
     <t>23.01.25  15:54:13</t>
   </si>
   <si>
-    <t>6858Про розгляд клопотання громадянина Граблюка Володимира Сергійовича</t>
+    <t>ID - 6858,  Про розгляд клопотання громадянина Граблюка Володимира Сергійовича</t>
   </si>
   <si>
     <t>23.01.25  15:55:07</t>
   </si>
   <si>
-    <t>6859Про розгляд клопотання громадянина Шепи В’ячеслава Степановича</t>
+    <t>ID - 6859,  Про розгляд клопотання громадянина Шепи В’ячеслава Степановича</t>
   </si>
   <si>
     <t>23.01.25  15:56:04</t>
   </si>
   <si>
-    <t>6860Про розгляд клопотання громадянина Кухарука Віктора Володимировича</t>
+    <t>ID - 6860,  Про розгляд клопотання громадянина Кухарука Віктора Володимировича</t>
   </si>
   <si>
     <t>23.01.25  15:56:59</t>
   </si>
   <si>
-    <t>6861Про розгляд клопотання громадянина Васька Любомира Васильовича</t>
+    <t>ID - 6861,  Про розгляд клопотання громадянина Васька Любомира Васильовича</t>
   </si>
   <si>
     <t>23.01.25  15:57:55</t>
   </si>
   <si>
-    <t>6862Про розгляд клопотання громадянина Сташука Василя Івановича</t>
+    <t>ID - 6862,  Про розгляд клопотання громадянина Сташука Василя Івановича</t>
   </si>
   <si>
     <t>23.01.25  15:58:56</t>
   </si>
   <si>
-    <t>6863Про розгляд клопотання громадянки Нестер Надії Романівни</t>
+    <t>ID - 6863,  Про розгляд клопотання громадянки Нестер Надії Романівни</t>
   </si>
   <si>
     <t>23.01.25  16:00:00</t>
   </si>
   <si>
-    <t>6864Про розгляд клопотання громадянина Янченка Віктора Петровича</t>
+    <t>ID - 6864,  Про розгляд клопотання громадянина Янченка Віктора Петровича</t>
   </si>
   <si>
     <t>23.01.25  16:01:18</t>
   </si>
   <si>
     <t>23.01.25  16:02:56</t>
   </si>
   <si>
     <t>23.01.25  16:05:12</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>23.01.25  16:07:21</t>
   </si>
   <si>
-    <t>6868Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
+    <t>ID - 6868,  Про розгляд клопотання Товариства з обмеженою відповідальністю «СМАРТ ІНСЕПШН»</t>
   </si>
   <si>
     <t>23.01.25  16:08:57</t>
   </si>
   <si>
-    <t>6869Про розгляд клопотання громадянина Дошака Романа Зеноновича</t>
+    <t>ID - 6869,  Про розгляд клопотання громадянина Дошака Романа Зеноновича</t>
   </si>
   <si>
     <t>23.01.25  16:09:58</t>
   </si>
   <si>
-    <t>6870Про внесення змін у рішення Червоноградської міської ради</t>
+    <t>ID - 6870,  Про внесення змін у рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>23.01.25  16:10:45</t>
   </si>
   <si>
-    <t>6871Про розгляд клопотання громадянки Пащук Марії Юріївни</t>
+    <t>ID - 6871,  Про розгляд клопотання громадянки Пащук Марії Юріївни</t>
   </si>
   <si>
     <t>23.01.25  16:12:18</t>
   </si>
   <si>
-    <t>6872Про розгляд клопотання громадянки Пащук Лариси Петрівни</t>
+    <t>ID - 6872,  Про розгляд клопотання громадянки Пащук Лариси Петрівни</t>
   </si>
   <si>
     <t>23.01.25  16:13:13</t>
   </si>
   <si>
-    <t>6873Про розгляд клопотання громадянки Квасній Євгенії Григорівни</t>
+    <t>ID - 6873,  Про розгляд клопотання громадянки Квасній Євгенії Григорівни</t>
   </si>
   <si>
     <t>23.01.25  16:14:03</t>
   </si>
   <si>
-    <t>6874Про розгляд клопотання громадянки Малік Лілії Євгенівни</t>
+    <t>ID - 6874,  Про розгляд клопотання громадянки Малік Лілії Євгенівни</t>
   </si>
   <si>
     <t>23.01.25  16:15:27</t>
   </si>
   <si>
     <t>23.01.25  16:16:17</t>
   </si>
   <si>
     <t>23.01.25  16:17:13</t>
   </si>
   <si>
     <t>23.01.25  16:17:53</t>
   </si>
   <si>
     <t>23.01.25  16:18:50</t>
   </si>
   <si>
     <t>23.01.25  16:19:26</t>
   </si>
   <si>
     <t>23.01.25  16:20:41</t>
   </si>
   <si>
-    <t>6881Про розгляд клопотання громадянина Уханського Руслана Івановича</t>
+    <t>ID - 6881,  Про розгляд клопотання громадянина Уханського Руслана Івановича</t>
   </si>
   <si>
     <t>23.01.25  16:21:42</t>
   </si>
   <si>
-    <t>6882Про розгляд клопотання громадянина Нижника Петра Григоровича</t>
+    <t>ID - 6882,  Про розгляд клопотання громадянина Нижника Петра Григоровича</t>
   </si>
   <si>
     <t>23.01.25  16:23:05</t>
   </si>
   <si>
-    <t>6883Про розгляд клопотання громадянки Пацули Світлани Ярославівни</t>
+    <t>ID - 6883,  Про розгляд клопотання громадянки Пацули Світлани Ярославівни</t>
   </si>
   <si>
     <t>23.01.25  16:24:13</t>
   </si>
   <si>
-    <t>6884Про розгляд клопотання громадянина Лоли Олега Любомировича</t>
+    <t>ID - 6884,  Про розгляд клопотання громадянина Лоли Олега Любомировича</t>
   </si>
   <si>
     <t>23.01.25  16:25:30</t>
   </si>
   <si>
     <t>23.01.25  16:26:43</t>
   </si>
   <si>
-    <t>6886Про розгляд клопотання громадянки Футало Анастасії Петрівни</t>
+    <t>ID - 6886,  Про розгляд клопотання громадянки Футало Анастасії Петрівни</t>
   </si>
   <si>
     <t>23.01.25  16:30:47</t>
   </si>
   <si>
-    <t>6887Про припинення прав оренди земельних ділянок</t>
+    <t>ID - 6887,  Про припинення прав оренди земельних ділянок</t>
   </si>
   <si>
     <t>23.01.25  16:32:29</t>
   </si>
   <si>
-    <t>6888Про розгляд клопотання Комунального підприємства «Комунальник»</t>
+    <t>ID - 6888,  Про розгляд клопотання Комунального підприємства «Комунальник»</t>
   </si>
   <si>
     <t>23.01.25  16:34:28</t>
   </si>
   <si>
     <t>23.01.25  16:37:52</t>
   </si>
   <si>
     <t>23.01.25  16:40:39</t>
   </si>
   <si>
-    <t>6891Про розгляд клопотання громадянки Мацей Ірини Володимирівни</t>
+    <t>ID - 6891,  Про розгляд клопотання громадянки Мацей Ірини Володимирівни</t>
   </si>
   <si>
     <t>23.01.25  16:42:22</t>
   </si>
   <si>
     <t>23.01.25  16:44:05</t>
   </si>
   <si>
-    <t>6893Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
+    <t>ID - 6893,  Про розгляд клопотання Приватного акціонерного товариства «Львівобленерго»</t>
   </si>
   <si>
     <t>23.01.25  16:47:24</t>
   </si>
   <si>
     <t>23.01.25  16:49:36</t>
   </si>
   <si>
-    <t>6895Про надання в оренду земельних ділянок, що перебувають в управлінні спадщиною</t>
+    <t>ID - 6895,  Про надання в оренду земельних ділянок, що перебувають в управлінні спадщиною</t>
   </si>
   <si>
     <t>23.01.25  16:51:30</t>
   </si>
   <si>
-    <t>6896Про розгляд клопотання Комунального підприємства «Червоноградтеплокомуненерго»</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.25  16:59:25</t>
   </si>
   <si>
     <t>23.01.25  16:59:57</t>
   </si>
   <si>
-    <t>6898 Про надання одноразової грошової допомоги</t>
+    <t>ID - 6898,   Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>23.01.25  17:04:06</t>
   </si>
   <si>
-    <t>6899Включити в список осіб озвучених Курівчак Н. М.</t>
+    <t>ID - 6899,  Включити в список осіб озвучених Курівчак Н. М.</t>
   </si>
   <si>
     <t>23.01.25  17:04:36</t>
   </si>
   <si>
-    <t>6900 Про надання одноразової грошової допомоги</t>
+    <t>ID - 6900,   Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>23.01.25  17:05:06</t>
   </si>
   <si>
-    <t>6901 Про надання одноразової грошової допомоги</t>
+    <t>ID - 6901,   Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>За: 115</t>
   </si>
   <si>
     <t>За: 116</t>
   </si>
   <si>
     <t>За: 102</t>
   </si>
   <si>
     <t>За: 100</t>
   </si>
   <si>
     <t>За: 119</t>
   </si>
   <si>
     <t>За: 108</t>
   </si>
   <si>
     <t>За: 57</t>
   </si>
   <si>
     <t>За: 109</t>
   </si>
@@ -1050,51 +1035,51 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="51"/>
+    <col min="45" max="45" width="53"/>
     <col min="46" max="46" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -1197,51 +1182,51 @@
       <c r="AP1" t="s" s="3">
         <v>38</v>
       </c>
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6779Про звернення Шептицької міської ради до міністра Міністра енергетики України Германа Галущенка щодо ПрАТ «Шахта «Надія»</t>
+          <t>ID - 6779,  Про звернення Шептицької міської ради до міністра Міністра енергетики України Германа Галущенка щодо ПрАТ «Шахта «Надія»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>46</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>50</v>
@@ -1339,51 +1324,51 @@
       <c r="AP2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>6780Про звернення Шептицької міської ради до міністра Міністра енергетики України Германа Галущенка щодо ПрАТ «Шахта «Надія»</t>
+          <t>ID - 6780,  Про звернення Шептицької міської ради до міністра Міністра енергетики України Германа Галущенка щодо ПрАТ «Шахта «Надія»</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="E3" t="s">
         <v>45</v>
       </c>
       <c r="F3" t="s">
         <v>53</v>
       </c>
       <c r="G3" t="s">
         <v>47</v>
       </c>
       <c r="H3" t="s">
         <v>48</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>49</v>
@@ -1481,51 +1466,51 @@
       <c r="AP3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6781Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
+          <t>ID - 6781,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>55</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>56</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
@@ -1623,51 +1608,51 @@
       <c r="AP4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>6783  ПРАВКИ ДО РІШЕННЯ 7 З метою оплати за  коригування ПКД та її експертизи на капітальний ремонт (модернізацію) харчоблоку Гімназії імені родини Луговських та Червоноградського ліцею пропонується  виділити 240,0тис.грн. Крім того, для  завершення будівництва котельні для закладу дошкільної освіти ясла-садок №6  пропонується виділити 860,8 тис.грн. Для збалансування бюджетупропонуєтьсязменшитикошторисні призначенняпо резервному фонду на суму 1 100,8тис.грн.   Діа 8 Збільшити обсяг доходів загального фонду бюджету на субвенцію з державного бюджету місцевим бюджетам на реалізацію публічного інвестиційного проекту на забезпечення якісної сучасної та доступної загальної середньої освіти «Нова українська школа» в сумі 13 296,8 тис. грн (код доходів 41036000). Спрямувати кошти субвенції на видатки по коду ПКВКМБ 0611184 «Виконання заходів, спрямованих на реалізацію публічного інвестиційного проекту на забезпечення якісної, сучасної та доступної загальної середньої освіти «Нова українська школа» за рахунок субвенції з державного бюджету місцевим бюджетам».   Діа 9</t>
+          <t>ID - 6783,    ПРАВКИ ДО РІШЕННЯ 7 З метою оплати за  коригування ПКД та її експертизи на капітальний ремонт (модернізацію) харчоблоку Гімназії імені родини Луговських та Червоноградського ліцею пропонується  виділити 240,0тис.грн. Крім того, для  завершення будівництва котельні для закладу дошкільної освіти ясла-садок №6  пропонується виділити 860,8 тис.грн. Для збалансування бюджетупропонуєтьсязменшитикошторисні призначенняпо резервному фонду на суму 1 100,8тис.грн.   Діа 8 Збільшити обсяг доходів загального фонду бюджету на субвенцію з державного бюджету місцевим бюджетам на реалізацію публічного інвестиційного проекту на забезпечення якісної сучасної та доступної загальної середньої освіти «Нова українська школа» в сумі 13 296,8 тис. грн (код доходів 41036000). Спрямувати кошти субвенції на видатки по коду ПКВКМБ 0611184 «Виконання заходів, спрямованих на реалізацію публічного інвестиційного проекту на забезпечення якісної, сучасної та доступної загальної середньої освіти «Нова українська школа» за рахунок субвенції з державного бюджету місцевим бюджетам».   Діа 9</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>59</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>48</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>49</v>
@@ -1765,51 +1750,51 @@
       <c r="AP5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>6784Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
+          <t>ID - 6784,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>59</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>48</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>49</v>
@@ -1907,51 +1892,51 @@
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>6785Про оголошення в територіальній громаді 2025 року Роком Митрополита Української Греко-Католицької Церкви Андрея Шептицького</t>
+          <t>ID - 6785,  Про оголошення в територіальній громаді 2025 року Роком Митрополита Української Греко-Католицької Церкви Андрея Шептицького</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>49</v>
@@ -2049,51 +2034,51 @@
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>6786Про звіт Шептицького міського голови про діяльність виконавчих органів Шептицької міської ради за 2024 рік</t>
+          <t>ID - 6786,  Про звіт Шептицького міського голови про діяльність виконавчих органів Шептицької міської ради за 2024 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>59</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
@@ -2191,51 +2176,51 @@
       <c r="AP8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>6787Про  діяльність  АТ«Укрпошта» на адміністративній території Шептицької міської ради  за 2024 рік</t>
+          <t>ID - 6787,  Про  діяльність  АТ«Укрпошта» на адміністративній території Шептицької міської ради  за 2024 рік</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>65</v>
       </c>
       <c r="F9" t="s">
         <v>66</v>
       </c>
       <c r="G9" t="s">
         <v>67</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>50</v>
@@ -2333,51 +2318,51 @@
       <c r="AP9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>6788Про затвердження Порядку надання адміністративних послуг на пересувному віддаленому робочому місці адміністратора Центру надання адміністративних послуг Виконавчого комітету Шептицької міської ради із застосуванням спеціального автоматизованого комплексу «Мобільна валіза»</t>
+          <t>ID - 6788,  Про затвердження Порядку надання адміністративних послуг на пересувному віддаленому робочому місці адміністратора Центру надання адміністративних послуг Виконавчого комітету Шептицької міської ради із застосуванням спеціального автоматизованого комплексу «Мобільна валіза»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>48</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>49</v>
@@ -2615,51 +2600,51 @@
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>6790Про затвердження місцевої Програми цифровізації Червоноградської міської територіальної громади  на 2025 рік</t>
+          <t>ID - 6790,  Про затвердження місцевої Програми цифровізації Червоноградської міської територіальної громади  на 2025 рік</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>56</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>49</v>
@@ -2757,51 +2742,51 @@
       <c r="AP12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>6791Про затвердження місцевої Програми з  висвітлення діяльності Шептицької міської ради на 2025 рік</t>
+          <t>ID - 6791,  Про затвердження місцевої Програми з  висвітлення діяльності Шептицької міської ради на 2025 рік</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>44</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>56</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13" t="s">
         <v>48</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>49</v>
@@ -2897,52 +2882,54 @@
         <v>49</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
-      <c r="C14" t="s" s="4">
-        <v>75</v>
+      <c r="C14" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6792,  Про затвердження місцевих програм в галузі молодіжної політики та спорту на 2025 рік</t>
+        </is>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>56</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14" t="s">
         <v>48</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>49</v>
       </c>
@@ -3035,65 +3022,65 @@
       </c>
       <c r="AO14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>6793Про надання пiльг з безкоштовного відвідування спортивних залів, стадіонів, плавального басейну КУ «Спортивний комплекс»</t>
+          <t>ID - 6793,  Про надання пiльг з безкоштовного відвідування спортивних залів, стадіонів, плавального басейну КУ «Спортивний комплекс»</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15" t="s">
         <v>65</v>
       </c>
       <c r="F15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15" t="s">
         <v>48</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>50</v>
       </c>
@@ -3177,65 +3164,65 @@
       </c>
       <c r="AO15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>6794Про надання пiльг з безкоштовного відвідування спортивних залів, стадіонів, плавального басейну КУ «Спортивний комплекс»</t>
+          <t>ID - 6794,  Про надання пiльг з безкоштовного відвідування спортивних залів, стадіонів, плавального басейну КУ «Спортивний комплекс»</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
       <c r="F16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>48</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>49</v>
       </c>
@@ -3319,54 +3306,54 @@
       </c>
       <c r="AO16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>79</v>
+      </c>
+      <c r="C17" t="s" s="4">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17" t="s">
         <v>48</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>50</v>
       </c>
@@ -3459,65 +3446,65 @@
       </c>
       <c r="AO17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>6796Про  затвердження  статуту    комунальної установи «Агенція справедливої трансформації»  в  новiй  редакції</t>
+          <t>ID - 6796,  Про  затвердження  статуту    комунальної установи «Агенція справедливої трансформації»  в  новiй  редакції</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>55</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>48</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>49</v>
       </c>
@@ -3601,63 +3588,63 @@
       </c>
       <c r="AO18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" t="s" s="4">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D19" t="s">
         <v>58</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>48</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>49</v>
       </c>
@@ -3741,55 +3728,55 @@
       </c>
       <c r="AO19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>6798Про  затвердження  статуту    комунальної установи «Агенція справедливої трансформації»  в  новiй  редакції</t>
+          <t>ID - 6798,  Про  затвердження  статуту    комунальної установи «Агенція справедливої трансформації»  в  новiй  редакції</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>53</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>48</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
@@ -3883,54 +3870,54 @@
       </c>
       <c r="AO20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" t="s" s="4">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D21" t="s">
         <v>55</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>48</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
       </c>
@@ -4023,63 +4010,63 @@
       </c>
       <c r="AO21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>88</v>
+      </c>
+      <c r="C22" t="s" s="4">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D22" t="s">
         <v>58</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22" t="s">
         <v>48</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>49</v>
       </c>
@@ -4163,54 +4150,54 @@
       </c>
       <c r="AO22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" t="s" s="4">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D23" t="s">
         <v>61</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
       <c r="H23" t="s">
         <v>48</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>49</v>
       </c>
@@ -4303,65 +4290,65 @@
       </c>
       <c r="AO23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>6802Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади, щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
+          <t>ID - 6802,  Про внесення змін до рішення Червоноградської міської ради від 05.08.2021 №670 «Про затвердження Переліку другого типу об’єктів комунальної власності Червоноградської територіальної громади, щодо яких прийнято рішення про передачу в оренду без проведення аукціону»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
         <v>48</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>50</v>
       </c>
@@ -4445,55 +4432,55 @@
       </c>
       <c r="AO24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>6803Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572  «Про затвердження Положення про порядок передачі в оренду         майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 6803,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572  «Про затвердження Положення про порядок передачі в оренду         майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>46</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>48</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
@@ -4587,65 +4574,65 @@
       </c>
       <c r="AO25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>6804Про    затвердження   Положення про діяльність аукціонної комісії з  продажу об’єктів малої приватизації розташованих на    адміністративній   території Шептицької  міської  ради</t>
+          <t>ID - 6804,  Про    затвердження   Положення про діяльність аукціонної комісії з  продажу об’єктів малої приватизації розташованих на    адміністративній   території Шептицької  міської  ради</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>48</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>49</v>
       </c>
@@ -4729,55 +4716,55 @@
       </c>
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>6805Про  затвердження  Положення про  приватизацію  об’єктів комунальної   власності розташованих на адміністративній території Шептицької міської ради   </t>
+          <t>ID - 6805,  Про  затвердження  Положення про  приватизацію  об’єктів комунальної   власності розташованих на адміністративній території Шептицької міської ради   </t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>46</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27" t="s">
         <v>48</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
@@ -4871,65 +4858,65 @@
       </c>
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>6806Про надання    дозволу комунальному пiдприємству Червоноградський ринок на залучення кредиту   у формi овердрафт</t>
+          <t>ID - 6806,  Про надання    дозволу комунальному пiдприємству Червоноградський ринок на залучення кредиту   у формi овердрафт</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>48</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>50</v>
       </c>
@@ -5013,65 +5000,65 @@
       </c>
       <c r="AO28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>6807Про безкоштовну  передачу деревини дров’яної (модрини) із балансу відділу освіти  Шептицької міської ради на баланс комунального підприємства «Житлокомунсервіс»  </t>
+          <t>ID - 6807,  Про безкоштовну  передачу деревини дров’яної (модрини) із балансу відділу освіти  Шептицької міської ради на баланс комунального підприємства «Житлокомунсервіс»  </t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>48</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>50</v>
       </c>
@@ -5155,55 +5142,55 @@
       </c>
       <c r="AO29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>6808Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єктів нерухомого майна по вул.Б.Хмельницького, 27 в с.Поздимир</t>
+          <t>ID - 6808,  Про підтвердження факту перебування в комунальній власності Червоноградської міської територіальної громади об’єктів нерухомого майна по вул.Б.Хмельницького, 27 в с.Поздимир</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>46</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>48</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>49</v>
@@ -5297,54 +5284,54 @@
       </c>
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>100</v>
+      </c>
+      <c r="C31" t="s" s="4">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>53</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>49</v>
       </c>
@@ -5437,54 +5424,56 @@
       </c>
       <c r="AO31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>102</v>
+      </c>
+      <c r="C32" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6810,  Про перейменування закладів загальної середньої освіти та затвердження статутів</t>
+        </is>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
       <c r="F32" t="s">
         <v>46</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
         <v>48</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>49</v>
       </c>
@@ -5577,54 +5566,54 @@
       </c>
       <c r="AO32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C33" t="s" s="4">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
         <v>45</v>
       </c>
       <c r="F33" t="s">
         <v>53</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>48</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>49</v>
       </c>
@@ -5717,55 +5706,55 @@
       </c>
       <c r="AO33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>6812Про присвоєння Червоноградському ліцею Червоноградської міської ради Львівської області імені Тараса Городецького, перейменування закладу та затвердження статуту</t>
+          <t>ID - 6812,  Про присвоєння Червоноградському ліцею Червоноградської міської ради Львівської області імені Тараса Городецького, перейменування закладу та затвердження статуту</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
       <c r="F34" t="s">
         <v>46</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>48</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>50</v>
@@ -5859,65 +5848,65 @@
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>6813Про затвердження   Програми  підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2025рiк</t>
+          <t>ID - 6813,  Про затвердження   Програми  підтримки внутрішньо переміщеним та/або евакуйованим особам у зв’язку із введенням воєнного стану на 2025рiк</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
       <c r="F35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>48</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>49</v>
       </c>
@@ -6001,54 +5990,56 @@
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>107</v>
+      </c>
+      <c r="C36" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6814,  Про затвердження  місцевих програм пов’язаних з економічною діяльністю на 2025 рік</t>
+        </is>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>45</v>
       </c>
       <c r="F36" t="s">
         <v>46</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
         <v>48</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
       </c>
@@ -6141,65 +6132,65 @@
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>6815Про уповноваження управління містобудування та архітектури Виконавчого комітету Шептицької міської ради приймати рішення щодо переведення дачного чи садового будинку у жилий будинок</t>
+          <t>ID - 6815,  Про уповноваження управління містобудування та архітектури Виконавчого комітету Шептицької міської ради приймати рішення щодо переведення дачного чи садового будинку у жилий будинок</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
         <v>45</v>
       </c>
       <c r="F37" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>48</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>50</v>
       </c>
@@ -6283,55 +6274,55 @@
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>6816Про затвердження програми фінансового забезпечення територіальної оборони на 2025 рік</t>
+          <t>ID - 6816,  Про затвердження програми фінансового забезпечення територіальної оборони на 2025 рік</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>55</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38" t="s">
         <v>46</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
         <v>48</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
@@ -6425,63 +6416,63 @@
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C39" t="s" s="4">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D39" t="s">
         <v>58</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
       <c r="F39" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>48</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>49</v>
       </c>
@@ -6565,55 +6556,55 @@
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>6818Про затвердження програми фінансового забезпечення територіальної оборони на 2025 рік</t>
+          <t>ID - 6818,  Про затвердження програми фінансового забезпечення територіальної оборони на 2025 рік</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>61</v>
       </c>
       <c r="E40" t="s">
         <v>45</v>
       </c>
       <c r="F40" t="s">
         <v>46</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>48</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
@@ -6707,101 +6698,101 @@
       </c>
       <c r="AO40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>6820Про  надання  дозволу КП «Комунальник» на прийняття та захоронення твердих побутових відходів   на підприємство промислової переробки  побутових відходів, потужністю до 100 тис. тонн в рік, від ТзОВ «ДАРВАР»</t>
+          <t>ID - 6820,  Про  надання  дозволу КП «Комунальник» на прийняття та захоронення твердих побутових відходів   на підприємство промислової переробки  побутових відходів, потужністю до 100 тис. тонн в рік, від ТзОВ «ДАРВАР»</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>44</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
       <c r="F41" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>49</v>
       </c>
@@ -6849,101 +6840,101 @@
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>6821Про  надання  дозволу КП «Комунальник» на прийняття та захоронення твердих побутових відходів   на підприємство промислової переробки  побутових відходів, потужністю до 100 тис. тонн в рік, від ВП «Шахта «Степова» ДП «Львіввугілля»</t>
+          <t>ID - 6821,  Про  надання  дозволу КП «Комунальник» на прийняття та захоронення твердих побутових відходів   на підприємство промислової переробки  побутових відходів, потужністю до 100 тис. тонн в рік, від ВП «Шахта «Степова» ДП «Львіввугілля»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>44</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
       </c>
       <c r="F42" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R42" t="s" s="5">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>49</v>
       </c>
@@ -6991,65 +6982,65 @@
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>6822Про  затвердження  статуту  комунального підприємства   «Комунальник»  в  новiй  редакції</t>
+          <t>ID - 6822,  Про  затвердження  статуту  комунального підприємства   «Комунальник»  в  новiй  редакції</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>44</v>
       </c>
       <c r="E43" t="s">
         <v>45</v>
       </c>
       <c r="F43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
         <v>48</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>49</v>
       </c>
@@ -7133,65 +7124,65 @@
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>6823Про   надання   дозволу   комунальному пiдприємству «Житлокомунсервіс»  Шептицької міської ради на   залучення  кредиту  у   формi  бланкового овердрафту</t>
+          <t>ID - 6823,  Про   надання   дозволу   комунальному пiдприємству «Житлокомунсервіс»  Шептицької міської ради на   залучення  кредиту  у   формi  бланкового овердрафту</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>44</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>48</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>49</v>
       </c>
@@ -7275,63 +7266,63 @@
       </c>
       <c r="AO44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>49</v>
       </c>
@@ -7415,65 +7406,65 @@
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>6825Про затвердження Програми енергозбереження для населення Червоноградської міської територіальної громади на 2025 рік</t>
+          <t>ID - 6825,  Про затвердження Програми енергозбереження для населення Червоноградської міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>49</v>
       </c>
@@ -7557,65 +7548,65 @@
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>6826Про затвердження місцевих програм в галузі житлово-комунального господарства на 2025 рік</t>
+          <t>ID - 6826,  Про затвердження місцевих програм в галузі житлово-комунального господарства на 2025 рік</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>50</v>
       </c>
@@ -7699,55 +7690,55 @@
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>6827Про затвердження Програми використання внесків органу місцевого самоврядування до    статутного    капіталу комунального  підприємства «Комунальник»  у   2025 році</t>
+          <t>ID - 6827,  Про затвердження Програми використання внесків органу місцевого самоврядування до    статутного    капіталу комунального  підприємства «Комунальник»  у   2025 році</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>44</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
         <v>46</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
@@ -7841,55 +7832,55 @@
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>6828Про затвердження  Програми заходів громадського порядку та безпеки  на 2025 рік згідно Комплексної  програми «Безпечна громада» на  2022-2025 роки</t>
+          <t>ID - 6828,  Про затвердження  Програми заходів громадського порядку та безпеки  на 2025 рік згідно Комплексної  програми «Безпечна громада» на  2022-2025 роки</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>53</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>48</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
@@ -7983,55 +7974,55 @@
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>6829Про перейменування закладів культури Шептицької міської ради та затвердження Статутів</t>
+          <t>ID - 6829,  Про перейменування закладів культури Шептицької міської ради та затвердження Статутів</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
       <c r="F50" t="s">
         <v>46</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
         <v>48</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>49</v>
@@ -8125,55 +8116,55 @@
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>6830Про затвердження Положення про надання одноразової грошової допомоги в новій редакції</t>
+          <t>ID - 6830,  Про затвердження Положення про надання одноразової грошової допомоги в новій редакції</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>55</v>
       </c>
       <c r="E51" t="s">
         <v>45</v>
       </c>
       <c r="F51" t="s">
         <v>46</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
@@ -8267,65 +8258,65 @@
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>6831Внести правки озвучені Ковалем В. С. - додати в статут ще один пункт щодо місця проживання, зміни в п. 7 - граничний розмір 80 тис. грн, виключити п.8 </t>
+          <t>ID - 6831,  Внести правки озвучені Ковалем В. С. - додати в статут ще один пункт щодо місця проживання, зміни в п. 7 - граничний розмір 80 тис. грн, виключити п.8 </t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>58</v>
       </c>
       <c r="E52" t="s">
         <v>45</v>
       </c>
       <c r="F52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>48</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>50</v>
       </c>
@@ -8409,55 +8400,55 @@
       </c>
       <c r="AO52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>6832Про затвердження Положення про надання одноразової грошової допомоги в новій редакції</t>
+          <t>ID - 6832,  Про затвердження Положення про надання одноразової грошової допомоги в новій редакції</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>61</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
         <v>56</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>48</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
@@ -8551,54 +8542,56 @@
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>130</v>
+      </c>
+      <c r="C54" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6833,  Про затвердження місцевих програм в галузі соціального захисту населення на 2025 рік</t>
+        </is>
       </c>
       <c r="D54" t="s">
         <v>44</v>
       </c>
       <c r="E54" t="s">
         <v>45</v>
       </c>
       <c r="F54" t="s">
         <v>53</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
         <v>48</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>49</v>
       </c>
@@ -8691,55 +8684,55 @@
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>6834Про затвердження Місцевої програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів їх сімей на 2025 рік</t>
+          <t>ID - 6834,  Про затвердження Місцевої програми соціальної підтримки учасників АТО/ООС, бійців-добровольців АТО, Захисників та Захисниць України та членів їх сімей на 2025 рік</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>44</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
       <c r="F55" t="s">
         <v>56</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
         <v>48</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
@@ -8833,54 +8826,54 @@
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D56" t="s">
         <v>55</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
         <v>53</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>48</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
       </c>
@@ -8973,54 +8966,54 @@
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D57" t="s">
         <v>58</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="F57" t="s">
         <v>56</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
         <v>48</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>49</v>
       </c>
@@ -9113,54 +9106,54 @@
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D58" t="s">
         <v>61</v>
       </c>
       <c r="E58" t="s">
         <v>45</v>
       </c>
       <c r="F58" t="s">
         <v>53</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
         <v>48</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>49</v>
       </c>
@@ -9253,54 +9246,54 @@
       </c>
       <c r="AO58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C59" t="s" s="4">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D59" t="s">
         <v>44</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
         <v>46</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
         <v>48</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
       </c>
@@ -9393,55 +9386,55 @@
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>6839Про перейменування Комунального підприємства «Центральна міська лікарня Червоноградської міської ради» та затвердження його статуту в новій редакції</t>
+          <t>ID - 6839,  Про перейменування Комунального підприємства «Центральна міська лікарня Червоноградської міської ради» та затвердження його статуту в новій редакції</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>44</v>
       </c>
       <c r="E60" t="s">
         <v>45</v>
       </c>
       <c r="F60" t="s">
         <v>56</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
         <v>48</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>49</v>
@@ -9535,54 +9528,54 @@
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C61" t="s" s="4">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D61" t="s">
         <v>44</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>53</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>48</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
       </c>
@@ -9675,55 +9668,55 @@
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
-          <t>6841Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Шептицької міської ради</t>
+          <t>ID - 6841,  Про делегування повноважень щодо здійснення функцій замовника відділу капітального будівництва та інвестицій Шептицької міської ради</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
         <v>45</v>
       </c>
       <c r="F62" t="s">
         <v>46</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
@@ -9817,55 +9810,55 @@
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>6842Про затвердження Програми забезпечення інклюзивності та рівних прав і можливостей для мешканців громади  на 2025-2030 роки *(доопрацьована)</t>
+          <t>ID - 6842,  Про затвердження Програми забезпечення інклюзивності та рівних прав і можливостей для мешканців громади  на 2025-2030 роки *(доопрацьована)</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>44</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
         <v>46</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
@@ -9959,63 +9952,63 @@
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C64" t="s" s="4">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D64" t="s">
         <v>44</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>48</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>50</v>
       </c>
@@ -10099,54 +10092,54 @@
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D65" t="s">
         <v>44</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
         <v>46</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
         <v>48</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
       </c>
@@ -10239,63 +10232,63 @@
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C66" t="s" s="4">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D66" t="s">
         <v>44</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
       <c r="F66" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>48</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>49</v>
       </c>
@@ -10379,54 +10372,54 @@
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C67" t="s" s="4">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
       <c r="F67" t="s">
         <v>46</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>48</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>50</v>
       </c>
@@ -10519,54 +10512,54 @@
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C68" t="s" s="4">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D68" t="s">
         <v>44</v>
       </c>
       <c r="E68" t="s">
         <v>45</v>
       </c>
       <c r="F68" t="s">
         <v>53</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
         <v>48</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>49</v>
       </c>
@@ -10659,63 +10652,63 @@
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69" t="s">
         <v>45</v>
       </c>
       <c r="F69" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>48</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10799,69 +10792,69 @@
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D70" t="s">
         <v>44</v>
       </c>
       <c r="E70" t="s">
         <v>45</v>
       </c>
       <c r="F70" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>51</v>
       </c>
@@ -10922,80 +10915,80 @@
       <c r="AI70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ70" t="s" s="5">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C71" t="s" s="4">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D71" t="s">
         <v>44</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>49</v>
       </c>
@@ -11079,63 +11072,63 @@
       </c>
       <c r="AO71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D72" t="s">
         <v>44</v>
       </c>
       <c r="E72" t="s">
         <v>45</v>
       </c>
       <c r="F72" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>49</v>
       </c>
@@ -11219,54 +11212,54 @@
       </c>
       <c r="AO72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C73" t="s" s="4">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D73" t="s">
         <v>44</v>
       </c>
       <c r="E73" t="s">
         <v>45</v>
       </c>
       <c r="F73" t="s">
         <v>46</v>
       </c>
       <c r="G73" t="s">
         <v>47</v>
       </c>
       <c r="H73" t="s">
         <v>48</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>49</v>
       </c>
@@ -11359,54 +11352,54 @@
       </c>
       <c r="AO73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D74" t="s">
         <v>44</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>53</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>48</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
       </c>
@@ -11499,63 +11492,63 @@
       </c>
       <c r="AO74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>48</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>49</v>
       </c>
@@ -11639,55 +11632,55 @@
       </c>
       <c r="AO75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>6855Про розгляд клопотання громадян Дзеби Олександра Васильовича та ПроцикБогдани Богданівни</t>
+          <t>ID - 6855,  Про розгляд клопотання громадян Дзеби Олександра Васильовича та ПроцикБогдани Богданівни</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
       <c r="F76" t="s">
         <v>53</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>48</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
@@ -11781,55 +11774,55 @@
       </c>
       <c r="AO76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>6856Про розгляд клопотання громадянки Олексюк Ріти Андріївни щодо надання дозволу на розроблення землевпорядної документації</t>
+          <t>ID - 6856,  Про розгляд клопотання громадянки Олексюк Ріти Андріївни щодо надання дозволу на розроблення землевпорядної документації</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>44</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
         <v>46</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>48</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>49</v>
@@ -11923,54 +11916,54 @@
       </c>
       <c r="AO77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C78" t="s" s="4">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D78" t="s">
         <v>44</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
         <v>46</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
       </c>
@@ -12063,63 +12056,63 @@
       </c>
       <c r="AO78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
         <v>45</v>
       </c>
       <c r="F79" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G79" t="s">
         <v>47</v>
       </c>
       <c r="H79" t="s">
         <v>48</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>49</v>
       </c>
@@ -12203,63 +12196,63 @@
       </c>
       <c r="AO79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C80" t="s" s="4">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D80" t="s">
         <v>44</v>
       </c>
       <c r="E80" t="s">
         <v>45</v>
       </c>
       <c r="F80" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G80" t="s">
         <v>47</v>
       </c>
       <c r="H80" t="s">
         <v>48</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>49</v>
       </c>
@@ -12343,54 +12336,54 @@
       </c>
       <c r="AO80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D81" t="s">
         <v>44</v>
       </c>
       <c r="E81" t="s">
         <v>45</v>
       </c>
       <c r="F81" t="s">
         <v>46</v>
       </c>
       <c r="G81" t="s">
         <v>47</v>
       </c>
       <c r="H81" t="s">
         <v>48</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>49</v>
       </c>
@@ -12483,54 +12476,54 @@
       </c>
       <c r="AO81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D82" t="s">
         <v>44</v>
       </c>
       <c r="E82" t="s">
         <v>45</v>
       </c>
       <c r="F82" t="s">
         <v>46</v>
       </c>
       <c r="G82" t="s">
         <v>47</v>
       </c>
       <c r="H82" t="s">
         <v>48</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>49</v>
       </c>
@@ -12623,54 +12616,54 @@
       </c>
       <c r="AO82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D83" t="s">
         <v>44</v>
       </c>
       <c r="E83" t="s">
         <v>45</v>
       </c>
       <c r="F83" t="s">
         <v>46</v>
       </c>
       <c r="G83" t="s">
         <v>47</v>
       </c>
       <c r="H83" t="s">
         <v>48</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>49</v>
       </c>
@@ -12763,54 +12756,54 @@
       </c>
       <c r="AO83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C84" t="s" s="4">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D84" t="s">
         <v>44</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
       <c r="F84" t="s">
         <v>56</v>
       </c>
       <c r="G84" t="s">
         <v>47</v>
       </c>
       <c r="H84" t="s">
         <v>48</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>49</v>
       </c>
@@ -12903,69 +12896,69 @@
       </c>
       <c r="AO84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C85" t="s" s="4">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D85" t="s">
         <v>44</v>
       </c>
       <c r="E85" t="s">
         <v>45</v>
       </c>
       <c r="F85" t="s">
         <v>53</v>
       </c>
       <c r="G85" t="s">
         <v>47</v>
       </c>
       <c r="H85" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P85" t="s" s="5">
         <v>51</v>
       </c>
@@ -13023,75 +13016,75 @@
       <c r="AH85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AI85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AL85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP85" t="s" s="5">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>6865Про розгляд клопотання громадянки Прадід Галини Петрівни про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 6865,  Про розгляд клопотання громадянки Прадід Галини Петрівни про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>44</v>
       </c>
       <c r="E86" t="s">
         <v>45</v>
       </c>
       <c r="F86" t="s">
         <v>56</v>
       </c>
       <c r="G86" t="s">
         <v>47</v>
       </c>
       <c r="H86" t="s">
         <v>48</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>49</v>
@@ -13185,55 +13178,55 @@
       </c>
       <c r="AO86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>6866Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви Парафії Собору Пресвятої Богородиці у с. Сілець Сокальського району Львівської області</t>
+          <t>ID - 6866,  Про розгляд клопотання Релігійної організації «Релігійна громада Української Греко-Католицької Церкви Парафії Собору Пресвятої Богородиці у с. Сілець Сокальського району Львівської області</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>44</v>
       </c>
       <c r="E87" t="s">
         <v>45</v>
       </c>
       <c r="F87" t="s">
         <v>53</v>
       </c>
       <c r="G87" t="s">
         <v>47</v>
       </c>
       <c r="H87" t="s">
         <v>48</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>49</v>
@@ -13327,65 +13320,65 @@
       </c>
       <c r="AO87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>6867Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування будівель громадських та релігійних організацій в селі Сілець, присілок Заболотня</t>
+          <t>ID - 6867,  Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування будівель громадських та релігійних організацій в селі Сілець, присілок Заболотня</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>44</v>
       </c>
       <c r="E88" t="s">
         <v>45</v>
       </c>
       <c r="F88" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G88" t="s">
         <v>47</v>
       </c>
       <c r="H88" t="s">
         <v>48</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>49</v>
       </c>
@@ -13469,54 +13462,54 @@
       </c>
       <c r="AO88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C89" t="s" s="4">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="D89" t="s">
         <v>44</v>
       </c>
       <c r="E89" t="s">
         <v>45</v>
       </c>
       <c r="F89" t="s">
         <v>53</v>
       </c>
       <c r="G89" t="s">
         <v>47</v>
       </c>
       <c r="H89" t="s">
         <v>48</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>49</v>
       </c>
@@ -13609,54 +13602,54 @@
       </c>
       <c r="AO89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP89" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C90" t="s" s="4">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D90" t="s">
         <v>44</v>
       </c>
       <c r="E90" t="s">
         <v>45</v>
       </c>
       <c r="F90" t="s">
         <v>46</v>
       </c>
       <c r="G90" t="s">
         <v>47</v>
       </c>
       <c r="H90" t="s">
         <v>48</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>49</v>
       </c>
@@ -13749,54 +13742,54 @@
       </c>
       <c r="AO90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C91" t="s" s="4">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D91" t="s">
         <v>44</v>
       </c>
       <c r="E91" t="s">
         <v>45</v>
       </c>
       <c r="F91" t="s">
         <v>53</v>
       </c>
       <c r="G91" t="s">
         <v>47</v>
       </c>
       <c r="H91" t="s">
         <v>48</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>49</v>
       </c>
@@ -13889,54 +13882,54 @@
       </c>
       <c r="AO91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C92" t="s" s="4">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D92" t="s">
         <v>44</v>
       </c>
       <c r="E92" t="s">
         <v>45</v>
       </c>
       <c r="F92" t="s">
         <v>53</v>
       </c>
       <c r="G92" t="s">
         <v>47</v>
       </c>
       <c r="H92" t="s">
         <v>48</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>49</v>
       </c>
@@ -14029,54 +14022,54 @@
       </c>
       <c r="AO92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C93" t="s" s="4">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D93" t="s">
         <v>44</v>
       </c>
       <c r="E93" t="s">
         <v>45</v>
       </c>
       <c r="F93" t="s">
         <v>46</v>
       </c>
       <c r="G93" t="s">
         <v>47</v>
       </c>
       <c r="H93" t="s">
         <v>48</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>49</v>
       </c>
@@ -14169,54 +14162,54 @@
       </c>
       <c r="AO93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP93" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C94" t="s" s="4">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D94" t="s">
         <v>44</v>
       </c>
       <c r="E94" t="s">
         <v>45</v>
       </c>
       <c r="F94" t="s">
         <v>46</v>
       </c>
       <c r="G94" t="s">
         <v>47</v>
       </c>
       <c r="H94" t="s">
         <v>48</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>50</v>
       </c>
@@ -14309,63 +14302,63 @@
       </c>
       <c r="AO94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP94" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C95" t="s" s="4">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D95" t="s">
         <v>44</v>
       </c>
       <c r="E95" t="s">
         <v>45</v>
       </c>
       <c r="F95" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G95" t="s">
         <v>47</v>
       </c>
       <c r="H95" t="s">
         <v>48</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>49</v>
       </c>
@@ -14449,55 +14442,55 @@
       </c>
       <c r="AO95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>6875Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 6875,  Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо вiдведення земельної дiлянки для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>44</v>
       </c>
       <c r="E96" t="s">
         <v>45</v>
       </c>
       <c r="F96" t="s">
         <v>53</v>
       </c>
       <c r="G96" t="s">
         <v>47</v>
       </c>
       <c r="H96" t="s">
         <v>48</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>49</v>
@@ -14591,55 +14584,55 @@
       </c>
       <c r="AO96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP96" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>6876Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для ведення індивідуального садівництва</t>
+          <t>ID - 6876,  Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для ведення індивідуального садівництва</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>44</v>
       </c>
       <c r="E97" t="s">
         <v>45</v>
       </c>
       <c r="F97" t="s">
         <v>53</v>
       </c>
       <c r="G97" t="s">
         <v>47</v>
       </c>
       <c r="H97" t="s">
         <v>48</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>50</v>
@@ -14733,55 +14726,55 @@
       </c>
       <c r="AO97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>6877Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу  на розроблення проєкту землеустрою щодо відведення земельної ділянки для будівництва індивідуального гаража</t>
+          <t>ID - 6877,  Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу  на розроблення проєкту землеустрою щодо відведення земельної ділянки для будівництва індивідуального гаража</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>44</v>
       </c>
       <c r="E98" t="s">
         <v>45</v>
       </c>
       <c r="F98" t="s">
         <v>56</v>
       </c>
       <c r="G98" t="s">
         <v>47</v>
       </c>
       <c r="H98" t="s">
         <v>48</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>49</v>
@@ -14875,55 +14868,55 @@
       </c>
       <c r="AO98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>6878Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства</t>
+          <t>ID - 6878,  Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>44</v>
       </c>
       <c r="E99" t="s">
         <v>45</v>
       </c>
       <c r="F99" t="s">
         <v>53</v>
       </c>
       <c r="G99" t="s">
         <v>47</v>
       </c>
       <c r="H99" t="s">
         <v>48</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>49</v>
@@ -15017,55 +15010,55 @@
       </c>
       <c r="AO99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>6879Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для індивідуального дачного будівництва</t>
+          <t>ID - 6879,  Про розгляд клопотання громадянина Іваночка Івана Івановича про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для індивідуального дачного будівництва</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>44</v>
       </c>
       <c r="E100" t="s">
         <v>45</v>
       </c>
       <c r="F100" t="s">
         <v>46</v>
       </c>
       <c r="G100" t="s">
         <v>47</v>
       </c>
       <c r="H100" t="s">
         <v>48</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>49</v>
@@ -15159,55 +15152,55 @@
       </c>
       <c r="AO100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>6880Про розгляд клопотання громадянина Іваночка Івана Івановича стосовно надання Дозволу на розроблення проєкту Землеустрою щодо відведення земельної ділянки для ведення фермерського господарства</t>
+          <t>ID - 6880,  Про розгляд клопотання громадянина Іваночка Івана Івановича стосовно надання Дозволу на розроблення проєкту Землеустрою щодо відведення земельної ділянки для ведення фермерського господарства</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>44</v>
       </c>
       <c r="E101" t="s">
         <v>45</v>
       </c>
       <c r="F101" t="s">
         <v>56</v>
       </c>
       <c r="G101" t="s">
         <v>47</v>
       </c>
       <c r="H101" t="s">
         <v>48</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>49</v>
@@ -15301,54 +15294,54 @@
       </c>
       <c r="AO101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C102" t="s" s="4">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D102" t="s">
         <v>44</v>
       </c>
       <c r="E102" t="s">
         <v>45</v>
       </c>
       <c r="F102" t="s">
         <v>53</v>
       </c>
       <c r="G102" t="s">
         <v>47</v>
       </c>
       <c r="H102" t="s">
         <v>48</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>50</v>
       </c>
@@ -15441,54 +15434,54 @@
       </c>
       <c r="AO102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C103" t="s" s="4">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D103" t="s">
         <v>44</v>
       </c>
       <c r="E103" t="s">
         <v>45</v>
       </c>
       <c r="F103" t="s">
         <v>53</v>
       </c>
       <c r="G103" t="s">
         <v>47</v>
       </c>
       <c r="H103" t="s">
         <v>48</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>49</v>
       </c>
@@ -15581,54 +15574,54 @@
       </c>
       <c r="AO103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C104" t="s" s="4">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D104" t="s">
         <v>44</v>
       </c>
       <c r="E104" t="s">
         <v>45</v>
       </c>
       <c r="F104" t="s">
         <v>46</v>
       </c>
       <c r="G104" t="s">
         <v>47</v>
       </c>
       <c r="H104" t="s">
         <v>48</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>49</v>
       </c>
@@ -15721,54 +15714,54 @@
       </c>
       <c r="AO104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C105" t="s" s="4">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D105" t="s">
         <v>44</v>
       </c>
       <c r="E105" t="s">
         <v>45</v>
       </c>
       <c r="F105" t="s">
         <v>53</v>
       </c>
       <c r="G105" t="s">
         <v>47</v>
       </c>
       <c r="H105" t="s">
         <v>48</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>49</v>
       </c>
@@ -15861,55 +15854,55 @@
       </c>
       <c r="AO105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>6885Про розгляд клопотання громадянина Шеремети Олега Володимировича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 6885,  Про розгляд клопотання громадянина Шеремети Олега Володимировича про затвердження проєкту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>44</v>
       </c>
       <c r="E106" t="s">
         <v>45</v>
       </c>
       <c r="F106" t="s">
         <v>46</v>
       </c>
       <c r="G106" t="s">
         <v>47</v>
       </c>
       <c r="H106" t="s">
         <v>48</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>49</v>
@@ -16003,54 +15996,54 @@
       </c>
       <c r="AO106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C107" t="s" s="4">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D107" t="s">
         <v>44</v>
       </c>
       <c r="E107" t="s">
         <v>45</v>
       </c>
       <c r="F107" t="s">
         <v>53</v>
       </c>
       <c r="G107" t="s">
         <v>47</v>
       </c>
       <c r="H107" t="s">
         <v>48</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>49</v>
       </c>
@@ -16143,63 +16136,63 @@
       </c>
       <c r="AO107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="D108" t="s">
         <v>44</v>
       </c>
       <c r="E108" t="s">
         <v>45</v>
       </c>
       <c r="F108" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G108" t="s">
         <v>47</v>
       </c>
       <c r="H108" t="s">
         <v>48</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>49</v>
       </c>
@@ -16283,63 +16276,63 @@
       </c>
       <c r="AO108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C109" t="s" s="4">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D109" t="s">
         <v>44</v>
       </c>
       <c r="E109" t="s">
         <v>45</v>
       </c>
       <c r="F109" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G109" t="s">
         <v>47</v>
       </c>
       <c r="H109" t="s">
         <v>48</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>49</v>
       </c>
@@ -16423,55 +16416,55 @@
       </c>
       <c r="AO109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
-          <t>6889Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для обслуговування гідрометеорологічного поста на річці Рата в селі Межиріччя</t>
+          <t>ID - 6889,  Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для обслуговування гідрометеорологічного поста на річці Рата в селі Межиріччя</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>44</v>
       </c>
       <c r="E110" t="s">
         <v>45</v>
       </c>
       <c r="F110" t="s">
         <v>53</v>
       </c>
       <c r="G110" t="s">
         <v>47</v>
       </c>
       <c r="H110" t="s">
         <v>48</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>49</v>
@@ -16565,55 +16558,55 @@
       </c>
       <c r="AO110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>6890Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для обслуговування гідрологічного поста на річці Солокія в місті Шептицький</t>
+          <t>ID - 6890,  Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки для обслуговування гідрологічного поста на річці Солокія в місті Шептицький</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>44</v>
       </c>
       <c r="E111" t="s">
         <v>45</v>
       </c>
       <c r="F111" t="s">
         <v>53</v>
       </c>
       <c r="G111" t="s">
         <v>47</v>
       </c>
       <c r="H111" t="s">
         <v>48</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>49</v>
@@ -16707,75 +16700,75 @@
       </c>
       <c r="AO111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="C112" t="s" s="4">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D112" t="s">
         <v>44</v>
       </c>
       <c r="E112" t="s">
         <v>45</v>
       </c>
       <c r="F112" t="s">
         <v>53</v>
       </c>
       <c r="G112" t="s">
         <v>47</v>
       </c>
       <c r="H112" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J112" t="s" s="5">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R112" t="s" s="5">
         <v>49</v>
       </c>
@@ -16847,55 +16840,55 @@
       </c>
       <c r="AO112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>6892Про затвердження технічної документації із землеустрою щодо інвентаризації земель Фермерського господарства Шумило М. О.</t>
+          <t>ID - 6892,  Про затвердження технічної документації із землеустрою щодо інвентаризації земель Фермерського господарства Шумило М. О.</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>44</v>
       </c>
       <c r="E113" t="s">
         <v>45</v>
       </c>
       <c r="F113" t="s">
         <v>53</v>
       </c>
       <c r="G113" t="s">
         <v>47</v>
       </c>
       <c r="H113" t="s">
         <v>48</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>49</v>
@@ -16989,54 +16982,54 @@
       </c>
       <c r="AO113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C114" t="s" s="4">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D114" t="s">
         <v>44</v>
       </c>
       <c r="E114" t="s">
         <v>45</v>
       </c>
       <c r="F114" t="s">
         <v>46</v>
       </c>
       <c r="G114" t="s">
         <v>47</v>
       </c>
       <c r="H114" t="s">
         <v>48</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>49</v>
       </c>
@@ -17129,55 +17122,55 @@
       </c>
       <c r="AO114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>6894Про прийняття в управління частини спадкового майна, а саме: земельних ділянок, земельних часток (паїв) у разі відсутності спадкоємців за заповітом і за законом, усунення їх від права на спадкування, неприйняття ними спадщини, а також відмови від її прийняття після спливу шести місяців з дня відкриття спадщини та установлення органу управління спадщиною на території Шептицької міської ради</t>
+          <t>ID - 6894,  Про прийняття в управління частини спадкового майна, а саме: земельних ділянок, земельних часток (паїв) у разі відсутності спадкоємців за заповітом і за законом, усунення їх від права на спадкування, неприйняття ними спадщини, а також відмови від її прийняття після спливу шести місяців з дня відкриття спадщини та установлення органу управління спадщиною на території Шептицької міської ради</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>44</v>
       </c>
       <c r="E115" t="s">
         <v>45</v>
       </c>
       <c r="F115" t="s">
         <v>46</v>
       </c>
       <c r="G115" t="s">
         <v>47</v>
       </c>
       <c r="H115" t="s">
         <v>48</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>49</v>
@@ -17271,54 +17264,54 @@
       </c>
       <c r="AO115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D116" t="s">
         <v>44</v>
       </c>
       <c r="E116" t="s">
         <v>45</v>
       </c>
       <c r="F116" t="s">
         <v>53</v>
       </c>
       <c r="G116" t="s">
         <v>47</v>
       </c>
       <c r="H116" t="s">
         <v>48</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>49</v>
       </c>
@@ -17411,54 +17404,56 @@
       </c>
       <c r="AO116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>236</v>
+      </c>
+      <c r="C117" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6896,  Про розгляд клопотання Комунального підприємства «Червоноградтеплокомуненерго»</t>
+        </is>
       </c>
       <c r="D117" t="s">
         <v>44</v>
       </c>
       <c r="E117" t="s">
         <v>45</v>
       </c>
       <c r="F117" t="s">
         <v>46</v>
       </c>
       <c r="G117" t="s">
         <v>47</v>
       </c>
       <c r="H117" t="s">
         <v>48</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>49</v>
       </c>
@@ -17551,55 +17546,55 @@
       </c>
       <c r="AO117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>6897Про затвердження місцевих програм в галузі земельних відносин та  містобудування на 2025 рік</t>
+          <t>ID - 6897,  Про затвердження місцевих програм в галузі земельних відносин та  містобудування на 2025 рік</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>44</v>
       </c>
       <c r="E118" t="s">
         <v>45</v>
       </c>
       <c r="F118" t="s">
         <v>46</v>
       </c>
       <c r="G118" t="s">
         <v>47</v>
       </c>
       <c r="H118" t="s">
         <v>48</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
@@ -17693,63 +17688,63 @@
       </c>
       <c r="AO118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="D119" t="s">
         <v>55</v>
       </c>
       <c r="E119" t="s">
         <v>45</v>
       </c>
       <c r="F119" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="G119" t="s">
         <v>47</v>
       </c>
       <c r="H119" t="s">
         <v>48</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>49</v>
       </c>
@@ -17833,63 +17828,63 @@
       </c>
       <c r="AO119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C120" t="s" s="4">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D120" t="s">
         <v>58</v>
       </c>
       <c r="E120" t="s">
         <v>45</v>
       </c>
       <c r="F120" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G120" t="s">
         <v>47</v>
       </c>
       <c r="H120" t="s">
         <v>48</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>49</v>
       </c>
@@ -17973,63 +17968,63 @@
       </c>
       <c r="AO120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="C121" t="s" s="4">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="D121" t="s">
         <v>61</v>
       </c>
       <c r="E121" t="s">
         <v>45</v>
       </c>
       <c r="F121" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G121" t="s">
         <v>47</v>
       </c>
       <c r="H121" t="s">
         <v>48</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>49</v>
       </c>
@@ -18113,63 +18108,63 @@
       </c>
       <c r="AO121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP121" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="C122" t="s" s="4">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="D122" t="s">
         <v>61</v>
       </c>
       <c r="E122" t="s">
         <v>45</v>
       </c>
       <c r="F122" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="G122" t="s">
         <v>47</v>
       </c>
       <c r="H122" t="s">
         <v>48</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M122" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N122" t="s" s="5">
         <v>49</v>
       </c>
@@ -18258,162 +18253,162 @@
         <v>49</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123"/>
       <c r="B123"/>
       <c r="C123"/>
       <c r="D123"/>
       <c r="E123"/>
       <c r="F123"/>
       <c r="G123"/>
       <c r="H123"/>
       <c r="I123" t="s">
+        <v>247</v>
+      </c>
+      <c r="J123" t="s">
+        <v>248</v>
+      </c>
+      <c r="K123" t="s">
+        <v>249</v>
+      </c>
+      <c r="L123" t="s">
+        <v>250</v>
+      </c>
+      <c r="M123" t="s">
+        <v>251</v>
+      </c>
+      <c r="N123" t="s">
         <v>252</v>
       </c>
-      <c r="J123" t="s">
+      <c r="O123" t="s">
+        <v>251</v>
+      </c>
+      <c r="P123" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q123" t="s">
         <v>253</v>
       </c>
-      <c r="K123" t="s">
+      <c r="R123" t="s">
         <v>254</v>
       </c>
-      <c r="L123" t="s">
+      <c r="S123" t="s">
         <v>255</v>
       </c>
-      <c r="M123" t="s">
+      <c r="T123" t="s">
         <v>256</v>
       </c>
-      <c r="N123" t="s">
+      <c r="U123" t="s">
+        <v>248</v>
+      </c>
+      <c r="V123" t="s">
+        <v>249</v>
+      </c>
+      <c r="W123" t="s">
         <v>257</v>
       </c>
-      <c r="O123" t="s">
-[...5 lines deleted...]
-      <c r="Q123" t="s">
+      <c r="X123" t="s">
         <v>258</v>
       </c>
-      <c r="R123" t="s">
+      <c r="Y123" t="s">
         <v>259</v>
       </c>
-      <c r="S123" t="s">
+      <c r="Z123" t="s">
         <v>260</v>
       </c>
-      <c r="T123" t="s">
+      <c r="AA123" t="s">
         <v>261</v>
       </c>
-      <c r="U123" t="s">
-[...2 lines deleted...]
-      <c r="V123" t="s">
+      <c r="AB123" t="s">
+        <v>262</v>
+      </c>
+      <c r="AC123" t="s">
         <v>254</v>
       </c>
-      <c r="W123" t="s">
-[...2 lines deleted...]
-      <c r="X123" t="s">
+      <c r="AD123" t="s">
         <v>263</v>
       </c>
-      <c r="Y123" t="s">
+      <c r="AE123" t="s">
         <v>264</v>
       </c>
-      <c r="Z123" t="s">
+      <c r="AF123" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG123" t="s">
         <v>265</v>
       </c>
-      <c r="AA123" t="s">
+      <c r="AH123" t="s">
         <v>266</v>
       </c>
-      <c r="AB123" t="s">
+      <c r="AI123" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ123" t="s">
+        <v>76</v>
+      </c>
+      <c r="AK123" t="s">
         <v>267</v>
       </c>
-      <c r="AC123" t="s">
-[...2 lines deleted...]
-      <c r="AD123" t="s">
+      <c r="AL123" t="s">
+        <v>76</v>
+      </c>
+      <c r="AM123" t="s">
         <v>268</v>
       </c>
-      <c r="AE123" t="s">
+      <c r="AN123" t="s">
         <v>269</v>
       </c>
-      <c r="AF123" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AO123" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="AP123" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="AQ123" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="AR123" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AS123" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AT123" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
     </row>
     <row r="124">
       <c r="A124"/>
       <c r="B124"/>
       <c r="C124"/>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124"/>
       <c r="I124" t="s">
         <v>47</v>
       </c>
       <c r="J124" t="s">
         <v>47</v>
       </c>
       <c r="K124" t="s">
         <v>47</v>
       </c>
       <c r="L124" t="s">
         <v>47</v>
       </c>
       <c r="M124" t="s">
         <v>47</v>
@@ -18506,410 +18501,410 @@
         <v>47</v>
       </c>
       <c r="AQ124" t="s">
         <v>47</v>
       </c>
       <c r="AR124" t="s">
         <v>47</v>
       </c>
       <c r="AS124" t="s">
         <v>47</v>
       </c>
       <c r="AT124" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="125">
       <c r="A125"/>
       <c r="B125"/>
       <c r="C125"/>
       <c r="D125"/>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125"/>
       <c r="H125"/>
       <c r="I125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="J125" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="K125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="L125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="M125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="N125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="O125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="P125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="Q125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="R125" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="S125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="T125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="U125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="V125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="W125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="X125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="Y125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="Z125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AA125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AB125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AC125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AD125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AE125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AF125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AG125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AH125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AI125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AJ125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AK125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AL125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AM125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AN125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AO125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AP125" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="AQ125" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="AR125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AS125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="AT125" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="126">
       <c r="A126"/>
       <c r="B126"/>
       <c r="C126"/>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126"/>
       <c r="I126" t="s">
+        <v>273</v>
+      </c>
+      <c r="J126" t="s">
+        <v>274</v>
+      </c>
+      <c r="K126" t="s">
+        <v>275</v>
+      </c>
+      <c r="L126" t="s">
+        <v>276</v>
+      </c>
+      <c r="M126" t="s">
+        <v>277</v>
+      </c>
+      <c r="N126" t="s">
         <v>278</v>
       </c>
-      <c r="J126" t="s">
+      <c r="O126" t="s">
+        <v>277</v>
+      </c>
+      <c r="P126" t="s">
         <v>279</v>
       </c>
-      <c r="K126" t="s">
+      <c r="Q126" t="s">
         <v>280</v>
       </c>
-      <c r="L126" t="s">
+      <c r="R126" t="s">
+        <v>276</v>
+      </c>
+      <c r="S126" t="s">
         <v>281</v>
       </c>
-      <c r="M126" t="s">
+      <c r="T126" t="s">
         <v>282</v>
       </c>
-      <c r="N126" t="s">
+      <c r="U126" t="s">
         <v>283</v>
       </c>
-      <c r="O126" t="s">
+      <c r="V126" t="s">
+        <v>284</v>
+      </c>
+      <c r="W126" t="s">
+        <v>285</v>
+      </c>
+      <c r="X126" t="s">
+        <v>279</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>286</v>
+      </c>
+      <c r="Z126" t="s">
+        <v>287</v>
+      </c>
+      <c r="AA126" t="s">
+        <v>288</v>
+      </c>
+      <c r="AB126" t="s">
+        <v>277</v>
+      </c>
+      <c r="AC126" t="s">
+        <v>276</v>
+      </c>
+      <c r="AD126" t="s">
+        <v>289</v>
+      </c>
+      <c r="AE126" t="s">
         <v>282</v>
       </c>
-      <c r="P126" t="s">
-[...8 lines deleted...]
-      <c r="S126" t="s">
+      <c r="AF126" t="s">
+        <v>279</v>
+      </c>
+      <c r="AG126" t="s">
+        <v>273</v>
+      </c>
+      <c r="AH126" t="s">
+        <v>290</v>
+      </c>
+      <c r="AI126" t="s">
+        <v>279</v>
+      </c>
+      <c r="AJ126" t="s">
+        <v>279</v>
+      </c>
+      <c r="AK126" t="s">
+        <v>274</v>
+      </c>
+      <c r="AL126" t="s">
+        <v>279</v>
+      </c>
+      <c r="AM126" t="s">
+        <v>290</v>
+      </c>
+      <c r="AN126" t="s">
+        <v>291</v>
+      </c>
+      <c r="AO126" t="s">
         <v>286</v>
       </c>
-      <c r="T126" t="s">
-[...17 lines deleted...]
-      <c r="Z126" t="s">
+      <c r="AP126" t="s">
+        <v>274</v>
+      </c>
+      <c r="AQ126" t="s">
         <v>292</v>
       </c>
-      <c r="AA126" t="s">
-[...29 lines deleted...]
-      <c r="AK126" t="s">
+      <c r="AR126" t="s">
         <v>279</v>
       </c>
-      <c r="AL126" t="s">
-[...11 lines deleted...]
-      <c r="AP126" t="s">
+      <c r="AS126" t="s">
         <v>279</v>
       </c>
-      <c r="AQ126" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AT126" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
     </row>
     <row r="127">
       <c r="A127"/>
       <c r="B127"/>
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127"/>
       <c r="I127" t="s">
+        <v>293</v>
+      </c>
+      <c r="J127" t="s">
+        <v>293</v>
+      </c>
+      <c r="K127" t="s">
+        <v>294</v>
+      </c>
+      <c r="L127" t="s">
+        <v>295</v>
+      </c>
+      <c r="M127" t="s">
+        <v>293</v>
+      </c>
+      <c r="N127" t="s">
+        <v>293</v>
+      </c>
+      <c r="O127" t="s">
+        <v>293</v>
+      </c>
+      <c r="P127" t="s">
+        <v>296</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>293</v>
+      </c>
+      <c r="R127" t="s">
+        <v>297</v>
+      </c>
+      <c r="S127" t="s">
+        <v>293</v>
+      </c>
+      <c r="T127" t="s">
         <v>298</v>
       </c>
-      <c r="J127" t="s">
-[...2 lines deleted...]
-      <c r="K127" t="s">
+      <c r="U127" t="s">
+        <v>293</v>
+      </c>
+      <c r="V127" t="s">
         <v>299</v>
       </c>
-      <c r="L127" t="s">
+      <c r="W127" t="s">
+        <v>294</v>
+      </c>
+      <c r="X127" t="s">
+        <v>293</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>293</v>
+      </c>
+      <c r="Z127" t="s">
+        <v>293</v>
+      </c>
+      <c r="AA127" t="s">
+        <v>293</v>
+      </c>
+      <c r="AB127" t="s">
         <v>300</v>
       </c>
-      <c r="M127" t="s">
-[...8 lines deleted...]
-      <c r="P127" t="s">
+      <c r="AC127" t="s">
         <v>301</v>
       </c>
-      <c r="Q127" t="s">
-[...2 lines deleted...]
-      <c r="R127" t="s">
+      <c r="AD127" t="s">
         <v>302</v>
       </c>
-      <c r="S127" t="s">
-[...2 lines deleted...]
-      <c r="T127" t="s">
+      <c r="AE127" t="s">
+        <v>293</v>
+      </c>
+      <c r="AF127" t="s">
+        <v>296</v>
+      </c>
+      <c r="AG127" t="s">
+        <v>293</v>
+      </c>
+      <c r="AH127" t="s">
+        <v>293</v>
+      </c>
+      <c r="AI127" t="s">
+        <v>296</v>
+      </c>
+      <c r="AJ127" t="s">
+        <v>296</v>
+      </c>
+      <c r="AK127" t="s">
+        <v>293</v>
+      </c>
+      <c r="AL127" t="s">
+        <v>296</v>
+      </c>
+      <c r="AM127" t="s">
         <v>303</v>
       </c>
-      <c r="U127" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="AN127" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="AO127" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="AP127" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="AQ127" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="AR127" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="AS127" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="AT127" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>