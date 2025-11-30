--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -26,113 +26,113 @@
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <si>
     <t>№</t>
   </si>
   <si>
     <t> сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
+    <t>Василишин Петро Стефанович</t>
+  </si>
+  <si>
+    <t>Гоц Павло Васильович</t>
+  </si>
+  <si>
+    <t>Закала Богдан Васильович</t>
+  </si>
+  <si>
+    <t>Твардовський Богдан Іванович</t>
+  </si>
+  <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
     <t>Майданович Софія Володимирівна</t>
   </si>
   <si>
     <t>Дмуховський Степан Михайлович</t>
   </si>
   <si>
     <t>Ліщинський Богдан Степанович</t>
   </si>
   <si>
     <t>Грасулов Олександр Олегович</t>
   </si>
   <si>
     <t>Кудрик Іван Іванович</t>
   </si>
   <si>
     <t>Лапець Михайло Романович</t>
   </si>
   <si>
     <t>Остапюк Петро Петрович</t>
   </si>
   <si>
-    <t>Гоц Павло Васильович</t>
-[...4 lines deleted...]
-  <si>
     <t>Крук Галина Василівна</t>
   </si>
   <si>
     <t>Риндик Віталій Богданович</t>
   </si>
   <si>
     <t>Якимчук Сергій Степанович</t>
   </si>
   <si>
     <t>Пилипчук Петро Павлович</t>
   </si>
   <si>
     <t>Пущик Мирослав Степанович</t>
   </si>
   <si>
     <t>Запісоцький Роман Васильович</t>
   </si>
   <si>
     <t>Войтович Андрій Сергійович</t>
   </si>
   <si>
-    <t>Твардовський Богдан Іванович</t>
-[...4 lines deleted...]
-  <si>
     <t>Курівчак Наталія Михайлівна</t>
   </si>
   <si>
     <t>Кашуба Володимир Володимирович</t>
   </si>
   <si>
     <t>Фартушок Дмитро Ігорович</t>
   </si>
   <si>
     <t>Кулаковський Сергій Юрійович</t>
   </si>
   <si>
     <t>Микитюк Володимир Романович</t>
   </si>
   <si>
     <t>Прібега Олександр Васильович</t>
   </si>
   <si>
     <t>Шевчук Григорій Анатолійович</t>
   </si>
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
@@ -161,117 +161,117 @@
   <si>
     <t>Фетісов Олексій Віталієвич</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>02.12.24  16:25:46</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
+    <t>Не голос.</t>
+  </si>
+  <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
-    <t>Не голос.</t>
-[...1 lines deleted...]
-  <si>
     <t>02.12.24  16:32:12</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>02.12.24  16:35:17</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>02.12.24  16:35:58</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>02.12.24  16:37:36</t>
   </si>
   <si>
+    <t>За: 3</t>
+  </si>
+  <si>
     <t>За: 4</t>
   </si>
   <si>
+    <t>За: 5</t>
+  </si>
+  <si>
     <t>За: 0</t>
   </si>
   <si>
-    <t>За: 5</t>
-[...4 lines deleted...]
-  <si>
     <t>За: 1</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
@@ -524,869 +524,869 @@
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
           <t>6622Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AU2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>6623Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>55</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>49</v>
       </c>
       <c r="I3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AU3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>6624Перейменувати підприємство на - ` Шептицьке комунальке підприємство Житлокомунсервіс `, скорочена назва ШКП ЖКС</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>58</v>
       </c>
       <c r="F4" t="s">
         <v>59</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AN4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AQ4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AU4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>6625Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>61</v>
       </c>
       <c r="E5" t="s">
         <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>62</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>6626Про внесення змін до рішення Шептицької міської ради  від 21.11.2024 № 3049 «Про  перейменування комунального  підприємства «Червоноградводоканал»  та затвердження    його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>45</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>64</v>
       </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>65</v>
       </c>
       <c r="L7" t="s">
         <v>66</v>
       </c>
       <c r="M7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N7" t="s">
+        <v>65</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
         <v>66</v>
       </c>
-      <c r="O7" t="s">
+      <c r="Q7" t="s">
+        <v>65</v>
+      </c>
+      <c r="R7" t="s">
         <v>66</v>
       </c>
-      <c r="P7" t="s">
+      <c r="S7" t="s">
+        <v>66</v>
+      </c>
+      <c r="T7" t="s">
+        <v>67</v>
+      </c>
+      <c r="U7" t="s">
+        <v>66</v>
+      </c>
+      <c r="V7" t="s">
+        <v>67</v>
+      </c>
+      <c r="W7" t="s">
         <v>65</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="X7" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y7" t="s">
         <v>66</v>
       </c>
-      <c r="R7" t="s">
+      <c r="Z7" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA7" t="s">
         <v>65</v>
       </c>
-      <c r="S7" t="s">
-[...8 lines deleted...]
-      <c r="V7" t="s">
+      <c r="AB7" t="s">
         <v>65</v>
       </c>
-      <c r="W7" t="s">
+      <c r="AC7" t="s">
         <v>66</v>
-      </c>
-[...16 lines deleted...]
-        <v>67</v>
       </c>
       <c r="AD7" t="s">
         <v>68</v>
       </c>
       <c r="AE7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AF7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="AG7" t="s">
         <v>66</v>
       </c>
       <c r="AH7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="AJ7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="AK7" t="s">
         <v>66</v>
       </c>
       <c r="AL7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AM7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AN7" t="s">
+        <v>67</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>67</v>
+      </c>
+      <c r="AP7" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="AQ7" t="s">
         <v>66</v>
       </c>
       <c r="AR7" t="s">
+        <v>64</v>
+      </c>
+      <c r="AS7" t="s">
         <v>67</v>
       </c>
-      <c r="AS7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AT7" t="s">
+        <v>64</v>
+      </c>
+      <c r="AU7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>48</v>
       </c>
       <c r="J8" t="s">
         <v>48</v>
       </c>
       <c r="K8" t="s">
         <v>48</v>
       </c>
       <c r="L8" t="s">
         <v>48</v>
       </c>
       <c r="M8" t="s">
         <v>48</v>
@@ -1612,220 +1612,220 @@
         <v>69</v>
       </c>
       <c r="AS9" t="s">
         <v>69</v>
       </c>
       <c r="AT9" t="s">
         <v>69</v>
       </c>
       <c r="AU9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>70</v>
       </c>
       <c r="J10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
         <v>71</v>
       </c>
       <c r="L10" t="s">
+        <v>72</v>
+      </c>
+      <c r="M10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N10" t="s">
         <v>71</v>
       </c>
       <c r="O10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="Q10" t="s">
         <v>71</v>
       </c>
       <c r="R10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="S10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="T10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="U10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="V10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="W10" t="s">
         <v>71</v>
       </c>
       <c r="X10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="Y10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="Z10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="AA10" t="s">
         <v>71</v>
       </c>
       <c r="AB10" t="s">
         <v>71</v>
       </c>
       <c r="AC10" t="s">
         <v>72</v>
       </c>
       <c r="AD10" t="s">
         <v>73</v>
       </c>
       <c r="AE10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AR10" t="s">
         <v>70</v>
       </c>
-      <c r="AF10" t="s">
-[...5 lines deleted...]
-      <c r="AH10" t="s">
+      <c r="AS10" t="s">
+        <v>72</v>
+      </c>
+      <c r="AT10" t="s">
         <v>70</v>
       </c>
-      <c r="AI10" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="AU10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>74</v>
       </c>
       <c r="J11" t="s">
         <v>74</v>
       </c>
       <c r="K11" t="s">
+        <v>74</v>
+      </c>
+      <c r="L11" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>74</v>
+      </c>
+      <c r="O11" t="s">
         <v>75</v>
       </c>
-      <c r="L11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P11" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>74</v>
+      </c>
+      <c r="R11" t="s">
+        <v>74</v>
+      </c>
+      <c r="S11" t="s">
+        <v>74</v>
+      </c>
+      <c r="T11" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>74</v>
       </c>
       <c r="U11" t="s">
         <v>74</v>
       </c>
       <c r="V11" t="s">
         <v>75</v>
       </c>
       <c r="W11" t="s">
         <v>74</v>
       </c>
       <c r="X11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Y11" t="s">
         <v>74</v>
       </c>
       <c r="Z11" t="s">
         <v>74</v>
       </c>
       <c r="AA11" t="s">
         <v>74</v>
       </c>
       <c r="AB11" t="s">
         <v>74</v>
       </c>
       <c r="AC11" t="s">
         <v>74</v>
       </c>
       <c r="AD11" t="s">
         <v>74</v>
       </c>
       <c r="AE11" t="s">
         <v>74</v>
       </c>
       <c r="AF11" t="s">
         <v>75</v>
       </c>