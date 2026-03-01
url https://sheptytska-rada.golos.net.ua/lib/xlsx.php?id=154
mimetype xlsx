--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -26,252 +26,252 @@
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <si>
     <t>№</t>
   </si>
   <si>
     <t> сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
+    <t>Залівський Андрій Іванович</t>
+  </si>
+  <si>
+    <t>Ляховський Богдан Васильович</t>
+  </si>
+  <si>
+    <t>Гаманюк Віталій Володимирович</t>
+  </si>
+  <si>
+    <t>Майданович Софія Володимирівна</t>
+  </si>
+  <si>
+    <t>Дмуховський Степан Михайлович</t>
+  </si>
+  <si>
+    <t>Ліщинський Богдан Степанович</t>
+  </si>
+  <si>
+    <t>Грасулов Олександр Олегович</t>
+  </si>
+  <si>
+    <t>Кудрик Іван Іванович</t>
+  </si>
+  <si>
+    <t>Лапець Михайло Романович</t>
+  </si>
+  <si>
+    <t>Остапюк Петро Петрович</t>
+  </si>
+  <si>
+    <t>Гоц Павло Васильович</t>
+  </si>
+  <si>
+    <t>Закала Богдан Васильович</t>
+  </si>
+  <si>
+    <t>Крук Галина Василівна</t>
+  </si>
+  <si>
+    <t>Риндик Віталій Богданович</t>
+  </si>
+  <si>
+    <t>Якимчук Сергій Степанович</t>
+  </si>
+  <si>
+    <t>Пилипчук Петро Павлович</t>
+  </si>
+  <si>
+    <t>Пущик Мирослав Степанович</t>
+  </si>
+  <si>
+    <t>Запісоцький Роман Васильович</t>
+  </si>
+  <si>
+    <t>Войтович Андрій Сергійович</t>
+  </si>
+  <si>
+    <t>Твардовський Богдан Іванович</t>
+  </si>
+  <si>
     <t>Василишин Петро Стефанович</t>
   </si>
   <si>
-    <t>Гоц Павло Васильович</t>
-[...58 lines deleted...]
-  <si>
     <t>Курівчак Наталія Михайлівна</t>
   </si>
   <si>
     <t>Кашуба Володимир Володимирович</t>
   </si>
   <si>
     <t>Фартушок Дмитро Ігорович</t>
   </si>
   <si>
     <t>Кулаковський Сергій Юрійович</t>
   </si>
   <si>
     <t>Микитюк Володимир Романович</t>
   </si>
   <si>
     <t>Прібега Олександр Васильович</t>
   </si>
   <si>
     <t>Шевчук Григорій Анатолійович</t>
   </si>
   <si>
     <t>Даренський Дмитро Борисович</t>
   </si>
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>02.12.24  16:25:46</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
+    <t>За</t>
+  </si>
+  <si>
+    <t>Відсут.</t>
+  </si>
+  <si>
     <t>Не голос.</t>
   </si>
   <si>
-    <t>За</t>
-[...4 lines deleted...]
-  <si>
     <t>02.12.24  16:32:12</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>02.12.24  16:35:17</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>02.12.24  16:35:58</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>02.12.24  16:37:36</t>
   </si>
   <si>
+    <t>За: 4</t>
+  </si>
+  <si>
+    <t>За: 0</t>
+  </si>
+  <si>
+    <t>За: 5</t>
+  </si>
+  <si>
     <t>За: 3</t>
   </si>
   <si>
-    <t>За: 4</t>
-[...7 lines deleted...]
-  <si>
     <t>За: 1</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
+    <t>Не голос.: 1</t>
+  </si>
+  <si>
+    <t>Не голос.: 0</t>
+  </si>
+  <si>
     <t>Не голос.: 2</t>
-  </si>
-[...4 lines deleted...]
-    <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
@@ -352,51 +352,51 @@
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
     <col min="45" max="45" width="15"/>
-    <col min="46" max="46" width="51"/>
+    <col min="46" max="46" width="53"/>
     <col min="47" max="47" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -502,891 +502,891 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6622Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
+          <t>ID - 6622,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік  (1358700000)</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>6623Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
+          <t>ID - 6623,  Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>55</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>49</v>
       </c>
       <c r="I3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6624Перейменувати підприємство на - ` Шептицьке комунальке підприємство Житлокомунсервіс `, скорочена назва ШКП ЖКС</t>
+          <t>ID - 6624,  Перейменувати підприємство на - ` Шептицьке комунальке підприємство Житлокомунсервіс `, скорочена назва ШКП ЖКС</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>58</v>
       </c>
       <c r="F4" t="s">
         <v>59</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AN4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>6625Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
+          <t>ID - 6625,  Про внесення змін до рішення Шептицької міської ради від 21.11.2024   №    3047    «Про  перейменування комунального підприємства «Червонограджитлокомунсервіс» та затвердження     його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>61</v>
       </c>
       <c r="E5" t="s">
         <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>62</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AQ5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>6626Про внесення змін до рішення Шептицької міської ради  від 21.11.2024 № 3049 «Про  перейменування комунального  підприємства «Червоноградводоканал»  та затвердження    його  статуту в  новiй  редакції»</t>
+          <t>ID - 6626,  Про внесення змін до рішення Шептицької міської ради  від 21.11.2024 № 3049 «Про  перейменування комунального  підприємства «Червоноградводоканал»  та затвердження    його  статуту в  новiй  редакції»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>45</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AP6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>64</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
         <v>65</v>
       </c>
       <c r="L7" t="s">
         <v>66</v>
       </c>
       <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>66</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
         <v>65</v>
       </c>
-      <c r="N7" t="s">
+      <c r="Q7" t="s">
+        <v>66</v>
+      </c>
+      <c r="R7" t="s">
         <v>65</v>
       </c>
-      <c r="O7" t="s">
+      <c r="S7" t="s">
+        <v>64</v>
+      </c>
+      <c r="T7" t="s">
+        <v>64</v>
+      </c>
+      <c r="U7" t="s">
+        <v>64</v>
+      </c>
+      <c r="V7" t="s">
+        <v>65</v>
+      </c>
+      <c r="W7" t="s">
+        <v>66</v>
+      </c>
+      <c r="X7" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC7" t="s">
         <v>67</v>
-      </c>
-[...40 lines deleted...]
-        <v>66</v>
       </c>
       <c r="AD7" t="s">
         <v>68</v>
       </c>
       <c r="AE7" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="AG7" t="s">
         <v>66</v>
       </c>
       <c r="AH7" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI7" t="s">
         <v>65</v>
       </c>
-      <c r="AI7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AJ7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="AK7" t="s">
         <v>66</v>
       </c>
       <c r="AL7" t="s">
+        <v>64</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>64</v>
+      </c>
+      <c r="AN7" t="s">
         <v>65</v>
       </c>
-      <c r="AM7" t="s">
+      <c r="AO7" t="s">
         <v>65</v>
       </c>
-      <c r="AN7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="AQ7" t="s">
         <v>66</v>
       </c>
       <c r="AR7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="AS7" t="s">
+        <v>65</v>
+      </c>
+      <c r="AT7" t="s">
         <v>67</v>
       </c>
-      <c r="AT7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>48</v>
       </c>
       <c r="J8" t="s">
         <v>48</v>
       </c>
       <c r="K8" t="s">
         <v>48</v>
       </c>
       <c r="L8" t="s">
         <v>48</v>
       </c>
       <c r="M8" t="s">
         <v>48</v>
@@ -1612,220 +1612,220 @@
         <v>69</v>
       </c>
       <c r="AS9" t="s">
         <v>69</v>
       </c>
       <c r="AT9" t="s">
         <v>69</v>
       </c>
       <c r="AU9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>70</v>
       </c>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K10" t="s">
         <v>71</v>
       </c>
       <c r="L10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M10" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="N10" t="s">
         <v>71</v>
       </c>
       <c r="O10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q10" t="s">
         <v>71</v>
       </c>
       <c r="R10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="S10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="T10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="U10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="V10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="W10" t="s">
         <v>71</v>
       </c>
       <c r="X10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Y10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="Z10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="AA10" t="s">
         <v>71</v>
       </c>
       <c r="AB10" t="s">
         <v>71</v>
       </c>
       <c r="AC10" t="s">
         <v>72</v>
       </c>
       <c r="AD10" t="s">
         <v>73</v>
       </c>
       <c r="AE10" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="AF10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>70</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>70</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AR10" t="s">
         <v>72</v>
       </c>
-      <c r="AG10" t="s">
+      <c r="AS10" t="s">
+        <v>71</v>
+      </c>
+      <c r="AT10" t="s">
         <v>72</v>
       </c>
-      <c r="AH10" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="AU10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>74</v>
       </c>
       <c r="J11" t="s">
         <v>74</v>
       </c>
       <c r="K11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L11" t="s">
         <v>74</v>
       </c>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11" t="s">
         <v>74</v>
       </c>
       <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
         <v>75</v>
       </c>
-      <c r="P11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q11" t="s">
         <v>74</v>
       </c>
       <c r="R11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="S11" t="s">
         <v>74</v>
       </c>
       <c r="T11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="U11" t="s">
         <v>74</v>
       </c>
       <c r="V11" t="s">
         <v>75</v>
       </c>
       <c r="W11" t="s">
         <v>74</v>
       </c>
       <c r="X11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="Y11" t="s">
         <v>74</v>
       </c>
       <c r="Z11" t="s">
         <v>74</v>
       </c>
       <c r="AA11" t="s">
         <v>74</v>
       </c>
       <c r="AB11" t="s">
         <v>74</v>
       </c>
       <c r="AC11" t="s">
         <v>74</v>
       </c>
       <c r="AD11" t="s">
         <v>74</v>
       </c>
       <c r="AE11" t="s">
         <v>74</v>
       </c>
       <c r="AF11" t="s">
         <v>75</v>
       </c>