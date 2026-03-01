--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="251">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XLVIII сесія VII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Золочiвський Володимир Петрович</t>
   </si>
   <si>
     <t>Герасимов Андрiй Володимирович</t>
   </si>
   <si>
@@ -140,513 +140,492 @@
   <si>
     <t>Пiх Ганна Йосипiвна</t>
   </si>
   <si>
     <t>Курiвчак Наталiя Михайлiвна</t>
   </si>
   <si>
     <t>Хайсанова Наталiя Петрiвна</t>
   </si>
   <si>
     <t>Вовкiв Iрина Юрiївна</t>
   </si>
   <si>
     <t>Гатала Ганна Володимирiвна</t>
   </si>
   <si>
     <t>Грасулов Олександр Олегович</t>
   </si>
   <si>
     <t>Сіледчик Василь Васильович</t>
   </si>
   <si>
     <t>23.01.20  10:45:31</t>
   </si>
   <si>
-    <t>170Про затверження регламенту Червоноградської мiської ради</t>
+    <t>ID - 170,  Про затверження регламенту Червоноградської мiської ради</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>23.01.20  10:53:38</t>
   </si>
   <si>
-    <t>172Про внесення змін до міського бюджету м.Червонограда  на 2020 рік</t>
+    <t>ID - 172,  Про внесення змін до міського бюджету м.Червонограда  на 2020 рік</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>23.01.20  11:07:01</t>
   </si>
   <si>
-    <t>173Правки озвучені Сементух Л.І. згідно стенограми</t>
+    <t>ID - 173,  Правки озвучені Сементух Л.І. згідно стенограми</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>23.01.20  11:07:39</t>
   </si>
   <si>
-    <t>174вилучити пункт рішення по дорогам</t>
+    <t>ID - 174,  вилучити пункт рішення по дорогам</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 7</t>
   </si>
   <si>
     <t>Утримались: 16</t>
   </si>
   <si>
     <t>23.01.20  11:14:51</t>
   </si>
   <si>
-    <t>175Про внесення змін до міського бюджету м.Червонограда  на 2020 рік</t>
+    <t>ID - 175,  Про внесення змін до міського бюджету м.Червонограда  на 2020 рік</t>
   </si>
   <si>
     <t>23.01.20  11:37:36</t>
   </si>
   <si>
     <t>23.01.20  11:40:32</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>23.01.20  11:41:02</t>
   </si>
   <si>
-    <t>178Про надання одноразової грошової допомоги</t>
+    <t>ID - 178,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>23.01.20  11:46:41</t>
   </si>
   <si>
-    <t>179Надати Сарчук Є..І., що проживває за адресою Шептицького13/83 допомогу 5000 грн</t>
+    <t>ID - 179,  Надати Сарчук Є..І., що проживває за адресою Шептицького13/83 допомогу 5000 грн</t>
   </si>
   <si>
     <t>23.01.20  11:47:10</t>
   </si>
   <si>
-    <t>180Мацько Ярослав -3000 Коровай Катерина - 1000 Степовий Микола -2000</t>
+    <t>ID - 180,  Мацько Ярослав -3000 Коровай Катерина - 1000 Степовий Микола -2000</t>
   </si>
   <si>
     <t>23.01.20  11:47:38</t>
   </si>
   <si>
     <t>23.01.20  11:48:08</t>
   </si>
   <si>
-    <t>182колективне Денесюк С -24500</t>
+    <t>ID - 182,  колективне Денесюк С -24500</t>
   </si>
   <si>
     <t>23.01.20  11:48:37</t>
   </si>
   <si>
-    <t>183Терех Ганна -7000</t>
+    <t>ID - 183,  Терех Ганна -7000</t>
   </si>
   <si>
     <t>23.01.20  11:49:09</t>
   </si>
   <si>
-    <t>184Федоренко - 4000 Романнник 19000 Гнідець 5000</t>
+    <t>ID - 184,  Федоренко - 4000 Романнник 19000 Гнідець 5000</t>
   </si>
   <si>
     <t>23.01.20  11:49:37</t>
   </si>
   <si>
-    <t>185Савіцька Марія 1000</t>
+    <t>ID - 185,  Савіцька Марія 1000</t>
   </si>
   <si>
     <t>23.01.20  11:50:07</t>
   </si>
   <si>
-    <t>186Про надання одноразової грошової допомоги</t>
+    <t>ID - 186,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>23.01.20  12:00:49</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>23.01.20  12:05:10</t>
   </si>
   <si>
     <t>23.01.20  12:10:06</t>
   </si>
   <si>
     <t>23.01.20  12:11:05</t>
   </si>
   <si>
-    <t>190Про делегування члена до складу Госпiтальної ради Львiвського госпiтального округу</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  12:16:02</t>
   </si>
   <si>
     <t>23.01.20  12:17:16</t>
   </si>
   <si>
     <t>23.01.20  12:19:06</t>
   </si>
   <si>
     <t>23.01.20  12:22:08</t>
   </si>
   <si>
     <t>23.01.20  12:29:29</t>
   </si>
   <si>
     <t>23.01.20  12:31:02</t>
   </si>
   <si>
-    <t>196Про затвердження плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2020 рiк</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  12:31:57</t>
   </si>
   <si>
     <t>23.01.20  12:33:26</t>
   </si>
   <si>
     <t>23.01.20  12:43:50</t>
   </si>
   <si>
     <t>23.01.20  13:20:16</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>23.01.20  15:18:46</t>
   </si>
   <si>
-    <t>206Про гуманне ставлення до тварин</t>
+    <t>ID - 206,  Про гуманне ставлення до тварин</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>23.01.20  15:20:16</t>
   </si>
   <si>
     <t>23.01.20  15:30:30</t>
   </si>
   <si>
     <t>23.01.20  16:03:15</t>
   </si>
   <si>
-    <t>209Про заслуховування звіту про виконання Програми благоустрою м.Червонограда на 2019 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  16:04:53</t>
   </si>
   <si>
-    <t>210Про надання дозволу КП «Червонограджитлокомунсервіс» на списання з балансу дерев</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>23.01.20  16:08:10</t>
   </si>
   <si>
     <t>23.01.20  16:14:36</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>23.01.20  16:16:05</t>
   </si>
   <si>
     <t>23.01.20  16:18:29</t>
   </si>
   <si>
     <t>23.01.20  16:20:53</t>
   </si>
   <si>
-    <t>215Замінити по тексту `оперативне управління` на `на правах господарського відання `</t>
+    <t>ID - 215,  Замінити по тексту `оперативне управління` на `на правах господарського відання `</t>
   </si>
   <si>
     <t>23.01.20  16:21:27</t>
   </si>
   <si>
     <t>23.01.20  16:38:28</t>
   </si>
   <si>
-    <t>217Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 217,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>23.01.20  16:39:17</t>
   </si>
   <si>
-    <t>218вилучити п.2 </t>
+    <t>ID - 218,  вилучити п.2 </t>
   </si>
   <si>
     <t>23.01.20  16:39:48</t>
   </si>
   <si>
-    <t>219Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+    <t>ID - 219,  Про затвердження проектiв землеустрою щодо вiдведення земельних дiлянок</t>
   </si>
   <si>
     <t>23.01.20  16:40:59</t>
   </si>
   <si>
-    <t>220Про затвердження технiчних документацiй iз землеустрою</t>
+    <t>ID - 220,  Про затвердження технiчних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>23.01.20  16:45:28</t>
   </si>
   <si>
     <t>23.01.20  16:48:58</t>
   </si>
   <si>
-    <t>222вилучити п.16 додатку (Киричук)</t>
+    <t>ID - 222,  вилучити п.16 додатку (Киричук)</t>
   </si>
   <si>
     <t>23.01.20  16:49:36</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>23.01.20  16:52:06</t>
   </si>
   <si>
-    <t>224Про надання дозволу на виготовлення технiчних документацiй iз землеустрою</t>
+    <t>ID - 224,  Про надання дозволу на виготовлення технiчних документацiй iз землеустрою</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>23.01.20  16:55:10</t>
   </si>
   <si>
-    <t>225Про розгляд заяв громадян- учасників антитерористичної операції</t>
+    <t>ID - 225,  Про розгляд заяв громадян- учасників антитерористичної операції</t>
   </si>
   <si>
     <t>23.01.20  16:56:51</t>
   </si>
   <si>
     <t>За: 11</t>
   </si>
   <si>
     <t>Проти: 6</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>23.01.20  17:04:44</t>
   </si>
   <si>
-    <t>227Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 227,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>23.01.20  17:05:47</t>
   </si>
   <si>
-    <t>228у п.3 змінити ставку з 12 % на 6% , термін 5 років у п.4 термін 5 років</t>
+    <t>ID - 228,  у п.3 змінити ставку з 12 % на 6% , термін 5 років у п.4 термін 5 років</t>
   </si>
   <si>
     <t>За: 12</t>
   </si>
   <si>
     <t>23.01.20  17:07:07</t>
   </si>
   <si>
-    <t>229Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 229,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>23.01.20  17:11:04</t>
   </si>
   <si>
     <t>23.01.20  17:12:35</t>
   </si>
   <si>
-    <t>231Про розгляд клопотання Приватного акціонерного товариства «Укрзахідвуглебуд»</t>
+    <t>ID - 231,  Про розгляд клопотання Приватного акціонерного товариства «Укрзахідвуглебуд»</t>
   </si>
   <si>
     <t>За: 3</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 11</t>
   </si>
   <si>
     <t>23.01.20  17:16:11</t>
   </si>
   <si>
     <t>23.01.20  17:18:09</t>
   </si>
   <si>
     <t>23.01.20  17:20:50</t>
   </si>
   <si>
-    <t>234Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
+    <t>ID - 234,  Про продаж у власність земельної ділянки ФОП Шмигельському Сергію Федоровичу</t>
   </si>
   <si>
     <t>Проти: 3</t>
   </si>
   <si>
     <t>Утримались: 7</t>
   </si>
   <si>
     <t>23.01.20  17:24:09</t>
   </si>
   <si>
     <t>23.01.20  17:26:54</t>
   </si>
   <si>
-    <t>236внести суму оцінки 44 360 грн</t>
+    <t>ID - 236,  внести суму оцінки 44 360 грн</t>
   </si>
   <si>
     <t>23.01.20  17:27:23</t>
   </si>
   <si>
     <t>23.01.20  17:36:24</t>
   </si>
   <si>
-    <t>240Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  17:37:15</t>
   </si>
   <si>
-    <t>241п.1 оцінка 2 120 грн </t>
+    <t>ID - 241,  п.1 оцінка 2 120 грн </t>
   </si>
   <si>
     <t>23.01.20  17:40:17</t>
   </si>
   <si>
-    <t>242Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  17:41:54</t>
   </si>
   <si>
     <t>23.01.20  17:49:41</t>
   </si>
   <si>
     <t>23.01.20  17:50:32</t>
   </si>
   <si>
-    <t>246Про продовження термiну оренди земельних ділянок</t>
+    <t>ID - 246,  Про продовження термiну оренди земельних ділянок</t>
   </si>
   <si>
     <t>23.01.20  17:54:58</t>
   </si>
   <si>
-    <t>247Про розгляд клопотання Товариства з обмеженою відповідальністю «Мебель-Сервіс»  </t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.20  17:58:25</t>
   </si>
   <si>
     <t>23.01.20  18:01:34</t>
   </si>
   <si>
-    <t>249Правки згідно стенограми</t>
+    <t>ID - 249,  Правки згідно стенограми</t>
   </si>
   <si>
     <t>23.01.20  18:02:20</t>
   </si>
   <si>
     <t>23.01.20  18:06:38</t>
   </si>
   <si>
-    <t>251Про надання згоди на органiзацiю спiвробiтництва територiальних громад</t>
+    <t>ID - 251,  Про надання згоди на органiзацiю спiвробiтництва територiальних громад</t>
   </si>
   <si>
     <t>23.01.20  18:07:31</t>
   </si>
   <si>
-    <t>252Про схвалення проекту договору про співробітництво територіальних громад</t>
+    <t>ID - 252,  Про схвалення проекту договору про співробітництво територіальних громад</t>
   </si>
   <si>
     <t>23.01.20  18:08:47</t>
   </si>
   <si>
     <t>13.02.20  16:32:30</t>
   </si>
   <si>
-    <t>263Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
+    <t>ID - 263,  Про внесення змін до міського бюджету м.Червонограда на 2020 рік</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>13.02.20  16:34:35</t>
   </si>
   <si>
     <t>13.02.20  16:37:52</t>
   </si>
   <si>
     <t>За: 77</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>За: 69</t>
   </si>
   <si>
     <t>За: 72</t>
   </si>
   <si>
     <t>За: 53</t>
   </si>
@@ -1725,51 +1704,51 @@
       <c r="AO6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>69</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>176Про заслуховування звіту про виконання Програми забезпечення діяльності виробництва, транспортування, постачання теплової енергії КП «ЧТКЕ» за 2019рік на придбання матеріалів для ремонту та підготовки до опалювального сезону 2019 /2020 років</t>
+          <t>ID - 176,  Про заслуховування звіту про виконання Програми забезпечення діяльності виробництва, транспортування, постачання теплової енергії КП «ЧТКЕ» за 2019рік на придбання матеріалів для ремонту та підготовки до опалювального сезону 2019 /2020 років</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -1864,51 +1843,51 @@
       <c r="AO7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>70</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>177Про заслуховування звіту про виконання Програми забезпечення діяльності виробництва, транспортування, постачання теплової енергії КП «ЧТКЕ» за 2019рік на придбання матеріалів для ремонту та підготовки до опалювального сезону 2019 /2020 років</t>
+          <t>ID - 177,  Про заслуховування звіту про виконання Програми забезпечення діяльності виробництва, транспортування, постачання теплової енергії КП «ЧТКЕ» за 2019рік на придбання матеріалів для ремонту та підготовки до опалювального сезону 2019 /2020 років</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>54</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>71</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>49</v>
@@ -2414,51 +2393,51 @@
       <c r="AO11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>78</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>181Добавити від профільної комісії - Квашук -  Лішинський - Ананьєвій  5000 колектине Крась Марія -29000 Котуха  5000  </t>
+          <t>ID - 181,  Добавити від профільної комісії - Квашук -  Лішинський - Ананьєвій  5000 колектине Крась Марія -29000 Котуха  5000  </t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
         <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>46</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>49</v>
@@ -3238,51 +3217,51 @@
       <c r="AO17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>187Про скасування рiшення виконавчого комiтету вiд 19.12.2019 року №235 «Про встановлення цiни на послуги з управлiння багатоквартирними будинками»</t>
+          <t>ID - 187,  Про скасування рiшення виконавчого комiтету вiд 19.12.2019 року №235 «Про встановлення цiни на послуги з управлiння багатоквартирними будинками»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>48</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>49</v>
@@ -3377,51 +3356,51 @@
       <c r="AO18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>188Про внесення змiн в п.2 рiшення Червоноградської мiської ради вiд 26.12.2013 року №521 «Про утворення центру надання адмiнiстративних послуг»</t>
+          <t>ID - 188,  Про внесення змiн в п.2 рiшення Червоноградської мiської ради вiд 26.12.2013 року №521 «Про утворення центру надання адмiнiстративних послуг»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>55</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>48</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>49</v>
@@ -3516,51 +3495,51 @@
       <c r="AO19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>93</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>189Про затвердження статуту комунального пiдприємства «Червоноградський парк культури i вiдпочинку» в новiй редакцiї</t>
+          <t>ID - 189,  Про затвердження статуту комунального пiдприємства «Червоноградський парк культури i вiдпочинку» в новiй редакцiї</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>44</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>71</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>48</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>49</v>
@@ -3653,52 +3632,54 @@
         <v>51</v>
       </c>
       <c r="AO20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>94</v>
       </c>
-      <c r="C21" t="s" s="4">
-        <v>95</v>
+      <c r="C21" t="inlineStr" s="4">
+        <is>
+          <t>ID - 190,  Про делегування члена до складу Госпiтальної ради Львiвського госпiтального округу</t>
+        </is>
       </c>
       <c r="D21" t="s">
         <v>44</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>48</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>49</v>
       </c>
@@ -3788,55 +3769,55 @@
       </c>
       <c r="AN21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>191Про внесення змін до рішення Червоноградської міської ради від 22.08.2019р. № 1345 «Про передачу в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда» нежитлових приміщень за адресою: вул. Івасюка, 8 у м.Червонограді, та вул. Шевська, 34 у м.Червонограді»</t>
+          <t>ID - 191,  Про внесення змін до рішення Червоноградської міської ради від 22.08.2019р. № 1345 «Про передачу в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда» нежитлових приміщень за адресою: вул. Івасюка, 8 у м.Червонограді, та вул. Шевська, 34 у м.Червонограді»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>61</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22" t="s">
         <v>48</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>49</v>
@@ -3927,55 +3908,55 @@
       </c>
       <c r="AN22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>192Про передачу в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда»  будівлі амбулаторії загальної практики сімейної медициниза адресою: вул. Січових Стрільців, 12  у смт. Гірник</t>
+          <t>ID - 192,  Про передачу в оперативне управління КП «Центр первинної медико-санітарної допомоги м.Червонограда»  будівлі амбулаторії загальної практики сімейної медициниза адресою: вул. Січових Стрільців, 12  у смт. Гірник</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>46</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
       <c r="H23" t="s">
         <v>48</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>49</v>
@@ -4066,55 +4047,55 @@
       </c>
       <c r="AN23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>193Про внесення змін в штатний розпис централізованої бухгалтерії відділу освіти Червоноградської міської ради</t>
+          <t>ID - 193,  Про внесення змін в штатний розпис централізованої бухгалтерії відділу освіти Червоноградської міської ради</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
         <v>48</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>49</v>
@@ -4205,55 +4186,55 @@
       </c>
       <c r="AN24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>194Про затвердження Програми безоплатного стоматологiчного обслуговування та зубопротезування окремих категорiй населення на територiї Червоноградської мiської ради на 2020 рiк</t>
+          <t>ID - 194,  Про затвердження Програми безоплатного стоматологiчного обслуговування та зубопротезування окремих категорiй населення на територiї Червоноградської мiської ради на 2020 рiк</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>48</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>49</v>
@@ -4344,55 +4325,55 @@
       </c>
       <c r="AN25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>195Про стан реалiзацiї мiсцевих програм, вiдповiдальним виконавцем яких є вiддiл фiзичної культури та спорту</t>
+          <t>ID - 195,  Про стан реалiзацiї мiсцевих програм, вiдповiдальним виконавцем яких є вiддiл фiзичної культури та спорту</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>46</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>56</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>49</v>
@@ -4483,54 +4464,56 @@
       </c>
       <c r="AN26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>100</v>
+      </c>
+      <c r="C27" t="inlineStr" s="4">
+        <is>
+          <t>ID - 196,  Про затвердження плану дiяльностi з пiдготовки проектiв регуляторних актiв на 2020 рiк</t>
+        </is>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>61</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27" t="s">
         <v>48</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>49</v>
       </c>
@@ -4620,55 +4603,55 @@
       </c>
       <c r="AN27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>197Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на списання з балансу об`єкту комунальної власностi - нежитлового примiщення по пр.Шевченка, 21 у м. Червоноградi</t>
+          <t>ID - 197,  Про надання дозволу комунальному пiдприємству `Червонограджитлокомунсервiс` на списання з балансу об`єкту комунальної власностi - нежитлового примiщення по пр.Шевченка, 21 у м. Червоноградi</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>71</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>56</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -4759,55 +4742,55 @@
       </c>
       <c r="AN28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>198Про внесення змін до рішення № 1491  від 05.12.2019 року «Про доповнення перелiку осiб якi мають право вчиняти дiї вiд iменi юридичної особи»</t>
+          <t>ID - 198,  Про внесення змін до рішення № 1491  від 05.12.2019 року «Про доповнення перелiку осiб якi мають право вчиняти дiї вiд iменi юридичної особи»</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>48</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>49</v>
@@ -4898,55 +4881,55 @@
       </c>
       <c r="AN29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>199Про внесення змiн до рiшення Червоноградської мiської ради вiд 19.07.2018 року №939 `Про встановлення збору за мiсця для паркування транспортних засобiв на територiї мiста Червонограда`</t>
+          <t>ID - 199,  Про внесення змiн до рiшення Червоноградської мiської ради вiд 19.07.2018 року №939 `Про встановлення збору за мiсця для паркування транспортних засобiв на територiї мiста Червонограда`</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>55</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>48</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>49</v>
@@ -5037,65 +5020,65 @@
       </c>
       <c r="AN30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>202Про iнформацiю щодо дотримання умов договорiв перевiзниками якi здiйснюють пасажирськi перевезення на мiських маршрутах загального користування Коваль В.С.</t>
+          <t>ID - 202,  Про iнформацiю щодо дотримання умов договорiв перевiзниками якi здiйснюють пасажирськi перевезення на мiських маршрутах загального користування Коваль В.С.</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>64</v>
       </c>
       <c r="F31" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>48</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>51</v>
       </c>
@@ -5176,69 +5159,69 @@
       </c>
       <c r="AN31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C32" t="s" s="4">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
       <c r="E32" t="s">
         <v>64</v>
       </c>
       <c r="F32" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>50</v>
       </c>
@@ -5313,55 +5296,55 @@
       </c>
       <c r="AN32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>207Про надання згоди на безоплатну передачу металевої огорожі з балансу КП «Комунальник»</t>
+          <t>ID - 207,  Про надання згоди на безоплатну передачу металевої огорожі з балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
         <v>45</v>
       </c>
       <c r="F33" t="s">
         <v>61</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>48</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>51</v>
@@ -5452,55 +5435,55 @@
       </c>
       <c r="AN33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>208Про стан реалізації Програми забезпечення техногенно-екологічної та пожежної безпеки на території Червоноградської міської ради на 2019 рік та затвердження Програми на 2020 рік</t>
+          <t>ID - 208,  Про стан реалізації Програми забезпечення техногенно-екологічної та пожежної безпеки на території Червоноградської міської ради на 2019 рік та затвердження Програми на 2020 рік</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
       <c r="F34" t="s">
         <v>71</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>48</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>49</v>
@@ -5591,54 +5574,56 @@
       </c>
       <c r="AN34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>112</v>
+      </c>
+      <c r="C35" t="inlineStr" s="4">
+        <is>
+          <t>ID - 209,  Про заслуховування звіту про виконання Програми благоустрою м.Червонограда на 2019 рік</t>
+        </is>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
       <c r="F35" t="s">
         <v>55</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>48</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>49</v>
       </c>
@@ -5728,63 +5713,65 @@
       </c>
       <c r="AN35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>113</v>
+      </c>
+      <c r="C36" t="inlineStr" s="4">
+        <is>
+          <t>ID - 210,  Про надання дозволу КП «Червонограджитлокомунсервіс» на списання з балансу дерев</t>
+        </is>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>45</v>
       </c>
       <c r="F36" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
         <v>48</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>51</v>
       </c>
@@ -5865,55 +5852,55 @@
       </c>
       <c r="AN36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>211Про прийняття на баланс виконавчого комiтету Червоноградської мiської ради капiтальних вкладень вiд Гiрницької селищної ради з подальшою передачею на баланс КП `Комунальник`, як внесок до статутного фонду</t>
+          <t>ID - 211,  Про прийняття на баланс виконавчого комiтету Червоноградської мiської ради капiтальних вкладень вiд Гiрницької селищної ради з подальшою передачею на баланс КП `Комунальник`, як внесок до статутного фонду</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
         <v>45</v>
       </c>
       <c r="F37" t="s">
         <v>46</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>48</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>49</v>
@@ -6004,65 +5991,65 @@
       </c>
       <c r="AN37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>212Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень в статутний фонд КП `Комунальник`</t>
+          <t>ID - 212,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капiтальних вкладень в статутний фонд КП `Комунальник`</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
         <v>56</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>49</v>
       </c>
@@ -6143,65 +6130,65 @@
       </c>
       <c r="AN38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>213Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капітальних вкладень в статутний фонд КП «Червоноградводоканал»</t>
+          <t>ID - 213,  Про передачу з балансу вiддiлу капiтального будiвництва та iнвестицiй Червоноградської мiської ради капітальних вкладень в статутний фонд КП «Червоноградводоканал»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>44</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
       <c r="F39" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>48</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>49</v>
       </c>
@@ -6282,65 +6269,65 @@
       </c>
       <c r="AN39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>214Про передачу в оперативне управлiння КП Радіостудія «Новий двір» нежитлове приміщення за адресою: вул. Сокальська,1 у м. Червонограді</t>
+          <t>ID - 214,  Про передачу в оперативне управлiння КП Радіостудія «Новий двір» нежитлове приміщення за адресою: вул. Сокальська,1 у м. Червонограді</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>54</v>
       </c>
       <c r="E40" t="s">
         <v>45</v>
       </c>
       <c r="F40" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>56</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>49</v>
       </c>
@@ -6421,63 +6408,63 @@
       </c>
       <c r="AN40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C41" t="s" s="4">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
       <c r="F41" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
         <v>56</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>49</v>
       </c>
@@ -6558,65 +6545,65 @@
       </c>
       <c r="AN41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>216Про передачу в оперативне управлiння КП Радіостудія «Новий двір» нежитлове приміщення за адресою: вул. Сокальська,1 у м. Червонограді</t>
+          <t>ID - 216,  Про передачу в оперативне управлiння КП Радіостудія «Новий двір» нежитлове приміщення за адресою: вул. Сокальська,1 у м. Червонограді</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>89</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
       </c>
       <c r="F42" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>56</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>49</v>
       </c>
@@ -6697,54 +6684,54 @@
       </c>
       <c r="AN42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C43" t="s" s="4">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D43" t="s">
         <v>54</v>
       </c>
       <c r="E43" t="s">
         <v>45</v>
       </c>
       <c r="F43" t="s">
         <v>71</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
         <v>48</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>49</v>
       </c>
@@ -6834,63 +6821,63 @@
       </c>
       <c r="AN43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C44" t="s" s="4">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D44" t="s">
         <v>60</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>48</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>49</v>
       </c>
@@ -6971,54 +6958,54 @@
       </c>
       <c r="AN44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C45" t="s" s="4">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D45" t="s">
         <v>89</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
       <c r="F45" t="s">
         <v>71</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>48</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>49</v>
       </c>
@@ -7108,54 +7095,54 @@
       </c>
       <c r="AN45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s" s="4">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
         <v>71</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>48</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>49</v>
       </c>
@@ -7245,65 +7232,65 @@
       </c>
       <c r="AN46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>221Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 221,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>54</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>48</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>49</v>
       </c>
@@ -7384,63 +7371,63 @@
       </c>
       <c r="AN47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C48" t="s" s="4">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>56</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>49</v>
       </c>
@@ -7521,71 +7508,71 @@
       </c>
       <c r="AN48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>223Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
+          <t>ID - 223,  Про надання дозволу на розроблення проектiв землеустрою щодо вiдведення земельних дiлянок</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>89</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>57</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>50</v>
       </c>
@@ -7660,69 +7647,69 @@
       </c>
       <c r="AN49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C50" t="s" s="4">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
       <c r="F50" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>50</v>
       </c>
@@ -7797,54 +7784,54 @@
       </c>
       <c r="AN50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s" s="4">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D51" t="s">
         <v>44</v>
       </c>
       <c r="E51" t="s">
         <v>45</v>
       </c>
       <c r="F51" t="s">
         <v>61</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>48</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>49</v>
       </c>
@@ -7934,202 +7921,202 @@
       </c>
       <c r="AN51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>226Про розгляд заяви громадяна- учасника антитерористичної операції Никитюка Тимофія Борисовича</t>
+          <t>ID - 226,  Про розгляд заяви громадяна- учасника антитерористичної операції Никитюка Тимофія Борисовича</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>44</v>
       </c>
       <c r="E52" t="s">
         <v>64</v>
       </c>
       <c r="F52" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="G52" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="H52" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="L52" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="M52" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S52" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>57</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AJ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK52" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AL52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO52" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D53" t="s">
         <v>54</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>48</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>49</v>
       </c>
@@ -8210,69 +8197,69 @@
       </c>
       <c r="AN53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C54" t="s" s="4">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D54" t="s">
         <v>60</v>
       </c>
       <c r="E54" t="s">
         <v>64</v>
       </c>
       <c r="F54" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>50</v>
       </c>
@@ -8347,69 +8334,69 @@
       </c>
       <c r="AN54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C55" t="s" s="4">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D55" t="s">
         <v>89</v>
       </c>
       <c r="E55" t="s">
         <v>64</v>
       </c>
       <c r="F55" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>50</v>
       </c>
@@ -8484,65 +8471,65 @@
       </c>
       <c r="AN55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>230Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
+          <t>ID - 230,  Про внесення змiн в рішення Червоноградської мiської ради та рішення виконавчого комітету Червоноградської мiської ради народних депутатів</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>44</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
         <v>56</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>49</v>
       </c>
@@ -8623,69 +8610,69 @@
       </c>
       <c r="AN56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D57" t="s">
         <v>44</v>
       </c>
       <c r="E57" t="s">
         <v>64</v>
       </c>
       <c r="F57" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="G57" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="H57" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P57" t="s" s="5">
         <v>50</v>
       </c>
@@ -8707,51 +8694,51 @@
       <c r="V57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD57" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL57" t="s" s="5">
         <v>50</v>
       </c>
@@ -8760,65 +8747,65 @@
       </c>
       <c r="AN57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>232Про розгляд заяв громадян:Бомка Володимира Йосиповича, Дмитрова Василя Геннадійовича, Дмитров Оксани Ігорівни, Зазуляка Андрія Тарасовича, Зазуляк Кристини Володимирівни</t>
+          <t>ID - 232,  Про розгляд заяв громадян:Бомка Володимира Йосиповича, Дмитрова Василя Геннадійовича, Дмитров Оксани Ігорівни, Зазуляка Андрія Тарасовича, Зазуляк Кристини Володимирівни</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>44</v>
       </c>
       <c r="E58" t="s">
         <v>64</v>
       </c>
       <c r="F58" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
         <v>56</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>49</v>
       </c>
@@ -8899,55 +8886,55 @@
       </c>
       <c r="AN58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>233Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні</t>
+          <t>ID - 233,  Про затвердження проекту землеустрою щодо відведення земельної ділянки та про включення в перелік земельної ділянки для продажу права її оренди на земельному аукціоні</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>44</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="F59" t="s">
         <v>46</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
         <v>48</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>49</v>
@@ -9038,84 +9025,84 @@
       </c>
       <c r="AN59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D60" t="s">
         <v>44</v>
       </c>
       <c r="E60" t="s">
         <v>64</v>
       </c>
       <c r="F60" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="G60" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="H60" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M60" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>57</v>
       </c>
@@ -9125,105 +9112,105 @@
       <c r="W60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE60" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH60" t="s" s="5">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AJ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
-          <t>235Про продаж у власність земельної ділянки громадянину Кореньовському Василю Петровичу</t>
+          <t>ID - 235,  Про продаж у власність земельної ділянки громадянину Кореньовському Василю Петровичу</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>54</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
       <c r="F61" t="s">
         <v>46</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
         <v>48</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>49</v>
@@ -9314,63 +9301,63 @@
       </c>
       <c r="AN61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C62" t="s" s="4">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D62" t="s">
         <v>60</v>
       </c>
       <c r="E62" t="s">
         <v>45</v>
       </c>
       <c r="F62" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
         <v>48</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>49</v>
       </c>
@@ -9451,65 +9438,65 @@
       </c>
       <c r="AN62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>237Про продаж у власність земельної ділянки громадянину Кореньовському Василю Петровичу</t>
+          <t>ID - 237,  Про продаж у власність земельної ділянки громадянину Кореньовському Василю Петровичу</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>44</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
       <c r="F63" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>49</v>
       </c>
@@ -9590,63 +9577,65 @@
       </c>
       <c r="AN63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>171</v>
+      </c>
+      <c r="C64" t="inlineStr" s="4">
+        <is>
+          <t>ID - 240,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D64" t="s">
         <v>54</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
       <c r="F64" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
         <v>56</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>49</v>
       </c>
@@ -9727,63 +9716,63 @@
       </c>
       <c r="AN64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C65" t="s" s="4">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D65" t="s">
         <v>60</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
       <c r="F65" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
         <v>48</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>49</v>
       </c>
@@ -9864,69 +9853,71 @@
       </c>
       <c r="AN65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>174</v>
+      </c>
+      <c r="C66" t="inlineStr" s="4">
+        <is>
+          <t>ID - 242,  Про продаж у власність земельної ділянки громадянину Кравчуку Віктору Григоровичу</t>
+        </is>
       </c>
       <c r="D66" t="s">
         <v>89</v>
       </c>
       <c r="E66" t="s">
         <v>64</v>
       </c>
       <c r="F66" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>50</v>
       </c>
@@ -10001,65 +9992,65 @@
       </c>
       <c r="AN66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>243Про розгляд клопотання ​​​​​​​Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
+          <t>ID - 243,  Про розгляд клопотання ​​​​​​​Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67" t="s">
         <v>64</v>
       </c>
       <c r="F67" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
         <v>56</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>49</v>
       </c>
@@ -10140,55 +10131,55 @@
       </c>
       <c r="AN67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>245Про розгляд клопотання ​​​​​​​Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
+          <t>ID - 245,  Про розгляд клопотання ​​​​​​​Товариства з додатковою відповідальністю «Червоноградський завод металоконструкцій»</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>44</v>
       </c>
       <c r="E68" t="s">
         <v>45</v>
       </c>
       <c r="F68" t="s">
         <v>46</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68" t="s">
         <v>48</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>49</v>
@@ -10279,54 +10270,54 @@
       </c>
       <c r="AN68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C69" t="s" s="4">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69" t="s">
         <v>45</v>
       </c>
       <c r="F69" t="s">
         <v>71</v>
       </c>
       <c r="G69" t="s">
         <v>47</v>
       </c>
       <c r="H69" t="s">
         <v>48</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>49</v>
       </c>
@@ -10416,69 +10407,71 @@
       </c>
       <c r="AN69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>179</v>
+      </c>
+      <c r="C70" t="inlineStr" s="4">
+        <is>
+          <t>ID - 247,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Мебель-Сервіс»  </t>
+        </is>
       </c>
       <c r="D70" t="s">
         <v>44</v>
       </c>
       <c r="E70" t="s">
         <v>64</v>
       </c>
       <c r="F70" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>57</v>
       </c>
       <c r="O70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>50</v>
       </c>
@@ -10553,55 +10546,55 @@
       </c>
       <c r="AN70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>248Про розгляд заяв громадянина Грабара А.П. та громадян Кожемяко Олександра Михайловича, Кожемяко Валентини Петрівни, Кожемяко Петра Олександровича, Середницької Тетяни Олександрівни</t>
+          <t>ID - 248,  Про розгляд заяв громадянина Грабара А.П. та громадян Кожемяко Олександра Михайловича, Кожемяко Валентини Петрівни, Кожемяко Петра Олександровича, Середницької Тетяни Олександрівни</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>54</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>71</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71" t="s">
         <v>48</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>49</v>
@@ -10692,54 +10685,54 @@
       </c>
       <c r="AN71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="D72" t="s">
         <v>60</v>
       </c>
       <c r="E72" t="s">
         <v>45</v>
       </c>
       <c r="F72" t="s">
         <v>71</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
       <c r="H72" t="s">
         <v>48</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>49</v>
       </c>
@@ -10829,55 +10822,55 @@
       </c>
       <c r="AN72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>250Про розгляд заяв громадянина Грабара А.П. та громадян Кожемяко Олександра Михайловича, Кожемяко Валентини Петрівни, Кожемяко Петра Олександровича, Середницької Тетяни Олександрівни</t>
+          <t>ID - 250,  Про розгляд заяв громадянина Грабара А.П. та громадян Кожемяко Олександра Михайловича, Кожемяко Валентини Петрівни, Кожемяко Петра Олександровича, Середницької Тетяни Олександрівни</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>44</v>
       </c>
       <c r="E73" t="s">
         <v>45</v>
       </c>
       <c r="F73" t="s">
         <v>46</v>
       </c>
       <c r="G73" t="s">
         <v>47</v>
       </c>
       <c r="H73" t="s">
         <v>48</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>49</v>
@@ -10968,54 +10961,54 @@
       </c>
       <c r="AN73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="D74" t="s">
         <v>44</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>71</v>
       </c>
       <c r="G74" t="s">
         <v>47</v>
       </c>
       <c r="H74" t="s">
         <v>56</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>49</v>
       </c>
@@ -11105,54 +11098,54 @@
       </c>
       <c r="AN74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="C75" t="s" s="4">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
       <c r="F75" t="s">
         <v>71</v>
       </c>
       <c r="G75" t="s">
         <v>47</v>
       </c>
       <c r="H75" t="s">
         <v>56</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>49</v>
       </c>
@@ -11242,55 +11235,55 @@
       </c>
       <c r="AN75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
-          <t>253Про надання згоди на безкоштовну передачу демонтованих лавок iз балансу КП «Комунальник»</t>
+          <t>ID - 253,  Про надання згоди на безкоштовну передачу демонтованих лавок iз балансу КП «Комунальник»</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
       <c r="F76" t="s">
         <v>46</v>
       </c>
       <c r="G76" t="s">
         <v>47</v>
       </c>
       <c r="H76" t="s">
         <v>48</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>49</v>
@@ -11381,63 +11374,63 @@
       </c>
       <c r="AN76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="C77" t="s" s="4">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="D77" t="s">
         <v>44</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
       <c r="F77" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
       <c r="H77" t="s">
         <v>48</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>49</v>
       </c>
@@ -11518,55 +11511,55 @@
       </c>
       <c r="AN77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>264Про внесення змiн до «Положення про громадський бюджет м. Червонограда» та створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
+          <t>ID - 264,  Про внесення змiн до «Положення про громадський бюджет м. Червонограда» та створення координаційної ради для реалізації процесу «Громадського бюджету»</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>44</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
       <c r="F78" t="s">
         <v>61</v>
       </c>
       <c r="G78" t="s">
         <v>47</v>
       </c>
       <c r="H78" t="s">
         <v>48</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>49</v>
@@ -11657,65 +11650,65 @@
       </c>
       <c r="AN78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>265Про звернення Червоноградської мiської ради щодо скасування абонплати за транспортування газу</t>
+          <t>ID - 265,  Про звернення Червоноградської мiської ради щодо скасування абонплати за транспортування газу</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
         <v>45</v>
       </c>
       <c r="F79" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G79" t="s">
         <v>47</v>
       </c>
       <c r="H79" t="s">
         <v>48</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>49</v>
       </c>
@@ -11801,643 +11794,643 @@
         <v>49</v>
       </c>
       <c r="AP79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="80">
       <c r="A80"/>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80"/>
       <c r="I80" t="s">
+        <v>194</v>
+      </c>
+      <c r="J80" t="s">
+        <v>195</v>
+      </c>
+      <c r="K80" t="s">
+        <v>196</v>
+      </c>
+      <c r="L80" t="s">
+        <v>197</v>
+      </c>
+      <c r="M80" t="s">
+        <v>198</v>
+      </c>
+      <c r="N80" t="s">
+        <v>199</v>
+      </c>
+      <c r="O80" t="s">
+        <v>200</v>
+      </c>
+      <c r="P80" t="s">
         <v>201</v>
       </c>
-      <c r="J80" t="s">
+      <c r="Q80" t="s">
         <v>202</v>
       </c>
-      <c r="K80" t="s">
+      <c r="R80" t="s">
         <v>203</v>
       </c>
-      <c r="L80" t="s">
+      <c r="S80" t="s">
+        <v>117</v>
+      </c>
+      <c r="T80" t="s">
         <v>204</v>
       </c>
-      <c r="M80" t="s">
+      <c r="U80" t="s">
+        <v>199</v>
+      </c>
+      <c r="V80" t="s">
         <v>205</v>
       </c>
-      <c r="N80" t="s">
+      <c r="W80" t="s">
+        <v>200</v>
+      </c>
+      <c r="X80" t="s">
         <v>206</v>
       </c>
-      <c r="O80" t="s">
+      <c r="Y80" t="s">
+        <v>197</v>
+      </c>
+      <c r="Z80" t="s">
+        <v>199</v>
+      </c>
+      <c r="AA80" t="s">
         <v>207</v>
       </c>
-      <c r="P80" t="s">
+      <c r="AB80" t="s">
+        <v>202</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>200</v>
+      </c>
+      <c r="AD80" t="s">
         <v>208</v>
       </c>
-      <c r="Q80" t="s">
+      <c r="AE80" t="s">
         <v>209</v>
       </c>
-      <c r="R80" t="s">
+      <c r="AF80" t="s">
         <v>210</v>
       </c>
-      <c r="S80" t="s">
-[...2 lines deleted...]
-      <c r="T80" t="s">
+      <c r="AG80" t="s">
+        <v>200</v>
+      </c>
+      <c r="AH80" t="s">
         <v>211</v>
       </c>
-      <c r="U80" t="s">
-[...2 lines deleted...]
-      <c r="V80" t="s">
+      <c r="AI80" t="s">
         <v>212</v>
       </c>
-      <c r="W80" t="s">
-[...2 lines deleted...]
-      <c r="X80" t="s">
+      <c r="AJ80" t="s">
+        <v>158</v>
+      </c>
+      <c r="AK80" t="s">
+        <v>212</v>
+      </c>
+      <c r="AL80" t="s">
+        <v>158</v>
+      </c>
+      <c r="AM80" t="s">
+        <v>197</v>
+      </c>
+      <c r="AN80" t="s">
         <v>213</v>
       </c>
-      <c r="Y80" t="s">
+      <c r="AO80" t="s">
+        <v>208</v>
+      </c>
+      <c r="AP80" t="s">
+        <v>196</v>
+      </c>
+      <c r="AQ80" t="s">
+        <v>200</v>
+      </c>
+      <c r="AR80" t="s">
         <v>204</v>
       </c>
-      <c r="Z80" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="AS80" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="81">
       <c r="A81"/>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81"/>
       <c r="I81" t="s">
         <v>47</v>
       </c>
       <c r="J81" t="s">
         <v>47</v>
       </c>
       <c r="K81" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="L81" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="M81" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="N81" t="s">
         <v>47</v>
       </c>
       <c r="O81" t="s">
         <v>47</v>
       </c>
       <c r="P81" t="s">
         <v>47</v>
       </c>
       <c r="Q81" t="s">
         <v>47</v>
       </c>
       <c r="R81" t="s">
         <v>47</v>
       </c>
       <c r="S81" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="T81" t="s">
         <v>47</v>
       </c>
       <c r="U81" t="s">
         <v>47</v>
       </c>
       <c r="V81" t="s">
         <v>47</v>
       </c>
       <c r="W81" t="s">
         <v>47</v>
       </c>
       <c r="X81" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="Y81" t="s">
         <v>47</v>
       </c>
       <c r="Z81" t="s">
         <v>47</v>
       </c>
       <c r="AA81" t="s">
         <v>47</v>
       </c>
       <c r="AB81" t="s">
         <v>47</v>
       </c>
       <c r="AC81" t="s">
         <v>47</v>
       </c>
       <c r="AD81" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="AE81" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="AF81" t="s">
         <v>47</v>
       </c>
       <c r="AG81" t="s">
         <v>47</v>
       </c>
       <c r="AH81" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="AI81" t="s">
         <v>47</v>
       </c>
       <c r="AJ81" t="s">
         <v>47</v>
       </c>
       <c r="AK81" t="s">
         <v>47</v>
       </c>
       <c r="AL81" t="s">
         <v>47</v>
       </c>
       <c r="AM81" t="s">
         <v>47</v>
       </c>
       <c r="AN81" t="s">
         <v>47</v>
       </c>
       <c r="AO81" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="AP81" t="s">
         <v>47</v>
       </c>
       <c r="AQ81" t="s">
         <v>47</v>
       </c>
       <c r="AR81" t="s">
         <v>47</v>
       </c>
       <c r="AS81" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="82">
       <c r="A82"/>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
       <c r="I82" t="s">
+        <v>215</v>
+      </c>
+      <c r="J82" t="s">
+        <v>216</v>
+      </c>
+      <c r="K82" t="s">
+        <v>217</v>
+      </c>
+      <c r="L82" t="s">
+        <v>217</v>
+      </c>
+      <c r="M82" t="s">
+        <v>218</v>
+      </c>
+      <c r="N82" t="s">
+        <v>217</v>
+      </c>
+      <c r="O82" t="s">
+        <v>215</v>
+      </c>
+      <c r="P82" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>219</v>
+      </c>
+      <c r="R82" t="s">
+        <v>216</v>
+      </c>
+      <c r="S82" t="s">
+        <v>220</v>
+      </c>
+      <c r="T82" t="s">
+        <v>221</v>
+      </c>
+      <c r="U82" t="s">
+        <v>218</v>
+      </c>
+      <c r="V82" t="s">
+        <v>219</v>
+      </c>
+      <c r="W82" t="s">
+        <v>215</v>
+      </c>
+      <c r="X82" t="s">
+        <v>216</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>216</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>216</v>
+      </c>
+      <c r="AA82" t="s">
         <v>222</v>
       </c>
-      <c r="J82" t="s">
+      <c r="AB82" t="s">
+        <v>216</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>215</v>
+      </c>
+      <c r="AD82" t="s">
+        <v>221</v>
+      </c>
+      <c r="AE82" t="s">
+        <v>220</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>221</v>
+      </c>
+      <c r="AG82" t="s">
+        <v>215</v>
+      </c>
+      <c r="AH82" t="s">
         <v>223</v>
       </c>
-      <c r="K82" t="s">
-[...11 lines deleted...]
-      <c r="O82" t="s">
+      <c r="AI82" t="s">
         <v>222</v>
       </c>
-      <c r="P82" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="AJ82" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="AK82" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="AL82" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="AM82" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="AN82" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="AO82" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="AP82" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="AQ82" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="AR82" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="AS82" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
     </row>
     <row r="83">
       <c r="A83"/>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
       <c r="I83" t="s">
+        <v>224</v>
+      </c>
+      <c r="J83" t="s">
+        <v>225</v>
+      </c>
+      <c r="K83" t="s">
+        <v>226</v>
+      </c>
+      <c r="L83" t="s">
+        <v>227</v>
+      </c>
+      <c r="M83" t="s">
+        <v>228</v>
+      </c>
+      <c r="N83" t="s">
+        <v>229</v>
+      </c>
+      <c r="O83" t="s">
+        <v>225</v>
+      </c>
+      <c r="P83" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q83" t="s">
         <v>231</v>
       </c>
-      <c r="J83" t="s">
+      <c r="R83" t="s">
         <v>232</v>
       </c>
-      <c r="K83" t="s">
+      <c r="S83" t="s">
+        <v>228</v>
+      </c>
+      <c r="T83" t="s">
+        <v>224</v>
+      </c>
+      <c r="U83" t="s">
+        <v>227</v>
+      </c>
+      <c r="V83" t="s">
         <v>233</v>
       </c>
-      <c r="L83" t="s">
+      <c r="W83" t="s">
+        <v>225</v>
+      </c>
+      <c r="X83" t="s">
         <v>234</v>
       </c>
-      <c r="M83" t="s">
+      <c r="Y83" t="s">
         <v>235</v>
       </c>
-      <c r="N83" t="s">
+      <c r="Z83" t="s">
         <v>236</v>
       </c>
-      <c r="O83" t="s">
+      <c r="AA83" t="s">
+        <v>230</v>
+      </c>
+      <c r="AB83" t="s">
+        <v>237</v>
+      </c>
+      <c r="AC83" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD83" t="s">
+        <v>224</v>
+      </c>
+      <c r="AE83" t="s">
+        <v>226</v>
+      </c>
+      <c r="AF83" t="s">
         <v>232</v>
       </c>
-      <c r="P83" t="s">
-[...2 lines deleted...]
-      <c r="Q83" t="s">
+      <c r="AG83" t="s">
+        <v>225</v>
+      </c>
+      <c r="AH83" t="s">
         <v>238</v>
       </c>
-      <c r="R83" t="s">
-[...2 lines deleted...]
-      <c r="S83" t="s">
+      <c r="AI83" t="s">
+        <v>227</v>
+      </c>
+      <c r="AJ83" t="s">
+        <v>225</v>
+      </c>
+      <c r="AK83" t="s">
+        <v>226</v>
+      </c>
+      <c r="AL83" t="s">
+        <v>225</v>
+      </c>
+      <c r="AM83" t="s">
+        <v>230</v>
+      </c>
+      <c r="AN83" t="s">
+        <v>227</v>
+      </c>
+      <c r="AO83" t="s">
+        <v>224</v>
+      </c>
+      <c r="AP83" t="s">
+        <v>231</v>
+      </c>
+      <c r="AQ83" t="s">
+        <v>225</v>
+      </c>
+      <c r="AR83" t="s">
         <v>235</v>
       </c>
-      <c r="T83" t="s">
-[...73 lines deleted...]
-      </c>
       <c r="AS83" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84">
       <c r="A84"/>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
       <c r="I84" t="s">
+        <v>239</v>
+      </c>
+      <c r="J84" t="s">
+        <v>240</v>
+      </c>
+      <c r="K84" t="s">
+        <v>239</v>
+      </c>
+      <c r="L84" t="s">
+        <v>239</v>
+      </c>
+      <c r="M84" t="s">
+        <v>239</v>
+      </c>
+      <c r="N84" t="s">
+        <v>239</v>
+      </c>
+      <c r="O84" t="s">
+        <v>241</v>
+      </c>
+      <c r="P84" t="s">
+        <v>242</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>243</v>
+      </c>
+      <c r="R84" t="s">
+        <v>244</v>
+      </c>
+      <c r="S84" t="s">
+        <v>245</v>
+      </c>
+      <c r="T84" t="s">
+        <v>239</v>
+      </c>
+      <c r="U84" t="s">
         <v>246</v>
       </c>
-      <c r="J84" t="s">
+      <c r="V84" t="s">
+        <v>239</v>
+      </c>
+      <c r="W84" t="s">
+        <v>241</v>
+      </c>
+      <c r="X84" t="s">
         <v>247</v>
       </c>
-      <c r="K84" t="s">
-[...11 lines deleted...]
-      <c r="O84" t="s">
+      <c r="Y84" t="s">
+        <v>243</v>
+      </c>
+      <c r="Z84" t="s">
+        <v>239</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>239</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>243</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>241</v>
+      </c>
+      <c r="AD84" t="s">
+        <v>239</v>
+      </c>
+      <c r="AE84" t="s">
         <v>248</v>
       </c>
-      <c r="P84" t="s">
+      <c r="AF84" t="s">
+        <v>239</v>
+      </c>
+      <c r="AG84" t="s">
+        <v>241</v>
+      </c>
+      <c r="AH84" t="s">
+        <v>243</v>
+      </c>
+      <c r="AI84" t="s">
+        <v>239</v>
+      </c>
+      <c r="AJ84" t="s">
         <v>249</v>
       </c>
-      <c r="Q84" t="s">
+      <c r="AK84" t="s">
+        <v>239</v>
+      </c>
+      <c r="AL84" t="s">
+        <v>249</v>
+      </c>
+      <c r="AM84" t="s">
+        <v>239</v>
+      </c>
+      <c r="AN84" t="s">
         <v>250</v>
       </c>
-      <c r="R84" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="AO84" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="AP84" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="AQ84" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="AR84" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="AS84" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>