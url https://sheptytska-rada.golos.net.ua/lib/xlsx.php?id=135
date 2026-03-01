--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="396" uniqueCount="396">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="392" uniqueCount="392">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XLIII сесія VIII скликання</t>
   </si>
   <si>
     <t>Шептицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Залівський Андрій Іванович</t>
   </si>
   <si>
     <t>Ляховський Богдан Васильович</t>
   </si>
   <si>
     <t>Гаманюк Віталій Володимирович</t>
   </si>
   <si>
@@ -137,942 +137,930 @@
   <si>
     <t>Шеремета Олег Володимирович</t>
   </si>
   <si>
     <t>Колтакова Ганна Петрівна</t>
   </si>
   <si>
     <t>Лозинська Іванна Анатоліївна</t>
   </si>
   <si>
     <t>Курінна Наталія Миронівна</t>
   </si>
   <si>
     <t>Подлецький Василь Іванович</t>
   </si>
   <si>
     <t>Дмитрук Михайло Васильович</t>
   </si>
   <si>
     <t>Боярчук Василь Йосипович</t>
   </si>
   <si>
     <t>Тимечко Василина Ігорівна</t>
   </si>
   <si>
-    <t>Фетісов Олексій Віталієвич</t>
+    <t>Фетісов Олексій Віталійович</t>
   </si>
   <si>
     <t>Катарина Ірина Михайлівна</t>
   </si>
   <si>
     <t>19.09.24  10:20:26</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>19.09.24  10:22:00</t>
   </si>
   <si>
-    <t>6220Довключити осіб озвучених Ковалкм В. С,</t>
+    <t>ID - 6220,  Довключити осіб озвучених Ковалкм В. С,</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>19.09.24  10:22:29</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>19.09.24  10:24:42</t>
   </si>
   <si>
-    <t>6222Про затвердження переліку адміністративних послуг</t>
+    <t>ID - 6222,  Про затвердження переліку адміністративних послуг</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>19.09.24  10:25:18</t>
   </si>
   <si>
-    <t>6223Про депутатськi запити</t>
+    <t>ID - 6223,  Про депутатськi запити</t>
   </si>
   <si>
     <t>19.09.24  10:28:28</t>
   </si>
   <si>
-    <t>6225Про депутатськi запити</t>
+    <t>ID - 6225,  Про депутатськi запити</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>19.09.24  10:43:06</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>19.09.24  11:10:39</t>
   </si>
   <si>
     <t>19.09.24  11:11:07</t>
   </si>
   <si>
     <t>19.09.24  11:14:57</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>19.09.24  11:20:01</t>
   </si>
   <si>
     <t>19.09.24  11:26:45</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>19.09.24  11:27:16</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>19.09.24  11:29:33</t>
   </si>
   <si>
-    <t>6233Виключити пункти про створення відділу</t>
+    <t>ID - 6233,  Виключити пункти про створення відділу</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>19.09.24  11:30:05</t>
   </si>
   <si>
-    <t>6234Виключити пункти про створення відділу</t>
+    <t>ID - 6234,  Виключити пункти про створення відділу</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>19.09.24  11:30:35</t>
   </si>
   <si>
     <t>19.09.24  11:32:06</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>19.09.24  11:32:54</t>
   </si>
   <si>
     <t>19.09.24  11:34:52</t>
   </si>
   <si>
     <t>19.09.24  11:36:17</t>
   </si>
   <si>
-    <t>6239Про безоплатну передачу обладнання</t>
+    <t>ID - 6239,  Про безоплатну передачу обладнання</t>
   </si>
   <si>
     <t>19.09.24  11:37:18</t>
   </si>
   <si>
     <t>19.09.24  11:38:39</t>
   </si>
   <si>
     <t>19.09.24  11:39:36</t>
   </si>
   <si>
     <t>19.09.24  12:01:18</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>19.09.24  12:02:44</t>
   </si>
   <si>
-    <t>6245Про внесення змін до рішення Червоноградської міської ради від 30.04.2024 № 2537</t>
+    <t>ID - 6245,  Про внесення змін до рішення Червоноградської міської ради від 30.04.2024 № 2537</t>
   </si>
   <si>
     <t>19.09.24  12:03:49</t>
   </si>
   <si>
-    <t>6246Про внесення змін до рішення Червоноградської міської ради від 30.04.2024 № 2538</t>
+    <t>ID - 6246,  Про внесення змін до рішення Червоноградської міської ради від 30.04.2024 № 2538</t>
   </si>
   <si>
     <t>19.09.24  12:19:00</t>
   </si>
   <si>
     <t>19.09.24  12:21:12</t>
   </si>
   <si>
-    <t>6252Внести правку озвучену Лапцем М. Р.</t>
+    <t>ID - 6252,  Внести правку озвучену Лапцем М. Р.</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>19.09.24  12:21:42</t>
   </si>
   <si>
     <t>19.09.24  12:29:30</t>
   </si>
   <si>
     <t>19.09.24  12:31:41</t>
   </si>
   <si>
     <t>19.09.24  12:33:47</t>
   </si>
   <si>
-    <t>6256Про розгляд клопотання громадянина Боянецького Анатолія Ярославовича</t>
+    <t>ID - 6256,  Про розгляд клопотання громадянина Боянецького Анатолія Ярославовича</t>
   </si>
   <si>
     <t>19.09.24  12:34:42</t>
   </si>
   <si>
-    <t>6257Про розгляд клопотання громадянина Гагана Олега Володимировича</t>
+    <t>ID - 6257,  Про розгляд клопотання громадянина Гагана Олега Володимировича</t>
   </si>
   <si>
     <t>19.09.24  12:35:33</t>
   </si>
   <si>
-    <t>6258Про розгляд клопотання громадянки Хоменко Олександри Григорівни</t>
+    <t>ID - 6258,  Про розгляд клопотання громадянки Хоменко Олександри Григорівни</t>
   </si>
   <si>
     <t>19.09.24  12:36:37</t>
   </si>
   <si>
-    <t>6259Про розгляд клопотання громадянина Цибульського Анатолія Йосиповича  </t>
+    <t>ID - 6259,  Про розгляд клопотання громадянина Цибульського Анатолія Йосиповича  </t>
   </si>
   <si>
     <t>19.09.24  12:37:23</t>
   </si>
   <si>
-    <t>6260Про розгляд клопотання громадянина Остапика Ярослава Павловича</t>
+    <t>ID - 6260,  Про розгляд клопотання громадянина Остапика Ярослава Павловича</t>
   </si>
   <si>
     <t>19.09.24  12:38:07</t>
   </si>
   <si>
-    <t>6261Про розгляд клопотання громадянки Прадід Галини Петрівни</t>
+    <t>ID - 6261,  Про розгляд клопотання громадянки Прадід Галини Петрівни</t>
   </si>
   <si>
     <t>19.09.24  12:38:50</t>
   </si>
   <si>
-    <t>6262Про розгляд клопотання громадянки Дмитришин Наталії Іванівни</t>
+    <t>ID - 6262,  Про розгляд клопотання громадянки Дмитришин Наталії Іванівни</t>
   </si>
   <si>
     <t>19.09.24  12:39:40</t>
   </si>
   <si>
-    <t>6263Про розгляд клопотання громадянина Лобая Василя Васильовича</t>
+    <t>ID - 6263,  Про розгляд клопотання громадянина Лобая Василя Васильовича</t>
   </si>
   <si>
     <t>19.09.24  12:40:23</t>
   </si>
   <si>
-    <t>6264Про розгляд клопотання громадянки Лялюк Степанії Ярославівни</t>
+    <t>ID - 6264,  Про розгляд клопотання громадянки Лялюк Степанії Ярославівни</t>
   </si>
   <si>
     <t>19.09.24  12:41:10</t>
   </si>
   <si>
-    <t>6265Про розгляд клопотання громадянки Запісоцької Наталії Євгеніївни</t>
+    <t>ID - 6265,  Про розгляд клопотання громадянки Запісоцької Наталії Євгеніївни</t>
   </si>
   <si>
     <t>19.09.24  12:41:51</t>
   </si>
   <si>
-    <t>6266Про розгляд клопотання громадянки Щур Надії Петрівни</t>
+    <t>ID - 6266,  Про розгляд клопотання громадянки Щур Надії Петрівни</t>
   </si>
   <si>
     <t>19.09.24  12:42:33</t>
   </si>
   <si>
-    <t>6267Про розгляд клопотання громадянки Плішко Любові Іванівни</t>
+    <t>ID - 6267,  Про розгляд клопотання громадянки Плішко Любові Іванівни</t>
   </si>
   <si>
     <t>19.09.24  12:43:24</t>
   </si>
   <si>
-    <t>6268Про розгляд клопотання громадянина Росоловського Володимира Івановича</t>
+    <t>ID - 6268,  Про розгляд клопотання громадянина Росоловського Володимира Івановича</t>
   </si>
   <si>
     <t>19.09.24  12:44:07</t>
   </si>
   <si>
-    <t>6269Про розгляд клопотання громадянина Коцка Володимира Зіновійовича</t>
+    <t>ID - 6269,  Про розгляд клопотання громадянина Коцка Володимира Зіновійовича</t>
   </si>
   <si>
     <t>19.09.24  12:44:53</t>
   </si>
   <si>
-    <t>6270Про розгляд клопотання громадянки Горошко Ірини Василівни</t>
+    <t>ID - 6270,  Про розгляд клопотання громадянки Горошко Ірини Василівни</t>
   </si>
   <si>
     <t>19.09.24  12:45:37</t>
   </si>
   <si>
-    <t>6271Про розгляд клопотання громадянки Краєвської Валентини Лук’янівни</t>
+    <t>ID - 6271,  Про розгляд клопотання громадянки Краєвської Валентини Лук’янівни</t>
   </si>
   <si>
     <t>19.09.24  12:46:55</t>
   </si>
   <si>
-    <t>6272Про розгляд клопотання громадянки Леськів Стефанії Леонівни</t>
+    <t>ID - 6272,  Про розгляд клопотання громадянки Леськів Стефанії Леонівни</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>19.09.24  12:47:10</t>
   </si>
   <si>
-    <t>6273Про розгляд клопотання громадянки Леськів Стефанії Леонівни</t>
+    <t>ID - 6273,  Про розгляд клопотання громадянки Леськів Стефанії Леонівни</t>
   </si>
   <si>
     <t>19.09.24  12:47:39</t>
   </si>
   <si>
-    <t>6274Про розгляд клопотання громадянки Леськів Стефанії Леонівни</t>
+    <t>ID - 6274,  Про розгляд клопотання громадянки Леськів Стефанії Леонівни</t>
   </si>
   <si>
     <t>19.09.24  12:48:10</t>
   </si>
   <si>
-    <t>6275Замінити назву вулиці з Миру на Свистуна</t>
+    <t>ID - 6275,  Замінити назву вулиці з Миру на Свистуна</t>
   </si>
   <si>
     <t>19.09.24  12:48:40</t>
   </si>
   <si>
-    <t>6276Про розгляд клопотання громадянки Леськів Стефанії Леонівни</t>
+    <t>ID - 6276,  Про розгляд клопотання громадянки Леськів Стефанії Леонівни</t>
   </si>
   <si>
     <t>19.09.24  12:49:31</t>
   </si>
   <si>
-    <t>6277Про розгляд клопотання громадянки Федотової Тетяни Ігорівни</t>
+    <t>ID - 6277,  Про розгляд клопотання громадянки Федотової Тетяни Ігорівни</t>
   </si>
   <si>
     <t>19.09.24  12:50:18</t>
   </si>
   <si>
-    <t>6278Про розгляд клопотання громадянки Ковби Марії Іванівни</t>
+    <t>ID - 6278,  Про розгляд клопотання громадянки Ковби Марії Іванівни</t>
   </si>
   <si>
     <t>19.09.24  12:51:07</t>
   </si>
   <si>
-    <t>6279Про розгляд клопотання громадянина Кошеля Віктора Євгеновича</t>
+    <t>ID - 6279,  Про розгляд клопотання громадянина Кошеля Віктора Євгеновича</t>
   </si>
   <si>
     <t>19.09.24  12:51:49</t>
   </si>
   <si>
-    <t>6280Про розгляд клопотання громадянки Ханащак Ольги Василівни</t>
+    <t>ID - 6280,  Про розгляд клопотання громадянки Ханащак Ольги Василівни</t>
   </si>
   <si>
     <t>19.09.24  12:52:38</t>
   </si>
   <si>
-    <t>6281Про розгляд клопотання громадянки Когут Ганни Олександрівни</t>
+    <t>ID - 6281,  Про розгляд клопотання громадянки Когут Ганни Олександрівни</t>
   </si>
   <si>
     <t>19.09.24  12:53:25</t>
   </si>
   <si>
-    <t>6282Про розгляд клопотання громадянки Столярчук Світлани Едуардівни</t>
+    <t>ID - 6282,  Про розгляд клопотання громадянки Столярчук Світлани Едуардівни</t>
   </si>
   <si>
     <t>19.09.24  12:54:14</t>
   </si>
   <si>
-    <t>6283Про розгляд клопотання громадянки Гринишин Ганни Василівни</t>
+    <t>ID - 6283,  Про розгляд клопотання громадянки Гринишин Ганни Василівни</t>
   </si>
   <si>
     <t>19.09.24  12:54:59</t>
   </si>
   <si>
-    <t>6284Про розгляд клопотання громадянки Безпалько Зоряни Ярославівни</t>
+    <t>ID - 6284,  Про розгляд клопотання громадянки Безпалько Зоряни Ярославівни</t>
   </si>
   <si>
     <t>19.09.24  12:55:52</t>
   </si>
   <si>
-    <t>6285Про розгляд клопотання громадянина Безпалька Андрія Васильовича</t>
+    <t>ID - 6285,  Про розгляд клопотання громадянина Безпалька Андрія Васильовича</t>
   </si>
   <si>
     <t>19.09.24  12:56:39</t>
   </si>
   <si>
-    <t>6286Про розгляд клопотання громадянина Ройка Олександра Володимировича</t>
+    <t>ID - 6286,  Про розгляд клопотання громадянина Ройка Олександра Володимировича</t>
   </si>
   <si>
     <t>19.09.24  12:57:21</t>
   </si>
   <si>
-    <t>6287Про розгляд клопотання громадянки Лопушанської Наталії Михайлівни</t>
+    <t>ID - 6287,  Про розгляд клопотання громадянки Лопушанської Наталії Михайлівни</t>
   </si>
   <si>
     <t>19.09.24  12:58:10</t>
   </si>
   <si>
-    <t>6288Про розгляд клопотання громадянки Крохмальної Любові Василівни</t>
+    <t>ID - 6288,  Про розгляд клопотання громадянки Крохмальної Любові Василівни</t>
   </si>
   <si>
     <t>19.09.24  12:59:01</t>
   </si>
   <si>
-    <t>6289Про розгляд клопотання громадянки Борейко Світлани Євгеніївни</t>
+    <t>ID - 6289,  Про розгляд клопотання громадянки Борейко Світлани Євгеніївни</t>
   </si>
   <si>
     <t>19.09.24  12:59:50</t>
   </si>
   <si>
-    <t>6290Про розгляд клопотання громадянина Стецини Ігоря Івановича</t>
+    <t>ID - 6290,  Про розгляд клопотання громадянина Стецини Ігоря Івановича</t>
   </si>
   <si>
     <t>19.09.24  14:52:04</t>
   </si>
   <si>
-    <t>6293Про розгляд клопотання громадянки Яворської Надії Степанівні</t>
+    <t>ID - 6293,  Про розгляд клопотання громадянки Яворської Надії Степанівні</t>
   </si>
   <si>
     <t>19.09.24  14:53:06</t>
   </si>
   <si>
-    <t>6294Про розгляд клопотання громадянина Лемеха Василя Гавриловича</t>
+    <t>ID - 6294,  Про розгляд клопотання громадянина Лемеха Василя Гавриловича</t>
   </si>
   <si>
     <t>19.09.24  14:53:49</t>
   </si>
   <si>
-    <t>6295Про розгляд клопотання громадянина Вавринчука Миколи Володимировича</t>
+    <t>ID - 6295,  Про розгляд клопотання громадянина Вавринчука Миколи Володимировича</t>
   </si>
   <si>
     <t>19.09.24  14:54:34</t>
   </si>
   <si>
-    <t>6296Про розгляд клопотання громадянки Гавради Любові Григорівни</t>
+    <t>ID - 6296,  Про розгляд клопотання громадянки Гавради Любові Григорівни</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>19.09.24  14:55:02</t>
   </si>
   <si>
-    <t>6297Про розгляд клопотання громадянки Гавради Любові Григорівни</t>
+    <t>ID - 6297,  Про розгляд клопотання громадянки Гавради Любові Григорівни</t>
   </si>
   <si>
     <t>19.09.24  14:55:44</t>
   </si>
   <si>
-    <t>6298Про розгляд клопотання громадянина Комарянського Романа Івановича</t>
+    <t>ID - 6298,  Про розгляд клопотання громадянина Комарянського Романа Івановича</t>
   </si>
   <si>
     <t>19.09.24  14:56:28</t>
   </si>
   <si>
-    <t>6299Про розгляд клопотання громадянки Ткачук Ілони Іванівни</t>
+    <t>ID - 6299,  Про розгляд клопотання громадянки Ткачук Ілони Іванівни</t>
   </si>
   <si>
     <t>19.09.24  14:57:17</t>
   </si>
   <si>
-    <t>6300Про розгляд клопотання громадянина Поптанича Василя Михайловича</t>
+    <t>ID - 6300,  Про розгляд клопотання громадянина Поптанича Василя Михайловича</t>
   </si>
   <si>
     <t>19.09.24  14:58:03</t>
   </si>
   <si>
-    <t>6301Про розгляд клопотання громадянина Мостовика Богдана Володимировича</t>
+    <t>ID - 6301,  Про розгляд клопотання громадянина Мостовика Богдана Володимировича</t>
   </si>
   <si>
     <t>19.09.24  14:58:51</t>
   </si>
   <si>
-    <t>6302Про розгляд клопотання громадянина Коваля Володимира Ярославовича</t>
+    <t>ID - 6302,  Про розгляд клопотання громадянина Коваля Володимира Ярославовича</t>
   </si>
   <si>
     <t>19.09.24  14:59:41</t>
   </si>
   <si>
-    <t>6303Про розгляд клопотання громадянки Пагули Оксани Юріївни</t>
+    <t>ID - 6303,  Про розгляд клопотання громадянки Пагули Оксани Юріївни</t>
   </si>
   <si>
     <t>19.09.24  15:00:09</t>
   </si>
   <si>
-    <t>6304Про розгляд клопотання громадянки Пагули Оксани Юріївни</t>
+    <t>ID - 6304,  Про розгляд клопотання громадянки Пагули Оксани Юріївни</t>
   </si>
   <si>
     <t>19.09.24  15:00:26</t>
   </si>
   <si>
-    <t>6305Про розгляд клопотання громадянки Пагули Оксани Юріївни</t>
+    <t>ID - 6305,  Про розгляд клопотання громадянки Пагули Оксани Юріївни</t>
   </si>
   <si>
     <t>19.09.24  15:00:56</t>
   </si>
   <si>
-    <t>6306Змінити назву вулиці</t>
+    <t>ID - 6306,  Змінити назву вулиці</t>
   </si>
   <si>
     <t>19.09.24  15:01:29</t>
   </si>
   <si>
-    <t>6307Про розгляд клопотання громадянки Пагули Оксани Юріївни</t>
+    <t>ID - 6307,  Про розгляд клопотання громадянки Пагули Оксани Юріївни</t>
   </si>
   <si>
     <t>19.09.24  15:02:15</t>
   </si>
   <si>
-    <t>6308Про розгляд клопотання громадянина Шклянки Івана Петровича</t>
+    <t>ID - 6308,  Про розгляд клопотання громадянина Шклянки Івана Петровича</t>
   </si>
   <si>
     <t>19.09.24  15:03:02</t>
   </si>
   <si>
-    <t>6309Про розгляд клопотання громадянки Захарків Галини Павлівни</t>
+    <t>ID - 6309,  Про розгляд клопотання громадянки Захарків Галини Павлівни</t>
   </si>
   <si>
     <t>19.09.24  15:03:48</t>
   </si>
   <si>
-    <t>6310Про розгляд клопотання громадянки Бриль Людмили Степанівни</t>
+    <t>ID - 6310,  Про розгляд клопотання громадянки Бриль Людмили Степанівни</t>
   </si>
   <si>
     <t>19.09.24  15:04:38</t>
   </si>
   <si>
-    <t>6311Про розгляд клопотання громадянина Сметани Ярослава Анатолійовича</t>
+    <t>ID - 6311,  Про розгляд клопотання громадянина Сметани Ярослава Анатолійовича</t>
   </si>
   <si>
     <t>19.09.24  15:05:20</t>
   </si>
   <si>
-    <t>6312Про розгляд клопотання громадянина Канцора Віктора Леонтійовича</t>
+    <t>ID - 6312,  Про розгляд клопотання громадянина Канцора Віктора Леонтійовича</t>
   </si>
   <si>
     <t>19.09.24  15:06:02</t>
   </si>
   <si>
-    <t>6313Про розгляд клопотання громадянина Полюганича Василя Івановича</t>
+    <t>ID - 6313,  Про розгляд клопотання громадянина Полюганича Василя Івановича</t>
   </si>
   <si>
     <t>19.09.24  15:06:46</t>
   </si>
   <si>
-    <t>6314Про розгляд клопотання громадянки Малетич Тетяни Василівни</t>
+    <t>ID - 6314,  Про розгляд клопотання громадянки Малетич Тетяни Василівни</t>
   </si>
   <si>
     <t>19.09.24  15:07:30</t>
   </si>
   <si>
-    <t>6315Про розгляд клопотання громадянина Малетича Ярослава Кириловича</t>
+    <t>ID - 6315,  Про розгляд клопотання громадянина Малетича Ярослава Кириловича</t>
   </si>
   <si>
     <t>19.09.24  15:08:12</t>
   </si>
   <si>
-    <t>6316Про розгляд клопотання громадянина Теленька Андрія Васильовича</t>
+    <t>ID - 6316,  Про розгляд клопотання громадянина Теленька Андрія Васильовича</t>
   </si>
   <si>
     <t>19.09.24  15:08:42</t>
   </si>
   <si>
-    <t>6317Про розгляд клопотання громадянки Федюри Ірини Михайлівни</t>
+    <t>ID - 6317,  Про розгляд клопотання громадянки Федюри Ірини Михайлівни</t>
   </si>
   <si>
     <t>19.09.24  15:09:46</t>
   </si>
   <si>
-    <t>6318Про розгляд клопотання громадянки Федюри Ірини Михайлівни</t>
+    <t>ID - 6318,  Про розгляд клопотання громадянки Федюри Ірини Михайлівни</t>
   </si>
   <si>
     <t>19.09.24  15:10:29</t>
   </si>
   <si>
-    <t>6319Про розгляд клопотання громадянки Загачевської Наталії Петрівни</t>
+    <t>ID - 6319,  Про розгляд клопотання громадянки Загачевської Наталії Петрівни</t>
   </si>
   <si>
     <t>19.09.24  15:11:10</t>
   </si>
   <si>
-    <t>6320Про розгляд клопотання громадянина Морозова Ігоря Леонідовича</t>
+    <t>ID - 6320,  Про розгляд клопотання громадянина Морозова Ігоря Леонідовича</t>
   </si>
   <si>
     <t>19.09.24  15:12:01</t>
   </si>
   <si>
     <t>19.09.24  15:12:42</t>
   </si>
   <si>
     <t>19.09.24  15:13:31</t>
   </si>
   <si>
     <t>19.09.24  15:14:21</t>
   </si>
   <si>
     <t>19.09.24  15:14:57</t>
   </si>
   <si>
     <t>19.09.24  15:15:41</t>
   </si>
   <si>
     <t>19.09.24  15:16:27</t>
   </si>
   <si>
-    <t>6327Про розгляд клопотання громадянки Сало Тетяни Михайлівни</t>
+    <t>ID - 6327,  Про розгляд клопотання громадянки Сало Тетяни Михайлівни</t>
   </si>
   <si>
     <t>19.09.24  15:16:57</t>
   </si>
   <si>
     <t>19.09.24  15:17:23</t>
   </si>
   <si>
     <t>19.09.24  15:18:57</t>
   </si>
   <si>
-    <t>6330Замінити назву рішення, змінити назву вулиці</t>
+    <t>ID - 6330,  Замінити назву рішення, змінити назву вулиці</t>
   </si>
   <si>
     <t>19.09.24  15:19:26</t>
   </si>
   <si>
     <t>19.09.24  15:22:29</t>
   </si>
   <si>
-    <t>6333Про розгляд клопотання Товариства з обмеженою відповідальністю «Я.Н.А.»</t>
+    <t>ID - 6333,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Я.Н.А.»</t>
   </si>
   <si>
     <t>19.09.24  15:23:14</t>
   </si>
   <si>
-    <t>6334Про розгляд клопотання Товариства з обмеженою відповідальністю «Я.Н.А.»</t>
+    <t>ID - 6334,  Про розгляд клопотання Товариства з обмеженою відповідальністю «Я.Н.А.»</t>
   </si>
   <si>
     <t>19.09.24  15:25:28</t>
   </si>
   <si>
-    <t>6335Про розгляд клопотання фізичної особи - підприємця Скоропади Мирослава Михайловича</t>
-[...1 lines deleted...]
-  <si>
     <t>19.09.24  15:26:35</t>
   </si>
   <si>
-    <t>6336Про розгляд клопотання громадянки Шиндро Ольги Степанівни</t>
+    <t>ID - 6336,  Про розгляд клопотання громадянки Шиндро Ольги Степанівни</t>
   </si>
   <si>
     <t>19.09.24  15:27:31</t>
   </si>
   <si>
-    <t>6337Про розгляд клопотання громадянина Абкаряна Мартіроса Володимировича</t>
+    <t>ID - 6337,  Про розгляд клопотання громадянина Абкаряна Мартіроса Володимировича</t>
   </si>
   <si>
     <t>19.09.24  15:28:23</t>
   </si>
   <si>
-    <t>6338Про розгляд клопотання фізичної особи – підприємця Балацької Наталії Богданівни</t>
-[...1 lines deleted...]
-  <si>
     <t>19.09.24  15:29:17</t>
   </si>
   <si>
-    <t>6339Про розгляд клопотання приватного підприємства «Гвоздика»</t>
+    <t>ID - 6339,  Про розгляд клопотання приватного підприємства «Гвоздика»</t>
   </si>
   <si>
     <t>19.09.24  15:30:04</t>
   </si>
   <si>
     <t>19.09.24  15:32:08</t>
   </si>
   <si>
-    <t>6341Про розгляд клопотання товариства з обмеженою відповідальністю «Кольга»</t>
+    <t>ID - 6341,  Про розгляд клопотання товариства з обмеженою відповідальністю «Кольга»</t>
   </si>
   <si>
     <t>19.09.24  15:32:36</t>
   </si>
   <si>
-    <t>6342Змінити термін з 3 років на 5</t>
+    <t>ID - 6342,  Змінити термін з 3 років на 5</t>
   </si>
   <si>
     <t>19.09.24  15:33:04</t>
   </si>
   <si>
-    <t>6343Про розгляд клопотання товариства з обмеженою відповідальністю «Кольга»</t>
+    <t>ID - 6343,  Про розгляд клопотання товариства з обмеженою відповідальністю «Кольга»</t>
   </si>
   <si>
     <t>19.09.24  15:34:42</t>
   </si>
   <si>
-    <t>6344Про розгляд клопотання громадянина Ширяєва Дениса Фарідовича</t>
+    <t>ID - 6344,  Про розгляд клопотання громадянина Ширяєва Дениса Фарідовича</t>
   </si>
   <si>
     <t>19.09.24  15:35:13</t>
   </si>
   <si>
-    <t>6345Змінити слово громадянина на ФОП</t>
+    <t>ID - 6345,  Змінити слово громадянина на ФОП</t>
   </si>
   <si>
     <t>19.09.24  15:35:43</t>
   </si>
   <si>
-    <t>6346Про розгляд клопотання громадянина Ширяєва Дениса Фарідовича</t>
+    <t>ID - 6346,  Про розгляд клопотання громадянина Ширяєва Дениса Фарідовича</t>
   </si>
   <si>
     <t>19.09.24  15:36:47</t>
   </si>
   <si>
     <t>19.09.24  15:37:50</t>
   </si>
   <si>
     <t>19.09.24  15:39:19</t>
   </si>
   <si>
-    <t>6349Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
-[...1 lines deleted...]
-  <si>
     <t>19.09.24  15:42:41</t>
   </si>
   <si>
-    <t>6350Про розгляд клопотання Комунального підприємства Червоноградський ринок</t>
+    <t>ID - 6350,  Про розгляд клопотання Комунального підприємства Червоноградський ринок</t>
   </si>
   <si>
     <t>19.09.24  15:43:45</t>
   </si>
   <si>
-    <t>6351Про розгляд клопотань громадянина Лящука Валерія Мирославовича</t>
+    <t>ID - 6351,  Про розгляд клопотань громадянина Лящука Валерія Мирославовича</t>
   </si>
   <si>
     <t>19.09.24  15:44:40</t>
   </si>
   <si>
     <t>19.09.24  15:45:57</t>
   </si>
   <si>
     <t>19.09.24  15:46:26</t>
   </si>
   <si>
     <t>19.09.24  15:48:05</t>
   </si>
   <si>
-    <t>6355Зміна назви проекту рішення</t>
+    <t>ID - 6355,  Зміна назви проекту рішення</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>19.09.24  15:48:38</t>
   </si>
   <si>
-    <t>6356Зміна назви проекту рішення</t>
+    <t>ID - 6356,  Зміна назви проекту рішення</t>
   </si>
   <si>
     <t>19.09.24  15:49:11</t>
   </si>
   <si>
-    <t>6357Зміна назви проекту рішення</t>
+    <t>ID - 6357,  Зміна назви проекту рішення</t>
   </si>
   <si>
     <t>19.09.24  15:49:39</t>
   </si>
   <si>
     <t>19.09.24  15:50:23</t>
   </si>
   <si>
-    <t>6359Про розгляд клопотання громадянки Лилик Ганни Федорівни</t>
+    <t>ID - 6359,  Про розгляд клопотання громадянки Лилик Ганни Федорівни</t>
   </si>
   <si>
     <t>19.09.24  15:51:25</t>
   </si>
   <si>
     <t>19.09.24  15:52:08</t>
   </si>
   <si>
     <t>19.09.24  15:52:44</t>
   </si>
   <si>
     <t>19.09.24  15:54:04</t>
   </si>
   <si>
-    <t>6363Про внесення змiн в рішення Червоноградської мiської ради</t>
+    <t>ID - 6363,  Про внесення змiн в рішення Червоноградської мiської ради</t>
   </si>
   <si>
     <t>19.09.24  15:55:43</t>
   </si>
   <si>
-    <t>6364Про розгляд клопотання громадянки Дмитров Наталії Володимирівни</t>
+    <t>ID - 6364,  Про розгляд клопотання громадянки Дмитров Наталії Володимирівни</t>
   </si>
   <si>
     <t>19.09.24  15:58:40</t>
   </si>
   <si>
     <t>19.09.24  16:01:04</t>
   </si>
   <si>
     <t>19.09.24  16:03:15</t>
   </si>
   <si>
     <t>19.09.24  16:05:26</t>
   </si>
   <si>
     <t>19.09.24  16:06:28</t>
   </si>
   <si>
     <t>19.09.24  16:11:47</t>
   </si>
   <si>
     <t>19.09.24  16:20:04</t>
   </si>
   <si>
     <t>19.09.24  16:20:48</t>
   </si>
   <si>
     <t>19.09.24  16:21:18</t>
   </si>
   <si>
     <t>19.09.24  16:23:05</t>
   </si>
   <si>
     <t>19.09.24  16:23:40</t>
   </si>
   <si>
-    <t>6375Про надання одноразової грошової допомоги</t>
+    <t>ID - 6375,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>19.09.24  16:24:12</t>
   </si>
   <si>
-    <t>6376Про надання одноразової грошової допомоги</t>
+    <t>ID - 6376,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>19.09.24  16:25:08</t>
   </si>
   <si>
-    <t>6377Про надання одноразової грошової допомоги</t>
+    <t>ID - 6377,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>19.09.24  16:26:17</t>
   </si>
   <si>
-    <t>6378Внести правки озвучені Гоцом П. В.</t>
+    <t>ID - 6378,  Внести правки озвучені Гоцом П. В.</t>
   </si>
   <si>
     <t>19.09.24  16:26:45</t>
   </si>
   <si>
-    <t>6379Про надання одноразової грошової допомоги</t>
+    <t>ID - 6379,  Про надання одноразової грошової допомоги</t>
   </si>
   <si>
     <t>19.09.24  16:31:54</t>
   </si>
   <si>
     <t>03.10.24  10:17:51</t>
   </si>
   <si>
-    <t>6388Про перейменування Червоноградської міської ради</t>
+    <t>ID - 6388,  Про перейменування Червоноградської міської ради</t>
   </si>
   <si>
     <t>03.10.24  10:20:09</t>
   </si>
   <si>
-    <t>6389Про перейменування Виконавчого комітету Червоноградської міської ради</t>
+    <t>ID - 6389,  Про перейменування Виконавчого комітету Червоноградської міської ради</t>
   </si>
   <si>
     <t>03.10.24  10:22:14</t>
   </si>
   <si>
-    <t>6390Про перейменування виконавчих органів Червоноградської міської ради</t>
+    <t>ID - 6390,  Про перейменування виконавчих органів Червоноградської міської ради</t>
   </si>
   <si>
     <t>03.10.24  10:27:13</t>
   </si>
   <si>
     <t>03.10.24  10:30:18</t>
   </si>
   <si>
-    <t>6392Про внесення змін в рішення Червоноградської міської ради</t>
+    <t>ID - 6392,  Про внесення змін в рішення Червоноградської міської ради</t>
   </si>
   <si>
     <t>03.10.24  10:33:45</t>
   </si>
   <si>
-    <t>6393Про вихід на роботу Грасулова О.О.</t>
+    <t>ID - 6393,  Про вихід на роботу Грасулова О.О.</t>
   </si>
   <si>
     <t>03.10.24  10:36:32</t>
   </si>
   <si>
     <t>03.10.24  10:41:15</t>
-  </si>
-[...1 lines deleted...]
-    <t>6395Про затвердження видів бланків Шептицької міської ради та її виконавчого комітету</t>
   </si>
   <si>
     <t>03.10.24  10:49:14</t>
   </si>
   <si>
     <t>За: 155</t>
   </si>
   <si>
     <t>За: 157</t>
   </si>
   <si>
     <t>За: 128</t>
   </si>
   <si>
     <t>За: 158</t>
   </si>
   <si>
     <t>За: 141</t>
   </si>
   <si>
     <t>За: 8</t>
   </si>
   <si>
     <t>За: 99</t>
   </si>
@@ -1312,51 +1300,51 @@
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
     <col min="45" max="45" width="15"/>
-    <col min="46" max="46" width="51"/>
+    <col min="46" max="46" width="53"/>
     <col min="47" max="47" width="49"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
@@ -1462,51 +1450,51 @@
       <c r="AQ1" t="s" s="3">
         <v>39</v>
       </c>
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>6219Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6219,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
@@ -1750,51 +1738,51 @@
       <c r="AQ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>6221Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
+          <t>ID - 6221,  Про присвоєння звання «Почесний громадянин Червоноградської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>58</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>55</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
@@ -2324,51 +2312,51 @@
       <c r="AQ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>6226Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 6226,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>68</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>51</v>
@@ -2469,51 +2457,51 @@
       <c r="AQ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>62271. Пропонується виділити кошти КП «Червоноград-теплокомуненерго» в сумі 400,0 тис.грн. для проведення  аварійних робіт на теплових мережах (придбання труб, запірної арматури, паливо-мастильних матеріалів); 2. Виділити кошти на заміну підлоги в ЗДО №4 в сумі 49,0тис.грн.; 3. На планування території кладовища в м.Соснівка виділити 90,0тис.грн.; 4. Внести зміни в Програму ремонту доріг комунальної власності в населених пунктах Червоноградської міської територіальної громади на 2024 рік, зокрема: на суму 90,0тис.грн. та спрямувати їх на поточний ремонт дороги по вул.Поповича в с.Добрячин ( КП «Комунальник»); * зменшити асигнування по «поточному ремонту дороги вул.Корольова,буд№2,Набережна,буд.№19 м.Червоноград» на суму 52 738грн. ( КП «ЧЖКС») та спрямувати їх на «поточний ремонт дороги по вул.Українська в с.Острів»( КП «Комунальник»);   5. Відповідно до рішення сесії Червоноградської міської ради від 20.06.2024р. №2682 “Про реорганізацію закладу дошкільної освіти дитячий садок с.Волсвин Червоноградської міської ради Львівської області” пропонується перемістити асигнування із</t>
+          <t>ID - 6227,  1. Пропонується виділити кошти КП «Червоноград-теплокомуненерго» в сумі 400,0 тис.грн. для проведення  аварійних робіт на теплових мережах (придбання труб, запірної арматури, паливо-мастильних матеріалів); 2. Виділити кошти на заміну підлоги в ЗДО №4 в сумі 49,0тис.грн.; 3. На планування території кладовища в м.Соснівка виділити 90,0тис.грн.; 4. Внести зміни в Програму ремонту доріг комунальної власності в населених пунктах Червоноградської міської територіальної громади на 2024 рік, зокрема: на суму 90,0тис.грн. та спрямувати їх на поточний ремонт дороги по вул.Поповича в с.Добрячин ( КП «Комунальник»); * зменшити асигнування по «поточному ремонту дороги вул.Корольова,буд№2,Набережна,буд.№19 м.Червоноград» на суму 52 738грн. ( КП «ЧЖКС») та спрямувати їх на «поточний ремонт дороги по вул.Українська в с.Острів»( КП «Комунальник»);   5. Відповідно до рішення сесії Червоноградської міської ради від 20.06.2024р. №2682 “Про реорганізацію закладу дошкільної освіти дитячий садок с.Волсвин Червоноградської міської ради Львівської області” пропонується перемістити асигнування із</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2614,51 +2602,51 @@
       <c r="AQ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>70</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>6228Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
+          <t>ID - 6228,  Про внесення змін до бюджету Червоноградської міської територіальної громади на 2024 рік (1358700000) (код бюджету)</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>58</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>51</v>
@@ -2759,51 +2747,51 @@
       <c r="AQ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>6229Про звернення Червоноградської міської ради до Президента України, Верховної Ради України, Кабінету Міністрів України, Уповноваженого Верховної Ради України з прав людини, Координаційного штабу з питань поводження з військовополоненими щодо посилення публічного висвітлення ситуації навколо полонених та безвісти зниклих захисників Сил Оборони України та сприяння їхньому визволенню з полону</t>
+          <t>ID - 6229,  Про звернення Червоноградської міської ради до Президента України, Верховної Ради України, Кабінету Міністрів України, Уповноваженого Верховної Ради України з прав людини, Координаційного штабу з питань поводження з військовополоненими щодо посилення публічного висвітлення ситуації навколо полонених та безвісти зниклих захисників Сил Оборони України та сприяння їхньому визволенню з полону</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>61</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="F11" t="s">
         <v>72</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2904,51 +2892,51 @@
       <c r="AQ11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>6230Про звернення Червоноградської міської ради до Верховної Ради України та Кабінету Міністрів України щодо забезпечення гідної заробітної плати педагогічним та науково - педагогічним працівникам</t>
+          <t>ID - 6230,  Про звернення Червоноградської міської ради до Верховної Ради України та Кабінету Міністрів України щодо забезпечення гідної заробітної плати педагогічним та науково - педагогічним працівникам</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>61</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>72</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -3049,51 +3037,51 @@
       <c r="AQ12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>6231Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 6231,  Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>45</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>76</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>51</v>
@@ -3194,51 +3182,51 @@
       <c r="AQ13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>6232Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 6232,  Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>78</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>51</v>
@@ -3625,51 +3613,51 @@
       <c r="AQ16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>85</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>6235Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
+          <t>ID - 6235,  Про затвердження структури та загальної чисельності виконавчих органів Червоноградської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" t="s">
         <v>78</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>49</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -3770,51 +3758,51 @@
       <c r="AQ17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>86</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>6236Про надання дозволу комунальному підприємству «Червоноградтеплоко- муненерго» на демонтаж 260 метрів погонних попередньоізольованих труб гарячого водопостачання, що не експлуатуються, для повторного використання</t>
+          <t>ID - 6236,  Про надання дозволу комунальному підприємству «Червоноградтеплоко- муненерго» на демонтаж 260 метрів погонних попередньоізольованих труб гарячого водопостачання, що не експлуатуються, для повторного використання</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>61</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>87</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>51</v>
@@ -3915,51 +3903,51 @@
       <c r="AQ18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>88</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>6237Про внесення змiн в схему теплопостачання м. Червоно-града, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимi-зованої схеми перспектив-ного розвитку теплопоста-чання мiста Червонограда»</t>
+          <t>ID - 6237,  Про внесення змiн в схему теплопостачання м. Червоно-града, затверджену рiшенням Червоноградської мiської ради вiд 23.05.2012 № 273 «Про затвердження оптимi-зованої схеми перспектив-ного розвитку теплопоста-чання мiста Червонограда»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>66</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>49</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>51</v>
@@ -4060,51 +4048,51 @@
       <c r="AQ19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>89</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>6238Про затвердження Положення про вiддiл капiтального будiвництва та iнвестицiй Червоноградської мiської ради в новій редакції</t>
+          <t>ID - 6238,  Про затвердження Положення про вiддiл капiтального будiвництва та iнвестицiй Червоноградської мiської ради в новій редакції</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>66</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>49</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>51</v>
@@ -4348,51 +4336,51 @@
       <c r="AQ21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>92</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>6240Про затвердження передавального акту основних засобів, нематеріальних активів, запасів, грошових коштів та розрахунків</t>
+          <t>ID - 6240,  Про затвердження передавального акту основних засобів, нематеріальних активів, запасів, грошових коштів та розрахунків</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>66</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>51</v>
@@ -4493,51 +4481,51 @@
       <c r="AQ22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>93</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>6241Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
+          <t>ID - 6241,  Про затвердження змін до плану дiяльностi Червоноградської мiської ради з пiдготовки проєктiв регуляторних актiв на 2024 рiк</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>61</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
         <v>87</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>49</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>51</v>
@@ -4638,51 +4626,51 @@
       <c r="AQ23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>6242Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 6242,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>61</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
         <v>66</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>49</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -4783,51 +4771,51 @@
       <c r="AQ24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>95</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>6244Про затвердження Стратегії розвитку Червоноградської територіальної громади до 2027 року та Плану заходів з реалізації Стратегії розвитку Червоноградської територіальної громади до 2027 року на 2024-2027 роки</t>
+          <t>ID - 6244,  Про затвердження Стратегії розвитку Червоноградської територіальної громади до 2027 року та Плану заходів з реалізації Стратегії розвитку Червоноградської територіальної громади до 2027 року на 2024-2027 роки</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
         <v>78</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
         <v>96</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -5214,51 +5202,51 @@
       <c r="AQ27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>102</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>6251Про затвердження змiн до Порядку користування окремими елементами благоустрою для розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi на території м. Червонограда, затвердженого рiшенням Червоноградської мiської ради вiд 25.04.2017 №506</t>
+          <t>ID - 6251,  Про затвердження змiн до Порядку користування окремими елементами благоустрою для розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi на території м. Червонограда, затвердженого рiшенням Червоноградської мiської ради вiд 25.04.2017 №506</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>45</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
         <v>87</v>
       </c>
       <c r="G28" t="s">
         <v>48</v>
       </c>
       <c r="H28" t="s">
         <v>49</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>51</v>
@@ -5502,51 +5490,51 @@
       <c r="AQ29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>106</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>6253Про затвердження змiн до Порядку користування окремими елементами благоустрою для розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi на території м. Червонограда, затвердженого рiшенням Червоноградської мiської ради вiд 25.04.2017 №506</t>
+          <t>ID - 6253,  Про затвердження змiн до Порядку користування окремими елементами благоустрою для розмiщення атракцiонiв, луна-паркiв, циркiв-шапiто, вiдкритих лiтнiх майданчикiв та пересувних елементiв вуличної торгiвлi на території м. Червонограда, затвердженого рiшенням Червоноградської мiської ради вiд 25.04.2017 №506</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>58</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
         <v>87</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
         <v>49</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
@@ -5647,51 +5635,51 @@
       <c r="AQ30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>107</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>6254Про внесення змiн до рiшення Червоноградської мiської ради від 06.07.2021 року №586 „Про встановлення збору за місця для паркування транспортних засобів на території Червоноградської міської територіальної громади”</t>
+          <t>ID - 6254,  Про внесення змiн до рiшення Червоноградської мiської ради від 06.07.2021 року №586 „Про встановлення збору за місця для паркування транспортних засобів на території Червоноградської міської територіальної громади”</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>61</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
         <v>87</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>49</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
@@ -5792,51 +5780,51 @@
       <c r="AQ31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>108</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>6255Про затвердження передавального акту комунального підприємства «Соснівкажитлокомунсервіс»</t>
+          <t>ID - 6255,  Про затвердження передавального акту комунального підприємства «Соснівкажитлокомунсервіс»</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>61</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
         <v>68</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32" t="s">
         <v>49</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>
@@ -14946,51 +14934,51 @@
       <c r="AQ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>237</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>6321Про розгляд клопотання громадянина Зінечка Юрія Михайловича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 6321,  Про розгляд клопотання громадянина Зінечка Юрія Михайловича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>61</v>
       </c>
       <c r="E96" t="s">
         <v>46</v>
       </c>
       <c r="F96" t="s">
         <v>78</v>
       </c>
       <c r="G96" t="s">
         <v>48</v>
       </c>
       <c r="H96" t="s">
         <v>49</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>51</v>
@@ -15091,51 +15079,51 @@
       <c r="AQ96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>238</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>6322Про розгляд клопотання громадянина Зінечка Юрія Михайловича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва індивідуального гаража</t>
+          <t>ID - 6322,  Про розгляд клопотання громадянина Зінечка Юрія Михайловича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва індивідуального гаража</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>61</v>
       </c>
       <c r="E97" t="s">
         <v>46</v>
       </c>
       <c r="F97" t="s">
         <v>87</v>
       </c>
       <c r="G97" t="s">
         <v>48</v>
       </c>
       <c r="H97" t="s">
         <v>49</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>51</v>
@@ -15236,51 +15224,51 @@
       <c r="AQ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>239</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
-          <t>6323Про розгляд клопотання громадянина Погорілого Анатолія Вікторовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
+          <t>ID - 6323,  Про розгляд клопотання громадянина Погорілого Анатолія Вікторовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва і обслуговування жилого будинку, господарських будівель і споруд (присадибна ділянка)</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>61</v>
       </c>
       <c r="E98" t="s">
         <v>46</v>
       </c>
       <c r="F98" t="s">
         <v>87</v>
       </c>
       <c r="G98" t="s">
         <v>48</v>
       </c>
       <c r="H98" t="s">
         <v>49</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>51</v>
@@ -15381,51 +15369,51 @@
       <c r="AQ98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>240</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
-          <t>6324Про розгляд клопотання громадянина Погорілого Анатолія Вікторовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва індивідуального гаража</t>
+          <t>ID - 6324,  Про розгляд клопотання громадянина Погорілого Анатолія Вікторовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва індивідуального гаража</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>61</v>
       </c>
       <c r="E99" t="s">
         <v>46</v>
       </c>
       <c r="F99" t="s">
         <v>78</v>
       </c>
       <c r="G99" t="s">
         <v>48</v>
       </c>
       <c r="H99" t="s">
         <v>49</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
@@ -15526,51 +15514,51 @@
       <c r="AQ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>241</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>6325Про розгляд клопотання громадянина Погорілого Анатолія Вікторовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства</t>
+          <t>ID - 6325,  Про розгляд клопотання громадянина Погорілого Анатолія Вікторовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>61</v>
       </c>
       <c r="E100" t="s">
         <v>46</v>
       </c>
       <c r="F100" t="s">
         <v>87</v>
       </c>
       <c r="G100" t="s">
         <v>48</v>
       </c>
       <c r="H100" t="s">
         <v>49</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
@@ -15671,51 +15659,51 @@
       <c r="AQ100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>242</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>6326Про розгляд клопотання громадянина Погорілого Анатолія Вікторовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для індивідуального садівництва</t>
+          <t>ID - 6326,  Про розгляд клопотання громадянина Погорілого Анатолія Вікторовича стосовно надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для індивідуального садівництва</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>61</v>
       </c>
       <c r="E101" t="s">
         <v>46</v>
       </c>
       <c r="F101" t="s">
         <v>78</v>
       </c>
       <c r="G101" t="s">
         <v>48</v>
       </c>
       <c r="H101" t="s">
         <v>49</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
@@ -15959,51 +15947,51 @@
       <c r="AQ102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>245</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>6328Про виготовлення технічної документації із землеустрою щодо інвентаризації земель в селі Борятин, Червоноградського району Львівської області</t>
+          <t>ID - 6328,  Про виготовлення технічної документації із землеустрою щодо інвентаризації земель в селі Борятин, Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>45</v>
       </c>
       <c r="E103" t="s">
         <v>75</v>
       </c>
       <c r="F103" t="s">
         <v>76</v>
       </c>
       <c r="G103" t="s">
         <v>48</v>
       </c>
       <c r="H103" t="s">
         <v>49</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
@@ -16104,51 +16092,51 @@
       <c r="AQ103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>246</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>6329Про виготовлення технічної документації із землеустрою щодо інвентаризації земель в селі Борятин, Червоноградського району Львівської області</t>
+          <t>ID - 6329,  Про виготовлення технічної документації із землеустрою щодо інвентаризації земель в селі Борятин, Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>45</v>
       </c>
       <c r="E104" t="s">
         <v>46</v>
       </c>
       <c r="F104" t="s">
         <v>78</v>
       </c>
       <c r="G104" t="s">
         <v>48</v>
       </c>
       <c r="H104" t="s">
         <v>49</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>51</v>
@@ -16392,51 +16380,51 @@
       <c r="AQ105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>249</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>6331Про виготовлення технічної документації із землеустрою щодо інвентаризації земель в селі Борятин, Червоноградського району Львівської області</t>
+          <t>ID - 6331,  Про виготовлення технічної документації із землеустрою щодо інвентаризації земель в селі Борятин, Червоноградського району Львівської області</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>58</v>
       </c>
       <c r="E106" t="s">
         <v>46</v>
       </c>
       <c r="F106" t="s">
         <v>87</v>
       </c>
       <c r="G106" t="s">
         <v>48</v>
       </c>
       <c r="H106" t="s">
         <v>49</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>51</v>
@@ -16821,52 +16809,54 @@
         <v>51</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>254</v>
       </c>
-      <c r="C109" t="s" s="4">
-        <v>255</v>
+      <c r="C109" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6335,  Про розгляд клопотання фізичної особи - підприємця Скоропади Мирослава Михайловича</t>
+        </is>
       </c>
       <c r="D109" t="s">
         <v>61</v>
       </c>
       <c r="E109" t="s">
         <v>46</v>
       </c>
       <c r="F109" t="s">
         <v>78</v>
       </c>
       <c r="G109" t="s">
         <v>48</v>
       </c>
       <c r="H109" t="s">
         <v>49</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
       </c>
@@ -16962,54 +16952,54 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>255</v>
+      </c>
+      <c r="C110" t="s" s="4">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D110" t="s">
         <v>61</v>
       </c>
       <c r="E110" t="s">
         <v>46</v>
       </c>
       <c r="F110" t="s">
         <v>87</v>
       </c>
       <c r="G110" t="s">
         <v>48</v>
       </c>
       <c r="H110" t="s">
         <v>49</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>51</v>
       </c>
@@ -17105,54 +17095,54 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
+        <v>257</v>
+      </c>
+      <c r="C111" t="s" s="4">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D111" t="s">
         <v>61</v>
       </c>
       <c r="E111" t="s">
         <v>46</v>
       </c>
       <c r="F111" t="s">
         <v>87</v>
       </c>
       <c r="G111" t="s">
         <v>48</v>
       </c>
       <c r="H111" t="s">
         <v>49</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>51</v>
       </c>
@@ -17248,54 +17238,56 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>259</v>
+      </c>
+      <c r="C112" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6338,  Про розгляд клопотання фізичної особи – підприємця Балацької Наталії Богданівни</t>
+        </is>
       </c>
       <c r="D112" t="s">
         <v>61</v>
       </c>
       <c r="E112" t="s">
         <v>46</v>
       </c>
       <c r="F112" t="s">
         <v>87</v>
       </c>
       <c r="G112" t="s">
         <v>48</v>
       </c>
       <c r="H112" t="s">
         <v>49</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>51</v>
       </c>
@@ -17391,54 +17383,54 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C113" t="s" s="4">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D113" t="s">
         <v>61</v>
       </c>
       <c r="E113" t="s">
         <v>46</v>
       </c>
       <c r="F113" t="s">
         <v>84</v>
       </c>
       <c r="G113" t="s">
         <v>48</v>
       </c>
       <c r="H113" t="s">
         <v>49</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>51</v>
       </c>
@@ -17534,55 +17526,55 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>6340Про розгляд клопотання громадянина Сполучених Штатів Америки Катинського Миколи Дмитровича</t>
+          <t>ID - 6340,  Про розгляд клопотання громадянина Сполучених Штатів Америки Катинського Миколи Дмитровича</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>61</v>
       </c>
       <c r="E114" t="s">
         <v>46</v>
       </c>
       <c r="F114" t="s">
         <v>87</v>
       </c>
       <c r="G114" t="s">
         <v>48</v>
       </c>
       <c r="H114" t="s">
         <v>49</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>51</v>
@@ -17679,54 +17671,54 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C115" t="s" s="4">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D115" t="s">
         <v>45</v>
       </c>
       <c r="E115" t="s">
         <v>46</v>
       </c>
       <c r="F115" t="s">
         <v>87</v>
       </c>
       <c r="G115" t="s">
         <v>48</v>
       </c>
       <c r="H115" t="s">
         <v>49</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
       </c>
@@ -17822,54 +17814,54 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C116" t="s" s="4">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D116" t="s">
         <v>54</v>
       </c>
       <c r="E116" t="s">
         <v>46</v>
       </c>
       <c r="F116" t="s">
         <v>87</v>
       </c>
       <c r="G116" t="s">
         <v>48</v>
       </c>
       <c r="H116" t="s">
         <v>49</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>51</v>
       </c>
@@ -17965,54 +17957,54 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C117" t="s" s="4">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="D117" t="s">
         <v>58</v>
       </c>
       <c r="E117" t="s">
         <v>46</v>
       </c>
       <c r="F117" t="s">
         <v>78</v>
       </c>
       <c r="G117" t="s">
         <v>48</v>
       </c>
       <c r="H117" t="s">
         <v>49</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>51</v>
       </c>
@@ -18108,54 +18100,54 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C118" t="s" s="4">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D118" t="s">
         <v>45</v>
       </c>
       <c r="E118" t="s">
         <v>46</v>
       </c>
       <c r="F118" t="s">
         <v>78</v>
       </c>
       <c r="G118" t="s">
         <v>48</v>
       </c>
       <c r="H118" t="s">
         <v>49</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
       </c>
@@ -18251,54 +18243,54 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C119" t="s" s="4">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="D119" t="s">
         <v>54</v>
       </c>
       <c r="E119" t="s">
         <v>46</v>
       </c>
       <c r="F119" t="s">
         <v>87</v>
       </c>
       <c r="G119" t="s">
         <v>48</v>
       </c>
       <c r="H119" t="s">
         <v>49</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>51</v>
       </c>
@@ -18394,54 +18386,54 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C120" t="s" s="4">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D120" t="s">
         <v>58</v>
       </c>
       <c r="E120" t="s">
         <v>46</v>
       </c>
       <c r="F120" t="s">
         <v>87</v>
       </c>
       <c r="G120" t="s">
         <v>48</v>
       </c>
       <c r="H120" t="s">
         <v>49</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>51</v>
       </c>
@@ -18537,55 +18529,55 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>6347Про розгляд клопотання громадянина Савченка Дмитра Миколайовича про затвердження проекту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
+          <t>ID - 6347,  Про розгляд клопотання громадянина Савченка Дмитра Миколайовича про затвердження проекту землеустрою щодо відведення земельної ділянки в оренду для городництва</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>61</v>
       </c>
       <c r="E121" t="s">
         <v>46</v>
       </c>
       <c r="F121" t="s">
         <v>87</v>
       </c>
       <c r="G121" t="s">
         <v>48</v>
       </c>
       <c r="H121" t="s">
         <v>49</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
@@ -18682,55 +18674,55 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>6348Про розгляд клопотання громадянина Шеремети Олега Володимировича про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки</t>
+          <t>ID - 6348,  Про розгляд клопотання громадянина Шеремети Олега Володимировича про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>61</v>
       </c>
       <c r="E122" t="s">
         <v>46</v>
       </c>
       <c r="F122" t="s">
         <v>87</v>
       </c>
       <c r="G122" t="s">
         <v>48</v>
       </c>
       <c r="H122" t="s">
         <v>49</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>51</v>
@@ -18827,54 +18819,56 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>277</v>
+      </c>
+      <c r="C123" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6349,  Про розгляд клопотання Акціонерного товариства «Державний ощадний банк України»</t>
+        </is>
       </c>
       <c r="D123" t="s">
         <v>61</v>
       </c>
       <c r="E123" t="s">
         <v>46</v>
       </c>
       <c r="F123" t="s">
         <v>87</v>
       </c>
       <c r="G123" t="s">
         <v>48</v>
       </c>
       <c r="H123" t="s">
         <v>49</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>51</v>
       </c>
@@ -18970,54 +18964,54 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C124" t="s" s="4">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="D124" t="s">
         <v>61</v>
       </c>
       <c r="E124" t="s">
         <v>46</v>
       </c>
       <c r="F124" t="s">
         <v>87</v>
       </c>
       <c r="G124" t="s">
         <v>48</v>
       </c>
       <c r="H124" t="s">
         <v>49</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>51</v>
       </c>
@@ -19113,54 +19107,54 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C125" t="s" s="4">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="D125" t="s">
         <v>61</v>
       </c>
       <c r="E125" t="s">
         <v>46</v>
       </c>
       <c r="F125" t="s">
         <v>87</v>
       </c>
       <c r="G125" t="s">
         <v>48</v>
       </c>
       <c r="H125" t="s">
         <v>49</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>51</v>
       </c>
@@ -19256,55 +19250,55 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>6352Про розгляд клопотання об’єднання співвласників багатоквартирного будинку «Сокальська - 28»</t>
+          <t>ID - 6352,  Про розгляд клопотання об’єднання співвласників багатоквартирного будинку «Сокальська - 28»</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>61</v>
       </c>
       <c r="E126" t="s">
         <v>46</v>
       </c>
       <c r="F126" t="s">
         <v>87</v>
       </c>
       <c r="G126" t="s">
         <v>48</v>
       </c>
       <c r="H126" t="s">
         <v>49</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>51</v>
@@ -19401,55 +19395,55 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>6353Про продаж у власність земельної ділянки фізичній особі – підприємцю Плешинець Наталії Ігорівні</t>
+          <t>ID - 6353,  Про продаж у власність земельної ділянки фізичній особі – підприємцю Плешинець Наталії Ігорівні</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>61</v>
       </c>
       <c r="E127" t="s">
         <v>46</v>
       </c>
       <c r="F127" t="s">
         <v>78</v>
       </c>
       <c r="G127" t="s">
         <v>48</v>
       </c>
       <c r="H127" t="s">
         <v>49</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>51</v>
@@ -19546,55 +19540,55 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>6354Про продаж у власність земельної ділянки Фермерському господарству Олекси Василя Володимировича</t>
+          <t>ID - 6354,  Про продаж у власність земельної ділянки Фермерському господарству Олекси Василя Володимировича</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>45</v>
       </c>
       <c r="E128" t="s">
         <v>46</v>
       </c>
       <c r="F128" t="s">
         <v>87</v>
       </c>
       <c r="G128" t="s">
         <v>48</v>
       </c>
       <c r="H128" t="s">
         <v>49</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>51</v>
@@ -19691,63 +19685,63 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C129" t="s" s="4">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D129" t="s">
         <v>54</v>
       </c>
       <c r="E129" t="s">
         <v>75</v>
       </c>
       <c r="F129" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="G129" t="s">
         <v>48</v>
       </c>
       <c r="H129" t="s">
         <v>49</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N129" t="s" s="5">
         <v>50</v>
       </c>
@@ -19834,54 +19828,54 @@
       </c>
       <c r="AP129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C130" t="s" s="4">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D130" t="s">
         <v>54</v>
       </c>
       <c r="E130" t="s">
         <v>75</v>
       </c>
       <c r="F130" t="s">
         <v>76</v>
       </c>
       <c r="G130" t="s">
         <v>48</v>
       </c>
       <c r="H130" t="s">
         <v>49</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>51</v>
       </c>
@@ -19977,54 +19971,54 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C131" t="s" s="4">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D131" t="s">
         <v>54</v>
       </c>
       <c r="E131" t="s">
         <v>46</v>
       </c>
       <c r="F131" t="s">
         <v>84</v>
       </c>
       <c r="G131" t="s">
         <v>48</v>
       </c>
       <c r="H131" t="s">
         <v>49</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>51</v>
       </c>
@@ -20120,55 +20114,55 @@
       </c>
       <c r="AP131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
-          <t>6358Про продаж у власність земельної ділянки Фермерському господарству Олекси Василя Володимировича</t>
+          <t>ID - 6358,  Про продаж у власність земельної ділянки Фермерському господарству Олекси Василя Володимировича</t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>58</v>
       </c>
       <c r="E132" t="s">
         <v>46</v>
       </c>
       <c r="F132" t="s">
         <v>84</v>
       </c>
       <c r="G132" t="s">
         <v>48</v>
       </c>
       <c r="H132" t="s">
         <v>188</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>51</v>
@@ -20265,54 +20259,54 @@
       </c>
       <c r="AP132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C133" t="s" s="4">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D133" t="s">
         <v>61</v>
       </c>
       <c r="E133" t="s">
         <v>46</v>
       </c>
       <c r="F133" t="s">
         <v>87</v>
       </c>
       <c r="G133" t="s">
         <v>48</v>
       </c>
       <c r="H133" t="s">
         <v>49</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>51</v>
       </c>
@@ -20408,55 +20402,55 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>6360Про розгляд клопотання ДП «Львіввугілля» щодо внесення змін в рішення Червоноградської міської ради від 11.07.2024 № 2790</t>
+          <t>ID - 6360,  Про розгляд клопотання ДП «Львіввугілля» щодо внесення змін в рішення Червоноградської міської ради від 11.07.2024 № 2790</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>61</v>
       </c>
       <c r="E134" t="s">
         <v>46</v>
       </c>
       <c r="F134" t="s">
         <v>87</v>
       </c>
       <c r="G134" t="s">
         <v>48</v>
       </c>
       <c r="H134" t="s">
         <v>49</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>51</v>
@@ -20553,55 +20547,55 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C135" t="inlineStr" s="4">
         <is>
-          <t>6361Про розгляд клопотання ДП «Львіввугілля» щодо внесення змін в рішення Червоноградської міської ради від 11.07.2024 № 2787</t>
+          <t>ID - 6361,  Про розгляд клопотання ДП «Львіввугілля» щодо внесення змін в рішення Червоноградської міської ради від 11.07.2024 № 2787</t>
         </is>
       </c>
       <c r="D135" t="s">
         <v>61</v>
       </c>
       <c r="E135" t="s">
         <v>46</v>
       </c>
       <c r="F135" t="s">
         <v>87</v>
       </c>
       <c r="G135" t="s">
         <v>48</v>
       </c>
       <c r="H135" t="s">
         <v>49</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>51</v>
@@ -20698,55 +20692,55 @@
       </c>
       <c r="AP135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
-          <t>6362Про розгляд клопотання ДП «Львіввугілля» щодо внесення змін в рішення Червоноградської міської ради від 23.05.2024 № 2650</t>
+          <t>ID - 6362,  Про розгляд клопотання ДП «Львіввугілля» щодо внесення змін в рішення Червоноградської міської ради від 23.05.2024 № 2650</t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>61</v>
       </c>
       <c r="E136" t="s">
         <v>46</v>
       </c>
       <c r="F136" t="s">
         <v>87</v>
       </c>
       <c r="G136" t="s">
         <v>48</v>
       </c>
       <c r="H136" t="s">
         <v>49</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>51</v>
@@ -20843,54 +20837,54 @@
       </c>
       <c r="AP136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C137" t="s" s="4">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="D137" t="s">
         <v>61</v>
       </c>
       <c r="E137" t="s">
         <v>46</v>
       </c>
       <c r="F137" t="s">
         <v>87</v>
       </c>
       <c r="G137" t="s">
         <v>48</v>
       </c>
       <c r="H137" t="s">
         <v>49</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>51</v>
       </c>
@@ -20986,54 +20980,54 @@
       </c>
       <c r="AP137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C138" t="s" s="4">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D138" t="s">
         <v>61</v>
       </c>
       <c r="E138" t="s">
         <v>46</v>
       </c>
       <c r="F138" t="s">
         <v>87</v>
       </c>
       <c r="G138" t="s">
         <v>48</v>
       </c>
       <c r="H138" t="s">
         <v>49</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>51</v>
       </c>
@@ -21129,55 +21123,55 @@
       </c>
       <c r="AP138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
-          <t>6365Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами села Бережне), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624884200:05:000:0142</t>
+          <t>ID - 6365,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) на території Червоноградської міської ради, (за межами села Бережне), Червоноградського району, Львівської області, кадастровий номер земельної ділянки 4624884200:05:000:0142</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>61</v>
       </c>
       <c r="E139" t="s">
         <v>46</v>
       </c>
       <c r="F139" t="s">
         <v>87</v>
       </c>
       <c r="G139" t="s">
         <v>48</v>
       </c>
       <c r="H139" t="s">
         <v>49</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>51</v>
@@ -21274,55 +21268,55 @@
       </c>
       <c r="AP139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>6366Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Добрячин, вул. Сокальська, кадастровий номер земельної ділянки 4624884200:17:000:0057</t>
+          <t>ID - 6366,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в с. Добрячин, вул. Сокальська, кадастровий номер земельної ділянки 4624884200:17:000:0057</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>61</v>
       </c>
       <c r="E140" t="s">
         <v>46</v>
       </c>
       <c r="F140" t="s">
         <v>87</v>
       </c>
       <c r="G140" t="s">
         <v>48</v>
       </c>
       <c r="H140" t="s">
         <v>49</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>51</v>
@@ -21419,55 +21413,55 @@
       </c>
       <c r="AP140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>6367Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червоноград, вул. Корольова, кадастровий номер земельної ділянки 4611800000:02:002:0091</t>
+          <t>ID - 6367,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червоноград, вул. Корольова, кадастровий номер земельної ділянки 4611800000:02:002:0091</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>61</v>
       </c>
       <c r="E141" t="s">
         <v>46</v>
       </c>
       <c r="F141" t="s">
         <v>78</v>
       </c>
       <c r="G141" t="s">
         <v>48</v>
       </c>
       <c r="H141" t="s">
         <v>49</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>51</v>
@@ -21564,55 +21558,55 @@
       </c>
       <c r="AP141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C142" t="inlineStr" s="4">
         <is>
-          <t>6368Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червоноград, вул. Олеся, 3, кадастровий номер земельної ділянки 4611800000:03:018:0068</t>
+          <t>ID - 6368,  Про включення до переліку земельних ділянок, право оренди на які виставляється на земельні торги окремими лотами, та продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) в м. Червоноград, вул. Олеся, 3, кадастровий номер земельної ділянки 4611800000:03:018:0068</t>
         </is>
       </c>
       <c r="D142" t="s">
         <v>61</v>
       </c>
       <c r="E142" t="s">
         <v>46</v>
       </c>
       <c r="F142" t="s">
         <v>87</v>
       </c>
       <c r="G142" t="s">
         <v>48</v>
       </c>
       <c r="H142" t="s">
         <v>49</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>51</v>
@@ -21709,55 +21703,55 @@
       </c>
       <c r="AP142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
-          <t>6369Про розгляд клопотання Сокальського дочірнього лісогосподарського підприємства ЛГП «Галсільліс»</t>
+          <t>ID - 6369,  Про розгляд клопотання Сокальського дочірнього лісогосподарського підприємства ЛГП «Галсільліс»</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>61</v>
       </c>
       <c r="E143" t="s">
         <v>46</v>
       </c>
       <c r="F143" t="s">
         <v>78</v>
       </c>
       <c r="G143" t="s">
         <v>48</v>
       </c>
       <c r="H143" t="s">
         <v>49</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>51</v>
@@ -21854,55 +21848,55 @@
       </c>
       <c r="AP143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
-          <t>6370Про внесення змін в рішення Червоноградської міської ради від 09.12.2021 № 1005 «Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для обслуговування кладовища в с. Сілець»</t>
+          <t>ID - 6370,  Про внесення змін в рішення Червоноградської міської ради від 09.12.2021 № 1005 «Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для обслуговування кладовища в с. Сілець»</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>61</v>
       </c>
       <c r="E144" t="s">
         <v>46</v>
       </c>
       <c r="F144" t="s">
         <v>78</v>
       </c>
       <c r="G144" t="s">
         <v>48</v>
       </c>
       <c r="H144" t="s">
         <v>49</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>51</v>
@@ -21999,55 +21993,55 @@
       </c>
       <c r="AP144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>6371Про виготовлення технiчної документації iз землеустрою щодо поділу та об’єднання земельних ділянок по поділу земельних ділянок на території Червоноградської міської ради (за межами с. Сілець)</t>
+          <t>ID - 6371,  Про виготовлення технiчної документації iз землеустрою щодо поділу та об’єднання земельних ділянок по поділу земельних ділянок на території Червоноградської міської ради (за межами с. Сілець)</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>61</v>
       </c>
       <c r="E145" t="s">
         <v>75</v>
       </c>
       <c r="F145" t="s">
         <v>76</v>
       </c>
       <c r="G145" t="s">
         <v>48</v>
       </c>
       <c r="H145" t="s">
         <v>49</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>51</v>
@@ -22144,55 +22138,55 @@
       </c>
       <c r="AP145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>6372Про виготовлення технiчної документації iз землеустрою щодо поділу та об’єднання земельних ділянок по поділу земельних ділянок на території Червоноградської міської ради (за межами с. Сілець)</t>
+          <t>ID - 6372,  Про виготовлення технiчної документації iз землеустрою щодо поділу та об’єднання земельних ділянок по поділу земельних ділянок на території Червоноградської міської ради (за межами с. Сілець)</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>61</v>
       </c>
       <c r="E146" t="s">
         <v>75</v>
       </c>
       <c r="F146" t="s">
         <v>76</v>
       </c>
       <c r="G146" t="s">
         <v>48</v>
       </c>
       <c r="H146" t="s">
         <v>49</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>51</v>
@@ -22289,55 +22283,55 @@
       </c>
       <c r="AP146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C147" t="inlineStr" s="4">
         <is>
-          <t>6373Про виготовлення технiчної документації iз землеустрою щодо поділу та об’єднання земельних ділянок по поділу земельних ділянок на території Червоноградської міської ради (за межами с. Сілець)</t>
+          <t>ID - 6373,  Про виготовлення технiчної документації iз землеустрою щодо поділу та об’єднання земельних ділянок по поділу земельних ділянок на території Червоноградської міської ради (за межами с. Сілець)</t>
         </is>
       </c>
       <c r="D147" t="s">
         <v>61</v>
       </c>
       <c r="E147" t="s">
         <v>46</v>
       </c>
       <c r="F147" t="s">
         <v>84</v>
       </c>
       <c r="G147" t="s">
         <v>48</v>
       </c>
       <c r="H147" t="s">
         <v>49</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>51</v>
@@ -22434,55 +22428,55 @@
       </c>
       <c r="AP147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU147" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C148" t="inlineStr" s="4">
         <is>
-          <t>6374Про визнання таким, що втратило чинність рішення Червоноградської міської ради від 05.05.2022 № 1266</t>
+          <t>ID - 6374,  Про визнання таким, що втратило чинність рішення Червоноградської міської ради від 05.05.2022 № 1266</t>
         </is>
       </c>
       <c r="D148" t="s">
         <v>61</v>
       </c>
       <c r="E148" t="s">
         <v>46</v>
       </c>
       <c r="F148" t="s">
         <v>84</v>
       </c>
       <c r="G148" t="s">
         <v>48</v>
       </c>
       <c r="H148" t="s">
         <v>49</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>51</v>
@@ -22579,54 +22573,54 @@
       </c>
       <c r="AP148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C149" t="s" s="4">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D149" t="s">
         <v>45</v>
       </c>
       <c r="E149" t="s">
         <v>75</v>
       </c>
       <c r="F149" t="s">
         <v>81</v>
       </c>
       <c r="G149" t="s">
         <v>48</v>
       </c>
       <c r="H149" t="s">
         <v>49</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>51</v>
       </c>
@@ -22722,54 +22716,54 @@
       </c>
       <c r="AP149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C150" t="s" s="4">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D150" t="s">
         <v>45</v>
       </c>
       <c r="E150" t="s">
         <v>75</v>
       </c>
       <c r="F150" t="s">
         <v>76</v>
       </c>
       <c r="G150" t="s">
         <v>48</v>
       </c>
       <c r="H150" t="s">
         <v>49</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>51</v>
       </c>
@@ -22865,54 +22859,54 @@
       </c>
       <c r="AP150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C151" t="s" s="4">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="D151" t="s">
         <v>45</v>
       </c>
       <c r="E151" t="s">
         <v>46</v>
       </c>
       <c r="F151" t="s">
         <v>84</v>
       </c>
       <c r="G151" t="s">
         <v>48</v>
       </c>
       <c r="H151" t="s">
         <v>49</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>51</v>
       </c>
@@ -23008,54 +23002,54 @@
       </c>
       <c r="AP151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU151" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C152" t="s" s="4">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D152" t="s">
         <v>54</v>
       </c>
       <c r="E152" t="s">
         <v>46</v>
       </c>
       <c r="F152" t="s">
         <v>84</v>
       </c>
       <c r="G152" t="s">
         <v>48</v>
       </c>
       <c r="H152" t="s">
         <v>49</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>51</v>
       </c>
@@ -23151,54 +23145,54 @@
       </c>
       <c r="AP152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU152" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C153" t="s" s="4">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="D153" t="s">
         <v>58</v>
       </c>
       <c r="E153" t="s">
         <v>46</v>
       </c>
       <c r="F153" t="s">
         <v>84</v>
       </c>
       <c r="G153" t="s">
         <v>48</v>
       </c>
       <c r="H153" t="s">
         <v>49</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>51</v>
       </c>
@@ -23294,55 +23288,55 @@
       </c>
       <c r="AP153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU153" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C154" t="inlineStr" s="4">
         <is>
-          <t>6380Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
+          <t>ID - 6380,  Про внесення змiн до рiшення Червоноградської мiської ради від 24.06.2021 №572 «Про затвердження Положення про порядок передачі в оренду майна, яке належить до комунальної власності територіальної громади Червоноградської міської ради»</t>
         </is>
       </c>
       <c r="D154" t="s">
         <v>61</v>
       </c>
       <c r="E154" t="s">
         <v>46</v>
       </c>
       <c r="F154" t="s">
         <v>84</v>
       </c>
       <c r="G154" t="s">
         <v>48</v>
       </c>
       <c r="H154" t="s">
         <v>49</v>
       </c>
       <c r="I154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>51</v>
@@ -23439,54 +23433,54 @@
       </c>
       <c r="AP154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU154" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C155" t="s" s="4">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="D155" t="s">
         <v>61</v>
       </c>
       <c r="E155" t="s">
         <v>46</v>
       </c>
       <c r="F155" t="s">
         <v>68</v>
       </c>
       <c r="G155" t="s">
         <v>48</v>
       </c>
       <c r="H155" t="s">
         <v>188</v>
       </c>
       <c r="I155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K155" t="s" s="5">
         <v>51</v>
       </c>
@@ -23582,54 +23576,54 @@
       </c>
       <c r="AP155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU155" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C156" t="s" s="4">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D156" t="s">
         <v>61</v>
       </c>
       <c r="E156" t="s">
         <v>46</v>
       </c>
       <c r="F156" t="s">
         <v>68</v>
       </c>
       <c r="G156" t="s">
         <v>48</v>
       </c>
       <c r="H156" t="s">
         <v>188</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>51</v>
       </c>
@@ -23725,54 +23719,54 @@
       </c>
       <c r="AP156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU156" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="C157" t="s" s="4">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D157" t="s">
         <v>61</v>
       </c>
       <c r="E157" t="s">
         <v>46</v>
       </c>
       <c r="F157" t="s">
         <v>68</v>
       </c>
       <c r="G157" t="s">
         <v>48</v>
       </c>
       <c r="H157" t="s">
         <v>188</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>51</v>
       </c>
@@ -23868,55 +23862,55 @@
       </c>
       <c r="AP157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C158" t="inlineStr" s="4">
         <is>
-          <t>6391Про перейменування підприємств, установ, закладів та організацій незалежно від форми власності та підпорядкування</t>
+          <t>ID - 6391,  Про перейменування підприємств, установ, закладів та організацій незалежно від форми власності та підпорядкування</t>
         </is>
       </c>
       <c r="D158" t="s">
         <v>61</v>
       </c>
       <c r="E158" t="s">
         <v>46</v>
       </c>
       <c r="F158" t="s">
         <v>72</v>
       </c>
       <c r="G158" t="s">
         <v>48</v>
       </c>
       <c r="H158" t="s">
         <v>188</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>51</v>
@@ -24013,54 +24007,54 @@
       </c>
       <c r="AP158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU158" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C159" t="s" s="4">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D159" t="s">
         <v>61</v>
       </c>
       <c r="E159" t="s">
         <v>46</v>
       </c>
       <c r="F159" t="s">
         <v>72</v>
       </c>
       <c r="G159" t="s">
         <v>48</v>
       </c>
       <c r="H159" t="s">
         <v>188</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>51</v>
       </c>
@@ -24156,54 +24150,54 @@
       </c>
       <c r="AP159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU159" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C160" t="s" s="4">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D160" t="s">
         <v>61</v>
       </c>
       <c r="E160" t="s">
         <v>46</v>
       </c>
       <c r="F160" t="s">
         <v>72</v>
       </c>
       <c r="G160" t="s">
         <v>48</v>
       </c>
       <c r="H160" t="s">
         <v>49</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>51</v>
       </c>
@@ -24299,55 +24293,55 @@
       </c>
       <c r="AP160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT160" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU160" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C161" t="inlineStr" s="4">
         <is>
-          <t>6394Про внесення змін в рішення Червоноградської міської ради від 23.02.2021 № 189 «Про затвердження положення про загальний відділ»</t>
+          <t>ID - 6394,  Про внесення змін в рішення Червоноградської міської ради від 23.02.2021 № 189 «Про затвердження положення про загальний відділ»</t>
         </is>
       </c>
       <c r="D161" t="s">
         <v>61</v>
       </c>
       <c r="E161" t="s">
         <v>46</v>
       </c>
       <c r="F161" t="s">
         <v>55</v>
       </c>
       <c r="G161" t="s">
         <v>48</v>
       </c>
       <c r="H161" t="s">
         <v>49</v>
       </c>
       <c r="I161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>51</v>
@@ -24444,54 +24438,56 @@
       </c>
       <c r="AP161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT161" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU161" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>335</v>
+      </c>
+      <c r="C162" t="inlineStr" s="4">
+        <is>
+          <t>ID - 6395,  Про затвердження видів бланків Шептицької міської ради та її виконавчого комітету</t>
+        </is>
       </c>
       <c r="D162" t="s">
         <v>61</v>
       </c>
       <c r="E162" t="s">
         <v>46</v>
       </c>
       <c r="F162" t="s">
         <v>72</v>
       </c>
       <c r="G162" t="s">
         <v>48</v>
       </c>
       <c r="H162" t="s">
         <v>188</v>
       </c>
       <c r="I162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>51</v>
       </c>
@@ -24587,55 +24583,55 @@
       </c>
       <c r="AP162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU162" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C163" t="inlineStr" s="4">
         <is>
-          <t>6396Про забезпечення проведення загальнонаціональної хвилини мовчання у Червоноградській міській територіальній громаді</t>
+          <t>ID - 6396,  Про забезпечення проведення загальнонаціональної хвилини мовчання у Червоноградській міській територіальній громаді</t>
         </is>
       </c>
       <c r="D163" t="s">
         <v>61</v>
       </c>
       <c r="E163" t="s">
         <v>46</v>
       </c>
       <c r="F163" t="s">
         <v>55</v>
       </c>
       <c r="G163" t="s">
         <v>48</v>
       </c>
       <c r="H163" t="s">
         <v>49</v>
       </c>
       <c r="I163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>51</v>
@@ -24737,165 +24733,165 @@
         <v>51</v>
       </c>
       <c r="AR163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT163" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU163" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="164">
       <c r="A164"/>
       <c r="B164"/>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164"/>
       <c r="I164" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="J164" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="K164" t="s">
         <v>143</v>
       </c>
       <c r="L164" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="M164" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="N164" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="O164" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="P164" t="s">
         <v>143</v>
       </c>
       <c r="Q164" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="R164" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="S164" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="T164" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="U164" t="s">
         <v>105</v>
       </c>
       <c r="V164" t="s">
+        <v>346</v>
+      </c>
+      <c r="W164" t="s">
+        <v>347</v>
+      </c>
+      <c r="X164" t="s">
+        <v>348</v>
+      </c>
+      <c r="Y164" t="s">
+        <v>340</v>
+      </c>
+      <c r="Z164" t="s">
+        <v>349</v>
+      </c>
+      <c r="AA164" t="s">
         <v>350</v>
       </c>
-      <c r="W164" t="s">
+      <c r="AB164" t="s">
+        <v>338</v>
+      </c>
+      <c r="AC164" t="s">
         <v>351</v>
-      </c>
-[...16 lines deleted...]
-        <v>355</v>
       </c>
       <c r="AD164" t="s">
         <v>143</v>
       </c>
       <c r="AE164" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="AF164" t="s">
         <v>143</v>
       </c>
       <c r="AG164" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="AH164" t="s">
         <v>105</v>
       </c>
       <c r="AI164" t="s">
         <v>143</v>
       </c>
       <c r="AJ164" t="s">
         <v>143</v>
       </c>
       <c r="AK164" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="AL164" t="s">
         <v>105</v>
       </c>
       <c r="AM164" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="AN164" t="s">
         <v>143</v>
       </c>
       <c r="AO164" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="AP164" t="s">
         <v>105</v>
       </c>
       <c r="AQ164" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="AR164" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="AS164" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="AT164" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="AU164" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
     </row>
     <row r="165">
       <c r="A165"/>
       <c r="B165"/>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165"/>
       <c r="I165" t="s">
         <v>48</v>
       </c>
       <c r="J165" t="s">
         <v>48</v>
       </c>
       <c r="K165" t="s">
         <v>48</v>
       </c>
       <c r="L165" t="s">
         <v>48</v>
       </c>
       <c r="M165" t="s">
         <v>48</v>
@@ -24991,419 +24987,419 @@
         <v>48</v>
       </c>
       <c r="AR165" t="s">
         <v>48</v>
       </c>
       <c r="AS165" t="s">
         <v>48</v>
       </c>
       <c r="AT165" t="s">
         <v>48</v>
       </c>
       <c r="AU165" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="166">
       <c r="A166"/>
       <c r="B166"/>
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166"/>
       <c r="I166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="J166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="K166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="L166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="M166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="N166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="O166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="P166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="Q166" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="R166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="S166" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="T166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="U166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="V166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="W166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="X166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="Y166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="Z166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AA166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AB166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AC166" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="AD166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AE166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AF166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AG166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AH166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AI166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AJ166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AK166" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="AL166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AM166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AN166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AO166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AP166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AQ166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AR166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AS166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="AT166" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="AU166" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
     </row>
     <row r="167">
       <c r="A167"/>
       <c r="B167"/>
       <c r="C167"/>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167"/>
       <c r="I167" t="s">
+        <v>363</v>
+      </c>
+      <c r="J167" t="s">
+        <v>364</v>
+      </c>
+      <c r="K167" t="s">
+        <v>365</v>
+      </c>
+      <c r="L167" t="s">
+        <v>366</v>
+      </c>
+      <c r="M167" t="s">
         <v>367</v>
       </c>
-      <c r="J167" t="s">
+      <c r="N167" t="s">
         <v>368</v>
       </c>
-      <c r="K167" t="s">
+      <c r="O167" t="s">
         <v>369</v>
       </c>
-      <c r="L167" t="s">
+      <c r="P167" t="s">
+        <v>365</v>
+      </c>
+      <c r="Q167" t="s">
         <v>370</v>
       </c>
-      <c r="M167" t="s">
+      <c r="R167" t="s">
         <v>371</v>
       </c>
-      <c r="N167" t="s">
+      <c r="S167" t="s">
+        <v>367</v>
+      </c>
+      <c r="T167" t="s">
         <v>372</v>
       </c>
-      <c r="O167" t="s">
+      <c r="U167" t="s">
+        <v>365</v>
+      </c>
+      <c r="V167" t="s">
+        <v>370</v>
+      </c>
+      <c r="W167" t="s">
         <v>373</v>
       </c>
-      <c r="P167" t="s">
-[...2 lines deleted...]
-      <c r="Q167" t="s">
+      <c r="X167" t="s">
         <v>374</v>
       </c>
-      <c r="R167" t="s">
+      <c r="Y167" t="s">
+        <v>367</v>
+      </c>
+      <c r="Z167" t="s">
         <v>375</v>
       </c>
-      <c r="S167" t="s">
-[...2 lines deleted...]
-      <c r="T167" t="s">
+      <c r="AA167" t="s">
+        <v>374</v>
+      </c>
+      <c r="AB167" t="s">
+        <v>364</v>
+      </c>
+      <c r="AC167" t="s">
         <v>376</v>
       </c>
-      <c r="U167" t="s">
-[...5 lines deleted...]
-      <c r="W167" t="s">
+      <c r="AD167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AE167" t="s">
+        <v>373</v>
+      </c>
+      <c r="AF167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AG167" t="s">
         <v>377</v>
       </c>
-      <c r="X167" t="s">
+      <c r="AH167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AI167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AJ167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AK167" t="s">
+        <v>376</v>
+      </c>
+      <c r="AL167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AM167" t="s">
         <v>378</v>
       </c>
-      <c r="Y167" t="s">
-[...2 lines deleted...]
-      <c r="Z167" t="s">
+      <c r="AN167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AO167" t="s">
         <v>379</v>
       </c>
-      <c r="AA167" t="s">
-[...5 lines deleted...]
-      <c r="AC167" t="s">
+      <c r="AP167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AQ167" t="s">
+        <v>367</v>
+      </c>
+      <c r="AR167" t="s">
+        <v>365</v>
+      </c>
+      <c r="AS167" t="s">
         <v>380</v>
       </c>
-      <c r="AD167" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="AT167" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="AU167" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
     </row>
     <row r="168">
       <c r="A168"/>
       <c r="B168"/>
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168"/>
       <c r="H168"/>
       <c r="I168" t="s">
+        <v>381</v>
+      </c>
+      <c r="J168" t="s">
+        <v>381</v>
+      </c>
+      <c r="K168" t="s">
+        <v>382</v>
+      </c>
+      <c r="L168" t="s">
+        <v>381</v>
+      </c>
+      <c r="M168" t="s">
+        <v>381</v>
+      </c>
+      <c r="N168" t="s">
+        <v>383</v>
+      </c>
+      <c r="O168" t="s">
+        <v>384</v>
+      </c>
+      <c r="P168" t="s">
+        <v>382</v>
+      </c>
+      <c r="Q168" t="s">
         <v>385</v>
       </c>
-      <c r="J168" t="s">
-[...2 lines deleted...]
-      <c r="K168" t="s">
+      <c r="R168" t="s">
+        <v>381</v>
+      </c>
+      <c r="S168" t="s">
+        <v>381</v>
+      </c>
+      <c r="T168" t="s">
         <v>386</v>
       </c>
-      <c r="L168" t="s">
-[...5 lines deleted...]
-      <c r="N168" t="s">
+      <c r="U168" t="s">
+        <v>384</v>
+      </c>
+      <c r="V168" t="s">
+        <v>386</v>
+      </c>
+      <c r="W168" t="s">
+        <v>386</v>
+      </c>
+      <c r="X168" t="s">
         <v>387</v>
       </c>
-      <c r="O168" t="s">
+      <c r="Y168" t="s">
+        <v>381</v>
+      </c>
+      <c r="Z168" t="s">
+        <v>381</v>
+      </c>
+      <c r="AA168" t="s">
+        <v>381</v>
+      </c>
+      <c r="AB168" t="s">
+        <v>381</v>
+      </c>
+      <c r="AC168" t="s">
         <v>388</v>
       </c>
-      <c r="P168" t="s">
-[...2 lines deleted...]
-      <c r="Q168" t="s">
+      <c r="AD168" t="s">
+        <v>382</v>
+      </c>
+      <c r="AE168" t="s">
+        <v>381</v>
+      </c>
+      <c r="AF168" t="s">
+        <v>382</v>
+      </c>
+      <c r="AG168" t="s">
+        <v>387</v>
+      </c>
+      <c r="AH168" t="s">
+        <v>384</v>
+      </c>
+      <c r="AI168" t="s">
+        <v>382</v>
+      </c>
+      <c r="AJ168" t="s">
+        <v>382</v>
+      </c>
+      <c r="AK168" t="s">
+        <v>381</v>
+      </c>
+      <c r="AL168" t="s">
+        <v>384</v>
+      </c>
+      <c r="AM168" t="s">
         <v>389</v>
       </c>
-      <c r="R168" t="s">
-[...5 lines deleted...]
-      <c r="T168" t="s">
+      <c r="AN168" t="s">
+        <v>382</v>
+      </c>
+      <c r="AO168" t="s">
+        <v>381</v>
+      </c>
+      <c r="AP168" t="s">
+        <v>384</v>
+      </c>
+      <c r="AQ168" t="s">
+        <v>387</v>
+      </c>
+      <c r="AR168" t="s">
         <v>390</v>
       </c>
-      <c r="U168" t="s">
-[...8 lines deleted...]
-      <c r="X168" t="s">
+      <c r="AS168" t="s">
+        <v>387</v>
+      </c>
+      <c r="AT168" t="s">
+        <v>381</v>
+      </c>
+      <c r="AU168" t="s">
         <v>391</v>
-      </c>
-[...67 lines deleted...]
-        <v>395</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>